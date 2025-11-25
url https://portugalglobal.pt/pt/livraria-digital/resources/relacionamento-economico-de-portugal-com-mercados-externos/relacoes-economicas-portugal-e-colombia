--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -13,80 +13,80 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Colômbia\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D69A57F3-4CD8-46B6-A3E6-063D65567020}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{98BE6624-220D-46CF-A905-3D4D841CD3BA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Colômbia" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Colômbia!$A$1:$K$407</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Colômbia!$A$1:$K$409</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Colômbia!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="526" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="525" uniqueCount="189">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
@@ -454,75 +454,69 @@
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2024 jan/jun</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
-    <t>2024 jun</t>
-[...4 lines deleted...]
-  <si>
     <t>Fonte: GEE - Gabinete de Estratégia e Estudos (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/ago</t>
-[...2 lines deleted...]
-    <t>2025 jan/ago</t>
+    <t>2024 jan/set</t>
+  </si>
+  <si>
+    <t>2025 jan/set</t>
+  </si>
+  <si>
+    <t>2024 set</t>
+  </si>
+  <si>
+    <t>2025 set</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM A COLÔMBIA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com a Colômbia</t>
   </si>
   <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>Posição e Quota da Colômbia no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Colômbia como cliente de Portugal</t>
   </si>
   <si>
     <t>Colômbia como fornecedor de Portugal</t>
   </si>
@@ -652,57 +646,57 @@
   <si>
     <t>1515 Gorduras e óleos vegetais (incluído o óleo de jojoba) ou de origem microbiana e suas frações,...</t>
   </si>
   <si>
     <t>2008 Frutas e outras partes comestíveis de plantas, preparadas ou conservadas de outro modo, com ou...</t>
   </si>
   <si>
     <t>3921 Chapas, folhas, películas, tiras e lâminas, de plástico, reforçadas, estratificadas, associadas...</t>
   </si>
   <si>
     <t>3904 Polímeros de cloreto de vinilo ou de outras olefinas halogenadas, em formas primárias</t>
   </si>
   <si>
     <t>1211 Plantas, partes de plantas, sementes e frutos, das espécies utilizadas principalmente em...</t>
   </si>
   <si>
     <t>8429 Bulldozers, angledozers, niveladoras, raspo-transportadoras "scrapers", pás mecânicas,...</t>
   </si>
   <si>
     <t>1302 Sucos e extratos vegetais, matérias pécticas, pectinatos e pectatos, ágar-ágar e outros produtos...</t>
   </si>
   <si>
     <t>0402 Leite e nata (creme de leite), concentrados ou adicionados de açúcar ou de outros edulcorantes</t>
   </si>
   <si>
+    <t>4802 Papel e cartão, não revestidos, do tipo utilizado para escrita, impressão ou outros fins...</t>
+  </si>
+  <si>
     <t>7308 Construções e suas partes, por exemplo: pontes e elementos de pontes, comportas, torres,...</t>
   </si>
   <si>
-    <t>4802 Papel e cartão, não revestidos, do tipo utilizado para escrita, impressão ou outros fins...</t>
-[...2 lines deleted...]
-    <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
+    <t>8904 Rebocadores e barcos concebidos para empurrar outras embarcações</t>
   </si>
   <si>
     <t>1511 Óleo de palma e suas frações, mesmo refinados, mas não químicamente modificados</t>
   </si>
   <si>
     <t>8417 Fornos industriais ou de laboratório, incluídos os incineradores, não elétricos (exceto fornos...</t>
   </si>
   <si>
     <t>5402 Fios de filamentos sintéticos, incluídos os monofilamentos sintéticos com &lt; 67 decitex (exceto...</t>
   </si>
   <si>
     <t>2007 Doces, geleias, "marmelades", purés e pastas de frutas, obtidos por cozimento, com ou sem adição...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para a Colômbia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados da Colômbia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para a Colômbia por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens da Colômbia por Meios de Transporte</t>
   </si>
@@ -1031,51 +1025,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="143">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1396,115 +1390,112 @@
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="40">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
@@ -1696,57 +1687,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>404</xdr:row>
+      <xdr:row>406</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>406</xdr:row>
+      <xdr:row>408</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2131,8943 +2122,8942 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K408"/>
+  <dimension ref="A2:K410"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A403" sqref="A403"/>
+      <selection activeCell="A405" sqref="A405"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="92" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11">
         <v>0</v>
       </c>
       <c r="B7" s="12">
         <v>2020</v>
       </c>
       <c r="C7" s="12">
         <v>2021</v>
       </c>
       <c r="D7" s="12">
         <v>2022</v>
       </c>
       <c r="E7" s="12">
         <v>2023</v>
       </c>
       <c r="F7" s="12">
         <v>2024</v>
       </c>
       <c r="G7" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K7" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="H7" s="13" t="s">
-[...12 lines deleted...]
-    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="16">
         <v>48.918811999999996</v>
       </c>
       <c r="C8" s="16">
         <v>61.948466999999994</v>
       </c>
       <c r="D8" s="16">
         <v>65.527550000000005</v>
       </c>
       <c r="E8" s="16">
         <v>67.022744000000003</v>
       </c>
       <c r="F8" s="16">
         <v>66.854276999999996</v>
       </c>
       <c r="G8" s="16">
         <v>-0.25135795693474861</v>
       </c>
       <c r="H8" s="16">
         <v>8.1218140769176106</v>
       </c>
       <c r="I8" s="16">
-        <v>45.214427000000001</v>
+        <v>49.954273999999998</v>
       </c>
       <c r="J8" s="16">
-        <v>44.070267999999999</v>
+        <v>50.564752999999996</v>
       </c>
       <c r="K8" s="16">
-        <v>-2.5305175270716176</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.2220756125892211</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="16">
         <v>43.837744000000001</v>
       </c>
       <c r="C9" s="16">
         <v>23.313558</v>
       </c>
       <c r="D9" s="16">
         <v>44.137724999999996</v>
       </c>
       <c r="E9" s="16">
         <v>45.22204</v>
       </c>
       <c r="F9" s="16">
         <v>55.556182999999997</v>
       </c>
       <c r="G9" s="16">
         <v>22.852005349603861</v>
       </c>
       <c r="H9" s="16">
         <v>6.1013844822876973</v>
       </c>
       <c r="I9" s="16">
-        <v>36.430131000000003</v>
+        <v>41.234375999999997</v>
       </c>
       <c r="J9" s="16">
-        <v>46.764203999999999</v>
+        <v>53.915210000000002</v>
       </c>
       <c r="K9" s="16">
-        <v>28.366829095399069</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>30.753063899887817</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="16">
         <v>5.0810679999999948</v>
       </c>
       <c r="C10" s="16">
         <v>38.634908999999993</v>
       </c>
       <c r="D10" s="16">
         <v>21.389825000000009</v>
       </c>
       <c r="E10" s="16">
         <v>21.800704000000003</v>
       </c>
       <c r="F10" s="16">
         <v>11.298093999999999</v>
       </c>
       <c r="G10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="16">
-        <v>8.7842959999999977</v>
+        <v>8.7198980000000006</v>
       </c>
       <c r="J10" s="16">
-        <v>-2.6939360000000008</v>
+        <v>-3.3504570000000058</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="17">
         <v>111.59062382407268</v>
       </c>
       <c r="C11" s="17">
         <v>265.71863033518946</v>
       </c>
       <c r="D11" s="17">
         <v>148.46154848261892</v>
       </c>
       <c r="E11" s="17">
         <v>148.20813921707204</v>
       </c>
       <c r="F11" s="17">
         <v>120.33633952138145</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="I11" s="17">
-        <v>124.11272141733446</v>
+        <v>121.14715644053884</v>
       </c>
       <c r="J11" s="17">
-        <v>94.23932031431562</v>
+        <v>93.785692386248698</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
       <c r="E20" s="12">
         <v>2020</v>
       </c>
       <c r="F20" s="12">
         <v>2021</v>
       </c>
       <c r="G20" s="12">
         <v>2022</v>
       </c>
       <c r="H20" s="12">
         <v>2023</v>
       </c>
       <c r="I20" s="12">
         <v>2024</v>
       </c>
       <c r="J20" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="K20" s="13" t="s">
-        <v>113</v>
-[...9 lines deleted...]
-      <c r="C21" s="123">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="133" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" s="133">
+        <v>0</v>
+      </c>
+      <c r="C21" s="133">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="27">
         <v>56</v>
       </c>
       <c r="F21" s="27">
         <v>55</v>
       </c>
       <c r="G21" s="27">
         <v>60</v>
       </c>
       <c r="H21" s="27">
         <v>57</v>
       </c>
       <c r="I21" s="27">
         <v>58</v>
       </c>
       <c r="J21" s="27">
         <v>60</v>
       </c>
       <c r="K21" s="27">
         <v>61</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C22" s="123">
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="133">
+        <v>0</v>
+      </c>
+      <c r="B22" s="133">
+        <v>0</v>
+      </c>
+      <c r="C22" s="133">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="28">
         <v>9.0999227579277558E-2</v>
       </c>
       <c r="F22" s="28">
         <v>9.7374886826691306E-2</v>
       </c>
       <c r="G22" s="28">
         <v>8.3578139439371493E-2</v>
       </c>
       <c r="H22" s="28">
         <v>8.6659689859486355E-2</v>
       </c>
       <c r="I22" s="28">
         <v>8.4738220082387822E-2</v>
       </c>
       <c r="J22" s="28">
-        <v>8.5489774567418256E-2</v>
+        <v>8.4350795768565023E-2</v>
       </c>
       <c r="K22" s="28">
-        <v>8.2956961192764578E-2</v>
-[...9 lines deleted...]
-      <c r="C23" s="126">
+        <v>8.3829467791816339E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" s="134">
+        <v>0</v>
+      </c>
+      <c r="C23" s="134">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="30">
         <v>62</v>
       </c>
       <c r="F23" s="30">
         <v>80</v>
       </c>
       <c r="G23" s="30">
         <v>71</v>
       </c>
       <c r="H23" s="30">
         <v>70</v>
       </c>
       <c r="I23" s="30">
         <v>66</v>
       </c>
       <c r="J23" s="30">
         <v>65</v>
       </c>
       <c r="K23" s="30">
-        <v>64</v>
-[...9 lines deleted...]
-      <c r="C24" s="127">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="135">
+        <v>0</v>
+      </c>
+      <c r="B24" s="135">
+        <v>0</v>
+      </c>
+      <c r="C24" s="135">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="32">
         <v>6.4329559947335496E-2</v>
       </c>
       <c r="F24" s="32">
         <v>2.8039398125995131E-2</v>
       </c>
       <c r="G24" s="32">
         <v>4.0285775826231413E-2</v>
       </c>
       <c r="H24" s="32">
         <v>4.3007821271852036E-2</v>
       </c>
       <c r="I24" s="32">
         <v>5.1803800686707133E-2</v>
       </c>
       <c r="J24" s="32">
-        <v>5.1908916904289996E-2</v>
+        <v>5.2088833552815982E-2</v>
       </c>
       <c r="K24" s="32">
-        <v>6.2886271065056676E-2</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.3943995816635957E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E29" s="124" t="s">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="133" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" s="133">
+        <v>0</v>
+      </c>
+      <c r="C29" s="133">
+        <v>0</v>
+      </c>
+      <c r="D29" s="133">
+        <v>0</v>
+      </c>
+      <c r="E29" s="127" t="s">
         <v>22</v>
       </c>
-      <c r="F29" s="124">
+      <c r="F29" s="127">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>50</v>
       </c>
       <c r="H29" s="27">
         <v>72</v>
       </c>
       <c r="I29" s="27">
         <v>70</v>
       </c>
       <c r="J29" s="27">
         <v>68</v>
       </c>
       <c r="K29" s="27">
         <v>57</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F30" s="124">
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="133">
+        <v>0</v>
+      </c>
+      <c r="B30" s="133">
+        <v>0</v>
+      </c>
+      <c r="C30" s="133">
+        <v>0</v>
+      </c>
+      <c r="D30" s="133">
+        <v>0</v>
+      </c>
+      <c r="E30" s="127" t="s">
+        <v>122</v>
+      </c>
+      <c r="F30" s="127">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>0.14691578949674022</v>
       </c>
       <c r="H30" s="28">
         <v>4.3523362131562958E-2</v>
       </c>
       <c r="I30" s="28">
         <v>4.0513921486681731E-2</v>
       </c>
       <c r="J30" s="28">
         <v>4.8664900358868821E-2</v>
       </c>
       <c r="K30" s="28">
         <v>7.6126108199735601E-2</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D31" s="126">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="134" t="s">
+        <v>123</v>
+      </c>
+      <c r="B31" s="134">
+        <v>0</v>
+      </c>
+      <c r="C31" s="134">
+        <v>0</v>
+      </c>
+      <c r="D31" s="134">
         <v>0</v>
       </c>
       <c r="E31" s="128" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="128">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>45</v>
       </c>
       <c r="H31" s="30">
         <v>45</v>
       </c>
       <c r="I31" s="30">
         <v>47</v>
       </c>
       <c r="J31" s="30">
         <v>48</v>
       </c>
       <c r="K31" s="30">
         <v>47</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F32" s="125">
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="135">
+        <v>0</v>
+      </c>
+      <c r="B32" s="135">
+        <v>0</v>
+      </c>
+      <c r="C32" s="135">
+        <v>0</v>
+      </c>
+      <c r="D32" s="135">
+        <v>0</v>
+      </c>
+      <c r="E32" s="129" t="s">
+        <v>124</v>
+      </c>
+      <c r="F32" s="129">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.14225776824313427</v>
       </c>
       <c r="H32" s="32">
         <v>0.14957277057097354</v>
       </c>
       <c r="I32" s="32">
         <v>0.11288104554471488</v>
       </c>
       <c r="J32" s="32">
         <v>0.1374595925807236</v>
       </c>
       <c r="K32" s="32">
         <v>0.1353286446275907</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="13">
         <v>2020</v>
       </c>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13" t="s">
-        <v>113</v>
-[...12 lines deleted...]
-      <c r="D37" s="123">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="133" t="s">
+        <v>127</v>
+      </c>
+      <c r="B37" s="133">
+        <v>0</v>
+      </c>
+      <c r="C37" s="133">
+        <v>0</v>
+      </c>
+      <c r="D37" s="133">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="40">
         <v>-4.4496360062103906E-3</v>
       </c>
       <c r="G37" s="40">
         <v>2.4237885021093149E-2</v>
       </c>
       <c r="H37" s="40">
         <v>5.625850306648192E-3</v>
       </c>
       <c r="I37" s="40">
         <v>1.9070685936054665E-3</v>
       </c>
       <c r="J37" s="40">
         <v>-2.17826025916791E-4</v>
       </c>
       <c r="K37" s="40">
-        <v>-2.1633337292825423E-3</v>
-[...3 lines deleted...]
-      <c r="A38" s="130" t="s">
+        <v>1.0308305041125763E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="136" t="s">
         <v>32</v>
       </c>
-      <c r="B38" s="130">
-[...5 lines deleted...]
-      <c r="D38" s="130">
+      <c r="B38" s="136">
+        <v>0</v>
+      </c>
+      <c r="C38" s="136">
+        <v>0</v>
+      </c>
+      <c r="D38" s="136">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="42">
         <v>-10.258980147584102</v>
       </c>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>0.44538715022671183</v>
-[...12 lines deleted...]
-      <c r="D39" s="126">
+        <v>1.8515666647388538</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="134" t="s">
+        <v>128</v>
+      </c>
+      <c r="B39" s="134">
+        <v>0</v>
+      </c>
+      <c r="C39" s="134">
+        <v>0</v>
+      </c>
+      <c r="D39" s="134">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="44">
         <v>-0.14766820520304841</v>
       </c>
       <c r="G39" s="44">
         <v>-3.0118152377030714E-2</v>
       </c>
       <c r="H39" s="44">
         <v>2.5045388145181847E-2</v>
       </c>
       <c r="I39" s="44">
         <v>9.8968560375552227E-4</v>
       </c>
       <c r="J39" s="44">
         <v>9.8281496177916924E-3</v>
       </c>
       <c r="K39" s="44">
-        <v>1.472491374351266E-2</v>
-[...3 lines deleted...]
-      <c r="A40" s="131" t="s">
+        <v>1.60189122672037E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="137" t="s">
         <v>33</v>
       </c>
-      <c r="B40" s="131">
-[...5 lines deleted...]
-      <c r="D40" s="131">
+      <c r="B40" s="137">
+        <v>0</v>
+      </c>
+      <c r="C40" s="137">
+        <v>0</v>
+      </c>
+      <c r="D40" s="137">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="17">
         <v>-14.793679915540103</v>
       </c>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.959265065771004</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.5115574186567269</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C46" s="132">
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="138" t="s">
+        <v>129</v>
+      </c>
+      <c r="B46" s="138">
+        <v>0</v>
+      </c>
+      <c r="C46" s="138">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
         <v>28</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>351</v>
       </c>
       <c r="H46" s="48">
         <v>364</v>
       </c>
       <c r="I46" s="48">
         <v>379</v>
       </c>
       <c r="J46" s="48">
         <v>363</v>
       </c>
       <c r="K46" s="48">
         <v>362</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C47" s="123">
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="133">
+        <v>0</v>
+      </c>
+      <c r="B47" s="133">
+        <v>0</v>
+      </c>
+      <c r="C47" s="133">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>1.6949971025690556</v>
       </c>
       <c r="H47" s="51">
         <v>1.6161974957819021</v>
       </c>
       <c r="I47" s="51">
         <v>1.6521360069747164</v>
       </c>
       <c r="J47" s="51">
         <v>1.6077597661440339</v>
       </c>
       <c r="K47" s="51">
         <v>1.7098861650370791</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C48" s="127">
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="135">
+        <v>0</v>
+      </c>
+      <c r="B48" s="135">
+        <v>0</v>
+      </c>
+      <c r="C48" s="135">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>61</v>
       </c>
       <c r="H48" s="52">
         <v>61</v>
       </c>
       <c r="I48" s="52">
         <v>58</v>
       </c>
       <c r="J48" s="52">
         <v>58</v>
       </c>
       <c r="K48" s="52">
         <v>60</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="136"/>
-[...6 lines deleted...]
-      <c r="A50" s="129" t="s">
+      <c r="G49" s="139"/>
+      <c r="H49" s="139"/>
+      <c r="I49" s="139"/>
+      <c r="J49" s="139"/>
+      <c r="K49" s="139"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="122" t="s">
         <v>39</v>
       </c>
-      <c r="B50" s="129">
-[...30 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="122">
+        <v>0</v>
+      </c>
+      <c r="C50" s="122">
+        <v>0</v>
+      </c>
+      <c r="D50" s="122">
+        <v>0</v>
+      </c>
+      <c r="E50" s="122">
+        <v>0</v>
+      </c>
+      <c r="F50" s="122">
+        <v>0</v>
+      </c>
+      <c r="G50" s="122">
+        <v>0</v>
+      </c>
+      <c r="H50" s="122">
+        <v>0</v>
+      </c>
+      <c r="I50" s="122">
+        <v>0</v>
+      </c>
+      <c r="J50" s="122">
+        <v>0</v>
+      </c>
+      <c r="K50" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="122" t="s">
+        <v>130</v>
+      </c>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="122"/>
+      <c r="H52" s="122"/>
+      <c r="I52" s="122"/>
+      <c r="J52" s="122"/>
+      <c r="K52" s="122"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="122" t="s">
+      <c r="H56" s="130" t="s">
         <v>50</v>
       </c>
-      <c r="I56" s="122">
-[...2 lines deleted...]
-      <c r="J56" s="122" t="s">
+      <c r="I56" s="130">
+        <v>0</v>
+      </c>
+      <c r="J56" s="130" t="s">
         <v>46</v>
       </c>
-      <c r="K56" s="122">
-[...3 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="130">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
         <v>51</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>49</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>362</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>66.854276999999996</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
         <v>87</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>0</v>
       </c>
       <c r="I59" s="60">
         <v>0</v>
       </c>
       <c r="J59" s="60">
         <v>0</v>
       </c>
       <c r="K59" s="60">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
         <v>88</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>17</v>
       </c>
       <c r="I60" s="60">
         <v>4.6961325966850831</v>
       </c>
       <c r="J60" s="60">
         <v>37.958143</v>
       </c>
       <c r="K60" s="60">
         <v>56.777434000221106</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
         <v>89</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>262</v>
       </c>
       <c r="I61" s="60">
         <v>72.375690607734811</v>
       </c>
       <c r="J61" s="60">
         <v>24.689670999999997</v>
       </c>
       <c r="K61" s="60">
         <v>36.930578128905644</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
         <v>90</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>83</v>
       </c>
       <c r="I62" s="60">
         <v>22.928176795580111</v>
       </c>
       <c r="J62" s="60">
         <v>2.3022999999999998E-2</v>
       </c>
       <c r="K62" s="60">
         <v>3.4437587291535586E-2</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>52</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>25</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>25</v>
       </c>
       <c r="J63" s="66">
         <v>4.1834399999999974</v>
       </c>
       <c r="K63" s="66">
         <v>6.2575502835817076</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="135" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F64" s="142" t="s">
+        <v>130</v>
+      </c>
+      <c r="G64" s="142"/>
+      <c r="H64" s="142"/>
+      <c r="I64" s="142"/>
+      <c r="J64" s="142"/>
+      <c r="K64" s="142"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="122" t="s">
+      <c r="H68" s="130" t="s">
         <v>50</v>
       </c>
-      <c r="I68" s="122">
-[...2 lines deleted...]
-      <c r="J68" s="122" t="s">
+      <c r="I68" s="130">
+        <v>0</v>
+      </c>
+      <c r="J68" s="130" t="s">
         <v>46</v>
       </c>
-      <c r="K68" s="122">
-[...3 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="130">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
         <v>51</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>49</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>362</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>66.854276999999996</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>81</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I71" s="60" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J71" s="60">
         <v>52.212538000000002</v>
       </c>
       <c r="K71" s="67">
         <v>78.099024240438652</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>82</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I72" s="67" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J72" s="60">
         <v>2.5493939999999999</v>
       </c>
       <c r="K72" s="67">
         <v>3.8133596149727262</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>83</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I73" s="67" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J73" s="60">
         <v>0.18793000000000001</v>
       </c>
       <c r="K73" s="67">
         <v>0.28110392996995542</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>84</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I74" s="67" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J74" s="60">
         <v>7.7209750000000001</v>
       </c>
       <c r="K74" s="67">
         <v>11.548961931036963</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
         <v>85</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="I75" s="71" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J75" s="72">
         <v>3.8517640000000002</v>
       </c>
       <c r="K75" s="71">
         <v>5.7614324361027798</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>52</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>25</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>25</v>
       </c>
       <c r="J76" s="78">
         <v>4.1834399999999903</v>
       </c>
       <c r="K76" s="78">
         <v>6.2575502835817076</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="135" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F77" s="142" t="s">
+        <v>135</v>
+      </c>
+      <c r="G77" s="142"/>
+      <c r="H77" s="142"/>
+      <c r="I77" s="142"/>
+      <c r="J77" s="142"/>
+      <c r="K77" s="142"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
         <v>2020</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F81" s="13">
         <v>2023</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="H81" s="13">
         <v>2024</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>12.474331000000001</v>
       </c>
       <c r="E82" s="16">
         <v>25.50006938026214</v>
       </c>
       <c r="F82" s="16">
         <v>28.388470000000002</v>
       </c>
       <c r="G82" s="16">
         <v>42.356472304386699</v>
       </c>
       <c r="H82" s="16">
         <v>18.568829000000001</v>
       </c>
       <c r="I82" s="16">
         <v>27.775080119406574</v>
       </c>
       <c r="J82" s="16">
         <v>-34.590243856044374</v>
       </c>
       <c r="K82" s="16">
         <v>-9.8196410000000007</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>2.7739739999999999</v>
       </c>
       <c r="E83" s="16">
         <v>5.6705669794270559</v>
       </c>
       <c r="F83" s="16">
         <v>4.975848</v>
       </c>
       <c r="G83" s="16">
         <v>7.4241185947265889</v>
       </c>
       <c r="H83" s="16">
         <v>12.933926999999999</v>
       </c>
       <c r="I83" s="16">
         <v>19.346446600566779</v>
       </c>
       <c r="J83" s="16">
         <v>159.93412580127043</v>
       </c>
       <c r="K83" s="16">
         <v>7.9580789999999988</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>6.0769080000000004</v>
       </c>
       <c r="E84" s="16">
         <v>12.422435769699398</v>
       </c>
       <c r="F84" s="16">
         <v>8.1687519999999996</v>
       </c>
       <c r="G84" s="16">
         <v>12.188029782845058</v>
       </c>
       <c r="H84" s="16">
         <v>7.3251469999999994</v>
       </c>
       <c r="I84" s="16">
         <v>10.956886124129351</v>
       </c>
       <c r="J84" s="16">
         <v>-10.327220118813745</v>
       </c>
       <c r="K84" s="16">
         <v>-0.84360500000000016</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>5.3579379999999999</v>
       </c>
       <c r="E85" s="16">
         <v>10.952714877867436</v>
       </c>
       <c r="F85" s="16">
         <v>5.4728079999999997</v>
       </c>
       <c r="G85" s="16">
         <v>8.1655982333400132</v>
       </c>
       <c r="H85" s="16">
         <v>5.9483959999999998</v>
       </c>
       <c r="I85" s="16">
         <v>8.8975549013864885</v>
       </c>
       <c r="J85" s="16">
         <v>8.6900179944189553</v>
       </c>
       <c r="K85" s="16">
         <v>0.47558800000000012</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
         <v>6.0964019999999994</v>
       </c>
       <c r="E86" s="16">
         <v>12.462285470055978</v>
       </c>
       <c r="F86" s="16">
         <v>3.7897119999999997</v>
       </c>
       <c r="G86" s="16">
         <v>5.6543671205106127</v>
       </c>
       <c r="H86" s="16">
         <v>4.7067870000000003</v>
       </c>
       <c r="I86" s="16">
         <v>7.0403678137151955</v>
       </c>
       <c r="J86" s="16">
         <v>24.199068425252381</v>
       </c>
       <c r="K86" s="16">
         <v>0.91707500000000053</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
         <v>2.2063159999999997</v>
       </c>
       <c r="E87" s="16">
         <v>4.5101585868438505</v>
       </c>
       <c r="F87" s="16">
         <v>3.6785389999999998</v>
       </c>
       <c r="G87" s="16">
         <v>5.4884935776428367</v>
       </c>
       <c r="H87" s="16">
         <v>4.5088530000000002</v>
       </c>
       <c r="I87" s="16">
         <v>6.7442999944491211</v>
       </c>
       <c r="J87" s="16">
         <v>22.571841701284136</v>
       </c>
       <c r="K87" s="16">
         <v>0.83031400000000044</v>
       </c>
     </row>
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
         <v>1.610841</v>
       </c>
       <c r="E88" s="16">
         <v>3.2928865893145565</v>
       </c>
       <c r="F88" s="16">
         <v>3.8718699999999995</v>
       </c>
       <c r="G88" s="16">
         <v>5.7769493890014401</v>
       </c>
       <c r="H88" s="16">
         <v>3.3405839999999998</v>
       </c>
       <c r="I88" s="16">
         <v>4.9968141903621213</v>
       </c>
       <c r="J88" s="16">
         <v>-13.72169003608075</v>
       </c>
       <c r="K88" s="16">
         <v>-0.5312859999999997</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>1.965886</v>
       </c>
       <c r="E89" s="16">
         <v>4.0186707722992132</v>
       </c>
       <c r="F89" s="16">
         <v>3.1046589999999998</v>
       </c>
       <c r="G89" s="16">
         <v>4.6322469279980538</v>
       </c>
       <c r="H89" s="16">
         <v>2.2555530000000004</v>
       </c>
       <c r="I89" s="16">
         <v>3.3738350053505188</v>
       </c>
       <c r="J89" s="16">
         <v>-27.349412608598868</v>
       </c>
       <c r="K89" s="16">
         <v>-0.84910599999999947</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>0.88244500000000015</v>
       </c>
       <c r="E90" s="16">
         <v>1.8038970365837996</v>
       </c>
       <c r="F90" s="16">
         <v>1.77024</v>
       </c>
       <c r="G90" s="16">
         <v>2.641252647011886</v>
       </c>
       <c r="H90" s="16">
         <v>1.7085129999999999</v>
       </c>
       <c r="I90" s="16">
         <v>2.5555777082145394</v>
       </c>
       <c r="J90" s="16">
         <v>-3.4869283261026807</v>
       </c>
       <c r="K90" s="16">
         <v>-6.1727000000000087E-2</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>0.48032699999999995</v>
       </c>
       <c r="E91" s="16">
         <v>0.98188606869684414</v>
       </c>
       <c r="F91" s="16">
         <v>0.47400400000000009</v>
       </c>
       <c r="G91" s="16">
         <v>0.70722857900297253</v>
       </c>
       <c r="H91" s="16">
         <v>0.85530499999999987</v>
       </c>
       <c r="I91" s="16">
         <v>1.2793571905653844</v>
       </c>
       <c r="J91" s="16">
         <v>80.442570104893562</v>
       </c>
       <c r="K91" s="16">
         <v>0.38130099999999978</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>6.2048030000000001</v>
       </c>
       <c r="E92" s="16">
         <v>12.683879158798868</v>
       </c>
       <c r="F92" s="16">
         <v>0.87130199999999991</v>
       </c>
       <c r="G92" s="16">
         <v>1.3000094415710581</v>
       </c>
       <c r="H92" s="16">
         <v>0.74399300000000002</v>
       </c>
       <c r="I92" s="16">
         <v>1.1128577458103392</v>
       </c>
       <c r="J92" s="16">
         <v>-14.611351747155396</v>
       </c>
       <c r="K92" s="16">
         <v>-0.12730899999999989</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>0.57757100000000006</v>
       </c>
       <c r="E93" s="16">
         <v>1.1806725805197398</v>
       </c>
       <c r="F93" s="16">
         <v>0.61288799999999988</v>
       </c>
       <c r="G93" s="16">
         <v>0.91444778805236604</v>
       </c>
       <c r="H93" s="16">
         <v>0.73596399999999995</v>
       </c>
       <c r="I93" s="16">
         <v>1.1008480429756198</v>
       </c>
       <c r="J93" s="16">
         <v>20.081319914894742</v>
       </c>
       <c r="K93" s="16">
         <v>0.12307600000000007</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
         <v>0.61260099999999995</v>
       </c>
       <c r="E94" s="16">
         <v>1.252281024322504</v>
       </c>
       <c r="F94" s="16">
         <v>0.71762300000000001</v>
       </c>
       <c r="G94" s="16">
         <v>1.0707156364711059</v>
       </c>
       <c r="H94" s="16">
         <v>0.41059300000000004</v>
       </c>
       <c r="I94" s="16">
         <v>0.61416115531396753</v>
       </c>
       <c r="J94" s="16">
         <v>-42.784303178688525</v>
       </c>
       <c r="K94" s="16">
         <v>-0.30702999999999997</v>
       </c>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
         <v>0.11404299999999999</v>
       </c>
       <c r="E95" s="16">
         <v>0.2331270841164336</v>
       </c>
       <c r="F95" s="16">
         <v>0.16354199999999999</v>
       </c>
       <c r="G95" s="16">
         <v>0.24400970512338319</v>
       </c>
       <c r="H95" s="16">
         <v>0.29529200000000005</v>
       </c>
       <c r="I95" s="16">
         <v>0.44169500180220345</v>
       </c>
       <c r="J95" s="16">
         <v>80.560345354710151</v>
       </c>
       <c r="K95" s="16">
         <v>0.13175000000000006</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
         <v>4.4658000000000003E-2</v>
       </c>
       <c r="E96" s="16">
         <v>9.1290033780869417E-2</v>
       </c>
       <c r="F96" s="16">
         <v>3.2511000000000005E-2</v>
       </c>
       <c r="G96" s="16">
         <v>4.8507414139892575E-2</v>
       </c>
       <c r="H96" s="16">
         <v>4.2164E-2</v>
       </c>
       <c r="I96" s="16">
         <v>6.3068515421982649E-2</v>
       </c>
       <c r="J96" s="16">
         <v>29.691489034480618</v>
       </c>
       <c r="K96" s="16">
         <v>9.6529999999999949E-3</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0.37584899999999999</v>
       </c>
       <c r="E97" s="16">
         <v>0.76831178974665204</v>
       </c>
       <c r="F97" s="16">
         <v>8.0600000000000008E-4</v>
       </c>
       <c r="G97" s="16">
         <v>1.2025768446603739E-3</v>
       </c>
       <c r="H97" s="16">
         <v>0</v>
       </c>
       <c r="I97" s="16">
         <v>0</v>
       </c>
       <c r="J97" s="16">
         <v>-100</v>
       </c>
       <c r="K97" s="16">
         <v>-8.0600000000000008E-4</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>1.0639190000000001</v>
       </c>
       <c r="E98" s="16">
         <v>2.1748667976646696</v>
       </c>
       <c r="F98" s="16">
         <v>0.92917000000000005</v>
       </c>
       <c r="G98" s="16">
         <v>1.3863502813313642</v>
       </c>
       <c r="H98" s="16">
         <v>2.474377</v>
       </c>
       <c r="I98" s="16">
         <v>3.7011498905298166</v>
       </c>
       <c r="J98" s="16">
         <v>166.29970834185349</v>
       </c>
       <c r="K98" s="16">
         <v>1.545207</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="93"/>
       <c r="C99" s="94"/>
       <c r="D99" s="17">
         <v>48.918811999999996</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
         <v>67.022744000000003</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
         <v>66.854276999999996</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
         <v>-0.25135795693474861</v>
       </c>
       <c r="K99" s="17">
         <v>-0.16846700000000681</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
         <v>2020</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F107" s="13">
         <v>2023</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="H107" s="13">
         <v>2024</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>25.951143000000005</v>
       </c>
       <c r="E108" s="16">
         <v>59.198171785482401</v>
       </c>
       <c r="F108" s="16">
         <v>35.132050999999997</v>
       </c>
       <c r="G108" s="16">
         <v>77.687895106014665</v>
       </c>
       <c r="H108" s="16">
         <v>48.329572000000006</v>
       </c>
       <c r="I108" s="16">
         <v>86.992247109561163</v>
       </c>
       <c r="J108" s="16">
         <v>37.56547262213644</v>
       </c>
       <c r="K108" s="16">
         <v>13.197521000000009</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
         <v>0.329121</v>
       </c>
       <c r="E109" s="16">
         <v>0.75077084258715499</v>
       </c>
       <c r="F109" s="16">
         <v>0.124059</v>
       </c>
       <c r="G109" s="16">
         <v>0.27433304645257051</v>
       </c>
       <c r="H109" s="16">
         <v>2.0168289999999995</v>
       </c>
       <c r="I109" s="16">
         <v>3.6302511999429474</v>
       </c>
       <c r="J109" s="16" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="K109" s="16">
         <v>1.8927699999999996</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>7.209568</v>
       </c>
       <c r="E110" s="16">
         <v>16.446028791992582</v>
       </c>
       <c r="F110" s="16">
         <v>6.1400159999999993</v>
       </c>
       <c r="G110" s="16">
         <v>13.577485668492617</v>
       </c>
       <c r="H110" s="16">
         <v>1.3823810000000001</v>
       </c>
       <c r="I110" s="16">
         <v>2.4882576976175632</v>
       </c>
       <c r="J110" s="16">
         <v>-77.485710134957287</v>
       </c>
       <c r="K110" s="16">
         <v>-4.7576349999999987</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>2.3705100000000003</v>
       </c>
       <c r="E111" s="16">
         <v>5.4074634862596946</v>
       </c>
       <c r="F111" s="16">
         <v>1.5455639999999999</v>
       </c>
       <c r="G111" s="16">
         <v>3.4177228625687825</v>
       </c>
       <c r="H111" s="16">
         <v>1.067043</v>
       </c>
       <c r="I111" s="16">
         <v>1.9206557081144326</v>
       </c>
       <c r="J111" s="16">
         <v>-30.960930767020972</v>
       </c>
       <c r="K111" s="16">
         <v>-0.47852099999999997</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>0.56576199999999999</v>
       </c>
       <c r="E112" s="16">
         <v>1.2905819241063134</v>
       </c>
       <c r="F112" s="16">
         <v>1.2483429999999998</v>
       </c>
       <c r="G112" s="16">
         <v>2.7604747596525936</v>
       </c>
       <c r="H112" s="16">
         <v>0.74805300000000008</v>
       </c>
       <c r="I112" s="16">
         <v>1.3464801928527022</v>
       </c>
       <c r="J112" s="16">
         <v>-40.076325176654152</v>
       </c>
       <c r="K112" s="16">
         <v>-0.50028999999999968</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
         <v>2.1934000000000002E-2</v>
       </c>
       <c r="E113" s="16">
         <v>5.003450907510204E-2</v>
       </c>
       <c r="F113" s="16">
         <v>1.2039000000000001E-2</v>
       </c>
       <c r="G113" s="16">
         <v>2.6621974594688784E-2</v>
       </c>
       <c r="H113" s="16">
         <v>0.42132299999999995</v>
       </c>
       <c r="I113" s="16">
         <v>0.75837283493720209</v>
       </c>
       <c r="J113" s="16" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="K113" s="16">
         <v>0.40928399999999993</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
         <v>9.0431999999999985E-2</v>
       </c>
       <c r="E114" s="16">
         <v>0.20628798781251148</v>
       </c>
       <c r="F114" s="16">
         <v>0.25057300000000005</v>
       </c>
       <c r="G114" s="16">
         <v>0.55409486170902522</v>
       </c>
       <c r="H114" s="16">
         <v>0.32079599999999997</v>
       </c>
       <c r="I114" s="16">
         <v>0.57742627854761008</v>
       </c>
       <c r="J114" s="16">
         <v>28.024966776149029</v>
       </c>
       <c r="K114" s="16">
         <v>7.0222999999999924E-2</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>0.11109999999999999</v>
       </c>
       <c r="E115" s="16">
         <v>0.25343457455292406</v>
       </c>
       <c r="F115" s="16">
         <v>0.29653100000000004</v>
       </c>
       <c r="G115" s="16">
         <v>0.65572229824218464</v>
       </c>
       <c r="H115" s="16">
         <v>0.30711800000000006</v>
       </c>
       <c r="I115" s="16">
         <v>0.5528061566072674</v>
       </c>
       <c r="J115" s="16">
         <v>3.5702843884787803</v>
       </c>
       <c r="K115" s="16">
         <v>1.0587000000000013E-2</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
         <v>9.1258000000000006E-2</v>
       </c>
       <c r="E116" s="16">
         <v>0.20817220886184287</v>
       </c>
       <c r="F116" s="16">
         <v>0.13565800000000003</v>
       </c>
       <c r="G116" s="16">
         <v>0.29998204415369151</v>
       </c>
       <c r="H116" s="16">
         <v>0.26360600000000001</v>
       </c>
       <c r="I116" s="16">
         <v>0.47448544116142755</v>
       </c>
       <c r="J116" s="16">
         <v>94.316590249008499</v>
       </c>
       <c r="K116" s="16">
         <v>0.12794799999999998</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
         <v>5.0860000000000002E-3</v>
       </c>
       <c r="E117" s="16">
         <v>1.1601874403025849E-2</v>
       </c>
       <c r="F117" s="16">
         <v>1.5406000000000001E-2</v>
       </c>
       <c r="G117" s="16">
         <v>3.406745914160441E-2</v>
       </c>
       <c r="H117" s="16">
         <v>0.103299</v>
       </c>
       <c r="I117" s="16">
         <v>0.18593610003768618</v>
       </c>
       <c r="J117" s="16">
         <v>570.51148903024784</v>
       </c>
       <c r="K117" s="16">
         <v>8.7892999999999999E-2</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>3.7339999999999999E-3</v>
       </c>
       <c r="E118" s="16">
         <v>8.51777408983455E-3</v>
       </c>
       <c r="F118" s="16">
         <v>5.2214999999999998E-2</v>
       </c>
       <c r="G118" s="16">
         <v>0.11546361022191834</v>
       </c>
       <c r="H118" s="16">
         <v>8.1373000000000001E-2</v>
       </c>
       <c r="I118" s="16">
         <v>0.14646974577069127</v>
       </c>
       <c r="J118" s="16">
         <v>55.842190941300409</v>
       </c>
       <c r="K118" s="16">
         <v>2.9158000000000003E-2</v>
       </c>
     </row>
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>7.9340000000000001E-3</v>
       </c>
       <c r="E119" s="16">
         <v>1.8098559086434741E-2</v>
       </c>
       <c r="F119" s="16">
         <v>1.9959000000000001E-2</v>
       </c>
       <c r="G119" s="16">
         <v>4.413555867890967E-2</v>
       </c>
       <c r="H119" s="16">
         <v>5.4956999999999992E-2</v>
       </c>
       <c r="I119" s="16">
         <v>9.8921482780773465E-2</v>
       </c>
       <c r="J119" s="16">
         <v>175.34946640613248</v>
       </c>
       <c r="K119" s="16">
         <v>3.4997999999999987E-2</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
         <v>3.1852999999999999E-2</v>
       </c>
       <c r="E120" s="16">
         <v>7.2661129642072816E-2</v>
       </c>
       <c r="F120" s="16">
         <v>5.0735999999999996E-2</v>
       </c>
       <c r="G120" s="16">
         <v>0.11219308107285739</v>
       </c>
       <c r="H120" s="16">
         <v>4.5537999999999995E-2</v>
       </c>
       <c r="I120" s="16">
         <v>8.196747425934571E-2</v>
       </c>
       <c r="J120" s="16">
         <v>-10.24519079154841</v>
       </c>
       <c r="K120" s="16">
         <v>-5.1980000000000012E-3</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>0.48842999999999998</v>
       </c>
       <c r="E121" s="16">
         <v>1.1141768609260547</v>
       </c>
       <c r="F121" s="16">
         <v>5.7686000000000001E-2</v>
       </c>
       <c r="G121" s="16">
         <v>0.12756169336898557</v>
       </c>
       <c r="H121" s="16">
         <v>1.6104E-2</v>
       </c>
       <c r="I121" s="16">
         <v>2.8986872622260608E-2</v>
       </c>
       <c r="J121" s="16">
         <v>-72.083347779357211</v>
       </c>
       <c r="K121" s="16">
         <v>-4.1582000000000001E-2</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>5.8069999999999997E-3</v>
       </c>
       <c r="E122" s="16">
         <v>1.3246575827442214E-2</v>
       </c>
       <c r="F122" s="16">
         <v>2.4775000000000002E-2</v>
       </c>
       <c r="G122" s="16">
         <v>5.478523304123388E-2</v>
       </c>
       <c r="H122" s="16">
         <v>1.4128999999999999E-2</v>
       </c>
       <c r="I122" s="16">
         <v>2.5431912771977153E-2</v>
       </c>
       <c r="J122" s="16">
         <v>-42.970736629667009</v>
       </c>
       <c r="K122" s="16">
         <v>-1.0646000000000003E-2</v>
       </c>
     </row>
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
         <v>6.5352269999999999</v>
       </c>
       <c r="E123" s="16">
         <v>14.907763045470587</v>
       </c>
       <c r="F123" s="16">
         <v>0</v>
       </c>
       <c r="G123" s="16">
         <v>0</v>
       </c>
       <c r="H123" s="16">
         <v>0</v>
       </c>
       <c r="I123" s="16">
         <v>0</v>
       </c>
       <c r="J123" s="16" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K123" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>1.8844999999999997E-2</v>
       </c>
       <c r="E124" s="16">
         <v>4.2988069824031083E-2</v>
       </c>
       <c r="F124" s="16">
         <v>0.116429</v>
       </c>
       <c r="G124" s="16">
         <v>0.2574607425936557</v>
       </c>
       <c r="H124" s="16">
         <v>0.38406200000000001</v>
       </c>
       <c r="I124" s="16">
         <v>0.69130379241496853</v>
       </c>
       <c r="J124" s="16">
         <v>229.86798821599427</v>
       </c>
       <c r="K124" s="16">
         <v>0.26763300000000001</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B125" s="93"/>
       <c r="C125" s="94"/>
       <c r="D125" s="17">
         <v>43.837744000000001</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
         <v>45.22204</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
         <v>55.556182999999997</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
         <v>22.852005349603861</v>
       </c>
       <c r="K125" s="17">
         <v>10.334142999999997</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B130" s="37"/>
       <c r="C130" s="37"/>
       <c r="D130" s="37"/>
       <c r="E130" s="37"/>
       <c r="F130" s="37"/>
       <c r="G130" s="37"/>
       <c r="H130" s="37"/>
       <c r="I130" s="37"/>
       <c r="J130" s="37"/>
       <c r="K130" s="37"/>
     </row>
-    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="23">
         <v>0</v>
       </c>
       <c r="B131" s="23">
         <v>0</v>
       </c>
       <c r="C131" s="23">
         <v>0</v>
       </c>
       <c r="D131" s="13">
         <v>0</v>
       </c>
       <c r="E131" s="13">
         <v>0</v>
       </c>
       <c r="F131" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="G131" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H131" s="13" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="I131" s="13" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J131" s="13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="K131" s="13" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B132" s="5"/>
       <c r="C132" s="79"/>
       <c r="D132" s="16"/>
       <c r="E132" s="16">
         <v>0</v>
       </c>
       <c r="F132" s="16">
-        <v>12.664064999999999</v>
+        <v>13.649538</v>
       </c>
       <c r="G132" s="16">
-        <v>28.008902999036124</v>
+        <v>27.324064403378181</v>
       </c>
       <c r="H132" s="16">
-        <v>8.9832630000000009</v>
+        <v>9.700406000000001</v>
       </c>
       <c r="I132" s="16">
-        <v>20.383953644212014</v>
+        <v>19.184126144154213</v>
       </c>
       <c r="J132" s="16">
-        <v>-29.06493294214771</v>
+        <v>-28.93234921211252</v>
       </c>
       <c r="K132" s="16">
-        <v>-3.6808019999999981</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.9491319999999988</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="79"/>
       <c r="D133" s="16"/>
       <c r="E133" s="16">
         <v>0</v>
       </c>
       <c r="F133" s="16">
-        <v>8.6812070000000006</v>
+        <v>9.5400930000000006</v>
       </c>
       <c r="G133" s="16">
-        <v>19.200081867674669</v>
+        <v>19.097651183960757</v>
       </c>
       <c r="H133" s="16">
-        <v>8.3321869999999993</v>
+        <v>8.9494680000000013</v>
       </c>
       <c r="I133" s="16">
-        <v>18.906594804460912</v>
+        <v>17.699024456818769</v>
       </c>
       <c r="J133" s="16">
-        <v>-4.0204086828018415</v>
+        <v>-6.1909773835538005</v>
       </c>
       <c r="K133" s="16">
-        <v>-0.34902000000000122</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.59062499999999929</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="79"/>
       <c r="D134" s="16"/>
       <c r="E134" s="16">
         <v>0</v>
       </c>
       <c r="F134" s="16">
-        <v>5.3826759999999991</v>
+        <v>6.1280479999999997</v>
       </c>
       <c r="G134" s="16">
-        <v>11.904775438158266</v>
+        <v>12.26731470464369</v>
       </c>
       <c r="H134" s="16">
-        <v>6.1464959999999991</v>
+        <v>6.5216059999999993</v>
       </c>
       <c r="I134" s="16">
-        <v>13.947035674936217</v>
+        <v>12.897533584313168</v>
       </c>
       <c r="J134" s="16">
-        <v>14.190339526287667</v>
+        <v>6.4222408179570341</v>
       </c>
       <c r="K134" s="16">
-        <v>0.76381999999999994</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.39355799999999963</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="79"/>
       <c r="D135" s="16"/>
       <c r="E135" s="16">
         <v>0</v>
       </c>
       <c r="F135" s="16">
-        <v>3.554875</v>
+        <v>4.1328689999999995</v>
       </c>
       <c r="G135" s="16">
-        <v>7.8622582124064078</v>
+        <v>8.2733041020674225</v>
       </c>
       <c r="H135" s="16">
-        <v>4.3622210000000008</v>
+        <v>5.4381909999999998</v>
       </c>
       <c r="I135" s="16">
-        <v>9.8983310017538386</v>
+        <v>10.754904706050873</v>
       </c>
       <c r="J135" s="16">
-        <v>22.710953268399052</v>
+        <v>31.583919064456207</v>
       </c>
       <c r="K135" s="16">
-        <v>0.80734600000000079</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.3053220000000003</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="79"/>
       <c r="D136" s="16"/>
       <c r="E136" s="16">
         <v>0</v>
       </c>
       <c r="F136" s="16">
-        <v>2.9602960000000005</v>
+        <v>3.4476979999999999</v>
       </c>
       <c r="G136" s="16">
-        <v>6.5472376770361382</v>
+        <v>6.9017077497713215</v>
       </c>
       <c r="H136" s="16">
-        <v>3.1790949999999998</v>
+        <v>3.3007269999999993</v>
       </c>
       <c r="I136" s="16">
-        <v>7.2136956371583665</v>
+        <v>6.5277229773079277</v>
       </c>
       <c r="J136" s="16">
-        <v>7.391118996208462</v>
+        <v>-4.2628733723197518</v>
       </c>
       <c r="K136" s="16">
-        <v>0.2187989999999993</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.14697100000000063</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="15" t="s">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="79"/>
       <c r="D137" s="16"/>
       <c r="E137" s="16">
         <v>0</v>
       </c>
       <c r="F137" s="16">
-        <v>2.9915729999999998</v>
+        <v>2.541121</v>
       </c>
       <c r="G137" s="16">
-        <v>6.6164125003729453</v>
+        <v>5.0868940663615696</v>
       </c>
       <c r="H137" s="16">
-        <v>2.9950280000000005</v>
+        <v>3.1307809999999998</v>
       </c>
       <c r="I137" s="16">
-        <v>6.7960285605705888</v>
+        <v>6.1916271992864278</v>
       </c>
       <c r="J137" s="16">
-        <v>0.11549108111353634</v>
+        <v>23.204719491909273</v>
       </c>
       <c r="K137" s="16">
-        <v>3.455000000000652E-3</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.58965999999999985</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="15" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="79"/>
       <c r="D138" s="16"/>
       <c r="E138" s="16">
         <v>0</v>
       </c>
       <c r="F138" s="16">
-        <v>2.444607</v>
+        <v>3.5387340000000003</v>
       </c>
       <c r="G138" s="16">
-        <v>5.4066968492158489</v>
+        <v>7.083946410671488</v>
       </c>
       <c r="H138" s="16">
-        <v>2.6169930000000003</v>
+        <v>3.0643400000000001</v>
       </c>
       <c r="I138" s="16">
-        <v>5.938228013498807</v>
+        <v>6.0602293459240277</v>
       </c>
       <c r="J138" s="16">
-        <v>7.0516856083616046</v>
+        <v>-13.405754713408809</v>
       </c>
       <c r="K138" s="16">
-        <v>0.17238600000000037</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.4743940000000002</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="15" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="79"/>
       <c r="D139" s="16"/>
       <c r="E139" s="16">
         <v>0</v>
       </c>
       <c r="F139" s="16">
-        <v>1.0293749999999999</v>
+        <v>0.27972699999999995</v>
       </c>
       <c r="G139" s="16">
-        <v>2.2766516536856694</v>
+        <v>0.5599661001979529</v>
       </c>
       <c r="H139" s="16">
-        <v>1.9803639999999998</v>
+        <v>2.5808760000000004</v>
       </c>
       <c r="I139" s="16">
-        <v>4.4936509122204562</v>
+        <v>5.1041008743778509</v>
       </c>
       <c r="J139" s="16">
-        <v>92.385088038858527</v>
+        <v>822.64100354989012</v>
       </c>
       <c r="K139" s="16">
-        <v>0.95098899999999986</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.3011490000000006</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="15" t="s">
-        <v>5</v>
+        <v>47</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="79"/>
       <c r="D140" s="16"/>
       <c r="E140" s="16">
         <v>0</v>
       </c>
       <c r="F140" s="16">
-        <v>0.26656000000000002</v>
+        <v>0.42943999999999999</v>
       </c>
       <c r="G140" s="16">
-        <v>0.58954634103844783</v>
+        <v>0.85966618191668642</v>
       </c>
       <c r="H140" s="16">
-        <v>1.5362959999999999</v>
+        <v>2.2638289999999999</v>
       </c>
       <c r="I140" s="16">
-        <v>3.4860146527813258</v>
+        <v>4.4770890109954653</v>
       </c>
       <c r="J140" s="16">
-        <v>476.3415366146458</v>
+        <v>427.15839232488821</v>
       </c>
       <c r="K140" s="16">
-        <v>1.269736</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.8343889999999998</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="15" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="79"/>
       <c r="D141" s="16"/>
       <c r="E141" s="16">
         <v>0</v>
       </c>
       <c r="F141" s="16">
-        <v>1.5802160000000001</v>
+        <v>1.0478880000000002</v>
       </c>
       <c r="G141" s="16">
-        <v>3.4949375782203322</v>
+        <v>2.097694383467569</v>
       </c>
       <c r="H141" s="16">
-        <v>1.0420799999999999</v>
+        <v>2.0936579999999996</v>
       </c>
       <c r="I141" s="16">
-        <v>2.3645873903013248</v>
+        <v>4.1405482589819034</v>
       </c>
       <c r="J141" s="16">
-        <v>-34.054584942817954</v>
+        <v>99.797879162658532</v>
       </c>
       <c r="K141" s="16">
-        <v>-0.53813600000000017</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.0457699999999994</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="15" t="s">
-        <v>47</v>
+        <v>6</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="79"/>
       <c r="D142" s="16"/>
       <c r="E142" s="16">
         <v>0</v>
       </c>
       <c r="F142" s="16">
-        <v>0.37867099999999998</v>
+        <v>1.6630380000000002</v>
       </c>
       <c r="G142" s="16">
-        <v>0.83750038455646014</v>
+        <v>3.3291205473229382</v>
       </c>
       <c r="H142" s="16">
-        <v>0.87425199999999992</v>
+        <v>1.174215</v>
       </c>
       <c r="I142" s="16">
-        <v>1.9837682856841261</v>
+        <v>2.3222006048363375</v>
       </c>
       <c r="J142" s="16">
-        <v>130.87376640936327</v>
+        <v>-29.393375256608699</v>
       </c>
       <c r="K142" s="16">
-        <v>0.49558099999999994</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.48882300000000023</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B143" s="5"/>
       <c r="C143" s="79"/>
       <c r="D143" s="16"/>
       <c r="E143" s="16">
         <v>0</v>
       </c>
       <c r="F143" s="16">
-        <v>0.50548999999999999</v>
+        <v>0.57955000000000001</v>
       </c>
       <c r="G143" s="16">
-        <v>1.1179838682905348</v>
+        <v>1.1601609904289671</v>
       </c>
       <c r="H143" s="16">
-        <v>0.58912199999999992</v>
+        <v>0.65287200000000001</v>
       </c>
       <c r="I143" s="16">
-        <v>1.3367788006190475</v>
+        <v>1.2911602673111051</v>
       </c>
       <c r="J143" s="16">
-        <v>16.544738768323793</v>
+        <v>12.651539987921662</v>
       </c>
       <c r="K143" s="16">
-        <v>8.3631999999999929E-2</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.3321999999999998E-2</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B144" s="5"/>
       <c r="C144" s="79"/>
       <c r="D144" s="16"/>
       <c r="E144" s="16">
         <v>0</v>
       </c>
       <c r="F144" s="16">
-        <v>0.5877690000000001</v>
+        <v>0.73729899999999993</v>
       </c>
       <c r="G144" s="16">
-        <v>1.299958971060277</v>
+        <v>1.4759477837672108</v>
       </c>
       <c r="H144" s="16">
-        <v>0.36364199999999991</v>
+        <v>0.50346199999999985</v>
       </c>
       <c r="I144" s="16">
-        <v>0.82514134018880914</v>
+        <v>0.99567775996057939</v>
       </c>
       <c r="J144" s="16">
-        <v>-38.131817091408386</v>
+        <v>-31.71535564269043</v>
       </c>
       <c r="K144" s="16">
-        <v>-0.22412700000000019</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.23383700000000007</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B145" s="5"/>
       <c r="C145" s="79"/>
       <c r="D145" s="16"/>
       <c r="E145" s="16">
         <v>0</v>
       </c>
       <c r="F145" s="16">
-        <v>0.287609</v>
+        <v>0.29812099999999997</v>
       </c>
       <c r="G145" s="16">
-        <v>0.63610006602538605</v>
+        <v>0.59678777435540342</v>
       </c>
       <c r="H145" s="16">
-        <v>0.25973199999999996</v>
+        <v>0.28855599999999998</v>
       </c>
       <c r="I145" s="16">
-        <v>0.58935879400597246</v>
+        <v>0.57066629001431102</v>
       </c>
       <c r="J145" s="16">
-        <v>-9.6926730387435871</v>
+        <v>-3.2084287923359947</v>
       </c>
       <c r="K145" s="16">
-        <v>-2.7877000000000041E-2</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-9.5649999999999902E-3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B146" s="5"/>
       <c r="C146" s="79"/>
       <c r="D146" s="16"/>
       <c r="E146" s="16">
         <v>0</v>
       </c>
       <c r="F146" s="16">
-        <v>2.5736000000000002E-2</v>
+        <v>3.0742000000000002E-2</v>
       </c>
       <c r="G146" s="16">
-        <v>5.691988532775169E-2</v>
+        <v>6.1540279816697969E-2</v>
       </c>
       <c r="H146" s="16">
-        <v>4.1423000000000001E-2</v>
+        <v>4.5611000000000006E-2</v>
       </c>
       <c r="I146" s="16">
-        <v>9.3993074877602292E-2</v>
+        <v>9.0203150008465405E-2</v>
       </c>
       <c r="J146" s="16">
-        <v>60.953528131799807</v>
+        <v>48.367054843536536</v>
       </c>
       <c r="K146" s="16">
-        <v>1.5687E-2</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4869000000000004E-2</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="15" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B147" s="5"/>
       <c r="C147" s="79"/>
       <c r="D147" s="16"/>
       <c r="E147" s="16">
         <v>0</v>
       </c>
       <c r="F147" s="16">
         <v>0</v>
       </c>
       <c r="G147" s="16">
         <v>0</v>
       </c>
       <c r="H147" s="16">
         <v>0</v>
       </c>
       <c r="I147" s="16">
         <v>0</v>
       </c>
       <c r="J147" s="16" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="K147" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="148" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="79"/>
       <c r="D148" s="16"/>
       <c r="E148" s="16">
         <v>0</v>
       </c>
       <c r="F148" s="16">
-        <v>1.8737019999999998</v>
+        <v>1.9103680000000001</v>
       </c>
       <c r="G148" s="16">
-        <v>4.144035707894739</v>
+        <v>3.8242333378721507</v>
       </c>
       <c r="H148" s="16">
-        <v>0.76807400000000003</v>
+        <v>0.856155</v>
       </c>
       <c r="I148" s="16">
-        <v>1.7428394127305968</v>
+        <v>1.6931853696585841</v>
       </c>
       <c r="J148" s="16">
-        <v>-59.007675713640694</v>
+        <v>-55.183765640965511</v>
       </c>
       <c r="K148" s="16">
-        <v>-1.1056279999999998</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.0542130000000001</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B149" s="93"/>
       <c r="C149" s="94"/>
       <c r="D149" s="17"/>
       <c r="E149" s="17">
         <v>0</v>
       </c>
       <c r="F149" s="17">
-        <v>45.214427000000001</v>
+        <v>49.954273999999998</v>
       </c>
       <c r="G149" s="17">
         <v>100</v>
       </c>
       <c r="H149" s="17">
-        <v>44.070267999999999</v>
+        <v>50.564752999999996</v>
       </c>
       <c r="I149" s="17">
         <v>100</v>
       </c>
       <c r="J149" s="17">
-        <v>-2.5305175270716176</v>
+        <v>1.2220756125892211</v>
       </c>
       <c r="K149" s="17">
-        <v>-1.1441590000000019</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.610478999999998</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E150" s="80"/>
       <c r="F150" s="80"/>
       <c r="G150" s="80"/>
       <c r="H150" s="80"/>
       <c r="I150" s="80"/>
     </row>
-    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E151" s="80"/>
       <c r="F151" s="80"/>
       <c r="G151" s="80"/>
       <c r="H151" s="80"/>
       <c r="I151" s="80"/>
     </row>
-    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E152" s="81"/>
       <c r="F152" s="82"/>
       <c r="G152" s="81"/>
       <c r="H152" s="82"/>
       <c r="I152" s="81"/>
     </row>
-    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="46"/>
       <c r="E153" s="81"/>
       <c r="F153" s="82"/>
       <c r="G153" s="81"/>
       <c r="H153" s="82"/>
       <c r="I153" s="81"/>
     </row>
-    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="46"/>
       <c r="E154" s="81"/>
       <c r="F154" s="82"/>
       <c r="G154" s="81"/>
       <c r="H154" s="82"/>
       <c r="I154" s="81"/>
     </row>
-    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="46"/>
       <c r="E155" s="81"/>
       <c r="F155" s="82"/>
       <c r="G155" s="81"/>
       <c r="H155" s="82"/>
       <c r="I155" s="81"/>
     </row>
-    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B156" s="37"/>
       <c r="C156" s="37"/>
       <c r="D156" s="37"/>
       <c r="E156" s="37"/>
       <c r="F156" s="37"/>
       <c r="G156" s="37"/>
       <c r="H156" s="37"/>
       <c r="I156" s="37"/>
       <c r="J156" s="37"/>
       <c r="K156" s="37"/>
     </row>
-    <row r="157" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="23">
         <v>0</v>
       </c>
       <c r="B157" s="23">
         <v>0</v>
       </c>
       <c r="C157" s="23">
         <v>0</v>
       </c>
       <c r="D157" s="13">
         <v>0</v>
       </c>
       <c r="E157" s="13">
         <v>0</v>
       </c>
       <c r="F157" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="G157" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="H157" s="13" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="I157" s="13" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J157" s="13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="K157" s="13" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="79"/>
       <c r="D158" s="16"/>
       <c r="E158" s="16">
         <v>0</v>
       </c>
       <c r="F158" s="16">
-        <v>30.979880000000001</v>
+        <v>35.243171000000004</v>
       </c>
       <c r="G158" s="16">
-        <v>85.039167166321732</v>
+        <v>85.470363368661154</v>
       </c>
       <c r="H158" s="16">
-        <v>42.459656000000003</v>
+        <v>49.030890000000007</v>
       </c>
       <c r="I158" s="16">
-        <v>90.795207376992892</v>
+        <v>90.940738244365562</v>
       </c>
       <c r="J158" s="16">
-        <v>37.05558575436703</v>
+        <v>39.121675515520444</v>
       </c>
       <c r="K158" s="16">
-        <v>11.479776000000001</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.787719000000003</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="79"/>
       <c r="D159" s="16"/>
       <c r="E159" s="16">
         <v>0</v>
       </c>
       <c r="F159" s="16">
-        <v>0.78287400000000007</v>
+        <v>0.95997300000000019</v>
       </c>
       <c r="G159" s="16">
-        <v>2.1489738809887893</v>
+        <v>2.3280890682085267</v>
       </c>
       <c r="H159" s="16">
-        <v>1.265636</v>
+        <v>1.5682569999999998</v>
       </c>
       <c r="I159" s="16">
-        <v>2.7064204920498591</v>
+        <v>2.9087469009209088</v>
       </c>
       <c r="J159" s="16">
-        <v>61.665351001566002</v>
+        <v>63.364698798820328</v>
       </c>
       <c r="K159" s="16">
-        <v>0.48276199999999991</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.6082839999999996</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="79"/>
       <c r="D160" s="16"/>
       <c r="E160" s="16">
         <v>0</v>
       </c>
       <c r="F160" s="16">
-        <v>1.6356949999999999</v>
+        <v>0.93102799999999997</v>
       </c>
       <c r="G160" s="16">
-        <v>4.4899509145328071</v>
+        <v>2.2578927834387503</v>
       </c>
       <c r="H160" s="16">
-        <v>0.90213399999999999</v>
+        <v>0.94704100000000002</v>
       </c>
       <c r="I160" s="16">
-        <v>1.9291122757055805</v>
+        <v>1.7565377191334319</v>
       </c>
       <c r="J160" s="16">
-        <v>-44.847052781845029</v>
+        <v>1.7199267906013627</v>
       </c>
       <c r="K160" s="16">
-        <v>-0.73356099999999991</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.6013000000000055E-2</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="15" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B161" s="5"/>
       <c r="C161" s="79"/>
       <c r="D161" s="16"/>
       <c r="E161" s="16">
         <v>0</v>
       </c>
       <c r="F161" s="16">
-        <v>0.79979200000000006</v>
+        <v>1.7034419999999997</v>
       </c>
       <c r="G161" s="16">
-        <v>2.195413461455848</v>
+        <v>4.1311210820796704</v>
       </c>
       <c r="H161" s="16">
-        <v>0.79396600000000006</v>
+        <v>0.90327800000000003</v>
       </c>
       <c r="I161" s="16">
-        <v>1.6978071518120998</v>
+        <v>1.6753676745393367</v>
       </c>
       <c r="J161" s="16">
-        <v>-0.7284393942425027</v>
+        <v>-46.973363343160486</v>
       </c>
       <c r="K161" s="16">
-        <v>-5.8259999999999978E-3</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.80016399999999965</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B162" s="5"/>
       <c r="C162" s="79"/>
       <c r="D162" s="16"/>
       <c r="E162" s="16">
         <v>0</v>
       </c>
       <c r="F162" s="16">
-        <v>0.24684700000000007</v>
+        <v>0.26205800000000007</v>
       </c>
       <c r="G162" s="16">
-        <v>0.6775902068537718</v>
+        <v>0.63553283794084847</v>
       </c>
       <c r="H162" s="16">
-        <v>0.53143099999999999</v>
+        <v>0.57541300000000006</v>
       </c>
       <c r="I162" s="16">
-        <v>1.1364055293232405</v>
+        <v>1.0672554182762157</v>
       </c>
       <c r="J162" s="16">
-        <v>115.28760730330929</v>
+        <v>119.57467430874078</v>
       </c>
       <c r="K162" s="16">
-        <v>0.28458399999999995</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.31335499999999999</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B163" s="5"/>
       <c r="C163" s="79"/>
       <c r="D163" s="16"/>
       <c r="E163" s="16">
         <v>0</v>
       </c>
       <c r="F163" s="16">
-        <v>0.25094499999999997</v>
+        <v>0.26314100000000001</v>
       </c>
       <c r="G163" s="16">
-        <v>0.68883913703192545</v>
+        <v>0.63815928728980886</v>
       </c>
       <c r="H163" s="16">
-        <v>0.271951</v>
+        <v>0.29680800000000002</v>
       </c>
       <c r="I163" s="16">
-        <v>0.58153668134712611</v>
+        <v>0.55050884527761279</v>
       </c>
       <c r="J163" s="16">
-        <v>8.3707585327462297</v>
+        <v>12.794281392865422</v>
       </c>
       <c r="K163" s="16">
-        <v>2.1006000000000025E-2</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.3667000000000002E-2</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B164" s="5"/>
       <c r="C164" s="79"/>
       <c r="D164" s="16"/>
       <c r="E164" s="16">
         <v>0</v>
       </c>
       <c r="F164" s="16">
-        <v>0.40102799999999994</v>
+        <v>0.40126799999999996</v>
       </c>
       <c r="G164" s="16">
-        <v>1.1008140486785511</v>
+        <v>0.97313949894621898</v>
       </c>
       <c r="H164" s="16">
-        <v>0.13066899999999998</v>
+        <v>0.13083400000000001</v>
       </c>
       <c r="I164" s="16">
-        <v>0.27942098618849576</v>
+        <v>0.24266621608262309</v>
       </c>
       <c r="J164" s="16">
-        <v>-67.416489621672298</v>
+        <v>-67.394858299191569</v>
       </c>
       <c r="K164" s="16">
-        <v>-0.27035899999999996</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.27043399999999995</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B165" s="5"/>
       <c r="C165" s="79"/>
       <c r="D165" s="16"/>
       <c r="E165" s="16">
         <v>0</v>
       </c>
       <c r="F165" s="16">
-        <v>0.16623299999999999</v>
+        <v>0.17927799999999999</v>
       </c>
       <c r="G165" s="16">
-        <v>0.4563063470729764</v>
+        <v>0.434778011433955</v>
       </c>
       <c r="H165" s="16">
-        <v>9.8740999999999995E-2</v>
+        <v>0.10042899999999999</v>
       </c>
       <c r="I165" s="16">
-        <v>0.21114654277019232</v>
+        <v>0.18627211133926769</v>
       </c>
       <c r="J165" s="16">
-        <v>-40.600843394512523</v>
+        <v>-43.981414339740518</v>
       </c>
       <c r="K165" s="16">
-        <v>-6.7491999999999996E-2</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-7.8849000000000002E-2</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="15" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="B166" s="5"/>
       <c r="C166" s="79"/>
       <c r="D166" s="16"/>
       <c r="E166" s="16">
         <v>0</v>
       </c>
       <c r="F166" s="16">
-        <v>1.4288E-2</v>
+        <v>0.69723900000000005</v>
       </c>
       <c r="G166" s="16">
-        <v>3.9220281694842103E-2</v>
+        <v>1.6909168214404409</v>
       </c>
       <c r="H166" s="16">
-        <v>6.4655000000000004E-2</v>
+        <v>8.0389000000000002E-2</v>
       </c>
       <c r="I166" s="16">
-        <v>0.13825745863224786</v>
+        <v>0.14910263727063292</v>
       </c>
       <c r="J166" s="16">
-        <v>352.51259798432255</v>
+        <v>-88.470381031468406</v>
       </c>
       <c r="K166" s="16">
-        <v>5.0367000000000002E-2</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.61685000000000001</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B167" s="5"/>
       <c r="C167" s="79"/>
       <c r="D167" s="16"/>
       <c r="E167" s="16">
         <v>0</v>
       </c>
       <c r="F167" s="16">
-        <v>8.1227999999999995E-2</v>
+        <v>8.6785000000000015E-2</v>
       </c>
       <c r="G167" s="16">
-        <v>0.222969277821153</v>
+        <v>0.21046759625997497</v>
       </c>
       <c r="H167" s="16">
-        <v>5.7881999999999989E-2</v>
+        <v>6.8885000000000002E-2</v>
       </c>
       <c r="I167" s="16">
-        <v>0.12377415854229014</v>
+        <v>0.12776543020049444</v>
       </c>
       <c r="J167" s="16">
-        <v>-28.741320726842968</v>
+        <v>-20.625684162009573</v>
       </c>
       <c r="K167" s="16">
-        <v>-2.3346000000000006E-2</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.7900000000000013E-2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="B168" s="5"/>
       <c r="C168" s="79"/>
       <c r="D168" s="16"/>
       <c r="E168" s="16">
         <v>0</v>
       </c>
       <c r="F168" s="16">
-        <v>0.58894400000000002</v>
+        <v>1.5707000000000002E-2</v>
       </c>
       <c r="G168" s="16">
-        <v>1.6166398084047513</v>
+        <v>3.8092003623384531E-2</v>
       </c>
       <c r="H168" s="16">
-        <v>5.1644000000000002E-2</v>
+        <v>6.5981999999999999E-2</v>
       </c>
       <c r="I168" s="16">
-        <v>0.11043489588746128</v>
+        <v>0.12238104980023261</v>
       </c>
       <c r="J168" s="16">
-        <v>-91.23108478904615</v>
+        <v>320.08021901063216</v>
       </c>
       <c r="K168" s="16">
-        <v>-0.5373</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.0275E-2</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B169" s="5"/>
       <c r="C169" s="79"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16">
         <v>0</v>
       </c>
       <c r="F169" s="16">
-        <v>3.8091E-2</v>
+        <v>3.9861000000000008E-2</v>
       </c>
       <c r="G169" s="16">
-        <v>0.10455905305418746</v>
+        <v>9.6669342104267586E-2</v>
       </c>
       <c r="H169" s="16">
-        <v>5.1142E-2</v>
+        <v>5.4626999999999995E-2</v>
       </c>
       <c r="I169" s="16">
-        <v>0.10936142524739648</v>
+        <v>0.1013202025921813</v>
       </c>
       <c r="J169" s="16">
-        <v>34.262686723898035</v>
+        <v>37.043726951155229</v>
       </c>
       <c r="K169" s="16">
-        <v>1.3051E-2</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4765999999999987E-2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B170" s="5"/>
       <c r="C170" s="79"/>
       <c r="D170" s="16"/>
       <c r="E170" s="16">
         <v>0</v>
       </c>
       <c r="F170" s="16">
-        <v>4.7698999999999998E-2</v>
+        <v>5.193600000000001E-2</v>
       </c>
       <c r="G170" s="16">
-        <v>0.13093282590721397</v>
+        <v>0.12595316102273504</v>
       </c>
       <c r="H170" s="16">
-        <v>1.8200000000000001E-2</v>
+        <v>2.0679000000000003E-2</v>
       </c>
       <c r="I170" s="16">
-        <v>3.8918656671671353E-2</v>
+        <v>3.8354668376511934E-2</v>
       </c>
       <c r="J170" s="16">
-        <v>-61.844063816851502</v>
+        <v>-60.183687615526807</v>
       </c>
       <c r="K170" s="16">
-        <v>-2.9498999999999997E-2</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.1257000000000007E-2</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B171" s="5"/>
       <c r="C171" s="79"/>
       <c r="D171" s="16"/>
       <c r="E171" s="16">
         <v>0</v>
       </c>
       <c r="F171" s="16">
-        <v>8.3079999999999994E-3</v>
+        <v>9.5549999999999993E-3</v>
       </c>
       <c r="G171" s="16">
-        <v>2.2805298174744412E-2</v>
+        <v>2.3172413231135107E-2</v>
       </c>
       <c r="H171" s="16">
-        <v>1.5671999999999998E-2</v>
+        <v>1.6662E-2</v>
       </c>
       <c r="I171" s="16">
-        <v>3.3512812492221607E-2</v>
+        <v>3.0904080685209237E-2</v>
       </c>
       <c r="J171" s="16">
-        <v>88.637457871930664</v>
+        <v>74.379905808477247</v>
       </c>
       <c r="K171" s="16">
-        <v>7.363999999999999E-3</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.1070000000000005E-3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B172" s="5"/>
       <c r="C172" s="79"/>
       <c r="D172" s="16"/>
       <c r="E172" s="16">
         <v>0</v>
       </c>
       <c r="F172" s="16">
-        <v>1.5011E-2</v>
+        <v>1.5698E-2</v>
       </c>
       <c r="G172" s="16">
-        <v>4.1204902612071305E-2</v>
+        <v>3.8070177174501202E-2</v>
       </c>
       <c r="H172" s="16">
-        <v>7.9229999999999995E-3</v>
+        <v>8.6290000000000013E-3</v>
       </c>
       <c r="I172" s="16">
-        <v>1.6942445978552313E-2</v>
+        <v>1.6004760066778933E-2</v>
       </c>
       <c r="J172" s="16">
-        <v>-47.218706282059827</v>
+        <v>-45.031214167409857</v>
       </c>
       <c r="K172" s="16">
-        <v>-7.0880000000000006E-3</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-7.0689999999999989E-3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="15" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B173" s="5"/>
       <c r="C173" s="79"/>
       <c r="D173" s="16"/>
       <c r="E173" s="16">
         <v>0</v>
       </c>
       <c r="F173" s="16">
         <v>0</v>
       </c>
       <c r="G173" s="16">
         <v>0</v>
       </c>
       <c r="H173" s="16">
         <v>0</v>
       </c>
       <c r="I173" s="16">
         <v>0</v>
       </c>
       <c r="J173" s="16" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="K173" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="174" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B174" s="5"/>
       <c r="C174" s="79"/>
       <c r="D174" s="16"/>
       <c r="E174" s="16">
         <v>0</v>
       </c>
       <c r="F174" s="16">
-        <v>0.37326799999999999</v>
+        <v>0.37423600000000007</v>
       </c>
       <c r="G174" s="16">
-        <v>1.0246133893946194</v>
+        <v>0.9075825471446447</v>
       </c>
       <c r="H174" s="16">
-        <v>4.2902000000000003E-2</v>
+        <v>4.6406999999999997E-2</v>
       </c>
       <c r="I174" s="16">
-        <v>9.1741110358683764E-2</v>
+        <v>8.607404107301074E-2</v>
       </c>
       <c r="J174" s="16">
-        <v>-88.506381473900788</v>
+        <v>-87.59953612159174</v>
       </c>
       <c r="K174" s="16">
-        <v>-0.33036599999999999</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.32782900000000009</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B175" s="93"/>
       <c r="C175" s="94"/>
       <c r="D175" s="17"/>
       <c r="E175" s="17">
         <v>0</v>
       </c>
       <c r="F175" s="17">
-        <v>36.430131000000003</v>
+        <v>41.234375999999997</v>
       </c>
       <c r="G175" s="17">
         <v>100</v>
       </c>
       <c r="H175" s="17">
-        <v>46.764203999999999</v>
+        <v>53.915210000000002</v>
       </c>
       <c r="I175" s="17">
         <v>100</v>
       </c>
       <c r="J175" s="17">
-        <v>28.366829095399069</v>
+        <v>30.753063899887817</v>
       </c>
       <c r="K175" s="17">
-        <v>10.334072999999997</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.680834000000004</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="80"/>
       <c r="F176" s="80"/>
       <c r="G176" s="80"/>
       <c r="H176" s="80"/>
       <c r="I176" s="80"/>
     </row>
-    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E177" s="80"/>
       <c r="F177" s="80"/>
       <c r="G177" s="80"/>
       <c r="H177" s="80"/>
       <c r="I177" s="80"/>
     </row>
-    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E178" s="81"/>
       <c r="F178" s="82"/>
       <c r="G178" s="81"/>
       <c r="H178" s="82"/>
       <c r="I178" s="81"/>
     </row>
-    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="46"/>
     </row>
-    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="46"/>
     </row>
-    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B181" s="37"/>
       <c r="C181" s="37"/>
       <c r="D181" s="37"/>
       <c r="E181" s="37"/>
       <c r="F181" s="37"/>
       <c r="G181" s="37"/>
       <c r="H181" s="37"/>
       <c r="I181" s="37"/>
       <c r="J181" s="37"/>
       <c r="K181" s="37"/>
     </row>
-    <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="23"/>
       <c r="B182" s="23"/>
       <c r="C182" s="23"/>
       <c r="D182" s="23"/>
       <c r="E182" s="23"/>
       <c r="F182" s="23"/>
       <c r="G182" s="13">
         <v>2023</v>
       </c>
       <c r="H182" s="13">
         <v>2024</v>
       </c>
       <c r="I182" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J182" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K182" s="13" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B183" s="5"/>
       <c r="C183" s="5"/>
       <c r="D183" s="37"/>
       <c r="E183" s="5"/>
       <c r="F183" s="5"/>
       <c r="G183" s="16">
         <v>3.2042120000000001</v>
       </c>
       <c r="H183" s="16">
         <v>10.205264</v>
       </c>
       <c r="I183" s="16">
         <v>15.264938098126468</v>
       </c>
       <c r="J183" s="16">
         <v>218.49528058692744</v>
       </c>
       <c r="K183" s="16">
         <v>7.0010519999999996</v>
       </c>
     </row>
-    <row r="184" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B184" s="5"/>
       <c r="C184" s="5"/>
       <c r="D184" s="37"/>
       <c r="E184" s="5"/>
       <c r="F184" s="5"/>
       <c r="G184" s="16">
         <v>2.6102020000000001</v>
       </c>
       <c r="H184" s="16">
         <v>4.2528600000000001</v>
       </c>
       <c r="I184" s="16">
         <v>6.3613880679616059</v>
       </c>
       <c r="J184" s="16">
         <v>62.932217506537803</v>
       </c>
       <c r="K184" s="16">
         <v>1.642658</v>
       </c>
     </row>
-    <row r="185" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B185" s="5"/>
       <c r="C185" s="5"/>
       <c r="D185" s="37"/>
       <c r="E185" s="5"/>
       <c r="F185" s="5"/>
       <c r="G185" s="16">
         <v>7.0517709999999996</v>
       </c>
       <c r="H185" s="16">
         <v>4.0813670000000002</v>
       </c>
       <c r="I185" s="16">
         <v>6.1048704483035552</v>
       </c>
       <c r="J185" s="16">
         <v>-42.122808582411423</v>
       </c>
       <c r="K185" s="16">
         <v>-2.9704039999999994</v>
       </c>
     </row>
-    <row r="186" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B186" s="5"/>
       <c r="C186" s="5"/>
       <c r="D186" s="37"/>
       <c r="E186" s="5"/>
       <c r="F186" s="5"/>
       <c r="G186" s="16">
         <v>2.2756309999999997</v>
       </c>
       <c r="H186" s="16">
         <v>3.6280760000000001</v>
       </c>
       <c r="I186" s="16">
         <v>5.4268420253800675</v>
       </c>
       <c r="J186" s="16">
         <v>59.431647749569258</v>
       </c>
       <c r="K186" s="16">
         <v>1.3524450000000003</v>
       </c>
     </row>
-    <row r="187" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B187" s="5"/>
       <c r="C187" s="5"/>
       <c r="D187" s="37"/>
       <c r="E187" s="5"/>
       <c r="F187" s="5"/>
       <c r="G187" s="16">
         <v>2.7330779999999999</v>
       </c>
       <c r="H187" s="16">
         <v>2.4747109999999997</v>
       </c>
       <c r="I187" s="16">
         <v>3.7016494845946801</v>
       </c>
       <c r="J187" s="16">
         <v>-9.453334299277234</v>
       </c>
       <c r="K187" s="16">
         <v>-0.25836700000000024</v>
       </c>
     </row>
-    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B188" s="5"/>
       <c r="C188" s="5"/>
       <c r="D188" s="37"/>
       <c r="E188" s="5"/>
       <c r="F188" s="5"/>
       <c r="G188" s="16">
         <v>4.6164769999999997</v>
       </c>
       <c r="H188" s="16">
         <v>2.3811430000000002</v>
       </c>
       <c r="I188" s="16">
         <v>3.56169134848321</v>
       </c>
       <c r="J188" s="16">
         <v>-48.420776275935083</v>
       </c>
       <c r="K188" s="16">
         <v>-2.2353339999999995</v>
       </c>
     </row>
-    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B189" s="5"/>
       <c r="C189" s="5"/>
       <c r="D189" s="37"/>
       <c r="E189" s="5"/>
       <c r="F189" s="5"/>
       <c r="G189" s="16">
         <v>0.11587500000000001</v>
       </c>
       <c r="H189" s="16">
         <v>1.848201</v>
       </c>
       <c r="I189" s="16">
         <v>2.7645217074144712</v>
       </c>
       <c r="J189" s="16" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="K189" s="16">
         <v>1.732326</v>
       </c>
     </row>
-    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B190" s="5"/>
       <c r="C190" s="5"/>
       <c r="D190" s="37"/>
       <c r="E190" s="5"/>
       <c r="F190" s="5"/>
       <c r="G190" s="16">
         <v>1.1722779999999999</v>
       </c>
       <c r="H190" s="16">
         <v>1.742051</v>
       </c>
       <c r="I190" s="16">
         <v>2.6057435338056232</v>
       </c>
       <c r="J190" s="16">
         <v>48.603914771069675</v>
       </c>
       <c r="K190" s="16">
         <v>0.56977300000000008</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B191" s="5"/>
       <c r="C191" s="5"/>
       <c r="D191" s="37"/>
       <c r="E191" s="5"/>
       <c r="F191" s="5"/>
       <c r="G191" s="16">
         <v>2.9390520000000002</v>
       </c>
       <c r="H191" s="16">
         <v>1.6936669999999998</v>
       </c>
       <c r="I191" s="16">
         <v>2.5333712007685012</v>
       </c>
       <c r="J191" s="16">
         <v>-42.373697369083644</v>
       </c>
       <c r="K191" s="16">
         <v>-1.2453850000000004</v>
       </c>
     </row>
-    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B192" s="5"/>
       <c r="C192" s="5"/>
       <c r="D192" s="37"/>
       <c r="E192" s="5"/>
       <c r="F192" s="5"/>
       <c r="G192" s="16">
         <v>1.894617</v>
       </c>
       <c r="H192" s="16">
         <v>1.64682</v>
       </c>
       <c r="I192" s="16">
         <v>2.4632978979041238</v>
       </c>
       <c r="J192" s="16">
         <v>-13.079002246892118</v>
       </c>
       <c r="K192" s="16">
         <v>-0.24779700000000005</v>
       </c>
     </row>
-    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="95" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B193" s="93"/>
       <c r="C193" s="93"/>
       <c r="D193" s="96"/>
       <c r="E193" s="96"/>
       <c r="F193" s="96"/>
       <c r="G193" s="17">
         <v>28.613192999999995</v>
       </c>
       <c r="H193" s="17">
         <v>33.954159999999995</v>
       </c>
       <c r="I193" s="17">
         <v>50.788313812742288</v>
       </c>
       <c r="J193" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K193" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="46"/>
     </row>
-    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="46"/>
     </row>
-    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="46"/>
     </row>
-    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B199" s="37"/>
       <c r="C199" s="37"/>
       <c r="D199" s="37"/>
       <c r="E199" s="37"/>
       <c r="F199" s="37"/>
       <c r="G199" s="37"/>
       <c r="H199" s="37"/>
       <c r="I199" s="37"/>
       <c r="J199" s="37"/>
       <c r="K199" s="37"/>
     </row>
-    <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="23"/>
       <c r="B200" s="23"/>
       <c r="C200" s="23"/>
       <c r="D200" s="23"/>
       <c r="E200" s="23"/>
       <c r="F200" s="23"/>
       <c r="G200" s="13">
         <v>2023</v>
       </c>
       <c r="H200" s="13">
         <v>2024</v>
       </c>
       <c r="I200" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="J200" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K200" s="13" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B201" s="5"/>
       <c r="C201" s="5"/>
       <c r="D201" s="37"/>
       <c r="E201" s="5"/>
       <c r="F201" s="5"/>
       <c r="G201" s="16">
         <v>28.761571</v>
       </c>
       <c r="H201" s="16">
         <v>36.396213000000003</v>
       </c>
       <c r="I201" s="16">
         <v>65.512443502463086</v>
       </c>
       <c r="J201" s="16">
         <v>26.54459313088288</v>
       </c>
       <c r="K201" s="16">
         <v>7.634642000000003</v>
       </c>
     </row>
-    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B202" s="5"/>
       <c r="C202" s="5"/>
       <c r="D202" s="37"/>
       <c r="E202" s="5"/>
       <c r="F202" s="5"/>
       <c r="G202" s="16">
         <v>5.553064</v>
       </c>
       <c r="H202" s="16">
         <v>8.9957309999999993</v>
       </c>
       <c r="I202" s="16">
         <v>16.192132926050732</v>
       </c>
       <c r="J202" s="16">
         <v>61.995809880815337</v>
       </c>
       <c r="K202" s="16">
         <v>3.4426669999999993</v>
       </c>
     </row>
-    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B203" s="5"/>
       <c r="C203" s="5"/>
       <c r="D203" s="37"/>
       <c r="E203" s="5"/>
       <c r="F203" s="5"/>
       <c r="G203" s="16">
         <v>4.5100000000000001E-4</v>
       </c>
       <c r="H203" s="16">
         <v>1.4873699999999999</v>
       </c>
       <c r="I203" s="16">
         <v>2.6772357632992891</v>
       </c>
       <c r="J203" s="16" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="K203" s="16">
         <v>1.4869189999999999</v>
       </c>
     </row>
-    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B204" s="5"/>
       <c r="C204" s="5"/>
       <c r="D204" s="37"/>
       <c r="E204" s="5"/>
       <c r="F204" s="5"/>
       <c r="G204" s="16">
         <v>0.10154200000000001</v>
       </c>
       <c r="H204" s="16">
         <v>1.164647</v>
       </c>
       <c r="I204" s="16">
         <v>2.096340923925605</v>
       </c>
       <c r="J204" s="16" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="K204" s="16">
         <v>1.063105</v>
       </c>
     </row>
-    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B205" s="5"/>
       <c r="C205" s="5"/>
       <c r="D205" s="37"/>
       <c r="E205" s="5"/>
       <c r="F205" s="5"/>
       <c r="G205" s="16">
         <v>1.200788</v>
       </c>
       <c r="H205" s="16">
         <v>0.98403999999999991</v>
       </c>
       <c r="I205" s="16">
         <v>1.771251995479963</v>
       </c>
       <c r="J205" s="16">
         <v>-18.050480184678733</v>
       </c>
       <c r="K205" s="16">
         <v>-0.21674800000000005</v>
       </c>
     </row>
-    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B206" s="5"/>
       <c r="C206" s="5"/>
       <c r="D206" s="37"/>
       <c r="E206" s="5"/>
       <c r="F206" s="5"/>
       <c r="G206" s="16">
         <v>0.62124800000000002</v>
       </c>
       <c r="H206" s="16">
         <v>0.74405899999999991</v>
       </c>
       <c r="I206" s="16">
         <v>1.3392910740466095</v>
       </c>
       <c r="J206" s="16">
         <v>19.768433862161309</v>
       </c>
       <c r="K206" s="16">
         <v>0.12281099999999989</v>
       </c>
     </row>
-    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B207" s="5"/>
       <c r="C207" s="5"/>
       <c r="D207" s="37"/>
       <c r="E207" s="5"/>
       <c r="F207" s="5"/>
       <c r="G207" s="16">
         <v>0.53205600000000008</v>
       </c>
       <c r="H207" s="16">
         <v>0.59877999999999998</v>
       </c>
       <c r="I207" s="16">
         <v>1.0777918274191012</v>
       </c>
       <c r="J207" s="16">
         <v>12.540785180507294</v>
       </c>
       <c r="K207" s="16">
         <v>6.6723999999999895E-2</v>
       </c>
     </row>
-    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B208" s="5"/>
       <c r="C208" s="5"/>
       <c r="D208" s="37"/>
       <c r="E208" s="5"/>
       <c r="F208" s="5"/>
       <c r="G208" s="16">
         <v>0.123541</v>
       </c>
       <c r="H208" s="16">
         <v>0.55516700000000008</v>
       </c>
       <c r="I208" s="16">
         <v>0.99928931402648757</v>
       </c>
       <c r="J208" s="16">
         <v>349.37874875547396</v>
       </c>
       <c r="K208" s="16">
         <v>0.43162600000000007</v>
       </c>
     </row>
-    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B209" s="5"/>
       <c r="C209" s="5"/>
       <c r="D209" s="37"/>
       <c r="E209" s="5"/>
       <c r="F209" s="5"/>
       <c r="G209" s="16">
         <v>0</v>
       </c>
       <c r="H209" s="16">
         <v>0.40314699999999998</v>
       </c>
       <c r="I209" s="16">
         <v>0.72565640443656831</v>
       </c>
       <c r="J209" s="16" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K209" s="16">
         <v>0.40314699999999998</v>
       </c>
     </row>
-    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B210" s="5"/>
       <c r="C210" s="5"/>
       <c r="D210" s="37"/>
       <c r="E210" s="5"/>
       <c r="F210" s="5"/>
       <c r="G210" s="16">
         <v>0.16464300000000001</v>
       </c>
       <c r="H210" s="16">
         <v>0.32470699999999997</v>
       </c>
       <c r="I210" s="16">
         <v>0.58446599904100671</v>
       </c>
       <c r="J210" s="16">
         <v>97.218831046567388</v>
       </c>
       <c r="K210" s="16">
         <v>0.16006399999999996</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="95" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B211" s="93"/>
       <c r="C211" s="93"/>
       <c r="D211" s="96"/>
       <c r="E211" s="96"/>
       <c r="F211" s="96"/>
       <c r="G211" s="17">
         <v>37.058904000000005</v>
       </c>
       <c r="H211" s="17">
         <v>51.653860999999992</v>
       </c>
       <c r="I211" s="17">
         <v>92.975899730188445</v>
       </c>
       <c r="J211" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K211" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="46"/>
     </row>
-    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B215" s="37"/>
       <c r="C215" s="37"/>
       <c r="D215" s="37"/>
       <c r="E215" s="37"/>
       <c r="F215" s="37"/>
       <c r="G215" s="37"/>
       <c r="H215" s="37"/>
       <c r="I215" s="37"/>
       <c r="J215" s="37"/>
       <c r="K215" s="37"/>
     </row>
-    <row r="216" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="23"/>
       <c r="B216" s="23"/>
       <c r="C216" s="23"/>
       <c r="D216" s="23"/>
       <c r="E216" s="23"/>
       <c r="F216" s="23"/>
       <c r="G216" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H216" s="13" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="I216" s="13" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J216" s="13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="K216" s="13" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="3" t="s">
         <v>147</v>
-      </c>
-[...3 lines deleted...]
-        <v>149</v>
       </c>
       <c r="B217" s="5"/>
       <c r="C217" s="5"/>
       <c r="D217" s="37"/>
       <c r="E217" s="5"/>
       <c r="F217" s="5"/>
       <c r="G217" s="16">
-        <v>7.955686</v>
+        <v>8.5608970000000006</v>
       </c>
       <c r="H217" s="16">
-        <v>4.167891</v>
+        <v>4.4856790000000002</v>
       </c>
       <c r="I217" s="16">
-        <v>9.4573761157976168</v>
+        <v>8.8711577410454279</v>
       </c>
       <c r="J217" s="16">
-        <v>-47.611167660463224</v>
+        <v>-47.602698642443663</v>
       </c>
       <c r="K217" s="16">
-        <v>-3.787795</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-4.0752180000000005</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B218" s="5"/>
       <c r="C218" s="5"/>
       <c r="D218" s="37"/>
       <c r="E218" s="5"/>
       <c r="F218" s="5"/>
       <c r="G218" s="16">
-        <v>1.731355</v>
+        <v>2.4444340000000002</v>
       </c>
       <c r="H218" s="16">
-        <v>3.6594830000000003</v>
+        <v>3.8718129999999999</v>
       </c>
       <c r="I218" s="16">
-        <v>8.3037457362410407</v>
+        <v>7.6571381649980577</v>
       </c>
       <c r="J218" s="16">
-        <v>111.36526015750673</v>
+        <v>58.393026770205267</v>
       </c>
       <c r="K218" s="16">
-        <v>1.9281280000000003</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4273789999999997</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>170</v>
+        <v>148</v>
       </c>
       <c r="B219" s="5"/>
       <c r="C219" s="5"/>
       <c r="D219" s="37"/>
       <c r="E219" s="5"/>
       <c r="F219" s="5"/>
       <c r="G219" s="16">
-        <v>0</v>
+        <v>2.869847</v>
       </c>
       <c r="H219" s="16">
-        <v>3.235951</v>
+        <v>3.5100449999999999</v>
       </c>
       <c r="I219" s="16">
-        <v>7.3427077865739321</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>6.9416832709535834</v>
+      </c>
+      <c r="J219" s="16">
+        <v>22.307739750586002</v>
       </c>
       <c r="K219" s="16">
-        <v>3.235951</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.64019799999999982</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="B220" s="5"/>
       <c r="C220" s="5"/>
       <c r="D220" s="37"/>
       <c r="E220" s="5"/>
       <c r="F220" s="5"/>
       <c r="G220" s="16">
-        <v>2.4003899999999998</v>
+        <v>0</v>
       </c>
       <c r="H220" s="16">
-        <v>2.903073</v>
+        <v>3.235951</v>
       </c>
       <c r="I220" s="16">
-        <v>6.5873731469025785</v>
-[...2 lines deleted...]
-        <v>20.941721970179856</v>
+        <v>6.3996179314867812</v>
+      </c>
+      <c r="J220" s="16" t="s">
+        <v>142</v>
       </c>
       <c r="K220" s="16">
-        <v>0.50268300000000021</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.235951</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B221" s="5"/>
       <c r="C221" s="5"/>
       <c r="D221" s="37"/>
       <c r="E221" s="5"/>
       <c r="F221" s="5"/>
       <c r="G221" s="16">
-        <v>2.6277710000000001</v>
+        <v>2.9978859999999998</v>
       </c>
       <c r="H221" s="16">
-        <v>2.3323589999999998</v>
+        <v>2.4554640000000001</v>
       </c>
       <c r="I221" s="16">
-        <v>5.2923640037768775</v>
+        <v>4.8560783041894826</v>
       </c>
       <c r="J221" s="16">
-        <v>-11.241923287835972</v>
+        <v>-18.093483207833781</v>
       </c>
       <c r="K221" s="16">
-        <v>-0.29541200000000023</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.54242199999999974</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="B222" s="5"/>
       <c r="C222" s="5"/>
       <c r="D222" s="37"/>
       <c r="E222" s="5"/>
       <c r="F222" s="5"/>
       <c r="G222" s="16">
-        <v>1.3286819999999999</v>
+        <v>0</v>
       </c>
       <c r="H222" s="16">
-        <v>1.6321289999999999</v>
+        <v>2.3398620000000001</v>
       </c>
       <c r="I222" s="16">
-        <v>3.7034696498782353</v>
-[...2 lines deleted...]
-        <v>22.838196046909648</v>
+        <v>4.627456600054983</v>
+      </c>
+      <c r="J222" s="16" t="s">
+        <v>142</v>
       </c>
       <c r="K222" s="16">
-        <v>0.30344700000000002</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.3398620000000001</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B223" s="5"/>
       <c r="C223" s="5"/>
       <c r="D223" s="37"/>
       <c r="E223" s="5"/>
       <c r="F223" s="5"/>
       <c r="G223" s="16">
-        <v>1.0518540000000001</v>
+        <v>1.126261</v>
       </c>
       <c r="H223" s="16">
-        <v>1.5512429999999999</v>
+        <v>1.644091</v>
       </c>
       <c r="I223" s="16">
-        <v>3.5199309430112837</v>
+        <v>3.2514566025863911</v>
       </c>
       <c r="J223" s="16">
-        <v>47.477026279312511</v>
+        <v>45.977797331169242</v>
       </c>
       <c r="K223" s="16">
-        <v>0.49938899999999986</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.51783000000000001</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B224" s="5"/>
       <c r="C224" s="5"/>
       <c r="D224" s="37"/>
       <c r="E224" s="5"/>
       <c r="F224" s="5"/>
       <c r="G224" s="16">
-        <v>1.254524</v>
+        <v>1.5032399999999999</v>
       </c>
       <c r="H224" s="16">
-        <v>1.492802</v>
+        <v>1.5735250000000001</v>
       </c>
       <c r="I224" s="16">
-        <v>3.3873222645253711</v>
+        <v>3.111900892702868</v>
       </c>
       <c r="J224" s="16">
-        <v>18.99349872939856</v>
+        <v>4.6755674409941301</v>
       </c>
       <c r="K224" s="16">
-        <v>0.23827799999999999</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.0285000000000153E-2</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="B225" s="5"/>
       <c r="C225" s="5"/>
       <c r="D225" s="37"/>
       <c r="E225" s="5"/>
       <c r="F225" s="5"/>
       <c r="G225" s="16">
-        <v>0</v>
+        <v>1.255814</v>
       </c>
       <c r="H225" s="16">
-        <v>1.2961559999999999</v>
+        <v>1.4941289999999998</v>
       </c>
       <c r="I225" s="16">
-        <v>2.9411121348297673</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>2.954882425708675</v>
+      </c>
+      <c r="J225" s="16">
+        <v>18.976934482335746</v>
       </c>
       <c r="K225" s="16">
-        <v>1.2961559999999999</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.23831499999999983</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B226" s="5"/>
       <c r="C226" s="5"/>
       <c r="D226" s="37"/>
       <c r="E226" s="5"/>
       <c r="F226" s="5"/>
       <c r="G226" s="16">
-        <v>0.756915</v>
+        <v>0</v>
       </c>
       <c r="H226" s="16">
-        <v>1.2261659999999999</v>
+        <v>1.35</v>
       </c>
       <c r="I226" s="16">
-        <v>2.7822975798558791</v>
-[...2 lines deleted...]
-        <v>61.99520421711815</v>
+        <v>2.6698439523673736</v>
+      </c>
+      <c r="J226" s="16" t="s">
+        <v>142</v>
       </c>
       <c r="K226" s="16">
-        <v>0.46925099999999986</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="95" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B227" s="93"/>
       <c r="C227" s="93"/>
       <c r="D227" s="96"/>
       <c r="E227" s="96"/>
       <c r="F227" s="96"/>
       <c r="G227" s="17">
-        <v>19.107177</v>
+        <v>20.758379000000005</v>
       </c>
       <c r="H227" s="17">
-        <v>23.497253000000001</v>
+        <v>25.960559000000003</v>
       </c>
       <c r="I227" s="17">
-        <v>53.317699361392592</v>
+        <v>51.341215886093629</v>
       </c>
       <c r="J227" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K227" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="46"/>
     </row>
-    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B231" s="37"/>
       <c r="C231" s="37"/>
       <c r="D231" s="37"/>
       <c r="E231" s="37"/>
       <c r="F231" s="37"/>
       <c r="G231" s="37"/>
       <c r="H231" s="37"/>
       <c r="I231" s="37"/>
       <c r="J231" s="37"/>
       <c r="K231" s="37"/>
     </row>
-    <row r="232" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="23"/>
       <c r="B232" s="23"/>
       <c r="C232" s="23"/>
       <c r="D232" s="23"/>
       <c r="E232" s="23"/>
       <c r="F232" s="23"/>
       <c r="G232" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H232" s="13" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="I232" s="13" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J232" s="13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="K232" s="13" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B233" s="5"/>
       <c r="C233" s="5"/>
       <c r="D233" s="37"/>
       <c r="E233" s="5"/>
       <c r="F233" s="5"/>
       <c r="G233" s="16">
-        <v>24.045318999999999</v>
+        <v>26.914107999999999</v>
       </c>
       <c r="H233" s="16">
-        <v>27.548453000000002</v>
+        <v>31.463274000000002</v>
       </c>
       <c r="I233" s="16">
-        <v>58.909273853993113</v>
+        <v>58.356953445975634</v>
       </c>
       <c r="J233" s="16">
-        <v>14.568881369384215</v>
+        <v>16.902533050695954</v>
       </c>
       <c r="K233" s="16">
-        <v>3.5031340000000029</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.5491660000000032</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B234" s="5"/>
       <c r="C234" s="5"/>
       <c r="D234" s="37"/>
       <c r="E234" s="5"/>
       <c r="F234" s="5"/>
       <c r="G234" s="16">
-        <v>4.8830330000000002</v>
+        <v>5.9584620000000008</v>
       </c>
       <c r="H234" s="16">
-        <v>10.072111999999999</v>
+        <v>12.187211</v>
       </c>
       <c r="I234" s="16">
-        <v>21.5380807080561</v>
+        <v>22.604402356960122</v>
       </c>
       <c r="J234" s="16">
-        <v>106.26753904796462</v>
+        <v>104.53618735841562</v>
       </c>
       <c r="K234" s="16">
-        <v>5.1890789999999987</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.2287489999999988</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B235" s="5"/>
       <c r="C235" s="5"/>
       <c r="D235" s="37"/>
       <c r="E235" s="5"/>
       <c r="F235" s="5"/>
       <c r="G235" s="16">
-        <v>0.18248200000000001</v>
+        <v>0.29347899999999999</v>
       </c>
       <c r="H235" s="16">
-        <v>2.3317190000000001</v>
+        <v>2.3918600000000003</v>
       </c>
       <c r="I235" s="16">
-        <v>4.9861192975721353</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>4.4363362398106219</v>
+      </c>
+      <c r="J235" s="16">
+        <v>715.002095550278</v>
       </c>
       <c r="K235" s="16">
-        <v>2.1492370000000003</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.0983810000000003</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="B236" s="5"/>
       <c r="C236" s="5"/>
       <c r="D236" s="37"/>
       <c r="E236" s="5"/>
       <c r="F236" s="5"/>
       <c r="G236" s="16">
-        <v>1.0945119999999999</v>
+        <v>0</v>
       </c>
       <c r="H236" s="16">
-        <v>1.1057929999999998</v>
+        <v>1.309987</v>
       </c>
       <c r="I236" s="16">
-        <v>2.3646141822493116</v>
-[...2 lines deleted...]
-        <v>1.0306876489248062</v>
+        <v>2.4297169574225901</v>
+      </c>
+      <c r="J236" s="16" t="s">
+        <v>142</v>
       </c>
       <c r="K236" s="16">
-        <v>1.1280999999999874E-2</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.309987</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="B237" s="5"/>
       <c r="C237" s="5"/>
       <c r="D237" s="37"/>
       <c r="E237" s="5"/>
       <c r="F237" s="5"/>
       <c r="G237" s="16">
-        <v>0</v>
+        <v>1.288481</v>
       </c>
       <c r="H237" s="16">
-        <v>1.045272</v>
+        <v>1.241376</v>
       </c>
       <c r="I237" s="16">
-        <v>2.2351968184896291</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>2.3024597326060681</v>
+      </c>
+      <c r="J237" s="16">
+        <v>-3.6558552279777468</v>
       </c>
       <c r="K237" s="16">
-        <v>1.045272</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-4.7104999999999952E-2</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B238" s="5"/>
       <c r="C238" s="5"/>
       <c r="D238" s="37"/>
       <c r="E238" s="5"/>
       <c r="F238" s="5"/>
       <c r="G238" s="16">
-        <v>6.5259999999999999E-2</v>
+        <v>0.24206</v>
       </c>
       <c r="H238" s="16">
-        <v>0.95095000000000007</v>
+        <v>1.2213499999999999</v>
       </c>
       <c r="I238" s="16">
-        <v>2.0334998110948281</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>2.2653162252358841</v>
+      </c>
+      <c r="J238" s="16">
+        <v>404.56498388829215</v>
       </c>
       <c r="K238" s="16">
-        <v>0.88569000000000009</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.97928999999999999</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B239" s="5"/>
       <c r="C239" s="5"/>
       <c r="D239" s="37"/>
       <c r="E239" s="5"/>
       <c r="F239" s="5"/>
       <c r="G239" s="16">
         <v>0</v>
       </c>
       <c r="H239" s="16">
         <v>0.79769600000000007</v>
       </c>
       <c r="I239" s="16">
-        <v>1.7057833380420635</v>
+        <v>1.4795379634058738</v>
       </c>
       <c r="J239" s="16" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K239" s="16">
         <v>0.79769600000000007</v>
       </c>
     </row>
-    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B240" s="5"/>
       <c r="C240" s="5"/>
       <c r="D240" s="37"/>
       <c r="E240" s="5"/>
       <c r="F240" s="5"/>
       <c r="G240" s="16">
-        <v>0.71739300000000006</v>
+        <v>0.84859200000000001</v>
       </c>
       <c r="H240" s="16">
-        <v>0.58838499999999994</v>
+        <v>0.63511099999999998</v>
       </c>
       <c r="I240" s="16">
-        <v>1.2581952640528211</v>
+        <v>1.1779811300002354</v>
       </c>
       <c r="J240" s="16">
-        <v>-17.982890828318666</v>
+        <v>-25.157083733997027</v>
       </c>
       <c r="K240" s="16">
-        <v>-0.12900800000000012</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.21348100000000003</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B241" s="5"/>
       <c r="C241" s="5"/>
       <c r="D241" s="37"/>
       <c r="E241" s="5"/>
       <c r="F241" s="5"/>
       <c r="G241" s="16">
         <v>0.201234</v>
       </c>
       <c r="H241" s="16">
-        <v>0.38845800000000003</v>
+        <v>0.42969999999999997</v>
       </c>
       <c r="I241" s="16">
-        <v>0.83067382051451155</v>
+        <v>0.79699216603255374</v>
       </c>
       <c r="J241" s="16">
-        <v>93.037955812636056</v>
+        <v>113.53250444755855</v>
       </c>
       <c r="K241" s="16">
-        <v>0.18722400000000003</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.22846599999999997</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B242" s="5"/>
       <c r="C242" s="5"/>
       <c r="D242" s="37"/>
       <c r="E242" s="5"/>
       <c r="F242" s="5"/>
       <c r="G242" s="16">
         <v>0</v>
       </c>
       <c r="H242" s="16">
-        <v>0.183808</v>
+        <v>0.28933900000000001</v>
       </c>
       <c r="I242" s="16">
-        <v>0.39305277173113012</v>
+        <v>0.5366556116539285</v>
       </c>
       <c r="J242" s="16" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K242" s="16">
-        <v>0.183808</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.28933900000000001</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="95" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B243" s="93"/>
       <c r="C243" s="93"/>
       <c r="D243" s="96"/>
       <c r="E243" s="96"/>
       <c r="F243" s="96"/>
       <c r="G243" s="17">
-        <v>31.189232999999998</v>
+        <v>35.746415999999996</v>
       </c>
       <c r="H243" s="17">
-        <v>45.012645999999997</v>
+        <v>51.966904000000007</v>
       </c>
       <c r="I243" s="17">
-        <v>96.254489865795634</v>
+        <v>96.386351829103518</v>
       </c>
       <c r="J243" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K243" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="46"/>
     </row>
-    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="46"/>
     </row>
-    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="2" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B248" s="22"/>
       <c r="C248" s="22"/>
       <c r="D248" s="22"/>
       <c r="E248" s="22"/>
       <c r="F248" s="22"/>
       <c r="G248" s="22"/>
       <c r="H248" s="22"/>
       <c r="I248" s="22"/>
       <c r="J248" s="22"/>
       <c r="K248" s="22"/>
     </row>
-    <row r="249" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="12">
         <v>0</v>
       </c>
       <c r="B249" s="12">
         <v>0</v>
       </c>
       <c r="C249" s="12">
         <v>0</v>
       </c>
       <c r="D249" s="12">
         <v>2020</v>
       </c>
       <c r="E249" s="12">
         <v>2023</v>
       </c>
       <c r="F249" s="12">
         <v>2024</v>
       </c>
       <c r="G249" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H249" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I249" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="J249" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K249" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="H249" s="13" t="s">
-[...12 lines deleted...]
-    <row r="250" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="250" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B250" s="22"/>
-      <c r="C250" s="137" t="s">
+      <c r="C250" s="124" t="s">
         <v>68</v>
       </c>
       <c r="D250" s="16">
         <v>8.3554863640606136</v>
       </c>
       <c r="E250" s="16">
         <v>11.297939759575549</v>
       </c>
       <c r="F250" s="16">
         <v>8.2840536376359495</v>
       </c>
       <c r="G250" s="16">
         <v>-26.919769370294432</v>
       </c>
       <c r="H250" s="16">
         <v>8.1718273605831051</v>
       </c>
       <c r="I250" s="16">
-        <v>8.1078003952711484</v>
+        <v>8.0308465255706611</v>
       </c>
       <c r="J250" s="16">
-        <v>8.6145679338136105</v>
+        <v>7.756063635938748</v>
       </c>
       <c r="K250" s="16">
-        <v>3.3330785318374434</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.212852898505171</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B251" s="22"/>
-      <c r="C251" s="137">
+      <c r="C251" s="124">
         <v>0</v>
       </c>
       <c r="D251" s="16">
         <v>37.81323376593739</v>
       </c>
       <c r="E251" s="16">
         <v>42.883692740000136</v>
       </c>
       <c r="F251" s="16">
         <v>32.869857464744776</v>
       </c>
       <c r="G251" s="16">
         <v>-23.605532684987349</v>
       </c>
       <c r="H251" s="16">
         <v>4.6730489995013835</v>
       </c>
       <c r="I251" s="16">
-        <v>32.697793691788867</v>
+        <v>32.577474274987736</v>
       </c>
       <c r="J251" s="16">
-        <v>23.938109942473204</v>
+        <v>23.153704185019446</v>
       </c>
       <c r="K251" s="16">
-        <v>-28.799945782510694</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-28.037737605046125</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B252" s="22"/>
-      <c r="C252" s="137">
+      <c r="C252" s="124">
         <v>0</v>
       </c>
       <c r="D252" s="16">
         <v>33.116856816730298</v>
       </c>
       <c r="E252" s="16">
         <v>19.346870177723762</v>
       </c>
       <c r="F252" s="16">
         <v>21.421971859045225</v>
       </c>
       <c r="G252" s="16">
         <v>10.358296695372134</v>
       </c>
       <c r="H252" s="16">
         <v>-2.7814905882137864</v>
       </c>
       <c r="I252" s="16">
-        <v>20.949567024690303</v>
+        <v>21.882521932297017</v>
       </c>
       <c r="J252" s="16">
-        <v>24.100036135909534</v>
+        <v>26.313573363066752</v>
       </c>
       <c r="K252" s="16">
-        <v>11.879768362432035</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21.754268326284482</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B253" s="22"/>
-      <c r="C253" s="137">
+      <c r="C253" s="124">
         <v>0</v>
       </c>
       <c r="D253" s="16">
         <v>20.714423053271695</v>
       </c>
       <c r="E253" s="16">
         <v>26.47149732270055</v>
       </c>
       <c r="F253" s="16">
         <v>37.424117038574053</v>
       </c>
       <c r="G253" s="16">
         <v>40.90594509239849</v>
       </c>
       <c r="H253" s="16">
         <v>25.679966063111713</v>
       </c>
       <c r="I253" s="16">
-        <v>38.244838888249674</v>
+        <v>37.50915726714458</v>
       </c>
       <c r="J253" s="16">
-        <v>43.347285987803645</v>
+        <v>42.776658815975047</v>
       </c>
       <c r="K253" s="16">
-        <v>10.229539158351548</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15.470565227448162</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="97" t="s">
         <v>70</v>
       </c>
       <c r="B254" s="98"/>
-      <c r="C254" s="141" t="s">
+      <c r="C254" s="140" t="s">
         <v>69</v>
       </c>
       <c r="D254" s="99">
         <v>96.652676275131128</v>
       </c>
       <c r="E254" s="99">
         <v>97.745510091320654</v>
       </c>
       <c r="F254" s="99">
         <v>97.666604037913672</v>
       </c>
       <c r="G254" s="99">
         <v>-0.33188105890610015</v>
       </c>
       <c r="H254" s="99">
         <v>8.4042663274692444</v>
       </c>
       <c r="I254" s="99">
-        <v>99.206810693409878</v>
+        <v>98.774249026219451</v>
       </c>
       <c r="J254" s="99">
-        <v>98.987816457117987</v>
+        <v>98.803023916679663</v>
       </c>
       <c r="K254" s="99">
-        <v>-2.745676695345777</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.2515636033015933</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B255" s="100"/>
-      <c r="C255" s="142">
+      <c r="C255" s="141">
         <v>0</v>
       </c>
       <c r="D255" s="17">
         <v>3.3473237248688705</v>
       </c>
       <c r="E255" s="17">
         <v>2.2544899086793575</v>
       </c>
       <c r="F255" s="17">
         <v>2.3333959620863158</v>
       </c>
       <c r="G255" s="17">
         <v>3.2397961378432476</v>
       </c>
       <c r="H255" s="17">
         <v>-1.2047634782018424</v>
       </c>
       <c r="I255" s="17">
-        <v>0.79318930659012887</v>
+        <v>1.2257509737805419</v>
       </c>
       <c r="J255" s="17">
-        <v>1.0121835428820174</v>
+        <v>1.196976083320332</v>
       </c>
       <c r="K255" s="17">
-        <v>24.38015146276447</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.154144517119476</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D256" s="60"/>
     </row>
-    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D257" s="60"/>
     </row>
-    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D258" s="60"/>
     </row>
-    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="20" t="s">
         <v>102</v>
       </c>
       <c r="D259" s="60"/>
     </row>
-    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="101" t="s">
         <v>72</v>
       </c>
       <c r="D260" s="60"/>
     </row>
-    <row r="261" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A261" s="134" t="s">
+    <row r="261" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="123" t="s">
         <v>73</v>
       </c>
-      <c r="B261" s="134">
-[...31 lines deleted...]
-      <c r="A262" s="134" t="s">
+      <c r="B261" s="123">
+        <v>0</v>
+      </c>
+      <c r="C261" s="123">
+        <v>0</v>
+      </c>
+      <c r="D261" s="123">
+        <v>0</v>
+      </c>
+      <c r="E261" s="123">
+        <v>0</v>
+      </c>
+      <c r="F261" s="123">
+        <v>0</v>
+      </c>
+      <c r="G261" s="123">
+        <v>0</v>
+      </c>
+      <c r="H261" s="123">
+        <v>0</v>
+      </c>
+      <c r="I261" s="123">
+        <v>0</v>
+      </c>
+      <c r="J261" s="123">
+        <v>0</v>
+      </c>
+      <c r="K261" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="123" t="s">
         <v>74</v>
       </c>
-      <c r="B262" s="134">
-[...31 lines deleted...]
-      <c r="A263" s="134" t="s">
+      <c r="B262" s="123">
+        <v>0</v>
+      </c>
+      <c r="C262" s="123">
+        <v>0</v>
+      </c>
+      <c r="D262" s="123">
+        <v>0</v>
+      </c>
+      <c r="E262" s="123">
+        <v>0</v>
+      </c>
+      <c r="F262" s="123">
+        <v>0</v>
+      </c>
+      <c r="G262" s="123">
+        <v>0</v>
+      </c>
+      <c r="H262" s="123">
+        <v>0</v>
+      </c>
+      <c r="I262" s="123">
+        <v>0</v>
+      </c>
+      <c r="J262" s="123">
+        <v>0</v>
+      </c>
+      <c r="K262" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="123" t="s">
         <v>75</v>
       </c>
-      <c r="B263" s="134">
-[...31 lines deleted...]
-      <c r="A264" s="134" t="s">
+      <c r="B263" s="123">
+        <v>0</v>
+      </c>
+      <c r="C263" s="123">
+        <v>0</v>
+      </c>
+      <c r="D263" s="123">
+        <v>0</v>
+      </c>
+      <c r="E263" s="123">
+        <v>0</v>
+      </c>
+      <c r="F263" s="123">
+        <v>0</v>
+      </c>
+      <c r="G263" s="123">
+        <v>0</v>
+      </c>
+      <c r="H263" s="123">
+        <v>0</v>
+      </c>
+      <c r="I263" s="123">
+        <v>0</v>
+      </c>
+      <c r="J263" s="123">
+        <v>0</v>
+      </c>
+      <c r="K263" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="123" t="s">
         <v>76</v>
       </c>
-      <c r="B264" s="134">
-[...30 lines deleted...]
-    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B264" s="123">
+        <v>0</v>
+      </c>
+      <c r="C264" s="123">
+        <v>0</v>
+      </c>
+      <c r="D264" s="123">
+        <v>0</v>
+      </c>
+      <c r="E264" s="123">
+        <v>0</v>
+      </c>
+      <c r="F264" s="123">
+        <v>0</v>
+      </c>
+      <c r="G264" s="123">
+        <v>0</v>
+      </c>
+      <c r="H264" s="123">
+        <v>0</v>
+      </c>
+      <c r="I264" s="123">
+        <v>0</v>
+      </c>
+      <c r="J264" s="123">
+        <v>0</v>
+      </c>
+      <c r="K264" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="46">
         <v>0</v>
       </c>
       <c r="B265" s="46">
         <v>0</v>
       </c>
       <c r="C265" s="46">
         <v>0</v>
       </c>
       <c r="D265" s="46">
         <v>0</v>
       </c>
       <c r="E265" s="46">
         <v>0</v>
       </c>
       <c r="F265" s="46">
         <v>0</v>
       </c>
       <c r="G265" s="46">
         <v>0</v>
       </c>
       <c r="H265" s="46">
         <v>0</v>
       </c>
       <c r="I265" s="46">
         <v>0</v>
       </c>
       <c r="J265" s="46">
         <v>0</v>
       </c>
       <c r="K265" s="46">
         <v>0</v>
       </c>
     </row>
-    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="46"/>
       <c r="B266" s="46"/>
       <c r="C266" s="46"/>
       <c r="D266" s="46"/>
       <c r="E266" s="46"/>
       <c r="F266" s="46"/>
       <c r="G266" s="46"/>
       <c r="H266" s="46"/>
       <c r="I266" s="46"/>
       <c r="J266" s="46"/>
       <c r="K266" s="46"/>
     </row>
-    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="46"/>
       <c r="B267" s="46"/>
       <c r="C267" s="46"/>
       <c r="D267" s="46"/>
       <c r="E267" s="46"/>
       <c r="F267" s="46"/>
       <c r="G267" s="46"/>
       <c r="H267" s="46"/>
       <c r="I267" s="46"/>
       <c r="J267" s="46"/>
       <c r="K267" s="46"/>
     </row>
-    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="B268" s="22"/>
       <c r="C268" s="22"/>
       <c r="D268" s="22"/>
       <c r="E268" s="22"/>
       <c r="F268" s="22"/>
       <c r="G268" s="22"/>
       <c r="H268" s="22"/>
       <c r="I268" s="22"/>
       <c r="J268" s="22"/>
       <c r="K268" s="22"/>
     </row>
-    <row r="269" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="12">
         <v>0</v>
       </c>
       <c r="B269" s="12">
         <v>0</v>
       </c>
       <c r="C269" s="12">
         <v>0</v>
       </c>
       <c r="D269" s="12">
         <v>2020</v>
       </c>
       <c r="E269" s="12">
         <v>2023</v>
       </c>
       <c r="F269" s="12">
         <v>2024</v>
       </c>
       <c r="G269" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H269" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I269" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="J269" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K269" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="H269" s="13" t="s">
-[...12 lines deleted...]
-    <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B270" s="22"/>
-      <c r="C270" s="137" t="s">
+      <c r="C270" s="124" t="s">
         <v>68</v>
       </c>
       <c r="D270" s="16">
         <v>2.8513107002955913E-2</v>
       </c>
       <c r="E270" s="16">
         <v>0.1486527256420308</v>
       </c>
       <c r="F270" s="16">
         <v>1.3265765464005774</v>
       </c>
       <c r="G270" s="16">
         <v>699.69625845644066</v>
       </c>
       <c r="H270" s="16">
         <v>140.56406054900194</v>
       </c>
       <c r="I270" s="16">
-        <v>1.1771138691407872</v>
+        <v>1.2762452728874731</v>
       </c>
       <c r="J270" s="16">
-        <v>1.9004728086487219</v>
+        <v>1.8144526737075519</v>
       </c>
       <c r="K270" s="16">
-        <v>56.52476690352448</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42.928682253490976</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B271" s="22"/>
-      <c r="C271" s="137">
+      <c r="C271" s="124">
         <v>0</v>
       </c>
       <c r="D271" s="16">
         <v>65.652743659089737</v>
       </c>
       <c r="E271" s="16">
         <v>66.707536075428493</v>
       </c>
       <c r="F271" s="16">
         <v>45.092964222490259</v>
       </c>
       <c r="G271" s="16">
         <v>-39.42415079571655</v>
       </c>
       <c r="H271" s="16">
         <v>-16.146194033402463</v>
       </c>
       <c r="I271" s="16">
-        <v>42.646138862184486</v>
+        <v>43.053814383095087</v>
       </c>
       <c r="J271" s="16">
-        <v>36.035782263756957</v>
+        <v>35.918077816321272</v>
       </c>
       <c r="K271" s="16">
-        <v>-18.079212283894737</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-16.129478370948409</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B272" s="22"/>
-      <c r="C272" s="137">
+      <c r="C272" s="124">
         <v>0</v>
       </c>
       <c r="D272" s="16">
         <v>6.3678283126826942</v>
       </c>
       <c r="E272" s="16">
         <v>9.4015922240032186</v>
       </c>
       <c r="F272" s="16">
         <v>15.438589379302933</v>
       </c>
       <c r="G272" s="16">
         <v>47.153918696489292</v>
       </c>
       <c r="H272" s="16">
         <v>14.937797506251549</v>
       </c>
       <c r="I272" s="16">
-        <v>18.331708298969286</v>
+        <v>16.67487407567641</v>
       </c>
       <c r="J272" s="16">
-        <v>7.0369196601088913</v>
+        <v>6.530869562323435</v>
       </c>
       <c r="K272" s="16">
-        <v>-62.784870293496844</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-60.625383381256846</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B273" s="22"/>
-      <c r="C273" s="137">
+      <c r="C273" s="124">
         <v>0</v>
       </c>
       <c r="D273" s="16">
         <v>27.950914921224612</v>
       </c>
       <c r="E273" s="16">
         <v>23.742218974926267</v>
       </c>
       <c r="F273" s="16">
         <v>38.141869851806227</v>
       </c>
       <c r="G273" s="16">
         <v>43.961478981659269</v>
       </c>
       <c r="H273" s="16">
         <v>-0.44563859348407675</v>
       </c>
       <c r="I273" s="16">
-        <v>37.845038969705435</v>
+        <v>38.995066268341041</v>
       </c>
       <c r="J273" s="16">
-        <v>55.026825267485449</v>
+        <v>55.736599947647747</v>
       </c>
       <c r="K273" s="16">
-        <v>40.963080741674347</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>43.694021971141019</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="97" t="s">
         <v>70</v>
       </c>
       <c r="B274" s="98"/>
-      <c r="C274" s="141" t="s">
+      <c r="C274" s="140" t="s">
         <v>61</v>
       </c>
       <c r="D274" s="99">
         <v>27.673100604812142</v>
       </c>
       <c r="E274" s="99">
         <v>21.548917297848583</v>
       </c>
       <c r="F274" s="99">
         <v>15.718417876188507</v>
       </c>
       <c r="G274" s="99">
         <v>-10.388112297149462</v>
       </c>
       <c r="H274" s="99">
         <v>-7.8895714257617877</v>
       </c>
       <c r="I274" s="99">
-        <v>18.082704671031788</v>
+        <v>17.758609952045841</v>
       </c>
       <c r="J274" s="99">
-        <v>13.666911421430555</v>
+        <v>13.664358928250318</v>
       </c>
       <c r="K274" s="99">
-        <v>-3.0517705132694584</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.53282608541275622</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B275" s="100"/>
-      <c r="C275" s="142">
+      <c r="C275" s="141">
         <v>0</v>
       </c>
       <c r="D275" s="17">
         <v>72.326899395187866</v>
       </c>
       <c r="E275" s="17">
         <v>78.45108270215141</v>
       </c>
       <c r="F275" s="17">
         <v>84.281582123811489</v>
       </c>
       <c r="G275" s="17">
         <v>31.982389806630728</v>
       </c>
       <c r="H275" s="17">
         <v>10.237475449728572</v>
       </c>
       <c r="I275" s="17">
-        <v>81.917295328968223</v>
+        <v>82.24139004795417</v>
       </c>
       <c r="J275" s="17">
-        <v>86.333088578569445</v>
+        <v>86.335641071749677</v>
       </c>
       <c r="K275" s="17">
-        <v>35.186886334015774</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>37.1599361919789</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D276" s="60"/>
     </row>
-    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D277" s="60"/>
     </row>
-    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D278" s="60"/>
     </row>
-    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="20" t="s">
         <v>102</v>
       </c>
       <c r="D279" s="60"/>
     </row>
-    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="101" t="s">
         <v>72</v>
       </c>
       <c r="D280" s="60"/>
     </row>
-    <row r="281" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A281" s="134" t="s">
+    <row r="281" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="123" t="s">
         <v>73</v>
       </c>
-      <c r="B281" s="134">
-[...31 lines deleted...]
-      <c r="A282" s="134" t="s">
+      <c r="B281" s="123">
+        <v>0</v>
+      </c>
+      <c r="C281" s="123">
+        <v>0</v>
+      </c>
+      <c r="D281" s="123">
+        <v>0</v>
+      </c>
+      <c r="E281" s="123">
+        <v>0</v>
+      </c>
+      <c r="F281" s="123">
+        <v>0</v>
+      </c>
+      <c r="G281" s="123">
+        <v>0</v>
+      </c>
+      <c r="H281" s="123">
+        <v>0</v>
+      </c>
+      <c r="I281" s="123">
+        <v>0</v>
+      </c>
+      <c r="J281" s="123">
+        <v>0</v>
+      </c>
+      <c r="K281" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="123" t="s">
         <v>74</v>
       </c>
-      <c r="B282" s="134">
-[...31 lines deleted...]
-      <c r="A283" s="134" t="s">
+      <c r="B282" s="123">
+        <v>0</v>
+      </c>
+      <c r="C282" s="123">
+        <v>0</v>
+      </c>
+      <c r="D282" s="123">
+        <v>0</v>
+      </c>
+      <c r="E282" s="123">
+        <v>0</v>
+      </c>
+      <c r="F282" s="123">
+        <v>0</v>
+      </c>
+      <c r="G282" s="123">
+        <v>0</v>
+      </c>
+      <c r="H282" s="123">
+        <v>0</v>
+      </c>
+      <c r="I282" s="123">
+        <v>0</v>
+      </c>
+      <c r="J282" s="123">
+        <v>0</v>
+      </c>
+      <c r="K282" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="123" t="s">
         <v>75</v>
       </c>
-      <c r="B283" s="134">
-[...31 lines deleted...]
-      <c r="A284" s="134" t="s">
+      <c r="B283" s="123">
+        <v>0</v>
+      </c>
+      <c r="C283" s="123">
+        <v>0</v>
+      </c>
+      <c r="D283" s="123">
+        <v>0</v>
+      </c>
+      <c r="E283" s="123">
+        <v>0</v>
+      </c>
+      <c r="F283" s="123">
+        <v>0</v>
+      </c>
+      <c r="G283" s="123">
+        <v>0</v>
+      </c>
+      <c r="H283" s="123">
+        <v>0</v>
+      </c>
+      <c r="I283" s="123">
+        <v>0</v>
+      </c>
+      <c r="J283" s="123">
+        <v>0</v>
+      </c>
+      <c r="K283" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="123" t="s">
         <v>76</v>
       </c>
-      <c r="B284" s="134">
-[...30 lines deleted...]
-    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B284" s="123">
+        <v>0</v>
+      </c>
+      <c r="C284" s="123">
+        <v>0</v>
+      </c>
+      <c r="D284" s="123">
+        <v>0</v>
+      </c>
+      <c r="E284" s="123">
+        <v>0</v>
+      </c>
+      <c r="F284" s="123">
+        <v>0</v>
+      </c>
+      <c r="G284" s="123">
+        <v>0</v>
+      </c>
+      <c r="H284" s="123">
+        <v>0</v>
+      </c>
+      <c r="I284" s="123">
+        <v>0</v>
+      </c>
+      <c r="J284" s="123">
+        <v>0</v>
+      </c>
+      <c r="K284" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="46"/>
       <c r="B285" s="46"/>
       <c r="C285" s="46"/>
       <c r="D285" s="46"/>
       <c r="E285" s="46"/>
       <c r="F285" s="83"/>
       <c r="G285" s="83"/>
       <c r="H285" s="46"/>
       <c r="I285" s="46"/>
       <c r="J285" s="46"/>
       <c r="K285" s="46"/>
     </row>
-    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="46"/>
       <c r="B286" s="46"/>
       <c r="C286" s="46"/>
       <c r="D286" s="46"/>
       <c r="E286" s="46"/>
       <c r="F286" s="83"/>
       <c r="G286" s="83"/>
       <c r="H286" s="46"/>
       <c r="I286" s="46"/>
       <c r="J286" s="46"/>
       <c r="K286" s="46"/>
     </row>
-    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="46"/>
       <c r="B287" s="46"/>
       <c r="C287" s="46"/>
       <c r="D287" s="46"/>
       <c r="E287" s="46"/>
       <c r="F287" s="83"/>
       <c r="G287" s="83"/>
       <c r="H287" s="46"/>
       <c r="I287" s="46"/>
       <c r="J287" s="46"/>
       <c r="K287" s="46"/>
     </row>
-    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="2" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="B288" s="22"/>
       <c r="C288" s="22"/>
       <c r="D288" s="22"/>
       <c r="E288" s="22"/>
       <c r="F288" s="22"/>
       <c r="G288" s="22"/>
       <c r="H288" s="22"/>
       <c r="I288" s="22"/>
       <c r="J288" s="22"/>
       <c r="K288" s="22"/>
     </row>
-    <row r="289" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="12">
         <v>0</v>
       </c>
       <c r="B289" s="12"/>
       <c r="C289" s="12"/>
       <c r="D289" s="24">
         <v>0</v>
       </c>
       <c r="E289" s="12">
         <v>2020</v>
       </c>
       <c r="F289" s="12">
         <v>2021</v>
       </c>
       <c r="G289" s="12">
         <v>2022</v>
       </c>
       <c r="H289" s="12">
         <v>2023</v>
       </c>
       <c r="I289" s="12">
         <v>2024</v>
       </c>
       <c r="J289" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K289" s="13" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B290" s="102"/>
       <c r="C290" s="102"/>
-      <c r="D290" s="122" t="s">
+      <c r="D290" s="130" t="s">
         <v>49</v>
       </c>
       <c r="E290" s="103">
         <v>11.235812513190222</v>
       </c>
       <c r="F290" s="103">
         <v>11.445715032786849</v>
       </c>
       <c r="G290" s="103">
         <v>13.863201050550494</v>
       </c>
       <c r="H290" s="103">
         <v>12.077777657089062</v>
       </c>
       <c r="I290" s="103">
         <v>10.959069978424866</v>
       </c>
       <c r="J290" s="104">
         <v>-9.4906050235841111</v>
       </c>
       <c r="K290" s="104">
         <v>7.4498040455523107</v>
       </c>
     </row>
-    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B291" s="22"/>
       <c r="C291" s="22"/>
-      <c r="D291" s="138">
+      <c r="D291" s="131">
         <v>0</v>
       </c>
       <c r="E291" s="60">
         <v>0</v>
       </c>
       <c r="F291" s="60">
         <v>0</v>
       </c>
       <c r="G291" s="60">
         <v>0</v>
       </c>
       <c r="H291" s="60">
         <v>0</v>
       </c>
       <c r="I291" s="60">
         <v>0</v>
       </c>
       <c r="J291" s="16" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K291" s="16" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="138">
+      <c r="D292" s="131">
         <v>0</v>
       </c>
       <c r="E292" s="60">
         <v>87.914074855292895</v>
       </c>
       <c r="F292" s="60">
         <v>86.952156540048037</v>
       </c>
       <c r="G292" s="60">
         <v>84.277919745206404</v>
       </c>
       <c r="H292" s="60">
         <v>80.775431993652774</v>
       </c>
       <c r="I292" s="60">
         <v>86.484266369375291</v>
       </c>
       <c r="J292" s="16">
         <v>6.7984152547001617</v>
       </c>
       <c r="K292" s="16">
         <v>7.6794918939816048</v>
       </c>
     </row>
-    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B293" s="22"/>
       <c r="C293" s="22"/>
-      <c r="D293" s="138">
+      <c r="D293" s="131">
         <v>0</v>
       </c>
       <c r="E293" s="60">
         <v>0.74346245366710872</v>
       </c>
       <c r="F293" s="60">
         <v>1.5219295095712377</v>
       </c>
       <c r="G293" s="60">
         <v>1.7235513917428624</v>
       </c>
       <c r="H293" s="60">
         <v>7.0608090889265878</v>
       </c>
       <c r="I293" s="60">
         <v>2.4198511637482816</v>
       </c>
       <c r="J293" s="16">
         <v>-65.81455970693618</v>
       </c>
       <c r="K293" s="16">
         <v>45.226451985288122</v>
       </c>
     </row>
-    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B294" s="73"/>
       <c r="C294" s="73"/>
-      <c r="D294" s="139">
+      <c r="D294" s="132">
         <v>0</v>
       </c>
       <c r="E294" s="105">
         <v>0.10665017784978097</v>
       </c>
       <c r="F294" s="105">
         <v>8.0198917593876873E-2</v>
       </c>
       <c r="G294" s="105">
         <v>0.13532781250023845</v>
       </c>
       <c r="H294" s="105">
         <v>8.5981260331567444E-2</v>
       </c>
       <c r="I294" s="105">
         <v>0.1368124884515616</v>
       </c>
       <c r="J294" s="17">
         <v>58.719003245006682</v>
       </c>
       <c r="K294" s="17">
         <v>15.067946638648833</v>
       </c>
     </row>
-    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F295" s="60"/>
       <c r="G295" s="60"/>
       <c r="H295" s="60"/>
       <c r="I295" s="60"/>
       <c r="J295" s="60"/>
       <c r="K295" s="60"/>
     </row>
-    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B296" s="84"/>
       <c r="C296" s="84"/>
       <c r="D296" s="84"/>
       <c r="E296" s="84"/>
       <c r="F296" s="84"/>
       <c r="G296" s="84"/>
       <c r="H296" s="84"/>
       <c r="I296" s="84"/>
       <c r="J296" s="84"/>
       <c r="K296" s="84"/>
     </row>
-    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A297" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B297" s="84"/>
       <c r="C297" s="84"/>
       <c r="D297" s="84"/>
       <c r="E297" s="84"/>
       <c r="F297" s="84"/>
       <c r="G297" s="84"/>
       <c r="H297" s="84"/>
       <c r="I297" s="84"/>
       <c r="J297" s="84"/>
       <c r="K297" s="84"/>
     </row>
-    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="101" t="s">
         <v>80</v>
       </c>
       <c r="B299" s="85"/>
       <c r="C299" s="85"/>
       <c r="D299" s="85"/>
       <c r="E299" s="85"/>
       <c r="F299" s="85"/>
       <c r="G299" s="85"/>
       <c r="H299" s="85"/>
       <c r="I299" s="85"/>
       <c r="J299" s="85"/>
       <c r="K299" s="85"/>
     </row>
-    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="101" t="s">
         <v>79</v>
       </c>
       <c r="B300" s="84"/>
       <c r="C300" s="84"/>
       <c r="D300" s="84"/>
       <c r="E300" s="84"/>
       <c r="F300" s="84"/>
       <c r="G300" s="84"/>
       <c r="H300" s="84"/>
       <c r="I300" s="84"/>
       <c r="J300" s="84"/>
       <c r="K300" s="84"/>
     </row>
-    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="46"/>
     </row>
-    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="46"/>
     </row>
-    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B303" s="22"/>
       <c r="C303" s="22"/>
       <c r="D303" s="22"/>
       <c r="E303" s="22"/>
       <c r="F303" s="22"/>
       <c r="G303" s="22"/>
       <c r="H303" s="22"/>
       <c r="I303" s="22"/>
       <c r="J303" s="22"/>
       <c r="K303" s="22"/>
     </row>
-    <row r="304" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A304" s="12">
         <v>0</v>
       </c>
       <c r="B304" s="12"/>
       <c r="C304" s="12"/>
       <c r="D304" s="24">
         <v>0</v>
       </c>
       <c r="E304" s="12">
         <v>2020</v>
       </c>
       <c r="F304" s="12">
         <v>2021</v>
       </c>
       <c r="G304" s="12">
         <v>2022</v>
       </c>
       <c r="H304" s="12">
         <v>2023</v>
       </c>
       <c r="I304" s="12">
         <v>2024</v>
       </c>
       <c r="J304" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K304" s="13" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B305" s="102"/>
       <c r="C305" s="102"/>
-      <c r="D305" s="122" t="s">
+      <c r="D305" s="130" t="s">
         <v>49</v>
       </c>
       <c r="E305" s="103">
         <v>0.97416737503645268</v>
       </c>
       <c r="F305" s="103">
         <v>2.339750114504187</v>
       </c>
       <c r="G305" s="103">
         <v>2.0869924763906611</v>
       </c>
       <c r="H305" s="103">
         <v>2.1054888280139505</v>
       </c>
       <c r="I305" s="103">
         <v>3.8230470225069277</v>
       </c>
       <c r="J305" s="104">
         <v>123.06886031014184</v>
       </c>
       <c r="K305" s="104">
         <v>49.336189517854187</v>
       </c>
     </row>
-    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B306" s="22"/>
       <c r="C306" s="22"/>
-      <c r="D306" s="138">
+      <c r="D306" s="131">
         <v>0</v>
       </c>
       <c r="E306" s="60">
         <v>0</v>
       </c>
       <c r="F306" s="60">
         <v>0</v>
       </c>
       <c r="G306" s="60">
         <v>0</v>
       </c>
       <c r="H306" s="60">
         <v>0</v>
       </c>
       <c r="I306" s="60">
         <v>0</v>
       </c>
       <c r="J306" s="16" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="K306" s="16" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B307" s="22"/>
       <c r="C307" s="22"/>
-      <c r="D307" s="138">
+      <c r="D307" s="131">
         <v>0</v>
       </c>
       <c r="E307" s="60">
         <v>98.933425953671332</v>
       </c>
       <c r="F307" s="60">
         <v>97.499523667730173</v>
       </c>
       <c r="G307" s="60">
         <v>97.530817458308064</v>
       </c>
       <c r="H307" s="60">
         <v>97.05878814843382</v>
       </c>
       <c r="I307" s="60">
         <v>93.618681470611477</v>
       </c>
       <c r="J307" s="16">
         <v>18.497695842455354</v>
       </c>
       <c r="K307" s="16">
         <v>4.6467918741945669</v>
       </c>
     </row>
-    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B308" s="22"/>
       <c r="C308" s="22"/>
-      <c r="D308" s="138">
+      <c r="D308" s="131">
         <v>0</v>
       </c>
       <c r="E308" s="60">
         <v>9.1284350764035682E-2</v>
       </c>
       <c r="F308" s="60">
         <v>0.15451095023762568</v>
       </c>
       <c r="G308" s="60">
         <v>0.1582433167998577</v>
       </c>
       <c r="H308" s="60">
         <v>0.66948107604168228</v>
       </c>
       <c r="I308" s="60">
         <v>2.4342835072020699</v>
       </c>
       <c r="J308" s="16">
         <v>346.69912436870982</v>
       </c>
       <c r="K308" s="16">
         <v>141.10974142474944</v>
       </c>
     </row>
-    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A309" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B309" s="73"/>
       <c r="C309" s="73"/>
-      <c r="D309" s="139">
+      <c r="D309" s="132">
         <v>0</v>
       </c>
       <c r="E309" s="105">
         <v>1.1223205281731651E-3</v>
       </c>
       <c r="F309" s="105">
         <v>6.2152675280195326E-3</v>
       </c>
       <c r="G309" s="105">
         <v>0.22394674850142368</v>
       </c>
       <c r="H309" s="105">
         <v>0.16624194751055016</v>
       </c>
       <c r="I309" s="105">
         <v>0.12398799967953161</v>
       </c>
       <c r="J309" s="17">
         <v>-8.3734603208385447</v>
       </c>
       <c r="K309" s="17">
         <v>243.98280818049267</v>
       </c>
     </row>
-    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F310" s="60"/>
       <c r="G310" s="60"/>
       <c r="H310" s="60"/>
       <c r="I310" s="60"/>
       <c r="J310" s="60"/>
       <c r="K310" s="60"/>
     </row>
-    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B311" s="84"/>
       <c r="C311" s="84"/>
       <c r="D311" s="84"/>
       <c r="E311" s="84"/>
       <c r="F311" s="84"/>
       <c r="G311" s="84"/>
       <c r="H311" s="84"/>
       <c r="I311" s="84"/>
       <c r="J311" s="84"/>
       <c r="K311" s="84"/>
     </row>
-    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B312" s="84"/>
       <c r="C312" s="84"/>
       <c r="D312" s="84"/>
       <c r="E312" s="84"/>
       <c r="F312" s="84"/>
       <c r="G312" s="84"/>
       <c r="H312" s="84"/>
       <c r="I312" s="84"/>
       <c r="J312" s="84"/>
       <c r="K312" s="84"/>
     </row>
-    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A314" s="101" t="s">
         <v>80</v>
       </c>
       <c r="B314" s="85"/>
       <c r="C314" s="85"/>
       <c r="D314" s="85"/>
       <c r="E314" s="85"/>
       <c r="F314" s="85"/>
       <c r="G314" s="85"/>
       <c r="H314" s="85"/>
       <c r="I314" s="85"/>
       <c r="J314" s="85"/>
       <c r="K314" s="85"/>
     </row>
-    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="101" t="s">
         <v>79</v>
       </c>
       <c r="B315" s="84"/>
       <c r="C315" s="84"/>
       <c r="D315" s="84"/>
       <c r="E315" s="84"/>
       <c r="F315" s="84"/>
       <c r="G315" s="84"/>
       <c r="H315" s="84"/>
       <c r="I315" s="84"/>
       <c r="J315" s="84"/>
       <c r="K315" s="84"/>
     </row>
-    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A316" s="82"/>
     </row>
-    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="82"/>
     </row>
-    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A318" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B318" s="8"/>
       <c r="C318" s="8"/>
       <c r="D318" s="8"/>
       <c r="E318" s="8"/>
       <c r="F318" s="8"/>
       <c r="G318" s="8"/>
       <c r="H318" s="8"/>
       <c r="I318" s="8"/>
       <c r="J318" s="8"/>
       <c r="K318" s="9"/>
     </row>
-    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="11">
         <v>0</v>
       </c>
       <c r="B319" s="11"/>
       <c r="C319" s="11"/>
       <c r="D319" s="11"/>
       <c r="E319" s="12">
         <v>2020</v>
       </c>
       <c r="F319" s="12">
         <v>2021</v>
       </c>
       <c r="G319" s="12">
         <v>2022</v>
       </c>
       <c r="H319" s="12">
         <v>2023</v>
       </c>
       <c r="I319" s="12">
         <v>2024</v>
       </c>
       <c r="J319" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K319" s="13" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B320" s="15"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="16">
         <v>14.72</v>
       </c>
       <c r="F320" s="16">
         <v>17.149999999999999</v>
       </c>
       <c r="G320" s="16">
         <v>52.27</v>
       </c>
       <c r="H320" s="16">
         <v>57.25</v>
       </c>
       <c r="I320" s="16">
         <v>70.83</v>
       </c>
       <c r="J320" s="16">
         <v>23.720524017467245</v>
       </c>
       <c r="K320" s="16">
         <v>48.107604586784888</v>
       </c>
     </row>
-    <row r="321" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B321" s="15"/>
       <c r="C321" s="15"/>
       <c r="D321" s="15"/>
       <c r="E321" s="16">
         <v>11.5</v>
       </c>
       <c r="F321" s="16">
         <v>11.08</v>
       </c>
       <c r="G321" s="16">
         <v>24.59</v>
       </c>
       <c r="H321" s="16">
         <v>19.62</v>
       </c>
       <c r="I321" s="16">
         <v>24.77</v>
       </c>
       <c r="J321" s="16">
         <v>26.248725790010184</v>
       </c>
       <c r="K321" s="16">
         <v>21.145431611536836</v>
       </c>
     </row>
-    <row r="322" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B322" s="15"/>
       <c r="C322" s="15"/>
       <c r="D322" s="15"/>
       <c r="E322" s="16">
         <v>3.2200000000000006</v>
       </c>
       <c r="F322" s="16">
         <v>6.0699999999999985</v>
       </c>
       <c r="G322" s="16">
         <v>27.680000000000003</v>
       </c>
       <c r="H322" s="16">
         <v>37.629999999999995</v>
       </c>
       <c r="I322" s="16">
         <v>46.06</v>
       </c>
       <c r="J322" s="16" t="s">
         <v>25</v>
       </c>
       <c r="K322" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="323" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B323" s="1"/>
       <c r="C323" s="1"/>
       <c r="D323" s="1"/>
       <c r="E323" s="17">
         <v>128</v>
       </c>
       <c r="F323" s="17">
         <v>154.78339350180502</v>
       </c>
       <c r="G323" s="17">
         <v>212.56608377389185</v>
       </c>
       <c r="H323" s="17">
         <v>291.79408766564728</v>
       </c>
       <c r="I323" s="17">
         <v>285.95074687121513</v>
       </c>
       <c r="J323" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K323" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B324" s="46"/>
       <c r="C324" s="46"/>
       <c r="D324" s="46"/>
       <c r="E324" s="46"/>
       <c r="F324" s="46"/>
       <c r="G324" s="46"/>
       <c r="H324" s="46"/>
       <c r="I324" s="46"/>
       <c r="J324" s="46"/>
       <c r="K324" s="46"/>
     </row>
-    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B325" s="46"/>
       <c r="C325" s="46"/>
       <c r="D325" s="46"/>
       <c r="E325" s="46"/>
       <c r="F325" s="46"/>
       <c r="G325" s="46"/>
       <c r="H325" s="46"/>
       <c r="I325" s="46"/>
       <c r="J325" s="46"/>
       <c r="K325" s="46"/>
     </row>
-    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
       <c r="D326" s="46"/>
       <c r="E326" s="46"/>
       <c r="F326" s="46"/>
       <c r="G326" s="46"/>
       <c r="H326" s="46"/>
       <c r="I326" s="46"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
-    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
       <c r="D327" s="46"/>
       <c r="E327" s="46"/>
       <c r="F327" s="46"/>
       <c r="G327" s="46"/>
       <c r="H327" s="46"/>
       <c r="I327" s="46"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A328" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
       <c r="D328" s="46"/>
       <c r="E328" s="46"/>
       <c r="F328" s="46"/>
       <c r="G328" s="46"/>
       <c r="H328" s="46"/>
       <c r="I328" s="46"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-    <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="122" t="s">
+        <v>130</v>
+      </c>
+      <c r="B329" s="122">
+        <v>0</v>
+      </c>
+      <c r="C329" s="122">
+        <v>0</v>
+      </c>
+      <c r="D329" s="122">
+        <v>0</v>
+      </c>
+      <c r="E329" s="122">
+        <v>0</v>
+      </c>
+      <c r="F329" s="122">
+        <v>0</v>
+      </c>
+      <c r="G329" s="122">
+        <v>0</v>
+      </c>
+      <c r="H329" s="122">
+        <v>0</v>
+      </c>
+      <c r="I329" s="122">
+        <v>0</v>
+      </c>
+      <c r="J329" s="122">
+        <v>0</v>
+      </c>
+      <c r="K329" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A330" s="46"/>
       <c r="B330" s="46"/>
       <c r="C330" s="46"/>
       <c r="D330" s="46"/>
       <c r="E330" s="46"/>
       <c r="F330" s="46"/>
       <c r="G330" s="46"/>
       <c r="H330" s="46"/>
       <c r="I330" s="46"/>
       <c r="J330" s="46"/>
       <c r="K330" s="46"/>
     </row>
-    <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="2" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B331" s="37"/>
       <c r="C331" s="37"/>
       <c r="D331" s="37"/>
       <c r="E331" s="37"/>
       <c r="F331" s="37"/>
       <c r="G331" s="37"/>
       <c r="H331" s="37"/>
       <c r="I331" s="37"/>
       <c r="J331" s="37"/>
       <c r="K331" s="37"/>
     </row>
-    <row r="332" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="23"/>
       <c r="B332" s="23"/>
       <c r="C332" s="23"/>
       <c r="D332" s="24"/>
       <c r="E332" s="12"/>
       <c r="F332" s="12"/>
       <c r="G332" s="12">
         <v>2020</v>
       </c>
       <c r="H332" s="12">
         <v>2021</v>
       </c>
       <c r="I332" s="12">
         <v>2022</v>
       </c>
       <c r="J332" s="13">
         <v>2023</v>
       </c>
       <c r="K332" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E333" s="143"/>
+    <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="126" t="s">
+        <v>118</v>
+      </c>
+      <c r="B333" s="126"/>
+      <c r="C333" s="126"/>
+      <c r="D333" s="126"/>
+      <c r="E333" s="126"/>
       <c r="F333" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G333" s="27">
         <v>50</v>
       </c>
       <c r="H333" s="27">
         <v>48</v>
       </c>
       <c r="I333" s="27">
         <v>44</v>
       </c>
       <c r="J333" s="27">
         <v>46</v>
       </c>
       <c r="K333" s="27">
         <v>46</v>
       </c>
     </row>
-    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E334" s="124"/>
+    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="127"/>
+      <c r="B334" s="127"/>
+      <c r="C334" s="127"/>
+      <c r="D334" s="127"/>
+      <c r="E334" s="127"/>
       <c r="F334" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G334" s="28">
         <v>6.3951535857826008E-2</v>
       </c>
       <c r="H334" s="28">
         <v>6.1224285799964015E-2</v>
       </c>
       <c r="I334" s="28">
         <v>0.11625856064028287</v>
       </c>
       <c r="J334" s="28">
         <v>0.10719484296376797</v>
       </c>
       <c r="K334" s="28">
         <v>0.12239976111050437</v>
       </c>
     </row>
-    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="128" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B335" s="128"/>
       <c r="C335" s="128"/>
       <c r="D335" s="128"/>
       <c r="E335" s="128"/>
       <c r="F335" s="29" t="s">
         <v>22</v>
       </c>
       <c r="G335" s="30">
         <v>50</v>
       </c>
       <c r="H335" s="30">
         <v>54</v>
       </c>
       <c r="I335" s="30">
         <v>50</v>
       </c>
       <c r="J335" s="30">
         <v>54</v>
       </c>
       <c r="K335" s="30">
         <v>50</v>
       </c>
     </row>
-    <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E336" s="125"/>
+    <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="129"/>
+      <c r="B336" s="129"/>
+      <c r="C336" s="129"/>
+      <c r="D336" s="129"/>
+      <c r="E336" s="129"/>
       <c r="F336" s="31" t="s">
         <v>31</v>
       </c>
       <c r="G336" s="32">
         <v>8.1935326665460204E-2</v>
       </c>
       <c r="H336" s="32">
         <v>6.3723499823437599E-2</v>
       </c>
       <c r="I336" s="32">
         <v>0.10543719776313636</v>
       </c>
       <c r="J336" s="32">
         <v>8.1533392952722272E-2</v>
       </c>
       <c r="K336" s="32">
         <v>9.606937783733363E-2</v>
       </c>
     </row>
-    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B337" s="33"/>
       <c r="C337" s="34"/>
     </row>
-    <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="4" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B342" s="8"/>
       <c r="C342" s="8"/>
       <c r="D342" s="8"/>
       <c r="E342" s="8"/>
       <c r="F342" s="8"/>
       <c r="G342" s="8"/>
       <c r="H342" s="8"/>
       <c r="I342" s="8"/>
       <c r="J342" s="8"/>
       <c r="K342" s="9"/>
     </row>
-    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="11">
         <v>0</v>
       </c>
       <c r="B343" s="11"/>
       <c r="C343" s="11"/>
       <c r="D343" s="11"/>
       <c r="E343" s="12">
         <v>2020</v>
       </c>
       <c r="F343" s="12">
         <v>2021</v>
       </c>
       <c r="G343" s="12">
         <v>2022</v>
       </c>
       <c r="H343" s="12">
         <v>2023</v>
       </c>
       <c r="I343" s="12">
         <v>2024</v>
       </c>
       <c r="J343" s="13" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="K343" s="13" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B344" s="15"/>
       <c r="C344" s="15"/>
       <c r="D344" s="15"/>
       <c r="E344" s="16">
         <v>61.78</v>
       </c>
       <c r="F344" s="16">
         <v>79.2</v>
       </c>
       <c r="G344" s="16">
         <v>117.22</v>
       </c>
       <c r="H344" s="16">
         <v>124.02</v>
       </c>
       <c r="I344" s="16">
         <v>137.26</v>
       </c>
       <c r="J344" s="16">
         <v>10.675697468150295</v>
       </c>
       <c r="K344" s="16">
         <v>22.088293291992201</v>
       </c>
     </row>
-    <row r="345" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B345" s="15"/>
       <c r="C345" s="15"/>
       <c r="D345" s="15"/>
       <c r="E345" s="16">
         <v>47.75</v>
       </c>
       <c r="F345" s="16">
         <v>28.89</v>
       </c>
       <c r="G345" s="16">
         <v>59.54</v>
       </c>
       <c r="H345" s="16">
         <v>58.2</v>
       </c>
       <c r="I345" s="16">
         <v>73</v>
       </c>
       <c r="J345" s="16">
         <v>25.429553264604802</v>
       </c>
       <c r="K345" s="16">
         <v>11.195540716659181</v>
       </c>
     </row>
-    <row r="346" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B346" s="15"/>
       <c r="C346" s="15"/>
       <c r="D346" s="15"/>
       <c r="E346" s="16">
         <v>14.030000000000001</v>
       </c>
       <c r="F346" s="16">
         <v>50.31</v>
       </c>
       <c r="G346" s="16">
         <v>57.68</v>
       </c>
       <c r="H346" s="16">
         <v>65.819999999999993</v>
       </c>
       <c r="I346" s="16">
         <v>64.259999999999991</v>
       </c>
       <c r="J346" s="16" t="s">
         <v>25</v>
       </c>
       <c r="K346" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="347" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B347" s="1"/>
       <c r="C347" s="1"/>
       <c r="D347" s="1"/>
       <c r="E347" s="17">
         <v>129.38219895287958</v>
       </c>
       <c r="F347" s="17">
         <v>274.14330218068534</v>
       </c>
       <c r="G347" s="17">
         <v>196.87604971447766</v>
       </c>
       <c r="H347" s="17">
         <v>213.09278350515464</v>
       </c>
       <c r="I347" s="17">
         <v>188.02739726027394</v>
       </c>
       <c r="J347" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K347" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="4" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A349" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="4" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="352" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A352" s="129" t="s">
+    <row r="352" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="122" t="s">
         <v>66</v>
       </c>
-      <c r="B352" s="129"/>
-[...45 lines deleted...]
-    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B352" s="122"/>
+      <c r="C352" s="122"/>
+      <c r="D352" s="122"/>
+      <c r="E352" s="122"/>
+      <c r="F352" s="122"/>
+      <c r="G352" s="122"/>
+      <c r="H352" s="122"/>
+      <c r="I352" s="122"/>
+      <c r="J352" s="122"/>
+      <c r="K352" s="122"/>
+    </row>
+    <row r="353" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="122" t="s">
+        <v>130</v>
+      </c>
+      <c r="B353" s="122">
+        <v>0</v>
+      </c>
+      <c r="C353" s="122">
+        <v>0</v>
+      </c>
+      <c r="D353" s="122">
+        <v>0</v>
+      </c>
+      <c r="E353" s="122">
+        <v>0</v>
+      </c>
+      <c r="F353" s="122">
+        <v>0</v>
+      </c>
+      <c r="G353" s="122">
+        <v>0</v>
+      </c>
+      <c r="H353" s="122">
+        <v>0</v>
+      </c>
+      <c r="I353" s="122">
+        <v>0</v>
+      </c>
+      <c r="J353" s="122">
+        <v>0</v>
+      </c>
+      <c r="K353" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="46"/>
       <c r="B354" s="46"/>
       <c r="C354" s="46"/>
       <c r="D354" s="46"/>
       <c r="E354" s="46"/>
       <c r="F354" s="46"/>
       <c r="G354" s="46"/>
       <c r="H354" s="46"/>
       <c r="I354" s="46"/>
       <c r="J354" s="46"/>
       <c r="K354" s="46"/>
     </row>
-    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B355" s="37"/>
       <c r="C355" s="37"/>
       <c r="D355" s="37"/>
       <c r="E355" s="37"/>
       <c r="F355" s="37"/>
       <c r="G355" s="37"/>
       <c r="H355" s="37"/>
       <c r="I355" s="37"/>
       <c r="J355" s="37"/>
       <c r="K355" s="37"/>
     </row>
-    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="23">
         <v>0</v>
       </c>
       <c r="B356" s="23">
         <v>0</v>
       </c>
       <c r="C356" s="23">
         <v>0</v>
       </c>
       <c r="D356" s="24"/>
       <c r="E356" s="12"/>
       <c r="F356" s="12">
         <v>0</v>
       </c>
       <c r="G356" s="12">
         <v>2020</v>
       </c>
       <c r="H356" s="12">
         <v>2021</v>
       </c>
       <c r="I356" s="12">
         <v>2022</v>
       </c>
       <c r="J356" s="13">
         <v>2023</v>
       </c>
       <c r="K356" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E357" s="143"/>
+    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="126" t="s">
+        <v>118</v>
+      </c>
+      <c r="B357" s="126"/>
+      <c r="C357" s="126"/>
+      <c r="D357" s="126"/>
+      <c r="E357" s="126"/>
       <c r="F357" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G357" s="27">
         <v>50</v>
       </c>
       <c r="H357" s="27">
         <v>51</v>
       </c>
       <c r="I357" s="27">
         <v>50</v>
       </c>
       <c r="J357" s="27">
         <v>49</v>
       </c>
       <c r="K357" s="27">
         <v>50</v>
       </c>
     </row>
-    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E358" s="124"/>
+    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="127">
+        <v>0</v>
+      </c>
+      <c r="B358" s="127">
+        <v>0</v>
+      </c>
+      <c r="C358" s="127">
+        <v>0</v>
+      </c>
+      <c r="D358" s="127"/>
+      <c r="E358" s="127"/>
       <c r="F358" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G358" s="28">
         <v>8.223066860534764E-2</v>
       </c>
       <c r="H358" s="28">
         <v>8.7875148941165479E-2</v>
       </c>
       <c r="I358" s="28">
         <v>9.6904407629440581E-2</v>
       </c>
       <c r="J358" s="28">
         <v>9.7069095632548147E-2</v>
       </c>
       <c r="K358" s="28">
         <v>0.1031054527055003</v>
       </c>
     </row>
-    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="128" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B359" s="128"/>
       <c r="C359" s="128"/>
       <c r="D359" s="128"/>
       <c r="E359" s="128"/>
       <c r="F359" s="29" t="s">
         <v>22</v>
       </c>
       <c r="G359" s="30">
         <v>51</v>
       </c>
       <c r="H359" s="30">
         <v>55</v>
       </c>
       <c r="I359" s="30">
         <v>53</v>
       </c>
       <c r="J359" s="30">
         <v>53</v>
       </c>
       <c r="K359" s="30">
         <v>50</v>
       </c>
     </row>
-    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E360" s="125"/>
+    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="129">
+        <v>0</v>
+      </c>
+      <c r="B360" s="129">
+        <v>0</v>
+      </c>
+      <c r="C360" s="129">
+        <v>0</v>
+      </c>
+      <c r="D360" s="129"/>
+      <c r="E360" s="129"/>
       <c r="F360" s="31" t="s">
         <v>31</v>
       </c>
       <c r="G360" s="32">
         <v>6.0620333265836344E-2</v>
       </c>
       <c r="H360" s="32">
         <v>3.023758641889639E-2</v>
       </c>
       <c r="I360" s="32">
         <v>4.7331968332576003E-2</v>
       </c>
       <c r="J360" s="32">
         <v>4.7062545152145446E-2</v>
       </c>
       <c r="K360" s="32">
         <v>5.7668163326666209E-2</v>
       </c>
     </row>
-    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A361" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B361" s="35"/>
       <c r="C361" s="119"/>
       <c r="D361" s="46"/>
       <c r="E361" s="46"/>
       <c r="F361" s="46"/>
       <c r="G361" s="46"/>
       <c r="H361" s="46"/>
       <c r="I361" s="46"/>
       <c r="J361" s="46"/>
       <c r="K361" s="46"/>
     </row>
-    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="4" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A364" s="2" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B364" s="8"/>
       <c r="C364" s="8"/>
       <c r="D364" s="8"/>
       <c r="E364" s="8"/>
       <c r="F364" s="8"/>
       <c r="G364" s="8"/>
       <c r="H364" s="8"/>
       <c r="I364" s="8"/>
       <c r="J364" s="8"/>
       <c r="K364" s="9"/>
     </row>
-    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="11">
         <v>0</v>
       </c>
       <c r="B365" s="12">
         <v>2020</v>
       </c>
       <c r="C365" s="12">
         <v>2021</v>
       </c>
       <c r="D365" s="12">
         <v>2022</v>
       </c>
       <c r="E365" s="12">
         <v>2023</v>
       </c>
       <c r="F365" s="12">
         <v>2024</v>
       </c>
       <c r="G365" s="13" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="H365" s="13" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I365" s="13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J365" s="13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="K365" s="13" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="15" t="s">
         <v>36</v>
       </c>
       <c r="B366" s="16">
         <v>13.100000000000001</v>
       </c>
       <c r="C366" s="16">
         <v>2.5100000000000002</v>
       </c>
       <c r="D366" s="16">
         <v>-4.0700000000000012</v>
       </c>
       <c r="E366" s="16">
         <v>13.840000000000003</v>
       </c>
       <c r="F366" s="16">
         <v>10.899999999999999</v>
       </c>
       <c r="G366" s="16">
         <v>-2.9400000000000048</v>
       </c>
       <c r="H366" s="16">
         <v>7.2560000000000002</v>
       </c>
       <c r="I366" s="16">
-        <v>6.95</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="J366" s="16">
-        <v>-0.42000000000000004</v>
+        <v>0.18999999999999995</v>
       </c>
       <c r="K366" s="16">
-        <v>-7.37</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-8.51</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B367" s="16">
         <v>4.29</v>
       </c>
       <c r="C367" s="16">
         <v>0.19000000000000039</v>
       </c>
       <c r="D367" s="16">
         <v>5.05</v>
       </c>
       <c r="E367" s="16">
         <v>8.52</v>
       </c>
       <c r="F367" s="16">
         <v>7.0299999999999994</v>
       </c>
       <c r="G367" s="16">
         <v>-1.4900000000000002</v>
       </c>
       <c r="H367" s="16">
         <v>5.016</v>
       </c>
       <c r="I367" s="16">
-        <v>2.0199999999999996</v>
+        <v>0.49999999999999956</v>
       </c>
       <c r="J367" s="16">
-        <v>0.99</v>
+        <v>5.16</v>
       </c>
       <c r="K367" s="16">
-        <v>-1.0299999999999996</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.66</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B368" s="17">
         <v>8.8100000000000023</v>
       </c>
       <c r="C368" s="17">
         <v>2.3199999999999998</v>
       </c>
       <c r="D368" s="17">
         <v>-9.120000000000001</v>
       </c>
       <c r="E368" s="17">
         <v>5.3200000000000038</v>
       </c>
       <c r="F368" s="17">
         <v>3.8699999999999992</v>
       </c>
       <c r="G368" s="17" t="s">
         <v>25</v>
       </c>
       <c r="H368" s="17" t="s">
         <v>25</v>
       </c>
       <c r="I368" s="17">
-        <v>4.9300000000000006</v>
+        <v>8.1999999999999993</v>
       </c>
       <c r="J368" s="17">
-        <v>-1.4100000000000001</v>
+        <v>-4.9700000000000006</v>
       </c>
       <c r="K368" s="17" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="4" t="s">
         <v>24</v>
       </c>
       <c r="K369" s="60"/>
     </row>
-    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B370" s="60"/>
       <c r="C370" s="60"/>
       <c r="D370" s="60"/>
       <c r="E370" s="60"/>
       <c r="F370" s="60"/>
       <c r="G370" s="60"/>
       <c r="H370" s="60"/>
       <c r="I370" s="60"/>
     </row>
-    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A371" s="4" t="s">
         <v>86</v>
       </c>
       <c r="B371" s="60"/>
       <c r="C371" s="60"/>
       <c r="D371" s="60"/>
       <c r="E371" s="60"/>
       <c r="F371" s="60"/>
       <c r="G371" s="60"/>
       <c r="H371" s="60"/>
       <c r="I371" s="60"/>
     </row>
-    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A372" s="140" t="s">
+    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="125" t="s">
         <v>38</v>
       </c>
-      <c r="B372" s="140">
-[...30 lines deleted...]
-    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B372" s="125">
+        <v>0</v>
+      </c>
+      <c r="C372" s="125">
+        <v>0</v>
+      </c>
+      <c r="D372" s="125">
+        <v>0</v>
+      </c>
+      <c r="E372" s="125">
+        <v>0</v>
+      </c>
+      <c r="F372" s="125">
+        <v>0</v>
+      </c>
+      <c r="G372" s="125">
+        <v>0</v>
+      </c>
+      <c r="H372" s="125">
+        <v>0</v>
+      </c>
+      <c r="I372" s="125">
+        <v>0</v>
+      </c>
+      <c r="J372" s="125">
+        <v>0</v>
+      </c>
+      <c r="K372" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="46"/>
       <c r="B373" s="46"/>
       <c r="C373" s="46"/>
       <c r="D373" s="46"/>
       <c r="E373" s="46"/>
       <c r="F373" s="46"/>
       <c r="G373" s="46"/>
       <c r="H373" s="46"/>
       <c r="I373" s="46"/>
       <c r="J373" s="46"/>
       <c r="K373" s="46"/>
     </row>
-    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="2" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B374" s="22"/>
       <c r="C374" s="22"/>
       <c r="D374" s="22"/>
       <c r="E374" s="22"/>
       <c r="F374" s="22"/>
       <c r="G374" s="22"/>
       <c r="H374" s="22"/>
       <c r="I374" s="22"/>
       <c r="J374" s="22"/>
       <c r="K374" s="22"/>
     </row>
-    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="11">
         <v>0</v>
       </c>
       <c r="B375" s="13" t="s">
         <v>91</v>
       </c>
       <c r="C375" s="13" t="s">
         <v>92</v>
       </c>
       <c r="D375" s="13" t="s">
         <v>93</v>
       </c>
       <c r="E375" s="13" t="s">
         <v>97</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>104</v>
       </c>
       <c r="G375" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H375" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I375" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="J375" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K375" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="H375" s="13" t="s">
-[...12 lines deleted...]
-    <row r="376" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="376" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="106" t="s">
         <v>36</v>
       </c>
       <c r="B376" s="16">
         <v>55.67</v>
       </c>
       <c r="C376" s="16">
         <v>31.36</v>
       </c>
       <c r="D376" s="16">
         <v>39.33</v>
       </c>
       <c r="E376" s="16">
         <v>58</v>
       </c>
       <c r="F376" s="16">
         <v>68.48</v>
       </c>
       <c r="G376" s="16">
         <v>18.068965517241388</v>
       </c>
       <c r="H376" s="16">
         <v>5.3138846421533881</v>
       </c>
       <c r="I376" s="60">
-        <v>64.61</v>
+        <v>65.61</v>
       </c>
       <c r="J376" s="60">
-        <v>67.25</v>
+        <v>68.47</v>
       </c>
       <c r="K376" s="16">
-        <v>4.0860547902801434</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.359091601889955</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="106" t="s">
         <v>22</v>
       </c>
       <c r="B377" s="49">
         <v>31</v>
       </c>
       <c r="C377" s="49">
         <v>43</v>
       </c>
       <c r="D377" s="49">
         <v>45</v>
       </c>
       <c r="E377" s="49">
         <v>42</v>
       </c>
       <c r="F377" s="49">
         <v>44</v>
       </c>
       <c r="G377" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H377" s="49" t="s">
         <v>25</v>
       </c>
       <c r="I377" s="49">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J377" s="49">
         <v>44</v>
       </c>
       <c r="K377" s="49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="378" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B378" s="107">
         <v>0.10472527908713118</v>
       </c>
       <c r="C378" s="107">
         <v>5.4716927142038574E-2</v>
       </c>
       <c r="D378" s="107">
         <v>6.1978460239470394E-2</v>
       </c>
       <c r="E378" s="107">
         <v>8.3495934467783944E-2</v>
       </c>
       <c r="F378" s="107">
         <v>9.3279134814230419E-2</v>
       </c>
       <c r="G378" s="86" t="s">
         <v>25</v>
       </c>
       <c r="H378" s="86" t="s">
         <v>25</v>
       </c>
       <c r="I378" s="107">
-        <v>9.051610853303102E-2</v>
+        <v>8.966956335391775E-2</v>
       </c>
       <c r="J378" s="107">
-        <v>8.841172703664793E-2</v>
+        <v>8.7287411426606745E-2</v>
       </c>
       <c r="K378" s="86" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="379" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="97" t="s">
         <v>67</v>
       </c>
       <c r="B379" s="99">
         <v>11.28</v>
       </c>
       <c r="C379" s="99">
         <v>6.76</v>
       </c>
       <c r="D379" s="99">
         <v>11.89</v>
       </c>
       <c r="E379" s="99">
         <v>36.11</v>
       </c>
       <c r="F379" s="99">
         <v>43</v>
       </c>
       <c r="G379" s="99">
         <v>19.080587094987539</v>
       </c>
       <c r="H379" s="99">
         <v>39.730057890381154</v>
       </c>
       <c r="I379" s="108">
-        <v>38.11</v>
+        <v>36.6</v>
       </c>
       <c r="J379" s="108">
-        <v>43.97</v>
+        <v>48.15</v>
       </c>
       <c r="K379" s="99">
-        <v>15.376541590133822</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>31.557377049180317</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B380" s="49">
         <v>48</v>
       </c>
       <c r="C380" s="49">
         <v>54</v>
       </c>
       <c r="D380" s="49">
         <v>53</v>
       </c>
       <c r="E380" s="49">
         <v>49</v>
       </c>
       <c r="F380" s="49">
         <v>46</v>
       </c>
       <c r="G380" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H380" s="49" t="s">
         <v>25</v>
       </c>
       <c r="I380" s="49">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J380" s="49">
         <v>46</v>
       </c>
       <c r="K380" s="49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="381" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="109" t="s">
         <v>44</v>
       </c>
       <c r="B381" s="110">
         <v>7.5011087077564726E-3</v>
       </c>
       <c r="C381" s="110">
         <v>4.117522372277623E-3</v>
       </c>
       <c r="D381" s="110">
         <v>6.7659610814407188E-3</v>
       </c>
       <c r="E381" s="110">
         <v>1.8733750961265543E-2</v>
       </c>
       <c r="F381" s="110">
         <v>2.1446449288449205E-2</v>
       </c>
       <c r="G381" s="111" t="s">
         <v>25</v>
       </c>
       <c r="H381" s="111" t="s">
         <v>25</v>
       </c>
       <c r="I381" s="110">
-        <v>1.9403181358038389E-2</v>
+        <v>1.8148368565795919E-2</v>
       </c>
       <c r="J381" s="110">
-        <v>2.1639520723741323E-2</v>
+        <v>2.3134086945634128E-2</v>
       </c>
       <c r="K381" s="111" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="382" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="112" t="s">
         <v>14</v>
       </c>
       <c r="B382" s="113">
         <v>44.39</v>
       </c>
       <c r="C382" s="113">
         <v>24.6</v>
       </c>
       <c r="D382" s="113">
         <v>27.439999999999998</v>
       </c>
       <c r="E382" s="113">
         <v>21.89</v>
       </c>
       <c r="F382" s="113">
         <v>25.480000000000004</v>
       </c>
       <c r="G382" s="114" t="s">
         <v>25</v>
       </c>
       <c r="H382" s="114" t="s">
         <v>25</v>
       </c>
       <c r="I382" s="113">
-        <v>26.5</v>
+        <v>29.009999999999998</v>
       </c>
       <c r="J382" s="113">
-        <v>23.28</v>
+        <v>20.32</v>
       </c>
       <c r="K382" s="114" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="54" t="s">
         <v>24</v>
       </c>
       <c r="K383" s="46"/>
     </row>
-    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="54" t="s">
         <v>43</v>
       </c>
       <c r="B384" s="88"/>
       <c r="C384" s="88"/>
       <c r="D384" s="88"/>
       <c r="E384" s="88"/>
       <c r="F384" s="88"/>
       <c r="G384" s="88"/>
       <c r="H384" s="88"/>
       <c r="I384" s="88"/>
       <c r="J384" s="87"/>
       <c r="K384" s="46"/>
     </row>
-    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B385" s="88"/>
       <c r="C385" s="88"/>
       <c r="D385" s="88"/>
       <c r="E385" s="88"/>
       <c r="F385" s="88"/>
       <c r="G385" s="88"/>
       <c r="H385" s="88"/>
       <c r="I385" s="88"/>
       <c r="J385" s="87"/>
       <c r="K385" s="46"/>
     </row>
-    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B386" s="88"/>
       <c r="C386" s="88"/>
       <c r="D386" s="88"/>
       <c r="E386" s="88"/>
       <c r="F386" s="88"/>
       <c r="G386" s="88"/>
       <c r="H386" s="88"/>
       <c r="I386" s="88"/>
       <c r="J386" s="87"/>
       <c r="K386" s="46"/>
     </row>
-    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A387" s="20" t="s">
         <v>99</v>
       </c>
       <c r="B387" s="88"/>
       <c r="C387" s="88"/>
       <c r="D387" s="88"/>
       <c r="E387" s="88"/>
       <c r="F387" s="88"/>
       <c r="G387" s="88"/>
       <c r="H387" s="88"/>
       <c r="I387" s="88"/>
       <c r="J387" s="87"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="4" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B388" s="88"/>
       <c r="C388" s="88"/>
       <c r="D388" s="88"/>
       <c r="E388" s="88"/>
       <c r="F388" s="88"/>
       <c r="G388" s="88"/>
       <c r="H388" s="88"/>
       <c r="I388" s="88"/>
       <c r="J388" s="87"/>
       <c r="K388" s="46"/>
     </row>
-    <row r="389" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="E390" s="12">
+    <row r="391" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B391" s="15"/>
+      <c r="C391" s="15"/>
+      <c r="D391" s="15"/>
+      <c r="E391" s="15"/>
+      <c r="F391" s="15"/>
+      <c r="G391" s="15"/>
+      <c r="H391" s="15"/>
+      <c r="I391" s="15"/>
+      <c r="J391" s="15"/>
+      <c r="K391" s="22"/>
+    </row>
+    <row r="392" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="11">
+        <v>0</v>
+      </c>
+      <c r="B392" s="12"/>
+      <c r="C392" s="12"/>
+      <c r="D392" s="12"/>
+      <c r="E392" s="12">
         <v>2020</v>
       </c>
-      <c r="F390" s="12">
+      <c r="F392" s="12">
         <v>2021</v>
       </c>
-      <c r="G390" s="13">
+      <c r="G392" s="13">
         <v>2022</v>
       </c>
-      <c r="H390" s="13">
+      <c r="H392" s="13">
         <v>2023</v>
       </c>
-      <c r="I390" s="13">
+      <c r="I392" s="13">
         <v>2024</v>
       </c>
-      <c r="J390" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A391" s="15" t="s">
+      <c r="J392" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K392" s="13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="15" t="s">
         <v>100</v>
-      </c>
-[...56 lines deleted...]
-        <v>94</v>
       </c>
       <c r="B393" s="16"/>
       <c r="C393" s="16"/>
       <c r="D393" s="16"/>
       <c r="E393" s="16">
+        <v>3.93</v>
+      </c>
+      <c r="F393" s="16">
+        <v>7.65</v>
+      </c>
+      <c r="G393" s="16">
+        <v>40.44</v>
+      </c>
+      <c r="H393" s="16">
+        <v>41.98</v>
+      </c>
+      <c r="I393" s="16">
+        <v>48.08</v>
+      </c>
+      <c r="J393" s="16">
+        <v>14.53072891853264</v>
+      </c>
+      <c r="K393" s="16">
+        <v>87.022120644377551</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B394" s="49"/>
+      <c r="C394" s="49"/>
+      <c r="D394" s="49"/>
+      <c r="E394" s="49">
+        <v>47</v>
+      </c>
+      <c r="F394" s="49">
+        <v>45</v>
+      </c>
+      <c r="G394" s="89">
+        <v>34</v>
+      </c>
+      <c r="H394" s="89">
+        <v>39</v>
+      </c>
+      <c r="I394" s="49">
+        <v>37</v>
+      </c>
+      <c r="J394" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="K394" s="16" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B395" s="16"/>
+      <c r="C395" s="16"/>
+      <c r="D395" s="16"/>
+      <c r="E395" s="16">
         <v>5.0602204865537202E-2</v>
       </c>
-      <c r="F393" s="16">
+      <c r="F395" s="16">
         <v>7.5546900305742751E-2</v>
       </c>
-      <c r="G393" s="19">
+      <c r="G395" s="19">
         <v>0.19057546816814752</v>
       </c>
-      <c r="H393" s="19">
+      <c r="H395" s="19">
         <v>0.1648212290371189</v>
       </c>
-      <c r="I393" s="16">
+      <c r="I395" s="16">
         <v>0.17343532157498606</v>
       </c>
-      <c r="J393" s="16" t="s">
+      <c r="J395" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="K393" s="115" t="s">
+      <c r="K395" s="115" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="394" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A394" s="97" t="s">
+    <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="97" t="s">
         <v>101</v>
       </c>
-      <c r="B394" s="99"/>
-[...2 lines deleted...]
-      <c r="E394" s="99">
+      <c r="B396" s="99"/>
+      <c r="C396" s="99"/>
+      <c r="D396" s="99"/>
+      <c r="E396" s="99">
         <v>4.66</v>
       </c>
-      <c r="F394" s="99">
+      <c r="F396" s="99">
         <v>5.01</v>
       </c>
-      <c r="G394" s="99">
+      <c r="G396" s="99">
         <v>10.27</v>
       </c>
-      <c r="H394" s="99">
+      <c r="H396" s="99">
         <v>10.18</v>
       </c>
-      <c r="I394" s="99">
+      <c r="I396" s="99">
         <v>10.050000000000001</v>
       </c>
-      <c r="J394" s="99">
+      <c r="J396" s="99">
         <v>-1.2770137524557861</v>
       </c>
-      <c r="K394" s="99">
+      <c r="K396" s="99">
         <v>21.183931029429324</v>
       </c>
     </row>
-    <row r="395" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A395" s="15" t="s">
+    <row r="397" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="B395" s="49"/>
-[...2 lines deleted...]
-      <c r="E395" s="49">
+      <c r="B397" s="49"/>
+      <c r="C397" s="49"/>
+      <c r="D397" s="49"/>
+      <c r="E397" s="49">
         <v>44</v>
       </c>
-      <c r="F395" s="49">
+      <c r="F397" s="49">
         <v>44</v>
       </c>
-      <c r="G395" s="89">
+      <c r="G397" s="89">
         <v>42</v>
       </c>
-      <c r="H395" s="89">
+      <c r="H397" s="89">
         <v>45</v>
       </c>
-      <c r="I395" s="49">
+      <c r="I397" s="49">
         <v>47</v>
       </c>
-      <c r="J395" s="49" t="s">
+      <c r="J397" s="49" t="s">
         <v>25</v>
       </c>
-      <c r="K395" s="16" t="s">
+      <c r="K397" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="396" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A396" s="1" t="s">
+    <row r="398" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B396" s="17"/>
-[...2 lines deleted...]
-      <c r="E396" s="17">
+      <c r="B398" s="17"/>
+      <c r="C398" s="17"/>
+      <c r="D398" s="17"/>
+      <c r="E398" s="17">
         <v>0.16987336050335008</v>
       </c>
-      <c r="F396" s="17">
+      <c r="F398" s="17">
         <v>0.1401700506122997</v>
       </c>
-      <c r="G396" s="18">
+      <c r="G398" s="18">
         <v>0.18560453402779908</v>
       </c>
-      <c r="H396" s="18">
+      <c r="H398" s="18">
         <v>0.15950087819491382</v>
       </c>
-      <c r="I396" s="17">
+      <c r="I398" s="17">
         <v>0.14679461899127996</v>
       </c>
-      <c r="J396" s="17" t="s">
+      <c r="J398" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="K396" s="116" t="s">
+      <c r="K398" s="116" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="397" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="A399" s="4" t="s">
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="54" t="s">
+        <v>188</v>
+      </c>
+      <c r="C399" s="54"/>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="4" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A400" s="4" t="s">
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="4" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="401" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A401" s="129" t="s">
+    <row r="403" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="122" t="s">
         <v>96</v>
       </c>
-      <c r="B401" s="129"/>
-[...55 lines deleted...]
-      </c>
+      <c r="B403" s="122"/>
+      <c r="C403" s="122"/>
+      <c r="D403" s="122"/>
+      <c r="E403" s="122"/>
+      <c r="F403" s="122"/>
+      <c r="G403" s="122"/>
+      <c r="H403" s="122"/>
+      <c r="I403" s="122"/>
+      <c r="J403" s="122"/>
+      <c r="K403" s="122"/>
+    </row>
+    <row r="404" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="121"/>
+      <c r="B404" s="121"/>
+      <c r="C404" s="121"/>
+      <c r="D404" s="121"/>
+      <c r="E404" s="121"/>
+      <c r="F404" s="121"/>
+      <c r="G404" s="121"/>
+      <c r="H404" s="121"/>
+      <c r="I404" s="7"/>
+      <c r="J404" s="7"/>
+      <c r="K404" s="7"/>
+    </row>
+    <row r="405" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="120"/>
+      <c r="B405" s="120"/>
+      <c r="C405" s="120"/>
+      <c r="D405" s="120"/>
+      <c r="E405" s="120"/>
+      <c r="F405" s="120"/>
+      <c r="G405" s="120"/>
+      <c r="H405" s="120"/>
+      <c r="I405" s="120"/>
+      <c r="J405" s="120"/>
+      <c r="K405" s="120"/>
+    </row>
+    <row r="406" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I406" s="84"/>
       <c r="J406" s="84"/>
       <c r="K406" s="84"/>
     </row>
-    <row r="407" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>48</v>
+    <row r="407" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="118" t="s">
+        <v>45</v>
+      </c>
+      <c r="B407" s="118">
+        <v>45982</v>
       </c>
       <c r="I407" s="84"/>
       <c r="J407" s="84"/>
       <c r="K407" s="84"/>
     </row>
-    <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A408" s="90"/>
+    <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="91" t="s">
+        <v>13</v>
+      </c>
+      <c r="I408" s="84"/>
+      <c r="J408" s="84"/>
+      <c r="K408" s="84"/>
+    </row>
+    <row r="409" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="117" t="s">
+        <v>48</v>
+      </c>
+      <c r="I409" s="84"/>
+      <c r="J409" s="84"/>
+      <c r="K409" s="84"/>
+    </row>
+    <row r="410" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="45">
-    <mergeCell ref="A401:K401"/>
+    <mergeCell ref="A281:K281"/>
+    <mergeCell ref="A282:K282"/>
+    <mergeCell ref="F64:K64"/>
+    <mergeCell ref="F77:K77"/>
+    <mergeCell ref="A263:K263"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="C250:C253"/>
+    <mergeCell ref="C254:C255"/>
+    <mergeCell ref="A261:K261"/>
+    <mergeCell ref="A262:K262"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A46:C48"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="G49:K49"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A403:K403"/>
     <mergeCell ref="A264:K264"/>
     <mergeCell ref="C270:C273"/>
     <mergeCell ref="A372:K372"/>
     <mergeCell ref="A353:K353"/>
     <mergeCell ref="A357:E358"/>
     <mergeCell ref="A359:E360"/>
     <mergeCell ref="A333:E334"/>
     <mergeCell ref="A335:E336"/>
     <mergeCell ref="A352:K352"/>
     <mergeCell ref="D305:D309"/>
     <mergeCell ref="A329:K329"/>
     <mergeCell ref="A283:K283"/>
     <mergeCell ref="A284:K284"/>
     <mergeCell ref="D290:D294"/>
-    <mergeCell ref="A21:C22"/>
-[...16 lines deleted...]
-    <mergeCell ref="G49:K49"/>
     <mergeCell ref="C274:C275"/>
-    <mergeCell ref="A281:K281"/>
-[...9 lines deleted...]
-    <mergeCell ref="J68:K68"/>
   </mergeCells>
-  <conditionalFormatting sqref="B392:F392 I392:J392 B395:F395 I395:J395">
+  <conditionalFormatting sqref="B394:F394 I394:J394 B397:F397 I397:J397">
     <cfRule type="cellIs" dxfId="39" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B376:H376 B377:F377 B378:H379 B380:F381 G381:H381 B382:H382">
     <cfRule type="cellIs" dxfId="38" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:K10">
     <cfRule type="cellIs" dxfId="37" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B366:K368">
     <cfRule type="cellIs" dxfId="36" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B376:K382">
     <cfRule type="cellIs" dxfId="35" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B378:K378 B381:K381">
     <cfRule type="cellIs" dxfId="34" priority="38" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B393:K393 B396:K396">
+  <conditionalFormatting sqref="B395:K395 B398:K398">
     <cfRule type="cellIs" dxfId="33" priority="12" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D250:K255 D270:K275">
     <cfRule type="cellIs" dxfId="32" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
     <cfRule type="cellIs" dxfId="31" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E22:K22 E24:K24">
     <cfRule type="cellIs" dxfId="30" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E320:K322">
     <cfRule type="cellIs" dxfId="29" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E344:K346">
     <cfRule type="cellIs" dxfId="28" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F37:K40">
     <cfRule type="cellIs" dxfId="27" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G376:H376 G379:H379 I377:J377 I380:J380">
     <cfRule type="cellIs" dxfId="26" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G391:H391">
+  <conditionalFormatting sqref="G393:H393">
     <cfRule type="cellIs" dxfId="25" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G394:H394">
+  <conditionalFormatting sqref="G396:H396">
     <cfRule type="cellIs" dxfId="24" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
     <cfRule type="cellIs" dxfId="23" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
     <cfRule type="cellIs" dxfId="22" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G334:K334 G336:K336">
     <cfRule type="cellIs" dxfId="21" priority="43" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G358:K358 G360:K360">
     <cfRule type="cellIs" dxfId="20" priority="41" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I377:J378">
@@ -11136,62 +11126,62 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K376">
     <cfRule type="cellIs" dxfId="6" priority="34" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="5" priority="32" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K378:K379">
     <cfRule type="cellIs" dxfId="4" priority="30" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K379">
     <cfRule type="cellIs" dxfId="3" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K381:K382">
     <cfRule type="cellIs" dxfId="2" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K391:K392">
+  <conditionalFormatting sqref="K393:K394">
     <cfRule type="cellIs" dxfId="1" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K394:K395">
+  <conditionalFormatting sqref="K396:K397">
     <cfRule type="cellIs" dxfId="0" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A407" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{61DB4B54-C234-49DA-85F2-81C9B4C71A7A}"/>
+    <hyperlink ref="A409" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{61DB4B54-C234-49DA-85F2-81C9B4C71A7A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
     <brk id="153" max="16383" man="1"/>
     <brk id="197" max="16383" man="1"/>
     <brk id="285" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>