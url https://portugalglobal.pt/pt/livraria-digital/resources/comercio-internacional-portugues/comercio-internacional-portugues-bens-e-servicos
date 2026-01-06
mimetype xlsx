--- v0 (2025-11-25)
+++ v1 (2026-01-06)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Bens+Serviços Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{DE6C8CDA-4A39-44D6-9C80-1F673801BDD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{039BDA5A-E732-4495-95CE-C5E05A6599C8}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{A91DDEAC-7900-4207-ADC7-105DFCA0B7C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A3A61EDF-A385-4962-82F9-65DE285A2D28}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="956" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="40" r:id="rId1"/>
     <sheet name="Índice" sheetId="41" r:id="rId2"/>
     <sheet name="1 Balança Comercial" sheetId="27" r:id="rId3"/>
     <sheet name="2 Exportações por Componentes" sheetId="25" r:id="rId4"/>
     <sheet name="3 Importações por Componentes" sheetId="36" r:id="rId5"/>
     <sheet name="4 Saldos por Componentes" sheetId="39" r:id="rId6"/>
     <sheet name="5Países Mensal" sheetId="32" r:id="rId7"/>
     <sheet name="5Países Anual" sheetId="51" r:id="rId8"/>
     <sheet name=" " sheetId="42" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1 Balança Comercial'!$A$1:$H$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Exportações por Componentes'!$A$1:$I$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Importações por Componentes'!$A$1:$I$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'4 Saldos por Componentes'!$A$1:$G$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'5Países Anual'!$A$1:$O$76</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'5Países Mensal'!$A$1:$S$30</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="7">'5Países Anual'!$2:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="6">'5Países Mensal'!$2:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -318,60 +318,60 @@
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>% Total 2025</t>
   </si>
   <si>
     <t>Tx. Cob. % 2025</t>
   </si>
   <si>
     <t>Var. %</t>
   </si>
   <si>
     <t>Bens % Total 25</t>
   </si>
   <si>
     <t>Serv  % Total 25</t>
   </si>
   <si>
     <t>Bens % Total 24</t>
   </si>
   <si>
     <t>Serv  % Total 24</t>
   </si>
   <si>
-    <t>2025 (janeiro a setembro)</t>
-[...8 lines deleted...]
-    <t>2025 jan/set</t>
+    <t xml:space="preserve">  Dezembro de 2025</t>
+  </si>
+  <si>
+    <t>2025 (janeiro a outubro)</t>
+  </si>
+  <si>
+    <t>2024 jan/out</t>
+  </si>
+  <si>
+    <t>2025 jan/out</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Combustíveis Minerais</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Plásticos, Borracha</t>
   </si>
   <si>
     <t>Peles, Couros</t>
   </si>
   <si>
     <t>Madeira, Cortiça</t>
   </si>
   <si>
     <t>Pastas Celulósicas, Papel</t>
   </si>
@@ -2649,51 +2649,51 @@
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="4"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="6"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="6"/>
@@ -2912,51 +2912,51 @@
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A42" s="9" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
@@ -3093,667 +3093,667 @@
     <row r="5" spans="2:8" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="16"/>
       <c r="C5" s="17"/>
       <c r="D5" s="18"/>
       <c r="E5" s="17"/>
       <c r="F5" s="18"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
     </row>
     <row r="7" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="23">
-        <v>100699.16999999998</v>
+        <v>112487.05999999998</v>
       </c>
       <c r="D7" s="24">
         <v>100</v>
       </c>
       <c r="E7" s="23">
-        <v>102469.59999999999</v>
+        <v>114484.53</v>
       </c>
       <c r="F7" s="24">
         <v>100</v>
       </c>
       <c r="G7" s="25">
-        <v>1770.4300000000076</v>
+        <v>1997.4700000000157</v>
       </c>
       <c r="H7" s="26">
-        <v>1.758137629138361</v>
+        <v>1.7757331376604704</v>
       </c>
     </row>
     <row r="8" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="23">
-        <v>93768.099999999991</v>
+        <v>105387.35999999999</v>
       </c>
       <c r="D8" s="24">
         <v>100</v>
       </c>
       <c r="E8" s="23">
-        <v>97668.849999999991</v>
+        <v>109114.79</v>
       </c>
       <c r="F8" s="24">
         <v>100</v>
       </c>
       <c r="G8" s="25">
-        <v>3900.75</v>
+        <v>3727.4300000000076</v>
       </c>
       <c r="H8" s="26">
-        <v>4.159996843276125</v>
+        <v>3.53688525834598</v>
       </c>
     </row>
     <row r="9" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="22" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="23">
-        <v>6931.0699999999924</v>
+        <v>7099.6999999999971</v>
       </c>
       <c r="D9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="23">
-        <v>4800.75</v>
+        <v>5369.7400000000052</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="25">
-        <v>-2130.3199999999924</v>
+        <v>-1729.9599999999919</v>
       </c>
       <c r="H9" s="26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="45" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="46">
-        <v>107.3917142397041</v>
+        <v>106.73676615487852</v>
       </c>
       <c r="D10" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="46">
-        <v>104.91533380397127</v>
+        <v>104.92118437839638</v>
       </c>
       <c r="F10" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="47">
-        <v>-2.4763804357328354</v>
+        <v>-1.8155817764821478</v>
       </c>
       <c r="H10" s="46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="49"/>
       <c r="C11" s="48"/>
       <c r="D11" s="48"/>
       <c r="E11" s="48"/>
       <c r="F11" s="48"/>
       <c r="G11" s="48"/>
       <c r="H11" s="48"/>
     </row>
     <row r="12" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="21"/>
       <c r="G12" s="21"/>
       <c r="H12" s="21"/>
     </row>
     <row r="13" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="23">
-        <v>64917.64</v>
+        <v>72526.39</v>
       </c>
       <c r="D13" s="24">
-        <v>64.466906728228253</v>
+        <v>64.475318316613496</v>
       </c>
       <c r="E13" s="23">
-        <v>67028.53</v>
+        <v>74701.69</v>
       </c>
       <c r="F13" s="24">
-        <v>65.413088369623779</v>
+        <v>65.250466591425067</v>
       </c>
       <c r="G13" s="25">
-        <v>2110.8899999999994</v>
+        <v>2175.3000000000029</v>
       </c>
       <c r="H13" s="26">
-        <v>3.2516431589318397</v>
+        <v>2.9993220398809357</v>
       </c>
     </row>
     <row r="14" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="23">
-        <v>68175.53</v>
+        <v>76651.22</v>
       </c>
       <c r="D14" s="24">
-        <v>72.706528126303084</v>
+        <v>72.732840067347752</v>
       </c>
       <c r="E14" s="23">
-        <v>72173.710000000006</v>
+        <v>80980.150000000009</v>
       </c>
       <c r="F14" s="24">
-        <v>73.896344638029433</v>
+        <v>74.215557762609464</v>
       </c>
       <c r="G14" s="25">
-        <v>3998.1800000000076</v>
+        <v>4328.9300000000076</v>
       </c>
       <c r="H14" s="26">
-        <v>5.864538200143083</v>
+        <v>5.6475682970212446</v>
       </c>
     </row>
     <row r="15" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="23">
-        <v>-3257.8899999999994</v>
+        <v>-4124.8300000000017</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="23">
-        <v>-5145.1800000000076</v>
+        <v>-6278.4600000000064</v>
       </c>
       <c r="F15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="25">
-        <v>-1887.2900000000081</v>
+        <v>-2153.6300000000047</v>
       </c>
       <c r="H15" s="26">
-        <v>57.929825746112009</v>
+        <v>52.211363862268357</v>
       </c>
     </row>
     <row r="16" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="26">
-        <v>95.221320611662279</v>
+        <v>94.618702742108994</v>
       </c>
       <c r="D16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="26">
-        <v>92.871116089224174</v>
+        <v>92.246914830362741</v>
       </c>
       <c r="F16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="24">
-        <v>-2.350204522438105</v>
+        <v>-2.371787911746253</v>
       </c>
       <c r="H16" s="26"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="46">
-        <v>2.0962337624034038</v>
+        <v>1.9338224325535782</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="49"/>
       <c r="C18" s="48"/>
       <c r="D18" s="48"/>
       <c r="E18" s="48"/>
       <c r="F18" s="48"/>
       <c r="G18" s="48"/>
       <c r="H18" s="48"/>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="23">
-        <v>35781.529999999984</v>
+        <v>39960.669999999984</v>
       </c>
       <c r="D20" s="24">
-        <v>35.53309327177174</v>
+        <v>35.524681683386504</v>
       </c>
       <c r="E20" s="23">
-        <v>35441.069999999992</v>
+        <v>39782.839999999997</v>
       </c>
       <c r="F20" s="24">
-        <v>34.586911630376228</v>
+        <v>34.749533408574941</v>
       </c>
       <c r="G20" s="25">
-        <v>-340.45999999999185</v>
+        <v>-177.82999999998719</v>
       </c>
       <c r="H20" s="26">
-        <v>-0.9514964843593664</v>
+        <v>-0.44501255859820987</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="23">
-        <v>25592.569999999992</v>
+        <v>28736.139999999985</v>
       </c>
       <c r="D21" s="24">
-        <v>27.293471873696912</v>
+        <v>27.267159932652252</v>
       </c>
       <c r="E21" s="23">
-        <v>25495.139999999985</v>
+        <v>28134.639999999985</v>
       </c>
       <c r="F21" s="24">
-        <v>26.103655361970564</v>
+        <v>25.784442237390536</v>
       </c>
       <c r="G21" s="25">
-        <v>-97.430000000007567</v>
+        <v>-601.5</v>
       </c>
       <c r="H21" s="26">
-        <v>-0.38069642869007525</v>
+        <v>-2.0931830092698611</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="23">
-        <v>10188.959999999992</v>
+        <v>11224.529999999999</v>
       </c>
       <c r="D22" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="23">
-        <v>9945.9300000000076</v>
+        <v>11648.200000000012</v>
       </c>
       <c r="F22" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="25">
-        <v>-243.02999999998428</v>
+        <v>423.67000000001281</v>
       </c>
       <c r="H22" s="26">
-        <v>-2.3852287181418368</v>
+        <v>3.7745010258782581</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="26">
-        <v>139.81217986313993</v>
+        <v>139.06067411976696</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="26">
-        <v>139.01108211212025</v>
+        <v>141.40163158298816</v>
       </c>
       <c r="F23" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="24">
-        <v>-0.80109775101968239</v>
+        <v>2.3409574632212014</v>
       </c>
       <c r="H23" s="26"/>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="46">
-        <v>-0.33809613326504268</v>
+        <v>-0.15808929489310788</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="49"/>
       <c r="C25" s="48"/>
       <c r="D25" s="48"/>
       <c r="E25" s="48"/>
       <c r="F25" s="48"/>
       <c r="G25" s="48"/>
       <c r="H25" s="48"/>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="21"/>
       <c r="D26" s="21"/>
       <c r="E26" s="21"/>
       <c r="F26" s="21"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="23">
-        <v>56362.67</v>
+        <v>63261.729999999996</v>
       </c>
       <c r="D27" s="24">
-        <v>55.971335215573284</v>
+        <v>56.23911763717534</v>
       </c>
       <c r="E27" s="23">
-        <v>56012.999999999993</v>
+        <v>62722.329999999994</v>
       </c>
       <c r="F27" s="24">
-        <v>54.663041526462472</v>
+        <v>54.786729700510627</v>
       </c>
       <c r="G27" s="25">
-        <v>-349.67000000000553</v>
+        <v>-539.40000000000146</v>
       </c>
       <c r="H27" s="26">
-        <v>-0.62039289480077076</v>
+        <v>-0.85264819662693625</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="23">
-        <v>74371.97</v>
+        <v>83884.11</v>
       </c>
       <c r="D28" s="24">
-        <v>79.314788291540523</v>
+        <v>79.595987602308298</v>
       </c>
       <c r="E28" s="23">
-        <v>77612.099999999991</v>
+        <v>86816.73</v>
       </c>
       <c r="F28" s="24">
-        <v>79.464537567504891</v>
+        <v>79.564585149272617</v>
       </c>
       <c r="G28" s="25">
-        <v>3240.1299999999901</v>
+        <v>2932.6199999999953</v>
       </c>
       <c r="H28" s="26">
-        <v>4.3566547988442288</v>
+        <v>3.4960375689746193</v>
       </c>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="23">
-        <v>-18009.300000000003</v>
+        <v>-20622.380000000005</v>
       </c>
       <c r="D29" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="23">
-        <v>-21599.1</v>
+        <v>-24094.400000000001</v>
       </c>
       <c r="F29" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G29" s="25">
-        <v>-3589.7999999999956</v>
+        <v>-3472.0199999999968</v>
       </c>
       <c r="H29" s="26">
-        <v>-19.933034598790599</v>
+        <v>-16.836175068057109</v>
       </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="26">
-        <v>75.784828612177407</v>
+        <v>75.415629968536351</v>
       </c>
       <c r="D30" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="26">
-        <v>72.170447649271182</v>
+        <v>72.246823855263841</v>
       </c>
       <c r="F30" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="24">
-        <v>-3.6143809629062247</v>
+        <v>-3.1688061132725096</v>
       </c>
       <c r="H30" s="26"/>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="46">
-        <v>-0.34724218680253827</v>
+        <v>-0.47952182233227675</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="49"/>
       <c r="C32" s="48"/>
       <c r="D32" s="48"/>
       <c r="E32" s="48"/>
       <c r="F32" s="48"/>
       <c r="G32" s="48"/>
       <c r="H32" s="48"/>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="23">
-        <v>44336.52</v>
+        <v>49225.35</v>
       </c>
       <c r="D34" s="24">
-        <v>44.028684645563615</v>
+        <v>43.760900142647522</v>
       </c>
       <c r="E34" s="23">
-        <v>46456.59</v>
+        <v>51762.189999999995</v>
       </c>
       <c r="F34" s="24">
-        <v>45.336948714545585</v>
+        <v>45.213261564684757</v>
       </c>
       <c r="G34" s="25">
-        <v>2120.0699999999997</v>
+        <v>2536.8399999999965</v>
       </c>
       <c r="H34" s="26">
-        <v>4.7817690698322739</v>
+        <v>5.1535235402084423</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="23">
-        <v>19396.129999999997</v>
+        <v>21503.249999999996</v>
       </c>
       <c r="D35" s="24">
-        <v>20.685211708459487</v>
+        <v>20.404012397691716</v>
       </c>
       <c r="E35" s="23">
-        <v>20056.75</v>
+        <v>22298.06</v>
       </c>
       <c r="F35" s="24">
-        <v>20.535462432495109</v>
+        <v>20.435414850727387</v>
       </c>
       <c r="G35" s="25">
-        <v>660.62000000000262</v>
+        <v>794.81000000000495</v>
       </c>
       <c r="H35" s="26">
-        <v>3.4059371637538147</v>
+        <v>3.6962319649355568</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="23">
-        <v>24940.39</v>
+        <v>27722.100000000002</v>
       </c>
       <c r="D36" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="23">
-        <v>26399.839999999997</v>
+        <v>29464.129999999994</v>
       </c>
       <c r="F36" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G36" s="25">
-        <v>1459.4499999999971</v>
+        <v>1742.0299999999916</v>
       </c>
       <c r="H36" s="26">
-        <v>5.8517529196616298</v>
+        <v>6.2839034560873506</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="26">
-        <v>228.58436193199364</v>
+        <v>228.9205120156256</v>
       </c>
       <c r="D37" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="26">
-        <v>231.62571204208061</v>
+        <v>232.13763887979488</v>
       </c>
       <c r="F37" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G37" s="24">
-        <v>3.0413501100869667</v>
+        <v>3.2171268641692734</v>
       </c>
       <c r="H37" s="26"/>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B38" s="50" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="51" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="51" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="G38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="H38" s="51">
-        <v>2.1053500242355523</v>
+        <v>2.25522829025845</v>
       </c>
     </row>
     <row r="39" spans="2:8" s="31" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="28"/>
       <c r="C39" s="29"/>
       <c r="D39" s="29"/>
       <c r="E39" s="29"/>
       <c r="F39" s="29"/>
       <c r="G39" s="29"/>
       <c r="H39" s="30"/>
     </row>
     <row r="40" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B40" s="53" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="32"/>
       <c r="D40" s="32"/>
       <c r="E40" s="32"/>
       <c r="F40" s="32"/>
       <c r="G40" s="32"/>
       <c r="H40" s="33"/>
     </row>
     <row r="41" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B41" s="53" t="s">
         <v>76</v>
@@ -3863,1067 +3863,1071 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="G25:H25">
     <cfRule type="cellIs" dxfId="16" priority="6" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G32:H32">
     <cfRule type="cellIs" dxfId="15" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B47" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{E211DFD0-9431-4190-A6C3-D1C91BB6375F}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:O52"/>
+  <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A44" sqref="A44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="16" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="53" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="53" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="64" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="67" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="64" customWidth="1"/>
-    <col min="10" max="15" width="9.140625" style="80"/>
-    <col min="16" max="16384" width="9.140625" style="53"/>
+    <col min="10" max="16" width="9.140625" style="80"/>
+    <col min="17" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53"/>
       <c r="C1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
-    </row>
-    <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P1" s="53"/>
+    </row>
+    <row r="2" spans="1:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
         <v>68</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="53"/>
       <c r="K2" s="53"/>
       <c r="L2" s="53"/>
       <c r="M2" s="53"/>
       <c r="N2" s="53"/>
       <c r="O2" s="53"/>
-    </row>
-    <row r="3" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P2" s="53"/>
+    </row>
+    <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
-    </row>
-    <row r="4" spans="1:15" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P3" s="53"/>
+    </row>
+    <row r="4" spans="1:16" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>53</v>
       </c>
       <c r="B4" s="73" t="s">
         <v>87</v>
       </c>
       <c r="C4" s="74" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="73" t="s">
         <v>88</v>
       </c>
       <c r="E4" s="74" t="s">
         <v>78</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="74" t="s">
         <v>80</v>
       </c>
       <c r="H4" s="74" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="75" t="s">
         <v>4</v>
       </c>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
-    </row>
-    <row r="5" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P4" s="76"/>
+    </row>
+    <row r="5" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>100699.16999999998</v>
+        <v>112487.05999999998</v>
       </c>
       <c r="C5" s="78">
         <v>100</v>
       </c>
       <c r="D5" s="77">
-        <v>102469.59999999999</v>
+        <v>114484.53</v>
       </c>
       <c r="E5" s="78">
         <v>100</v>
       </c>
       <c r="F5" s="77">
-        <v>1770.4300000000076</v>
+        <v>1997.4700000000157</v>
       </c>
       <c r="G5" s="79">
-        <v>1.758137629138361</v>
+        <v>1.7757331376604704</v>
       </c>
       <c r="H5" s="78">
-        <v>1.758137629138361</v>
+        <v>1.7757331376604704</v>
       </c>
       <c r="I5" s="78">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="70">
-        <v>22336.359999999997</v>
+        <v>24671.629999999997</v>
       </c>
       <c r="C6" s="81">
-        <v>22.181275178335632</v>
+        <v>21.932860544137256</v>
       </c>
       <c r="D6" s="70">
-        <v>23501.97</v>
+        <v>25985.21</v>
       </c>
       <c r="E6" s="81">
-        <v>22.935553569058534</v>
+        <v>22.697573200501413</v>
       </c>
       <c r="F6" s="70">
-        <v>1165.6100000000042</v>
+        <v>1313.5800000000017</v>
       </c>
       <c r="G6" s="82">
-        <v>5.2184420380044214</v>
+        <v>5.3242529982818398</v>
       </c>
       <c r="H6" s="81">
-        <v>1.1575169884717067</v>
+        <v>1.1677609851302024</v>
       </c>
       <c r="I6" s="81">
-        <v>65.837677852273131</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>65.762189169298736</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B7" s="70">
-        <v>8688.2943999999989</v>
+        <v>9794.6569539999982</v>
       </c>
       <c r="C7" s="81">
-        <v>8.6279702206085709</v>
+        <v>8.7073632771627238</v>
       </c>
       <c r="D7" s="70">
-        <v>9235.1660530000008</v>
+        <v>10411.490634000002</v>
       </c>
       <c r="E7" s="81">
-        <v>9.0125911031174137</v>
+        <v>9.0942336348849953</v>
       </c>
       <c r="F7" s="70">
-        <v>546.87165300000197</v>
+        <v>616.83368000000337</v>
       </c>
       <c r="G7" s="82">
-        <v>6.294349935932213</v>
+        <v>6.2976547611307332</v>
       </c>
       <c r="H7" s="81">
-        <v>0.54307463805312595</v>
+        <v>0.5483596779931873</v>
       </c>
       <c r="I7" s="81">
-        <v>30.889199403534711</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>30.880748146405129</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="70">
-        <v>7829.95</v>
+        <v>8709.93</v>
       </c>
       <c r="C8" s="81">
-        <v>7.7755854392841579</v>
+        <v>7.7430506228894247</v>
       </c>
       <c r="D8" s="70">
-        <v>8071.78</v>
+        <v>9035.1299999999992</v>
       </c>
       <c r="E8" s="81">
-        <v>7.8772435922458959</v>
+        <v>7.8920095142985689</v>
       </c>
       <c r="F8" s="70">
-        <v>241.82999999999993</v>
+        <v>325.19999999999891</v>
       </c>
       <c r="G8" s="82">
-        <v>3.0885254695112985</v>
+        <v>3.7336695013622259</v>
       </c>
       <c r="H8" s="81">
-        <v>0.24015093669590318</v>
+        <v>0.28909991958186027</v>
       </c>
       <c r="I8" s="81">
-        <v>13.659393480679771</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>16.280594952614873</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B9" s="70">
-        <v>7433.5811890000004</v>
+        <v>8397.2105770000016</v>
       </c>
       <c r="C9" s="81">
-        <v>7.3819686785899048</v>
+        <v>7.4650458257154231</v>
       </c>
       <c r="D9" s="70">
-        <v>7871.0506319999995</v>
+        <v>8741.5281549999982</v>
       </c>
       <c r="E9" s="81">
-        <v>7.6813519638995365</v>
+        <v>7.6355540394846351</v>
       </c>
       <c r="F9" s="70">
-        <v>437.46944299999905</v>
+        <v>344.3175779999965</v>
       </c>
       <c r="G9" s="82">
-        <v>5.8850429137352229</v>
+        <v>4.1003804161239437</v>
       </c>
       <c r="H9" s="81">
-        <v>0.43443202461350883</v>
+        <v>0.30609527709231316</v>
       </c>
       <c r="I9" s="81">
-        <v>24.709784798043255</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>17.237684570981983</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="70">
-        <v>7177.59</v>
+        <v>8079.56</v>
       </c>
       <c r="C10" s="81">
-        <v>7.127754876231851</v>
+        <v>7.1826572763124945</v>
       </c>
       <c r="D10" s="70">
-        <v>7704.4999999999991</v>
+        <v>8675.82</v>
       </c>
       <c r="E10" s="81">
-        <v>7.5188153364510057</v>
+        <v>7.5781592499877499</v>
       </c>
       <c r="F10" s="70">
-        <v>526.90999999999894</v>
+        <v>596.25999999999931</v>
       </c>
       <c r="G10" s="82">
-        <v>7.3410434421581474</v>
+        <v>7.3798573189629053</v>
       </c>
       <c r="H10" s="81">
-        <v>0.52325158191472587</v>
+        <v>0.53006985870196921</v>
       </c>
       <c r="I10" s="81">
-        <v>29.761696311065489</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>29.850761212934092</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="70">
-        <v>4607.9498240000003</v>
+        <v>5131.3923540000014</v>
       </c>
       <c r="C11" s="81">
-        <v>4.5759561116541487</v>
+        <v>4.5617623520429831</v>
       </c>
       <c r="D11" s="70">
-        <v>5948.5333389999996</v>
+        <v>6343.1768640000009</v>
       </c>
       <c r="E11" s="81">
-        <v>5.8051688881385308</v>
+        <v>5.5406410490570224</v>
       </c>
       <c r="F11" s="70">
-        <v>1340.5835149999994</v>
+        <v>1211.7845099999995</v>
       </c>
       <c r="G11" s="82">
-        <v>29.092840985761555</v>
+        <v>23.615120934094904</v>
       </c>
       <c r="H11" s="81">
-        <v>1.3312756351417787</v>
+        <v>1.0772656961609626</v>
       </c>
       <c r="I11" s="81">
-        <v>75.720786193184352</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>60.665967949455556</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B12" s="70">
-        <v>4781.1221529999993</v>
+        <v>5385.289847</v>
       </c>
       <c r="C12" s="81">
-        <v>4.7479260782387778</v>
+        <v>4.7874749744548399</v>
       </c>
       <c r="D12" s="70">
-        <v>4718.555789</v>
+        <v>5307.0816460000005</v>
       </c>
       <c r="E12" s="81">
-        <v>4.6048347890496304</v>
+        <v>4.635632120776493</v>
       </c>
       <c r="F12" s="70">
-        <v>-62.566363999999339</v>
+        <v>-78.208200999999463</v>
       </c>
       <c r="G12" s="82">
-        <v>-1.3086125390195473</v>
+        <v>-1.4522561128918092</v>
       </c>
       <c r="H12" s="81">
-        <v>-6.213195600321169E-2</v>
+        <v>-6.9526397969686002E-2</v>
       </c>
       <c r="I12" s="81">
-        <v>-3.5339642911608524</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-3.9153629841749242</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B13" s="70">
-        <v>4862.4141739999986</v>
+        <v>5465.7334080000001</v>
       </c>
       <c r="C13" s="81">
-        <v>4.8286536760928609</v>
+        <v>4.858988587665106</v>
       </c>
       <c r="D13" s="70">
-        <v>4667.0933960000002</v>
+        <v>5251.7440720000004</v>
       </c>
       <c r="E13" s="81">
-        <v>4.5546126812244809</v>
+        <v>4.5872958311485403</v>
       </c>
       <c r="F13" s="70">
-        <v>-195.32077799999843</v>
+        <v>-213.98933599999964</v>
       </c>
       <c r="G13" s="82">
-        <v>-4.0169506547674541</v>
+        <v>-3.9151074526758118</v>
       </c>
       <c r="H13" s="81">
-        <v>-0.19396463545826489</v>
+        <v>-0.19023462432034374</v>
       </c>
       <c r="I13" s="81">
-        <v>-11.032392017758262</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-10.713018768742357</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B14" s="70">
-        <v>4108.6331499999997</v>
+        <v>4616.2628589999995</v>
       </c>
       <c r="C14" s="81">
-        <v>4.0801062709851541</v>
+        <v>4.1038167936827579</v>
       </c>
       <c r="D14" s="70">
-        <v>4066.0614489999998</v>
+        <v>4558.6310290000001</v>
       </c>
       <c r="E14" s="81">
-        <v>3.9680660888692842</v>
+        <v>3.981875131076662</v>
       </c>
       <c r="F14" s="70">
-        <v>-42.571700999999848</v>
+        <v>-57.631829999999354</v>
       </c>
       <c r="G14" s="82">
-        <v>-1.0361524002209799</v>
+        <v>-1.2484520869005253</v>
       </c>
       <c r="H14" s="81">
-        <v>-4.2276119058379386E-2</v>
+        <v>-5.1234186403306618E-2</v>
       </c>
       <c r="I14" s="81">
-        <v>-2.4045966799026037</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-2.8852413302827529</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B15" s="70">
-        <v>3607.54</v>
+        <v>4019.67</v>
       </c>
       <c r="C15" s="81">
-        <v>3.582492288665339</v>
+        <v>3.5734510262780455</v>
       </c>
       <c r="D15" s="70">
-        <v>3838.4999999999995</v>
+        <v>4323.6799999999994</v>
       </c>
       <c r="E15" s="81">
-        <v>3.7459890543146455</v>
+        <v>3.7766499980390362</v>
       </c>
       <c r="F15" s="70">
-        <v>230.95999999999958</v>
+        <v>304.00999999999931</v>
       </c>
       <c r="G15" s="82">
-        <v>6.4021466151449351</v>
+        <v>7.5630586590441338</v>
       </c>
       <c r="H15" s="81">
-        <v>0.22935640879661628</v>
+        <v>0.27026219726962314</v>
       </c>
       <c r="I15" s="81">
-        <v>13.045418344695841</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>15.21975298752907</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="70">
-        <v>4292.6050489999998</v>
+        <v>4723.7678820000001</v>
       </c>
       <c r="C16" s="81">
-        <v>4.2628008244755149</v>
+        <v>4.1993878069175254</v>
       </c>
       <c r="D16" s="70">
-        <v>3410.2418399999997</v>
+        <v>3636.6738719999998</v>
       </c>
       <c r="E16" s="81">
-        <v>3.3280522613536112</v>
+        <v>3.1765635688944172</v>
       </c>
       <c r="F16" s="70">
-        <v>-882.3632090000001</v>
+        <v>-1087.0940100000003</v>
       </c>
       <c r="G16" s="82">
-        <v>-20.555424944243459</v>
+        <v>-23.013281709763746</v>
       </c>
       <c r="H16" s="81">
-        <v>-0.87623682399765568</v>
+        <v>-0.96641694609139961</v>
       </c>
       <c r="I16" s="81">
-        <v>-49.838920996593842</v>
+        <v>-54.42354628605144</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B17" s="70">
-        <v>3035.47784</v>
+        <v>3436.5686199999991</v>
       </c>
       <c r="C17" s="81">
-        <v>3.0144020452204328</v>
+        <v>3.0550790642052514</v>
       </c>
       <c r="D17" s="70">
-        <v>3061.5026520000001</v>
+        <v>3471.8232739999999</v>
       </c>
       <c r="E17" s="81">
-        <v>2.9877179690366709</v>
+        <v>3.0325697926173953</v>
       </c>
       <c r="F17" s="70">
-        <v>26.024812000000111</v>
+        <v>35.254654000000755</v>
       </c>
       <c r="G17" s="82">
-        <v>0.85735470234894251</v>
+        <v>1.0258678902794836</v>
       </c>
       <c r="H17" s="81">
-        <v>2.5844117682400077E-2</v>
+        <v>3.13410751423326E-2</v>
       </c>
       <c r="I17" s="81">
-        <v>1.4699712499223352</v>
+        <v>1.7649653812072512</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="70">
-        <v>2409.7425579999999</v>
+        <v>2711.5709219999999</v>
       </c>
       <c r="C18" s="81">
-        <v>2.3930113406098585</v>
+        <v>2.4105625322592661</v>
       </c>
       <c r="D18" s="70">
-        <v>2471.765253</v>
+        <v>2764.5215359999997</v>
       </c>
       <c r="E18" s="81">
-        <v>2.4121937169658123</v>
+        <v>2.4147555447011047</v>
       </c>
       <c r="F18" s="70">
-        <v>62.022695000000112</v>
+        <v>52.95061399999986</v>
       </c>
       <c r="G18" s="82">
-        <v>2.5738307519238375</v>
+        <v>1.9527652244089029</v>
       </c>
       <c r="H18" s="81">
-        <v>6.1592061781641415E-2</v>
+        <v>4.7072626842589595E-2</v>
       </c>
       <c r="I18" s="81">
-        <v>3.5032559886581138</v>
+        <v>2.6508840683464303</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B19" s="70">
-        <v>2556.4578780000002</v>
+        <v>2824.3956880000001</v>
       </c>
       <c r="C19" s="81">
-        <v>2.5387079933230838</v>
+        <v>2.5108627499020781</v>
       </c>
       <c r="D19" s="70">
-        <v>2393.2040609999999</v>
+        <v>2672.6659969999996</v>
       </c>
       <c r="E19" s="81">
-        <v>2.3355259130512858</v>
+        <v>2.3345215261834933</v>
       </c>
       <c r="F19" s="70">
-        <v>-163.25381700000025</v>
+        <v>-151.72969100000046</v>
       </c>
       <c r="G19" s="82">
-        <v>-6.3859380749006904</v>
+        <v>-5.3721116925880414</v>
       </c>
       <c r="H19" s="81">
-        <v>-0.16212032035616605</v>
+        <v>-0.13488635137232716</v>
       </c>
       <c r="I19" s="81">
-        <v>-9.2211393277339155</v>
+        <v>-7.5960936084146073</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B20" s="70">
-        <v>2380.549622</v>
+        <v>2669.520587</v>
       </c>
       <c r="C20" s="81">
-        <v>2.3640210957051586</v>
+        <v>2.3731801568998252</v>
       </c>
       <c r="D20" s="70">
-        <v>2359.0033960000001</v>
+        <v>2664.1988300000003</v>
       </c>
       <c r="E20" s="81">
-        <v>2.3021495116600437</v>
+        <v>2.3271256212520597</v>
       </c>
       <c r="F20" s="70">
-        <v>-21.546225999999933</v>
+        <v>-5.3217569999997067</v>
       </c>
       <c r="G20" s="82">
-        <v>-0.9050945966796542</v>
+        <v>-0.1993525364035601</v>
       </c>
       <c r="H20" s="81">
-        <v>-2.1396627201594545E-2</v>
+        <v>-4.7309948362057892E-3</v>
       </c>
       <c r="I20" s="81">
-        <v>-1.2170052473127906</v>
+        <v>-0.26642487746998278</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="70">
-        <v>1777.5529430000001</v>
+        <v>1996.135182</v>
       </c>
       <c r="C21" s="81">
-        <v>1.7652111164372062</v>
+        <v>1.7745464962814392</v>
       </c>
       <c r="D21" s="70">
-        <v>1790.1382020000001</v>
+        <v>1993.7517550000002</v>
       </c>
       <c r="E21" s="81">
-        <v>1.7469944276156053</v>
+        <v>1.7415032013495626</v>
       </c>
       <c r="F21" s="70">
-        <v>12.585258999999951</v>
+        <v>-2.3834269999997559</v>
       </c>
       <c r="G21" s="82">
-        <v>0.70801036051053645</v>
+        <v>-0.11940208366107322</v>
       </c>
       <c r="H21" s="81">
-        <v>1.2497877589259129E-2</v>
+        <v>-2.1188454920946071E-3</v>
       </c>
       <c r="I21" s="81">
-        <v>0.71085888738893355</v>
+        <v>-0.11932229270025267</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="70">
-        <v>1883.299921</v>
+        <v>2107.284032</v>
       </c>
       <c r="C22" s="81">
-        <v>1.870223876721129</v>
+        <v>1.8733568394444664</v>
       </c>
       <c r="D22" s="70">
-        <v>1769.082484</v>
+        <v>1951.866972</v>
       </c>
       <c r="E22" s="81">
-        <v>1.7264461694004858</v>
+        <v>1.7049176618011186</v>
       </c>
       <c r="F22" s="70">
-        <v>-114.21743700000002</v>
+        <v>-155.41705999999999</v>
       </c>
       <c r="G22" s="82">
-        <v>-6.0647502676765637</v>
+        <v>-7.3752307538958268</v>
       </c>
       <c r="H22" s="81">
-        <v>-0.11342440756959568</v>
+        <v>-0.13816438975291914</v>
       </c>
       <c r="I22" s="81">
-        <v>-6.4513952542602375</v>
+        <v>-7.7806955799085227</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B23" s="70">
-        <v>1516.7931189999999</v>
+        <v>1704.7042079999999</v>
       </c>
       <c r="C23" s="81">
-        <v>1.5062617884536686</v>
+        <v>1.515466941708673</v>
       </c>
       <c r="D23" s="70">
-        <v>1518.5301710000001</v>
+        <v>1706.8333340000001</v>
       </c>
       <c r="E23" s="81">
-        <v>1.4819323692099904</v>
+        <v>1.4908855668097691</v>
       </c>
       <c r="F23" s="70">
-        <v>1.7370520000001761</v>
+        <v>2.1291260000002694</v>
       </c>
       <c r="G23" s="82">
-        <v>0.11452135286224069</v>
+        <v>0.12489709299762985</v>
       </c>
       <c r="H23" s="81">
-        <v>1.7249913777841229E-3</v>
+        <v>1.8927741555342184E-3</v>
       </c>
       <c r="I23" s="81">
-        <v>9.8114695300021398E-2</v>
+        <v>0.10659113778931611</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B24" s="70">
-        <v>1348.5034820000001</v>
+        <v>1512.799951</v>
       </c>
       <c r="C24" s="81">
-        <v>1.3391406125790315</v>
+        <v>1.3448657570035167</v>
       </c>
       <c r="D24" s="70">
-        <v>1371.8486659999999</v>
+        <v>1533.4296570000001</v>
       </c>
       <c r="E24" s="81">
-        <v>1.3387860067766439</v>
+        <v>1.3394208431479784</v>
       </c>
       <c r="F24" s="70">
-        <v>23.34518399999979</v>
+        <v>20.629706000000169</v>
       </c>
       <c r="G24" s="82">
-        <v>1.7311919703296537</v>
+        <v>1.3636770669091705</v>
       </c>
       <c r="H24" s="81">
-        <v>2.3183094756391531E-2</v>
+        <v>1.8339625908971372E-2</v>
       </c>
       <c r="I24" s="81">
-        <v>1.3186166072648842</v>
+        <v>1.0327917816037293</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="70">
-        <v>899.55000000000007</v>
+        <v>1006.5300000000001</v>
       </c>
       <c r="C25" s="81">
-        <v>0.89330428443451937</v>
+        <v>0.89479625478699532</v>
       </c>
       <c r="D25" s="70">
-        <v>816.81</v>
+        <v>919.02</v>
       </c>
       <c r="E25" s="81">
-        <v>0.79712422025654439</v>
+        <v>0.80274601293292647</v>
       </c>
       <c r="F25" s="70">
-        <v>-82.740000000000123</v>
+        <v>-87.510000000000105</v>
       </c>
       <c r="G25" s="82">
-        <v>-9.197932299483087</v>
+        <v>-8.6942266996512867</v>
       </c>
       <c r="H25" s="81">
-        <v>-8.2165523310668925E-2</v>
+        <v>-7.7795614891170692E-2</v>
       </c>
       <c r="I25" s="81">
-        <v>-4.6734409154837957</v>
+        <v>-4.3810420181529341</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B26" s="70">
-        <v>732.96</v>
+        <v>790.93000000000006</v>
       </c>
       <c r="C26" s="81">
-        <v>0.72787094471583047</v>
+        <v>0.70312976443690522</v>
       </c>
       <c r="D26" s="70">
-        <v>712.32</v>
+        <v>812.93000000000006</v>
       </c>
       <c r="E26" s="81">
-        <v>0.69515251352596286</v>
+        <v>0.71007847086414211</v>
       </c>
       <c r="F26" s="70">
-        <v>-20.639999999999986</v>
+        <v>22</v>
       </c>
       <c r="G26" s="82">
-        <v>-2.8159790438768808</v>
+        <v>2.7815356605515023</v>
       </c>
       <c r="H26" s="81">
-        <v>-2.0496693269666463E-2</v>
+        <v>1.9557805137764294E-2</v>
       </c>
       <c r="I26" s="81">
-        <v>-1.1658184734781889</v>
+        <v>1.1013932624770248</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B27" s="70">
-        <v>548.79</v>
+        <v>577.68000000000006</v>
       </c>
       <c r="C27" s="81">
-        <v>0.54497966567152445</v>
+        <v>0.51355240327198537</v>
       </c>
       <c r="D27" s="70">
-        <v>544.41000000000008</v>
+        <v>612.45000000000005</v>
       </c>
       <c r="E27" s="81">
-        <v>0.53128927994253916</v>
+        <v>0.53496310811600489</v>
       </c>
       <c r="F27" s="70">
-        <v>-4.3799999999998818</v>
+        <v>34.769999999999982</v>
       </c>
       <c r="G27" s="82">
-        <v>-0.79811949926199133</v>
+        <v>6.0189031990029038</v>
       </c>
       <c r="H27" s="81">
-        <v>-4.3495889787372455E-3</v>
+        <v>3.0910222029093822E-2</v>
       </c>
       <c r="I27" s="81">
-        <v>-0.24739752489507427</v>
+        <v>1.7407019880148242</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B28" s="70">
-        <v>500.5</v>
+        <v>616.93999999999994</v>
       </c>
       <c r="C28" s="81">
-        <v>0.49702495065252283</v>
+        <v>0.54845419553146824</v>
       </c>
       <c r="D28" s="70">
-        <v>543.42000000000007</v>
+        <v>599.78000000000009</v>
       </c>
       <c r="E28" s="81">
-        <v>0.53032313974095746</v>
+        <v>0.5238961106797575</v>
       </c>
       <c r="F28" s="70">
-        <v>42.920000000000073</v>
+        <v>-17.159999999999854</v>
       </c>
       <c r="G28" s="82">
-        <v>8.5754245754245897</v>
+        <v>-2.7814698349920342</v>
       </c>
       <c r="H28" s="81">
-        <v>4.2621999764248381E-2</v>
+        <v>-1.5255088007456018E-2</v>
       </c>
       <c r="I28" s="81">
-        <v>2.4242698101591076</v>
+        <v>-0.85908674473207203</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B29" s="70">
-        <v>349.693084</v>
+        <v>389.30000399999994</v>
       </c>
       <c r="C29" s="81">
-        <v>0.34726511052673031</v>
+        <v>0.34608425538012993</v>
       </c>
       <c r="D29" s="70">
-        <v>339.10707500000001</v>
+        <v>384.36957200000001</v>
       </c>
       <c r="E29" s="81">
-        <v>0.33093432100837716</v>
+        <v>0.33573931080469999</v>
       </c>
       <c r="F29" s="70">
-        <v>-10.58600899999999</v>
+        <v>-4.9304319999999393</v>
       </c>
       <c r="G29" s="82">
-        <v>-3.0272285853957555</v>
+        <v>-1.2664865012433806</v>
       </c>
       <c r="H29" s="81">
-        <v>-1.0512508692971342E-2</v>
+        <v>-4.3831103773180127E-3</v>
       </c>
       <c r="I29" s="81">
-        <v>-0.59793434363402931</v>
+        <v>-0.24683384481368431</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="70">
-        <v>217.23000000000002</v>
+        <v>220.05</v>
       </c>
       <c r="C30" s="81">
-        <v>0.2157217383221729</v>
+        <v>0.19562250093477423</v>
       </c>
       <c r="D30" s="70">
-        <v>218.85999999999999</v>
+        <v>238.79</v>
       </c>
       <c r="E30" s="81">
-        <v>0.21358529749311017</v>
+        <v>0.20857839919507029</v>
       </c>
       <c r="F30" s="70">
-        <v>1.629999999999967</v>
+        <v>18.739999999999981</v>
       </c>
       <c r="G30" s="82">
-        <v>0.7503567647194066</v>
+        <v>8.5162463076573403</v>
       </c>
       <c r="H30" s="81">
-        <v>1.6186826564707209E-3</v>
+        <v>1.6659694012804656E-2</v>
       </c>
       <c r="I30" s="81">
-        <v>9.2068028670998572E-2</v>
+        <v>0.93818680630997375</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="70">
-        <v>188.30999999999997</v>
+        <v>207.50999999999996</v>
       </c>
       <c r="C31" s="81">
-        <v>0.18700253438037273</v>
+        <v>0.18447455200624854</v>
       </c>
       <c r="D31" s="70">
-        <v>201.56</v>
+        <v>222.78</v>
       </c>
       <c r="E31" s="81">
-        <v>0.19670224144526768</v>
+        <v>0.19459397702030135</v>
       </c>
       <c r="F31" s="70">
-        <v>13.250000000000028</v>
+        <v>15.270000000000039</v>
       </c>
       <c r="G31" s="82">
-        <v>7.0362699803515643</v>
+        <v>7.358681509324871</v>
       </c>
       <c r="H31" s="81">
-        <v>1.3158003189102778E-2</v>
+        <v>1.3574894747893704E-2</v>
       </c>
       <c r="I31" s="81">
-        <v>0.74840575453420755</v>
+        <v>0.76446705081928235</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="70">
-        <v>158.09</v>
+        <v>174.51</v>
       </c>
       <c r="C32" s="81">
-        <v>0.1569923565407739</v>
+        <v>0.15513784429960212</v>
       </c>
       <c r="D32" s="70">
-        <v>158.33000000000001</v>
+        <v>177.74</v>
       </c>
       <c r="E32" s="81">
-        <v>0.15451411930953182</v>
+        <v>0.15525241707329368</v>
       </c>
       <c r="F32" s="70">
-        <v>0.24000000000000909</v>
+        <v>3.2300000000000182</v>
       </c>
       <c r="G32" s="82">
-        <v>0.15181225883990707</v>
+        <v>1.8508967967451828</v>
       </c>
       <c r="H32" s="81">
-        <v>2.3833364267054945E-4</v>
+        <v>2.8714413906808646E-3</v>
       </c>
       <c r="I32" s="81">
-        <v>1.3556028761374812E-2</v>
+        <v>0.16170455626367319</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="70">
-        <v>139.61000000000001</v>
+        <v>150.37</v>
       </c>
       <c r="C33" s="81">
-        <v>0.1386406660551423</v>
+        <v>0.13367759811661895</v>
       </c>
       <c r="D33" s="70">
-        <v>144.1</v>
+        <v>158.82</v>
       </c>
       <c r="E33" s="81">
-        <v>0.14062707378578623</v>
+        <v>0.13872616675807639</v>
       </c>
       <c r="F33" s="70">
-        <v>4.4899999999999807</v>
+        <v>8.4499999999999886</v>
       </c>
       <c r="G33" s="82">
-        <v>3.2161019984241674</v>
+        <v>5.619471969142773</v>
       </c>
       <c r="H33" s="81">
-        <v>4.4588252316280072E-3</v>
+        <v>7.5119751551867295E-3</v>
       </c>
       <c r="I33" s="81">
-        <v>0.25361070474404301</v>
+        <v>0.42303513945140214</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="70">
-        <v>3189.383828</v>
+        <v>3601.1691209999999</v>
       </c>
       <c r="C34" s="81">
-        <v>3.1672394400073016</v>
+        <v>3.2014074516659963</v>
       </c>
       <c r="D34" s="70">
-        <v>3327.7055700000001</v>
+        <v>3739.8077049999993</v>
       </c>
       <c r="E34" s="81">
-        <v>3.2475051820247183</v>
+        <v>3.2666489568503265</v>
       </c>
       <c r="F34" s="70">
-        <v>138.32174200000009</v>
+        <v>138.63858399999936</v>
       </c>
       <c r="G34" s="82">
-        <v>4.3369424772790346</v>
+        <v>3.8498215257799706</v>
       </c>
       <c r="H34" s="81">
-        <v>0.13736135263081126</v>
+        <v>0.12324847320216155</v>
       </c>
       <c r="I34" s="81">
-        <v>7.8128896369808185</v>
+        <v>6.9407091971342885</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70">
         <v>0</v>
       </c>
       <c r="C35" s="81"/>
       <c r="D35" s="70">
         <v>0</v>
       </c>
       <c r="E35" s="81"/>
       <c r="F35" s="70"/>
       <c r="G35" s="82"/>
       <c r="H35" s="81"/>
       <c r="I35" s="81"/>
     </row>
     <row r="36" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="62" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="83">
-        <v>-2859.3642140000302</v>
+        <v>-3206.0121960000106</v>
       </c>
       <c r="C36" s="84">
-        <v>-2.8395112035183914</v>
+        <v>-2.8501164453938177</v>
       </c>
       <c r="D36" s="83">
-        <v>-4305.5500280000415</v>
+        <v>-4411.2149039999786</v>
       </c>
       <c r="E36" s="84">
-        <v>-4.2017827999719346</v>
+        <v>-3.8531100263065921</v>
       </c>
       <c r="F36" s="83">
-        <v>-1446.1858140000113</v>
+        <v>-1205.202707999968</v>
       </c>
       <c r="G36" s="85">
-        <v>50.57718100125863</v>
+        <v>37.591956434340524</v>
       </c>
       <c r="H36" s="84">
-        <v>-1.4361447209545137</v>
+        <v>-1.0714145324804187</v>
       </c>
       <c r="I36" s="84">
-        <v>-81.685568703648556</v>
+        <v>-60.336461023192264</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="88"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="88"/>
       <c r="I37" s="88"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
       <c r="H38" s="63"/>
       <c r="I38" s="63"/>
@@ -5015,1059 +5019,1067 @@
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:I36">
     <cfRule type="cellIs" dxfId="13" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="12" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A47" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{DB7C052A-4B42-4036-ABFF-F16F20BAB68C}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet5"/>
-  <dimension ref="A1:N52"/>
+  <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A44" sqref="A44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="16" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="53" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="53" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="64" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="67" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="64" customWidth="1"/>
-    <col min="10" max="14" width="9.140625" style="80"/>
-    <col min="15" max="16384" width="9.140625" style="53"/>
+    <col min="10" max="16" width="9.140625" style="80"/>
+    <col min="17" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53"/>
       <c r="C1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
-    </row>
-    <row r="2" spans="1:14" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O1" s="53"/>
+      <c r="P1" s="53"/>
+    </row>
+    <row r="2" spans="1:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
         <v>69</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="53"/>
       <c r="K2" s="53"/>
       <c r="L2" s="53"/>
       <c r="M2" s="53"/>
       <c r="N2" s="53"/>
-    </row>
-    <row r="3" spans="1:14" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O2" s="53"/>
+      <c r="P2" s="53"/>
+    </row>
+    <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
-    </row>
-    <row r="4" spans="1:14" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O3" s="53"/>
+      <c r="P3" s="53"/>
+    </row>
+    <row r="4" spans="1:16" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>52</v>
       </c>
       <c r="B4" s="73" t="s">
         <v>87</v>
       </c>
       <c r="C4" s="74" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="73" t="s">
         <v>88</v>
       </c>
       <c r="E4" s="74" t="s">
         <v>78</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="74" t="s">
         <v>80</v>
       </c>
       <c r="H4" s="74" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="75" t="s">
         <v>4</v>
       </c>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
-    </row>
-    <row r="5" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O4" s="76"/>
+      <c r="P4" s="76"/>
+    </row>
+    <row r="5" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>93768.099999999991</v>
+        <v>105387.35999999999</v>
       </c>
       <c r="C5" s="78">
         <v>100</v>
       </c>
       <c r="D5" s="77">
-        <v>97668.849999999991</v>
+        <v>109114.79</v>
       </c>
       <c r="E5" s="78">
         <v>100</v>
       </c>
       <c r="F5" s="77">
-        <v>3900.75</v>
+        <v>3727.4300000000076</v>
       </c>
       <c r="G5" s="79">
-        <v>4.159996843276125</v>
+        <v>3.53688525834598</v>
       </c>
       <c r="H5" s="78">
-        <v>4.159996843276125</v>
+        <v>3.53688525834598</v>
       </c>
       <c r="I5" s="78">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B6" s="70">
-        <v>14519.337769</v>
+        <v>16386.100581999999</v>
       </c>
       <c r="C6" s="81">
-        <v>15.484304117285092</v>
+        <v>15.548449626217034</v>
       </c>
       <c r="D6" s="70">
-        <v>14647.190169999998</v>
+        <v>16583.943966999996</v>
       </c>
       <c r="E6" s="81">
-        <v>14.996787788532373</v>
+        <v>15.198621531508236</v>
       </c>
       <c r="F6" s="70">
-        <v>127.85240099999828</v>
+        <v>197.84338499999649</v>
       </c>
       <c r="G6" s="82">
-        <v>0.88056633872774726</v>
+        <v>1.2073853935531549</v>
       </c>
       <c r="H6" s="81">
-        <v>0.13634956984304714</v>
+        <v>0.18772970971091457</v>
       </c>
       <c r="I6" s="81">
-        <v>3.2776363776196442</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.3077692941248014</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B7" s="70">
-        <v>9413.7868539999981</v>
+        <v>10447.383153999999</v>
       </c>
       <c r="C7" s="81">
-        <v>10.039434364138762</v>
+        <v>9.9133170752166109</v>
       </c>
       <c r="D7" s="70">
-        <v>12003.666086000001</v>
+        <v>13110.290904000005</v>
       </c>
       <c r="E7" s="81">
-        <v>12.290168345383409</v>
+        <v>12.01513644850529</v>
       </c>
       <c r="F7" s="70">
-        <v>2589.879232000003</v>
+        <v>2662.9077500000058</v>
       </c>
       <c r="G7" s="82">
-        <v>27.511555893147733</v>
+        <v>25.488753602192293</v>
       </c>
       <c r="H7" s="81">
-        <v>2.7620045964459159</v>
+        <v>2.5267809631060176</v>
       </c>
       <c r="I7" s="81">
-        <v>66.394391642632897</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71.440852007951875</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B8" s="70">
-        <v>10319.412115000001</v>
+        <v>11537.288248999999</v>
       </c>
       <c r="C8" s="81">
-        <v>11.005248176085471</v>
+        <v>10.947506654498225</v>
       </c>
       <c r="D8" s="70">
-        <v>11434.854303999999</v>
+        <v>12739.172910999998</v>
       </c>
       <c r="E8" s="81">
-        <v>11.707780222660551</v>
+        <v>11.675019409376125</v>
       </c>
       <c r="F8" s="70">
-        <v>1115.4421889999976</v>
+        <v>1201.8846619999986</v>
       </c>
       <c r="G8" s="82">
-        <v>10.809164093549699</v>
+        <v>10.417393030846505</v>
       </c>
       <c r="H8" s="81">
-        <v>1.1895753342554638</v>
+        <v>1.1404447952771553</v>
       </c>
       <c r="I8" s="81">
-        <v>28.595582618727107</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>32.244325500411705</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B9" s="70">
-        <v>8298.9901539999992</v>
+        <v>9328.1338449999985</v>
       </c>
       <c r="C9" s="81">
-        <v>8.8505474185783868</v>
+        <v>8.8512833465037932</v>
       </c>
       <c r="D9" s="70">
-        <v>9069.3988239999999</v>
+        <v>10144.075071000001</v>
       </c>
       <c r="E9" s="81">
-        <v>9.2858662961630056</v>
+        <v>9.2967003565694455</v>
       </c>
       <c r="F9" s="70">
-        <v>770.40867000000071</v>
+        <v>815.94122600000264</v>
       </c>
       <c r="G9" s="82">
-        <v>9.2831616341739398</v>
+        <v>8.7471003263676135</v>
       </c>
       <c r="H9" s="81">
-        <v>0.8216106223758407</v>
+        <v>0.77423063448975538</v>
       </c>
       <c r="I9" s="81">
-        <v>19.750270332628357</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21.890182404498567</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B10" s="70">
-        <v>8575.5394569999989</v>
+        <v>9686.986359999999</v>
       </c>
       <c r="C10" s="81">
-        <v>9.145476400822881</v>
+        <v>9.1917914634164859</v>
       </c>
       <c r="D10" s="70">
-        <v>7744.2861219999995</v>
+        <v>8380.3675200000016</v>
       </c>
       <c r="E10" s="81">
-        <v>7.929125941382539</v>
+        <v>7.6803222734516581</v>
       </c>
       <c r="F10" s="70">
-        <v>-831.25333499999942</v>
+        <v>-1306.6188399999974</v>
       </c>
       <c r="G10" s="82">
-        <v>-9.693306632989346</v>
+        <v>-13.488393515194311</v>
       </c>
       <c r="H10" s="81">
-        <v>-0.88649907057943955</v>
+        <v>-1.2398250036816536</v>
       </c>
       <c r="I10" s="81">
-        <v>-21.310089982695622</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-35.054148300571562</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B11" s="70">
-        <v>6518.4027560000013</v>
+        <v>7420.3858580000006</v>
       </c>
       <c r="C11" s="81">
-        <v>6.9516208134749471</v>
+        <v>7.0410586791433065</v>
       </c>
       <c r="D11" s="70">
-        <v>6654.5027060000002</v>
+        <v>7512.346493</v>
       </c>
       <c r="E11" s="81">
-        <v>6.8133316876363352</v>
+        <v>6.8848104761966731</v>
       </c>
       <c r="F11" s="70">
-        <v>136.0999499999989</v>
+        <v>91.960634999999456</v>
       </c>
       <c r="G11" s="82">
-        <v>2.0879340398953228</v>
+        <v>1.2392972112205685</v>
       </c>
       <c r="H11" s="81">
-        <v>0.14514525728899158</v>
+        <v>8.7259643851026789E-2</v>
       </c>
       <c r="I11" s="81">
-        <v>3.4890713324360418</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.4671324478259624</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B12" s="70">
-        <v>5304.15</v>
+        <v>5805.61</v>
       </c>
       <c r="C12" s="81">
-        <v>5.6566678859868125</v>
+        <v>5.5088295218705552</v>
       </c>
       <c r="D12" s="70">
-        <v>5476.43</v>
+        <v>6001.21</v>
       </c>
       <c r="E12" s="81">
-        <v>5.607140864257131</v>
+        <v>5.4999051915876853</v>
       </c>
       <c r="F12" s="70">
-        <v>172.28000000000065</v>
+        <v>195.60000000000036</v>
       </c>
       <c r="G12" s="82">
-        <v>3.2480227746198862</v>
+        <v>3.369155006967405</v>
       </c>
       <c r="H12" s="81">
-        <v>0.18372986122146087</v>
+        <v>0.18560100566140036</v>
       </c>
       <c r="I12" s="81">
-        <v>4.4165865538678624</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.2475834556249206</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="70">
-        <v>4945.2199999999993</v>
+        <v>5591.2199999999993</v>
       </c>
       <c r="C13" s="81">
-        <v>5.2738831222985212</v>
+        <v>5.3053990535487374</v>
       </c>
       <c r="D13" s="70">
-        <v>5205.1299999999992</v>
+        <v>5803.119999999999</v>
       </c>
       <c r="E13" s="81">
-        <v>5.329365503945219</v>
+        <v>5.3183624328104369</v>
       </c>
       <c r="F13" s="70">
-        <v>259.90999999999985</v>
+        <v>211.89999999999964</v>
       </c>
       <c r="G13" s="82">
-        <v>5.2557823514424005</v>
+        <v>3.7898705470362399</v>
       </c>
       <c r="H13" s="81">
-        <v>0.27718381837746514</v>
+        <v>0.20106775613318301</v>
       </c>
       <c r="I13" s="81">
-        <v>6.6630776132794942</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.6848820769269768</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B14" s="70">
-        <v>4477.3187030000008</v>
+        <v>5028.0539680000002</v>
       </c>
       <c r="C14" s="81">
-        <v>4.7748847454518124</v>
+        <v>4.7710218455040536</v>
       </c>
       <c r="D14" s="70">
-        <v>4658.0439580000002</v>
+        <v>5172.8169100000005</v>
       </c>
       <c r="E14" s="81">
-        <v>4.7692216689353879</v>
+        <v>4.7407110530112382</v>
       </c>
       <c r="F14" s="70">
-        <v>180.72525499999938</v>
+        <v>144.76294200000029</v>
       </c>
       <c r="G14" s="82">
-        <v>4.0364617081849792</v>
+        <v>2.8791047773415683</v>
       </c>
       <c r="H14" s="81">
-        <v>0.19273639436012821</v>
+        <v>0.13736271788191706</v>
       </c>
       <c r="I14" s="81">
-        <v>4.6330899186053802</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.8837199357197858</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="70">
-        <v>4209.25</v>
+        <v>4688.34</v>
       </c>
       <c r="C15" s="81">
-        <v>4.4889999904018536</v>
+        <v>4.4486739206675265</v>
       </c>
       <c r="D15" s="70">
-        <v>4309.43</v>
+        <v>4828</v>
       </c>
       <c r="E15" s="81">
-        <v>4.4122870290783611</v>
+        <v>4.4246980633881074</v>
       </c>
       <c r="F15" s="70">
-        <v>100.18000000000029</v>
+        <v>139.65999999999985</v>
       </c>
       <c r="G15" s="82">
-        <v>2.3799964364197965</v>
+        <v>2.9788795181236822</v>
       </c>
       <c r="H15" s="81">
-        <v>0.10683803980244912</v>
+        <v>0.13252063625087473</v>
       </c>
       <c r="I15" s="81">
-        <v>2.5682240594757491</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.746817512334224</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B16" s="70">
-        <v>3795.2141419999998</v>
+        <v>4279.186479</v>
       </c>
       <c r="C16" s="81">
-        <v>4.0474469910342652</v>
+        <v>4.0604361652099463</v>
       </c>
       <c r="D16" s="70">
-        <v>4052.6285749999997</v>
+        <v>4558.8007610000004</v>
       </c>
       <c r="E16" s="81">
-        <v>4.1493562942534901</v>
+        <v>4.1779861016091404</v>
       </c>
       <c r="F16" s="70">
-        <v>257.41443299999992</v>
+        <v>279.61428200000046</v>
       </c>
       <c r="G16" s="82">
-        <v>6.7826062869893233</v>
+        <v>6.5342859763695857</v>
       </c>
       <c r="H16" s="81">
-        <v>0.27452239407645024</v>
+        <v>0.26532051092275249</v>
       </c>
       <c r="I16" s="81">
-        <v>6.5991010190347987</v>
+        <v>7.5015300622681007</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="70">
-        <v>2165.6888289999997</v>
+        <v>2467.1986269999998</v>
       </c>
       <c r="C17" s="81">
-        <v>2.3096221732124249</v>
+        <v>2.3410764127690458</v>
       </c>
       <c r="D17" s="70">
-        <v>2313.6469150000003</v>
+        <v>2605.9455969999999</v>
       </c>
       <c r="E17" s="81">
-        <v>2.3688688000319451</v>
+        <v>2.3882606537573872</v>
       </c>
       <c r="F17" s="70">
-        <v>147.95808600000055</v>
+        <v>138.74697000000015</v>
       </c>
       <c r="G17" s="82">
-        <v>6.8319180492942628</v>
+        <v>5.6236643649850802</v>
       </c>
       <c r="H17" s="81">
-        <v>0.15779149412220206</v>
+        <v>0.13165427998196386</v>
       </c>
       <c r="I17" s="81">
-        <v>3.7930676408383142</v>
+        <v>3.7223226190699723</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B18" s="70">
-        <v>1927.0032160000001</v>
+        <v>2184.2118959999998</v>
       </c>
       <c r="C18" s="81">
-        <v>2.0550733309089129</v>
+        <v>2.0725558511001703</v>
       </c>
       <c r="D18" s="70">
-        <v>2140.2254820000003</v>
+        <v>2417.726545</v>
       </c>
       <c r="E18" s="81">
-        <v>2.1913081622236779</v>
+        <v>2.2157642836502731</v>
       </c>
       <c r="F18" s="70">
-        <v>213.22226600000022</v>
+        <v>233.51464900000019</v>
       </c>
       <c r="G18" s="82">
-        <v>11.064966795571774</v>
+        <v>10.691025418716986</v>
       </c>
       <c r="H18" s="81">
-        <v>0.227393181689722</v>
+        <v>0.22157747285822529</v>
       </c>
       <c r="I18" s="81">
-        <v>5.4661864000512779</v>
+        <v>6.2647628258612418</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B19" s="70">
-        <v>1634.9592740000001</v>
+        <v>1854.6409480000002</v>
       </c>
       <c r="C19" s="81">
-        <v>1.7436199240466643</v>
+        <v>1.7598324391084477</v>
       </c>
       <c r="D19" s="70">
-        <v>1646.8169439999999</v>
+        <v>1849.541062</v>
       </c>
       <c r="E19" s="81">
-        <v>1.6861230003220065</v>
+        <v>1.6950415814391433</v>
       </c>
       <c r="F19" s="70">
-        <v>11.857669999999871</v>
+        <v>-5.0998860000001969</v>
       </c>
       <c r="G19" s="82">
-        <v>0.72525782070335965</v>
+        <v>-0.27497969380541232</v>
       </c>
       <c r="H19" s="81">
-        <v>1.2645739862490412E-2</v>
+        <v>-4.8391818525487284E-3</v>
       </c>
       <c r="I19" s="81">
-        <v>0.3039843619816669</v>
+        <v>-0.13682043660109477</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="70">
-        <v>1491.48</v>
+        <v>1654.35</v>
       </c>
       <c r="C20" s="81">
-        <v>1.590604907212581</v>
+        <v>1.5697802848463043</v>
       </c>
       <c r="D20" s="70">
-        <v>1643.5500000000002</v>
+        <v>1844.2500000000002</v>
       </c>
       <c r="E20" s="81">
-        <v>1.6827780812408464</v>
+        <v>1.690192502776205</v>
       </c>
       <c r="F20" s="70">
-        <v>152.07000000000016</v>
+        <v>189.90000000000032</v>
       </c>
       <c r="G20" s="82">
-        <v>10.195912784616633</v>
+        <v>11.478828542932289</v>
       </c>
       <c r="H20" s="81">
-        <v>0.16217668908722707</v>
+        <v>0.18019238739826135</v>
       </c>
       <c r="I20" s="81">
-        <v>3.8984810613343628</v>
+        <v>5.0946630788505729</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B21" s="70">
-        <v>1258.6039290000001</v>
+        <v>1415.290735</v>
       </c>
       <c r="C21" s="81">
-        <v>1.3422517135358403</v>
+        <v>1.3429416345565544</v>
       </c>
       <c r="D21" s="70">
-        <v>1304.1021409999998</v>
+        <v>1463.8644720000002</v>
       </c>
       <c r="E21" s="81">
-        <v>1.3352283158857712</v>
+        <v>1.3415820825022899</v>
       </c>
       <c r="F21" s="70">
-        <v>45.498211999999739</v>
+        <v>48.573737000000165</v>
       </c>
       <c r="G21" s="82">
-        <v>3.6149745723541065</v>
+        <v>3.4320677581486581</v>
       </c>
       <c r="H21" s="81">
-        <v>4.852205814130791E-2</v>
+        <v>4.6090666850370075E-2</v>
       </c>
       <c r="I21" s="81">
-        <v>1.1663965134909886</v>
+        <v>1.3031428356803498</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B22" s="70">
-        <v>1202.6521539999999</v>
+        <v>1363.1346859999999</v>
       </c>
       <c r="C22" s="81">
-        <v>1.2825813405625153</v>
+        <v>1.2934517820732963</v>
       </c>
       <c r="D22" s="70">
-        <v>1233.9721139999999</v>
+        <v>1385.5451330000001</v>
       </c>
       <c r="E22" s="81">
-        <v>1.2634244326620003</v>
+        <v>1.2698050676723112</v>
       </c>
       <c r="F22" s="70">
-        <v>31.319960000000037</v>
+        <v>22.410447000000204</v>
       </c>
       <c r="G22" s="82">
-        <v>2.6042409599342919</v>
+        <v>1.6440376163973722</v>
       </c>
       <c r="H22" s="81">
-        <v>3.3401508615403357E-2</v>
+        <v>2.1264833847247151E-2</v>
       </c>
       <c r="I22" s="81">
-        <v>0.80292148945715658</v>
+        <v>0.60123052612658479</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B23" s="70">
-        <v>1049.0594249999999</v>
+        <v>1168.8352110000001</v>
       </c>
       <c r="C23" s="81">
-        <v>1.1187807207355167</v>
+        <v>1.1090848190902594</v>
       </c>
       <c r="D23" s="70">
-        <v>1041.1756419999999</v>
+        <v>1160.6361040000002</v>
       </c>
       <c r="E23" s="81">
-        <v>1.0660263144288071</v>
+        <v>1.0636835794670916</v>
       </c>
       <c r="F23" s="70">
-        <v>-7.883782999999994</v>
+        <v>-8.1991069999999127</v>
       </c>
       <c r="G23" s="82">
-        <v>-0.75150966781505202</v>
+        <v>-0.70147672852746668</v>
       </c>
       <c r="H23" s="81">
-        <v>-8.4077452779783256E-3</v>
+        <v>-7.7799719055491228E-3</v>
       </c>
       <c r="I23" s="81">
-        <v>-0.20210941485611728</v>
+        <v>-0.21996675993915102</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B24" s="70">
-        <v>736.2725650000001</v>
+        <v>827.10384600000009</v>
       </c>
       <c r="C24" s="81">
-        <v>0.78520580559913244</v>
+        <v>0.78482262578738105</v>
       </c>
       <c r="D24" s="70">
-        <v>804.52576899999997</v>
+        <v>892.22553099999993</v>
       </c>
       <c r="E24" s="81">
-        <v>0.82372810676075336</v>
+        <v>0.81769440329766474</v>
       </c>
       <c r="F24" s="70">
-        <v>68.253203999999869</v>
+        <v>65.121684999999843</v>
       </c>
       <c r="G24" s="82">
-        <v>9.2701001292910945</v>
+        <v>7.8734593382606315</v>
       </c>
       <c r="H24" s="81">
-        <v>7.2789364400046352E-2</v>
+        <v>6.1792690318838855E-2</v>
       </c>
       <c r="I24" s="81">
-        <v>1.7497456642953244</v>
+        <v>1.7470934397158286</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B25" s="70">
-        <v>726.72</v>
+        <v>786.69</v>
       </c>
       <c r="C25" s="81">
-        <v>0.77501836978673988</v>
+        <v>0.74647471954890998</v>
       </c>
       <c r="D25" s="70">
-        <v>759.93999999999994</v>
+        <v>828.32999999999993</v>
       </c>
       <c r="E25" s="81">
-        <v>0.77807816924229167</v>
+        <v>0.75913631873369314</v>
       </c>
       <c r="F25" s="70">
-        <v>33.219999999999914</v>
+        <v>41.639999999999873</v>
       </c>
       <c r="G25" s="82">
-        <v>4.5712241303390462</v>
+        <v>5.2930633413415533</v>
       </c>
       <c r="H25" s="81">
-        <v>3.5427826734251752E-2</v>
+        <v>3.9511379732825529E-2</v>
       </c>
       <c r="I25" s="81">
-        <v>0.85163109658398817</v>
+        <v>1.1171235945410052</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B26" s="70">
-        <v>693.12815399999999</v>
+        <v>779.81441100000006</v>
       </c>
       <c r="C26" s="81">
-        <v>0.73919398388151203</v>
+        <v>0.73995060792869294</v>
       </c>
       <c r="D26" s="70">
-        <v>687.59564799999998</v>
+        <v>772.55208500000003</v>
       </c>
       <c r="E26" s="81">
-        <v>0.70400710973867309</v>
+        <v>0.70801775359692309</v>
       </c>
       <c r="F26" s="70">
-        <v>-5.5325060000000121</v>
+        <v>-7.26232600000003</v>
       </c>
       <c r="G26" s="82">
-        <v>-0.79819380702865117</v>
+        <v>-0.93128902179265183</v>
       </c>
       <c r="H26" s="81">
-        <v>-5.9002006012705945E-3</v>
+        <v>-6.8910787783279049E-3</v>
       </c>
       <c r="I26" s="81">
-        <v>-0.14183185284881145</v>
+        <v>-0.19483467161019835</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B27" s="70">
-        <v>612.37000000000012</v>
+        <v>681.65000000000009</v>
       </c>
       <c r="C27" s="81">
-        <v>0.65306858089264919</v>
+        <v>0.64680432264362653</v>
       </c>
       <c r="D27" s="70">
-        <v>614.49999999999989</v>
+        <v>696.63999999999987</v>
       </c>
       <c r="E27" s="81">
-        <v>0.62916682237990929</v>
+        <v>0.63844690531870141</v>
       </c>
       <c r="F27" s="70">
-        <v>2.1299999999997681</v>
+        <v>14.989999999999782</v>
       </c>
       <c r="G27" s="82">
-        <v>0.34782892695588735</v>
+        <v>2.1990757720237335</v>
       </c>
       <c r="H27" s="81">
-        <v>2.2715614372049433E-3</v>
+        <v>1.4223717151658211E-2</v>
       </c>
       <c r="I27" s="81">
-        <v>5.4604883676210171E-2</v>
+        <v>0.40215376278024673</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B28" s="70">
-        <v>742.67</v>
+        <v>797.74</v>
       </c>
       <c r="C28" s="81">
-        <v>0.79202841904656274</v>
+        <v>0.75695984793622317</v>
       </c>
       <c r="D28" s="70">
-        <v>594.2600000000001</v>
+        <v>659.29000000000008</v>
       </c>
       <c r="E28" s="81">
-        <v>0.60844373615538649</v>
+        <v>0.60421689855243288</v>
       </c>
       <c r="F28" s="70">
-        <v>-148.40999999999985</v>
+        <v>-138.44999999999993</v>
       </c>
       <c r="G28" s="82">
-        <v>-19.983303486070511</v>
+        <v>-17.355278662220766</v>
       </c>
       <c r="H28" s="81">
-        <v>-0.15827344267400092</v>
+        <v>-0.13137249097045409</v>
       </c>
       <c r="I28" s="81">
-        <v>-3.804652951355505</v>
+        <v>-3.7143554674400234</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B29" s="70">
-        <v>513.73</v>
+        <v>571.76</v>
       </c>
       <c r="C29" s="81">
-        <v>0.54787289067390732</v>
+        <v>0.54253185581268959</v>
       </c>
       <c r="D29" s="70">
-        <v>497.86000000000007</v>
+        <v>562.80000000000007</v>
       </c>
       <c r="E29" s="81">
-        <v>0.50974287093582049</v>
+        <v>0.51578708990779354</v>
       </c>
       <c r="F29" s="70">
-        <v>-15.869999999999948</v>
+        <v>-8.9599999999999227</v>
       </c>
       <c r="G29" s="82">
-        <v>-3.0891713546026023</v>
+        <v>-1.5670910871694281</v>
       </c>
       <c r="H29" s="81">
-        <v>-1.6924732398331574E-2</v>
+        <v>-8.5019683574955509E-3</v>
       </c>
       <c r="I29" s="81">
-        <v>-0.40684483753124268</v>
+        <v>-0.24038010103475865</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="70">
-        <v>425.84000000000003</v>
+        <v>461.17</v>
       </c>
       <c r="C30" s="81">
-        <v>0.45414165371805554</v>
+        <v>0.43759517270382337</v>
       </c>
       <c r="D30" s="70">
-        <v>467.15</v>
+        <v>526.12</v>
       </c>
       <c r="E30" s="81">
-        <v>0.47829988783527194</v>
+        <v>0.48217111539141488</v>
       </c>
       <c r="F30" s="70">
-        <v>41.309999999999945</v>
+        <v>64.949999999999989</v>
       </c>
       <c r="G30" s="82">
-        <v>9.7008266015404718</v>
+        <v>14.083743521911657</v>
       </c>
       <c r="H30" s="81">
-        <v>4.4055494352556943E-2</v>
+        <v>6.1629781787872845E-2</v>
       </c>
       <c r="I30" s="81">
-        <v>1.0590271101711195</v>
+        <v>1.742487451139253</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="70">
-        <v>312.24</v>
+        <v>344.33000000000004</v>
       </c>
       <c r="C31" s="81">
-        <v>0.3329917104004454</v>
+        <v>0.3267279871134452</v>
       </c>
       <c r="D31" s="70">
-        <v>380.16</v>
+        <v>433.17</v>
       </c>
       <c r="E31" s="81">
-        <v>0.38923361952147489</v>
+        <v>0.39698559654470311</v>
       </c>
       <c r="F31" s="70">
-        <v>67.920000000000016</v>
+        <v>88.839999999999975</v>
       </c>
       <c r="G31" s="82">
-        <v>21.752498078401235</v>
+        <v>25.800830598553702</v>
       </c>
       <c r="H31" s="81">
-        <v>7.2434015406092289E-2</v>
+        <v>8.4298534473204359E-2</v>
       </c>
       <c r="I31" s="81">
-        <v>1.7412036146894831</v>
+        <v>2.3834116267776939</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="70">
-        <v>41.74</v>
+        <v>47.46</v>
       </c>
       <c r="C32" s="81">
-        <v>4.4514072483072611E-2</v>
+        <v>4.5033863643609638E-2</v>
       </c>
       <c r="D32" s="70">
-        <v>55.02000000000001</v>
+        <v>60.560000000000009</v>
       </c>
       <c r="E32" s="81">
-        <v>5.633321166369832E-2</v>
+        <v>5.5501183661719938E-2</v>
       </c>
       <c r="F32" s="70">
-        <v>13.280000000000008</v>
+        <v>13.100000000000009</v>
       </c>
       <c r="G32" s="82">
-        <v>31.816003833253493</v>
+        <v>27.602191319005499</v>
       </c>
       <c r="H32" s="81">
-        <v>1.4162599007551617E-2</v>
+        <v>1.2430333201249191E-2</v>
       </c>
       <c r="I32" s="81">
-        <v>0.34044734986861519</v>
+        <v>0.35144858521823297</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="70">
-        <v>70.72999999999999</v>
+        <v>72.939999999999984</v>
       </c>
       <c r="C33" s="81">
-        <v>7.5430770165973285E-2</v>
+        <v>6.9211336160237807E-2</v>
       </c>
       <c r="D33" s="70">
-        <v>53.36</v>
+        <v>54.62</v>
       </c>
       <c r="E33" s="81">
-        <v>5.4633590955560557E-2</v>
+        <v>5.0057375356722951E-2</v>
       </c>
       <c r="F33" s="70">
-        <v>-17.36999999999999</v>
+        <v>-18.319999999999986</v>
       </c>
       <c r="G33" s="82">
-        <v>-24.558178990527345</v>
+        <v>-25.116534137647367</v>
       </c>
       <c r="H33" s="81">
-        <v>-1.8524423551293023E-2</v>
+        <v>-1.7383488873808004E-2</v>
       </c>
       <c r="I33" s="81">
-        <v>-0.44529898096519877</v>
+        <v>-0.49149145658000148</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="70">
-        <v>2576.2726210000001</v>
+        <v>2960.9421680000005</v>
       </c>
       <c r="C34" s="81">
-        <v>2.7474936796202551</v>
+        <v>2.8095799799900107</v>
       </c>
       <c r="D34" s="70">
-        <v>2879.6664970000002</v>
+        <v>3280.5838130000002</v>
       </c>
       <c r="E34" s="81">
-        <v>2.9483980788142796</v>
+        <v>3.0065436711191951</v>
       </c>
       <c r="F34" s="70">
-        <v>303.39387600000009</v>
+        <v>319.6416449999997</v>
       </c>
       <c r="G34" s="82">
-        <v>11.776466260866266</v>
+        <v>10.795268089140189</v>
       </c>
       <c r="H34" s="81">
-        <v>0.32355766619991244</v>
+        <v>0.30330169101873289</v>
       </c>
       <c r="I34" s="81">
-        <v>7.7778344164583766</v>
+        <v>8.5753896116090456</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70"/>
       <c r="C35" s="81"/>
       <c r="D35" s="70"/>
       <c r="E35" s="81"/>
       <c r="F35" s="70"/>
       <c r="G35" s="82"/>
       <c r="H35" s="81"/>
       <c r="I35" s="81"/>
     </row>
     <row r="36" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="62" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="83">
-        <v>-4789.6821170000039</v>
+        <v>-5250.5910229999863</v>
       </c>
       <c r="C36" s="84">
-        <v>-5.1080080720415619</v>
+        <v>-4.9821828946089806</v>
       </c>
       <c r="D36" s="83">
-        <v>-6704.2378969999991</v>
+        <v>-7213.7548790000292</v>
       </c>
       <c r="E36" s="84">
-        <v>-6.8642539530259645</v>
+        <v>-6.6111614007597224</v>
       </c>
       <c r="F36" s="83">
-        <v>-1914.5557799999951</v>
+        <v>-1963.1638560000429</v>
       </c>
       <c r="G36" s="85">
-        <v>39.972501999760446</v>
+        <v>37.389388116508954</v>
       </c>
       <c r="H36" s="84">
-        <v>-2.0417986287447385</v>
+        <v>-1.8628076991396718</v>
       </c>
       <c r="I36" s="84">
-        <v>-49.081735050951615</v>
+        <v>-52.668027461281334</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="88"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="88"/>
       <c r="I37" s="88"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
       <c r="H38" s="63"/>
       <c r="I38" s="63"/>
@@ -6293,826 +6305,826 @@
       </c>
       <c r="G4" s="75" t="s">
         <v>80</v>
       </c>
       <c r="I4" s="76"/>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
       <c r="P4" s="76"/>
       <c r="Q4" s="76"/>
       <c r="R4" s="76"/>
       <c r="S4" s="76"/>
       <c r="T4" s="76"/>
       <c r="U4" s="76"/>
       <c r="V4" s="76"/>
       <c r="W4" s="76"/>
     </row>
     <row r="5" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>6931.0699999999924</v>
+        <v>7099.6999999999971</v>
       </c>
       <c r="C5" s="77">
-        <v>107.3917142397041</v>
+        <v>106.73676615487852</v>
       </c>
       <c r="D5" s="77">
-        <v>4800.75</v>
+        <v>5369.7400000000052</v>
       </c>
       <c r="E5" s="79">
-        <v>104.91533380397127</v>
+        <v>104.92118437839638</v>
       </c>
       <c r="F5" s="77">
-        <v>-2130.3199999999924</v>
+        <v>-1729.9599999999919</v>
       </c>
       <c r="G5" s="78">
-        <v>-30.735802697130381</v>
+        <v>-24.366663380142718</v>
       </c>
       <c r="H5" s="60"/>
       <c r="I5" s="60"/>
       <c r="J5" s="60"/>
     </row>
     <row r="6" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="70">
-        <v>17032.21</v>
+        <v>18866.019999999997</v>
       </c>
       <c r="C6" s="70">
-        <v>421.1110168453003</v>
+        <v>424.96189030954542</v>
       </c>
       <c r="D6" s="70">
-        <v>18025.54</v>
+        <v>19984</v>
       </c>
       <c r="E6" s="82">
-        <v>429.14763815113128</v>
+        <v>432.99951176512741</v>
       </c>
       <c r="F6" s="70">
-        <v>993.33000000000175</v>
+        <v>1117.9800000000032</v>
       </c>
       <c r="G6" s="81">
-        <v>5.8320675942816687</v>
+        <v>5.9258921595546035</v>
       </c>
       <c r="H6" s="60"/>
       <c r="I6" s="60"/>
     </row>
     <row r="7" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="70">
-        <v>3620.7</v>
+        <v>4021.59</v>
       </c>
       <c r="C7" s="70">
-        <v>186.01769911504425</v>
+        <v>185.77854848411164</v>
       </c>
       <c r="D7" s="70">
-        <v>3762.3499999999995</v>
+        <v>4207.1299999999992</v>
       </c>
       <c r="E7" s="82">
-        <v>187.30504962373212</v>
+        <v>187.14022369511184</v>
       </c>
       <c r="F7" s="70">
-        <v>141.64999999999964</v>
+        <v>185.53999999999905</v>
       </c>
       <c r="G7" s="81">
-        <v>3.9122269174468927</v>
+        <v>4.6135981042323815</v>
       </c>
       <c r="H7" s="60"/>
       <c r="I7" s="60"/>
     </row>
     <row r="8" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="70">
-        <v>2232.3700000000008</v>
+        <v>2488.3400000000011</v>
       </c>
       <c r="C8" s="70">
-        <v>145.14197548339612</v>
+        <v>144.50441942903339</v>
       </c>
       <c r="D8" s="70">
-        <v>2499.37</v>
+        <v>2872.7000000000007</v>
       </c>
       <c r="E8" s="82">
-        <v>148.01743664423367</v>
+        <v>149.50268131625748</v>
       </c>
       <c r="F8" s="70">
-        <v>266.99999999999909</v>
+        <v>384.35999999999967</v>
       </c>
       <c r="G8" s="81">
-        <v>11.960382911434888</v>
+        <v>15.446442206450866</v>
       </c>
       <c r="H8" s="60"/>
       <c r="I8" s="60"/>
     </row>
     <row r="9" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
         <v>48</v>
       </c>
       <c r="B9" s="70">
-        <v>2116.06</v>
+        <v>2365.3200000000002</v>
       </c>
       <c r="C9" s="70">
-        <v>241.87652533054415</v>
+        <v>242.97579109620094</v>
       </c>
       <c r="D9" s="70">
-        <v>2194.9499999999994</v>
+        <v>2479.4299999999994</v>
       </c>
       <c r="E9" s="82">
-        <v>233.54932919594776</v>
+        <v>234.44110071844918</v>
       </c>
       <c r="F9" s="70">
-        <v>78.889999999999418</v>
+        <v>114.10999999999922</v>
       </c>
       <c r="G9" s="81">
-        <v>3.7281551562809856</v>
+        <v>4.8242943872287558</v>
       </c>
       <c r="H9" s="60"/>
       <c r="I9" s="60"/>
       <c r="J9" s="91"/>
     </row>
     <row r="10" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B10" s="70">
-        <v>1207.090404</v>
+        <v>1348.436236</v>
       </c>
       <c r="C10" s="70">
-        <v>200.36903854412424</v>
+        <v>198.92171696964652</v>
       </c>
       <c r="D10" s="70">
-        <v>1237.7931390000001</v>
+        <v>1378.9764029999997</v>
       </c>
       <c r="E10" s="82">
-        <v>200.30965245945583</v>
+        <v>199.52591006647486</v>
       </c>
       <c r="F10" s="70">
-        <v>30.702735000000075</v>
+        <v>30.540166999999656</v>
       </c>
       <c r="G10" s="81">
-        <v>2.5435323566701205</v>
+        <v>2.2648580766854782</v>
       </c>
       <c r="H10" s="60"/>
       <c r="I10" s="60"/>
     </row>
     <row r="11" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B11" s="70">
-        <v>1297.8539490000001</v>
+        <v>1409.104953</v>
       </c>
       <c r="C11" s="70">
-        <v>203.11853626829097</v>
+        <v>199.56293206427301</v>
       </c>
       <c r="D11" s="70">
-        <v>1089.1019200000001</v>
+        <v>1208.8015249999994</v>
       </c>
       <c r="E11" s="82">
-        <v>183.51354435817925</v>
+        <v>182.57605455431801</v>
       </c>
       <c r="F11" s="70">
-        <v>-208.75202899999999</v>
+        <v>-200.30342800000062</v>
       </c>
       <c r="G11" s="81">
-        <v>-16.084400649306033</v>
+        <v>-14.214940311830739</v>
       </c>
       <c r="H11" s="60"/>
       <c r="I11" s="60"/>
     </row>
     <row r="12" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="70">
-        <v>612.23091699999998</v>
+        <v>685.69610499999987</v>
       </c>
       <c r="C12" s="70">
-        <v>183.15275430641637</v>
+        <v>182.90326641764884</v>
       </c>
       <c r="D12" s="70">
-        <v>567.3228969999999</v>
+        <v>641.2041260000002</v>
       </c>
       <c r="E12" s="82">
-        <v>170.51643575135751</v>
+        <v>171.86570028783456</v>
       </c>
       <c r="F12" s="70">
-        <v>-44.908020000000079</v>
+        <v>-44.491978999999674</v>
       </c>
       <c r="G12" s="81">
-        <v>-7.3351441021721682</v>
+        <v>-6.4885856395523325</v>
       </c>
       <c r="H12" s="60"/>
       <c r="I12" s="60"/>
     </row>
     <row r="13" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="70">
-        <v>467.73369400000001</v>
+        <v>535.86899699999981</v>
       </c>
       <c r="C13" s="70">
-        <v>144.58600560211354</v>
+        <v>145.84641119268949</v>
       </c>
       <c r="D13" s="70">
-        <v>477.35452900000018</v>
+        <v>546.19722999999999</v>
       </c>
       <c r="E13" s="82">
-        <v>145.84764661638138</v>
+        <v>147.06016193340818</v>
       </c>
       <c r="F13" s="70">
-        <v>9.6208350000001701</v>
+        <v>10.328233000000182</v>
       </c>
       <c r="G13" s="81">
-        <v>2.0569044145021911</v>
+        <v>1.9273802100553665</v>
       </c>
       <c r="H13" s="60"/>
       <c r="I13" s="60"/>
     </row>
     <row r="14" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="70">
-        <v>587.31000000000006</v>
+        <v>662.2</v>
       </c>
       <c r="C14" s="70">
-        <v>288.0956956187548</v>
+        <v>292.31551128278107</v>
       </c>
       <c r="D14" s="70">
-        <v>436.64999999999992</v>
+        <v>485.84999999999997</v>
       </c>
       <c r="E14" s="82">
-        <v>214.85953282828279</v>
+        <v>212.16150702957268</v>
       </c>
       <c r="F14" s="70">
-        <v>-150.66000000000014</v>
+        <v>-176.35000000000008</v>
       </c>
       <c r="G14" s="81">
-        <v>-25.652551463452035</v>
+        <v>-26.630927212322568</v>
       </c>
       <c r="H14" s="60"/>
       <c r="I14" s="60"/>
     </row>
     <row r="15" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="70">
-        <v>146.50000000000003</v>
+        <v>147.11000000000001</v>
       </c>
       <c r="C15" s="70">
-        <v>307.12568924077488</v>
+        <v>301.68631752125043</v>
       </c>
       <c r="D15" s="70">
-        <v>165.5</v>
+        <v>184.17</v>
       </c>
       <c r="E15" s="82">
-        <v>410.15742128935528</v>
+        <v>437.18418161845483</v>
       </c>
       <c r="F15" s="70">
-        <v>18.999999999999972</v>
+        <v>37.059999999999974</v>
       </c>
       <c r="G15" s="81">
-        <v>12.969283276450492</v>
+        <v>25.192033172455965</v>
       </c>
       <c r="H15" s="60"/>
       <c r="I15" s="60"/>
     </row>
     <row r="16" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="B16" s="70">
-        <v>142.59366900000009</v>
+        <v>-6.8099999999999454</v>
       </c>
       <c r="C16" s="70">
-        <v>108.7215425648578</v>
+        <v>99.146338405996943</v>
       </c>
       <c r="D16" s="70">
-        <v>143.32125800000017</v>
+        <v>153.63999999999999</v>
       </c>
       <c r="E16" s="82">
-        <v>108.70292587905266</v>
+        <v>123.3038571796933</v>
       </c>
       <c r="F16" s="70">
-        <v>0.72758900000007998</v>
+        <v>160.44999999999993</v>
       </c>
       <c r="G16" s="81">
-        <v>0.51025336896274087</v>
+        <v>2356.0939794420151</v>
       </c>
       <c r="H16" s="60"/>
       <c r="I16" s="60"/>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>43</v>
+        <v>97</v>
       </c>
       <c r="B17" s="70">
-        <v>-9.7099999999999227</v>
+        <v>141.49423399999978</v>
       </c>
       <c r="C17" s="70">
-        <v>98.692555239877748</v>
+        <v>107.62919820963641</v>
       </c>
       <c r="D17" s="70">
-        <v>118.05999999999995</v>
+        <v>144.21069300000022</v>
       </c>
       <c r="E17" s="82">
-        <v>119.86672500252413</v>
+        <v>107.7971068587176</v>
       </c>
       <c r="F17" s="70">
-        <v>127.76999999999987</v>
+        <v>2.7164590000004409</v>
       </c>
       <c r="G17" s="81">
-        <v>1315.8599382080422</v>
+        <v>1.9198372422726748</v>
       </c>
       <c r="H17" s="60"/>
       <c r="I17" s="60"/>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="70">
-        <v>116.35</v>
+        <v>127.04999999999998</v>
       </c>
       <c r="C18" s="70">
-        <v>378.7494010541447</v>
+        <v>367.69911504424778</v>
       </c>
       <c r="D18" s="70">
-        <v>103.31</v>
+        <v>117.18</v>
       </c>
       <c r="E18" s="82">
-        <v>287.76808433296981</v>
+        <v>293.4940554821664</v>
       </c>
       <c r="F18" s="70">
-        <v>-13.039999999999992</v>
+        <v>-9.8699999999999761</v>
       </c>
       <c r="G18" s="81">
-        <v>-11.207563386334328</v>
+        <v>-7.7685950413222962</v>
       </c>
       <c r="H18" s="60"/>
       <c r="I18" s="60"/>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="70">
-        <v>122.94999999999993</v>
+        <v>155.76999999999992</v>
       </c>
       <c r="C19" s="70">
-        <v>128.87234642119103</v>
+        <v>133.77713207710821</v>
       </c>
       <c r="D19" s="70">
-        <v>77.260000000000105</v>
+        <v>73.660000000000082</v>
       </c>
       <c r="E19" s="82">
-        <v>116.53858503692607</v>
+        <v>114.0006082262602</v>
       </c>
       <c r="F19" s="70">
-        <v>-45.689999999999827</v>
+        <v>-82.109999999999843</v>
       </c>
       <c r="G19" s="81">
-        <v>-37.161447742984834</v>
+        <v>-52.712332284778761</v>
       </c>
       <c r="H19" s="60"/>
       <c r="I19" s="60"/>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="B20" s="70">
-        <v>-13.230000000000018</v>
+        <v>202.32196000000022</v>
       </c>
       <c r="C20" s="70">
-        <v>97.424717263932408</v>
+        <v>108.20047311091506</v>
       </c>
       <c r="D20" s="70">
-        <v>45.56</v>
+        <v>58.253233000000364</v>
       </c>
       <c r="E20" s="82">
-        <v>109.15116699473748</v>
+        <v>102.23539712674979</v>
       </c>
       <c r="F20" s="70">
-        <v>58.79000000000002</v>
+        <v>-144.06872699999985</v>
       </c>
       <c r="G20" s="81">
-        <v>444.36885865457248</v>
+        <v>-71.207656845554339</v>
       </c>
       <c r="H20" s="60"/>
       <c r="I20" s="60"/>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="B21" s="70">
-        <v>214.86079300000029</v>
+        <v>5.9200000000000728</v>
       </c>
       <c r="C21" s="70">
-        <v>109.92112948651129</v>
+        <v>101.0353994683084</v>
       </c>
       <c r="D21" s="70">
-        <v>45.356480999999803</v>
+        <v>49.649999999999977</v>
       </c>
       <c r="E21" s="82">
-        <v>101.9603890596245</v>
+        <v>108.82196162046908</v>
       </c>
       <c r="F21" s="70">
-        <v>-169.50431200000048</v>
+        <v>43.729999999999905</v>
       </c>
       <c r="G21" s="81">
-        <v>-78.890294331176676</v>
+        <v>738.68243243242171</v>
       </c>
       <c r="H21" s="60"/>
       <c r="I21" s="60"/>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B22" s="70">
-        <v>-343.43507</v>
+        <v>-390.51440700000012</v>
       </c>
       <c r="C22" s="70">
-        <v>50.451432679792717</v>
+        <v>49.922135127097555</v>
       </c>
       <c r="D22" s="70">
-        <v>-348.48857299999997</v>
+        <v>-388.18251300000003</v>
       </c>
       <c r="E22" s="82">
-        <v>49.31780414642764</v>
+        <v>49.753224340854636</v>
       </c>
       <c r="F22" s="70">
-        <v>-5.0535029999999779</v>
+        <v>2.3318940000000907</v>
       </c>
       <c r="G22" s="81">
-        <v>-1.4714580546477032</v>
+        <v>0.59713392340992177</v>
       </c>
       <c r="H22" s="60"/>
       <c r="I22" s="60"/>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B23" s="70">
-        <v>-43.703295000000026</v>
+        <v>-76.927863999999772</v>
       </c>
       <c r="C23" s="70">
-        <v>97.732059052256403</v>
+        <v>96.478003615817698</v>
       </c>
       <c r="D23" s="70">
-        <v>-371.14299800000026</v>
+        <v>-465.85957299999995</v>
       </c>
       <c r="E23" s="82">
-        <v>82.658696426080581</v>
+        <v>80.731502743210356</v>
       </c>
       <c r="F23" s="70">
-        <v>-327.43970300000024</v>
+        <v>-388.93170900000018</v>
       </c>
       <c r="G23" s="81">
-        <v>-749.2334456704009</v>
+        <v>-505.57975846047316</v>
       </c>
       <c r="H23" s="60"/>
       <c r="I23" s="60"/>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B24" s="70">
-        <v>-424.06000000000017</v>
+        <v>-474.1400000000001</v>
       </c>
       <c r="C24" s="70">
-        <v>30.751016542286514</v>
+        <v>30.442309102912041</v>
       </c>
       <c r="D24" s="70">
-        <v>-412.93999999999988</v>
+        <v>-473.8599999999999</v>
       </c>
       <c r="E24" s="82">
-        <v>32.800650935720107</v>
+        <v>31.979214515388154</v>
       </c>
       <c r="F24" s="70">
-        <v>11.120000000000289</v>
+        <v>0.28000000000020009</v>
       </c>
       <c r="G24" s="81">
-        <v>2.622270433429299</v>
+        <v>5.905428776315013E-2</v>
       </c>
       <c r="H24" s="60"/>
       <c r="I24" s="60"/>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B25" s="70">
-        <v>-368.68555300000116</v>
+        <v>-411.79110900000069</v>
       </c>
       <c r="C25" s="70">
-        <v>91.765483373945088</v>
+        <v>91.810129493025343</v>
       </c>
       <c r="D25" s="70">
-        <v>-591.98250900000039</v>
+        <v>-614.18588100000034</v>
       </c>
       <c r="E25" s="82">
-        <v>87.29117813533523</v>
+        <v>88.126664993445516</v>
       </c>
       <c r="F25" s="70">
-        <v>-223.29695599999923</v>
+        <v>-202.39477199999965</v>
       </c>
       <c r="G25" s="81">
-        <v>-60.565691870220505</v>
+        <v>-49.149864476554136</v>
       </c>
       <c r="H25" s="60"/>
       <c r="I25" s="60"/>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="70">
-        <v>-587.11</v>
+        <v>-636.32000000000005</v>
       </c>
       <c r="C26" s="70">
-        <v>19.21097534125936</v>
+        <v>19.114263559979154</v>
       </c>
       <c r="D26" s="70">
-        <v>-615.83999999999992</v>
+        <v>-669.51</v>
       </c>
       <c r="E26" s="82">
-        <v>18.96202331763034</v>
+        <v>19.173517800876464</v>
       </c>
       <c r="F26" s="70">
-        <v>-28.729999999999905</v>
+        <v>-33.189999999999941</v>
       </c>
       <c r="G26" s="81">
-        <v>-4.8934611912588615</v>
+        <v>-5.2159290922806036</v>
       </c>
       <c r="H26" s="60"/>
       <c r="I26" s="60"/>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B27" s="70">
-        <v>-759.7363019999998</v>
+        <v>-842.61785900000086</v>
       </c>
       <c r="C27" s="70">
-        <v>79.981727681915885</v>
+        <v>80.30892406453593</v>
       </c>
       <c r="D27" s="70">
-        <v>-991.1259229999996</v>
+        <v>-1086.9774870000006</v>
       </c>
       <c r="E27" s="82">
-        <v>75.543627927955384</v>
+        <v>76.156503782771907</v>
       </c>
       <c r="F27" s="70">
-        <v>-231.38962099999981</v>
+        <v>-244.3596279999997</v>
       </c>
       <c r="G27" s="81">
-        <v>-30.456570311418378</v>
+        <v>-29.000053273259603</v>
       </c>
       <c r="H27" s="60"/>
       <c r="I27" s="60"/>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B28" s="70">
-        <v>-1655.9885820000027</v>
+        <v>-1954.6524500000005</v>
       </c>
       <c r="C28" s="70">
-        <v>74.595178543152869</v>
+        <v>73.658344897352364</v>
       </c>
       <c r="D28" s="70">
-        <v>-1987.40931</v>
+        <v>-2260.6024209999996</v>
       </c>
       <c r="E28" s="82">
-        <v>70.134367693500792</v>
+        <v>69.908171526613856</v>
       </c>
       <c r="F28" s="70">
-        <v>-331.42072799999733</v>
+        <v>-305.9499709999991</v>
       </c>
       <c r="G28" s="81">
-        <v>-20.013466976911605</v>
+        <v>-15.652397488873227</v>
       </c>
       <c r="H28" s="60"/>
       <c r="I28" s="60"/>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B29" s="70">
-        <v>-2885.8309260000005</v>
+        <v>-3140.0776719999976</v>
       </c>
       <c r="C29" s="70">
-        <v>72.034928987812791</v>
+        <v>72.783225969307253</v>
       </c>
       <c r="D29" s="70">
-        <v>-3563.8036719999991</v>
+        <v>-3997.6447559999997</v>
       </c>
       <c r="E29" s="82">
-        <v>68.833851509998226</v>
+        <v>68.619275490419625</v>
       </c>
       <c r="F29" s="70">
-        <v>-677.97274599999855</v>
+        <v>-857.56708400000207</v>
       </c>
       <c r="G29" s="81">
-        <v>-23.493155468387908</v>
+        <v>-27.310378072711661</v>
       </c>
       <c r="H29" s="60"/>
       <c r="I29" s="60"/>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B30" s="70">
-        <v>-4282.9344079999992</v>
+        <v>-4963.2184779999989</v>
       </c>
       <c r="C30" s="70">
-        <v>50.056385030052574</v>
+        <v>48.764060425496467</v>
       </c>
       <c r="D30" s="70">
-        <v>-4334.0442819999998</v>
+        <v>-4743.6936480000022</v>
       </c>
       <c r="E30" s="82">
-        <v>44.03558683494623</v>
+        <v>43.395159738770019</v>
       </c>
       <c r="F30" s="70">
-        <v>-51.109874000000673</v>
+        <v>219.52482999999665</v>
       </c>
       <c r="G30" s="81">
-        <v>-1.1933377710509332</v>
+        <v>4.42303378287827</v>
       </c>
       <c r="H30" s="60"/>
       <c r="I30" s="60"/>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="70">
-        <v>-3517.8680009999998</v>
+        <v>-3942.8439979999985</v>
       </c>
       <c r="C31" s="70">
-        <v>57.610890774410237</v>
+        <v>57.731695711962637</v>
       </c>
       <c r="D31" s="70">
-        <v>-4350.8430349999999</v>
+        <v>-4836.9934250000006</v>
       </c>
       <c r="E31" s="82">
-        <v>52.027216804199504</v>
+        <v>52.317058074342796</v>
       </c>
       <c r="F31" s="70">
-        <v>-832.97503400000005</v>
+        <v>-894.14942700000211</v>
       </c>
       <c r="G31" s="81">
-        <v>-23.678405038597695</v>
+        <v>-22.67777846279381</v>
       </c>
       <c r="H31" s="60"/>
       <c r="I31" s="60"/>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B32" s="70">
-        <v>-5831.0433690000009</v>
+        <v>-6591.4436280000009</v>
       </c>
       <c r="C32" s="70">
-        <v>59.839467462147169</v>
+        <v>59.77417815169126</v>
       </c>
       <c r="D32" s="70">
-        <v>-5412.0241169999972</v>
+        <v>-6172.453332999994</v>
       </c>
       <c r="E32" s="82">
-        <v>63.050769095053006</v>
+        <v>62.780546380991062</v>
       </c>
       <c r="F32" s="70">
-        <v>419.01925200000369</v>
+        <v>418.99029500000688</v>
       </c>
       <c r="G32" s="81">
-        <v>7.186008154692626</v>
+        <v>6.3565785986572783</v>
       </c>
       <c r="H32" s="60"/>
       <c r="I32" s="60"/>
     </row>
     <row r="33" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B33" s="70">
-        <v>-4805.8370299999979</v>
+        <v>-5315.9907999999978</v>
       </c>
       <c r="C33" s="70">
-        <v>48.94895003961178</v>
+        <v>49.116532612622144</v>
       </c>
       <c r="D33" s="70">
-        <v>-6055.1327470000015</v>
+        <v>-6767.114040000004</v>
       </c>
       <c r="E33" s="82">
-        <v>49.555971453903034</v>
+        <v>48.383189285789769</v>
       </c>
       <c r="F33" s="70">
-        <v>-1249.2957170000036</v>
+        <v>-1451.1232400000063</v>
       </c>
       <c r="G33" s="81">
-        <v>-25.99538247346694</v>
+        <v>-27.297324141343637</v>
       </c>
       <c r="H33" s="60"/>
       <c r="I33" s="60"/>
     </row>
     <row r="34" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B34" s="70">
-        <v>613.11120699999992</v>
+        <v>640.22695299999941</v>
       </c>
       <c r="C34" s="70">
-        <v>123.79838228308368</v>
+        <v>121.62240654070078</v>
       </c>
       <c r="D34" s="70">
-        <v>448.03907299999992</v>
+        <v>459.22389199999907</v>
       </c>
       <c r="E34" s="82">
-        <v>115.55871395061759</v>
+        <v>113.99823684370534</v>
       </c>
       <c r="F34" s="70">
-        <v>-165.07213400000001</v>
+        <v>-181.00306100000034</v>
       </c>
       <c r="G34" s="81">
-        <v>-26.923685640605164</v>
+        <v>-28.271702737888404</v>
       </c>
       <c r="H34" s="60"/>
       <c r="I34" s="60"/>
     </row>
     <row r="35" spans="1:11" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70"/>
       <c r="C35" s="70"/>
       <c r="D35" s="70"/>
       <c r="E35" s="82"/>
       <c r="F35" s="70"/>
       <c r="G35" s="81"/>
       <c r="H35" s="60"/>
       <c r="I35" s="60"/>
     </row>
     <row r="36" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="59" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="92">
-        <v>1930.3179029999737</v>
+        <v>2044.5788269999757</v>
       </c>
       <c r="C36" s="93" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="92">
-        <v>2398.6878689999576</v>
+        <v>2802.5399750000506</v>
       </c>
       <c r="E36" s="93" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="92">
-        <v>468.36996599998383</v>
+        <v>757.9611480000749</v>
       </c>
       <c r="G36" s="94" t="s">
         <v>9</v>
       </c>
       <c r="H36" s="60"/>
       <c r="I36" s="60"/>
     </row>
     <row r="37" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="87"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="60"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
@@ -7397,928 +7409,928 @@
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="97"/>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="97"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
       <c r="P6" s="97"/>
       <c r="Q6" s="97"/>
       <c r="R6" s="97"/>
       <c r="S6" s="97"/>
     </row>
     <row r="7" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="99" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="70">
-        <v>100699.16999999998</v>
+        <v>112487.05999999998</v>
       </c>
       <c r="C7" s="82">
         <v>100</v>
       </c>
       <c r="D7" s="70">
-        <v>102469.59999999999</v>
+        <v>114484.53</v>
       </c>
       <c r="E7" s="82">
         <v>100</v>
       </c>
       <c r="F7" s="70">
-        <v>1770.4300000000076</v>
+        <v>1997.4700000000157</v>
       </c>
       <c r="G7" s="82">
-        <v>1.758137629138361</v>
+        <v>1.7757331376604704</v>
       </c>
       <c r="H7" s="82">
-        <v>54.663041526462472</v>
+        <v>54.786729700510627</v>
       </c>
       <c r="I7" s="100">
-        <v>45.336948714545585</v>
+        <v>45.213261564684757</v>
       </c>
       <c r="J7" s="70">
-        <v>93768.099999999991</v>
+        <v>105387.35999999999</v>
       </c>
       <c r="K7" s="82">
         <v>100</v>
       </c>
       <c r="L7" s="70">
-        <v>97668.849999999991</v>
+        <v>109114.79</v>
       </c>
       <c r="M7" s="82">
         <v>100</v>
       </c>
       <c r="N7" s="70">
-        <v>3900.75</v>
+        <v>3727.4300000000076</v>
       </c>
       <c r="O7" s="82">
-        <v>4.159996843276125</v>
+        <v>3.53688525834598</v>
       </c>
       <c r="P7" s="82">
-        <v>79.464537567504891</v>
+        <v>79.564585149272617</v>
       </c>
       <c r="Q7" s="82">
-        <v>20.535462432495109</v>
+        <v>20.435414850727387</v>
       </c>
       <c r="R7" s="70">
-        <v>6931.0699999999924</v>
+        <v>7099.6999999999971</v>
       </c>
       <c r="S7" s="70">
-        <v>4800.75</v>
+        <v>5369.7400000000052</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="99" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="70">
-        <v>19196.400000000001</v>
+        <v>21422.620000000003</v>
       </c>
       <c r="C8" s="82">
-        <v>19.063116409003179</v>
+        <v>19.044519431835099</v>
       </c>
       <c r="D8" s="70">
-        <v>19752.34</v>
+        <v>21992.58</v>
       </c>
       <c r="E8" s="82">
-        <v>19.276292676071733</v>
+        <v>19.210088908955647</v>
       </c>
       <c r="F8" s="70">
-        <v>555.93999999999869</v>
+        <v>569.95999999999913</v>
       </c>
       <c r="G8" s="82">
-        <v>2.8960638453043206</v>
+        <v>2.6605522573802785</v>
       </c>
       <c r="H8" s="82">
-        <v>76.478128667287024</v>
+        <v>76.6977771593874</v>
       </c>
       <c r="I8" s="100">
-        <v>23.521871332712983</v>
+        <v>23.302222840612604</v>
       </c>
       <c r="J8" s="70">
-        <v>29383.05</v>
+        <v>33051.620000000003</v>
       </c>
       <c r="K8" s="82">
-        <v>31.33587008801501</v>
+        <v>31.362034308478748</v>
       </c>
       <c r="L8" s="70">
-        <v>30700.84</v>
+        <v>34457</v>
       </c>
       <c r="M8" s="82">
-        <v>31.433604470616789</v>
+        <v>31.578670499205469</v>
       </c>
       <c r="N8" s="70">
-        <v>1317.7900000000009</v>
+        <v>1405.3799999999974</v>
       </c>
       <c r="O8" s="82">
-        <v>4.4848645732828993</v>
+        <v>4.2520759950646818</v>
       </c>
       <c r="P8" s="82">
-        <v>87.490114277003499</v>
+        <v>87.711669617204052</v>
       </c>
       <c r="Q8" s="82">
-        <v>12.509885722996502</v>
+        <v>12.288330382795948</v>
       </c>
       <c r="R8" s="70">
-        <v>-10186.649999999998</v>
+        <v>-11629</v>
       </c>
       <c r="S8" s="70">
-        <v>-10948.5</v>
+        <v>-12464.419999999998</v>
       </c>
     </row>
     <row r="9" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="99" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="70">
-        <v>12249.39</v>
+        <v>13581.359999999999</v>
       </c>
       <c r="C9" s="82">
-        <v>12.164340579967046</v>
+        <v>12.073708744810292</v>
       </c>
       <c r="D9" s="70">
-        <v>12224.710000000001</v>
+        <v>13584.920000000002</v>
       </c>
       <c r="E9" s="82">
-        <v>11.930084629978063</v>
+        <v>11.866162179291823</v>
       </c>
       <c r="F9" s="70">
-        <v>-24.679999999998472</v>
+        <v>3.5600000000031287</v>
       </c>
       <c r="G9" s="82">
-        <v>-0.20147942060787086</v>
+        <v>2.621239699119329E-2</v>
       </c>
       <c r="H9" s="82">
-        <v>57.479236726269995</v>
+        <v>57.959708264752393</v>
       </c>
       <c r="I9" s="100">
-        <v>42.520763273730005</v>
+        <v>42.040291735247607</v>
       </c>
       <c r="J9" s="70">
-        <v>6953.33</v>
+        <v>7828.58</v>
       </c>
       <c r="K9" s="82">
-        <v>7.4154536564140683</v>
+        <v>7.4283860986744523</v>
       </c>
       <c r="L9" s="70">
-        <v>7542.94</v>
+        <v>8394.18</v>
       </c>
       <c r="M9" s="82">
-        <v>7.7229741109883037</v>
+        <v>7.6929809423635431</v>
       </c>
       <c r="N9" s="70">
-        <v>589.60999999999967</v>
+        <v>565.60000000000036</v>
       </c>
       <c r="O9" s="82">
-        <v>8.4795342663155591</v>
+        <v>7.2248096078726967</v>
       </c>
       <c r="P9" s="82">
-        <v>80.13387352941956</v>
+        <v>80.146244183469975</v>
       </c>
       <c r="Q9" s="82">
-        <v>19.866126470580443</v>
+        <v>19.853755816530025</v>
       </c>
       <c r="R9" s="70">
-        <v>5296.0599999999995</v>
+        <v>5752.7799999999988</v>
       </c>
       <c r="S9" s="70">
-        <v>4681.7700000000013</v>
+        <v>5190.7400000000016</v>
       </c>
     </row>
     <row r="10" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="99" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="70">
-        <v>11449.39</v>
+        <v>12843.56</v>
       </c>
       <c r="C10" s="82">
-        <v>11.369895104398578</v>
+        <v>11.417811079781089</v>
       </c>
       <c r="D10" s="70">
-        <v>12135.84</v>
+        <v>13562.05</v>
       </c>
       <c r="E10" s="82">
-        <v>11.843356468650216</v>
+        <v>11.846185681157095</v>
       </c>
       <c r="F10" s="70">
-        <v>686.45000000000073</v>
+        <v>718.48999999999978</v>
       </c>
       <c r="G10" s="82">
-        <v>5.9955159183153057</v>
+        <v>5.5941654805988357</v>
       </c>
       <c r="H10" s="82">
-        <v>55.453845798889901</v>
+        <v>55.338978989164616</v>
       </c>
       <c r="I10" s="100">
-        <v>44.546154201110099</v>
+        <v>44.661021010835384</v>
       </c>
       <c r="J10" s="70">
-        <v>10506.99</v>
+        <v>11810.59</v>
       </c>
       <c r="K10" s="82">
-        <v>11.205292631502612</v>
+        <v>11.206837328499358</v>
       </c>
       <c r="L10" s="70">
-        <v>11370.590000000002</v>
+        <v>12750.060000000001</v>
       </c>
       <c r="M10" s="82">
-        <v>11.64198206490606</v>
+        <v>11.6849970567693</v>
       </c>
       <c r="N10" s="70">
-        <v>863.60000000000218</v>
+        <v>939.47000000000116</v>
       </c>
       <c r="O10" s="82">
-        <v>8.2192902058534578</v>
+        <v>7.9544713684921842</v>
       </c>
       <c r="P10" s="82">
-        <v>85.499609079212249</v>
+        <v>85.376617835523916</v>
       </c>
       <c r="Q10" s="82">
-        <v>14.500390920787751</v>
+        <v>14.623382164476089</v>
       </c>
       <c r="R10" s="70">
-        <v>942.39999999999964</v>
+        <v>1032.9699999999993</v>
       </c>
       <c r="S10" s="70">
-        <v>765.24999999999818</v>
+        <v>811.98999999999796</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="99" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="70">
-        <v>9243.85</v>
+        <v>10254.57</v>
       </c>
       <c r="C11" s="82">
-        <v>9.1796685116669803</v>
+        <v>9.1162219014347077</v>
       </c>
       <c r="D11" s="70">
-        <v>9088.2099999999991</v>
+        <v>10194.669999999998</v>
       </c>
       <c r="E11" s="82">
-        <v>8.8691768095122843</v>
+        <v>8.9048450476234642</v>
       </c>
       <c r="F11" s="70">
-        <v>-155.64000000000124</v>
+        <v>-59.900000000001455</v>
       </c>
       <c r="G11" s="82">
-        <v>-1.6837140369002226</v>
+        <v>-0.58412980749072319</v>
       </c>
       <c r="H11" s="82">
-        <v>31.413556684979767</v>
+        <v>31.64025907655666</v>
       </c>
       <c r="I11" s="100">
-        <v>68.586443315020233</v>
+        <v>68.35974092344334</v>
       </c>
       <c r="J11" s="70">
-        <v>2767.7400000000002</v>
+        <v>3065.7300000000005</v>
       </c>
       <c r="K11" s="82">
-        <v>2.9516861277982605</v>
+        <v>2.9090110996233336</v>
       </c>
       <c r="L11" s="70">
-        <v>2784.89</v>
+        <v>3090.37</v>
       </c>
       <c r="M11" s="82">
-        <v>2.8513594661962336</v>
+        <v>2.8322191702884645</v>
       </c>
       <c r="N11" s="70">
-        <v>17.149999999999636</v>
+        <v>24.639999999999418</v>
       </c>
       <c r="O11" s="82">
-        <v>0.61963912795275689</v>
+        <v>0.80372374605720054</v>
       </c>
       <c r="P11" s="82">
-        <v>33.834729558438568</v>
+        <v>33.914062070237534</v>
       </c>
       <c r="Q11" s="82">
-        <v>66.165270441561432</v>
+        <v>66.085937929762466</v>
       </c>
       <c r="R11" s="70">
-        <v>6476.1100000000006</v>
+        <v>7188.8399999999992</v>
       </c>
       <c r="S11" s="70">
-        <v>6303.32</v>
+        <v>7104.2999999999984</v>
       </c>
     </row>
     <row r="12" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="99" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="70">
-        <v>7963.3300000000008</v>
+        <v>8832.9600000000009</v>
       </c>
       <c r="C12" s="82">
-        <v>7.9080393611983117</v>
+        <v>7.8524232031666603</v>
       </c>
       <c r="D12" s="70">
-        <v>7539.2199999999993</v>
+        <v>8413.15</v>
       </c>
       <c r="E12" s="82">
-        <v>7.3575187177465322</v>
+        <v>7.3487221373927119</v>
       </c>
       <c r="F12" s="70">
-        <v>-424.11000000000149</v>
+        <v>-419.81000000000131</v>
       </c>
       <c r="G12" s="82">
-        <v>-5.3257870765119799</v>
+        <v>-4.7527669093939204</v>
       </c>
       <c r="H12" s="82">
-        <v>37.676311342552673</v>
+        <v>37.498677665321544</v>
       </c>
       <c r="I12" s="100">
-        <v>62.323688657447327</v>
+        <v>62.501322334678456</v>
       </c>
       <c r="J12" s="70">
-        <v>2667.26</v>
+        <v>3055.8500000000004</v>
       </c>
       <c r="K12" s="82">
-        <v>2.8445281497652193</v>
+        <v>2.8996361613005588</v>
       </c>
       <c r="L12" s="70">
-        <v>2748.22</v>
+        <v>3063.4399999999996</v>
       </c>
       <c r="M12" s="82">
-        <v>2.8138142304327327</v>
+        <v>2.8075387397070548</v>
       </c>
       <c r="N12" s="70">
-        <v>80.959999999999582</v>
+        <v>7.589999999999236</v>
       </c>
       <c r="O12" s="82">
-        <v>3.0353246402675245</v>
+        <v>0.2483760655791101</v>
       </c>
       <c r="P12" s="82">
-        <v>58.005909279460887</v>
+        <v>58.013866764160554</v>
       </c>
       <c r="Q12" s="82">
-        <v>41.994090720539113</v>
+        <v>41.986133235839446</v>
       </c>
       <c r="R12" s="70">
-        <v>5296.0700000000006</v>
+        <v>5777.1100000000006</v>
       </c>
       <c r="S12" s="70">
-        <v>4791</v>
+        <v>5349.71</v>
       </c>
     </row>
     <row r="13" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="99" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="70">
-        <v>4364.5599999999995</v>
+        <v>4894.1699999999992</v>
       </c>
       <c r="C13" s="82">
-        <v>4.3342561810588913</v>
+        <v>4.3508737805041751</v>
       </c>
       <c r="D13" s="70">
-        <v>4809.32</v>
+        <v>5309.2199999999993</v>
       </c>
       <c r="E13" s="82">
-        <v>4.6934115093647293</v>
+        <v>4.6374999312134131</v>
       </c>
       <c r="F13" s="70">
-        <v>444.76000000000022</v>
+        <v>415.05000000000018</v>
       </c>
       <c r="G13" s="82">
-        <v>10.190259728357503</v>
+        <v>8.4804982254396624</v>
       </c>
       <c r="H13" s="82">
-        <v>42.6964726822087</v>
+        <v>42.615487774098639</v>
       </c>
       <c r="I13" s="100">
-        <v>57.3035273177913</v>
+        <v>57.384512225901361</v>
       </c>
       <c r="J13" s="70">
-        <v>5326.55</v>
+        <v>5961.37</v>
       </c>
       <c r="K13" s="82">
-        <v>5.6805566072043696</v>
+        <v>5.6566271325138047</v>
       </c>
       <c r="L13" s="70">
-        <v>5485.2900000000009</v>
+        <v>6219.420000000001</v>
       </c>
       <c r="M13" s="82">
-        <v>5.6162123338198429</v>
+        <v>5.6998872471825326</v>
       </c>
       <c r="N13" s="70">
-        <v>158.74000000000069</v>
+        <v>258.05000000000109</v>
       </c>
       <c r="O13" s="82">
-        <v>2.9801653978654228</v>
+        <v>4.3287029659289908</v>
       </c>
       <c r="P13" s="82">
-        <v>82.767911997360216</v>
+        <v>82.676841248862431</v>
       </c>
       <c r="Q13" s="82">
-        <v>17.232088002639784</v>
+        <v>17.323158751137566</v>
       </c>
       <c r="R13" s="70">
-        <v>-961.99000000000069</v>
+        <v>-1067.2000000000007</v>
       </c>
       <c r="S13" s="70">
-        <v>-675.97000000000116</v>
+        <v>-910.20000000000164</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="99" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="70">
-        <v>3656.54</v>
+        <v>4094.55</v>
       </c>
       <c r="C14" s="82">
-        <v>3.6311520740439076</v>
+        <v>3.6400186830378543</v>
       </c>
       <c r="D14" s="70">
-        <v>3665.81</v>
+        <v>4051.83</v>
       </c>
       <c r="E14" s="82">
-        <v>3.5774610225862111</v>
+        <v>3.5391943348153676</v>
       </c>
       <c r="F14" s="70">
-        <v>9.2699999999999818</v>
+        <v>-42.720000000000255</v>
       </c>
       <c r="G14" s="82">
-        <v>0.25351835341607043</v>
+        <v>-1.0433380957614453</v>
       </c>
       <c r="H14" s="82">
-        <v>71.732577520384297</v>
+        <v>71.942554351984171</v>
       </c>
       <c r="I14" s="100">
-        <v>28.267422479615696</v>
+        <v>28.057445648015833</v>
       </c>
       <c r="J14" s="70">
-        <v>4610.7100000000009</v>
+        <v>5204.0500000000011</v>
       </c>
       <c r="K14" s="82">
-        <v>4.9171413305804439</v>
+        <v>4.9380210302260172</v>
       </c>
       <c r="L14" s="70">
-        <v>4681.4900000000007</v>
+        <v>5284.4800000000005</v>
       </c>
       <c r="M14" s="82">
-        <v>4.7932273186384409</v>
+        <v>4.8430464834327234</v>
       </c>
       <c r="N14" s="70">
-        <v>70.779999999999745</v>
+        <v>80.429999999999382</v>
       </c>
       <c r="O14" s="82">
-        <v>1.5351214888813163</v>
+        <v>1.5455270414388671</v>
       </c>
       <c r="P14" s="82">
-        <v>87.584508350973735</v>
+        <v>87.95094313915466</v>
       </c>
       <c r="Q14" s="82">
-        <v>12.41549164902627</v>
+        <v>12.049056860845344</v>
       </c>
       <c r="R14" s="70">
-        <v>-954.17000000000098</v>
+        <v>-1109.5000000000009</v>
       </c>
       <c r="S14" s="70">
-        <v>-1015.6800000000007</v>
+        <v>-1232.6500000000005</v>
       </c>
     </row>
     <row r="15" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="99" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="70">
-        <v>2360.6200000000003</v>
+        <v>2664.2200000000003</v>
       </c>
       <c r="C15" s="82">
-        <v>2.3442298481705466</v>
+        <v>2.3684679820061083</v>
       </c>
       <c r="D15" s="70">
-        <v>2543.3599999999997</v>
+        <v>2853.2799999999997</v>
       </c>
       <c r="E15" s="82">
-        <v>2.4820629728231589</v>
+        <v>2.4922843287210941</v>
       </c>
       <c r="F15" s="70">
-        <v>182.73999999999933</v>
+        <v>189.05999999999949</v>
       </c>
       <c r="G15" s="82">
-        <v>7.741186637408787</v>
+        <v>7.0962608193016887</v>
       </c>
       <c r="H15" s="82">
-        <v>14.231567689984885</v>
+        <v>14.156689844669984</v>
       </c>
       <c r="I15" s="100">
-        <v>85.768432310015115</v>
+        <v>85.843310155330016</v>
       </c>
       <c r="J15" s="70">
-        <v>1668.58</v>
+        <v>1869.29</v>
       </c>
       <c r="K15" s="82">
-        <v>1.7794751093388905</v>
+        <v>1.773732637386495</v>
       </c>
       <c r="L15" s="70">
-        <v>1858.01</v>
+        <v>2080.94</v>
       </c>
       <c r="M15" s="82">
-        <v>1.9023567903174863</v>
+        <v>1.9071108508754864</v>
       </c>
       <c r="N15" s="70">
-        <v>189.43000000000006</v>
+        <v>211.65000000000009</v>
       </c>
       <c r="O15" s="82">
-        <v>11.352767023457076</v>
+        <v>11.322480727976938</v>
       </c>
       <c r="P15" s="82">
-        <v>30.438479879010345</v>
+        <v>30.830778398223885</v>
       </c>
       <c r="Q15" s="82">
-        <v>69.561520120989655</v>
+        <v>69.169221601776115</v>
       </c>
       <c r="R15" s="70">
-        <v>692.04000000000042</v>
+        <v>794.93000000000029</v>
       </c>
       <c r="S15" s="70">
-        <v>685.34999999999968</v>
+        <v>772.33999999999969</v>
       </c>
     </row>
     <row r="16" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="99" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="70">
-        <v>2428.7700000000004</v>
+        <v>2731.9600000000005</v>
       </c>
       <c r="C16" s="82">
-        <v>2.4119066721205358</v>
+        <v>2.4286882420075702</v>
       </c>
       <c r="D16" s="70">
-        <v>2419.25</v>
+        <v>2710.69</v>
       </c>
       <c r="E16" s="82">
-        <v>2.3609441239157762</v>
+        <v>2.3677347498391268</v>
       </c>
       <c r="F16" s="70">
-        <v>-9.5200000000004366</v>
+        <v>-21.270000000000437</v>
       </c>
       <c r="G16" s="82">
-        <v>-0.39196795085580088</v>
+        <v>-0.77856191159462196</v>
       </c>
       <c r="H16" s="82">
-        <v>51.692880024801077</v>
+        <v>52.149083812608602</v>
       </c>
       <c r="I16" s="100">
-        <v>48.307119975198923</v>
+        <v>47.850916187391398</v>
       </c>
       <c r="J16" s="70">
-        <v>2837.25</v>
+        <v>3211.48</v>
       </c>
       <c r="K16" s="82">
-        <v>3.0258158158264914</v>
+        <v>3.0473104174921932</v>
       </c>
       <c r="L16" s="70">
-        <v>3147.76</v>
+        <v>3512.4500000000003</v>
       </c>
       <c r="M16" s="82">
-        <v>3.2228904097877682</v>
+        <v>3.2190411583984178</v>
       </c>
       <c r="N16" s="70">
-        <v>310.51000000000022</v>
+        <v>300.97000000000025</v>
       </c>
       <c r="O16" s="82">
-        <v>10.944047933738663</v>
+        <v>9.3716915565409167</v>
       </c>
       <c r="P16" s="82">
-        <v>86.18986199710271</v>
+        <v>85.993252572990372</v>
       </c>
       <c r="Q16" s="82">
-        <v>13.810138002897295</v>
+        <v>14.006747427009635</v>
       </c>
       <c r="R16" s="70">
-        <v>-408.47999999999956</v>
+        <v>-479.51999999999953</v>
       </c>
       <c r="S16" s="70">
-        <v>-728.51000000000022</v>
+        <v>-801.76000000000022</v>
       </c>
     </row>
     <row r="17" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="99" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="70">
-        <v>2204.23</v>
+        <v>2451.2800000000002</v>
       </c>
       <c r="C17" s="82">
-        <v>2.1889256882653552</v>
+        <v>2.1791662080954026</v>
       </c>
       <c r="D17" s="70">
-        <v>2234.87</v>
+        <v>2520.3599999999997</v>
       </c>
       <c r="E17" s="82">
-        <v>2.1810078306151288</v>
+        <v>2.201485213766436</v>
       </c>
       <c r="F17" s="70">
-        <v>30.639999999999873</v>
+        <v>69.079999999999472</v>
       </c>
       <c r="G17" s="82">
-        <v>1.3900545768817172</v>
+        <v>2.8181195130707004</v>
       </c>
       <c r="H17" s="82">
-        <v>24.55713307709172</v>
+        <v>24.71710390579122</v>
       </c>
       <c r="I17" s="100">
-        <v>75.44286692290828</v>
+        <v>75.28289609420878</v>
       </c>
       <c r="J17" s="70">
-        <v>845.80000000000007</v>
+        <v>938.42000000000007</v>
       </c>
       <c r="K17" s="82">
-        <v>0.9020125181165024</v>
+        <v>0.8904483421920808</v>
       </c>
       <c r="L17" s="70">
-        <v>821.04</v>
+        <v>925</v>
       </c>
       <c r="M17" s="82">
-        <v>0.84063649771651872</v>
+        <v>0.8477310912663627</v>
       </c>
       <c r="N17" s="70">
-        <v>-24.760000000000105</v>
+        <v>-13.420000000000073</v>
       </c>
       <c r="O17" s="82">
-        <v>-2.9274060061480376</v>
+        <v>-1.4300632978836845</v>
       </c>
       <c r="P17" s="82">
-        <v>46.085452596706624</v>
+        <v>46.347027027027032</v>
       </c>
       <c r="Q17" s="82">
-        <v>53.914547403293376</v>
+        <v>53.652972972972968</v>
       </c>
       <c r="R17" s="70">
-        <v>1358.4299999999998</v>
+        <v>1512.8600000000001</v>
       </c>
       <c r="S17" s="70">
-        <v>1413.83</v>
+        <v>1595.3599999999997</v>
       </c>
     </row>
     <row r="18" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="99" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="70">
-        <v>2274.83</v>
+        <v>2550.9899999999998</v>
       </c>
       <c r="C18" s="82">
-        <v>2.2590355014842727</v>
+        <v>2.2678075149266061</v>
       </c>
       <c r="D18" s="70">
-        <v>2209.0500000000002</v>
+        <v>2498.11</v>
       </c>
       <c r="E18" s="82">
-        <v>2.1558101134385224</v>
+        <v>2.1820502735173042</v>
       </c>
       <c r="F18" s="70">
-        <v>-65.779999999999745</v>
+        <v>-52.879999999999654</v>
       </c>
       <c r="G18" s="82">
-        <v>-2.8916446503694671</v>
+        <v>-2.0729207092148405</v>
       </c>
       <c r="H18" s="82">
-        <v>26.017971526221672</v>
+        <v>26.290675750867649</v>
       </c>
       <c r="I18" s="100">
-        <v>73.982028473778328</v>
+        <v>73.709324249132351</v>
       </c>
       <c r="J18" s="70">
-        <v>3059.37</v>
+        <v>3616.64</v>
       </c>
       <c r="K18" s="82">
-        <v>3.2626980817570157</v>
+        <v>3.4317587991576985</v>
       </c>
       <c r="L18" s="70">
-        <v>2876.52</v>
+        <v>2995.94</v>
       </c>
       <c r="M18" s="82">
-        <v>2.9451764815496446</v>
+        <v>2.7456772816957264</v>
       </c>
       <c r="N18" s="70">
-        <v>-182.84999999999991</v>
+        <v>-620.69999999999982</v>
       </c>
       <c r="O18" s="82">
-        <v>-5.9767206973984814</v>
+        <v>-17.162338524155015</v>
       </c>
       <c r="P18" s="82">
-        <v>79.497100663301495</v>
+        <v>78.540624979138443</v>
       </c>
       <c r="Q18" s="82">
-        <v>20.502899336698512</v>
+        <v>21.459375020861565</v>
       </c>
       <c r="R18" s="70">
-        <v>-784.54</v>
+        <v>-1065.6500000000001</v>
       </c>
       <c r="S18" s="70">
-        <v>-667.4699999999998</v>
+        <v>-497.82999999999993</v>
       </c>
     </row>
     <row r="19" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="99" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="70">
-        <v>1759.5800000000002</v>
+        <v>1988.0400000000002</v>
       </c>
       <c r="C19" s="82">
-        <v>1.7473629623759566</v>
+        <v>1.7673499511854966</v>
       </c>
       <c r="D19" s="70">
-        <v>1777.5500000000002</v>
+        <v>2020.3600000000001</v>
       </c>
       <c r="E19" s="82">
-        <v>1.7347096114359775</v>
+        <v>1.7647449834488558</v>
       </c>
       <c r="F19" s="70">
-        <v>17.970000000000027</v>
+        <v>32.319999999999936</v>
       </c>
       <c r="G19" s="82">
-        <v>1.0212664385819357</v>
+        <v>1.6257218164624423</v>
       </c>
       <c r="H19" s="82">
-        <v>46.315996737081946</v>
+        <v>46.792155853412268</v>
       </c>
       <c r="I19" s="100">
-        <v>53.684003262918054</v>
+        <v>53.207844146587732</v>
       </c>
       <c r="J19" s="70">
-        <v>225.79000000000005</v>
+        <v>239.91000000000005</v>
       </c>
       <c r="K19" s="82">
-        <v>0.24079617695143665</v>
+        <v>0.22764589605432767</v>
       </c>
       <c r="L19" s="70">
-        <v>285.29000000000002</v>
+        <v>301.66000000000003</v>
       </c>
       <c r="M19" s="82">
-        <v>0.29209927218350584</v>
+        <v>0.2764611470177416</v>
       </c>
       <c r="N19" s="70">
-        <v>59.499999999999972</v>
+        <v>61.749999999999972</v>
       </c>
       <c r="O19" s="82">
-        <v>26.351919925594558</v>
+        <v>25.738818723688034</v>
       </c>
       <c r="P19" s="82">
-        <v>56.598548845034877</v>
+        <v>54.750381223894458</v>
       </c>
       <c r="Q19" s="82">
-        <v>43.401451154965123</v>
+        <v>45.249618776105542</v>
       </c>
       <c r="R19" s="70">
-        <v>1533.7900000000002</v>
+        <v>1748.13</v>
       </c>
       <c r="S19" s="70">
-        <v>1492.2600000000002</v>
+        <v>1718.7</v>
       </c>
     </row>
     <row r="20" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="99" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="70">
-        <v>683.66</v>
+        <v>761.91</v>
       </c>
       <c r="C20" s="82">
-        <v>0.67891324228392358</v>
+        <v>0.67733124147790869</v>
       </c>
       <c r="D20" s="70">
-        <v>691.61</v>
+        <v>766.29</v>
       </c>
       <c r="E20" s="82">
-        <v>0.67494164122822775</v>
+        <v>0.66933934218011815</v>
       </c>
       <c r="F20" s="70">
-        <v>7.9500000000000455</v>
+        <v>4.3799999999999955</v>
       </c>
       <c r="G20" s="82">
-        <v>1.1628587309481389</v>
+        <v>0.57487104776154607</v>
       </c>
       <c r="H20" s="82">
-        <v>13.403507757262048</v>
+        <v>13.853762935703188</v>
       </c>
       <c r="I20" s="100">
-        <v>86.596492242737952</v>
+        <v>86.146237064296812</v>
       </c>
       <c r="J20" s="70">
-        <v>355.78000000000003</v>
+        <v>402.52000000000004</v>
       </c>
       <c r="K20" s="82">
-        <v>0.37942541226707166</v>
+        <v>0.38194333741731468</v>
       </c>
       <c r="L20" s="70">
-        <v>393.34999999999997</v>
+        <v>439.30999999999995</v>
       </c>
       <c r="M20" s="82">
-        <v>0.40273843707589474</v>
+        <v>0.40261269805862249</v>
       </c>
       <c r="N20" s="70">
-        <v>37.569999999999936</v>
+        <v>36.789999999999907</v>
       </c>
       <c r="O20" s="82">
-        <v>10.559896565293139</v>
+        <v>9.139918513365771</v>
       </c>
       <c r="P20" s="82">
-        <v>19.026312444387955</v>
+        <v>19.198288224716038</v>
       </c>
       <c r="Q20" s="82">
-        <v>80.973687555612045</v>
+        <v>80.801711775283962</v>
       </c>
       <c r="R20" s="70">
-        <v>327.87999999999994</v>
+        <v>359.38999999999993</v>
       </c>
       <c r="S20" s="70">
-        <v>298.26000000000005</v>
+        <v>326.98</v>
       </c>
     </row>
     <row r="21" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="109" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="110">
-        <v>20864.019999999975</v>
+        <v>23414.869999999981</v>
       </c>
       <c r="C21" s="111">
-        <v>20.719157863962511</v>
+        <v>20.815612035731029</v>
       </c>
       <c r="D21" s="110">
-        <v>21378.460000000006</v>
+        <v>24007.020000000004</v>
       </c>
       <c r="E21" s="111">
-        <v>20.863221872633453</v>
+        <v>20.969662888077544</v>
       </c>
       <c r="F21" s="112">
-        <v>514.44000000003143</v>
+        <v>592.15000000002328</v>
       </c>
       <c r="G21" s="111">
-        <v>2.4656801517638121</v>
+        <v>2.5289484844460968</v>
       </c>
       <c r="H21" s="111">
-        <v>61.369294139989577</v>
+        <v>61.518964036352727</v>
       </c>
       <c r="I21" s="113">
-        <v>38.630705860010423</v>
+        <v>38.481035963647273</v>
       </c>
       <c r="J21" s="110">
-        <v>22559.89999999998</v>
+        <v>25131.309999999983</v>
       </c>
       <c r="K21" s="111">
-        <v>24.059248294462595</v>
+        <v>23.846607410983619</v>
       </c>
       <c r="L21" s="110">
-        <v>22972.619999999981</v>
+        <v>25600.540000000008</v>
       </c>
       <c r="M21" s="111">
-        <v>22.418961330970337</v>
+        <v>22.361571471708892</v>
       </c>
       <c r="N21" s="112">
-        <v>412.72000000000116</v>
+        <v>469.23000000002503</v>
       </c>
       <c r="O21" s="111">
-        <v>1.8294407333365907</v>
+        <v>1.8671131747609866</v>
       </c>
       <c r="P21" s="111">
-        <v>76.738700244029602</v>
+        <v>76.843652516704722</v>
       </c>
       <c r="Q21" s="111">
-        <v>23.261299755970402</v>
+        <v>23.156347483295274</v>
       </c>
       <c r="R21" s="112">
-        <v>-1695.8800000000047</v>
+        <v>-1716.4400000000023</v>
       </c>
       <c r="S21" s="112">
-        <v>-1594.1599999999744</v>
+        <v>-1593.5200000000041</v>
       </c>
     </row>
     <row r="22" spans="1:19" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="101"/>
       <c r="B22" s="102"/>
       <c r="C22" s="102"/>
       <c r="D22" s="102"/>
       <c r="E22" s="103"/>
       <c r="F22" s="103"/>
       <c r="G22" s="103"/>
       <c r="H22" s="103"/>
       <c r="I22" s="103"/>
       <c r="J22" s="102"/>
       <c r="K22" s="102"/>
       <c r="L22" s="102"/>
       <c r="M22" s="103"/>
       <c r="N22" s="103"/>
       <c r="O22" s="103"/>
       <c r="P22" s="103"/>
       <c r="Q22" s="103"/>
       <c r="R22" s="87"/>
       <c r="S22" s="87"/>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A23" s="53" t="s">