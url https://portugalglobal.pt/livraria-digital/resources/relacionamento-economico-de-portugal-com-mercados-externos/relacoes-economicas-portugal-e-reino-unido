--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -6,66 +6,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Reino Unido\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{43D46E15-616D-4757-8BEF-E99939089EE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BED12E44-88CD-4B85-B93A-6D433A77671C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="911" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Reino Unido" sheetId="45" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Reino Unido'!$A$1:$K$571</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Reino Unido'!$A$1:$K$446</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Reino Unido'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="725" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="206">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
@@ -441,53 +441,50 @@
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Notas: vh M€ - variação homóloga em valor; média anual M€ - valor médio anual de ID</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
-  </si>
-[...1 lines deleted...]
-    <t>2020 dez</t>
   </si>
   <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Final / Imediato %</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
@@ -562,92 +559,77 @@
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/set</t>
-[...14 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
+  </si>
+  <si>
+    <t>2025 dez</t>
+  </si>
+  <si>
+    <t>Nota: Posição entre 15 países</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O REINO UNIDO</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Reino Unido</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
     <t>Posição e Quota do Reino Unido no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Reino Unido como cliente de Portugal</t>
   </si>
   <si>
     <t>Reino Unido como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Reino Unido</t>
   </si>
   <si>
     <t>Portugal como cliente do Reino Unido</t>
   </si>
   <si>
     <t>% Export. Reino Unido</t>
   </si>
   <si>
     <t>Portugal como fornecedor do Reino Unido</t>
   </si>
   <si>
     <t>% Import. Reino Unido</t>
   </si>
   <si>
     <t>Fonte: ITC - International Trade Centre</t>
@@ -664,216 +646,198 @@
   <si>
     <t>2021 (a)</t>
   </si>
   <si>
     <t>Empresas exportadoras de bens para o Reino Unido</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>(a) Quebra de série: na sequência do Brexit, em 2021 o Reino Unido tornou-se um mercado ExtraUE, passando a contabilizar, deste modo, também as empresas cuja exportação anual se situa abaixo do limiar estatístico aplicado às trocas comerciais IntraUE.</t>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para o Reino Unido por Escalão de Exportação Individual em Valor em 2024</t>
   </si>
   <si>
     <t>M€</t>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para o Reino Unido por Nível de Exposição ao Mercado em 2024</t>
   </si>
   <si>
     <t>Exportações de Portugal para o Reino Unido por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 20</t>
-[...2 lines deleted...]
-    <t>% Tot 23</t>
+    <t>% Tot 21</t>
   </si>
   <si>
     <t>% Tot 24</t>
   </si>
   <si>
-    <t>vh M€ 24/23</t>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh M€ 25/24</t>
+  </si>
+  <si>
+    <t>&gt;1000%</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes do Reino Unido por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 25</t>
-[...7 lines deleted...]
-  <si>
     <t>Principais Produtos Exportados para o Reino Unido</t>
   </si>
   <si>
     <t>8703 Automóveis de passageiros e outros veículos automóveis principalmente concebidos para transporte...</t>
   </si>
   <si>
+    <t>4802 Papel e cartão, não revestidos, do tipo utilizado para escrita, impressão ou outros fins...</t>
+  </si>
+  <si>
     <t>8708 Partes e acessórios para tratores, para veículos para transporte de = &gt; 10 pessoas, incluindo o...</t>
   </si>
   <si>
-    <t>4802 Papel e cartão, não revestidos, do tipo utilizado para escrita, impressão ou outros fins...</t>
-[...1 lines deleted...]
-  <si>
     <t>9029 Contadores, por exemplo: contadores de voltas, contadores de produção, taxímetros, totalizadores...</t>
   </si>
   <si>
     <t>8544 Fios e cabos, incluídos os cabos coaxiais, e outros condutores, isolados para usos elétricos,...</t>
   </si>
   <si>
     <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
   </si>
   <si>
     <t>2204 Vinhos de uvas frescas, incluídos os vinhos enriquecidos com álcool; mosto de uvas excluídos os...</t>
   </si>
   <si>
+    <t>8529 Partes reconhecíveis como exclusiva ou principalmente destinadas aos módulos de visualização de...</t>
+  </si>
+  <si>
     <t>2002 Tomates preparados ou conservados (exceto em vinagre ou em ácido acético)</t>
   </si>
   <si>
-    <t>7214 Barras de ferro ou aço não ligado, simplesmente forjadas, laminadas, estiradas ou extrudadas, a...</t>
-[...2 lines deleted...]
-    <t>8529 Partes reconhecíveis como exclusiva ou principalmente destinadas aos módulos de visualização de...</t>
+    <t>4011 Pneumáticos novos, de borracha</t>
   </si>
   <si>
     <t>Amostra</t>
   </si>
   <si>
     <t>Principais Produtos Importados Provenientes do Reino Unido</t>
   </si>
   <si>
     <t>7204 Desperdícios e resíduos de ferro fundido, ferro ou aço; desperdícios e resíduos, em lingotes, de...</t>
   </si>
   <si>
     <t>2208 Álcool etílico não desnaturado, com um teor alcoólico em volume &lt; 80% vol.; aguardentes, licores...</t>
   </si>
   <si>
+    <t>8716 Reboques e semirreboques, para quaisquer veículos e outros veículos não autopropulsionados...</t>
+  </si>
+  <si>
     <t>8704 Veículos automóveis para transporte de mercadorias, incluídos chassis com motor e cabine</t>
   </si>
   <si>
-    <t>2902 Hidrocarbonetos cíclicos</t>
-[...4 lines deleted...]
-  <si>
     <t>2710 Óleos de petróleo ou de minerais betuminosos (exceto óleos brutos) e preparações não...</t>
   </si>
   <si>
+    <t>3402 Agentes orgânicos de superfície (exceto sabões); preparações tensoactivas, preparações para...</t>
+  </si>
+  <si>
+    <t>8429 Bulldozers, angledozers, niveladoras, raspo-transportadoras "scrapers", pás mecânicas,...</t>
+  </si>
+  <si>
     <t>7001 Cacos, fragmentos e outros desperdícios e resíduos de vidro; vidro em blocos ou massas (exceto o...</t>
   </si>
   <si>
-    <t>1003 Cevada</t>
-[...13 lines deleted...]
-  <si>
     <t>3004 Medicamentos constituídos por produtos misturados ou não misturados, preparados para fins...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para o Reino Unido por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados do Reino Unido por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para o Reino Unido por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens do Reino Unido por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com o Reino Unido</t>
   </si>
   <si>
     <t>Posição e Quota do Reino Unido no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/out e 2025 jan/out entre 13 países</t>
-[...1 lines deleted...]
-  <si>
     <t>Exportações de Portugal para o Reino Unido por Tipo de Serviço</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes do Reino Unido por Tipo de Serviço</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com o Reino Unido</t>
   </si>
   <si>
-    <t>Quota do Reino Unido no Comércio Internacional Português de Bens e Serviços</t>
+    <t>Posição e Quota do Reino Unido no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Reino Unido - Princípio Ativo/Passivo</t>
   </si>
   <si>
-    <t>média anual M€ 24/20</t>
+    <t>média anual M€ 25/21</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Reino Unido - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Reino Unido - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Reino Unido - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto do Reino Unido em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
-    <t>tvma % 24/21</t>
+    <t>tvma % 25/22</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com o Reino Unido</t>
   </si>
   <si>
-    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/out e 2025 jan/out entre 13 países</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicadores de Turismo do Reino Unido em Portugal</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/out e 2025 jan/out entre 15 países</t>
+    <t>Posição de 2021 a 2025 entre 62 países.</t>
+  </si>
+  <si>
+    <t>Nota: Posição de 2021 a 2025 entre 62 países.</t>
+  </si>
+  <si>
+    <t>Nota: Posição de 2021 a 2025 entre 62 países</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -1161,51 +1125,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="141">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1493,271 +1457,147 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="70">
-[...114 lines deleted...]
-    </dxf>
+  <dxfs count="39">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1826,207 +1666,167 @@
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <font>
-[...36 lines deleted...]
-      </font>
+      <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...6 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+    </dxf>
+    <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <numFmt numFmtId="2" formatCode="0.00"/>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>514350</xdr:colOff>
-      <xdr:row>568</xdr:row>
+      <xdr:row>443</xdr:row>
       <xdr:rowOff>14721</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>505690</xdr:colOff>
-      <xdr:row>570</xdr:row>
+      <xdr:row>445</xdr:row>
       <xdr:rowOff>44162</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2387719-2BA3-4713-B408-41F2D1B1FC68}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2414,1058 +2214,1005 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet19">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K572"/>
+  <dimension ref="A2:K447"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A567" sqref="A567"/>
+      <selection activeCell="A442" sqref="A442"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
     <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="95" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
     <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
     <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="I7" s="13" t="s">
+      <c r="I7" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K7" s="13" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="16">
-[...2 lines deleted...]
-      <c r="C8" s="16">
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="16">
         <v>3306.2926579999998</v>
       </c>
-      <c r="D8" s="16">
+      <c r="F8" s="16">
         <v>3840.6586379999999</v>
       </c>
-      <c r="E8" s="16">
+      <c r="G8" s="16">
         <v>3642.4991150000001</v>
       </c>
-      <c r="F8" s="16">
+      <c r="H8" s="16">
         <v>3612.076286</v>
       </c>
-      <c r="G8" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="16">
-        <v>3013.9139649999997</v>
+        <v>3576.9972280000002</v>
       </c>
       <c r="J8" s="16">
-        <v>3010.5548659999999</v>
+        <v>-0.97116049669167481</v>
       </c>
       <c r="K8" s="16">
-        <v>-0.11145304872694957</v>
+        <v>1.9868851061192183</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="16">
-[...2 lines deleted...]
-      <c r="C9" s="16">
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="16">
         <v>993.59063900000001</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>1163.9281249999999</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>1140.0085979999999</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>1219.4224410000002</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>996.39448600000003</v>
+        <v>1176.7863500000001</v>
       </c>
       <c r="J9" s="16">
-        <v>994.76320599999997</v>
+        <v>-3.4964167926117473</v>
       </c>
       <c r="K9" s="16">
-        <v>-0.16371828858154286</v>
+        <v>4.3211900728708175</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="16">
-[...2 lines deleted...]
-      <c r="C10" s="16">
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="16">
         <v>2312.7020189999998</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>2676.730513</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>2502.4905170000002</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>2392.6538449999998</v>
       </c>
-      <c r="G10" s="16" t="s">
+      <c r="I10" s="16">
+        <v>2400.2108779999999</v>
+      </c>
+      <c r="J10" s="16" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>2015.7916599999999</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="17">
-[...2 lines deleted...]
-      <c r="C11" s="17">
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="17">
         <v>332.76205795654641</v>
       </c>
-      <c r="D11" s="17">
+      <c r="F11" s="17">
         <v>329.97386655640787</v>
       </c>
-      <c r="E11" s="17">
+      <c r="G11" s="17">
         <v>319.51505641188163</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>296.21205617947123</v>
       </c>
-      <c r="G11" s="18" t="s">
+      <c r="I11" s="17">
+        <v>303.96318142201426</v>
+      </c>
+      <c r="J11" s="18" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>302.64035177835081</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="I12" s="8"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="9"/>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>37</v>
       </c>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="9"/>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
     <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23"/>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="24"/>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="K20" s="12">
+        <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="128" t="s">
-[...3 lines deleted...]
-      <c r="C21" s="128"/>
+      <c r="A21" s="124" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" s="124"/>
+      <c r="C21" s="124"/>
       <c r="D21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="27">
-[...4 lines deleted...]
-      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
       <c r="G21" s="27">
         <v>5</v>
       </c>
       <c r="H21" s="27">
         <v>5</v>
       </c>
       <c r="I21" s="27">
         <v>5</v>
       </c>
       <c r="J21" s="27">
         <v>5</v>
       </c>
       <c r="K21" s="27">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="128"/>
-[...1 lines deleted...]
-      <c r="C22" s="128"/>
+      <c r="A22" s="124"/>
+      <c r="B22" s="124"/>
+      <c r="C22" s="124"/>
       <c r="D22" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E22" s="28">
-[...2 lines deleted...]
-      <c r="F22" s="28">
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="28">
         <v>5.1970595719288815</v>
       </c>
-      <c r="G22" s="28">
+      <c r="H22" s="28">
         <v>4.8986281828908691</v>
       </c>
-      <c r="H22" s="28">
+      <c r="I22" s="28">
         <v>4.7097123271967725</v>
       </c>
-      <c r="I22" s="28">
+      <c r="J22" s="28">
         <v>4.578329600026068</v>
       </c>
-      <c r="J22" s="28">
-[...1 lines deleted...]
-      </c>
       <c r="K22" s="28">
-        <v>4.4844237379288963</v>
+        <v>4.5100311222703038</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="129" t="s">
-[...3 lines deleted...]
-      <c r="C23" s="129"/>
+      <c r="A23" s="127" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" s="127"/>
+      <c r="C23" s="127"/>
       <c r="D23" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="30">
-[...4 lines deleted...]
-      </c>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
       <c r="G23" s="30">
         <v>14</v>
       </c>
       <c r="H23" s="30">
         <v>14</v>
       </c>
       <c r="I23" s="30">
+        <v>14</v>
+      </c>
+      <c r="J23" s="30">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="K23" s="30">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="130"/>
-[...1 lines deleted...]
-      <c r="C24" s="130"/>
+      <c r="A24" s="128"/>
+      <c r="B24" s="128"/>
+      <c r="C24" s="128"/>
       <c r="D24" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E24" s="32">
-[...2 lines deleted...]
-      <c r="F24" s="32">
+      <c r="E24" s="31"/>
+      <c r="F24" s="31"/>
+      <c r="G24" s="32">
         <v>1.1949992146708324</v>
       </c>
-      <c r="G24" s="32">
+      <c r="H24" s="32">
         <v>1.0623508013064982</v>
       </c>
-      <c r="H24" s="32">
+      <c r="I24" s="32">
         <v>1.0841900549192078</v>
       </c>
-      <c r="I24" s="32">
+      <c r="J24" s="32">
         <v>1.1370600655999332</v>
       </c>
-      <c r="J24" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="32">
-        <v>1.0579162026423452</v>
+        <v>1.0562477667430947</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="24"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H28" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I28" s="12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J28" s="12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K28" s="12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="141" t="s">
+      <c r="A29" s="124" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="124"/>
+      <c r="C29" s="124"/>
+      <c r="D29" s="124"/>
+      <c r="E29" s="125" t="s">
         <v>23</v>
       </c>
-      <c r="F29" s="141"/>
+      <c r="F29" s="125"/>
       <c r="G29" s="27">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="H29" s="27">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I29" s="27">
         <v>39</v>
       </c>
       <c r="J29" s="27">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="K29" s="27">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="128"/>
-[...6 lines deleted...]
-      <c r="F30" s="141"/>
+      <c r="A30" s="124"/>
+      <c r="B30" s="124"/>
+      <c r="C30" s="124"/>
+      <c r="D30" s="124"/>
+      <c r="E30" s="125" t="s">
+        <v>141</v>
+      </c>
+      <c r="F30" s="125"/>
       <c r="G30" s="28">
-        <v>0.47296541738814674</v>
+        <v>0.35393690452332555</v>
       </c>
       <c r="H30" s="28">
-        <v>0.35393690452332555</v>
+        <v>0.30851007267368746</v>
       </c>
       <c r="I30" s="28">
-        <v>0.30851007267368746</v>
+        <v>0.31701154555148736</v>
       </c>
       <c r="J30" s="28">
-        <v>0.31701154555148736</v>
+        <v>0.29882507675321657</v>
       </c>
       <c r="K30" s="28">
-        <v>0.29882507675321657</v>
+        <v>0.36379259289695198</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="129" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="143" t="s">
+      <c r="A31" s="127" t="s">
+        <v>142</v>
+      </c>
+      <c r="B31" s="127"/>
+      <c r="C31" s="127"/>
+      <c r="D31" s="127"/>
+      <c r="E31" s="129" t="s">
         <v>23</v>
       </c>
-      <c r="F31" s="143"/>
+      <c r="F31" s="129"/>
       <c r="G31" s="30">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H31" s="30">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I31" s="30">
         <v>34</v>
       </c>
       <c r="J31" s="30">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="K31" s="30">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="130"/>
-[...6 lines deleted...]
-      <c r="F32" s="142"/>
+      <c r="A32" s="128"/>
+      <c r="B32" s="128"/>
+      <c r="C32" s="128"/>
+      <c r="D32" s="128"/>
+      <c r="E32" s="126" t="s">
+        <v>143</v>
+      </c>
+      <c r="F32" s="126"/>
       <c r="G32" s="32">
-        <v>0.49579108217743773</v>
+        <v>0.52113716850066893</v>
       </c>
       <c r="H32" s="32">
-        <v>0.52113716850066893</v>
+        <v>0.58430487293809286</v>
       </c>
       <c r="I32" s="32">
-        <v>0.58430487293809286</v>
+        <v>0.58204149026424845</v>
       </c>
       <c r="J32" s="32">
-        <v>0.58204149026424845</v>
+        <v>0.55762932435311785</v>
       </c>
       <c r="K32" s="32">
-        <v>0.55762932435311785</v>
+        <v>0.4859822887061897</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="F36" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="F36" s="39"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-        <v>136</v>
+      <c r="K36" s="13">
+        <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="128" t="s">
-[...4 lines deleted...]
-      <c r="D37" s="128"/>
+      <c r="A37" s="124" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" s="124"/>
+      <c r="C37" s="124"/>
+      <c r="D37" s="124"/>
       <c r="E37" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="F37" s="40">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="26"/>
       <c r="G37" s="40">
         <v>0.45412816239061032</v>
       </c>
       <c r="H37" s="40">
         <v>0.83995342171314735</v>
       </c>
       <c r="I37" s="40">
         <v>-0.2527456656709019</v>
       </c>
       <c r="J37" s="40">
         <v>-3.9336391923735912E-2</v>
       </c>
       <c r="K37" s="40">
-        <v>-5.0537266323102993E-3</v>
+        <v>-4.4462928483795044E-2</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="136" t="s">
+      <c r="A38" s="131" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="136"/>
-[...1 lines deleted...]
-      <c r="D38" s="136"/>
+      <c r="B38" s="131"/>
+      <c r="C38" s="131"/>
+      <c r="D38" s="131"/>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="41"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>1.0017378139444362</v>
+        <v>0.5285007714086577</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="129" t="s">
-[...4 lines deleted...]
-      <c r="D39" s="129"/>
+      <c r="A39" s="127" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" s="127"/>
+      <c r="C39" s="127"/>
+      <c r="D39" s="127"/>
       <c r="E39" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="44">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="43"/>
       <c r="G39" s="44">
         <v>-1.373990319348013</v>
       </c>
       <c r="H39" s="44">
         <v>0.20486622358265186</v>
       </c>
       <c r="I39" s="44">
         <v>-2.1832042829382114E-2</v>
       </c>
       <c r="J39" s="44">
         <v>7.5525481960896118E-2</v>
       </c>
       <c r="K39" s="44">
-        <v>-1.8301291913146343E-3</v>
+        <v>-3.9756359075718152E-2</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="137" t="s">
+      <c r="A40" s="132" t="s">
         <v>36</v>
       </c>
-      <c r="B40" s="137"/>
-[...1 lines deleted...]
-      <c r="D40" s="137"/>
+      <c r="B40" s="132"/>
+      <c r="C40" s="132"/>
+      <c r="D40" s="132"/>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="45"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.4925235055077613</v>
+        <v>3.886961096989102</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
+      <c r="K41" s="37"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="46"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="23"/>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="138" t="s">
-[...3 lines deleted...]
-      <c r="C46" s="138"/>
+      <c r="A46" s="133" t="s">
+        <v>149</v>
+      </c>
+      <c r="B46" s="133"/>
+      <c r="C46" s="133"/>
       <c r="D46" s="47" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>3192</v>
       </c>
       <c r="H46" s="48">
         <v>6139</v>
       </c>
       <c r="I46" s="48">
         <v>6026</v>
       </c>
       <c r="J46" s="48">
         <v>5996</v>
       </c>
       <c r="K46" s="48">
         <v>5995</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="128"/>
-[...1 lines deleted...]
-      <c r="C47" s="128"/>
+      <c r="A47" s="124"/>
+      <c r="B47" s="124"/>
+      <c r="C47" s="124"/>
       <c r="D47" s="50" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>15.414332625072436</v>
       </c>
       <c r="H47" s="51">
         <v>27.257792380783236</v>
       </c>
       <c r="I47" s="51">
         <v>26.268526591107239</v>
       </c>
       <c r="J47" s="51">
         <v>26.556825228098148</v>
       </c>
       <c r="K47" s="51">
         <v>28.317037456898586</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="130"/>
-[...1 lines deleted...]
-      <c r="C48" s="130"/>
+      <c r="A48" s="128"/>
+      <c r="B48" s="128"/>
+      <c r="C48" s="128"/>
       <c r="D48" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>7</v>
       </c>
       <c r="H48" s="52">
         <v>2</v>
       </c>
       <c r="I48" s="52">
         <v>2</v>
       </c>
       <c r="J48" s="52">
         <v>2</v>
       </c>
       <c r="K48" s="52">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="140" t="s">
-[...5 lines deleted...]
-      <c r="K49" s="140"/>
+      <c r="G49" s="136" t="s">
+        <v>150</v>
+      </c>
+      <c r="H49" s="136"/>
+      <c r="I49" s="136"/>
+      <c r="J49" s="136"/>
+      <c r="K49" s="136"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="124" t="s">
+      <c r="A50" s="130" t="s">
         <v>48</v>
       </c>
-      <c r="B50" s="124"/>
-[...8 lines deleted...]
-      <c r="K50" s="124"/>
+      <c r="B50" s="130"/>
+      <c r="C50" s="130"/>
+      <c r="D50" s="130"/>
+      <c r="E50" s="130"/>
+      <c r="F50" s="130"/>
+      <c r="G50" s="130"/>
+      <c r="H50" s="130"/>
+      <c r="I50" s="130"/>
+      <c r="J50" s="130"/>
+      <c r="K50" s="130"/>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C51" s="53"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="124" t="s">
-[...11 lines deleted...]
-      <c r="K52" s="124"/>
+      <c r="A52" s="130" t="s">
+        <v>151</v>
+      </c>
+      <c r="B52" s="130"/>
+      <c r="C52" s="130"/>
+      <c r="D52" s="130"/>
+      <c r="E52" s="130"/>
+      <c r="F52" s="130"/>
+      <c r="G52" s="130"/>
+      <c r="H52" s="130"/>
+      <c r="I52" s="130"/>
+      <c r="J52" s="130"/>
+      <c r="K52" s="130"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="47"/>
       <c r="B56" s="47"/>
       <c r="C56" s="57"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
-      <c r="H56" s="131" t="s">
+      <c r="H56" s="123" t="s">
         <v>59</v>
       </c>
-      <c r="I56" s="131"/>
-      <c r="J56" s="131" t="s">
+      <c r="I56" s="123"/>
+      <c r="J56" s="123" t="s">
         <v>56</v>
       </c>
-      <c r="K56" s="131"/>
+      <c r="K56" s="123"/>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="58"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>5995</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>3612.076286</v>
       </c>
       <c r="K58" s="60">
@@ -3570,115 +3317,115 @@
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="66">
         <v>852.05448799999976</v>
       </c>
       <c r="K63" s="66">
         <v>23.589050189844187</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="139" t="s">
-[...6 lines deleted...]
-      <c r="K64" s="139"/>
+      <c r="F64" s="135" t="s">
+        <v>150</v>
+      </c>
+      <c r="G64" s="135"/>
+      <c r="H64" s="135"/>
+      <c r="I64" s="135"/>
+      <c r="J64" s="135"/>
+      <c r="K64" s="135"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="47"/>
       <c r="B68" s="47"/>
       <c r="C68" s="57"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
-      <c r="H68" s="131" t="s">
+      <c r="H68" s="123" t="s">
         <v>59</v>
       </c>
-      <c r="I68" s="131"/>
-      <c r="J68" s="131" t="s">
+      <c r="I68" s="123"/>
+      <c r="J68" s="123" t="s">
         <v>56</v>
       </c>
-      <c r="K68" s="131"/>
+      <c r="K68" s="123"/>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="58"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>5995</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>3612.076286</v>
       </c>
       <c r="K70" s="67">
@@ -3806,667 +3553,667 @@
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="78">
         <v>852.05448800000022</v>
       </c>
       <c r="K76" s="78">
         <v>23.589050189844187</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="139" t="s">
-[...6 lines deleted...]
-      <c r="K77" s="139"/>
+      <c r="F77" s="135" t="s">
+        <v>150</v>
+      </c>
+      <c r="G77" s="135"/>
+      <c r="H77" s="135"/>
+      <c r="I77" s="135"/>
+      <c r="J77" s="135"/>
+      <c r="K77" s="135"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
     <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="23"/>
       <c r="B81" s="23"/>
       <c r="C81" s="23"/>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="F81" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="H81" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
-        <v>563.40233000000012</v>
+        <v>680.09404000000018</v>
       </c>
       <c r="E82" s="16">
-        <v>18.398822185817682</v>
+        <v>20.569686665650281</v>
       </c>
       <c r="F82" s="16">
-        <v>739.07148699999993</v>
+        <v>872.35187199999996</v>
       </c>
       <c r="G82" s="16">
-        <v>20.290231065711595</v>
+        <v>24.150981400396702</v>
       </c>
       <c r="H82" s="16">
-        <v>872.35187199999996</v>
+        <v>918.56195700000001</v>
       </c>
       <c r="I82" s="16">
-        <v>24.150981400396702</v>
+        <v>25.67969440428093</v>
       </c>
       <c r="J82" s="16">
-        <v>18.03349031106649</v>
+        <v>5.2971841390167906</v>
       </c>
       <c r="K82" s="16">
-        <v>133.28038500000002</v>
+        <v>46.210085000000049</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
-        <v>494.57638200000008</v>
+        <v>433.50446699999992</v>
       </c>
       <c r="E83" s="16">
-        <v>16.151198575488745</v>
+        <v>13.111497131116936</v>
       </c>
       <c r="F83" s="16">
-        <v>488.777064</v>
+        <v>430.61935800000003</v>
       </c>
       <c r="G83" s="16">
-        <v>13.418728421571627</v>
+        <v>11.921657348961096</v>
       </c>
       <c r="H83" s="16">
-        <v>430.61935800000003</v>
+        <v>450.43258799999995</v>
       </c>
       <c r="I83" s="16">
-        <v>11.921657348961096</v>
+        <v>12.592477972141161</v>
       </c>
       <c r="J83" s="16">
-        <v>-11.898616011982092</v>
+        <v>4.601100631430489</v>
       </c>
       <c r="K83" s="16">
-        <v>-58.157705999999962</v>
+        <v>19.813229999999919</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
-        <v>285.970978</v>
+        <v>301.64211199999994</v>
       </c>
       <c r="E84" s="16">
-        <v>9.3388488019323219</v>
+        <v>9.1232732005782395</v>
       </c>
       <c r="F84" s="16">
-        <v>336.62753399999997</v>
+        <v>349.123786</v>
       </c>
       <c r="G84" s="16">
-        <v>9.2416641259774188</v>
+        <v>9.665459928218139</v>
       </c>
       <c r="H84" s="16">
-        <v>349.123786</v>
+        <v>326.27791599999995</v>
       </c>
       <c r="I84" s="16">
-        <v>9.665459928218139</v>
+        <v>9.1215590956001691</v>
       </c>
       <c r="J84" s="16">
-        <v>3.7121895085385463</v>
+        <v>-6.5437735600174909</v>
       </c>
       <c r="K84" s="16">
-        <v>12.496252000000027</v>
+        <v>-22.845870000000048</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
-        <v>226.83900800000004</v>
+        <v>317.16234900000001</v>
       </c>
       <c r="E85" s="16">
-        <v>7.4077978573487151</v>
+        <v>9.5926883009761692</v>
       </c>
       <c r="F85" s="16">
-        <v>357.24734100000001</v>
+        <v>323.66335900000007</v>
       </c>
       <c r="G85" s="16">
-        <v>9.8077536801268383</v>
+        <v>8.9605903467344454</v>
       </c>
       <c r="H85" s="16">
-        <v>323.66335900000007</v>
+        <v>241.68078699999998</v>
       </c>
       <c r="I85" s="16">
-        <v>8.9605903467344454</v>
+        <v>6.7565270978733896</v>
       </c>
       <c r="J85" s="16">
-        <v>-9.4007647211571363</v>
+        <v>-25.329580788290613</v>
       </c>
       <c r="K85" s="16">
-        <v>-33.583981999999935</v>
+        <v>-81.98257200000009</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
-        <v>230.04925100000006</v>
+        <v>255.89059899999998</v>
       </c>
       <c r="E86" s="16">
-        <v>7.5126335795053247</v>
+        <v>7.7395023813406167</v>
       </c>
       <c r="F86" s="16">
-        <v>236.073195</v>
+        <v>245.29223100000002</v>
       </c>
       <c r="G86" s="16">
-        <v>6.4810776213462447</v>
+        <v>6.7908928709707777</v>
       </c>
       <c r="H86" s="16">
-        <v>245.29223100000002</v>
+        <v>229.685158</v>
       </c>
       <c r="I86" s="16">
-        <v>6.7908928709707777</v>
+        <v>6.4211723789459985</v>
       </c>
       <c r="J86" s="16">
-        <v>3.9051600076832171</v>
+        <v>-6.3626446448685172</v>
       </c>
       <c r="K86" s="16">
-        <v>9.2190360000000169</v>
+        <v>-15.607073000000014</v>
       </c>
     </row>
     <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
-        <v>171.17800800000001</v>
+        <v>175.620938</v>
       </c>
       <c r="E87" s="16">
-        <v>5.5900971004405964</v>
+        <v>5.3117178715278746</v>
       </c>
       <c r="F87" s="16">
-        <v>204.45197899999999</v>
+        <v>194.69195000000002</v>
       </c>
       <c r="G87" s="16">
-        <v>5.6129589203757426</v>
+        <v>5.3900287420452342</v>
       </c>
       <c r="H87" s="16">
-        <v>194.69195000000002</v>
+        <v>188.54916999999998</v>
       </c>
       <c r="I87" s="16">
-        <v>5.3900287420452342</v>
+        <v>5.2711578450236347</v>
       </c>
       <c r="J87" s="16">
-        <v>-4.7737512973645391</v>
+        <v>-3.1551278827912732</v>
       </c>
       <c r="K87" s="16">
-        <v>-9.7600289999999745</v>
+        <v>-6.1427800000000445</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
-        <v>136.54642399999997</v>
+        <v>142.03019500000002</v>
       </c>
       <c r="E88" s="16">
-        <v>4.4591462290993134</v>
+        <v>4.2957538757598996</v>
       </c>
       <c r="F88" s="16">
-        <v>193.04132899999999</v>
+        <v>177.56352200000009</v>
       </c>
       <c r="G88" s="16">
-        <v>5.299694602671166</v>
+        <v>4.9158297871010159</v>
       </c>
       <c r="H88" s="16">
-        <v>177.56352200000009</v>
+        <v>174.67509400000003</v>
       </c>
       <c r="I88" s="16">
-        <v>4.9158297871010159</v>
+        <v>4.883288492165418</v>
       </c>
       <c r="J88" s="16">
-        <v>-8.0178721728547053</v>
+        <v>-1.6267012320244807</v>
       </c>
       <c r="K88" s="16">
-        <v>-15.477806999999899</v>
+        <v>-2.8884280000000615</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
-        <v>108.210544</v>
+        <v>148.26684100000003</v>
       </c>
       <c r="E89" s="16">
-        <v>3.5337918422996224</v>
+        <v>4.4843834571404129</v>
       </c>
       <c r="F89" s="16">
-        <v>164.241097</v>
+        <v>172.87798800000002</v>
       </c>
       <c r="G89" s="16">
-        <v>4.5090222897693142</v>
+        <v>4.7861112089480384</v>
       </c>
       <c r="H89" s="16">
-        <v>172.87798800000002</v>
+        <v>169.58243900000002</v>
       </c>
       <c r="I89" s="16">
-        <v>4.7861112089480384</v>
+        <v>4.7409161425271309</v>
       </c>
       <c r="J89" s="16">
-        <v>5.2586661668486174</v>
+        <v>-1.9062860680678406</v>
       </c>
       <c r="K89" s="16">
-        <v>8.6368910000000199</v>
+        <v>-3.2955489999999941</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
-        <v>66.232382999999984</v>
+        <v>88.426473999999999</v>
       </c>
       <c r="E90" s="16">
-        <v>2.1629265142726215</v>
+        <v>2.6744902265696533</v>
       </c>
       <c r="F90" s="16">
-        <v>105.53113400000001</v>
+        <v>135.84490100000002</v>
       </c>
       <c r="G90" s="16">
-        <v>2.8972178350138047</v>
+        <v>3.7608535989818246</v>
       </c>
       <c r="H90" s="16">
-        <v>135.84490100000002</v>
+        <v>144.19675099999998</v>
       </c>
       <c r="I90" s="16">
-        <v>3.7608535989818246</v>
+        <v>4.0312234482950506</v>
       </c>
       <c r="J90" s="16">
-        <v>28.724951444187084</v>
+        <v>6.1480776521747806</v>
       </c>
       <c r="K90" s="16">
-        <v>30.313767000000013</v>
+        <v>8.3518499999999563</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
-        <v>92.577291000000002</v>
+        <v>135.62094699999997</v>
       </c>
       <c r="E91" s="16">
-        <v>3.0232624624639008</v>
+        <v>4.1019038853637975</v>
       </c>
       <c r="F91" s="16">
-        <v>118.46644599999999</v>
+        <v>113.62372700000002</v>
       </c>
       <c r="G91" s="16">
-        <v>3.252339733238343</v>
+        <v>3.1456624390905796</v>
       </c>
       <c r="H91" s="16">
-        <v>117.134745</v>
+        <v>118.30224799999999</v>
       </c>
       <c r="I91" s="16">
-        <v>3.2428646497307119</v>
+        <v>3.3073061134617125</v>
       </c>
       <c r="J91" s="16">
-        <v>-1.1241166127326851</v>
+        <v>4.1175563621495836</v>
       </c>
       <c r="K91" s="16">
-        <v>-1.3317009999999954</v>
+        <v>4.6785209999999751</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
-        <v>171.74027399999997</v>
+        <v>158.74437900000001</v>
       </c>
       <c r="E92" s="16">
-        <v>5.6084588139165241</v>
+        <v>4.8012803287663477</v>
       </c>
       <c r="F92" s="16">
-        <v>129.00188799999998</v>
+        <v>116.03249100000001</v>
       </c>
       <c r="G92" s="16">
-        <v>3.5415763718037301</v>
+        <v>3.2123488490464291</v>
       </c>
       <c r="H92" s="16">
-        <v>116.03249100000001</v>
+        <v>113.548149</v>
       </c>
       <c r="I92" s="16">
-        <v>3.2123488490464291</v>
+        <v>3.1743985740656546</v>
       </c>
       <c r="J92" s="16">
-        <v>-10.053648982253636</v>
+        <v>-2.1410744340565886</v>
       </c>
       <c r="K92" s="16">
-        <v>-12.969396999999972</v>
+        <v>-2.4843420000000123</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
-        <v>117.05954399999997</v>
+        <v>134.96986599999997</v>
       </c>
       <c r="E93" s="16">
-        <v>3.8227703730101719</v>
+        <v>4.0822117084349152</v>
       </c>
       <c r="F93" s="16">
-        <v>143.81478899999999</v>
+        <v>115.34571900000002</v>
       </c>
       <c r="G93" s="16">
-        <v>3.9482449949751053</v>
+        <v>3.193335629346119</v>
       </c>
       <c r="H93" s="16">
-        <v>115.34571900000002</v>
+        <v>107.04860500000001</v>
       </c>
       <c r="I93" s="16">
-        <v>3.193335629346119</v>
+        <v>2.9926946591416259</v>
       </c>
       <c r="J93" s="16">
-        <v>-19.795648415546456</v>
+        <v>-7.1932569946527494</v>
       </c>
       <c r="K93" s="16">
-        <v>-28.469069999999974</v>
+        <v>-8.2971140000000076</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
-        <v>145.51467099999999</v>
+        <v>95.902742000000018</v>
       </c>
       <c r="E94" s="16">
-        <v>4.7520189651270339</v>
+        <v>2.9006126172149647</v>
       </c>
       <c r="F94" s="16">
-        <v>129.088155</v>
+        <v>103.452737</v>
       </c>
       <c r="G94" s="16">
-        <v>3.543944718295422</v>
+        <v>2.8640795157336827</v>
       </c>
       <c r="H94" s="16">
-        <v>113.62372700000002</v>
+        <v>105.761686</v>
       </c>
       <c r="I94" s="16">
-        <v>3.1456624390905796</v>
+        <v>2.9567170243275345</v>
       </c>
       <c r="J94" s="16">
-        <v>-11.979742060764586</v>
+        <v>2.2318877846605436</v>
       </c>
       <c r="K94" s="16">
-        <v>-15.464427999999984</v>
+        <v>2.3089489999999984</v>
       </c>
     </row>
     <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
-        <v>117.03147600000001</v>
+        <v>103.51921999999999</v>
       </c>
       <c r="E95" s="16">
-        <v>3.8218537666817767</v>
+        <v>3.1309757092894346</v>
       </c>
       <c r="F95" s="16">
-        <v>105.829842</v>
+        <v>117.134745</v>
       </c>
       <c r="G95" s="16">
-        <v>2.9054184684407258</v>
+        <v>3.2428646497307119</v>
       </c>
       <c r="H95" s="16">
-        <v>103.452737</v>
+        <v>105.49083099999999</v>
       </c>
       <c r="I95" s="16">
-        <v>2.8640795157336827</v>
+        <v>2.9491448909783715</v>
       </c>
       <c r="J95" s="16">
-        <v>-2.2461575630057165</v>
+        <v>-9.9406149729527389</v>
       </c>
       <c r="K95" s="16">
-        <v>-2.3771050000000002</v>
+        <v>-11.643914000000009</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
-        <v>6.4309510000000003</v>
+        <v>15.403564000000001</v>
       </c>
       <c r="E96" s="16">
-        <v>0.21001319596017001</v>
+        <v>0.46588628392375064</v>
       </c>
       <c r="F96" s="16">
-        <v>8.291328</v>
+        <v>4.3944000000000004E-2</v>
       </c>
       <c r="G96" s="16">
-        <v>0.22762745407008833</v>
+        <v>1.2165856012045478E-3</v>
       </c>
       <c r="H96" s="16">
-        <v>6.8146449999999996</v>
+        <v>58.250406000000005</v>
       </c>
       <c r="I96" s="16">
-        <v>0.18866282050611152</v>
-[...2 lines deleted...]
-        <v>-17.809969645393362</v>
+        <v>1.628472215299128</v>
+      </c>
+      <c r="J96" s="16" t="s">
+        <v>160</v>
       </c>
       <c r="K96" s="16">
-        <v>-1.4766830000000004</v>
+        <v>58.206462000000002</v>
       </c>
     </row>
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
-        <v>12.242781000000001</v>
+        <v>8.0809569999999997</v>
       </c>
       <c r="E97" s="16">
-        <v>0.39980798566968495</v>
+        <v>0.24441142499733309</v>
       </c>
       <c r="F97" s="16">
-        <v>38.721043999999999</v>
+        <v>6.8146449999999996</v>
       </c>
       <c r="G97" s="16">
-        <v>1.063035096989996</v>
+        <v>0.18866282050611152</v>
       </c>
       <c r="H97" s="16">
-        <v>4.3944000000000004E-2</v>
+        <v>7.2205809999999992</v>
       </c>
       <c r="I97" s="16">
-        <v>1.2165856012045478E-3</v>
+        <v>0.20186152070453878</v>
       </c>
       <c r="J97" s="16">
-        <v>-99.886511324436384</v>
+        <v>5.9568180000572246</v>
       </c>
       <c r="K97" s="16">
-        <v>-38.677099999999996</v>
+        <v>0.40593599999999963</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
-        <v>116.56290299999999</v>
+        <v>111.41296800000002</v>
       </c>
       <c r="E98" s="16">
-        <v>3.806551750965804</v>
+        <v>3.3697249313493778</v>
       </c>
       <c r="F98" s="16">
-        <v>144.22346300000001</v>
+        <v>137.59931100000003</v>
       </c>
       <c r="G98" s="16">
-        <v>3.9594645996228333</v>
+        <v>3.809424278587898</v>
       </c>
       <c r="H98" s="16">
-        <v>137.59931100000003</v>
+        <v>117.732862</v>
       </c>
       <c r="I98" s="16">
-        <v>3.809424278587898</v>
+        <v>3.2913881251685444</v>
       </c>
       <c r="J98" s="16">
-        <v>-4.592978051012393</v>
+        <v>-14.437898602559157</v>
       </c>
       <c r="K98" s="16">
-        <v>-6.6241519999999809</v>
+        <v>-19.866449000000031</v>
       </c>
     </row>
     <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="96"/>
       <c r="C99" s="97"/>
       <c r="D99" s="17">
-        <v>3062.165199</v>
+        <v>3306.2926579999998</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>3642.4991150000001</v>
+        <v>3612.076286</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>3612.076286</v>
+        <v>3576.9972280000002</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>-0.83521856943539963</v>
+        <v>-0.97116049669167481</v>
       </c>
       <c r="K99" s="17">
-        <v>-30.422829000000092</v>
+        <v>-35.079057999999804</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
     <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
     <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>50</v>
@@ -4481,10163 +4228,6891 @@
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
     <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
     <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="23"/>
       <c r="B107" s="23"/>
       <c r="C107" s="23"/>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="F107" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="H107" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
-        <v>217.43878899999999</v>
+        <v>96.277684000000008</v>
       </c>
       <c r="E108" s="16">
-        <v>11.266818067139383</v>
+        <v>9.6898743024490201</v>
       </c>
       <c r="F108" s="16">
-        <v>193.995462</v>
+        <v>295.01708399999995</v>
       </c>
       <c r="G108" s="16">
-        <v>17.017017445336847</v>
+        <v>24.193181466963008</v>
       </c>
       <c r="H108" s="16">
-        <v>295.01708399999995</v>
+        <v>350.44833499999993</v>
       </c>
       <c r="I108" s="16">
-        <v>24.193181466963008</v>
+        <v>29.780115566432251</v>
       </c>
       <c r="J108" s="16">
-        <v>52.074219138177547</v>
+        <v>18.789166460610797</v>
       </c>
       <c r="K108" s="16">
-        <v>101.02162199999995</v>
+        <v>55.431250999999975</v>
       </c>
     </row>
     <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
-        <v>168.17241200000001</v>
+        <v>139.69948400000001</v>
       </c>
       <c r="E109" s="16">
-        <v>8.7140292614304808</v>
+        <v>14.060064428606198</v>
       </c>
       <c r="F109" s="16">
-        <v>258.71071799999999</v>
+        <v>167.83805000000004</v>
       </c>
       <c r="G109" s="16">
-        <v>22.693751472916524</v>
+        <v>13.763733088458064</v>
       </c>
       <c r="H109" s="16">
-        <v>256.65037300000006</v>
+        <v>179.95191700000001</v>
       </c>
       <c r="I109" s="16">
-        <v>21.046879602242782</v>
+        <v>15.291808661784698</v>
       </c>
       <c r="J109" s="16">
-        <v>-0.79638950250214491</v>
+        <v>7.2175927925759193</v>
       </c>
       <c r="K109" s="16">
-        <v>-2.060344999999927</v>
+        <v>12.113866999999971</v>
       </c>
     </row>
     <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
-        <v>407.63392500000003</v>
+        <v>168.97266600000003</v>
       </c>
       <c r="E110" s="16">
-        <v>21.121977785522621</v>
+        <v>17.006265897398418</v>
       </c>
       <c r="F110" s="16">
-        <v>187.686657</v>
+        <v>256.65037300000006</v>
       </c>
       <c r="G110" s="16">
-        <v>16.463617671767771</v>
+        <v>21.046879602242782</v>
       </c>
       <c r="H110" s="16">
-        <v>167.83805000000004</v>
+        <v>173.26871500000001</v>
       </c>
       <c r="I110" s="16">
-        <v>13.763733088458064</v>
+        <v>14.72388892002359</v>
       </c>
       <c r="J110" s="16">
-        <v>-10.575395884428779</v>
+        <v>-32.488422683882099</v>
       </c>
       <c r="K110" s="16">
-        <v>-19.848606999999959</v>
+        <v>-83.381658000000044</v>
       </c>
     </row>
     <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
-        <v>430.17760999999996</v>
+        <v>92.655325999999988</v>
       </c>
       <c r="E111" s="16">
-        <v>22.290102381074423</v>
+        <v>9.325301825835739</v>
       </c>
       <c r="F111" s="16">
-        <v>111.47738699999999</v>
+        <v>114.75415099999998</v>
       </c>
       <c r="G111" s="16">
-        <v>9.7786444063292937</v>
+        <v>9.4105329819824064</v>
       </c>
       <c r="H111" s="16">
-        <v>114.75415099999998</v>
+        <v>92.28377900000001</v>
       </c>
       <c r="I111" s="16">
-        <v>9.4105329819824064</v>
+        <v>7.8420164373932453</v>
       </c>
       <c r="J111" s="16">
-        <v>2.9393979247109425</v>
+        <v>-19.58131518919954</v>
       </c>
       <c r="K111" s="16">
-        <v>3.2767639999999858</v>
+        <v>-22.470371999999969</v>
       </c>
     </row>
     <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
-        <v>82.758363000000003</v>
+        <v>65.547074000000009</v>
       </c>
       <c r="E112" s="16">
-        <v>4.2882110581257855</v>
+        <v>6.5969898897165438</v>
       </c>
       <c r="F112" s="16">
-        <v>67.788803000000001</v>
+        <v>71.059043000000003</v>
       </c>
       <c r="G112" s="16">
-        <v>5.9463413801375564</v>
+        <v>5.8272704036615313</v>
       </c>
       <c r="H112" s="16">
-        <v>71.059043000000003</v>
+        <v>71.704513999999989</v>
       </c>
       <c r="I112" s="16">
-        <v>5.8272704036615313</v>
+        <v>6.0932482773954657</v>
       </c>
       <c r="J112" s="16">
-        <v>4.8241595297087647</v>
+        <v>0.90835870108746941</v>
       </c>
       <c r="K112" s="16">
-        <v>3.2702400000000011</v>
+        <v>0.64547099999998636</v>
       </c>
     </row>
     <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
-        <v>59.893563999999998</v>
+        <v>25.678299000000003</v>
       </c>
       <c r="E113" s="16">
-        <v>3.1034476051123008</v>
+        <v>2.584394215493409</v>
       </c>
       <c r="F113" s="16">
-        <v>38.344666999999994</v>
+        <v>35.740800999999998</v>
       </c>
       <c r="G113" s="16">
-        <v>3.3635419125145929</v>
+        <v>2.9309613960105882</v>
       </c>
       <c r="H113" s="16">
-        <v>50.506001000000012</v>
+        <v>42.105162</v>
       </c>
       <c r="I113" s="16">
-        <v>4.1417969115429791</v>
+        <v>3.5779784495290921</v>
       </c>
       <c r="J113" s="16">
-        <v>31.715841997011008</v>
+        <v>17.80699039173745</v>
       </c>
       <c r="K113" s="16">
-        <v>12.161334000000018</v>
+        <v>6.3643610000000024</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
-        <v>106.340701</v>
+        <v>42.326507999999997</v>
       </c>
       <c r="E114" s="16">
-        <v>5.5101545442247062</v>
+        <v>4.2599543855002038</v>
       </c>
       <c r="F114" s="16">
-        <v>76.375925999999993</v>
+        <v>50.506001000000012</v>
       </c>
       <c r="G114" s="16">
-        <v>6.6995921025500893</v>
+        <v>4.1417969115429791</v>
       </c>
       <c r="H114" s="16">
-        <v>44.847340000000003</v>
+        <v>41.695908000000003</v>
       </c>
       <c r="I114" s="16">
-        <v>3.6777525566302085</v>
+        <v>3.5432011936576253</v>
       </c>
       <c r="J114" s="16">
-        <v>-41.280790494114591</v>
+        <v>-17.443655853885577</v>
       </c>
       <c r="K114" s="16">
-        <v>-31.52858599999999</v>
+        <v>-8.8100930000000091</v>
       </c>
     </row>
     <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
-        <v>31.107118000000003</v>
+        <v>56.039516000000006</v>
       </c>
       <c r="E115" s="16">
-        <v>1.6118478249022843</v>
+        <v>5.6401010436653287</v>
       </c>
       <c r="F115" s="16">
-        <v>39.769118999999996</v>
+        <v>44.847340000000003</v>
       </c>
       <c r="G115" s="16">
-        <v>3.4884928999456548</v>
+        <v>3.6777525566302085</v>
       </c>
       <c r="H115" s="16">
-        <v>39.248735000000003</v>
+        <v>38.372675999999998</v>
       </c>
       <c r="I115" s="16">
-        <v>3.218633156186109</v>
+        <v>3.2608022688230536</v>
       </c>
       <c r="J115" s="16">
-        <v>-1.3085127684120761</v>
+        <v>-14.437119347546595</v>
       </c>
       <c r="K115" s="16">
-        <v>-0.52038399999999285</v>
+        <v>-6.4746640000000042</v>
       </c>
     </row>
     <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
-        <v>47.484365000000004</v>
+        <v>39.557848000000007</v>
       </c>
       <c r="E116" s="16">
-        <v>2.4604519917954519</v>
+        <v>3.9813024043597101</v>
       </c>
       <c r="F116" s="16">
-        <v>32.178972999999999</v>
+        <v>39.248735000000003</v>
       </c>
       <c r="G116" s="16">
-        <v>2.8226956407569133</v>
+        <v>3.218633156186109</v>
       </c>
       <c r="H116" s="16">
-        <v>35.740800999999998</v>
+        <v>37.219532999999998</v>
       </c>
       <c r="I116" s="16">
-        <v>2.9309613960105882</v>
+        <v>3.1628114143234236</v>
       </c>
       <c r="J116" s="16">
-        <v>11.068805707379159</v>
+        <v>-5.1701080302333429</v>
       </c>
       <c r="K116" s="16">
-        <v>3.5618279999999984</v>
+        <v>-2.0292020000000051</v>
       </c>
     </row>
     <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
-        <v>37.332231999999998</v>
+        <v>155.60531400000002</v>
       </c>
       <c r="E117" s="16">
-        <v>1.9344086118150658</v>
+        <v>15.660907811753249</v>
       </c>
       <c r="F117" s="16">
-        <v>29.480578000000001</v>
+        <v>31.358894999999997</v>
       </c>
       <c r="G117" s="16">
-        <v>2.5859961101802149</v>
+        <v>2.57161865696713</v>
       </c>
       <c r="H117" s="16">
-        <v>31.482555000000001</v>
+        <v>33.933333999999995</v>
       </c>
       <c r="I117" s="16">
-        <v>2.5817595233184654</v>
+        <v>2.8835594498525574</v>
       </c>
       <c r="J117" s="16">
-        <v>6.7908336125567139</v>
+        <v>8.2095973088337413</v>
       </c>
       <c r="K117" s="16">
-        <v>2.0019770000000001</v>
+        <v>2.5744389999999981</v>
       </c>
     </row>
     <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
-        <v>208.23173700000001</v>
+        <v>28.851853000000002</v>
       </c>
       <c r="E118" s="16">
-        <v>10.789745046747001</v>
+        <v>2.903796781845486</v>
       </c>
       <c r="F118" s="16">
-        <v>18.624889</v>
+        <v>31.482555000000001</v>
       </c>
       <c r="G118" s="16">
-        <v>1.6337498710689551</v>
+        <v>2.5817595233184654</v>
       </c>
       <c r="H118" s="16">
-        <v>31.358894999999997</v>
+        <v>28.247341999999996</v>
       </c>
       <c r="I118" s="16">
-        <v>2.57161865696713</v>
+        <v>2.4003798140588559</v>
       </c>
       <c r="J118" s="16">
-        <v>68.370909485688742</v>
+        <v>-10.276208522465872</v>
       </c>
       <c r="K118" s="16">
-        <v>12.734005999999997</v>
+        <v>-3.2352130000000052</v>
       </c>
     </row>
     <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
-        <v>51.475646000000005</v>
+        <v>20.113212000000001</v>
       </c>
       <c r="E119" s="16">
-        <v>2.6672643875443547</v>
+        <v>2.0242956415373397</v>
       </c>
       <c r="F119" s="16">
-        <v>23.685731000000001</v>
+        <v>21.840809</v>
       </c>
       <c r="G119" s="16">
-        <v>2.0776800316728843</v>
+        <v>1.791078158450915</v>
       </c>
       <c r="H119" s="16">
-        <v>21.840809</v>
+        <v>23.925613000000002</v>
       </c>
       <c r="I119" s="16">
-        <v>1.791078158450915</v>
+        <v>2.0331314176103419</v>
       </c>
       <c r="J119" s="16">
-        <v>-7.7891706192221823</v>
+        <v>9.5454522769738155</v>
       </c>
       <c r="K119" s="16">
-        <v>-1.8449220000000004</v>
+        <v>2.0848040000000019</v>
       </c>
     </row>
     <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
-        <v>22.984544000000003</v>
+        <v>12.807211000000002</v>
       </c>
       <c r="E120" s="16">
-        <v>1.1909681653173674</v>
+        <v>1.288982655159657</v>
       </c>
       <c r="F120" s="16">
-        <v>9.4349340000000019</v>
+        <v>10.101654999999999</v>
       </c>
       <c r="G120" s="16">
-        <v>0.82761954747993949</v>
+        <v>0.82839667865354605</v>
       </c>
       <c r="H120" s="16">
-        <v>10.101654999999999</v>
+        <v>10.020253</v>
       </c>
       <c r="I120" s="16">
-        <v>0.82839667865354605</v>
+        <v>0.85149296641654615</v>
       </c>
       <c r="J120" s="16">
-        <v>7.0665147207176755</v>
+        <v>-0.80582835188886237</v>
       </c>
       <c r="K120" s="16">
-        <v>0.66672099999999723</v>
+        <v>-8.1401999999998864E-2</v>
       </c>
     </row>
     <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
-        <v>5.4789929999999991</v>
+        <v>5.2694719999999995</v>
       </c>
       <c r="E121" s="16">
-        <v>0.28389974763026393</v>
+        <v>0.53034638141352297</v>
       </c>
       <c r="F121" s="16">
-        <v>7.9876809999999994</v>
+        <v>6.3894860000000007</v>
       </c>
       <c r="G121" s="16">
-        <v>0.70066848741433796</v>
+        <v>0.52397641581536225</v>
       </c>
       <c r="H121" s="16">
-        <v>8.1425029999999996</v>
+        <v>9.0009789999999992</v>
       </c>
       <c r="I121" s="16">
-        <v>0.66773439016938663</v>
+        <v>0.76487792367747964</v>
       </c>
       <c r="J121" s="16">
-        <v>1.9382596776210799</v>
+        <v>40.871722701951271</v>
       </c>
       <c r="K121" s="16">
-        <v>0.15482200000000024</v>
+        <v>2.6114929999999985</v>
       </c>
     </row>
     <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
-        <v>16.663606999999999</v>
+        <v>7.4199490000000008</v>
       </c>
       <c r="E122" s="16">
-        <v>0.86344220952826545</v>
+        <v>0.7467812908813044</v>
       </c>
       <c r="F122" s="16">
-        <v>6.4065769999999995</v>
+        <v>8.1425029999999996</v>
       </c>
       <c r="G122" s="16">
-        <v>0.56197620011283456</v>
+        <v>0.66773439016938663</v>
       </c>
       <c r="H122" s="16">
-        <v>6.3894860000000007</v>
+        <v>7.137073</v>
       </c>
       <c r="I122" s="16">
-        <v>0.52397641581536225</v>
+        <v>0.60648842502294487</v>
       </c>
       <c r="J122" s="16">
-        <v>-0.26677272434248211</v>
+        <v>-12.347922991247282</v>
       </c>
       <c r="K122" s="16">
-        <v>-1.7090999999998857E-2</v>
+        <v>-1.0054299999999996</v>
       </c>
     </row>
     <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
-        <v>4.9781959999999996</v>
+        <v>2.0571869999999999</v>
       </c>
       <c r="E123" s="16">
-        <v>0.25795042776181487</v>
+        <v>0.20704573083241373</v>
       </c>
       <c r="F123" s="16">
-        <v>2.2153550000000002</v>
+        <v>3.2900890000000005</v>
       </c>
       <c r="G123" s="16">
-        <v>0.19432792032328167</v>
+        <v>0.26980715536954758</v>
       </c>
       <c r="H123" s="16">
-        <v>3.2900890000000005</v>
+        <v>3.695414</v>
       </c>
       <c r="I123" s="16">
-        <v>0.26980715536954758</v>
+        <v>0.31402590623183213</v>
       </c>
       <c r="J123" s="16">
-        <v>48.512947134883582</v>
+        <v>12.319575549475999</v>
       </c>
       <c r="K123" s="16">
-        <v>1.0747340000000003</v>
+        <v>0.40532499999999949</v>
       </c>
     </row>
     <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
-        <v>31.752343999999997</v>
+        <v>34.712035999999998</v>
       </c>
       <c r="E124" s="16">
-        <v>1.6452808843284386</v>
+        <v>3.4935953135524658</v>
       </c>
       <c r="F124" s="16">
-        <v>35.845141000000005</v>
+        <v>31.154871</v>
       </c>
       <c r="G124" s="16">
-        <v>3.144286899492315</v>
+        <v>2.5548874575779599</v>
       </c>
       <c r="H124" s="16">
-        <v>31.154871</v>
+        <v>33.775803000000003</v>
       </c>
       <c r="I124" s="16">
-        <v>2.5548874575779599</v>
+        <v>2.8701729077669875</v>
       </c>
       <c r="J124" s="16">
-        <v>-13.084813922199398</v>
+        <v>8.4125914050486799</v>
       </c>
       <c r="K124" s="16">
-        <v>-4.6902700000000053</v>
+        <v>2.6209320000000034</v>
       </c>
     </row>
     <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B125" s="96"/>
       <c r="C125" s="97"/>
       <c r="D125" s="17">
-        <v>1929.9041459999999</v>
+        <v>993.59063900000001</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
-        <v>1140.0085979999999</v>
+        <v>1219.4224410000002</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>1219.4224410000002</v>
+        <v>1176.7863500000001</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>6.9660740400837113</v>
+        <v>-3.4964167926117473</v>
       </c>
       <c r="K125" s="17">
-        <v>79.41384300000027</v>
+        <v>-42.636091000000079</v>
       </c>
     </row>
     <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
     <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
     <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="46"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F131" s="13" t="s">
+      <c r="A130" s="46"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B131" s="37"/>
+      <c r="C131" s="37"/>
+      <c r="D131" s="37"/>
+      <c r="E131" s="37"/>
+      <c r="F131" s="37"/>
+      <c r="G131" s="37"/>
+      <c r="H131" s="37"/>
+      <c r="I131" s="37"/>
+      <c r="J131" s="37"/>
+      <c r="K131" s="37"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="23"/>
+      <c r="B132" s="23"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="23"/>
+      <c r="E132" s="23"/>
+      <c r="F132" s="23"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="J132" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K132" s="13" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="37"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>625.97647600000005</v>
+      </c>
+      <c r="H133" s="16">
+        <v>729.64255800000001</v>
+      </c>
+      <c r="I133" s="16">
+        <v>20.398186285650652</v>
+      </c>
+      <c r="J133" s="16">
+        <v>16.560699319314349</v>
+      </c>
+      <c r="K133" s="16">
+        <v>103.66608199999996</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="37"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="16">
+        <v>121.964643</v>
+      </c>
+      <c r="H134" s="16">
+        <v>108.271851</v>
+      </c>
+      <c r="I134" s="16">
+        <v>3.026892225480919</v>
+      </c>
+      <c r="J134" s="16">
+        <v>-11.226853671026609</v>
+      </c>
+      <c r="K134" s="16">
+        <v>-13.692791999999997</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="37"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="16">
+        <v>137.12440900000001</v>
+      </c>
+      <c r="H135" s="16">
+        <v>103.474142</v>
+      </c>
+      <c r="I135" s="16">
+        <v>2.8927655070578653</v>
+      </c>
+      <c r="J135" s="16">
+        <v>-24.539954079218681</v>
+      </c>
+      <c r="K135" s="16">
+        <v>-33.650267000000014</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B136" s="5"/>
+      <c r="C136" s="5"/>
+      <c r="D136" s="37"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
+      <c r="G136" s="16">
+        <v>91.709663000000006</v>
+      </c>
+      <c r="H136" s="16">
+        <v>98.404948999999988</v>
+      </c>
+      <c r="I136" s="16">
+        <v>2.7510490707039481</v>
+      </c>
+      <c r="J136" s="16">
+        <v>7.3005240461956351</v>
+      </c>
+      <c r="K136" s="16">
+        <v>6.6952859999999816</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B137" s="5"/>
+      <c r="C137" s="5"/>
+      <c r="D137" s="37"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
+      <c r="G137" s="16">
+        <v>88.254677999999998</v>
+      </c>
+      <c r="H137" s="16">
+        <v>92.451263000000012</v>
+      </c>
+      <c r="I137" s="16">
+        <v>2.5846053856656779</v>
+      </c>
+      <c r="J137" s="16">
+        <v>4.7550850505624336</v>
+      </c>
+      <c r="K137" s="16">
+        <v>4.1965850000000131</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B138" s="5"/>
+      <c r="C138" s="5"/>
+      <c r="D138" s="37"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
+      <c r="G138" s="16">
+        <v>86.197478000000004</v>
+      </c>
+      <c r="H138" s="16">
+        <v>89.011202999999995</v>
+      </c>
+      <c r="I138" s="16">
+        <v>2.4884336589147611</v>
+      </c>
+      <c r="J138" s="16">
+        <v>3.2642776393063273</v>
+      </c>
+      <c r="K138" s="16">
+        <v>2.8137249999999909</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B139" s="5"/>
+      <c r="C139" s="5"/>
+      <c r="D139" s="37"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="16">
+        <v>84.301718999999991</v>
+      </c>
+      <c r="H139" s="16">
+        <v>86.784709000000007</v>
+      </c>
+      <c r="I139" s="16">
+        <v>2.4261888804572482</v>
+      </c>
+      <c r="J139" s="16">
+        <v>2.9453610548558511</v>
+      </c>
+      <c r="K139" s="16">
+        <v>2.4829900000000151</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B140" s="5"/>
+      <c r="C140" s="5"/>
+      <c r="D140" s="37"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
+      <c r="G140" s="16">
+        <v>79.160792999999998</v>
+      </c>
+      <c r="H140" s="16">
+        <v>71.186318</v>
+      </c>
+      <c r="I140" s="16">
+        <v>1.9901138710080095</v>
+      </c>
+      <c r="J140" s="16">
+        <v>-10.073768462627703</v>
+      </c>
+      <c r="K140" s="16">
+        <v>-7.9744749999999982</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B141" s="5"/>
+      <c r="C141" s="5"/>
+      <c r="D141" s="37"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
+      <c r="G141" s="16">
+        <v>80.365975999999989</v>
+      </c>
+      <c r="H141" s="16">
+        <v>60.208492</v>
+      </c>
+      <c r="I141" s="16">
+        <v>1.6832132697420139</v>
+      </c>
+      <c r="J141" s="16">
+        <v>-25.082111862860963</v>
+      </c>
+      <c r="K141" s="16">
+        <v>-20.15748399999999</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B142" s="5"/>
+      <c r="C142" s="5"/>
+      <c r="D142" s="37"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="16">
+        <v>56.561999999999998</v>
+      </c>
+      <c r="H142" s="16">
+        <v>55.414307000000001</v>
+      </c>
+      <c r="I142" s="16">
+        <v>1.5491850697067413</v>
+      </c>
+      <c r="J142" s="16">
+        <v>-2.0290884339309021</v>
+      </c>
+      <c r="K142" s="16">
+        <v>-1.1476929999999967</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="98" t="s">
+        <v>173</v>
+      </c>
+      <c r="B143" s="96"/>
+      <c r="C143" s="96"/>
+      <c r="D143" s="99"/>
+      <c r="E143" s="99"/>
+      <c r="F143" s="99"/>
+      <c r="G143" s="17">
+        <v>1451.617835</v>
+      </c>
+      <c r="H143" s="17">
+        <v>1494.849792</v>
+      </c>
+      <c r="I143" s="17">
+        <v>41.790633224387832</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="46"/>
+    </row>
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="46"/>
+    </row>
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="46"/>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B149" s="37"/>
+      <c r="C149" s="37"/>
+      <c r="D149" s="37"/>
+      <c r="E149" s="37"/>
+      <c r="F149" s="37"/>
+      <c r="G149" s="37"/>
+      <c r="H149" s="37"/>
+      <c r="I149" s="37"/>
+      <c r="J149" s="37"/>
+      <c r="K149" s="37"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="23"/>
+      <c r="B150" s="23"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="23"/>
+      <c r="E150" s="23"/>
+      <c r="F150" s="23"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="J150" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K150" s="13" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="37"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>218.25261799999998</v>
+      </c>
+      <c r="H151" s="16">
+        <v>241.84073699999999</v>
+      </c>
+      <c r="I151" s="16">
+        <v>20.550946822250275</v>
+      </c>
+      <c r="J151" s="16">
+        <v>10.807714114109737</v>
+      </c>
+      <c r="K151" s="16">
+        <v>23.588119000000006</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="37"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="16">
+        <v>155.57558300000002</v>
+      </c>
+      <c r="H152" s="16">
+        <v>85.338965999999999</v>
+      </c>
+      <c r="I152" s="16">
+        <v>7.2518657273684379</v>
+      </c>
+      <c r="J152" s="16">
+        <v>-45.146298439389433</v>
+      </c>
+      <c r="K152" s="16">
+        <v>-70.236617000000024</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="37"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="16">
+        <v>43.868362999999995</v>
+      </c>
+      <c r="H153" s="16">
+        <v>36.636559999999996</v>
+      </c>
+      <c r="I153" s="16">
+        <v>3.1132720055768828</v>
+      </c>
+      <c r="J153" s="16">
+        <v>-16.485235612735309</v>
+      </c>
+      <c r="K153" s="16">
+        <v>-7.2318029999999993</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="37"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="16">
+        <v>14.239183000000001</v>
+      </c>
+      <c r="H154" s="16">
+        <v>31.555169000000003</v>
+      </c>
+      <c r="I154" s="16">
+        <v>2.6814696652455225</v>
+      </c>
+      <c r="J154" s="16">
+        <v>121.60800236923706</v>
+      </c>
+      <c r="K154" s="16">
+        <v>17.315986000000002</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="37"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="16">
+        <v>28.199475999999997</v>
+      </c>
+      <c r="H155" s="16">
+        <v>28.355930000000001</v>
+      </c>
+      <c r="I155" s="16">
+        <v>2.4096073174200225</v>
+      </c>
+      <c r="J155" s="16">
+        <v>0.5548117277072937</v>
+      </c>
+      <c r="K155" s="16">
+        <v>0.15645400000000365</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
+      <c r="D156" s="37"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="16">
+        <v>19.286073000000002</v>
+      </c>
+      <c r="H156" s="16">
+        <v>18.464055000000002</v>
+      </c>
+      <c r="I156" s="16">
+        <v>1.5690235530009335</v>
+      </c>
+      <c r="J156" s="16">
+        <v>-4.2622362779607847</v>
+      </c>
+      <c r="K156" s="16">
+        <v>-0.82201799999999992</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="37"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="16">
+        <v>16.570824999999999</v>
+      </c>
+      <c r="H157" s="16">
+        <v>17.935457999999997</v>
+      </c>
+      <c r="I157" s="16">
+        <v>1.5241048640647468</v>
+      </c>
+      <c r="J157" s="16">
+        <v>8.2351542545407241</v>
+      </c>
+      <c r="K157" s="16">
+        <v>1.3646329999999978</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5"/>
+      <c r="D158" s="37"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="16">
+        <v>15.14035</v>
+      </c>
+      <c r="H158" s="16">
+        <v>16.770140999999999</v>
+      </c>
+      <c r="I158" s="16">
+        <v>1.4250794972256433</v>
+      </c>
+      <c r="J158" s="16">
+        <v>10.764552999105033</v>
+      </c>
+      <c r="K158" s="16">
+        <v>1.6297909999999991</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="37"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="16">
+        <v>17.96236</v>
+      </c>
+      <c r="H159" s="16">
+        <v>16.595587999999999</v>
+      </c>
+      <c r="I159" s="16">
+        <v>1.4102464733721629</v>
+      </c>
+      <c r="J159" s="16">
+        <v>-7.6090892288095828</v>
+      </c>
+      <c r="K159" s="16">
+        <v>-1.366772000000001</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="37"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="16">
+        <v>14.006830000000001</v>
+      </c>
+      <c r="H160" s="16">
+        <v>15.516056000000001</v>
+      </c>
+      <c r="I160" s="16">
+        <v>1.3185108749774332</v>
+      </c>
+      <c r="J160" s="16">
+        <v>10.774929088166273</v>
+      </c>
+      <c r="K160" s="16">
+        <v>1.509226</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="98" t="s">
+        <v>173</v>
+      </c>
+      <c r="B161" s="96"/>
+      <c r="C161" s="96"/>
+      <c r="D161" s="99"/>
+      <c r="E161" s="99"/>
+      <c r="F161" s="99"/>
+      <c r="G161" s="17">
+        <v>543.10166100000015</v>
+      </c>
+      <c r="H161" s="17">
+        <v>509.00866000000002</v>
+      </c>
+      <c r="I161" s="17">
+        <v>43.254126800502064</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="46"/>
+    </row>
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="46"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B166" s="22"/>
+      <c r="C166" s="22"/>
+      <c r="D166" s="22"/>
+      <c r="E166" s="22"/>
+      <c r="F166" s="22"/>
+      <c r="G166" s="22"/>
+      <c r="H166" s="22"/>
+      <c r="I166" s="22"/>
+      <c r="J166" s="22"/>
+      <c r="K166" s="22"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="12"/>
+      <c r="B167" s="12"/>
+      <c r="C167" s="12"/>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K167" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="G131" s="13" t="s">
-[...576 lines deleted...]
-      <c r="F157" s="13" t="s">
+    </row>
+    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B168" s="22"/>
+      <c r="C168" s="120" t="s">
+        <v>84</v>
+      </c>
+      <c r="D168" s="120"/>
+      <c r="E168" s="120"/>
+      <c r="F168" s="120"/>
+      <c r="G168" s="16">
+        <v>10.296336077466711</v>
+      </c>
+      <c r="H168" s="16">
+        <v>9.4455268591001325</v>
+      </c>
+      <c r="I168" s="16">
+        <v>9.315652180143088</v>
+      </c>
+      <c r="J168" s="16">
+        <v>-2.2404496561928933</v>
+      </c>
+      <c r="K168" s="16">
+        <v>-0.4028773397560359</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B169" s="22"/>
+      <c r="C169" s="120"/>
+      <c r="D169" s="120"/>
+      <c r="E169" s="120"/>
+      <c r="F169" s="120"/>
+      <c r="G169" s="16">
+        <v>33.320368972472089</v>
+      </c>
+      <c r="H169" s="16">
+        <v>35.118986977658992</v>
+      </c>
+      <c r="I169" s="16">
+        <v>38.103125420467343</v>
+      </c>
+      <c r="J169" s="16">
+        <v>7.5451273188758741</v>
+      </c>
+      <c r="K169" s="16">
+        <v>5.6031451183057301</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B170" s="22"/>
+      <c r="C170" s="120"/>
+      <c r="D170" s="120"/>
+      <c r="E170" s="120"/>
+      <c r="F170" s="120"/>
+      <c r="G170" s="16">
+        <v>19.927203937003028</v>
+      </c>
+      <c r="H170" s="16">
+        <v>19.33318317559872</v>
+      </c>
+      <c r="I170" s="16">
+        <v>18.189288212918751</v>
+      </c>
+      <c r="J170" s="16">
+        <v>-6.7423523532701406</v>
+      </c>
+      <c r="K170" s="16">
+        <v>-0.18254609278787193</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B171" s="22"/>
+      <c r="C171" s="120"/>
+      <c r="D171" s="120"/>
+      <c r="E171" s="120"/>
+      <c r="F171" s="120"/>
+      <c r="G171" s="16">
+        <v>36.456091013058177</v>
+      </c>
+      <c r="H171" s="16">
+        <v>36.102302987642155</v>
+      </c>
+      <c r="I171" s="16">
+        <v>34.391934186470813</v>
+      </c>
+      <c r="J171" s="16">
+        <v>-5.5735174750192291</v>
+      </c>
+      <c r="K171" s="16">
+        <v>0.64351088515750554</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="100" t="s">
+        <v>86</v>
+      </c>
+      <c r="B172" s="101"/>
+      <c r="C172" s="121" t="s">
+        <v>85</v>
+      </c>
+      <c r="D172" s="121"/>
+      <c r="E172" s="121"/>
+      <c r="F172" s="121"/>
+      <c r="G172" s="102">
+        <v>97.141489463392801</v>
+      </c>
+      <c r="H172" s="102">
+        <v>97.560413373838699</v>
+      </c>
+      <c r="I172" s="102">
+        <v>97.652655994733678</v>
+      </c>
+      <c r="J172" s="102">
+        <v>-0.87752949017913029</v>
+      </c>
+      <c r="K172" s="102">
+        <v>2.1207870196633838</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B173" s="103"/>
+      <c r="C173" s="122"/>
+      <c r="D173" s="122"/>
+      <c r="E173" s="122"/>
+      <c r="F173" s="122"/>
+      <c r="G173" s="17">
+        <v>2.858510536607191</v>
+      </c>
+      <c r="H173" s="17">
+        <v>2.4395866261613057</v>
+      </c>
+      <c r="I173" s="17">
+        <v>2.3473440052663093</v>
+      </c>
+      <c r="J173" s="17">
+        <v>-4.7155160371008389</v>
+      </c>
+      <c r="K173" s="17">
+        <v>-2.9146806528052904</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D174" s="60"/>
+      <c r="I174" s="22"/>
+      <c r="J174" s="22"/>
+      <c r="K174" s="22"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="60"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D176" s="60"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D177" s="60"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D178" s="60"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="134" t="s">
+        <v>89</v>
+      </c>
+      <c r="B179" s="134"/>
+      <c r="C179" s="134"/>
+      <c r="D179" s="134"/>
+      <c r="E179" s="134"/>
+      <c r="F179" s="134"/>
+      <c r="G179" s="134"/>
+      <c r="H179" s="134"/>
+      <c r="I179" s="134"/>
+      <c r="J179" s="134"/>
+      <c r="K179" s="134"/>
+    </row>
+    <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="B180" s="134"/>
+      <c r="C180" s="134"/>
+      <c r="D180" s="134"/>
+      <c r="E180" s="134"/>
+      <c r="F180" s="134"/>
+      <c r="G180" s="134"/>
+      <c r="H180" s="134"/>
+      <c r="I180" s="134"/>
+      <c r="J180" s="134"/>
+      <c r="K180" s="134"/>
+    </row>
+    <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="134" t="s">
+        <v>91</v>
+      </c>
+      <c r="B181" s="134"/>
+      <c r="C181" s="134"/>
+      <c r="D181" s="134"/>
+      <c r="E181" s="134"/>
+      <c r="F181" s="134"/>
+      <c r="G181" s="134"/>
+      <c r="H181" s="134"/>
+      <c r="I181" s="134"/>
+      <c r="J181" s="134"/>
+      <c r="K181" s="134"/>
+    </row>
+    <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="134" t="s">
+        <v>92</v>
+      </c>
+      <c r="B182" s="134"/>
+      <c r="C182" s="134"/>
+      <c r="D182" s="134"/>
+      <c r="E182" s="134"/>
+      <c r="F182" s="134"/>
+      <c r="G182" s="134"/>
+      <c r="H182" s="134"/>
+      <c r="I182" s="134"/>
+      <c r="J182" s="134"/>
+      <c r="K182" s="134"/>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="46"/>
+      <c r="B183" s="46"/>
+      <c r="C183" s="46"/>
+      <c r="D183" s="46"/>
+      <c r="E183" s="46"/>
+      <c r="F183" s="46"/>
+      <c r="G183" s="46"/>
+      <c r="H183" s="46"/>
+      <c r="I183" s="46"/>
+      <c r="J183" s="46"/>
+      <c r="K183" s="46"/>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="46"/>
+      <c r="B184" s="46"/>
+      <c r="C184" s="46"/>
+      <c r="D184" s="46"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="46"/>
+      <c r="G184" s="46"/>
+      <c r="H184" s="46"/>
+      <c r="I184" s="46"/>
+      <c r="J184" s="46"/>
+      <c r="K184" s="46"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="46"/>
+      <c r="B185" s="46"/>
+      <c r="C185" s="46"/>
+      <c r="D185" s="46"/>
+      <c r="E185" s="46"/>
+      <c r="F185" s="46"/>
+      <c r="G185" s="46"/>
+      <c r="H185" s="46"/>
+      <c r="I185" s="46"/>
+      <c r="J185" s="46"/>
+      <c r="K185" s="46"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B186" s="22"/>
+      <c r="C186" s="22"/>
+      <c r="D186" s="22"/>
+      <c r="E186" s="22"/>
+      <c r="F186" s="22"/>
+      <c r="G186" s="22"/>
+      <c r="H186" s="22"/>
+      <c r="I186" s="22"/>
+      <c r="J186" s="22"/>
+      <c r="K186" s="22"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="12"/>
+      <c r="B187" s="12"/>
+      <c r="C187" s="12"/>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K187" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="G157" s="13" t="s">
-[...698 lines deleted...]
-      </c>
     </row>
     <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F188" s="5"/>
+      <c r="A188" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B188" s="22"/>
+      <c r="C188" s="120" t="s">
+        <v>84</v>
+      </c>
+      <c r="D188" s="120"/>
+      <c r="E188" s="120"/>
+      <c r="F188" s="120"/>
       <c r="G188" s="16">
-        <v>99.726507999999995</v>
+        <v>9.1547004334696744</v>
       </c>
       <c r="H188" s="16">
-        <v>86.197478000000004</v>
+        <v>8.5402685544813934</v>
       </c>
       <c r="I188" s="16">
-        <v>2.3863692562112186</v>
+        <v>11.042173068153037</v>
       </c>
       <c r="J188" s="16">
-        <v>-13.566132286513021</v>
+        <v>33.170373066937749</v>
       </c>
       <c r="K188" s="16">
-        <v>-13.529029999999992</v>
+        <v>13.864154596308964</v>
       </c>
     </row>
     <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F189" s="5"/>
+      <c r="A189" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B189" s="22"/>
+      <c r="C189" s="120"/>
+      <c r="D189" s="120"/>
+      <c r="E189" s="120"/>
+      <c r="F189" s="120"/>
       <c r="G189" s="16">
-        <v>87.738538000000005</v>
+        <v>38.014335776816196</v>
       </c>
       <c r="H189" s="16">
-        <v>84.301718999999991</v>
+        <v>53.266642422598729</v>
       </c>
       <c r="I189" s="16">
-        <v>2.3338853425312176</v>
+        <v>53.146496535921727</v>
       </c>
       <c r="J189" s="16">
-        <v>-3.9171145067404858</v>
+        <v>2.7646890317180732</v>
       </c>
       <c r="K189" s="16">
-        <v>-3.4368190000000141</v>
+        <v>18.145240726008225</v>
       </c>
     </row>
     <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F190" s="5"/>
+      <c r="A190" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B190" s="22"/>
+      <c r="C190" s="120"/>
+      <c r="D190" s="120"/>
+      <c r="E190" s="120"/>
+      <c r="F190" s="120"/>
       <c r="G190" s="16">
-        <v>67.250028999999998</v>
+        <v>29.319788494389261</v>
       </c>
       <c r="H190" s="16">
-        <v>80.365975999999989</v>
+        <v>19.070921688149657</v>
       </c>
       <c r="I190" s="16">
-        <v>2.224924659301617</v>
+        <v>17.228180667609205</v>
       </c>
       <c r="J190" s="16">
-        <v>19.503258504171043</v>
+        <v>-6.9551523919252887</v>
       </c>
       <c r="K190" s="16">
-        <v>13.115946999999991</v>
+        <v>-4.8729412217886736</v>
       </c>
     </row>
     <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F191" s="5"/>
+      <c r="A191" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B191" s="22"/>
+      <c r="C191" s="120"/>
+      <c r="D191" s="120"/>
+      <c r="E191" s="120"/>
+      <c r="F191" s="120"/>
       <c r="G191" s="16">
-        <v>87.852410000000006</v>
+        <v>23.511175295324861</v>
       </c>
       <c r="H191" s="16">
-        <v>79.831434999999999</v>
+        <v>19.122167334770225</v>
       </c>
       <c r="I191" s="16">
-        <v>2.2101259408450931</v>
+        <v>18.58314972831603</v>
       </c>
       <c r="J191" s="16">
-        <v>-9.1300568760720466</v>
+        <v>9.3714440995620985E-2</v>
       </c>
       <c r="K191" s="16">
-        <v>-8.0209750000000071</v>
+        <v>2.4461565265087692</v>
       </c>
     </row>
     <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
-[...20 lines deleted...]
-        <v>56.692726</v>
+      <c r="A192" s="100" t="s">
+        <v>86</v>
+      </c>
+      <c r="B192" s="101"/>
+      <c r="C192" s="121" t="s">
+        <v>77</v>
+      </c>
+      <c r="D192" s="121"/>
+      <c r="E192" s="121"/>
+      <c r="F192" s="121"/>
+      <c r="G192" s="102">
+        <v>74.293772910636292</v>
+      </c>
+      <c r="H192" s="102">
+        <v>81.906585151978518</v>
+      </c>
+      <c r="I192" s="102">
+        <v>87.631032970849148</v>
+      </c>
+      <c r="J192" s="102">
+        <v>2.9970045273304029</v>
+      </c>
+      <c r="K192" s="102">
+        <v>8.6511739089722326</v>
       </c>
     </row>
     <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="98" t="s">
-[...6 lines deleted...]
-      <c r="F193" s="99"/>
+      <c r="A193" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B193" s="103"/>
+      <c r="C193" s="122"/>
+      <c r="D193" s="122"/>
+      <c r="E193" s="122"/>
+      <c r="F193" s="122"/>
       <c r="G193" s="17">
-        <v>1303.4829530000002</v>
+        <v>25.706227089363704</v>
       </c>
       <c r="H193" s="17">
-        <v>1474.8872700000002</v>
+        <v>18.093414848021482</v>
       </c>
       <c r="I193" s="17">
-        <v>40.832118516336344</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>12.368967029150847</v>
+      </c>
+      <c r="J193" s="17">
+        <v>-34.189017588180313</v>
+      </c>
+      <c r="K193" s="17">
+        <v>-13.167597628458683</v>
       </c>
     </row>
     <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D194" s="60"/>
+      <c r="I194" s="22"/>
+      <c r="J194" s="22"/>
+      <c r="K194" s="22"/>
     </row>
     <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>37</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D195" s="60"/>
+      <c r="I195" s="22"/>
+      <c r="J195" s="22"/>
+      <c r="K195" s="22"/>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="46"/>
+      <c r="A196" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D196" s="60"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="46"/>
+      <c r="A197" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D197" s="60"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="46"/>
-[...14 lines deleted...]
-      <c r="K199" s="37"/>
+      <c r="A198" s="104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D198" s="60"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="134" t="s">
+        <v>89</v>
+      </c>
+      <c r="B199" s="134"/>
+      <c r="C199" s="134"/>
+      <c r="D199" s="134"/>
+      <c r="E199" s="134"/>
+      <c r="F199" s="134"/>
+      <c r="G199" s="134"/>
+      <c r="H199" s="134"/>
+      <c r="I199" s="134"/>
+      <c r="J199" s="134"/>
+      <c r="K199" s="134"/>
     </row>
     <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="23"/>
-[...5 lines deleted...]
-      <c r="G200" s="13">
+      <c r="A200" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="B200" s="134"/>
+      <c r="C200" s="134"/>
+      <c r="D200" s="134"/>
+      <c r="E200" s="134"/>
+      <c r="F200" s="134"/>
+      <c r="G200" s="134"/>
+      <c r="H200" s="134"/>
+      <c r="I200" s="134"/>
+      <c r="J200" s="134"/>
+      <c r="K200" s="134"/>
+    </row>
+    <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="134" t="s">
+        <v>91</v>
+      </c>
+      <c r="B201" s="134"/>
+      <c r="C201" s="134"/>
+      <c r="D201" s="134"/>
+      <c r="E201" s="134"/>
+      <c r="F201" s="134"/>
+      <c r="G201" s="134"/>
+      <c r="H201" s="134"/>
+      <c r="I201" s="134"/>
+      <c r="J201" s="134"/>
+      <c r="K201" s="134"/>
+    </row>
+    <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="134" t="s">
+        <v>92</v>
+      </c>
+      <c r="B202" s="134"/>
+      <c r="C202" s="134"/>
+      <c r="D202" s="134"/>
+      <c r="E202" s="134"/>
+      <c r="F202" s="134"/>
+      <c r="G202" s="134"/>
+      <c r="H202" s="134"/>
+      <c r="I202" s="134"/>
+      <c r="J202" s="134"/>
+      <c r="K202" s="134"/>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="46"/>
+      <c r="B203" s="46"/>
+      <c r="C203" s="46"/>
+      <c r="D203" s="46"/>
+      <c r="E203" s="46"/>
+      <c r="F203" s="83"/>
+      <c r="G203" s="83"/>
+      <c r="H203" s="46"/>
+      <c r="I203" s="46"/>
+      <c r="J203" s="46"/>
+      <c r="K203" s="46"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="46"/>
+      <c r="B204" s="46"/>
+      <c r="C204" s="46"/>
+      <c r="D204" s="46"/>
+      <c r="E204" s="46"/>
+      <c r="F204" s="83"/>
+      <c r="G204" s="83"/>
+      <c r="H204" s="46"/>
+      <c r="I204" s="46"/>
+      <c r="J204" s="46"/>
+      <c r="K204" s="46"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="46"/>
+      <c r="B205" s="46"/>
+      <c r="C205" s="46"/>
+      <c r="D205" s="46"/>
+      <c r="E205" s="46"/>
+      <c r="F205" s="83"/>
+      <c r="G205" s="83"/>
+      <c r="H205" s="46"/>
+      <c r="I205" s="46"/>
+      <c r="J205" s="46"/>
+      <c r="K205" s="46"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B206" s="22"/>
+      <c r="C206" s="22"/>
+      <c r="D206" s="22"/>
+      <c r="E206" s="22"/>
+      <c r="F206" s="22"/>
+      <c r="G206" s="22"/>
+      <c r="H206" s="22"/>
+      <c r="I206" s="22"/>
+      <c r="J206" s="22"/>
+      <c r="K206" s="22"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="12"/>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="24"/>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
         <v>2023</v>
       </c>
-      <c r="H200" s="13">
+      <c r="H207" s="12">
         <v>2024</v>
       </c>
-      <c r="I200" s="13" t="s">
-[...225 lines deleted...]
-        <v>1.3698412000931841</v>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B208" s="105"/>
+      <c r="C208" s="105"/>
+      <c r="D208" s="123" t="s">
+        <v>58</v>
+      </c>
+      <c r="E208" s="106">
+        <v>3.6074835272492085</v>
+      </c>
+      <c r="F208" s="106">
+        <v>3.0926137205948687</v>
+      </c>
+      <c r="G208" s="106">
+        <v>3.2577749850736746</v>
+      </c>
+      <c r="H208" s="106">
+        <v>3.6100142875000176</v>
+      </c>
+      <c r="I208" s="106">
+        <v>3.5308586490187794</v>
+      </c>
+      <c r="J208" s="107">
+        <v>-3.1425344566459512</v>
+      </c>
+      <c r="K208" s="107">
+        <v>1.4409532123303093</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B209" s="22"/>
+      <c r="C209" s="22"/>
+      <c r="D209" s="137"/>
+      <c r="E209" s="60">
+        <v>8.3818351448548632E-3</v>
+      </c>
+      <c r="F209" s="60">
+        <v>2.4380453673633674E-3</v>
+      </c>
+      <c r="G209" s="60">
+        <v>4.4804952546982288E-3</v>
+      </c>
+      <c r="H209" s="60">
+        <v>5.4641703101616056E-4</v>
+      </c>
+      <c r="I209" s="60">
+        <v>2.6129737889749351E-3</v>
       </c>
       <c r="J209" s="16">
-        <v>-10.940273261178376</v>
+        <v>373.55727820844106</v>
       </c>
       <c r="K209" s="16">
-        <v>-2.0519709999999947</v>
-[...18 lines deleted...]
-        <v>1.3589076634025956</v>
+        <v>-23.793272506750341</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B210" s="22"/>
+      <c r="C210" s="22"/>
+      <c r="D210" s="137"/>
+      <c r="E210" s="60">
+        <v>46.948261982923356</v>
+      </c>
+      <c r="F210" s="60">
+        <v>51.647655336350148</v>
+      </c>
+      <c r="G210" s="60">
+        <v>48.802264403570071</v>
+      </c>
+      <c r="H210" s="60">
+        <v>50.190142661898363</v>
+      </c>
+      <c r="I210" s="60">
+        <v>50.758086609286011</v>
       </c>
       <c r="J210" s="16">
-        <v>16.625893037492251</v>
+        <v>0.14943464470097229</v>
       </c>
       <c r="K210" s="16">
-        <v>2.3622949999999978</v>
-[...29 lines deleted...]
-        <v>1</v>
+        <v>3.9957900280040981</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B211" s="22"/>
+      <c r="C211" s="22"/>
+      <c r="D211" s="137"/>
+      <c r="E211" s="60">
+        <v>47.728140858364391</v>
+      </c>
+      <c r="F211" s="60">
+        <v>45.130810841929346</v>
+      </c>
+      <c r="G211" s="60">
+        <v>47.819052826317566</v>
+      </c>
+      <c r="H211" s="60">
+        <v>45.888507959380355</v>
+      </c>
+      <c r="I211" s="60">
+        <v>45.286643146372604</v>
+      </c>
+      <c r="J211" s="16">
+        <v>-2.270003641097059</v>
+      </c>
+      <c r="K211" s="16">
+        <v>0.6568257823021062</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B212" s="73"/>
+      <c r="C212" s="73"/>
+      <c r="D212" s="138"/>
+      <c r="E212" s="108">
+        <v>1.7077317963181953</v>
+      </c>
+      <c r="F212" s="108">
+        <v>0.12648205575827071</v>
+      </c>
+      <c r="G212" s="108">
+        <v>0.11642728978398119</v>
+      </c>
+      <c r="H212" s="108">
+        <v>0.31078867419025497</v>
+      </c>
+      <c r="I212" s="108">
+        <v>0.42179862153362568</v>
+      </c>
+      <c r="J212" s="17">
+        <v>34.400740642819237</v>
+      </c>
+      <c r="K212" s="17">
+        <v>-28.102183615157628</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>37</v>
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F213" s="60"/>
+      <c r="G213" s="60"/>
+      <c r="H213" s="60"/>
+      <c r="I213" s="60"/>
+      <c r="J213" s="60"/>
+      <c r="K213" s="60"/>
     </row>
     <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A214" s="46"/>
-[...23 lines deleted...]
-      <c r="G216" s="13" t="s">
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="84"/>
+      <c r="C214" s="84"/>
+      <c r="D214" s="84"/>
+      <c r="E214" s="84"/>
+      <c r="F214" s="84"/>
+      <c r="G214" s="84"/>
+      <c r="H214" s="84"/>
+      <c r="I214" s="84"/>
+      <c r="J214" s="84"/>
+      <c r="K214" s="84"/>
+    </row>
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B215" s="84"/>
+      <c r="C215" s="84"/>
+      <c r="D215" s="84"/>
+      <c r="E215" s="84"/>
+      <c r="F215" s="84"/>
+      <c r="G215" s="84"/>
+      <c r="H215" s="84"/>
+      <c r="I215" s="84"/>
+      <c r="J215" s="84"/>
+      <c r="K215" s="84"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="B217" s="85"/>
+      <c r="C217" s="85"/>
+      <c r="D217" s="85"/>
+      <c r="E217" s="85"/>
+      <c r="F217" s="85"/>
+      <c r="G217" s="85"/>
+      <c r="H217" s="85"/>
+      <c r="I217" s="85"/>
+      <c r="J217" s="85"/>
+      <c r="K217" s="85"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="104" t="s">
+        <v>95</v>
+      </c>
+      <c r="B218" s="84"/>
+      <c r="C218" s="84"/>
+      <c r="D218" s="84"/>
+      <c r="E218" s="84"/>
+      <c r="F218" s="84"/>
+      <c r="G218" s="84"/>
+      <c r="H218" s="84"/>
+      <c r="I218" s="84"/>
+      <c r="J218" s="84"/>
+      <c r="K218" s="84"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="46"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="46"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B221" s="22"/>
+      <c r="C221" s="22"/>
+      <c r="D221" s="22"/>
+      <c r="E221" s="22"/>
+      <c r="F221" s="22"/>
+      <c r="G221" s="22"/>
+      <c r="H221" s="22"/>
+      <c r="I221" s="22"/>
+      <c r="J221" s="22"/>
+      <c r="K221" s="22"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="12"/>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="24"/>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H222" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K222" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="H216" s="13" t="s">
-[...203 lines deleted...]
-        <v>2.0491529882651207</v>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B223" s="105"/>
+      <c r="C223" s="105"/>
+      <c r="D223" s="123" t="s">
+        <v>58</v>
+      </c>
+      <c r="E223" s="106">
+        <v>9.4145879931141341</v>
+      </c>
+      <c r="F223" s="106">
+        <v>7.3867480433982973</v>
+      </c>
+      <c r="G223" s="106">
+        <v>7.9112067363548091</v>
+      </c>
+      <c r="H223" s="106">
+        <v>7.1072580826811267</v>
+      </c>
+      <c r="I223" s="106">
+        <v>7.9016721259555736</v>
+      </c>
+      <c r="J223" s="107">
+        <v>7.2902749012028716</v>
+      </c>
+      <c r="K223" s="107">
+        <v>-0.14910676883882479</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B224" s="22"/>
+      <c r="C224" s="22"/>
+      <c r="D224" s="137"/>
+      <c r="E224" s="60">
+        <v>3.3939530704455438E-3</v>
+      </c>
+      <c r="F224" s="60">
+        <v>4.5904896404148667E-3</v>
+      </c>
+      <c r="G224" s="60">
+        <v>1.8053372611493233E-3</v>
+      </c>
+      <c r="H224" s="60">
+        <v>2.0365378858892098E-3</v>
+      </c>
+      <c r="I224" s="60">
+        <v>8.9518373492350582E-3</v>
       </c>
       <c r="J224" s="16">
-        <v>-9.1791342631497344</v>
+        <v>324.19263912378187</v>
       </c>
       <c r="K224" s="16">
-        <v>-6.2350080000000005</v>
-[...18 lines deleted...]
-        <v>1.6376827593083301</v>
+        <v>32.945646472466919</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B225" s="22"/>
+      <c r="C225" s="22"/>
+      <c r="D225" s="137"/>
+      <c r="E225" s="60">
+        <v>45.440945624690009</v>
+      </c>
+      <c r="F225" s="60">
+        <v>44.849098736229955</v>
+      </c>
+      <c r="G225" s="60">
+        <v>46.080978154166516</v>
+      </c>
+      <c r="H225" s="60">
+        <v>49.29350558015522</v>
+      </c>
+      <c r="I225" s="60">
+        <v>43.169055028552975</v>
       </c>
       <c r="J225" s="16">
-        <v>-28.876301888491962</v>
+        <v>-15.48646327946623</v>
       </c>
       <c r="K225" s="16">
-        <v>-20.017210999999996</v>
-[...18 lines deleted...]
-        <v>1.5408368578126423</v>
+        <v>2.9920797680905498</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B226" s="22"/>
+      <c r="C226" s="22"/>
+      <c r="D226" s="137"/>
+      <c r="E226" s="60">
+        <v>42.629403435834909</v>
+      </c>
+      <c r="F226" s="60">
+        <v>45.071796422137318</v>
+      </c>
+      <c r="G226" s="60">
+        <v>43.841827147342265</v>
+      </c>
+      <c r="H226" s="60">
+        <v>41.177493550817793</v>
+      </c>
+      <c r="I226" s="60">
+        <v>43.927188992292436</v>
       </c>
       <c r="J226" s="16">
-        <v>-1.7168544275579443</v>
+        <v>2.9477700664996473</v>
       </c>
       <c r="K226" s="16">
-        <v>-0.81032199999999932</v>
-[...24 lines deleted...]
-        <v>26</v>
+        <v>5.1062574059785204</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B227" s="73"/>
+      <c r="C227" s="73"/>
+      <c r="D227" s="138"/>
+      <c r="E227" s="108">
+        <v>2.5116689932905052</v>
+      </c>
+      <c r="F227" s="108">
+        <v>2.6877663085940124</v>
+      </c>
+      <c r="G227" s="108">
+        <v>2.1641826248752554</v>
+      </c>
+      <c r="H227" s="108">
+        <v>2.4197062484599621</v>
+      </c>
+      <c r="I227" s="108">
+        <v>4.9931320158497758</v>
+      </c>
+      <c r="J227" s="17">
+        <v>99.137862814427535</v>
+      </c>
+      <c r="K227" s="17">
+        <v>23.872583070567011</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="F228" s="60"/>
+      <c r="G228" s="60"/>
+      <c r="H228" s="60"/>
+      <c r="I228" s="60"/>
+      <c r="J228" s="60"/>
+      <c r="K228" s="60"/>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B229" s="84"/>
+      <c r="C229" s="84"/>
+      <c r="D229" s="84"/>
+      <c r="E229" s="84"/>
+      <c r="F229" s="84"/>
+      <c r="G229" s="84"/>
+      <c r="H229" s="84"/>
+      <c r="I229" s="84"/>
+      <c r="J229" s="84"/>
+      <c r="K229" s="84"/>
+    </row>
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B230" s="84"/>
+      <c r="C230" s="84"/>
+      <c r="D230" s="84"/>
+      <c r="E230" s="84"/>
+      <c r="F230" s="84"/>
+      <c r="G230" s="84"/>
+      <c r="H230" s="84"/>
+      <c r="I230" s="84"/>
+      <c r="J230" s="84"/>
+      <c r="K230" s="84"/>
+    </row>
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="B232" s="85"/>
+      <c r="C232" s="85"/>
+      <c r="D232" s="85"/>
+      <c r="E232" s="85"/>
+      <c r="F232" s="85"/>
+      <c r="G232" s="85"/>
+      <c r="H232" s="85"/>
+      <c r="I232" s="85"/>
+      <c r="J232" s="85"/>
+      <c r="K232" s="85"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="104" t="s">
+        <v>95</v>
+      </c>
+      <c r="B233" s="84"/>
+      <c r="C233" s="84"/>
+      <c r="D233" s="84"/>
+      <c r="E233" s="84"/>
+      <c r="F233" s="84"/>
+      <c r="G233" s="84"/>
+      <c r="H233" s="84"/>
+      <c r="I233" s="84"/>
+      <c r="J233" s="84"/>
+      <c r="K233" s="84"/>
+    </row>
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="46"/>
+    </row>
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="46"/>
+    </row>
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A236" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="8"/>
+      <c r="G236" s="8"/>
+      <c r="H236" s="8"/>
+      <c r="I236" s="8"/>
+      <c r="J236" s="8"/>
+      <c r="K236" s="9"/>
+    </row>
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="11"/>
+      <c r="B237" s="11"/>
+      <c r="C237" s="11"/>
+      <c r="D237" s="11"/>
+      <c r="E237" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F237" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G237" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H237" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I237" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J237" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K237" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B238" s="15"/>
+      <c r="C238" s="15"/>
+      <c r="D238" s="15"/>
+      <c r="E238" s="16">
+        <v>3977.55</v>
+      </c>
+      <c r="F238" s="16">
+        <v>6855.58</v>
+      </c>
+      <c r="G238" s="16">
+        <v>7967.32</v>
+      </c>
+      <c r="H238" s="16">
+        <v>7638.41</v>
+      </c>
+      <c r="I238" s="16">
+        <v>7566.13</v>
+      </c>
+      <c r="J238" s="16">
+        <v>-0.94627023163197244</v>
+      </c>
+      <c r="K238" s="16">
+        <v>17.439593095189366</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B239" s="15"/>
+      <c r="C239" s="15"/>
+      <c r="D239" s="15"/>
+      <c r="E239" s="16">
+        <v>1816.31</v>
+      </c>
+      <c r="F239" s="16">
+        <v>2045.56</v>
+      </c>
+      <c r="G239" s="16">
+        <v>2212.7800000000002</v>
+      </c>
+      <c r="H239" s="16">
+        <v>2442.0300000000002</v>
+      </c>
+      <c r="I239" s="16">
+        <v>2538.98</v>
+      </c>
+      <c r="J239" s="16">
+        <v>3.9700576978988718</v>
+      </c>
+      <c r="K239" s="16">
+        <v>8.7344911590836247</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B240" s="15"/>
+      <c r="C240" s="15"/>
+      <c r="D240" s="15"/>
+      <c r="E240" s="16">
+        <v>2161.2400000000002</v>
+      </c>
+      <c r="F240" s="16">
+        <v>4810.0200000000004</v>
+      </c>
+      <c r="G240" s="16">
+        <v>5754.5399999999991</v>
+      </c>
+      <c r="H240" s="16">
+        <v>5196.3799999999992</v>
+      </c>
+      <c r="I240" s="16">
+        <v>5027.1499999999996</v>
+      </c>
+      <c r="J240" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K240" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B241" s="1"/>
+      <c r="C241" s="1"/>
+      <c r="D241" s="1"/>
+      <c r="E241" s="17">
+        <v>218.99070092660398</v>
+      </c>
+      <c r="F241" s="17">
+        <v>335.1444103326229</v>
+      </c>
+      <c r="G241" s="17">
+        <v>360.05929193141657</v>
+      </c>
+      <c r="H241" s="17">
+        <v>312.78935967207605</v>
+      </c>
+      <c r="I241" s="17">
+        <v>297.99880266878824</v>
+      </c>
+      <c r="J241" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B242" s="46"/>
+      <c r="C242" s="46"/>
+      <c r="D242" s="46"/>
+      <c r="E242" s="46"/>
+      <c r="F242" s="46"/>
+      <c r="G242" s="46"/>
+      <c r="H242" s="46"/>
+      <c r="I242" s="8"/>
+      <c r="J242" s="8"/>
+      <c r="K242" s="9"/>
+    </row>
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
         <v>37</v>
       </c>
-    </row>
-[...314 lines deleted...]
-      </c>
+      <c r="B243" s="46"/>
+      <c r="C243" s="46"/>
+      <c r="D243" s="46"/>
+      <c r="E243" s="46"/>
+      <c r="F243" s="46"/>
+      <c r="G243" s="46"/>
+      <c r="H243" s="46"/>
+      <c r="I243" s="8"/>
+      <c r="J243" s="8"/>
+      <c r="K243" s="9"/>
     </row>
     <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="B244" s="46"/>
+      <c r="C244" s="46"/>
+      <c r="D244" s="46"/>
+      <c r="E244" s="46"/>
+      <c r="F244" s="46"/>
+      <c r="G244" s="46"/>
+      <c r="H244" s="46"/>
+      <c r="I244" s="8"/>
+      <c r="J244" s="8"/>
+      <c r="K244" s="9"/>
     </row>
     <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>37</v>
-[...30 lines deleted...]
-      <c r="E249" s="12">
+        <v>62</v>
+      </c>
+      <c r="B245" s="46"/>
+      <c r="C245" s="46"/>
+      <c r="D245" s="46"/>
+      <c r="E245" s="46"/>
+      <c r="F245" s="46"/>
+      <c r="G245" s="46"/>
+      <c r="H245" s="46"/>
+      <c r="I245" s="46"/>
+      <c r="J245" s="46"/>
+      <c r="K245" s="46"/>
+    </row>
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A246" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B246" s="46"/>
+      <c r="C246" s="46"/>
+      <c r="D246" s="46"/>
+      <c r="E246" s="46"/>
+      <c r="F246" s="46"/>
+      <c r="G246" s="46"/>
+      <c r="H246" s="46"/>
+      <c r="I246" s="46"/>
+      <c r="J246" s="46"/>
+      <c r="K246" s="46"/>
+    </row>
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="130" t="s">
+        <v>150</v>
+      </c>
+      <c r="B247" s="130"/>
+      <c r="C247" s="130"/>
+      <c r="D247" s="130"/>
+      <c r="E247" s="130"/>
+      <c r="F247" s="130"/>
+      <c r="G247" s="130"/>
+      <c r="H247" s="130"/>
+      <c r="I247" s="130"/>
+      <c r="J247" s="130"/>
+      <c r="K247" s="130"/>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A248" s="46"/>
+      <c r="B248" s="46"/>
+      <c r="C248" s="46"/>
+      <c r="D248" s="46"/>
+      <c r="E248" s="46"/>
+      <c r="F248" s="46"/>
+      <c r="G248" s="46"/>
+      <c r="H248" s="46"/>
+      <c r="I248" s="46"/>
+      <c r="J248" s="46"/>
+      <c r="K248" s="46"/>
+    </row>
+    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B249" s="22"/>
+      <c r="C249" s="22"/>
+      <c r="D249" s="22"/>
+    </row>
+    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="23"/>
+      <c r="B250" s="23"/>
+      <c r="C250" s="23"/>
+      <c r="D250" s="24"/>
+      <c r="E250" s="24"/>
+      <c r="F250" s="24"/>
+      <c r="G250" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H250" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I250" s="12">
         <v>2023</v>
       </c>
-      <c r="F249" s="12">
+      <c r="J250" s="12">
         <v>2024</v>
       </c>
-      <c r="G249" s="13" t="s">
-[...114 lines deleted...]
-      <c r="B253" s="22"/>
+      <c r="K250" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="124" t="s">
+        <v>137</v>
+      </c>
+      <c r="B251" s="124"/>
+      <c r="C251" s="124"/>
+      <c r="D251" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E251" s="2"/>
+      <c r="F251" s="2"/>
+      <c r="G251" s="27">
+        <v>2</v>
+      </c>
+      <c r="H251" s="27">
+        <v>1</v>
+      </c>
+      <c r="I251" s="27">
+        <v>1</v>
+      </c>
+      <c r="J251" s="27">
+        <v>1</v>
+      </c>
+      <c r="K251" s="27">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="124"/>
+      <c r="B252" s="124"/>
+      <c r="C252" s="124"/>
+      <c r="D252" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E252" s="2"/>
+      <c r="F252" s="2"/>
+      <c r="G252" s="28">
+        <v>14.199571894090198</v>
+      </c>
+      <c r="H252" s="28">
+        <v>15.248132067233792</v>
+      </c>
+      <c r="I252" s="28">
+        <v>14.929815632521294</v>
+      </c>
+      <c r="J252" s="28">
+        <v>13.174226607646263</v>
+      </c>
+      <c r="K252" s="28">
+        <v>12.505421236703093</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="127" t="s">
+        <v>138</v>
+      </c>
+      <c r="B253" s="127"/>
       <c r="C253" s="127"/>
-      <c r="D253" s="16">
-[...86 lines deleted...]
-      </c>
+      <c r="D253" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E253" s="29"/>
+      <c r="F253" s="29"/>
+      <c r="G253" s="30">
+        <v>2</v>
+      </c>
+      <c r="H253" s="30">
+        <v>2</v>
+      </c>
+      <c r="I253" s="30">
+        <v>2</v>
+      </c>
+      <c r="J253" s="30">
+        <v>2</v>
+      </c>
+      <c r="K253" s="30">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="128"/>
+      <c r="B254" s="128"/>
+      <c r="C254" s="128"/>
+      <c r="D254" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E254" s="31"/>
+      <c r="F254" s="31"/>
+      <c r="G254" s="32">
+        <v>10.445995484143317</v>
+      </c>
+      <c r="H254" s="32">
+        <v>8.7709684528817071</v>
+      </c>
+      <c r="I254" s="32">
+        <v>9.1954873220145164</v>
+      </c>
+      <c r="J254" s="32">
+        <v>9.3563615005396521</v>
+      </c>
+      <c r="K254" s="32">
+        <v>9.2791006620410901</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B255" s="33"/>
+      <c r="C255" s="34"/>
     </row>
     <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D256" s="60"/>
+        <v>205</v>
+      </c>
     </row>
     <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A257" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D257" s="60"/>
+      <c r="A257" s="46"/>
     </row>
     <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A258" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D258" s="60"/>
+      <c r="A258" s="46"/>
     </row>
     <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A259" s="20" t="s">
-[...134 lines deleted...]
-      <c r="F269" s="12">
+      <c r="A259" s="46"/>
+    </row>
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B260" s="37"/>
+      <c r="C260" s="37"/>
+      <c r="D260" s="37"/>
+      <c r="E260" s="37"/>
+      <c r="F260" s="37"/>
+      <c r="G260" s="37"/>
+      <c r="H260" s="37"/>
+      <c r="I260" s="37"/>
+      <c r="J260" s="37"/>
+      <c r="K260" s="37"/>
+    </row>
+    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="23"/>
+      <c r="B261" s="23"/>
+      <c r="C261" s="23"/>
+      <c r="D261" s="13">
+        <v>2021</v>
+      </c>
+      <c r="E261" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="F261" s="13">
         <v>2024</v>
       </c>
-      <c r="G269" s="13" t="s">
-[...12 lines deleted...]
-        <v>141</v>
+      <c r="G261" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="H261" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I261" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="J261" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K261" s="13" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B262" s="5"/>
+      <c r="C262" s="79"/>
+      <c r="D262" s="16">
+        <v>1428.71</v>
+      </c>
+      <c r="E262" s="16">
+        <v>35.91934733692851</v>
+      </c>
+      <c r="F262" s="16">
+        <v>4130.7300000000005</v>
+      </c>
+      <c r="G262" s="16">
+        <v>54.078401133220147</v>
+      </c>
+      <c r="H262" s="16">
+        <v>4276.0899999999992</v>
+      </c>
+      <c r="I262" s="16">
+        <v>56.516211061665601</v>
+      </c>
+      <c r="J262" s="16">
+        <v>3.5189905900409553</v>
+      </c>
+      <c r="K262" s="16">
+        <v>145.35999999999876</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B263" s="5"/>
+      <c r="C263" s="79"/>
+      <c r="D263" s="16">
+        <v>896.44</v>
+      </c>
+      <c r="E263" s="16">
+        <v>22.537491672009153</v>
+      </c>
+      <c r="F263" s="16">
+        <v>1416.2600000000002</v>
+      </c>
+      <c r="G263" s="16">
+        <v>18.541293279622334</v>
+      </c>
+      <c r="H263" s="16">
+        <v>1291.42</v>
+      </c>
+      <c r="I263" s="16">
+        <v>17.068435250253433</v>
+      </c>
+      <c r="J263" s="16">
+        <v>-8.8147656503749392</v>
+      </c>
+      <c r="K263" s="16">
+        <v>-124.84000000000015</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B264" s="5"/>
+      <c r="C264" s="79"/>
+      <c r="D264" s="16">
+        <v>806.15000000000009</v>
+      </c>
+      <c r="E264" s="16">
+        <v>20.267501351334367</v>
+      </c>
+      <c r="F264" s="16">
+        <v>918.67000000000019</v>
+      </c>
+      <c r="G264" s="16">
+        <v>12.026979436819969</v>
+      </c>
+      <c r="H264" s="16">
+        <v>963.44999999999993</v>
+      </c>
+      <c r="I264" s="16">
+        <v>12.733722523932315</v>
+      </c>
+      <c r="J264" s="16">
+        <v>4.8744380463060439</v>
+      </c>
+      <c r="K264" s="16">
+        <v>44.779999999999745</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B265" s="5"/>
+      <c r="C265" s="79"/>
+      <c r="D265" s="16">
+        <v>626.05999999999995</v>
+      </c>
+      <c r="E265" s="16">
+        <v>15.73983985116466</v>
+      </c>
+      <c r="F265" s="16">
+        <v>749.95</v>
+      </c>
+      <c r="G265" s="16">
+        <v>9.8181427810238002</v>
+      </c>
+      <c r="H265" s="16">
+        <v>627.75</v>
+      </c>
+      <c r="I265" s="16">
+        <v>8.2968439611796256</v>
+      </c>
+      <c r="J265" s="16">
+        <v>-16.294419627975206</v>
+      </c>
+      <c r="K265" s="16">
+        <v>-122.20000000000005</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B266" s="5"/>
+      <c r="C266" s="79"/>
+      <c r="D266" s="16">
+        <v>64.989999999999995</v>
+      </c>
+      <c r="E266" s="16">
+        <v>1.6339203781222107</v>
+      </c>
+      <c r="F266" s="16">
+        <v>198.54</v>
+      </c>
+      <c r="G266" s="16">
+        <v>2.5992320391285619</v>
+      </c>
+      <c r="H266" s="16">
+        <v>180.25000000000003</v>
+      </c>
+      <c r="I266" s="16">
+        <v>2.3823275571527325</v>
+      </c>
+      <c r="J266" s="16">
+        <v>-9.2122494207716148</v>
+      </c>
+      <c r="K266" s="16">
+        <v>-18.289999999999964</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B267" s="5"/>
+      <c r="C267" s="79"/>
+      <c r="D267" s="16">
+        <v>47.68</v>
+      </c>
+      <c r="E267" s="16">
+        <v>1.1987278601148947</v>
+      </c>
+      <c r="F267" s="16">
+        <v>103.32</v>
+      </c>
+      <c r="G267" s="16">
+        <v>1.3526375253488618</v>
+      </c>
+      <c r="H267" s="16">
+        <v>105.69999999999999</v>
+      </c>
+      <c r="I267" s="16">
+        <v>1.3970153830293688</v>
+      </c>
+      <c r="J267" s="16">
+        <v>2.3035230352303482</v>
+      </c>
+      <c r="K267" s="16">
+        <v>2.3799999999999955</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B268" s="5"/>
+      <c r="C268" s="79"/>
+      <c r="D268" s="16">
+        <v>52.27</v>
+      </c>
+      <c r="E268" s="16">
+        <v>1.3141255295345124</v>
+      </c>
+      <c r="F268" s="16">
+        <v>58.47</v>
+      </c>
+      <c r="G268" s="16">
+        <v>0.76547344277146678</v>
+      </c>
+      <c r="H268" s="16">
+        <v>59.43</v>
+      </c>
+      <c r="I268" s="16">
+        <v>0.78547421204763856</v>
+      </c>
+      <c r="J268" s="16">
+        <v>1.6418676244227826</v>
+      </c>
+      <c r="K268" s="16">
+        <v>0.96000000000000085</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B269" s="5"/>
+      <c r="C269" s="79"/>
+      <c r="D269" s="16">
+        <v>20.11</v>
+      </c>
+      <c r="E269" s="16">
+        <v>0.50558761046372758</v>
+      </c>
+      <c r="F269" s="16">
+        <v>22.85</v>
+      </c>
+      <c r="G269" s="16">
+        <v>0.29914602646362271</v>
+      </c>
+      <c r="H269" s="16">
+        <v>23.28</v>
+      </c>
+      <c r="I269" s="16">
+        <v>0.30768702097373429</v>
+      </c>
+      <c r="J269" s="16">
+        <v>1.8818380743982481</v>
+      </c>
+      <c r="K269" s="16">
+        <v>0.42999999999999972</v>
       </c>
     </row>
     <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A270" s="15" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="B270" s="5"/>
+      <c r="C270" s="79"/>
       <c r="D270" s="16">
-        <v>25.469898249448953</v>
+        <v>15.549999999999997</v>
       </c>
       <c r="E270" s="16">
-        <v>9.307703904395856</v>
+        <v>0.39094417417757149</v>
       </c>
       <c r="F270" s="16">
-        <v>8.5402685544813934</v>
+        <v>17.310000000000002</v>
       </c>
       <c r="G270" s="16">
-        <v>0.47431908684602753</v>
+        <v>0.22661784324224549</v>
       </c>
       <c r="H270" s="16">
-        <v>-32.270641843210591</v>
+        <v>15.500000000000002</v>
       </c>
       <c r="I270" s="16">
-        <v>8.4174993690584792</v>
+        <v>0.20486034472048462</v>
       </c>
       <c r="J270" s="16">
-        <v>10.787100175437812</v>
+        <v>-10.456383593298673</v>
       </c>
       <c r="K270" s="16">
-        <v>38.517413219917202</v>
+        <v>-1.8100000000000005</v>
       </c>
     </row>
     <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A271" s="15" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="C271" s="127"/>
+        <v>41</v>
+      </c>
+      <c r="B271" s="5"/>
+      <c r="C271" s="79"/>
       <c r="D271" s="16">
-        <v>41.100366345203099</v>
+        <v>12.45</v>
       </c>
       <c r="E271" s="16">
-        <v>48.266803449099221</v>
+        <v>0.31300675038654446</v>
       </c>
       <c r="F271" s="16">
-        <v>53.266642422598729</v>
+        <v>9.58</v>
       </c>
       <c r="G271" s="16">
-        <v>20.846169196137598</v>
+        <v>0.12541877170772453</v>
       </c>
       <c r="H271" s="16">
-        <v>-5.0339688946870247</v>
+        <v>13.829999999999998</v>
       </c>
       <c r="I271" s="16">
-        <v>52.745520429708257</v>
+        <v>0.18278829467640653</v>
       </c>
       <c r="J271" s="16">
-        <v>54.184783877807597</v>
+        <v>44.363256784968662</v>
       </c>
       <c r="K271" s="16">
-        <v>11.038737930200433</v>
+        <v>4.2499999999999982</v>
       </c>
     </row>
     <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A272" s="15" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="C272" s="127"/>
+        <v>72</v>
+      </c>
+      <c r="B272" s="5"/>
+      <c r="C272" s="79"/>
       <c r="D272" s="16">
-        <v>15.154784304462964</v>
+        <v>5.08</v>
       </c>
       <c r="E272" s="16">
-        <v>21.931828648441211</v>
+        <v>0.12771681059948964</v>
       </c>
       <c r="F272" s="16">
-        <v>19.070921688149657</v>
+        <v>9.25</v>
       </c>
       <c r="G272" s="16">
-        <v>-4.7811478390845537</v>
+        <v>0.12109850086601792</v>
       </c>
       <c r="H272" s="16">
-        <v>-5.7304657466592079</v>
+        <v>8.5900000000000016</v>
       </c>
       <c r="I272" s="16">
-        <v>19.16060221369202</v>
+        <v>0.11353228136444921</v>
       </c>
       <c r="J272" s="16">
-        <v>16.63488732556894</v>
+        <v>-7.1351351351351173</v>
       </c>
       <c r="K272" s="16">
-        <v>-6.1588195838945659</v>
+        <v>-0.65999999999999837</v>
       </c>
     </row>
     <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="15" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="C273" s="127"/>
+        <v>68</v>
+      </c>
+      <c r="B273" s="5"/>
+      <c r="C273" s="79"/>
       <c r="D273" s="16">
-        <v>18.274951100884994</v>
+        <v>2.0799999999999996</v>
       </c>
       <c r="E273" s="16">
-        <v>20.493663998063706</v>
+        <v>5.2293497253334334E-2</v>
       </c>
       <c r="F273" s="16">
-        <v>19.122167334770225</v>
+        <v>3.4699999999999993</v>
       </c>
       <c r="G273" s="16">
-        <v>2.1747552336898623</v>
+        <v>4.5428302487035908E-2</v>
       </c>
       <c r="H273" s="16">
-        <v>-9.9806022090639939</v>
+        <v>0.78</v>
       </c>
       <c r="I273" s="16">
-        <v>19.676377987541237</v>
+        <v>1.0309101218192127E-2</v>
       </c>
       <c r="J273" s="16">
-        <v>18.393228621185649</v>
+        <v>-77.521613832853035</v>
       </c>
       <c r="K273" s="16">
-        <v>1.0405183157407778</v>
+        <v>-2.6899999999999995</v>
       </c>
     </row>
     <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A274" s="100" t="s">
-[...62 lines deleted...]
-    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B274" s="96"/>
+      <c r="C274" s="97"/>
+      <c r="D274" s="17">
+        <v>3977.55</v>
+      </c>
+      <c r="E274" s="17">
+        <v>100</v>
+      </c>
+      <c r="F274" s="17">
+        <v>7638.41</v>
+      </c>
+      <c r="G274" s="17">
+        <v>100</v>
+      </c>
+      <c r="H274" s="17">
+        <v>7566.13</v>
+      </c>
+      <c r="I274" s="17">
+        <v>100</v>
+      </c>
+      <c r="J274" s="17">
+        <v>-0.94627023163197244</v>
+      </c>
+      <c r="K274" s="17">
+        <v>-72.279999999999745</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>129</v>
-[...149 lines deleted...]
-      <c r="F289" s="12">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B277" s="130"/>
+      <c r="C277" s="130"/>
+      <c r="D277" s="130"/>
+      <c r="E277" s="130"/>
+      <c r="F277" s="130"/>
+      <c r="G277" s="130"/>
+      <c r="H277" s="130"/>
+      <c r="I277" s="130"/>
+      <c r="J277" s="130"/>
+      <c r="K277" s="130"/>
+    </row>
+    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="46"/>
+      <c r="B278" s="46"/>
+      <c r="C278" s="46"/>
+      <c r="D278" s="83"/>
+      <c r="E278" s="83"/>
+      <c r="F278" s="83"/>
+      <c r="G278" s="83"/>
+      <c r="H278" s="83"/>
+      <c r="I278" s="83"/>
+      <c r="J278" s="46"/>
+      <c r="K278" s="46"/>
+    </row>
+    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="46"/>
+      <c r="B279" s="46"/>
+      <c r="C279" s="46"/>
+      <c r="D279" s="83"/>
+      <c r="E279" s="83"/>
+      <c r="F279" s="83"/>
+      <c r="G279" s="83"/>
+      <c r="H279" s="83"/>
+      <c r="I279" s="83"/>
+      <c r="J279" s="46"/>
+      <c r="K279" s="46"/>
+    </row>
+    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B280" s="37"/>
+      <c r="C280" s="37"/>
+      <c r="D280" s="37"/>
+      <c r="E280" s="37"/>
+      <c r="F280" s="37"/>
+      <c r="G280" s="37"/>
+      <c r="H280" s="37"/>
+      <c r="I280" s="37"/>
+      <c r="J280" s="37"/>
+      <c r="K280" s="37"/>
+    </row>
+    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="23"/>
+      <c r="B281" s="23"/>
+      <c r="C281" s="23"/>
+      <c r="D281" s="13">
         <v>2021</v>
       </c>
-      <c r="G289" s="12">
-[...5 lines deleted...]
-      <c r="I289" s="12">
+      <c r="E281" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="F281" s="13">
         <v>2024</v>
       </c>
-      <c r="J289" s="13" t="s">
-[...37 lines deleted...]
-    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G281" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="H281" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I281" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="J281" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K281" s="13" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B282" s="5"/>
+      <c r="C282" s="79"/>
+      <c r="D282" s="16">
+        <v>450.88</v>
+      </c>
+      <c r="E282" s="16">
+        <v>24.823956262972732</v>
+      </c>
+      <c r="F282" s="16">
+        <v>718.2</v>
+      </c>
+      <c r="G282" s="16">
+        <v>29.409958108622742</v>
+      </c>
+      <c r="H282" s="16">
+        <v>761.29</v>
+      </c>
+      <c r="I282" s="16">
+        <v>29.984088098370208</v>
+      </c>
+      <c r="J282" s="16">
+        <v>5.9997215260373036</v>
+      </c>
+      <c r="K282" s="16">
+        <v>43.089999999999918</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B283" s="5"/>
+      <c r="C283" s="79"/>
+      <c r="D283" s="16">
+        <v>253.88</v>
+      </c>
+      <c r="E283" s="16">
+        <v>13.977790134943923</v>
+      </c>
+      <c r="F283" s="16">
+        <v>436.41999999999996</v>
+      </c>
+      <c r="G283" s="16">
+        <v>17.871197323538201</v>
+      </c>
+      <c r="H283" s="16">
+        <v>528.16</v>
+      </c>
+      <c r="I283" s="16">
+        <v>20.802054368289628</v>
+      </c>
+      <c r="J283" s="16">
+        <v>21.021034783007199</v>
+      </c>
+      <c r="K283" s="16">
+        <v>91.740000000000009</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B284" s="5"/>
+      <c r="C284" s="79"/>
+      <c r="D284" s="16">
+        <v>279.8</v>
+      </c>
+      <c r="E284" s="16">
+        <v>15.404859302652083</v>
+      </c>
+      <c r="F284" s="16">
+        <v>343.8</v>
+      </c>
+      <c r="G284" s="16">
+        <v>14.078451124679056</v>
+      </c>
+      <c r="H284" s="16">
+        <v>374.80999999999995</v>
+      </c>
+      <c r="I284" s="16">
+        <v>14.762227351141007</v>
+      </c>
+      <c r="J284" s="16">
+        <v>9.0197789412448905</v>
+      </c>
+      <c r="K284" s="16">
+        <v>31.009999999999934</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B285" s="5"/>
+      <c r="C285" s="79"/>
+      <c r="D285" s="16">
+        <v>372.95</v>
+      </c>
+      <c r="E285" s="16">
+        <v>20.533389124103266</v>
+      </c>
+      <c r="F285" s="16">
+        <v>311.69000000000005</v>
+      </c>
+      <c r="G285" s="16">
+        <v>12.763561463208889</v>
+      </c>
+      <c r="H285" s="16">
+        <v>311.26</v>
+      </c>
+      <c r="I285" s="16">
+        <v>12.259253716059204</v>
+      </c>
+      <c r="J285" s="16">
+        <v>-0.13795758606309588</v>
+      </c>
+      <c r="K285" s="16">
+        <v>-0.43000000000006366</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B286" s="5"/>
+      <c r="C286" s="79"/>
+      <c r="D286" s="16">
+        <v>52.82</v>
+      </c>
+      <c r="E286" s="16">
+        <v>2.9080938826521905</v>
+      </c>
+      <c r="F286" s="16">
+        <v>238.67000000000002</v>
+      </c>
+      <c r="G286" s="16">
+        <v>9.7734262068852544</v>
+      </c>
+      <c r="H286" s="16">
+        <v>162.51999999999998</v>
+      </c>
+      <c r="I286" s="16">
+        <v>6.4009956754287156</v>
+      </c>
+      <c r="J286" s="16">
+        <v>-31.905978966774217</v>
+      </c>
+      <c r="K286" s="16">
+        <v>-76.150000000000034</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B287" s="5"/>
+      <c r="C287" s="79"/>
+      <c r="D287" s="16">
+        <v>96.740000000000009</v>
+      </c>
+      <c r="E287" s="16">
+        <v>5.326183305713232</v>
+      </c>
+      <c r="F287" s="16">
+        <v>129.91</v>
+      </c>
+      <c r="G287" s="16">
+        <v>5.3197544665708438</v>
+      </c>
+      <c r="H287" s="16">
+        <v>133.48999999999998</v>
+      </c>
+      <c r="I287" s="16">
+        <v>5.257623140001102</v>
+      </c>
+      <c r="J287" s="16">
+        <v>2.755753983527045</v>
+      </c>
+      <c r="K287" s="16">
+        <v>3.5799999999999841</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B288" s="5"/>
+      <c r="C288" s="79"/>
+      <c r="D288" s="16">
+        <v>142.09</v>
+      </c>
+      <c r="E288" s="16">
+        <v>7.8230037823939753</v>
+      </c>
+      <c r="F288" s="16">
+        <v>113.18</v>
+      </c>
+      <c r="G288" s="16">
+        <v>4.6346686977637459</v>
+      </c>
+      <c r="H288" s="16">
+        <v>104.28</v>
+      </c>
+      <c r="I288" s="16">
+        <v>4.1071611434513073</v>
+      </c>
+      <c r="J288" s="16">
+        <v>-7.8635801378335435</v>
+      </c>
+      <c r="K288" s="16">
+        <v>-8.9000000000000057</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B289" s="5"/>
+      <c r="C289" s="79"/>
+      <c r="D289" s="16">
+        <v>73.569999999999993</v>
+      </c>
+      <c r="E289" s="16">
+        <v>4.050520010350656</v>
+      </c>
+      <c r="F289" s="16">
+        <v>55.699999999999996</v>
+      </c>
+      <c r="G289" s="16">
+        <v>2.2808892601646988</v>
+      </c>
+      <c r="H289" s="16">
+        <v>83.41</v>
+      </c>
+      <c r="I289" s="16">
+        <v>3.2851775122293203</v>
+      </c>
+      <c r="J289" s="16">
+        <v>49.748653500897674</v>
+      </c>
+      <c r="K289" s="16">
+        <v>27.71</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B290" s="5"/>
+      <c r="C290" s="79"/>
+      <c r="D290" s="16">
+        <v>85.61</v>
+      </c>
+      <c r="E290" s="16">
+        <v>4.7134024478200311</v>
+      </c>
+      <c r="F290" s="16">
+        <v>81.02</v>
+      </c>
+      <c r="G290" s="16">
+        <v>3.3177315593993519</v>
+      </c>
+      <c r="H290" s="16">
+        <v>65.3</v>
+      </c>
+      <c r="I290" s="16">
+        <v>2.5718989515474715</v>
+      </c>
+      <c r="J290" s="16">
+        <v>-19.402616637867194</v>
+      </c>
+      <c r="K290" s="16">
+        <v>-15.719999999999999</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A291" s="15" t="s">
-        <v>93</v>
-[...17 lines deleted...]
-        <v>5.4641703101616066E-4</v>
+        <v>4</v>
+      </c>
+      <c r="B291" s="5"/>
+      <c r="C291" s="79"/>
+      <c r="D291" s="16">
+        <v>6.67</v>
+      </c>
+      <c r="E291" s="16">
+        <v>0.36722806128909713</v>
+      </c>
+      <c r="F291" s="16">
+        <v>8.23</v>
+      </c>
+      <c r="G291" s="16">
+        <v>0.33701469678914669</v>
+      </c>
+      <c r="H291" s="16">
+        <v>10.620000000000001</v>
+      </c>
+      <c r="I291" s="16">
+        <v>0.41827820620879252</v>
       </c>
       <c r="J291" s="16">
-        <v>-87.906398205904352</v>
+        <v>29.040097205346299</v>
       </c>
       <c r="K291" s="16">
-        <v>-68.566486051078329</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.3900000000000006</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A292" s="15" t="s">
-        <v>80</v>
-[...17 lines deleted...]
-        <v>50.190142661898371</v>
+        <v>72</v>
+      </c>
+      <c r="B292" s="5"/>
+      <c r="C292" s="79"/>
+      <c r="D292" s="16">
+        <v>1.1500000000000001</v>
+      </c>
+      <c r="E292" s="16">
+        <v>6.3315182980878834E-2</v>
+      </c>
+      <c r="F292" s="16">
+        <v>4.09</v>
+      </c>
+      <c r="G292" s="16">
+        <v>0.16748360994746173</v>
+      </c>
+      <c r="H292" s="16">
+        <v>3.1499999999999995</v>
+      </c>
+      <c r="I292" s="16">
+        <v>0.12406556963820116</v>
       </c>
       <c r="J292" s="16">
-        <v>1.9849096730010261</v>
+        <v>-22.982885085574583</v>
       </c>
       <c r="K292" s="16">
-        <v>19.942510441179916</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.94000000000000039</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A293" s="15" t="s">
-        <v>79</v>
-[...17 lines deleted...]
-        <v>45.888507959380355</v>
+        <v>68</v>
+      </c>
+      <c r="B293" s="5"/>
+      <c r="C293" s="79"/>
+      <c r="D293" s="16">
+        <v>0.05</v>
+      </c>
+      <c r="E293" s="16">
+        <v>2.7528340426469051E-3</v>
+      </c>
+      <c r="F293" s="16">
+        <v>1.1300000000000001</v>
+      </c>
+      <c r="G293" s="16">
+        <v>4.627297780944542E-2</v>
+      </c>
+      <c r="H293" s="16">
+        <v>0.70000000000000007</v>
+      </c>
+      <c r="I293" s="16">
+        <v>2.7570126586266928E-2</v>
       </c>
       <c r="J293" s="16">
-        <v>-4.8386868201985349</v>
+        <v>-38.053097345132741</v>
       </c>
       <c r="K293" s="16">
-        <v>-5.0557743768727681</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.43000000000000005</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>94</v>
-[...17 lines deleted...]
-        <v>0.31078867419025485</v>
+        <v>13</v>
+      </c>
+      <c r="B294" s="96"/>
+      <c r="C294" s="97"/>
+      <c r="D294" s="17">
+        <v>1816.31</v>
+      </c>
+      <c r="E294" s="17">
+        <v>100</v>
+      </c>
+      <c r="F294" s="17">
+        <v>2442.0300000000002</v>
+      </c>
+      <c r="G294" s="17">
+        <v>100</v>
+      </c>
+      <c r="H294" s="17">
+        <v>2538.98</v>
+      </c>
+      <c r="I294" s="17">
+        <v>100</v>
       </c>
       <c r="J294" s="17">
-        <v>164.70848032582049</v>
+        <v>3.9700576978988718</v>
       </c>
       <c r="K294" s="17">
-        <v>-42.384121350109652</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>96.949999999999818</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="K297" s="84"/>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B297" s="130"/>
+      <c r="C297" s="130"/>
+      <c r="D297" s="130"/>
+      <c r="E297" s="130"/>
+      <c r="F297" s="130"/>
+      <c r="G297" s="130"/>
+      <c r="H297" s="130"/>
+      <c r="I297" s="130"/>
+      <c r="J297" s="130"/>
+      <c r="K297" s="130"/>
     </row>
     <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A298" s="20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A298" s="46"/>
+      <c r="B298" s="46"/>
+      <c r="C298" s="46"/>
+      <c r="D298" s="83"/>
+      <c r="E298" s="83"/>
+      <c r="F298" s="83"/>
+      <c r="G298" s="83"/>
+      <c r="H298" s="83"/>
+      <c r="I298" s="46"/>
+      <c r="J298" s="46"/>
+      <c r="K298" s="46"/>
     </row>
     <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A299" s="104" t="s">
-[...11 lines deleted...]
-      <c r="K299" s="85"/>
+      <c r="A299" s="46"/>
+      <c r="B299" s="46"/>
+      <c r="C299" s="46"/>
+      <c r="D299" s="83"/>
+      <c r="E299" s="83"/>
+      <c r="F299" s="83"/>
+      <c r="G299" s="83"/>
+      <c r="H299" s="83"/>
+      <c r="I299" s="46"/>
+      <c r="J299" s="46"/>
+      <c r="K299" s="46"/>
     </row>
     <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A300" s="104" t="s">
-[...11 lines deleted...]
-      <c r="K300" s="84"/>
+      <c r="A300" s="46"/>
+      <c r="B300" s="46"/>
+      <c r="C300" s="46"/>
+      <c r="D300" s="83"/>
+      <c r="E300" s="83"/>
+      <c r="F300" s="83"/>
+      <c r="G300" s="83"/>
+      <c r="H300" s="83"/>
+      <c r="I300" s="46"/>
+      <c r="J300" s="46"/>
+      <c r="K300" s="46"/>
     </row>
     <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="46"/>
+      <c r="B301" s="46"/>
+      <c r="C301" s="46"/>
+      <c r="D301" s="83"/>
+      <c r="E301" s="83"/>
+      <c r="F301" s="83"/>
+      <c r="G301" s="83"/>
+      <c r="H301" s="83"/>
+      <c r="I301" s="46"/>
+      <c r="J301" s="46"/>
+      <c r="K301" s="46"/>
     </row>
     <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="46"/>
+      <c r="B302" s="46"/>
+      <c r="C302" s="46"/>
+      <c r="D302" s="83"/>
+      <c r="E302" s="83"/>
+      <c r="F302" s="83"/>
+      <c r="G302" s="83"/>
+      <c r="H302" s="83"/>
+      <c r="I302" s="46"/>
+      <c r="J302" s="46"/>
+      <c r="K302" s="46"/>
     </row>
     <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A303" s="2" t="s">
-[...21 lines deleted...]
-      <c r="F304" s="12">
+      <c r="A303" s="46"/>
+      <c r="B303" s="46"/>
+      <c r="C303" s="46"/>
+      <c r="D303" s="83"/>
+      <c r="E303" s="83"/>
+      <c r="F303" s="83"/>
+      <c r="G303" s="83"/>
+      <c r="H303" s="83"/>
+      <c r="I303" s="46"/>
+      <c r="J303" s="46"/>
+      <c r="K303" s="46"/>
+    </row>
+    <row r="304" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="46"/>
+      <c r="B304" s="46"/>
+      <c r="C304" s="46"/>
+      <c r="D304" s="83"/>
+      <c r="E304" s="83"/>
+      <c r="F304" s="83"/>
+      <c r="G304" s="83"/>
+      <c r="H304" s="83"/>
+      <c r="I304" s="46"/>
+      <c r="J304" s="46"/>
+      <c r="K304" s="46"/>
+    </row>
+    <row r="305" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="46"/>
+      <c r="B305" s="46"/>
+      <c r="C305" s="46"/>
+      <c r="D305" s="83"/>
+      <c r="E305" s="83"/>
+      <c r="F305" s="83"/>
+      <c r="G305" s="83"/>
+      <c r="H305" s="83"/>
+      <c r="I305" s="46"/>
+      <c r="J305" s="46"/>
+      <c r="K305" s="46"/>
+    </row>
+    <row r="306" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="46"/>
+      <c r="B306" s="46"/>
+      <c r="C306" s="46"/>
+      <c r="D306" s="83"/>
+      <c r="E306" s="83"/>
+      <c r="F306" s="83"/>
+      <c r="G306" s="83"/>
+      <c r="H306" s="83"/>
+      <c r="I306" s="46"/>
+      <c r="J306" s="46"/>
+      <c r="K306" s="46"/>
+    </row>
+    <row r="307" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="46"/>
+      <c r="B307" s="46"/>
+      <c r="C307" s="46"/>
+      <c r="D307" s="83"/>
+      <c r="E307" s="83"/>
+      <c r="F307" s="83"/>
+      <c r="G307" s="83"/>
+      <c r="H307" s="83"/>
+      <c r="I307" s="46"/>
+      <c r="J307" s="46"/>
+      <c r="K307" s="46"/>
+    </row>
+    <row r="308" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="46"/>
+      <c r="B308" s="46"/>
+      <c r="C308" s="46"/>
+      <c r="D308" s="83"/>
+      <c r="E308" s="83"/>
+      <c r="F308" s="83"/>
+      <c r="G308" s="83"/>
+      <c r="H308" s="83"/>
+      <c r="I308" s="46"/>
+      <c r="J308" s="46"/>
+      <c r="K308" s="46"/>
+    </row>
+    <row r="309" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="46"/>
+      <c r="B309" s="46"/>
+      <c r="C309" s="46"/>
+      <c r="D309" s="83"/>
+      <c r="E309" s="83"/>
+      <c r="F309" s="83"/>
+      <c r="G309" s="83"/>
+      <c r="H309" s="83"/>
+      <c r="I309" s="46"/>
+      <c r="J309" s="46"/>
+      <c r="K309" s="46"/>
+    </row>
+    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="46"/>
+      <c r="B310" s="46"/>
+      <c r="C310" s="46"/>
+      <c r="D310" s="83"/>
+      <c r="E310" s="83"/>
+      <c r="F310" s="83"/>
+      <c r="G310" s="83"/>
+      <c r="H310" s="83"/>
+      <c r="I310" s="46"/>
+      <c r="J310" s="46"/>
+      <c r="K310" s="46"/>
+    </row>
+    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="46"/>
+      <c r="B311" s="46"/>
+      <c r="C311" s="46"/>
+      <c r="D311" s="83"/>
+      <c r="E311" s="83"/>
+      <c r="F311" s="83"/>
+      <c r="G311" s="83"/>
+      <c r="H311" s="83"/>
+      <c r="I311" s="46"/>
+      <c r="J311" s="46"/>
+      <c r="K311" s="46"/>
+    </row>
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="46"/>
+      <c r="B312" s="46"/>
+      <c r="C312" s="46"/>
+      <c r="D312" s="83"/>
+      <c r="E312" s="83"/>
+      <c r="F312" s="83"/>
+      <c r="G312" s="83"/>
+      <c r="H312" s="83"/>
+      <c r="I312" s="46"/>
+      <c r="J312" s="46"/>
+      <c r="K312" s="46"/>
+    </row>
+    <row r="313" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B313" s="8"/>
+      <c r="C313" s="8"/>
+      <c r="D313" s="8"/>
+      <c r="E313" s="8"/>
+      <c r="F313" s="8"/>
+      <c r="G313" s="8"/>
+      <c r="H313" s="8"/>
+      <c r="I313" s="8"/>
+      <c r="J313" s="8"/>
+      <c r="K313" s="9"/>
+    </row>
+    <row r="314" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="11"/>
+      <c r="B314" s="11"/>
+      <c r="C314" s="11"/>
+      <c r="D314" s="11"/>
+      <c r="E314" s="12">
         <v>2021</v>
       </c>
-      <c r="G304" s="12">
+      <c r="F314" s="12">
         <v>2022</v>
       </c>
-      <c r="H304" s="12">
+      <c r="G314" s="12">
         <v>2023</v>
       </c>
-      <c r="I304" s="12">
+      <c r="H314" s="12">
         <v>2024</v>
       </c>
-      <c r="J304" s="13" t="s">
-[...165 lines deleted...]
-      <c r="A311" s="4" t="s">
+      <c r="I314" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J314" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K314" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B315" s="15"/>
+      <c r="C315" s="15"/>
+      <c r="D315" s="15"/>
+      <c r="E315" s="16">
+        <v>7443.1</v>
+      </c>
+      <c r="F315" s="16">
+        <v>11144.93</v>
+      </c>
+      <c r="G315" s="16">
+        <v>11783.58</v>
+      </c>
+      <c r="H315" s="16">
+        <v>11682.45</v>
+      </c>
+      <c r="I315" s="16">
+        <v>11404.48</v>
+      </c>
+      <c r="J315" s="16">
+        <v>-2.3793810373680278</v>
+      </c>
+      <c r="K315" s="16">
+        <v>11.257784760151912</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B316" s="15"/>
+      <c r="C316" s="15"/>
+      <c r="D316" s="15"/>
+      <c r="E316" s="16">
+        <v>2882.34</v>
+      </c>
+      <c r="F316" s="16">
+        <v>3336.28</v>
+      </c>
+      <c r="G316" s="16">
+        <v>3585.66</v>
+      </c>
+      <c r="H316" s="16">
+        <v>3756.54</v>
+      </c>
+      <c r="I316" s="16">
+        <v>3786.17</v>
+      </c>
+      <c r="J316" s="16">
+        <v>0.78875773983506392</v>
+      </c>
+      <c r="K316" s="16">
+        <v>7.0566687164912656</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B317" s="15"/>
+      <c r="C317" s="15"/>
+      <c r="D317" s="15"/>
+      <c r="E317" s="16">
+        <v>4560.76</v>
+      </c>
+      <c r="F317" s="16">
+        <v>7808.65</v>
+      </c>
+      <c r="G317" s="16">
+        <v>8197.92</v>
+      </c>
+      <c r="H317" s="16">
+        <v>7925.9100000000008</v>
+      </c>
+      <c r="I317" s="16">
+        <v>7618.3099999999995</v>
+      </c>
+      <c r="J317" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K317" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B318" s="1"/>
+      <c r="C318" s="1"/>
+      <c r="D318" s="1"/>
+      <c r="E318" s="17">
+        <v>258.23115940520552</v>
+      </c>
+      <c r="F318" s="17">
+        <v>334.05259750380662</v>
+      </c>
+      <c r="G318" s="17">
+        <v>328.63071233747763</v>
+      </c>
+      <c r="H318" s="17">
+        <v>310.98963407816768</v>
+      </c>
+      <c r="I318" s="17">
+        <v>301.21415572993288</v>
+      </c>
+      <c r="J318" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K318" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B319" s="46"/>
+      <c r="C319" s="46"/>
+      <c r="D319" s="46"/>
+      <c r="E319" s="46"/>
+      <c r="F319" s="46"/>
+      <c r="G319" s="46"/>
+      <c r="H319" s="46"/>
+      <c r="I319" s="8"/>
+      <c r="J319" s="8"/>
+      <c r="K319" s="9"/>
+    </row>
+    <row r="320" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B320" s="46"/>
+      <c r="C320" s="46"/>
+      <c r="D320" s="46"/>
+      <c r="E320" s="46"/>
+      <c r="F320" s="46"/>
+      <c r="G320" s="46"/>
+      <c r="H320" s="46"/>
+      <c r="I320" s="46"/>
+      <c r="J320" s="46"/>
+      <c r="K320" s="46"/>
+    </row>
+    <row r="321" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B311" s="84"/>
-[...11 lines deleted...]
-      <c r="A312" s="4" t="s">
+      <c r="B321" s="46"/>
+      <c r="C321" s="46"/>
+      <c r="D321" s="46"/>
+      <c r="E321" s="46"/>
+      <c r="F321" s="46"/>
+      <c r="G321" s="46"/>
+      <c r="H321" s="46"/>
+      <c r="I321" s="46"/>
+      <c r="J321" s="46"/>
+      <c r="K321" s="46"/>
+    </row>
+    <row r="322" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B312" s="84"/>
-[...267 lines deleted...]
-      <c r="K325" s="46"/>
+      <c r="B322" s="46"/>
+      <c r="C322" s="46"/>
+      <c r="D322" s="46"/>
+      <c r="E322" s="46"/>
+      <c r="F322" s="46"/>
+      <c r="G322" s="46"/>
+      <c r="H322" s="46"/>
+      <c r="I322" s="46"/>
+      <c r="J322" s="46"/>
+      <c r="K322" s="46"/>
+    </row>
+    <row r="323" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B323" s="46"/>
+      <c r="C323" s="46"/>
+      <c r="D323" s="46"/>
+      <c r="E323" s="46"/>
+      <c r="F323" s="46"/>
+      <c r="G323" s="46"/>
+      <c r="H323" s="46"/>
+      <c r="I323" s="46"/>
+      <c r="J323" s="46"/>
+      <c r="K323" s="46"/>
+    </row>
+    <row r="324" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="130" t="s">
+        <v>82</v>
+      </c>
+      <c r="B324" s="130"/>
+      <c r="C324" s="130"/>
+      <c r="D324" s="130"/>
+      <c r="E324" s="130"/>
+      <c r="F324" s="130"/>
+      <c r="G324" s="130"/>
+      <c r="H324" s="130"/>
+      <c r="I324" s="130"/>
+      <c r="J324" s="130"/>
+      <c r="K324" s="130"/>
+    </row>
+    <row r="325" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="130" t="s">
+        <v>150</v>
+      </c>
+      <c r="B325" s="130"/>
+      <c r="C325" s="130"/>
+      <c r="D325" s="130"/>
+      <c r="E325" s="130"/>
+      <c r="F325" s="130"/>
+      <c r="G325" s="130"/>
+      <c r="H325" s="130"/>
+      <c r="I325" s="130"/>
+      <c r="J325" s="130"/>
+      <c r="K325" s="130"/>
     </row>
     <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A326" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A326" s="46"/>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
       <c r="D326" s="46"/>
       <c r="E326" s="46"/>
       <c r="F326" s="46"/>
       <c r="G326" s="46"/>
       <c r="H326" s="46"/>
       <c r="I326" s="46"/>
       <c r="J326" s="46"/>
-      <c r="K326" s="46"/>
+      <c r="K326" s="86"/>
     </row>
     <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A327" s="4" t="s">
-[...28 lines deleted...]
-    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B327" s="22"/>
+      <c r="C327" s="22"/>
+      <c r="D327" s="22"/>
+    </row>
+    <row r="328" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="23"/>
+      <c r="B328" s="23"/>
+      <c r="C328" s="23"/>
+      <c r="D328" s="24"/>
+      <c r="E328" s="24"/>
+      <c r="F328" s="24"/>
+      <c r="G328" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H328" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I328" s="12">
+        <v>2023</v>
+      </c>
+      <c r="J328" s="12">
+        <v>2024</v>
+      </c>
+      <c r="K328" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="124" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="B329" s="124"/>
       <c r="C329" s="124"/>
-      <c r="D329" s="124"/>
-[...37 lines deleted...]
-      <c r="F332" s="12">
+      <c r="D329" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E329" s="2"/>
+      <c r="F329" s="2"/>
+      <c r="G329" s="27">
+        <v>4</v>
+      </c>
+      <c r="H329" s="27">
+        <v>4</v>
+      </c>
+      <c r="I329" s="27">
+        <v>4</v>
+      </c>
+      <c r="J329" s="27">
+        <v>4</v>
+      </c>
+      <c r="K329" s="27">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="124"/>
+      <c r="B330" s="124"/>
+      <c r="C330" s="124"/>
+      <c r="D330" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E330" s="2"/>
+      <c r="F330" s="2"/>
+      <c r="G330" s="28">
+        <v>8.2583777914645058</v>
+      </c>
+      <c r="H330" s="28">
+        <v>9.2133837205389959</v>
+      </c>
+      <c r="I330" s="28">
+        <v>9.2259306120148068</v>
+      </c>
+      <c r="J330" s="28">
+        <v>8.7608265006218282</v>
+      </c>
+      <c r="K330" s="28">
+        <v>8.4707242728920153</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="127" t="s">
+        <v>138</v>
+      </c>
+      <c r="B331" s="127"/>
+      <c r="C331" s="127"/>
+      <c r="D331" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E331" s="29"/>
+      <c r="F331" s="29"/>
+      <c r="G331" s="30">
+        <v>9</v>
+      </c>
+      <c r="H331" s="30">
+        <v>10</v>
+      </c>
+      <c r="I331" s="30">
+        <v>10</v>
+      </c>
+      <c r="J331" s="30">
+        <v>9</v>
+      </c>
+      <c r="K331" s="30">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="128"/>
+      <c r="B332" s="128"/>
+      <c r="C332" s="128"/>
+      <c r="D332" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E332" s="31"/>
+      <c r="F332" s="31"/>
+      <c r="G332" s="32">
+        <v>3.0167879833382423</v>
+      </c>
+      <c r="H332" s="32">
+        <v>2.65221194673508</v>
+      </c>
+      <c r="I332" s="32">
+        <v>2.899489444162231</v>
+      </c>
+      <c r="J332" s="32">
+        <v>2.9600388374392979</v>
+      </c>
+      <c r="K332" s="32">
+        <v>2.8927490762108126</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B333" s="33"/>
+      <c r="C333" s="34"/>
+    </row>
+    <row r="334" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="4" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="46"/>
+      <c r="B335" s="46"/>
+      <c r="C335" s="46"/>
+      <c r="D335" s="46"/>
+      <c r="E335" s="46"/>
+      <c r="F335" s="46"/>
+      <c r="G335" s="46"/>
+      <c r="H335" s="46"/>
+      <c r="I335" s="46"/>
+      <c r="J335" s="46"/>
+      <c r="K335" s="46"/>
+    </row>
+    <row r="336" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="46"/>
+      <c r="B336" s="46"/>
+      <c r="C336" s="46"/>
+      <c r="D336" s="46"/>
+      <c r="E336" s="46"/>
+      <c r="F336" s="46"/>
+      <c r="G336" s="46"/>
+      <c r="H336" s="46"/>
+      <c r="I336" s="46"/>
+      <c r="J336" s="46"/>
+      <c r="K336" s="46"/>
+    </row>
+    <row r="337" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A337" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B337" s="8"/>
+      <c r="C337" s="8"/>
+      <c r="D337" s="8"/>
+      <c r="E337" s="8"/>
+      <c r="F337" s="8"/>
+      <c r="G337" s="8"/>
+      <c r="H337" s="8"/>
+      <c r="I337" s="8"/>
+      <c r="J337" s="8"/>
+      <c r="K337" s="9"/>
+    </row>
+    <row r="338" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="11"/>
+      <c r="B338" s="11"/>
+      <c r="C338" s="11"/>
+      <c r="D338" s="11"/>
+      <c r="E338" s="12">
         <v>2021</v>
       </c>
-      <c r="G332" s="12">
+      <c r="F338" s="12">
         <v>2022</v>
       </c>
-      <c r="H332" s="12">
+      <c r="G338" s="12">
         <v>2023</v>
       </c>
-      <c r="I332" s="12">
+      <c r="H338" s="12">
         <v>2024</v>
       </c>
-      <c r="J332" s="13" t="s">
+      <c r="I338" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J338" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="K338" s="13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B339" s="15"/>
+      <c r="C339" s="15"/>
+      <c r="D339" s="15"/>
+      <c r="E339" s="16">
+        <v>-10.539999999999964</v>
+      </c>
+      <c r="F339" s="16">
+        <v>30.260000000000012</v>
+      </c>
+      <c r="G339" s="16">
+        <v>495.49</v>
+      </c>
+      <c r="H339" s="16">
+        <v>363.69</v>
+      </c>
+      <c r="I339" s="16">
+        <v>61.019999999999989</v>
+      </c>
+      <c r="J339" s="16">
+        <v>-302.67</v>
+      </c>
+      <c r="K339" s="16">
+        <v>187.98400000000001</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B340" s="15"/>
+      <c r="C340" s="15"/>
+      <c r="D340" s="15"/>
+      <c r="E340" s="16">
+        <v>569.73</v>
+      </c>
+      <c r="F340" s="16">
+        <v>1854.65</v>
+      </c>
+      <c r="G340" s="16">
+        <v>1047.2099999999998</v>
+      </c>
+      <c r="H340" s="16">
+        <v>693.58999999999992</v>
+      </c>
+      <c r="I340" s="16">
+        <v>836.70999999999992</v>
+      </c>
+      <c r="J340" s="16">
+        <v>143.12</v>
+      </c>
+      <c r="K340" s="16">
+        <v>1000.378</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B341" s="1"/>
+      <c r="C341" s="1"/>
+      <c r="D341" s="1"/>
+      <c r="E341" s="17">
+        <v>-580.27</v>
+      </c>
+      <c r="F341" s="17">
+        <v>-1824.39</v>
+      </c>
+      <c r="G341" s="17">
+        <v>-551.7199999999998</v>
+      </c>
+      <c r="H341" s="17">
+        <v>-329.89999999999992</v>
+      </c>
+      <c r="I341" s="17">
+        <v>-775.68999999999994</v>
+      </c>
+      <c r="J341" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K341" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B342" s="83"/>
+      <c r="C342" s="83"/>
+      <c r="D342" s="83"/>
+      <c r="E342" s="83"/>
+      <c r="F342" s="83"/>
+      <c r="G342" s="83"/>
+      <c r="H342" s="83"/>
+      <c r="I342" s="8"/>
+      <c r="J342" s="8"/>
+      <c r="K342" s="9"/>
+    </row>
+    <row r="343" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B343" s="46"/>
+      <c r="C343" s="46"/>
+      <c r="D343" s="46"/>
+      <c r="E343" s="46"/>
+      <c r="F343" s="46"/>
+      <c r="G343" s="46"/>
+      <c r="H343" s="46"/>
+      <c r="I343" s="46"/>
+      <c r="J343" s="46"/>
+      <c r="K343" s="46"/>
+    </row>
+    <row r="344" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B344" s="46"/>
+      <c r="C344" s="46"/>
+      <c r="D344" s="46"/>
+      <c r="E344" s="46"/>
+      <c r="F344" s="46"/>
+      <c r="G344" s="46"/>
+      <c r="H344" s="46"/>
+      <c r="I344" s="46"/>
+      <c r="J344" s="46"/>
+      <c r="K344" s="46"/>
+    </row>
+    <row r="345" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B345" s="87"/>
+      <c r="C345" s="87"/>
+      <c r="D345" s="87"/>
+      <c r="E345" s="87"/>
+      <c r="F345" s="87"/>
+      <c r="G345" s="87"/>
+      <c r="H345" s="87"/>
+      <c r="I345" s="87"/>
+      <c r="J345" s="87"/>
+      <c r="K345" s="46"/>
+    </row>
+    <row r="346" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="46"/>
+      <c r="B346" s="46"/>
+      <c r="C346" s="46"/>
+      <c r="D346" s="46"/>
+      <c r="E346" s="46"/>
+      <c r="F346" s="46"/>
+      <c r="G346" s="46"/>
+      <c r="H346" s="46"/>
+      <c r="I346" s="46"/>
+      <c r="J346" s="46"/>
+      <c r="K346" s="46"/>
+    </row>
+    <row r="347" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="46"/>
+      <c r="B347" s="46"/>
+      <c r="C347" s="46"/>
+      <c r="D347" s="46"/>
+      <c r="E347" s="46"/>
+      <c r="F347" s="46"/>
+      <c r="G347" s="46"/>
+      <c r="H347" s="46"/>
+      <c r="I347" s="46"/>
+      <c r="J347" s="46"/>
+      <c r="K347" s="46"/>
+    </row>
+    <row r="348" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B348" s="22"/>
+      <c r="C348" s="22"/>
+      <c r="D348" s="22"/>
+      <c r="E348" s="22"/>
+      <c r="F348" s="22"/>
+      <c r="G348" s="22"/>
+      <c r="H348" s="22"/>
+      <c r="I348" s="22"/>
+      <c r="J348" s="22"/>
+      <c r="K348" s="22"/>
+    </row>
+    <row r="349" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="11"/>
+      <c r="B349" s="11"/>
+      <c r="C349" s="11"/>
+      <c r="D349" s="11"/>
+      <c r="E349" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F349" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="G349" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H349" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="I349" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="J349" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K349" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="K332" s="13" t="s">
-[...372 lines deleted...]
-      </c>
     </row>
     <row r="350" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A350" s="15" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="A350" s="109" t="s">
+        <v>38</v>
+      </c>
+      <c r="B350" s="109"/>
+      <c r="C350" s="109"/>
+      <c r="D350" s="109"/>
       <c r="E350" s="16">
-        <v>1.4070750191038153</v>
+        <v>1969.45</v>
       </c>
       <c r="F350" s="16">
-        <v>49.249999999999993</v>
+        <v>1985.74</v>
       </c>
       <c r="G350" s="16">
-        <v>0.61803766453292031</v>
+        <v>2390.65</v>
       </c>
       <c r="H350" s="16">
-        <v>58.47</v>
+        <v>2984.16</v>
       </c>
       <c r="I350" s="16">
-        <v>0.7342368871470244</v>
+        <v>3077.54</v>
       </c>
       <c r="J350" s="16">
-        <v>18.720812182741131</v>
+        <v>3.1291887834432508</v>
       </c>
       <c r="K350" s="16">
-        <v>9.220000000000006</v>
+        <v>11.805890943897523</v>
       </c>
     </row>
     <row r="351" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A351" s="15" t="s">
-        <v>40</v>
-[...25 lines deleted...]
-        <v>-3.0599999999999952</v>
+        <v>54</v>
+      </c>
+      <c r="B351" s="15"/>
+      <c r="C351" s="15"/>
+      <c r="D351" s="15"/>
+      <c r="E351" s="110">
+        <v>2.4290656585901318</v>
+      </c>
+      <c r="F351" s="110">
+        <v>2.2452698430502402</v>
+      </c>
+      <c r="G351" s="110">
+        <v>2.5411309465031162</v>
+      </c>
+      <c r="H351" s="110">
+        <v>3.1139370638608783</v>
+      </c>
+      <c r="I351" s="110">
+        <v>3.0321830892593145</v>
+      </c>
+      <c r="J351" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K351" s="88" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="352" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A352" s="15" t="s">
-[...26 lines deleted...]
-        <v>2.3199999999999967</v>
+      <c r="A352" s="100" t="s">
+        <v>39</v>
+      </c>
+      <c r="B352" s="100"/>
+      <c r="C352" s="100"/>
+      <c r="D352" s="100"/>
+      <c r="E352" s="102">
+        <v>10891.33</v>
+      </c>
+      <c r="F352" s="102">
+        <v>12854.09</v>
+      </c>
+      <c r="G352" s="102">
+        <v>13875.05</v>
+      </c>
+      <c r="H352" s="102">
+        <v>14904</v>
+      </c>
+      <c r="I352" s="102">
+        <v>15915.1</v>
+      </c>
+      <c r="J352" s="102">
+        <v>6.7840848094471298</v>
+      </c>
+      <c r="K352" s="102">
+        <v>9.9466784651150988</v>
       </c>
     </row>
     <row r="353" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A353" s="15" t="s">
-[...26 lines deleted...]
-        <v>2.84</v>
+      <c r="A353" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B353" s="111"/>
+      <c r="C353" s="111"/>
+      <c r="D353" s="111"/>
+      <c r="E353" s="112">
+        <v>5.7950567976574439</v>
+      </c>
+      <c r="F353" s="112">
+        <v>6.4041147469428346</v>
+      </c>
+      <c r="G353" s="112">
+        <v>6.3832237247676105</v>
+      </c>
+      <c r="H353" s="112">
+        <v>6.6178383513057115</v>
+      </c>
+      <c r="I353" s="112">
+        <v>6.7263876537180192</v>
+      </c>
+      <c r="J353" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K353" s="113" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="354" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A354" s="15" t="s">
-[...91 lines deleted...]
-    <row r="357" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="114" t="s">
+        <v>14</v>
+      </c>
+      <c r="B354" s="114"/>
+      <c r="C354" s="114"/>
+      <c r="D354" s="114"/>
+      <c r="E354" s="115">
+        <v>-8921.8799999999992</v>
+      </c>
+      <c r="F354" s="115">
+        <v>-10868.35</v>
+      </c>
+      <c r="G354" s="115">
+        <v>-11484.4</v>
+      </c>
+      <c r="H354" s="115">
+        <v>-11919.84</v>
+      </c>
+      <c r="I354" s="115">
+        <v>-12837.560000000001</v>
+      </c>
+      <c r="J354" s="116" t="s">
+        <v>26</v>
+      </c>
+      <c r="K354" s="116" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="B355" s="89"/>
+      <c r="C355" s="89"/>
+      <c r="D355" s="89"/>
+      <c r="E355" s="89"/>
+      <c r="F355" s="89"/>
+      <c r="G355" s="89"/>
+      <c r="H355" s="89"/>
+      <c r="I355" s="22"/>
+      <c r="J355" s="22"/>
+      <c r="K355" s="22"/>
+    </row>
+    <row r="356" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B356" s="90"/>
+      <c r="C356" s="90"/>
+      <c r="D356" s="90"/>
+      <c r="E356" s="90"/>
+      <c r="F356" s="90"/>
+      <c r="G356" s="90"/>
+      <c r="H356" s="90"/>
+      <c r="I356" s="90"/>
+      <c r="J356" s="89"/>
+      <c r="K356" s="46"/>
+    </row>
+    <row r="357" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A357" s="4" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="B357" s="90"/>
+      <c r="C357" s="90"/>
+      <c r="D357" s="90"/>
+      <c r="E357" s="90"/>
+      <c r="F357" s="90"/>
+      <c r="G357" s="90"/>
+      <c r="H357" s="90"/>
+      <c r="I357" s="90"/>
+      <c r="J357" s="89"/>
+      <c r="K357" s="46"/>
+    </row>
+    <row r="358" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A358" s="4" t="s">
-        <v>37</v>
-[...30 lines deleted...]
-    <row r="361" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="B358" s="90"/>
+      <c r="C358" s="90"/>
+      <c r="D358" s="90"/>
+      <c r="E358" s="90"/>
+      <c r="F358" s="90"/>
+      <c r="G358" s="90"/>
+      <c r="H358" s="90"/>
+      <c r="I358" s="90"/>
+      <c r="J358" s="89"/>
+      <c r="K358" s="46"/>
+    </row>
+    <row r="359" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B359" s="90"/>
+      <c r="C359" s="90"/>
+      <c r="D359" s="90"/>
+      <c r="E359" s="90"/>
+      <c r="F359" s="90"/>
+      <c r="G359" s="90"/>
+      <c r="H359" s="90"/>
+      <c r="I359" s="90"/>
+      <c r="J359" s="89"/>
+      <c r="K359" s="46"/>
+    </row>
+    <row r="360" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="130" t="s">
+        <v>150</v>
+      </c>
+      <c r="B360" s="130"/>
+      <c r="C360" s="130"/>
+      <c r="D360" s="130"/>
+      <c r="E360" s="130"/>
+      <c r="F360" s="130"/>
+      <c r="G360" s="130"/>
+      <c r="H360" s="130"/>
+      <c r="I360" s="130"/>
+      <c r="J360" s="130"/>
+      <c r="K360" s="130"/>
+    </row>
+    <row r="361" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A361" s="46"/>
       <c r="B361" s="46"/>
       <c r="C361" s="46"/>
-      <c r="D361" s="83"/>
-[...4 lines deleted...]
-      <c r="I361" s="83"/>
+      <c r="D361" s="46"/>
+      <c r="E361" s="46"/>
+      <c r="F361" s="46"/>
+      <c r="G361" s="46"/>
+      <c r="H361" s="46"/>
+      <c r="I361" s="46"/>
       <c r="J361" s="46"/>
       <c r="K361" s="46"/>
     </row>
-    <row r="362" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="F363" s="13">
+    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="46"/>
+      <c r="B362" s="46"/>
+      <c r="C362" s="46"/>
+      <c r="D362" s="46"/>
+      <c r="E362" s="46"/>
+      <c r="F362" s="46"/>
+      <c r="G362" s="46"/>
+      <c r="H362" s="46"/>
+      <c r="I362" s="46"/>
+      <c r="J362" s="46"/>
+      <c r="K362" s="46"/>
+    </row>
+    <row r="363" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A363" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B363" s="8"/>
+      <c r="C363" s="8"/>
+      <c r="D363" s="8"/>
+      <c r="E363" s="8"/>
+      <c r="F363" s="8"/>
+      <c r="G363" s="8"/>
+      <c r="H363" s="8"/>
+      <c r="I363" s="8"/>
+      <c r="J363" s="8"/>
+      <c r="K363" s="9"/>
+    </row>
+    <row r="364" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="11"/>
+      <c r="B364" s="11"/>
+      <c r="C364" s="11"/>
+      <c r="D364" s="11"/>
+      <c r="E364" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F364" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G364" s="12">
         <v>2023</v>
       </c>
-      <c r="G363" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H363" s="13">
+      <c r="H364" s="12">
         <v>2024</v>
       </c>
-      <c r="I363" s="13" t="s">
-[...37 lines deleted...]
-        <v>106.33000000000015</v>
+      <c r="I364" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J364" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="K364" s="13" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="365" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A365" s="15" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="B365" s="15"/>
+      <c r="C365" s="15"/>
+      <c r="D365" s="15"/>
       <c r="E365" s="16">
-        <v>13.818175289935731</v>
+        <v>-98.81</v>
       </c>
       <c r="F365" s="16">
-        <v>443.74</v>
+        <v>62.85</v>
       </c>
       <c r="G365" s="16">
-        <v>20.068471776874265</v>
+        <v>379.98</v>
       </c>
       <c r="H365" s="16">
-        <v>397.01</v>
+        <v>250.79</v>
       </c>
       <c r="I365" s="16">
-        <v>16.707065606194501</v>
+        <v>150.88</v>
       </c>
       <c r="J365" s="16">
-        <v>-10.530941542344619</v>
+        <v>-99.91</v>
       </c>
       <c r="K365" s="16">
-        <v>-46.730000000000018</v>
+        <v>149.13800000000001</v>
       </c>
     </row>
     <row r="366" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A366" s="15" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="B366" s="15"/>
+      <c r="C366" s="15"/>
+      <c r="D366" s="15"/>
       <c r="E366" s="16">
-        <v>13.611719507378551</v>
+        <v>481.47</v>
       </c>
       <c r="F366" s="16">
-        <v>332.81</v>
+        <v>1887.23</v>
       </c>
       <c r="G366" s="16">
-        <v>15.051579961377215</v>
+        <v>931.67</v>
       </c>
       <c r="H366" s="16">
-        <v>355.91999999999996</v>
+        <v>580.68000000000006</v>
       </c>
       <c r="I366" s="16">
-        <v>14.977906829945711</v>
+        <v>926.56</v>
       </c>
       <c r="J366" s="16">
-        <v>6.9439019260238446</v>
+        <v>345.87999999999988</v>
       </c>
       <c r="K366" s="16">
-        <v>23.109999999999957</v>
+        <v>961.52200000000016</v>
       </c>
     </row>
     <row r="367" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A367" s="15" t="s">
-[...185 lines deleted...]
-      <c r="A373" s="15" t="s">
+      <c r="A367" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B367" s="1"/>
+      <c r="C367" s="1"/>
+      <c r="D367" s="1"/>
+      <c r="E367" s="17">
+        <v>-580.28</v>
+      </c>
+      <c r="F367" s="17">
+        <v>-1824.38</v>
+      </c>
+      <c r="G367" s="17">
+        <v>-551.68999999999994</v>
+      </c>
+      <c r="H367" s="17">
+        <v>-329.8900000000001</v>
+      </c>
+      <c r="I367" s="17">
+        <v>-775.68</v>
+      </c>
+      <c r="J367" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K367" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I368" s="8"/>
+      <c r="J368" s="8"/>
+      <c r="K368" s="9"/>
+    </row>
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B369" s="60"/>
+      <c r="C369" s="60"/>
+      <c r="D369" s="60"/>
+      <c r="E369" s="60"/>
+      <c r="F369" s="60"/>
+      <c r="G369" s="60"/>
+      <c r="H369" s="60"/>
+      <c r="I369" s="60"/>
+    </row>
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B370" s="60"/>
+      <c r="C370" s="60"/>
+      <c r="D370" s="60"/>
+      <c r="E370" s="60"/>
+      <c r="F370" s="60"/>
+      <c r="G370" s="60"/>
+      <c r="H370" s="60"/>
+      <c r="I370" s="60"/>
+    </row>
+    <row r="371" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="139" t="s">
+        <v>47</v>
+      </c>
+      <c r="B371" s="139"/>
+      <c r="C371" s="139"/>
+      <c r="D371" s="139"/>
+      <c r="E371" s="139"/>
+      <c r="F371" s="139"/>
+      <c r="G371" s="139"/>
+      <c r="H371" s="139"/>
+      <c r="I371" s="139"/>
+      <c r="J371" s="139"/>
+      <c r="K371" s="139"/>
+    </row>
+    <row r="372" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="46"/>
+      <c r="B372" s="46"/>
+      <c r="C372" s="46"/>
+      <c r="D372" s="46"/>
+      <c r="E372" s="46"/>
+      <c r="F372" s="46"/>
+      <c r="G372" s="46"/>
+      <c r="H372" s="46"/>
+      <c r="I372" s="46"/>
+      <c r="J372" s="46"/>
+      <c r="K372" s="46"/>
+    </row>
+    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="46"/>
+      <c r="B373" s="46"/>
+      <c r="C373" s="46"/>
+      <c r="D373" s="46"/>
+      <c r="E373" s="46"/>
+      <c r="F373" s="46"/>
+      <c r="G373" s="46"/>
+      <c r="H373" s="46"/>
+      <c r="I373" s="46"/>
+      <c r="J373" s="46"/>
+      <c r="K373" s="46"/>
+    </row>
+    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B374" s="22"/>
+      <c r="C374" s="22"/>
+      <c r="D374" s="22"/>
+      <c r="E374" s="22"/>
+      <c r="F374" s="22"/>
+      <c r="G374" s="22"/>
+      <c r="H374" s="22"/>
+      <c r="I374" s="22"/>
+      <c r="J374" s="22"/>
+      <c r="K374" s="22"/>
+    </row>
+    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="11"/>
+      <c r="B375" s="11"/>
+      <c r="C375" s="11"/>
+      <c r="D375" s="11"/>
+      <c r="E375" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F375" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="G375" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H375" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="I375" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="J375" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K375" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="B376" s="109"/>
+      <c r="C376" s="109"/>
+      <c r="D376" s="109"/>
+      <c r="E376" s="16">
+        <v>1164.17</v>
+      </c>
+      <c r="F376" s="16">
+        <v>1215.19</v>
+      </c>
+      <c r="G376" s="16">
+        <v>1531.06</v>
+      </c>
+      <c r="H376" s="16">
+        <v>1894</v>
+      </c>
+      <c r="I376" s="16">
+        <v>1993.36</v>
+      </c>
+      <c r="J376" s="16">
+        <v>5.2460401267159398</v>
+      </c>
+      <c r="K376" s="16">
+        <v>14.391125722624665</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B377" s="109"/>
+      <c r="C377" s="109"/>
+      <c r="D377" s="109"/>
+      <c r="E377" s="49">
+        <v>10</v>
+      </c>
+      <c r="F377" s="49">
+        <v>10</v>
+      </c>
+      <c r="G377" s="49">
+        <v>10</v>
+      </c>
+      <c r="H377" s="49">
+        <v>10</v>
+      </c>
+      <c r="I377" s="49">
+        <v>10</v>
+      </c>
+      <c r="J377" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K377" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B378" s="15"/>
+      <c r="C378" s="15"/>
+      <c r="D378" s="15"/>
+      <c r="E378" s="110">
+        <v>2.0312437841500977</v>
+      </c>
+      <c r="F378" s="110">
+        <v>1.9149658046885847</v>
+      </c>
+      <c r="G378" s="110">
+        <v>2.2040911280387121</v>
+      </c>
+      <c r="H378" s="110">
+        <v>2.6303126169596838</v>
+      </c>
+      <c r="I378" s="110">
+        <v>2.5354453055798212</v>
+      </c>
+      <c r="J378" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K378" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="100" t="s">
+        <v>83</v>
+      </c>
+      <c r="B379" s="100"/>
+      <c r="C379" s="100"/>
+      <c r="D379" s="100"/>
+      <c r="E379" s="102">
+        <v>10086.040000000001</v>
+      </c>
+      <c r="F379" s="102">
+        <v>12083.53</v>
+      </c>
+      <c r="G379" s="102">
+        <v>13015.45</v>
+      </c>
+      <c r="H379" s="102">
+        <v>13813.84</v>
+      </c>
+      <c r="I379" s="102">
+        <v>14830.92</v>
+      </c>
+      <c r="J379" s="102">
+        <v>7.3627608253751307</v>
+      </c>
+      <c r="K379" s="102">
+        <v>10.118896711955539</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B380" s="15"/>
+      <c r="C380" s="15"/>
+      <c r="D380" s="15"/>
+      <c r="E380" s="49">
+        <v>5</v>
+      </c>
+      <c r="F380" s="49">
+        <v>5</v>
+      </c>
+      <c r="G380" s="49">
+        <v>5</v>
+      </c>
+      <c r="H380" s="49">
+        <v>5</v>
+      </c>
+      <c r="I380" s="49">
+        <v>5</v>
+      </c>
+      <c r="J380" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K380" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B381" s="111"/>
+      <c r="C381" s="111"/>
+      <c r="D381" s="111"/>
+      <c r="E381" s="112">
+        <v>6.1434164715513324</v>
+      </c>
+      <c r="F381" s="112">
+        <v>6.8760886212297203</v>
+      </c>
+      <c r="G381" s="112">
+        <v>6.7523732746830145</v>
+      </c>
+      <c r="H381" s="112">
+        <v>6.8594611034902275</v>
+      </c>
+      <c r="I381" s="112">
+        <v>6.9390647544420592</v>
+      </c>
+      <c r="J381" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K381" s="113" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="114" t="s">
+        <v>14</v>
+      </c>
+      <c r="B382" s="114"/>
+      <c r="C382" s="114"/>
+      <c r="D382" s="114"/>
+      <c r="E382" s="115">
+        <v>-8921.8700000000008</v>
+      </c>
+      <c r="F382" s="115">
+        <v>-10868.34</v>
+      </c>
+      <c r="G382" s="115">
+        <v>-11484.390000000001</v>
+      </c>
+      <c r="H382" s="115">
+        <v>-11919.84</v>
+      </c>
+      <c r="I382" s="115">
+        <v>-12837.56</v>
+      </c>
+      <c r="J382" s="116" t="s">
+        <v>26</v>
+      </c>
+      <c r="K382" s="116" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="I383" s="22"/>
+      <c r="J383" s="22"/>
+      <c r="K383" s="22"/>
+    </row>
+    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B384" s="90"/>
+      <c r="C384" s="90"/>
+      <c r="D384" s="90"/>
+      <c r="E384" s="90"/>
+      <c r="F384" s="90"/>
+      <c r="G384" s="90"/>
+      <c r="H384" s="90"/>
+      <c r="I384" s="22"/>
+      <c r="J384" s="22"/>
+      <c r="K384" s="22"/>
+    </row>
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B385" s="90"/>
+      <c r="C385" s="90"/>
+      <c r="D385" s="90"/>
+      <c r="E385" s="90"/>
+      <c r="F385" s="90"/>
+      <c r="G385" s="90"/>
+      <c r="H385" s="90"/>
+      <c r="I385" s="90"/>
+      <c r="J385" s="89"/>
+      <c r="K385" s="46"/>
+    </row>
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B386" s="90"/>
+      <c r="C386" s="90"/>
+      <c r="D386" s="90"/>
+      <c r="E386" s="90"/>
+      <c r="F386" s="90"/>
+      <c r="G386" s="90"/>
+      <c r="H386" s="90"/>
+      <c r="I386" s="90"/>
+      <c r="J386" s="89"/>
+      <c r="K386" s="46"/>
+    </row>
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B387" s="90"/>
+      <c r="C387" s="90"/>
+      <c r="D387" s="90"/>
+      <c r="E387" s="90"/>
+      <c r="F387" s="90"/>
+      <c r="G387" s="90"/>
+      <c r="H387" s="90"/>
+      <c r="I387" s="90"/>
+      <c r="J387" s="89"/>
+      <c r="K387" s="46"/>
+    </row>
+    <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B388" s="90"/>
+      <c r="C388" s="90"/>
+      <c r="D388" s="90"/>
+      <c r="E388" s="90"/>
+      <c r="F388" s="90"/>
+      <c r="G388" s="90"/>
+      <c r="H388" s="90"/>
+      <c r="I388" s="90"/>
+      <c r="J388" s="89"/>
+      <c r="K388" s="46"/>
+    </row>
+    <row r="389" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="140" t="s">
+        <v>150</v>
+      </c>
+      <c r="B389" s="140"/>
+      <c r="C389" s="140"/>
+      <c r="D389" s="140"/>
+      <c r="E389" s="140"/>
+      <c r="F389" s="140"/>
+      <c r="G389" s="140"/>
+      <c r="H389" s="140"/>
+      <c r="I389" s="140"/>
+      <c r="J389" s="140"/>
+      <c r="K389" s="140"/>
+    </row>
+    <row r="390" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="46"/>
+      <c r="B390" s="46"/>
+      <c r="C390" s="46"/>
+      <c r="D390" s="46"/>
+      <c r="E390" s="46"/>
+      <c r="F390" s="46"/>
+      <c r="G390" s="46"/>
+      <c r="H390" s="46"/>
+      <c r="I390" s="46"/>
+      <c r="J390" s="46"/>
+      <c r="K390" s="46"/>
+    </row>
+    <row r="391" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="46"/>
+      <c r="B391" s="46"/>
+      <c r="C391" s="46"/>
+      <c r="D391" s="46"/>
+      <c r="E391" s="46"/>
+      <c r="F391" s="46"/>
+      <c r="G391" s="46"/>
+      <c r="H391" s="46"/>
+      <c r="I391" s="46"/>
+      <c r="J391" s="46"/>
+      <c r="K391" s="46"/>
+    </row>
+    <row r="392" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="B392" s="22"/>
+      <c r="C392" s="22"/>
+      <c r="D392" s="22"/>
+      <c r="E392" s="22"/>
+      <c r="F392" s="22"/>
+      <c r="G392" s="22"/>
+      <c r="H392" s="22"/>
+      <c r="I392" s="22"/>
+      <c r="J392" s="22"/>
+      <c r="K392" s="22"/>
+    </row>
+    <row r="393" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="11"/>
+      <c r="B393" s="11"/>
+      <c r="C393" s="11"/>
+      <c r="D393" s="11"/>
+      <c r="E393" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F393" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="G393" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H393" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="I393" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="J393" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K393" s="13" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="109" t="s">
+        <v>73</v>
+      </c>
+      <c r="B394" s="109"/>
+      <c r="C394" s="109"/>
+      <c r="D394" s="109"/>
+      <c r="E394" s="16">
+        <v>13505.08</v>
+      </c>
+      <c r="F394" s="16">
+        <v>13552.84</v>
+      </c>
+      <c r="G394" s="16">
+        <v>16394.89</v>
+      </c>
+      <c r="H394" s="16">
+        <v>15173.38</v>
+      </c>
+      <c r="I394" s="16">
+        <v>16065.53</v>
+      </c>
+      <c r="J394" s="16">
+        <v>5.8797051151424498</v>
+      </c>
+      <c r="K394" s="16">
+        <v>4.4358183235449378</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B395" s="109"/>
+      <c r="C395" s="109"/>
+      <c r="D395" s="109"/>
+      <c r="E395" s="49">
+        <v>3</v>
+      </c>
+      <c r="F395" s="49">
+        <v>3</v>
+      </c>
+      <c r="G395" s="49">
+        <v>2</v>
+      </c>
+      <c r="H395" s="49">
         <v>4</v>
       </c>
-      <c r="B373" s="5"/>
-[...419 lines deleted...]
-        <v>-45.110000000000127</v>
+      <c r="I395" s="49">
+        <v>4</v>
+      </c>
+      <c r="J395" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K395" s="49" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="396" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A396" s="15" t="s">
-        <v>34</v>
-[...21 lines deleted...]
-        <v>-20.27000000000001</v>
+        <v>75</v>
+      </c>
+      <c r="B396" s="15"/>
+      <c r="C396" s="15"/>
+      <c r="D396" s="15"/>
+      <c r="E396" s="110">
+        <v>8.2259569584909897</v>
+      </c>
+      <c r="F396" s="110">
+        <v>7.7121941112693895</v>
+      </c>
+      <c r="G396" s="110">
+        <v>8.5056157933354424</v>
+      </c>
+      <c r="H396" s="110">
+        <v>7.5345602611928717</v>
+      </c>
+      <c r="I396" s="110">
+        <v>7.5167119089329288</v>
+      </c>
+      <c r="J396" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K396" s="88" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="397" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A397" s="15" t="s">
-[...215 lines deleted...]
-      <c r="A405" s="4" t="s">
+      <c r="A397" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B397" s="1"/>
+      <c r="C397" s="1"/>
+      <c r="D397" s="1"/>
+      <c r="E397" s="78">
+        <v>133.89873528163679</v>
+      </c>
+      <c r="F397" s="78">
+        <v>112.15960898843301</v>
+      </c>
+      <c r="G397" s="78">
+        <v>125.96483410101071</v>
+      </c>
+      <c r="H397" s="78">
+        <v>109.84186873454449</v>
+      </c>
+      <c r="I397" s="78">
+        <v>108.32456786227694</v>
+      </c>
+      <c r="J397" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="K397" s="77" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="54" t="s">
         <v>25</v>
       </c>
-    </row>
-[...80 lines deleted...]
-      <c r="F412" s="13" t="s">
+      <c r="I398" s="22"/>
+      <c r="J398" s="22"/>
+      <c r="K398" s="22"/>
+    </row>
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="20" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11" ht="54.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="139" t="s">
+        <v>74</v>
+      </c>
+      <c r="B404" s="139"/>
+      <c r="C404" s="139"/>
+      <c r="D404" s="139"/>
+      <c r="E404" s="139"/>
+      <c r="F404" s="139"/>
+      <c r="G404" s="139"/>
+      <c r="H404" s="139"/>
+      <c r="I404" s="139"/>
+      <c r="J404" s="139"/>
+      <c r="K404" s="139"/>
+    </row>
+    <row r="405" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="46"/>
+      <c r="B405" s="46"/>
+      <c r="C405" s="46"/>
+      <c r="D405" s="46"/>
+      <c r="E405" s="46"/>
+      <c r="F405" s="46"/>
+      <c r="G405" s="46"/>
+      <c r="H405" s="46"/>
+      <c r="I405" s="46"/>
+      <c r="J405" s="46"/>
+      <c r="K405" s="46"/>
+    </row>
+    <row r="406" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="46"/>
+      <c r="B406" s="46"/>
+      <c r="C406" s="46"/>
+      <c r="D406" s="46"/>
+      <c r="E406" s="46"/>
+      <c r="F406" s="46"/>
+      <c r="G406" s="46"/>
+      <c r="H406" s="46"/>
+      <c r="I406" s="46"/>
+      <c r="J406" s="46"/>
+      <c r="K406" s="46"/>
+    </row>
+    <row r="407" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="46"/>
+      <c r="B407" s="46"/>
+      <c r="C407" s="46"/>
+      <c r="D407" s="46"/>
+      <c r="E407" s="46"/>
+      <c r="F407" s="46"/>
+      <c r="G407" s="46"/>
+      <c r="H407" s="46"/>
+      <c r="I407" s="46"/>
+      <c r="J407" s="46"/>
+      <c r="K407" s="46"/>
+    </row>
+    <row r="408" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A408" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B408" s="15"/>
+      <c r="C408" s="15"/>
+      <c r="D408" s="15"/>
+      <c r="E408" s="15"/>
+      <c r="F408" s="15"/>
+      <c r="G408" s="15"/>
+      <c r="H408" s="15"/>
+      <c r="I408" s="15"/>
+      <c r="J408" s="15"/>
+      <c r="K408" s="22"/>
+    </row>
+    <row r="409" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="11"/>
+      <c r="B409" s="11"/>
+      <c r="C409" s="11"/>
+      <c r="D409" s="11"/>
+      <c r="E409" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F409" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G409" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H409" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I409" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J409" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K409" s="13" t="s">
         <v>135</v>
       </c>
-      <c r="G412" s="13" t="s">
-[...12 lines deleted...]
-        <v>168</v>
+    </row>
+    <row r="410" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B410" s="15"/>
+      <c r="C410" s="15"/>
+      <c r="D410" s="15"/>
+      <c r="E410" s="16">
+        <v>1428.71</v>
+      </c>
+      <c r="F410" s="16">
+        <v>3316.01</v>
+      </c>
+      <c r="G410" s="16">
+        <v>3872.96</v>
+      </c>
+      <c r="H410" s="16">
+        <v>4130.74</v>
+      </c>
+      <c r="I410" s="16">
+        <v>4276.1000000000004</v>
+      </c>
+      <c r="J410" s="16">
+        <v>3.5189820710090829</v>
+      </c>
+      <c r="K410" s="16">
+        <v>31.530339809075159</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B411" s="15"/>
+      <c r="C411" s="15"/>
+      <c r="D411" s="15"/>
+      <c r="E411" s="49">
+        <v>2</v>
+      </c>
+      <c r="F411" s="49">
+        <v>1</v>
+      </c>
+      <c r="G411" s="49">
+        <v>1</v>
+      </c>
+      <c r="H411" s="49">
+        <v>1</v>
+      </c>
+      <c r="I411" s="49">
+        <v>1</v>
+      </c>
+      <c r="J411" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K411" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B412" s="15"/>
+      <c r="C412" s="15"/>
+      <c r="D412" s="15"/>
+      <c r="E412" s="16">
+        <v>14.109099599453298</v>
+      </c>
+      <c r="F412" s="16">
+        <v>15.626858511381277</v>
+      </c>
+      <c r="G412" s="16">
+        <v>15.2059558649738</v>
+      </c>
+      <c r="H412" s="16">
+        <v>14.887824301803231</v>
+      </c>
+      <c r="I412" s="16">
+        <v>14.678788856601955</v>
+      </c>
+      <c r="J412" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="K412" s="42" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="413" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A413" s="15" t="s">
-[...19 lines deleted...]
-        <v>5.1281156791264717</v>
+      <c r="A413" s="100" t="s">
+        <v>124</v>
+      </c>
+      <c r="B413" s="100"/>
+      <c r="C413" s="100"/>
+      <c r="D413" s="100"/>
+      <c r="E413" s="102">
+        <v>372.96</v>
+      </c>
+      <c r="F413" s="102">
+        <v>321.86</v>
+      </c>
+      <c r="G413" s="102">
+        <v>310.52999999999997</v>
+      </c>
+      <c r="H413" s="102">
+        <v>311.68</v>
+      </c>
+      <c r="I413" s="102">
+        <v>311.25</v>
+      </c>
+      <c r="J413" s="102">
+        <v>-0.13796201232033073</v>
       </c>
       <c r="K413" s="16">
-        <v>29.399999999999977</v>
+        <v>-4.4211554633684642</v>
       </c>
     </row>
     <row r="414" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A414" s="15" t="s">
-        <v>29</v>
-[...21 lines deleted...]
-        <v>56.050000000000011</v>
+        <v>23</v>
+      </c>
+      <c r="B414" s="15"/>
+      <c r="C414" s="15"/>
+      <c r="D414" s="15"/>
+      <c r="E414" s="49">
+        <v>3</v>
+      </c>
+      <c r="F414" s="49">
+        <v>3</v>
+      </c>
+      <c r="G414" s="49">
+        <v>5</v>
+      </c>
+      <c r="H414" s="49">
+        <v>5</v>
+      </c>
+      <c r="I414" s="49">
+        <v>5</v>
+      </c>
+      <c r="J414" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K414" s="91" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="415" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A415" s="15" t="s">
-[...266 lines deleted...]
-      </c>
+      <c r="A415" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B415" s="1"/>
+      <c r="C415" s="1"/>
+      <c r="D415" s="1"/>
+      <c r="E415" s="17">
+        <v>10.434695025222215</v>
+      </c>
+      <c r="F415" s="17">
+        <v>5.8168135659384053</v>
+      </c>
+      <c r="G415" s="17">
+        <v>4.8654035074525135</v>
+      </c>
+      <c r="H415" s="17">
+        <v>4.5525320245972276</v>
+      </c>
+      <c r="I415" s="17">
+        <v>4.3497947735381546</v>
+      </c>
+      <c r="J415" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K415" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="416" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="I416" s="15"/>
+      <c r="J416" s="15"/>
+      <c r="K416" s="22"/>
+    </row>
+    <row r="417" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="54" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="418" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="4" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="130" t="s">
+        <v>113</v>
+      </c>
+      <c r="B422" s="130"/>
+      <c r="C422" s="130"/>
+      <c r="D422" s="130"/>
+      <c r="E422" s="130"/>
+      <c r="F422" s="130"/>
+      <c r="G422" s="130"/>
+      <c r="H422" s="130"/>
+      <c r="I422" s="130"/>
+      <c r="J422" s="130"/>
+      <c r="K422" s="130"/>
+    </row>
+    <row r="423" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="46"/>
+      <c r="B423" s="46"/>
+      <c r="C423" s="46"/>
+      <c r="D423" s="46"/>
+      <c r="E423" s="46"/>
+      <c r="F423" s="46"/>
+      <c r="G423" s="46"/>
+      <c r="H423" s="46"/>
+      <c r="I423" s="46"/>
+      <c r="J423" s="46"/>
+      <c r="K423" s="46"/>
+    </row>
+    <row r="424" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="46"/>
+      <c r="B424" s="46"/>
+      <c r="C424" s="46"/>
+      <c r="D424" s="46"/>
+      <c r="E424" s="46"/>
+      <c r="F424" s="46"/>
+      <c r="G424" s="46"/>
+      <c r="H424" s="46"/>
+      <c r="I424" s="46"/>
+      <c r="J424" s="46"/>
+      <c r="K424" s="46"/>
     </row>
     <row r="425" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A425" s="1" t="s">
-[...102 lines deleted...]
-      <c r="K432" s="46"/>
+      <c r="A425" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B425" s="15"/>
+      <c r="C425" s="15"/>
+      <c r="D425" s="15"/>
+      <c r="E425" s="15"/>
+      <c r="F425" s="15"/>
+      <c r="G425" s="15"/>
+      <c r="H425" s="15"/>
+      <c r="I425" s="15"/>
+      <c r="J425" s="15"/>
+      <c r="K425" s="22"/>
+    </row>
+    <row r="426" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="11"/>
+      <c r="B426" s="11"/>
+      <c r="C426" s="11"/>
+      <c r="D426" s="11"/>
+      <c r="E426" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F426" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G426" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H426" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I426" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J426" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K426" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="427" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B427" s="15"/>
+      <c r="C427" s="15"/>
+      <c r="D427" s="15"/>
+      <c r="E427" s="16">
+        <v>693.30700000000002</v>
+      </c>
+      <c r="F427" s="16">
+        <v>2114.4180000000001</v>
+      </c>
+      <c r="G427" s="16">
+        <v>2358.6370000000002</v>
+      </c>
+      <c r="H427" s="16">
+        <v>2461.181</v>
+      </c>
+      <c r="I427" s="16">
+        <v>2463.9690000000001</v>
+      </c>
+      <c r="J427" s="16">
+        <v>0.1132789502275538</v>
+      </c>
+      <c r="K427" s="16">
+        <v>37.302173947333593</v>
+      </c>
+    </row>
+    <row r="428" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B428" s="15"/>
+      <c r="C428" s="15"/>
+      <c r="D428" s="15"/>
+      <c r="E428" s="49">
+        <v>3</v>
+      </c>
+      <c r="F428" s="49">
+        <v>2</v>
+      </c>
+      <c r="G428" s="49">
+        <v>2</v>
+      </c>
+      <c r="H428" s="49">
+        <v>1</v>
+      </c>
+      <c r="I428" s="49">
+        <v>1</v>
+      </c>
+      <c r="J428" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K428" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="429" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B429" s="15"/>
+      <c r="C429" s="15"/>
+      <c r="D429" s="15"/>
+      <c r="E429" s="16">
+        <v>11.71547615165111</v>
+      </c>
+      <c r="F429" s="16">
+        <v>13.799062971720124</v>
+      </c>
+      <c r="G429" s="16">
+        <v>12.932276038846663</v>
+      </c>
+      <c r="H429" s="16">
+        <v>12.696944218342077</v>
+      </c>
+      <c r="I429" s="16">
+        <v>12.478774674251266</v>
+      </c>
+      <c r="J429" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="K429" s="42" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="430" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="100" t="s">
+        <v>122</v>
+      </c>
+      <c r="B430" s="100"/>
+      <c r="C430" s="100"/>
+      <c r="D430" s="100"/>
+      <c r="E430" s="102">
+        <v>3079.3890000000001</v>
+      </c>
+      <c r="F430" s="102">
+        <v>9047.8019999999997</v>
+      </c>
+      <c r="G430" s="102">
+        <v>9926.9619999999995</v>
+      </c>
+      <c r="H430" s="102">
+        <v>10220.6</v>
+      </c>
+      <c r="I430" s="102">
+        <v>10063.985000000001</v>
+      </c>
+      <c r="J430" s="102">
+        <v>-1.5323464375868323</v>
+      </c>
+      <c r="K430" s="16">
+        <v>34.454814132498846</v>
+      </c>
+    </row>
+    <row r="431" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B431" s="15"/>
+      <c r="C431" s="15"/>
+      <c r="D431" s="15"/>
+      <c r="E431" s="49">
+        <v>1</v>
+      </c>
+      <c r="F431" s="49">
+        <v>1</v>
+      </c>
+      <c r="G431" s="49">
+        <v>1</v>
+      </c>
+      <c r="H431" s="49">
+        <v>1</v>
+      </c>
+      <c r="I431" s="49">
+        <v>1</v>
+      </c>
+      <c r="J431" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K431" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="432" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B432" s="1"/>
+      <c r="C432" s="1"/>
+      <c r="D432" s="1"/>
+      <c r="E432" s="17">
+        <v>16.502036905447078</v>
+      </c>
+      <c r="F432" s="17">
+        <v>19.330480315903877</v>
+      </c>
+      <c r="G432" s="17">
+        <v>18.431015334488933</v>
+      </c>
+      <c r="H432" s="17">
+        <v>18.085153387160108</v>
+      </c>
+      <c r="I432" s="17">
+        <v>17.668903841622903</v>
+      </c>
+      <c r="J432" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K432" s="18" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="433" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A433" s="46"/>
+      <c r="A433" s="4" t="s">
+        <v>1</v>
+      </c>
       <c r="B433" s="46"/>
       <c r="C433" s="46"/>
-      <c r="D433" s="83"/>
-[...6 lines deleted...]
-      <c r="K433" s="46"/>
+      <c r="D433" s="46"/>
+      <c r="E433" s="46"/>
+      <c r="F433" s="46"/>
+      <c r="G433" s="46"/>
+      <c r="H433" s="46"/>
+      <c r="I433" s="15"/>
+      <c r="J433" s="15"/>
+      <c r="K433" s="22"/>
     </row>
     <row r="434" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A434" s="46"/>
+      <c r="A434" s="54" t="s">
+        <v>97</v>
+      </c>
       <c r="B434" s="46"/>
       <c r="C434" s="46"/>
-      <c r="D434" s="83"/>
-[...6 lines deleted...]
-      <c r="K434" s="46"/>
+      <c r="D434" s="46"/>
+      <c r="E434" s="46"/>
+      <c r="F434" s="46"/>
+      <c r="G434" s="46"/>
+      <c r="H434" s="46"/>
+      <c r="I434" s="15"/>
+      <c r="J434" s="15"/>
+      <c r="K434" s="22"/>
     </row>
     <row r="435" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A435" s="46"/>
+      <c r="A435" s="4" t="s">
+        <v>0</v>
+      </c>
       <c r="B435" s="46"/>
       <c r="C435" s="46"/>
-      <c r="D435" s="83"/>
-[...3 lines deleted...]
-      <c r="H435" s="83"/>
+      <c r="D435" s="46"/>
+      <c r="E435" s="46"/>
+      <c r="F435" s="46"/>
+      <c r="G435" s="46"/>
+      <c r="H435" s="46"/>
       <c r="I435" s="46"/>
       <c r="J435" s="46"/>
       <c r="K435" s="46"/>
     </row>
     <row r="436" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A436" s="46"/>
+      <c r="A436" s="4" t="s">
+        <v>62</v>
+      </c>
       <c r="B436" s="46"/>
       <c r="C436" s="46"/>
-      <c r="D436" s="83"/>
-[...3 lines deleted...]
-      <c r="H436" s="83"/>
+      <c r="D436" s="46"/>
+      <c r="E436" s="46"/>
+      <c r="F436" s="46"/>
+      <c r="G436" s="46"/>
+      <c r="H436" s="46"/>
       <c r="I436" s="46"/>
       <c r="J436" s="46"/>
       <c r="K436" s="46"/>
     </row>
     <row r="437" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A437" s="46"/>
+      <c r="A437" s="20" t="s">
+        <v>125</v>
+      </c>
       <c r="B437" s="46"/>
       <c r="C437" s="46"/>
-      <c r="D437" s="83"/>
-[...3 lines deleted...]
-      <c r="H437" s="83"/>
+      <c r="D437" s="46"/>
+      <c r="E437" s="46"/>
+      <c r="F437" s="46"/>
+      <c r="G437" s="46"/>
+      <c r="H437" s="46"/>
       <c r="I437" s="46"/>
       <c r="J437" s="46"/>
       <c r="K437" s="46"/>
     </row>
-    <row r="438" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...191 lines deleted...]
-      <c r="B444" s="46"/>
+    <row r="438" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B438" s="46"/>
+      <c r="C438" s="46"/>
+      <c r="D438" s="46"/>
+      <c r="E438" s="46"/>
+      <c r="F438" s="46"/>
+      <c r="G438" s="46"/>
+      <c r="H438" s="46"/>
+      <c r="I438" s="46"/>
+      <c r="J438" s="46"/>
+      <c r="K438" s="46"/>
+    </row>
+    <row r="439" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B439" s="46"/>
+      <c r="C439" s="46"/>
+      <c r="D439" s="46"/>
+      <c r="E439" s="46"/>
+      <c r="F439" s="46"/>
+      <c r="G439" s="46"/>
+      <c r="H439" s="46"/>
+      <c r="I439" s="46"/>
+      <c r="J439" s="46"/>
+      <c r="K439" s="86"/>
+    </row>
+    <row r="440" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="B440" s="46"/>
+      <c r="C440" s="46"/>
+      <c r="D440" s="46"/>
+      <c r="E440" s="46"/>
+      <c r="F440" s="46"/>
+      <c r="G440" s="46"/>
+      <c r="H440" s="46"/>
+      <c r="I440" s="46"/>
+      <c r="J440" s="46"/>
+      <c r="K440" s="86"/>
+    </row>
+    <row r="441" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="92"/>
+      <c r="B441" s="92"/>
+      <c r="C441" s="92"/>
+      <c r="D441" s="92"/>
+      <c r="E441" s="92"/>
+      <c r="F441" s="92"/>
+      <c r="G441" s="92"/>
+      <c r="H441" s="92"/>
+      <c r="I441" s="7"/>
+      <c r="J441" s="7"/>
+      <c r="K441" s="7"/>
+    </row>
+    <row r="442" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="117"/>
+      <c r="B442" s="117"/>
+      <c r="C442" s="117"/>
+      <c r="D442" s="117"/>
+      <c r="E442" s="117"/>
+      <c r="F442" s="117"/>
+      <c r="G442" s="117"/>
+      <c r="H442" s="117"/>
+      <c r="I442" s="117"/>
+      <c r="J442" s="117"/>
+      <c r="K442" s="117"/>
+    </row>
+    <row r="443" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C443" s="84"/>
+      <c r="D443" s="84"/>
+      <c r="E443" s="84"/>
+      <c r="F443" s="84"/>
+      <c r="G443" s="84"/>
+      <c r="H443" s="84"/>
+      <c r="I443" s="84"/>
+      <c r="J443" s="84"/>
+      <c r="K443" s="84"/>
+    </row>
+    <row r="444" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="118" t="s">
+        <v>55</v>
+      </c>
+      <c r="B444" s="119">
+        <v>46079</v>
+      </c>
       <c r="C444" s="46"/>
       <c r="D444" s="46"/>
       <c r="E444" s="46"/>
       <c r="F444" s="46"/>
       <c r="G444" s="46"/>
       <c r="H444" s="46"/>
       <c r="I444" s="46"/>
       <c r="J444" s="46"/>
       <c r="K444" s="46"/>
     </row>
-    <row r="445" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B445" s="46"/>
+    <row r="445" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="94" t="s">
+        <v>116</v>
+      </c>
       <c r="C445" s="46"/>
       <c r="D445" s="46"/>
       <c r="E445" s="46"/>
       <c r="F445" s="46"/>
       <c r="G445" s="46"/>
       <c r="H445" s="46"/>
       <c r="I445" s="46"/>
       <c r="J445" s="46"/>
       <c r="K445" s="46"/>
     </row>
-    <row r="446" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B446" s="46"/>
+    <row r="446" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="118" t="s">
+        <v>117</v>
+      </c>
       <c r="C446" s="46"/>
       <c r="D446" s="46"/>
       <c r="E446" s="46"/>
       <c r="F446" s="46"/>
       <c r="G446" s="46"/>
       <c r="H446" s="46"/>
       <c r="I446" s="46"/>
       <c r="J446" s="46"/>
       <c r="K446" s="46"/>
     </row>
-    <row r="447" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-[...2546 lines deleted...]
-      <c r="A572" s="93"/>
+    <row r="447" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="93"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A413:K424">
-[...4 lines deleted...]
-  <mergeCells count="52">
+  <mergeCells count="62">
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="E188:E191"/>
+    <mergeCell ref="F188:F191"/>
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="A329:C330"/>
+    <mergeCell ref="A331:C332"/>
+    <mergeCell ref="A297:K297"/>
+    <mergeCell ref="A422:K422"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A325:K325"/>
+    <mergeCell ref="A324:K324"/>
+    <mergeCell ref="A251:C252"/>
+    <mergeCell ref="A253:C254"/>
+    <mergeCell ref="A404:K404"/>
+    <mergeCell ref="A389:K389"/>
+    <mergeCell ref="A371:K371"/>
+    <mergeCell ref="A360:K360"/>
+    <mergeCell ref="A277:K277"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="A46:C48"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="F77:K77"/>
+    <mergeCell ref="G49:K49"/>
+    <mergeCell ref="F64:K64"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="C168:C171"/>
     <mergeCell ref="J68:K68"/>
     <mergeCell ref="A21:C22"/>
     <mergeCell ref="E30:F30"/>
     <mergeCell ref="A29:D30"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="A23:C24"/>
-    <mergeCell ref="A359:K359"/>
-[...41 lines deleted...]
-    <mergeCell ref="A329:K329"/>
+    <mergeCell ref="D168:D171"/>
+    <mergeCell ref="E168:E171"/>
+    <mergeCell ref="F168:F171"/>
+    <mergeCell ref="D172:D173"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="B537:G537 I537:K537 B540:K540 B554:G554 I554:K554 B557:K557">
-    <cfRule type="cellIs" dxfId="69" priority="115" operator="lessThan">
+  <conditionalFormatting sqref="E46:E48">
+    <cfRule type="cellIs" dxfId="38" priority="282" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E238:I239 E240:K240">
+    <cfRule type="cellIs" dxfId="37" priority="17" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E412:J412 E415:K415 E429:J429 E432:K432">
+    <cfRule type="cellIs" dxfId="36" priority="115" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B519:H519 B501:H501 B502:F502 B503:H504 B505:F506 G506:H506 B507:H507 B520:F520 B521:H521 B536:F536 I536:J536 B539:F539 I539:J539 B553:F553 I553:J553 B556:F556 I556:J556">
-    <cfRule type="cellIs" dxfId="68" priority="85" operator="lessThan">
+  <conditionalFormatting sqref="E8:K10">
+    <cfRule type="cellIs" dxfId="35" priority="431" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B440:J441 B442:K442">
-    <cfRule type="cellIs" dxfId="67" priority="16" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E315:K317">
+    <cfRule type="cellIs" dxfId="34" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="66" priority="431" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E339:K341">
+    <cfRule type="cellIs" dxfId="33" priority="35" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B464:K466">
-    <cfRule type="cellIs" dxfId="65" priority="35" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E350:K354">
+    <cfRule type="cellIs" dxfId="32" priority="59" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B475:K479">
-    <cfRule type="cellIs" dxfId="64" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="E351:K351 E353:K353 E378:K378 E381:K381 E396:K396">
+    <cfRule type="cellIs" dxfId="31" priority="116" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E365:K367">
+    <cfRule type="cellIs" dxfId="30" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B476:K476 B478:K478 B503:K503 B506:K506 B521:K521">
-    <cfRule type="cellIs" dxfId="63" priority="116" operator="lessThan">
+  <conditionalFormatting sqref="E376:K382">
+    <cfRule type="cellIs" dxfId="29" priority="58" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E394:K394 E377:I377 E380:I381 J381:K381 E395:I395 E411:I411 E414:I414 E428:I428 E431:I431">
+    <cfRule type="cellIs" dxfId="28" priority="85" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E394:K397">
+    <cfRule type="cellIs" dxfId="27" priority="26" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G22:K22 G24:K24">
+    <cfRule type="cellIs" dxfId="26" priority="121" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B490:K492">
-    <cfRule type="cellIs" dxfId="62" priority="33" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G30:K30 G32:K32">
+    <cfRule type="cellIs" dxfId="25" priority="56" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G37:K40">
+    <cfRule type="cellIs" dxfId="24" priority="513" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B501:K507">
-    <cfRule type="cellIs" dxfId="61" priority="58" operator="lessThan">
+  <conditionalFormatting sqref="G47:K47">
+    <cfRule type="cellIs" dxfId="23" priority="119" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G168:K173 G188:K193">
+    <cfRule type="cellIs" dxfId="22" priority="400" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B519:K522">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="57" priority="121" operator="lessThan">
+  <conditionalFormatting sqref="G252:K252 G254:K254">
+    <cfRule type="cellIs" dxfId="21" priority="46" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E334:K334 E336:K336">
-    <cfRule type="cellIs" dxfId="56" priority="46" operator="lessThan">
+  <conditionalFormatting sqref="G330:K330 G332:K332">
+    <cfRule type="cellIs" dxfId="20" priority="45" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E455:K455 E457:K457">
-[...123 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="30" priority="155" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="19" priority="155" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="29" priority="55" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="18" priority="55" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="28" priority="54" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="17" priority="148" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="27" priority="53" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="16" priority="52" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J183:K192">
-    <cfRule type="cellIs" dxfId="26" priority="148" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J208:K212">
+    <cfRule type="cellIs" dxfId="15" priority="158" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J201:K210">
-    <cfRule type="cellIs" dxfId="25" priority="52" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J223:K227">
+    <cfRule type="cellIs" dxfId="14" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J217:K226">
-    <cfRule type="cellIs" dxfId="24" priority="51" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J238:K239">
+    <cfRule type="cellIs" dxfId="13" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J233:K242">
-    <cfRule type="cellIs" dxfId="23" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J262:K274">
+    <cfRule type="cellIs" dxfId="12" priority="43" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J290:K294">
-    <cfRule type="cellIs" dxfId="22" priority="158" operator="lessThan">
+  <conditionalFormatting sqref="J282:K294">
+    <cfRule type="cellIs" dxfId="11" priority="41" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J305:K309">
-    <cfRule type="cellIs" dxfId="21" priority="49" operator="lessThan">
+  <conditionalFormatting sqref="J315:K316">
+    <cfRule type="cellIs" dxfId="10" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J344:K356">
-    <cfRule type="cellIs" dxfId="20" priority="43" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J350:K350">
+    <cfRule type="cellIs" dxfId="9" priority="407" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J364:K376">
-    <cfRule type="cellIs" dxfId="19" priority="41" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J352:K352">
+    <cfRule type="cellIs" dxfId="8" priority="406" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J392:K404">
-    <cfRule type="cellIs" dxfId="18" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J376:K376 J379:K379">
+    <cfRule type="cellIs" dxfId="7" priority="89" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J413:K425">
-    <cfRule type="cellIs" dxfId="17" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J394:K394">
+    <cfRule type="cellIs" dxfId="6" priority="31" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K320:K321">
-    <cfRule type="cellIs" dxfId="16" priority="3" operator="lessThan">
+  <conditionalFormatting sqref="J410:K410">
+    <cfRule type="cellIs" dxfId="5" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K440:K441">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="14" priority="7" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J413:K413">
+    <cfRule type="cellIs" dxfId="4" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K475">
-    <cfRule type="cellIs" dxfId="13" priority="332" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J427:K427">
+    <cfRule type="cellIs" dxfId="3" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K477">
-    <cfRule type="cellIs" dxfId="12" priority="331" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J430:K430">
+    <cfRule type="cellIs" dxfId="2" priority="12" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K501">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="10" priority="79" operator="lessThan">
+  <conditionalFormatting sqref="K412">
+    <cfRule type="cellIs" dxfId="1" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K503:K504">
-[...43 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K429">
+    <cfRule type="cellIs" dxfId="0" priority="11" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A571" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
+    <hyperlink ref="A446" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="5" manualBreakCount="5">
+  <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
-    <brk id="153" max="16383" man="1"/>
-[...2 lines deleted...]
-    <brk id="530" max="16383" man="1"/>
+    <brk id="147" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
+    <brk id="405" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>