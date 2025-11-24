--- v0 (2025-11-03)
+++ v1 (2025-11-24)
@@ -6,87 +6,87 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\México\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{476B01FF-AC5A-4BE6-BDF6-41B6168AE34D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{57AA6CD3-2777-4E1F-B487-452FAE361214}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="762" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="México" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">México!$A$1:$K$421</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">México!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="530" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="529" uniqueCount="192">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
@@ -466,75 +466,69 @@
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2024 jan/jun</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
-    <t>2024 jun</t>
-[...4 lines deleted...]
-  <si>
     <t>Fonte: GEE - Gabinete de Estratégia e Estudos (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/ago</t>
-[...2 lines deleted...]
-    <t>2025 jan/ago</t>
+    <t>2024 jan/set</t>
+  </si>
+  <si>
+    <t>2025 jan/set</t>
+  </si>
+  <si>
+    <t>2024 set</t>
+  </si>
+  <si>
+    <t>2025 set</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O MÉXICO</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o México</t>
   </si>
   <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>Posição e Quota do México no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>México como cliente de Portugal</t>
   </si>
   <si>
     <t>México como fornecedor de Portugal</t>
   </si>
@@ -658,60 +652,57 @@
   <si>
     <t>0713 Legumes de vagem, secos, em grão, mesmo pelados ou partidos</t>
   </si>
   <si>
     <t>2203 Cervejas de malte</t>
   </si>
   <si>
     <t>9001 Fibras óticas e feixes de fibras óticas; cabos de fibras óticas (exceto os constituídos de...</t>
   </si>
   <si>
     <t>8542 Circuitos integrados eletrónicos, e suas partes</t>
   </si>
   <si>
     <t>8544 Fios e cabos, incluídos os cabos coaxiais, e outros condutores, isolados para usos elétricos,...</t>
   </si>
   <si>
     <t>6805 Abrasivos naturais ou artificiais, em pó ou em grãos, aplicados sobre matérias têxteis, papel,...</t>
   </si>
   <si>
     <t>8903 Iates e outros barcos e embarcações de recreio ou de desporto; barcos a remos e canoas</t>
   </si>
   <si>
     <t>8411 Turborreatores, turbopropulsores e outras turbinas a gás</t>
   </si>
   <si>
-    <t>8479 Máquinas e aparelhos, mecânicos, com função própria, não especificados nem compreendidos em...</t>
+    <t>4804 Papel e cartão "kraft", não revestidos, em rolos de largura &gt; 36 cm ou em folhas de forma...</t>
   </si>
   <si>
     <t>1701 Açúcares de cana ou de beterraba e sacarose quimicamente pura, no estado sólido</t>
   </si>
   <si>
     <t>0303 Peixes congelados (exceto os filetes de peixes e outra carne de peixes da posição 0304)</t>
-  </si>
-[...1 lines deleted...]
-    <t>0304 Filetes de peixes e outra carne de peixes (mesmo picada), frescos, refrigerados ou congelados</t>
   </si>
   <si>
     <t>3904 Polímeros de cloreto de vinilo ou de outras olefinas halogenadas, em formas primárias</t>
   </si>
   <si>
     <t>0901 Café, mesmo torrado ou descafeinado; cascas e películas, de café; sucedâneos do café contendo...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para o México por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados do México por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para o México por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens do México por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com o México</t>
   </si>
   <si>
     <t>Posição e Quota do México no Comércio Internacional Português de Serviços</t>
   </si>
@@ -1043,51 +1034,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="143">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1408,115 +1399,112 @@
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="49">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
@@ -2186,9136 +2174,9115 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:V422"/>
+  <dimension ref="A2:K422"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A417" sqref="A417"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:22" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="92" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:22" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:22" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11">
         <v>0</v>
       </c>
       <c r="B7" s="12">
         <v>2020</v>
       </c>
       <c r="C7" s="12">
         <v>2021</v>
       </c>
       <c r="D7" s="12">
         <v>2022</v>
       </c>
       <c r="E7" s="12">
         <v>2023</v>
       </c>
       <c r="F7" s="12">
         <v>2024</v>
       </c>
       <c r="G7" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K7" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="H7" s="13" t="s">
-[...12 lines deleted...]
-    <row r="8" spans="1:22" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="16">
         <v>250.94476500000002</v>
       </c>
       <c r="C8" s="16">
         <v>322.89710600000001</v>
       </c>
       <c r="D8" s="16">
         <v>373.11651000000001</v>
       </c>
       <c r="E8" s="16">
         <v>371.10086700000005</v>
       </c>
       <c r="F8" s="16">
         <v>391.86116900000002</v>
       </c>
       <c r="G8" s="16">
         <v>5.5942477763060481</v>
       </c>
       <c r="H8" s="16">
         <v>11.786284721529494</v>
       </c>
       <c r="I8" s="16">
-        <v>255.70857000000001</v>
+        <v>285.25678700000003</v>
       </c>
       <c r="J8" s="16">
-        <v>258.592962</v>
+        <v>289.42298599999998</v>
       </c>
       <c r="K8" s="16">
-        <v>1.1279997381393947</v>
-[...7 lines deleted...]
-    <row r="9" spans="1:22" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4605082823147513</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="16">
         <v>58.879309999999997</v>
       </c>
       <c r="C9" s="16">
         <v>66.854855000000001</v>
       </c>
       <c r="D9" s="16">
         <v>88.151043999999999</v>
       </c>
       <c r="E9" s="16">
         <v>101.24891099999999</v>
       </c>
       <c r="F9" s="16">
         <v>84.351618999999999</v>
       </c>
       <c r="G9" s="16">
         <v>-16.688862954782788</v>
       </c>
       <c r="H9" s="16">
         <v>9.4038682073804392</v>
       </c>
       <c r="I9" s="16">
-        <v>60.334364999999998</v>
+        <v>68.737395000000006</v>
       </c>
       <c r="J9" s="16">
-        <v>65.961610000000007</v>
+        <v>76.124707000000001</v>
       </c>
       <c r="K9" s="16">
-        <v>9.3267659318201321</v>
-[...7 lines deleted...]
-    <row r="10" spans="1:22" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10.74715153229184</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="16">
         <v>192.06545500000001</v>
       </c>
       <c r="C10" s="16">
         <v>256.04225100000002</v>
       </c>
       <c r="D10" s="16">
         <v>284.96546599999999</v>
       </c>
       <c r="E10" s="16">
         <v>269.85195600000009</v>
       </c>
       <c r="F10" s="16">
         <v>307.50954999999999</v>
       </c>
       <c r="G10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="16">
-        <v>195.37420500000002</v>
+        <v>216.51939200000004</v>
       </c>
       <c r="J10" s="16">
-        <v>192.63135199999999</v>
+        <v>213.29827899999998</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>25</v>
       </c>
-      <c r="R10" s="60"/>
-[...5 lines deleted...]
-    <row r="11" spans="1:22" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="17">
         <v>426.20194598068497</v>
       </c>
       <c r="C11" s="17">
         <v>482.9822845326641</v>
       </c>
       <c r="D11" s="17">
         <v>423.26953042098967</v>
       </c>
       <c r="E11" s="17">
         <v>366.52331697671303</v>
       </c>
       <c r="F11" s="17">
         <v>464.55678461844343</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>25</v>
       </c>
       <c r="I11" s="17">
-        <v>423.81911204336041</v>
+        <v>414.99505036523425</v>
       </c>
       <c r="J11" s="17">
-        <v>392.03555219467802</v>
+        <v>380.19586203464797</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="R11" s="60"/>
-[...5 lines deleted...]
-    <row r="12" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="14" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="16" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
       <c r="E20" s="12">
         <v>2020</v>
       </c>
       <c r="F20" s="12">
         <v>2021</v>
       </c>
       <c r="G20" s="12">
         <v>2022</v>
       </c>
       <c r="H20" s="12">
         <v>2023</v>
       </c>
       <c r="I20" s="12">
         <v>2024</v>
       </c>
       <c r="J20" s="13" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="K20" s="13" t="s">
-        <v>117</v>
-[...9 lines deleted...]
-      <c r="C21" s="123">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="133" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" s="133">
+        <v>0</v>
+      </c>
+      <c r="C21" s="133">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="27">
         <v>28</v>
       </c>
       <c r="F21" s="27">
         <v>28</v>
       </c>
       <c r="G21" s="27">
         <v>28</v>
       </c>
       <c r="H21" s="27">
         <v>28</v>
       </c>
       <c r="I21" s="27">
         <v>28</v>
       </c>
       <c r="J21" s="27">
         <v>29</v>
       </c>
       <c r="K21" s="27">
         <v>26</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C22" s="123">
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="133">
+        <v>0</v>
+      </c>
+      <c r="B22" s="133">
+        <v>0</v>
+      </c>
+      <c r="C22" s="133">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="28">
         <v>0.46680977821095349</v>
       </c>
       <c r="F22" s="28">
         <v>0.50755201340843759</v>
       </c>
       <c r="G22" s="28">
         <v>0.47589729357974847</v>
       </c>
       <c r="H22" s="28">
         <v>0.47982944477484379</v>
       </c>
       <c r="I22" s="28">
         <v>0.49668651686209642</v>
       </c>
       <c r="J22" s="28">
-        <v>0.48348435344003998</v>
+        <v>0.48167323944762075</v>
       </c>
       <c r="K22" s="28">
-        <v>0.48677004445164807</v>
-[...9 lines deleted...]
-      <c r="C23" s="126">
+        <v>0.47982385839199704</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="134" t="s">
+        <v>123</v>
+      </c>
+      <c r="B23" s="134">
+        <v>0</v>
+      </c>
+      <c r="C23" s="134">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="30">
         <v>55</v>
       </c>
       <c r="F23" s="30">
         <v>58</v>
       </c>
       <c r="G23" s="30">
         <v>59</v>
       </c>
       <c r="H23" s="30">
         <v>57</v>
       </c>
       <c r="I23" s="30">
         <v>59</v>
       </c>
       <c r="J23" s="30">
         <v>56</v>
       </c>
       <c r="K23" s="30">
         <v>54</v>
       </c>
     </row>
-    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C24" s="127">
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="135">
+        <v>0</v>
+      </c>
+      <c r="B24" s="135">
+        <v>0</v>
+      </c>
+      <c r="C24" s="135">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="32">
         <v>8.6402258800150622E-2</v>
       </c>
       <c r="F24" s="32">
         <v>8.0406855787549705E-2</v>
       </c>
       <c r="G24" s="32">
         <v>8.0458002704766982E-2</v>
       </c>
       <c r="H24" s="32">
         <v>9.6291433740221644E-2</v>
       </c>
       <c r="I24" s="32">
         <v>7.8654331926962279E-2</v>
       </c>
       <c r="J24" s="32">
-        <v>8.5969812715142369E-2</v>
+        <v>8.6831694191496084E-2</v>
       </c>
       <c r="K24" s="32">
-        <v>8.8702027010821208E-2</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.0284688605509242E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E29" s="124" t="s">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="133" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="133">
+        <v>0</v>
+      </c>
+      <c r="C29" s="133">
+        <v>0</v>
+      </c>
+      <c r="D29" s="133">
+        <v>0</v>
+      </c>
+      <c r="E29" s="127" t="s">
         <v>22</v>
       </c>
-      <c r="F29" s="124">
+      <c r="F29" s="127">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>71</v>
       </c>
       <c r="H29" s="27">
         <v>71</v>
       </c>
       <c r="I29" s="27">
         <v>72</v>
       </c>
       <c r="J29" s="27">
         <v>64</v>
       </c>
       <c r="K29" s="27">
         <v>65</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F30" s="124">
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="133">
+        <v>0</v>
+      </c>
+      <c r="B30" s="133">
+        <v>0</v>
+      </c>
+      <c r="C30" s="133">
+        <v>0</v>
+      </c>
+      <c r="D30" s="133">
+        <v>0</v>
+      </c>
+      <c r="E30" s="127" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="127">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>1.116210796255389E-2</v>
       </c>
       <c r="H30" s="28">
         <v>6.8187412200440209E-3</v>
       </c>
       <c r="I30" s="28">
         <v>5.1058389897301517E-3</v>
       </c>
       <c r="J30" s="28">
         <v>1.4546732579762224E-2</v>
       </c>
       <c r="K30" s="28">
         <v>5.6691444548557816E-3</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="D31" s="126">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="134" t="s">
+        <v>127</v>
+      </c>
+      <c r="B31" s="134">
+        <v>0</v>
+      </c>
+      <c r="C31" s="134">
+        <v>0</v>
+      </c>
+      <c r="D31" s="134">
         <v>0</v>
       </c>
       <c r="E31" s="128" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="128">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>40</v>
       </c>
       <c r="H31" s="30">
         <v>41</v>
       </c>
       <c r="I31" s="30">
         <v>45</v>
       </c>
       <c r="J31" s="30">
         <v>47</v>
       </c>
       <c r="K31" s="30">
         <v>45</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F32" s="125">
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="135">
+        <v>0</v>
+      </c>
+      <c r="B32" s="135">
+        <v>0</v>
+      </c>
+      <c r="C32" s="135">
+        <v>0</v>
+      </c>
+      <c r="D32" s="135">
+        <v>0</v>
+      </c>
+      <c r="E32" s="129" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" s="129">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.12034522041856734</v>
       </c>
       <c r="H32" s="32">
         <v>0.11588805673740554</v>
       </c>
       <c r="I32" s="32">
         <v>0.10479419174345597</v>
       </c>
       <c r="J32" s="32">
         <v>0.11687271612567339</v>
       </c>
       <c r="K32" s="32">
         <v>0.11386840306406731</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
         <v>23</v>
       </c>
       <c r="F36" s="13">
         <v>2020</v>
       </c>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13" t="s">
-        <v>117</v>
-[...12 lines deleted...]
-      <c r="D37" s="123">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="133" t="s">
+        <v>131</v>
+      </c>
+      <c r="B37" s="133">
+        <v>0</v>
+      </c>
+      <c r="C37" s="133">
+        <v>0</v>
+      </c>
+      <c r="D37" s="133">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="40">
         <v>-0.1181681277826101</v>
       </c>
       <c r="G37" s="40">
         <v>0.13384641175506851</v>
       </c>
       <c r="H37" s="40">
         <v>7.893833403502766E-2</v>
       </c>
       <c r="I37" s="40">
         <v>-2.570883417951557E-3</v>
       </c>
       <c r="J37" s="40">
         <v>2.6842848044378354E-2</v>
       </c>
       <c r="K37" s="40">
-        <v>5.4537022407485994E-3</v>
-[...3 lines deleted...]
-      <c r="A38" s="130" t="s">
+        <v>7.0348775558262914E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="136" t="s">
         <v>32</v>
       </c>
-      <c r="B38" s="130">
-[...5 lines deleted...]
-      <c r="D38" s="130">
+      <c r="B38" s="136">
+        <v>0</v>
+      </c>
+      <c r="C38" s="136">
+        <v>0</v>
+      </c>
+      <c r="D38" s="136">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="42">
         <v>-10.258980147584102</v>
       </c>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>0.44538715022671183</v>
-[...12 lines deleted...]
-      <c r="D39" s="126">
+        <v>1.8515666647388538</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="134" t="s">
+        <v>132</v>
+      </c>
+      <c r="B39" s="134">
+        <v>0</v>
+      </c>
+      <c r="C39" s="134">
+        <v>0</v>
+      </c>
+      <c r="D39" s="134">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="44">
         <v>-4.1014133263826691E-2</v>
       </c>
       <c r="G39" s="44">
         <v>1.1703688497067089E-2</v>
       </c>
       <c r="H39" s="44">
         <v>2.5613092687844473E-2</v>
       </c>
       <c r="I39" s="44">
         <v>1.1954801335225005E-2</v>
       </c>
       <c r="J39" s="44">
         <v>-1.6069945414101058E-2</v>
       </c>
       <c r="K39" s="44">
-        <v>8.0182032039654606E-3</v>
-[...3 lines deleted...]
-      <c r="A40" s="131" t="s">
+        <v>9.3319337528163307E-3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="137" t="s">
         <v>33</v>
       </c>
-      <c r="B40" s="131">
-[...5 lines deleted...]
-      <c r="D40" s="131">
+      <c r="B40" s="137">
+        <v>0</v>
+      </c>
+      <c r="C40" s="137">
+        <v>0</v>
+      </c>
+      <c r="D40" s="137">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="17">
         <v>-14.793679915540103</v>
       </c>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.959265065771004</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.5115574186567269</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C46" s="132">
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="138" t="s">
+        <v>133</v>
+      </c>
+      <c r="B46" s="138">
+        <v>0</v>
+      </c>
+      <c r="C46" s="138">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
         <v>28</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>801</v>
       </c>
       <c r="H46" s="48">
         <v>837</v>
       </c>
       <c r="I46" s="48">
         <v>849</v>
       </c>
       <c r="J46" s="48">
         <v>935</v>
       </c>
       <c r="K46" s="48">
         <v>936</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C47" s="123">
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="133">
+        <v>0</v>
+      </c>
+      <c r="B47" s="133">
+        <v>0</v>
+      </c>
+      <c r="C47" s="133">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
         <v>61</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>3.8680703109909209</v>
       </c>
       <c r="H47" s="51">
         <v>3.7163662196962965</v>
       </c>
       <c r="I47" s="51">
         <v>3.700959023539669</v>
       </c>
       <c r="J47" s="51">
         <v>4.1411993976437236</v>
       </c>
       <c r="K47" s="51">
         <v>4.4211421283831651</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C48" s="127">
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="135">
+        <v>0</v>
+      </c>
+      <c r="B48" s="135">
+        <v>0</v>
+      </c>
+      <c r="C48" s="135">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>62</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>36</v>
       </c>
       <c r="H48" s="52">
         <v>35</v>
       </c>
       <c r="I48" s="52">
         <v>35</v>
       </c>
       <c r="J48" s="52">
         <v>33</v>
       </c>
       <c r="K48" s="52">
         <v>30</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="136"/>
-[...6 lines deleted...]
-      <c r="A50" s="129" t="s">
+      <c r="G49" s="139"/>
+      <c r="H49" s="139"/>
+      <c r="I49" s="139"/>
+      <c r="J49" s="139"/>
+      <c r="K49" s="139"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="122" t="s">
         <v>39</v>
       </c>
-      <c r="B50" s="129">
-[...30 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="122">
+        <v>0</v>
+      </c>
+      <c r="C50" s="122">
+        <v>0</v>
+      </c>
+      <c r="D50" s="122">
+        <v>0</v>
+      </c>
+      <c r="E50" s="122">
+        <v>0</v>
+      </c>
+      <c r="F50" s="122">
+        <v>0</v>
+      </c>
+      <c r="G50" s="122">
+        <v>0</v>
+      </c>
+      <c r="H50" s="122">
+        <v>0</v>
+      </c>
+      <c r="I50" s="122">
+        <v>0</v>
+      </c>
+      <c r="J50" s="122">
+        <v>0</v>
+      </c>
+      <c r="K50" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="122" t="s">
+        <v>134</v>
+      </c>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="122"/>
+      <c r="H52" s="122"/>
+      <c r="I52" s="122"/>
+      <c r="J52" s="122"/>
+      <c r="K52" s="122"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="122" t="s">
+      <c r="H56" s="130" t="s">
         <v>50</v>
       </c>
-      <c r="I56" s="122">
-[...2 lines deleted...]
-      <c r="J56" s="122" t="s">
+      <c r="I56" s="130">
+        <v>0</v>
+      </c>
+      <c r="J56" s="130" t="s">
         <v>46</v>
       </c>
-      <c r="K56" s="122">
-[...3 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="130">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
         <v>51</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>49</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>936</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>391.86116900000002</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
         <v>89</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>5</v>
       </c>
       <c r="I59" s="60">
         <v>0.53418803418803418</v>
       </c>
       <c r="J59" s="60">
         <v>108.199111</v>
       </c>
       <c r="K59" s="60">
         <v>27.611592972101811</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
         <v>90</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>66</v>
       </c>
       <c r="I60" s="60">
         <v>7.0512820512820511</v>
       </c>
       <c r="J60" s="60">
         <v>169.989779</v>
       </c>
       <c r="K60" s="60">
         <v>43.380103069105061</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
         <v>91</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>694</v>
       </c>
       <c r="I61" s="60">
         <v>74.145299145299148</v>
       </c>
       <c r="J61" s="60">
         <v>84.171410999999992</v>
       </c>
       <c r="K61" s="60">
         <v>21.479906063363984</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
         <v>92</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>171</v>
       </c>
       <c r="I62" s="60">
         <v>18.269230769230766</v>
       </c>
       <c r="J62" s="60">
         <v>6.2176000000000002E-2</v>
       </c>
       <c r="K62" s="60">
         <v>1.5866843902565909E-2</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>52</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>25</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>25</v>
       </c>
       <c r="J63" s="66">
         <v>29.438692000000003</v>
       </c>
       <c r="K63" s="66">
         <v>7.5125310515265795</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="135" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F64" s="142" t="s">
+        <v>134</v>
+      </c>
+      <c r="G64" s="142"/>
+      <c r="H64" s="142"/>
+      <c r="I64" s="142"/>
+      <c r="J64" s="142"/>
+      <c r="K64" s="142"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="122" t="s">
+      <c r="H68" s="130" t="s">
         <v>50</v>
       </c>
-      <c r="I68" s="122">
-[...2 lines deleted...]
-      <c r="J68" s="122" t="s">
+      <c r="I68" s="130">
+        <v>0</v>
+      </c>
+      <c r="J68" s="130" t="s">
         <v>46</v>
       </c>
-      <c r="K68" s="122">
-[...3 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="130">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
         <v>51</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>49</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>936</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>391.86116900000002</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>83</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>805</v>
       </c>
       <c r="I71" s="60">
         <v>86.004273504273513</v>
       </c>
       <c r="J71" s="60">
         <v>260.007203</v>
       </c>
       <c r="K71" s="67">
         <v>66.351867336975147</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>84</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>33</v>
       </c>
       <c r="I72" s="67">
         <v>3.5256410256410255</v>
       </c>
       <c r="J72" s="60">
         <v>47.374171000000004</v>
       </c>
       <c r="K72" s="67">
         <v>12.089529340428218</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>85</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>22</v>
       </c>
       <c r="I73" s="67">
         <v>2.3504273504273505</v>
       </c>
       <c r="J73" s="60">
         <v>27.434018999999999</v>
       </c>
       <c r="K73" s="67">
         <v>7.0009536974560502</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>86</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>76</v>
       </c>
       <c r="I74" s="67">
         <v>8.1196581196581192</v>
       </c>
       <c r="J74" s="60">
         <v>27.607084</v>
       </c>
       <c r="K74" s="67">
         <v>7.0451185736140136</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
         <v>87</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>57</v>
       </c>
       <c r="I75" s="71">
         <v>6.0897435897435894</v>
       </c>
       <c r="J75" s="72">
         <v>10.141611999999999</v>
       </c>
       <c r="K75" s="71">
         <v>2.5880625084339495</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>52</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>25</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>25</v>
       </c>
       <c r="J76" s="78">
         <v>29.43869200000006</v>
       </c>
       <c r="K76" s="78">
         <v>7.5125310515265653</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="135" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F77" s="142" t="s">
+        <v>134</v>
+      </c>
+      <c r="G77" s="142"/>
+      <c r="H77" s="142"/>
+      <c r="I77" s="142"/>
+      <c r="J77" s="142"/>
+      <c r="K77" s="142"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
         <v>2020</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F81" s="13">
         <v>2023</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="H81" s="13">
         <v>2024</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>57.28331</v>
       </c>
       <c r="E82" s="16">
         <v>22.827059173758812</v>
       </c>
       <c r="F82" s="16">
         <v>102.67049499999999</v>
       </c>
       <c r="G82" s="16">
         <v>27.666465947652981</v>
       </c>
       <c r="H82" s="16">
         <v>64.318878000000012</v>
       </c>
       <c r="I82" s="16">
         <v>16.413690125035078</v>
       </c>
       <c r="J82" s="16">
         <v>-37.354078209129099</v>
       </c>
       <c r="K82" s="16">
         <v>-38.351616999999976</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>36.089210999999999</v>
       </c>
       <c r="E83" s="16">
         <v>14.381336466612481</v>
       </c>
       <c r="F83" s="16">
         <v>58.945304999999991</v>
       </c>
       <c r="G83" s="16">
         <v>15.883903876732248</v>
       </c>
       <c r="H83" s="16">
         <v>62.488093999999997</v>
       </c>
       <c r="I83" s="16">
         <v>15.946487925676553</v>
       </c>
       <c r="J83" s="16">
         <v>6.0102988694349904</v>
       </c>
       <c r="K83" s="16">
         <v>3.5427890000000062</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>22.299784000000006</v>
       </c>
       <c r="E84" s="16">
         <v>8.8863316196295248</v>
       </c>
       <c r="F84" s="16">
         <v>36.694089999999996</v>
       </c>
       <c r="G84" s="16">
         <v>9.8879019864968392</v>
       </c>
       <c r="H84" s="16">
         <v>49.869194999999998</v>
       </c>
       <c r="I84" s="16">
         <v>12.726240552811701</v>
       </c>
       <c r="J84" s="16">
         <v>35.905250682058075</v>
       </c>
       <c r="K84" s="16">
         <v>13.175105000000002</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>28.676712999999999</v>
       </c>
       <c r="E85" s="16">
         <v>11.427499991880682</v>
       </c>
       <c r="F85" s="16">
         <v>34.815434000000003</v>
       </c>
       <c r="G85" s="16">
         <v>9.3816633416811701</v>
       </c>
       <c r="H85" s="16">
         <v>44.219569999999997</v>
       </c>
       <c r="I85" s="16">
         <v>11.284499077273971</v>
       </c>
       <c r="J85" s="16">
         <v>27.01139959938455</v>
       </c>
       <c r="K85" s="16">
         <v>9.4041359999999941</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
         <v>12.313730000000001</v>
       </c>
       <c r="E86" s="16">
         <v>4.9069483477768507</v>
       </c>
       <c r="F86" s="16">
         <v>9.2074230000000004</v>
       </c>
       <c r="G86" s="16">
         <v>2.4811106140584682</v>
       </c>
       <c r="H86" s="16">
         <v>31.580182999999998</v>
       </c>
       <c r="I86" s="16">
         <v>8.0590233221092635</v>
       </c>
       <c r="J86" s="16">
         <v>242.98612108947313</v>
       </c>
       <c r="K86" s="16">
         <v>22.37276</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
         <v>14.307666999999999</v>
       </c>
       <c r="E87" s="16">
         <v>5.7015204122708028</v>
       </c>
       <c r="F87" s="16">
         <v>26.454824000000002</v>
       </c>
       <c r="G87" s="16">
         <v>7.1287421702520577</v>
       </c>
       <c r="H87" s="16">
         <v>29.687944999999999</v>
       </c>
       <c r="I87" s="16">
         <v>7.576138527775381</v>
       </c>
       <c r="J87" s="16">
         <v>12.221290907095042</v>
       </c>
       <c r="K87" s="16">
         <v>3.233120999999997</v>
       </c>
     </row>
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
         <v>25.001066000000002</v>
       </c>
       <c r="E88" s="16">
         <v>9.9627764699534573</v>
       </c>
       <c r="F88" s="16">
         <v>28.890352</v>
       </c>
       <c r="G88" s="16">
         <v>7.7850402866345219</v>
       </c>
       <c r="H88" s="16">
         <v>29.398771999999997</v>
       </c>
       <c r="I88" s="16">
         <v>7.5023437701223203</v>
       </c>
       <c r="J88" s="16">
         <v>1.7598262561840625</v>
       </c>
       <c r="K88" s="16">
         <v>0.50841999999999743</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>15.252429000000001</v>
       </c>
       <c r="E89" s="16">
         <v>6.0780024640083647</v>
       </c>
       <c r="F89" s="16">
         <v>29.591228999999995</v>
       </c>
       <c r="G89" s="16">
         <v>7.9739045718801815</v>
       </c>
       <c r="H89" s="16">
         <v>28.127479000000005</v>
       </c>
       <c r="I89" s="16">
         <v>7.1779194329918417</v>
       </c>
       <c r="J89" s="16">
         <v>-4.9465671060840046</v>
       </c>
       <c r="K89" s="16">
         <v>-1.4637499999999903</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>3.3829500000000001</v>
       </c>
       <c r="E90" s="16">
         <v>1.3480855039952717</v>
       </c>
       <c r="F90" s="16">
         <v>5.9433020000000001</v>
       </c>
       <c r="G90" s="16">
         <v>1.6015327714122531</v>
       </c>
       <c r="H90" s="16">
         <v>8.8730219999999989</v>
       </c>
       <c r="I90" s="16">
         <v>2.2643279564145837</v>
       </c>
       <c r="J90" s="16">
         <v>49.294483100471737</v>
       </c>
       <c r="K90" s="16">
         <v>2.9297199999999988</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>4.554303</v>
       </c>
       <c r="E91" s="16">
         <v>1.814862724870949</v>
       </c>
       <c r="F91" s="16">
         <v>6.8658150000000004</v>
       </c>
       <c r="G91" s="16">
         <v>1.8501209807197783</v>
       </c>
       <c r="H91" s="16">
         <v>8.5022550000000017</v>
       </c>
       <c r="I91" s="16">
         <v>2.1697110284484458</v>
       </c>
       <c r="J91" s="16">
         <v>23.834606670875942</v>
       </c>
       <c r="K91" s="16">
         <v>1.6364400000000012</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>7.3429360000000008</v>
       </c>
       <c r="E92" s="16">
         <v>2.9261164304423724</v>
       </c>
       <c r="F92" s="16">
         <v>6.8088379999999997</v>
       </c>
       <c r="G92" s="16">
         <v>1.8347674730708725</v>
       </c>
       <c r="H92" s="16">
         <v>5.6740129999999995</v>
       </c>
       <c r="I92" s="16">
         <v>1.4479651082753748</v>
       </c>
       <c r="J92" s="16">
         <v>-16.666940820151694</v>
       </c>
       <c r="K92" s="16">
         <v>-1.1348250000000002</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>2.312049</v>
       </c>
       <c r="E93" s="16">
         <v>0.9213378091389951</v>
       </c>
       <c r="F93" s="16">
         <v>1.6012419999999998</v>
       </c>
       <c r="G93" s="16">
         <v>0.43148430585585229</v>
       </c>
       <c r="H93" s="16">
         <v>4.8002209999999996</v>
       </c>
       <c r="I93" s="16">
         <v>1.2249800132658715</v>
       </c>
       <c r="J93" s="16">
         <v>199.78110741536881</v>
       </c>
       <c r="K93" s="16">
         <v>3.1989789999999996</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
         <v>13.896978000000001</v>
       </c>
       <c r="E94" s="16">
         <v>5.5378632823840732</v>
       </c>
       <c r="F94" s="16">
         <v>2.8886309999999997</v>
       </c>
       <c r="G94" s="16">
         <v>0.77839510948919433</v>
       </c>
       <c r="H94" s="16">
         <v>4.3620730000000005</v>
       </c>
       <c r="I94" s="16">
         <v>1.1131679648513477</v>
       </c>
       <c r="J94" s="16">
         <v>51.008315011505481</v>
       </c>
       <c r="K94" s="16">
         <v>1.4734420000000008</v>
       </c>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
         <v>0.750031</v>
       </c>
       <c r="E95" s="16">
         <v>0.29888290357441805</v>
       </c>
       <c r="F95" s="16">
         <v>0.93800800000000006</v>
       </c>
       <c r="G95" s="16">
         <v>0.25276362396641883</v>
       </c>
       <c r="H95" s="16">
         <v>1.4018220000000001</v>
       </c>
       <c r="I95" s="16">
         <v>0.35773434851361863</v>
       </c>
       <c r="J95" s="16">
         <v>49.446699814926951</v>
       </c>
       <c r="K95" s="16">
         <v>0.46381400000000006</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
         <v>1.231231</v>
       </c>
       <c r="E96" s="16">
         <v>0.49063824862016941</v>
       </c>
       <c r="F96" s="16">
         <v>0.6290730000000001</v>
       </c>
       <c r="G96" s="16">
         <v>0.16951536790669908</v>
       </c>
       <c r="H96" s="16">
         <v>0.87216899999999997</v>
       </c>
       <c r="I96" s="16">
         <v>0.22257091771193077</v>
       </c>
       <c r="J96" s="16">
         <v>38.64352785765719</v>
       </c>
       <c r="K96" s="16">
         <v>0.24309599999999987</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0.21988300000000002</v>
       </c>
       <c r="E97" s="16">
         <v>8.7622070936606317E-2</v>
       </c>
       <c r="F97" s="16">
         <v>6.1769999999999993E-3</v>
       </c>
       <c r="G97" s="16">
         <v>1.6645070247168132E-3</v>
       </c>
       <c r="H97" s="16">
         <v>4.2999999999999995E-5</v>
       </c>
       <c r="I97" s="16">
         <v>1.0973274057680361E-5</v>
       </c>
       <c r="J97" s="16">
         <v>-99.303869192164484</v>
       </c>
       <c r="K97" s="16">
         <v>-6.1339999999999997E-3</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>6.0304940000000009</v>
       </c>
       <c r="E98" s="16">
         <v>2.4031160801461628</v>
       </c>
       <c r="F98" s="16">
         <v>18.150629000000002</v>
       </c>
       <c r="G98" s="16">
         <v>4.8910230651657303</v>
       </c>
       <c r="H98" s="16">
         <v>17.685435000000002</v>
       </c>
       <c r="I98" s="16">
         <v>4.5131889554486584</v>
       </c>
       <c r="J98" s="16">
         <v>-2.5629635204377781</v>
       </c>
       <c r="K98" s="16">
         <v>-0.46519400000000033</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="93"/>
       <c r="C99" s="94"/>
       <c r="D99" s="17">
         <v>250.94476500000002</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
         <v>371.10086700000005</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
         <v>391.86116900000002</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
         <v>5.5942477763060481</v>
       </c>
       <c r="K99" s="17">
         <v>20.760301999999967</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
         <v>2020</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F107" s="13">
         <v>2023</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="H107" s="13">
         <v>2024</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>16.643663</v>
       </c>
       <c r="E108" s="16">
         <v>28.267421951785781</v>
       </c>
       <c r="F108" s="16">
         <v>12.656785999999993</v>
       </c>
       <c r="G108" s="16">
         <v>12.500663834300394</v>
       </c>
       <c r="H108" s="16">
         <v>19.623305999999999</v>
       </c>
       <c r="I108" s="16">
         <v>23.263698115859519</v>
       </c>
       <c r="J108" s="16">
         <v>55.041777588718098</v>
       </c>
       <c r="K108" s="16">
         <v>6.9665200000000063</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
         <v>10.850025</v>
       </c>
       <c r="E109" s="16">
         <v>18.427568189912552</v>
       </c>
       <c r="F109" s="16">
         <v>20.636586999999995</v>
       </c>
       <c r="G109" s="16">
         <v>20.382033541081736</v>
       </c>
       <c r="H109" s="16">
         <v>19.044439999999994</v>
       </c>
       <c r="I109" s="16">
         <v>22.577444541995092</v>
       </c>
       <c r="J109" s="16">
         <v>-7.7151662724073562</v>
       </c>
       <c r="K109" s="16">
         <v>-1.5921470000000006</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>6.2953469999999987</v>
       </c>
       <c r="E110" s="16">
         <v>10.691951043583899</v>
       </c>
       <c r="F110" s="16">
         <v>2.9292940000000001</v>
       </c>
       <c r="G110" s="16">
         <v>2.8931609940970131</v>
       </c>
       <c r="H110" s="16">
         <v>8.7448150000000009</v>
       </c>
       <c r="I110" s="16">
         <v>10.367097992511562</v>
       </c>
       <c r="J110" s="16">
         <v>198.52978226152786</v>
       </c>
       <c r="K110" s="16">
         <v>5.8155210000000004</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>0.32691199999999998</v>
       </c>
       <c r="E111" s="16">
         <v>0.55522389783440063</v>
       </c>
       <c r="F111" s="16">
         <v>0.61011900000000008</v>
       </c>
       <c r="G111" s="16">
         <v>0.60259314789074636</v>
       </c>
       <c r="H111" s="16">
         <v>7.0589220000000008</v>
       </c>
       <c r="I111" s="16">
         <v>8.3684487431118537</v>
       </c>
       <c r="J111" s="16" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="K111" s="16">
         <v>6.4488030000000007</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>5.5448639999999987</v>
       </c>
       <c r="E112" s="16">
         <v>9.4173386203065199</v>
       </c>
       <c r="F112" s="16">
         <v>5.0621990000000006</v>
       </c>
       <c r="G112" s="16">
         <v>4.999756491208089</v>
       </c>
       <c r="H112" s="16">
         <v>6.2350180000000002</v>
       </c>
       <c r="I112" s="16">
         <v>7.3916992630574176</v>
       </c>
       <c r="J112" s="16">
         <v>23.168172566902239</v>
       </c>
       <c r="K112" s="16">
         <v>1.1728189999999996</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
         <v>0.20486199999999999</v>
       </c>
       <c r="E113" s="16">
         <v>0.34793546323827501</v>
       </c>
       <c r="F113" s="16">
         <v>3.7216640000000005</v>
       </c>
       <c r="G113" s="16">
         <v>3.6757570656735266</v>
       </c>
       <c r="H113" s="16">
         <v>5.2689589999999997</v>
       </c>
       <c r="I113" s="16">
         <v>6.2464230828811953</v>
       </c>
       <c r="J113" s="16">
         <v>41.575354465099458</v>
       </c>
       <c r="K113" s="16">
         <v>1.5472949999999992</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
         <v>1.1831489999999998</v>
       </c>
       <c r="E114" s="16">
         <v>2.0094478009338079</v>
       </c>
       <c r="F114" s="16">
         <v>7.322134000000001</v>
       </c>
       <c r="G114" s="16">
         <v>7.2318150661393297</v>
       </c>
       <c r="H114" s="16">
         <v>4.7778590000000003</v>
       </c>
       <c r="I114" s="16">
         <v>5.6642173044716548</v>
       </c>
       <c r="J114" s="16">
         <v>-34.747725185034859</v>
       </c>
       <c r="K114" s="16">
         <v>-2.5442750000000007</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>5.8985610000000008</v>
       </c>
       <c r="E115" s="16">
         <v>10.018053880047169</v>
       </c>
       <c r="F115" s="16">
         <v>20.429378</v>
       </c>
       <c r="G115" s="16">
         <v>20.177380475726796</v>
       </c>
       <c r="H115" s="16">
         <v>3.6949580000000002</v>
       </c>
       <c r="I115" s="16">
         <v>4.3804233324792508</v>
       </c>
       <c r="J115" s="16">
         <v>-81.913507107264834</v>
       </c>
       <c r="K115" s="16">
         <v>-16.73442</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
         <v>5.2813129999999999</v>
       </c>
       <c r="E116" s="16">
         <v>8.9697263775679446</v>
       </c>
       <c r="F116" s="16">
         <v>5.1951999999999989</v>
       </c>
       <c r="G116" s="16">
         <v>5.1311169164081178</v>
       </c>
       <c r="H116" s="16">
         <v>3.3737470000000003</v>
       </c>
       <c r="I116" s="16">
         <v>3.9996232911664689</v>
       </c>
       <c r="J116" s="16">
         <v>-35.06030566676931</v>
       </c>
       <c r="K116" s="16">
         <v>-1.8214529999999987</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
         <v>2.198102</v>
       </c>
       <c r="E117" s="16">
         <v>3.7332332868710592</v>
       </c>
       <c r="F117" s="16">
         <v>11.761489999999997</v>
       </c>
       <c r="G117" s="16">
         <v>11.616411360710831</v>
       </c>
       <c r="H117" s="16">
         <v>3.0179910000000003</v>
       </c>
       <c r="I117" s="16">
         <v>3.5778696790633031</v>
       </c>
       <c r="J117" s="16">
         <v>-74.34006235604501</v>
       </c>
       <c r="K117" s="16">
         <v>-8.7434989999999964</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>2.6300870000000005</v>
       </c>
       <c r="E118" s="16">
         <v>4.4669120612996327</v>
       </c>
       <c r="F118" s="16">
         <v>8.5409839999999981</v>
       </c>
       <c r="G118" s="16">
         <v>8.4356304829787252</v>
       </c>
       <c r="H118" s="16">
         <v>1.8397269999999999</v>
       </c>
       <c r="I118" s="16">
         <v>2.1810215640318651</v>
       </c>
       <c r="J118" s="16">
         <v>-78.460011164989879</v>
       </c>
       <c r="K118" s="16">
         <v>-6.7012569999999982</v>
       </c>
     </row>
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>0.104976</v>
       </c>
       <c r="E119" s="16">
         <v>0.17829013281575481</v>
       </c>
       <c r="F119" s="16">
         <v>0.21554399999999999</v>
       </c>
       <c r="G119" s="16">
         <v>0.21288525266212494</v>
       </c>
       <c r="H119" s="16">
         <v>0.31581599999999999</v>
       </c>
       <c r="I119" s="16">
         <v>0.37440419489755139</v>
       </c>
       <c r="J119" s="16">
         <v>46.520432023160005</v>
       </c>
       <c r="K119" s="16">
         <v>0.100272</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
         <v>8.9149999999999993E-2</v>
       </c>
       <c r="E120" s="16">
         <v>0.15141142109172137</v>
       </c>
       <c r="F120" s="16">
         <v>0.44398500000000002</v>
       </c>
       <c r="G120" s="16">
         <v>0.43850842010537777</v>
       </c>
       <c r="H120" s="16">
         <v>0.17882100000000001</v>
       </c>
       <c r="I120" s="16">
         <v>0.21199474547133468</v>
       </c>
       <c r="J120" s="16">
         <v>-59.723639312138921</v>
       </c>
       <c r="K120" s="16">
         <v>-0.26516400000000001</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>0.45034299999999999</v>
       </c>
       <c r="E121" s="16">
         <v>0.76485780828613648</v>
       </c>
       <c r="F121" s="16">
         <v>0.6121350000000001</v>
       </c>
       <c r="G121" s="16">
         <v>0.60458428041759393</v>
       </c>
       <c r="H121" s="16">
         <v>0.16215200000000002</v>
       </c>
       <c r="I121" s="16">
         <v>0.19223341759450999</v>
       </c>
       <c r="J121" s="16">
         <v>-73.510418453445723</v>
       </c>
       <c r="K121" s="16">
         <v>-0.44998300000000008</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>3.8179000000000005E-2</v>
       </c>
       <c r="E122" s="16">
         <v>6.4842811507132142E-2</v>
       </c>
       <c r="F122" s="16">
         <v>5.5740999999999999E-2</v>
       </c>
       <c r="G122" s="16">
         <v>5.505343163641533E-2</v>
       </c>
       <c r="H122" s="16">
         <v>0.120167</v>
       </c>
       <c r="I122" s="16">
         <v>0.14245962487098202</v>
       </c>
       <c r="J122" s="16">
         <v>115.58099065319962</v>
       </c>
       <c r="K122" s="16">
         <v>6.4425999999999997E-2</v>
       </c>
     </row>
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
         <v>0.53958299999999992</v>
       </c>
       <c r="E123" s="16">
         <v>0.9164220844299974</v>
       </c>
       <c r="F123" s="16">
         <v>0.47784300000000002</v>
       </c>
       <c r="G123" s="16">
         <v>0.47194877977502397</v>
       </c>
       <c r="H123" s="16">
         <v>0.11934</v>
       </c>
       <c r="I123" s="16">
         <v>0.14147920504051023</v>
       </c>
       <c r="J123" s="16">
         <v>-75.025269806191574</v>
       </c>
       <c r="K123" s="16">
         <v>-0.35850300000000002</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>0.60019400000000001</v>
       </c>
       <c r="E124" s="16">
         <v>1.0193631684882176</v>
       </c>
       <c r="F124" s="16">
         <v>0.57782800000000012</v>
       </c>
       <c r="G124" s="16">
         <v>0.57070045918814893</v>
       </c>
       <c r="H124" s="16">
         <v>0.77558100000000008</v>
       </c>
       <c r="I124" s="16">
         <v>0.91946190149592744</v>
       </c>
       <c r="J124" s="16">
         <v>34.223505956789893</v>
       </c>
       <c r="K124" s="16">
         <v>0.19775299999999996</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B125" s="93"/>
       <c r="C125" s="94"/>
       <c r="D125" s="17">
         <v>58.879309999999997</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
         <v>101.24891099999999</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
         <v>84.351618999999999</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
         <v>-16.688862954782788</v>
       </c>
       <c r="K125" s="17">
         <v>-16.897291999999993</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="2" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B130" s="37"/>
       <c r="C130" s="37"/>
       <c r="D130" s="37"/>
       <c r="E130" s="37"/>
       <c r="F130" s="37"/>
       <c r="G130" s="37"/>
       <c r="H130" s="37"/>
       <c r="I130" s="37"/>
       <c r="J130" s="37"/>
       <c r="K130" s="37"/>
     </row>
-    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="23">
         <v>0</v>
       </c>
       <c r="B131" s="23">
         <v>0</v>
       </c>
       <c r="C131" s="23">
         <v>0</v>
       </c>
       <c r="D131" s="13">
         <v>0</v>
       </c>
       <c r="E131" s="13">
         <v>0</v>
       </c>
       <c r="F131" s="13" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="G131" s="13" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H131" s="13" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="I131" s="13" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J131" s="13" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K131" s="13" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B132" s="5"/>
       <c r="C132" s="79"/>
       <c r="D132" s="16"/>
       <c r="E132" s="16">
         <v>0</v>
       </c>
       <c r="F132" s="16">
-        <v>39.282919</v>
+        <v>43.958257999999994</v>
       </c>
       <c r="G132" s="16">
-        <v>15.362378742331554</v>
+        <v>15.410065598193809</v>
       </c>
       <c r="H132" s="16">
-        <v>44.834230000000005</v>
+        <v>48.225756999999994</v>
       </c>
       <c r="I132" s="16">
-        <v>17.337761110451261</v>
+        <v>16.662725261220267</v>
       </c>
       <c r="J132" s="16">
-        <v>14.131615321152701</v>
+        <v>9.708071234305967</v>
       </c>
       <c r="K132" s="16">
-        <v>5.5513110000000054</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.2674990000000008</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="79"/>
       <c r="D133" s="16"/>
       <c r="E133" s="16">
         <v>0</v>
       </c>
       <c r="F133" s="16">
-        <v>34.680633999999998</v>
+        <v>38.409276000000006</v>
       </c>
       <c r="G133" s="16">
-        <v>13.562562255930647</v>
+        <v>13.464807061715941</v>
       </c>
       <c r="H133" s="16">
-        <v>40.365929000000001</v>
+        <v>47.676209</v>
       </c>
       <c r="I133" s="16">
-        <v>15.609832799703188</v>
+        <v>16.472848151735953</v>
       </c>
       <c r="J133" s="16">
-        <v>16.393284505698492</v>
+        <v>24.12680988831967</v>
       </c>
       <c r="K133" s="16">
-        <v>5.6852950000000035</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.2669329999999945</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="79"/>
       <c r="D134" s="16"/>
       <c r="E134" s="16">
         <v>0</v>
       </c>
       <c r="F134" s="16">
-        <v>25.743385</v>
+        <v>29.394410999999998</v>
       </c>
       <c r="G134" s="16">
-        <v>10.067470558378234</v>
+        <v>10.304543954636912</v>
       </c>
       <c r="H134" s="16">
-        <v>36.343252999999997</v>
+        <v>39.946927000000002</v>
       </c>
       <c r="I134" s="16">
-        <v>14.05423129806603</v>
+        <v>13.802264827714824</v>
       </c>
       <c r="J134" s="16">
-        <v>41.175113529164861</v>
+        <v>35.899736177738021</v>
       </c>
       <c r="K134" s="16">
-        <v>10.599867999999997</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10.552516000000004</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="79"/>
       <c r="D135" s="16"/>
       <c r="E135" s="16">
         <v>0</v>
       </c>
       <c r="F135" s="16">
-        <v>46.165458000000001</v>
+        <v>51.220934999999997</v>
       </c>
       <c r="G135" s="16">
-        <v>18.053934602191863</v>
+        <v>17.956079341242805</v>
       </c>
       <c r="H135" s="16">
-        <v>24.448777999999994</v>
+        <v>27.063815000000002</v>
       </c>
       <c r="I135" s="16">
-        <v>9.4545411487262339</v>
+        <v>9.350955628659019</v>
       </c>
       <c r="J135" s="16">
-        <v>-47.040971628614635</v>
+        <v>-47.162590842982461</v>
       </c>
       <c r="K135" s="16">
-        <v>-21.716680000000007</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-24.157119999999995</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="79"/>
       <c r="D136" s="16"/>
       <c r="E136" s="16">
         <v>0</v>
       </c>
       <c r="F136" s="16">
-        <v>19.212478999999998</v>
+        <v>21.280822000000001</v>
       </c>
       <c r="G136" s="16">
-        <v>7.5134278839383439</v>
+        <v>7.4602333651048234</v>
       </c>
       <c r="H136" s="16">
-        <v>20.903055999999999</v>
+        <v>23.644612999999996</v>
       </c>
       <c r="I136" s="16">
-        <v>8.0833816351119392</v>
+        <v>8.1695698488854642</v>
       </c>
       <c r="J136" s="16">
-        <v>8.79936940985076</v>
+        <v>11.107611350726938</v>
       </c>
       <c r="K136" s="16">
-        <v>1.6905770000000011</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.3637909999999955</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="79"/>
       <c r="D137" s="16"/>
       <c r="E137" s="16">
         <v>0</v>
       </c>
       <c r="F137" s="16">
-        <v>19.526645000000002</v>
+        <v>22.794722</v>
       </c>
       <c r="G137" s="16">
-        <v>7.636288842411501</v>
+        <v>7.9909481697976208</v>
       </c>
       <c r="H137" s="16">
-        <v>20.224684999999997</v>
+        <v>23.60042</v>
       </c>
       <c r="I137" s="16">
-        <v>7.8210500562656451</v>
+        <v>8.1543005018958663</v>
       </c>
       <c r="J137" s="16">
-        <v>3.5748076538493696</v>
+        <v>3.5345813824796792</v>
       </c>
       <c r="K137" s="16">
-        <v>0.69803999999999533</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.80569799999999958</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="79"/>
       <c r="D138" s="16"/>
       <c r="E138" s="16">
         <v>0</v>
       </c>
       <c r="F138" s="16">
-        <v>17.174786000000001</v>
+        <v>19.096177000000004</v>
       </c>
       <c r="G138" s="16">
-        <v>6.7165468877323899</v>
+        <v>6.6943812979285937</v>
       </c>
       <c r="H138" s="16">
-        <v>16.913161999999996</v>
+        <v>18.703627999999998</v>
       </c>
       <c r="I138" s="16">
-        <v>6.5404571992953144</v>
+        <v>6.4623851265220527</v>
       </c>
       <c r="J138" s="16">
-        <v>-1.5233028231036168</v>
+        <v>-2.0556418177314022</v>
       </c>
       <c r="K138" s="16">
-        <v>-0.26162400000000474</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.39254900000000603</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="79"/>
       <c r="D139" s="16"/>
       <c r="E139" s="16">
         <v>0</v>
       </c>
       <c r="F139" s="16">
-        <v>20.418977999999999</v>
+        <v>21.767545999999999</v>
       </c>
       <c r="G139" s="16">
-        <v>7.9852536815641333</v>
+        <v>7.6308599802044315</v>
       </c>
       <c r="H139" s="16">
-        <v>16.405149000000002</v>
+        <v>18.445440999999999</v>
       </c>
       <c r="I139" s="16">
-        <v>6.3440044435548097</v>
+        <v>6.3731776300587271</v>
       </c>
       <c r="J139" s="16">
-        <v>-19.657345240295562</v>
+        <v>-15.261734143113792</v>
       </c>
       <c r="K139" s="16">
-        <v>-4.0138289999999976</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.3221050000000005</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="79"/>
       <c r="D140" s="16"/>
       <c r="E140" s="16">
         <v>0</v>
       </c>
       <c r="F140" s="16">
-        <v>5.4776860000000003</v>
+        <v>6.1658759999999999</v>
       </c>
       <c r="G140" s="16">
-        <v>2.1421597250338538</v>
+        <v>2.1615177205231579</v>
       </c>
       <c r="H140" s="16">
-        <v>6.7975740000000009</v>
+        <v>7.5222769999999999</v>
       </c>
       <c r="I140" s="16">
-        <v>2.6286771099361941</v>
+        <v>2.59905997929273</v>
       </c>
       <c r="J140" s="16">
-        <v>24.095722171734572</v>
+        <v>21.998512457921631</v>
       </c>
       <c r="K140" s="16">
-        <v>1.3198880000000006</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.356401</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="15" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="79"/>
       <c r="D141" s="16"/>
       <c r="E141" s="16">
         <v>0</v>
       </c>
       <c r="F141" s="16">
-        <v>2.9574780000000001</v>
+        <v>6.1790460000000005</v>
       </c>
       <c r="G141" s="16">
-        <v>1.1565814943159707</v>
+        <v>2.1661346133019439</v>
       </c>
       <c r="H141" s="16">
-        <v>5.396668</v>
+        <v>5.6593060000000008</v>
       </c>
       <c r="I141" s="16">
-        <v>2.0869353745211363</v>
+        <v>1.9553754448515024</v>
       </c>
       <c r="J141" s="16">
-        <v>82.475338785275838</v>
+        <v>-8.4113308106137996</v>
       </c>
       <c r="K141" s="16">
-        <v>2.43919</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.51973999999999965</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="15" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="79"/>
       <c r="D142" s="16"/>
       <c r="E142" s="16">
         <v>0</v>
       </c>
       <c r="F142" s="16">
-        <v>5.5512510000000006</v>
+        <v>3.4405839999999999</v>
       </c>
       <c r="G142" s="16">
-        <v>2.1709288038332075</v>
+        <v>1.2061357193930671</v>
       </c>
       <c r="H142" s="16">
-        <v>5.055847</v>
+        <v>5.6195480000000009</v>
       </c>
       <c r="I142" s="16">
-        <v>1.9551371239562199</v>
+        <v>1.9416384571472847</v>
       </c>
       <c r="J142" s="16">
-        <v>-8.9241866382910917</v>
+        <v>63.331225164100083</v>
       </c>
       <c r="K142" s="16">
-        <v>-0.49540400000000062</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.178964000000001</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B143" s="5"/>
       <c r="C143" s="79"/>
       <c r="D143" s="16"/>
       <c r="E143" s="16">
         <v>0</v>
       </c>
       <c r="F143" s="16">
-        <v>4.1229750000000003</v>
+        <v>4.5234809999999994</v>
       </c>
       <c r="G143" s="16">
-        <v>1.6123726318597771</v>
+        <v>1.5857575371204049</v>
       </c>
       <c r="H143" s="16">
-        <v>4.5849909999999987</v>
+        <v>4.9288940000000006</v>
       </c>
       <c r="I143" s="16">
-        <v>1.7730532820920311</v>
+        <v>1.7030070997885431</v>
       </c>
       <c r="J143" s="16">
-        <v>11.205888951545871</v>
+        <v>8.9624119124188031</v>
       </c>
       <c r="K143" s="16">
-        <v>0.46201599999999843</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.40541300000000113</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B144" s="5"/>
       <c r="C144" s="79"/>
       <c r="D144" s="16"/>
       <c r="E144" s="16">
         <v>0</v>
       </c>
       <c r="F144" s="16">
-        <v>2.7477120000000004</v>
+        <v>3.1361620000000001</v>
       </c>
       <c r="G144" s="16">
-        <v>1.0745482640648298</v>
+        <v>1.0994171367428323</v>
       </c>
       <c r="H144" s="16">
-        <v>3.4998659999999995</v>
+        <v>3.8487760000000004</v>
       </c>
       <c r="I144" s="16">
-        <v>1.3534266257408814</v>
+        <v>1.3298100656041192</v>
       </c>
       <c r="J144" s="16">
-        <v>27.373829571658128</v>
+        <v>22.722486912347012</v>
       </c>
       <c r="K144" s="16">
-        <v>0.7521539999999991</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.7126140000000003</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B145" s="5"/>
       <c r="C145" s="79"/>
       <c r="D145" s="16"/>
       <c r="E145" s="16">
         <v>0</v>
       </c>
       <c r="F145" s="16">
-        <v>0.99301400000000006</v>
+        <v>1.110949</v>
       </c>
       <c r="G145" s="16">
-        <v>0.3883381773242876</v>
+        <v>0.38945576429001838</v>
       </c>
       <c r="H145" s="16">
-        <v>0.84784700000000013</v>
+        <v>1.00566</v>
       </c>
       <c r="I145" s="16">
-        <v>0.32786932538403735</v>
+        <v>0.34747067394294662</v>
       </c>
       <c r="J145" s="16">
-        <v>-14.618827126304353</v>
+        <v>-9.4773927516024568</v>
       </c>
       <c r="K145" s="16">
-        <v>-0.14516699999999993</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.10528899999999997</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B146" s="5"/>
       <c r="C146" s="79"/>
       <c r="D146" s="16"/>
       <c r="E146" s="16">
         <v>0</v>
       </c>
       <c r="F146" s="16">
-        <v>0.53303299999999987</v>
+        <v>0.57752199999999998</v>
       </c>
       <c r="G146" s="16">
-        <v>0.20845331855713709</v>
+        <v>0.20245688317312494</v>
       </c>
       <c r="H146" s="16">
-        <v>0.70556799999999986</v>
+        <v>0.77979999999999994</v>
       </c>
       <c r="I146" s="16">
-        <v>0.27284887977732347</v>
+        <v>0.26943264278256046</v>
       </c>
       <c r="J146" s="16">
-        <v>32.368540034106715</v>
+        <v>35.025159214713888</v>
       </c>
       <c r="K146" s="16">
-        <v>0.17253499999999999</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.20227799999999996</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B147" s="5"/>
       <c r="C147" s="79"/>
       <c r="D147" s="16"/>
       <c r="E147" s="16">
         <v>0</v>
       </c>
       <c r="F147" s="16">
         <v>4.2999999999999995E-5</v>
       </c>
       <c r="G147" s="16">
-        <v>1.6816018328990692E-5</v>
+        <v>1.5074137394669592E-5</v>
       </c>
       <c r="H147" s="16">
-        <v>0</v>
+        <v>1.3700000000000002E-4</v>
       </c>
       <c r="I147" s="16">
-        <v>0</v>
+        <v>4.7335563043358288E-5</v>
       </c>
       <c r="J147" s="16">
-        <v>-100</v>
+        <v>218.60465116279082</v>
       </c>
       <c r="K147" s="16">
-        <v>-4.2999999999999995E-5</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.4000000000000035E-5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="79"/>
       <c r="D148" s="16"/>
       <c r="E148" s="16">
         <v>0</v>
       </c>
       <c r="F148" s="16">
-        <v>11.120093999999998</v>
+        <v>12.200977000000002</v>
       </c>
       <c r="G148" s="16">
-        <v>4.3487373145139401</v>
+        <v>4.2771907824931086</v>
       </c>
       <c r="H148" s="16">
-        <v>11.266359</v>
+        <v>12.751777999999998</v>
       </c>
       <c r="I148" s="16">
-        <v>4.3567925874177504</v>
+        <v>4.4059313243351026</v>
       </c>
       <c r="J148" s="16">
-        <v>1.3153216150870797</v>
+        <v>4.5144007729872477</v>
       </c>
       <c r="K148" s="16">
-        <v>0.14626500000000142</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.55080099999999632</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B149" s="93"/>
       <c r="C149" s="94"/>
       <c r="D149" s="17"/>
       <c r="E149" s="17">
         <v>0</v>
       </c>
       <c r="F149" s="17">
-        <v>255.70857000000001</v>
+        <v>285.25678700000003</v>
       </c>
       <c r="G149" s="17">
         <v>100</v>
       </c>
       <c r="H149" s="17">
-        <v>258.592962</v>
+        <v>289.42298599999998</v>
       </c>
       <c r="I149" s="17">
         <v>100</v>
       </c>
       <c r="J149" s="17">
-        <v>1.1279997381393947</v>
+        <v>1.4605082823147513</v>
       </c>
       <c r="K149" s="17">
-        <v>2.8843919999999912</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.1661989999999491</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E150" s="80"/>
       <c r="F150" s="80"/>
       <c r="G150" s="80"/>
       <c r="H150" s="80"/>
       <c r="I150" s="80"/>
     </row>
-    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E151" s="80"/>
       <c r="F151" s="80"/>
       <c r="G151" s="80"/>
       <c r="H151" s="80"/>
       <c r="I151" s="80"/>
     </row>
-    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E152" s="81"/>
       <c r="F152" s="82"/>
       <c r="G152" s="81"/>
       <c r="H152" s="82"/>
       <c r="I152" s="81"/>
     </row>
-    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="46"/>
       <c r="E153" s="81"/>
       <c r="F153" s="82"/>
       <c r="G153" s="81"/>
       <c r="H153" s="82"/>
       <c r="I153" s="81"/>
     </row>
-    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="46"/>
       <c r="E154" s="81"/>
       <c r="F154" s="82"/>
       <c r="G154" s="81"/>
       <c r="H154" s="82"/>
       <c r="I154" s="81"/>
     </row>
-    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="46"/>
       <c r="E155" s="81"/>
       <c r="F155" s="82"/>
       <c r="G155" s="81"/>
       <c r="H155" s="82"/>
       <c r="I155" s="81"/>
     </row>
-    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B156" s="37"/>
       <c r="C156" s="37"/>
       <c r="D156" s="37"/>
       <c r="E156" s="37"/>
       <c r="F156" s="37"/>
       <c r="G156" s="37"/>
       <c r="H156" s="37"/>
       <c r="I156" s="37"/>
       <c r="J156" s="37"/>
       <c r="K156" s="37"/>
     </row>
-    <row r="157" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="23">
         <v>0</v>
       </c>
       <c r="B157" s="23">
         <v>0</v>
       </c>
       <c r="C157" s="23">
         <v>0</v>
       </c>
       <c r="D157" s="13">
         <v>0</v>
       </c>
       <c r="E157" s="13">
         <v>0</v>
       </c>
       <c r="F157" s="13" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="G157" s="13" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="H157" s="13" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="I157" s="13" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J157" s="13" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K157" s="13" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="79"/>
       <c r="D158" s="16"/>
       <c r="E158" s="16">
         <v>0</v>
       </c>
       <c r="F158" s="16">
-        <v>4.4664320000000011</v>
+        <v>4.6446500000000004</v>
       </c>
       <c r="G158" s="16">
-        <v>7.4027993830713248</v>
+        <v>6.7570934278204753</v>
       </c>
       <c r="H158" s="16">
-        <v>19.356677000000001</v>
+        <v>19.771228999999995</v>
       </c>
       <c r="I158" s="16">
-        <v>29.345367707064757</v>
+        <v>25.972157764758286</v>
       </c>
       <c r="J158" s="16">
-        <v>333.38120898291959</v>
+        <v>325.67747838911424</v>
       </c>
       <c r="K158" s="16">
-        <v>14.890245</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15.126578999999994</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="79"/>
       <c r="D159" s="16"/>
       <c r="E159" s="16">
         <v>0</v>
       </c>
       <c r="F159" s="16">
-        <v>5.2372920000000001</v>
+        <v>6.2817700000000007</v>
       </c>
       <c r="G159" s="16">
-        <v>8.6804460443065903</v>
+        <v>9.1387955566253272</v>
       </c>
       <c r="H159" s="16">
-        <v>10.889987999999999</v>
+        <v>13.104408999999999</v>
       </c>
       <c r="I159" s="16">
-        <v>16.509584893394806</v>
+        <v>17.214396634722021</v>
       </c>
       <c r="J159" s="16">
-        <v>107.93165628343806</v>
+        <v>108.61013695184634</v>
       </c>
       <c r="K159" s="16">
-        <v>5.6526959999999988</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.8226389999999979</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="79"/>
       <c r="D160" s="16"/>
       <c r="E160" s="16">
         <v>0</v>
       </c>
       <c r="F160" s="16">
-        <v>12.491811000000007</v>
+        <v>13.588696000000006</v>
       </c>
       <c r="G160" s="16">
-        <v>20.704305083844019</v>
+        <v>19.769000556392928</v>
       </c>
       <c r="H160" s="16">
-        <v>9.7709890000000037</v>
+        <v>11.269170000000001</v>
       </c>
       <c r="I160" s="16">
-        <v>14.813145100612315</v>
+        <v>14.803564367085183</v>
       </c>
       <c r="J160" s="16">
-        <v>-21.780845067220454</v>
+        <v>-17.069526023689132</v>
       </c>
       <c r="K160" s="16">
-        <v>-2.7208220000000036</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.3195260000000051</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B161" s="5"/>
       <c r="C161" s="79"/>
       <c r="D161" s="16"/>
       <c r="E161" s="16">
         <v>0</v>
       </c>
       <c r="F161" s="16">
-        <v>15.640970999999997</v>
+        <v>16.360859000000001</v>
       </c>
       <c r="G161" s="16">
-        <v>25.923818043000864</v>
+        <v>23.801977075215028</v>
       </c>
       <c r="H161" s="16">
-        <v>9.1512320000000003</v>
+        <v>10.691541000000001</v>
       </c>
       <c r="I161" s="16">
-        <v>13.873572825163</v>
+        <v>14.044771298758496</v>
       </c>
       <c r="J161" s="16">
-        <v>-41.491918884064155</v>
+        <v>-34.65171358056444</v>
       </c>
       <c r="K161" s="16">
-        <v>-6.4897389999999966</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-5.6693180000000005</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B162" s="5"/>
       <c r="C162" s="79"/>
       <c r="D162" s="16"/>
       <c r="E162" s="16">
         <v>0</v>
       </c>
       <c r="F162" s="16">
-        <v>4.2232310000000011</v>
+        <v>4.7511540000000005</v>
       </c>
       <c r="G162" s="16">
-        <v>6.9997106955546826</v>
+        <v>6.9120367450643139</v>
       </c>
       <c r="H162" s="16">
-        <v>5.3656190000000006</v>
+        <v>5.8997359999999999</v>
       </c>
       <c r="I162" s="16">
-        <v>8.134457300238731</v>
+        <v>7.7500935405899165</v>
       </c>
       <c r="J162" s="16">
-        <v>27.050095057551886</v>
+        <v>24.174800480051779</v>
       </c>
       <c r="K162" s="16">
-        <v>1.1423879999999995</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.1485819999999993</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B163" s="5"/>
       <c r="C163" s="79"/>
       <c r="D163" s="16"/>
       <c r="E163" s="16">
         <v>0</v>
       </c>
       <c r="F163" s="16">
-        <v>3.6196639999999998</v>
+        <v>2.6221349999999997</v>
       </c>
       <c r="G163" s="16">
-        <v>5.9993405085145088</v>
+        <v>3.8147139559187533</v>
       </c>
       <c r="H163" s="16">
-        <v>2.9134240000000005</v>
+        <v>3.3978600000000001</v>
       </c>
       <c r="I163" s="16">
-        <v>4.4168479210862195</v>
+        <v>4.4635442734774662</v>
       </c>
       <c r="J163" s="16">
-        <v>-19.511203249804385</v>
+        <v>29.583717085504773</v>
       </c>
       <c r="K163" s="16">
-        <v>-0.70623999999999931</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.77572500000000044</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="15" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B164" s="5"/>
       <c r="C164" s="79"/>
       <c r="D164" s="16"/>
       <c r="E164" s="16">
         <v>0</v>
       </c>
       <c r="F164" s="16">
-        <v>2.2610740000000003</v>
+        <v>3.6511230000000001</v>
       </c>
       <c r="G164" s="16">
-        <v>3.7475723826711369</v>
+        <v>5.3116982393644676</v>
       </c>
       <c r="H164" s="16">
-        <v>2.734721</v>
+        <v>3.1848290000000001</v>
       </c>
       <c r="I164" s="16">
-        <v>4.145928214911673</v>
+        <v>4.183699518212924</v>
       </c>
       <c r="J164" s="16">
-        <v>20.947876982354387</v>
+        <v>-12.771248736347692</v>
       </c>
       <c r="K164" s="16">
-        <v>0.47364699999999971</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.46629399999999999</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="15" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B165" s="5"/>
       <c r="C165" s="79"/>
       <c r="D165" s="16"/>
       <c r="E165" s="16">
         <v>0</v>
       </c>
       <c r="F165" s="16">
-        <v>4.1362700000000006</v>
+        <v>6.9171700000000005</v>
       </c>
       <c r="G165" s="16">
-        <v>6.8555789059850065</v>
+        <v>10.063183220719958</v>
       </c>
       <c r="H165" s="16">
-        <v>2.5664959999999999</v>
+        <v>2.8927669999999996</v>
       </c>
       <c r="I165" s="16">
-        <v>3.8908935060863423</v>
+        <v>3.8000369577777153</v>
       </c>
       <c r="J165" s="16">
-        <v>-37.951439340275186</v>
+        <v>-58.179905944193955</v>
       </c>
       <c r="K165" s="16">
-        <v>-1.5697740000000007</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-4.0244030000000013</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="15" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="B166" s="5"/>
       <c r="C166" s="79"/>
       <c r="D166" s="16"/>
       <c r="E166" s="16">
         <v>0</v>
       </c>
       <c r="F166" s="16">
-        <v>2.0048499999999998</v>
+        <v>5.0079039999999999</v>
       </c>
       <c r="G166" s="16">
-        <v>3.3228989813682461</v>
+        <v>7.2855597742684308</v>
       </c>
       <c r="H166" s="16">
-        <v>1.20746</v>
+        <v>2.837923</v>
       </c>
       <c r="I166" s="16">
-        <v>1.8305496181794227</v>
+        <v>3.7279920170989951</v>
       </c>
       <c r="J166" s="16">
-        <v>-39.773050352894231</v>
+        <v>-43.331122162086174</v>
       </c>
       <c r="K166" s="16">
-        <v>-0.79738999999999982</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.1699809999999999</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="15" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B167" s="5"/>
       <c r="C167" s="79"/>
       <c r="D167" s="16"/>
       <c r="E167" s="16">
         <v>0</v>
       </c>
       <c r="F167" s="16">
-        <v>7.255700000000001E-2</v>
+        <v>2.0707970000000002</v>
       </c>
       <c r="G167" s="16">
-        <v>0.12025816464630069</v>
+        <v>3.0126207139505361</v>
       </c>
       <c r="H167" s="16">
-        <v>0.29985800000000001</v>
+        <v>1.241657</v>
       </c>
       <c r="I167" s="16">
-        <v>0.45459472562904391</v>
+        <v>1.6310827968112902</v>
       </c>
       <c r="J167" s="16">
-        <v>313.27232382816265</v>
+        <v>-40.039656228978508</v>
       </c>
       <c r="K167" s="16">
-        <v>0.227301</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.82914000000000021</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B168" s="5"/>
       <c r="C168" s="79"/>
       <c r="D168" s="16"/>
       <c r="E168" s="16">
         <v>0</v>
       </c>
       <c r="F168" s="16">
-        <v>3.6639690000000003</v>
+        <v>7.3029000000000011E-2</v>
       </c>
       <c r="G168" s="16">
-        <v>6.0727729545177116</v>
+        <v>0.10624347925899723</v>
       </c>
       <c r="H168" s="16">
-        <v>0.280275</v>
+        <v>0.300425</v>
       </c>
       <c r="I168" s="16">
-        <v>0.42490624470809601</v>
+        <v>0.39464848120860418</v>
       </c>
       <c r="J168" s="16">
-        <v>-92.350508424061445</v>
+        <v>311.37767188377217</v>
       </c>
       <c r="K168" s="16">
-        <v>-3.3836940000000002</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.22739599999999999</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B169" s="5"/>
       <c r="C169" s="79"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16">
         <v>0</v>
       </c>
       <c r="F169" s="16">
-        <v>1.5491749999999997</v>
+        <v>1.6692210000000001</v>
       </c>
       <c r="G169" s="16">
-        <v>2.5676494647784884</v>
+        <v>2.4284030548437281</v>
       </c>
       <c r="H169" s="16">
-        <v>0.27485500000000002</v>
+        <v>0.291875</v>
       </c>
       <c r="I169" s="16">
-        <v>0.41668934399872892</v>
+        <v>0.3834169108854501</v>
       </c>
       <c r="J169" s="16">
-        <v>-82.257976019494237</v>
+        <v>-82.51429858598712</v>
       </c>
       <c r="K169" s="16">
-        <v>-1.2743199999999997</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.3773460000000002</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B170" s="5"/>
       <c r="C170" s="79"/>
       <c r="D170" s="16"/>
       <c r="E170" s="16">
         <v>0</v>
       </c>
       <c r="F170" s="16">
-        <v>0.10047900000000001</v>
+        <v>0.105671</v>
       </c>
       <c r="G170" s="16">
-        <v>0.16653693131600875</v>
+        <v>0.15373145869144442</v>
       </c>
       <c r="H170" s="16">
-        <v>0.19653499999999999</v>
+        <v>0.202123</v>
       </c>
       <c r="I170" s="16">
-        <v>0.29795361271503218</v>
+        <v>0.26551563607331846</v>
       </c>
       <c r="J170" s="16">
-        <v>95.598085172025961</v>
+        <v>91.27575209849438</v>
       </c>
       <c r="K170" s="16">
-        <v>9.6055999999999975E-2</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.6451999999999996E-2</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B171" s="5"/>
       <c r="C171" s="79"/>
       <c r="D171" s="16"/>
       <c r="E171" s="16">
         <v>0</v>
       </c>
       <c r="F171" s="16">
-        <v>0.22974900000000001</v>
+        <v>0.24813399999999999</v>
       </c>
       <c r="G171" s="16">
-        <v>0.38079293616498661</v>
+        <v>0.36098836739448736</v>
       </c>
       <c r="H171" s="16">
-        <v>0.17267400000000002</v>
+        <v>0.19558600000000001</v>
       </c>
       <c r="I171" s="16">
-        <v>0.26177954116038099</v>
+        <v>0.25692841090344032</v>
       </c>
       <c r="J171" s="16">
-        <v>-24.842327931786421</v>
+        <v>-21.17726712179709</v>
       </c>
       <c r="K171" s="16">
-        <v>-5.7074999999999987E-2</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-5.2547999999999984E-2</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B172" s="5"/>
       <c r="C172" s="79"/>
       <c r="D172" s="16"/>
       <c r="E172" s="16">
         <v>0</v>
       </c>
       <c r="F172" s="16">
-        <v>0.13661999999999999</v>
+        <v>0.14399800000000001</v>
       </c>
       <c r="G172" s="16">
-        <v>0.22643811698357974</v>
+        <v>0.20949004541123503</v>
       </c>
       <c r="H172" s="16">
-        <v>0.13367700000000002</v>
+        <v>0.14589100000000002</v>
       </c>
       <c r="I172" s="16">
-        <v>0.20265878895315018</v>
+        <v>0.19164737146377459</v>
       </c>
       <c r="J172" s="16">
-        <v>-2.154150197628439</v>
+        <v>1.3146015916887772</v>
       </c>
       <c r="K172" s="16">
-        <v>-2.9429999999999734E-3</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.8930000000000058E-3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B173" s="5"/>
       <c r="C173" s="79"/>
       <c r="D173" s="16"/>
       <c r="E173" s="16">
         <v>0</v>
       </c>
       <c r="F173" s="16">
-        <v>9.7887000000000002E-2</v>
+        <v>0.103323</v>
       </c>
       <c r="G173" s="16">
-        <v>0.16224087217956137</v>
+        <v>0.15031555967461377</v>
       </c>
       <c r="H173" s="16">
-        <v>0.10434499999999999</v>
+        <v>0.10628399999999999</v>
       </c>
       <c r="I173" s="16">
-        <v>0.15819049898872994</v>
+        <v>0.1396182713714747</v>
       </c>
       <c r="J173" s="16">
-        <v>6.5974031280966736</v>
+        <v>2.865770448012535</v>
       </c>
       <c r="K173" s="16">
-        <v>6.4579999999999915E-3</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.9609999999999914E-3</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B174" s="5"/>
       <c r="C174" s="79"/>
       <c r="D174" s="16"/>
       <c r="E174" s="16">
         <v>0</v>
       </c>
       <c r="F174" s="16">
-        <v>0.40233400000000008</v>
+        <v>0.49776100000000001</v>
       </c>
       <c r="G174" s="16">
-        <v>0.66684053109699604</v>
+        <v>0.72414876938528139</v>
       </c>
       <c r="H174" s="16">
-        <v>0.54278499999999996</v>
+        <v>0.59140199999999998</v>
       </c>
       <c r="I174" s="16">
-        <v>0.82288015710956697</v>
+        <v>0.77688574880163419</v>
       </c>
       <c r="J174" s="16">
-        <v>34.909055660222563</v>
+        <v>18.812442115794521</v>
       </c>
       <c r="K174" s="16">
-        <v>0.14045099999999988</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.3640999999999974E-2</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B175" s="93"/>
       <c r="C175" s="94"/>
       <c r="D175" s="17"/>
       <c r="E175" s="17">
         <v>0</v>
       </c>
       <c r="F175" s="17">
-        <v>60.334364999999998</v>
+        <v>68.737395000000006</v>
       </c>
       <c r="G175" s="17">
         <v>100</v>
       </c>
       <c r="H175" s="17">
-        <v>65.961610000000007</v>
+        <v>76.124707000000001</v>
       </c>
       <c r="I175" s="17">
         <v>100</v>
       </c>
       <c r="J175" s="17">
-        <v>9.3267659318201321</v>
+        <v>10.74715153229184</v>
       </c>
       <c r="K175" s="17">
-        <v>5.6272450000000092</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.3873119999999943</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="80"/>
       <c r="F176" s="80"/>
       <c r="G176" s="80"/>
       <c r="H176" s="80"/>
       <c r="I176" s="80"/>
     </row>
-    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="4" t="s">
         <v>34</v>
       </c>
       <c r="E177" s="80"/>
       <c r="F177" s="80"/>
       <c r="G177" s="80"/>
       <c r="H177" s="80"/>
       <c r="I177" s="80"/>
     </row>
-    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="4" t="s">
         <v>41</v>
       </c>
       <c r="E178" s="81"/>
       <c r="F178" s="82"/>
       <c r="G178" s="81"/>
       <c r="H178" s="82"/>
       <c r="I178" s="81"/>
     </row>
-    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="46"/>
     </row>
-    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="46"/>
     </row>
-    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B181" s="37"/>
       <c r="C181" s="37"/>
       <c r="D181" s="37"/>
       <c r="E181" s="37"/>
       <c r="F181" s="37"/>
       <c r="G181" s="37"/>
       <c r="H181" s="37"/>
       <c r="I181" s="37"/>
       <c r="J181" s="37"/>
       <c r="K181" s="37"/>
     </row>
-    <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="23"/>
       <c r="B182" s="23"/>
       <c r="C182" s="23"/>
       <c r="D182" s="23"/>
       <c r="E182" s="23"/>
       <c r="F182" s="23"/>
       <c r="G182" s="13">
         <v>2023</v>
       </c>
       <c r="H182" s="13">
         <v>2024</v>
       </c>
       <c r="I182" s="13" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J182" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K182" s="13" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B183" s="5"/>
       <c r="C183" s="5"/>
       <c r="D183" s="37"/>
       <c r="E183" s="5"/>
       <c r="F183" s="5"/>
       <c r="G183" s="16">
         <v>31.561831999999999</v>
       </c>
       <c r="H183" s="16">
         <v>44.269554999999997</v>
       </c>
       <c r="I183" s="16">
         <v>11.297254870384975</v>
       </c>
       <c r="J183" s="16">
         <v>40.262944812582482</v>
       </c>
       <c r="K183" s="16">
         <v>12.707722999999998</v>
       </c>
     </row>
-    <row r="184" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B184" s="5"/>
       <c r="C184" s="5"/>
       <c r="D184" s="37"/>
       <c r="E184" s="5"/>
       <c r="F184" s="5"/>
       <c r="G184" s="16">
         <v>8.8170909999999996</v>
       </c>
       <c r="H184" s="16">
         <v>26.228652999999998</v>
       </c>
       <c r="I184" s="16">
         <v>6.6933534309953524</v>
       </c>
       <c r="J184" s="16">
         <v>197.47513097006708</v>
       </c>
       <c r="K184" s="16">
         <v>17.411561999999996</v>
       </c>
     </row>
-    <row r="185" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B185" s="5"/>
       <c r="C185" s="5"/>
       <c r="D185" s="37"/>
       <c r="E185" s="5"/>
       <c r="F185" s="5"/>
       <c r="G185" s="16">
         <v>5.0209060000000001</v>
       </c>
       <c r="H185" s="16">
         <v>21.327779</v>
       </c>
       <c r="I185" s="16">
         <v>5.4426875350846515</v>
       </c>
       <c r="J185" s="16">
         <v>324.77949198809932</v>
       </c>
       <c r="K185" s="16">
         <v>16.306873</v>
       </c>
     </row>
-    <row r="186" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B186" s="5"/>
       <c r="C186" s="5"/>
       <c r="D186" s="37"/>
       <c r="E186" s="5"/>
       <c r="F186" s="5"/>
       <c r="G186" s="16">
         <v>25.793847000000003</v>
       </c>
       <c r="H186" s="16">
         <v>19.892901000000002</v>
       </c>
       <c r="I186" s="16">
         <v>5.0765175459372962</v>
       </c>
       <c r="J186" s="16">
         <v>-22.877339700433211</v>
       </c>
       <c r="K186" s="16">
         <v>-5.9009460000000011</v>
       </c>
     </row>
-    <row r="187" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B187" s="5"/>
       <c r="C187" s="5"/>
       <c r="D187" s="37"/>
       <c r="E187" s="5"/>
       <c r="F187" s="5"/>
       <c r="G187" s="16">
         <v>12.116513999999999</v>
       </c>
       <c r="H187" s="16">
         <v>18.267305</v>
       </c>
       <c r="I187" s="16">
         <v>4.6616777688426687</v>
       </c>
       <c r="J187" s="16">
         <v>50.763701506885582</v>
       </c>
       <c r="K187" s="16">
         <v>6.1507910000000017</v>
       </c>
     </row>
-    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B188" s="5"/>
       <c r="C188" s="5"/>
       <c r="D188" s="37"/>
       <c r="E188" s="5"/>
       <c r="F188" s="5"/>
       <c r="G188" s="16">
         <v>18.310420999999998</v>
       </c>
       <c r="H188" s="16">
         <v>14.991312000000001</v>
       </c>
       <c r="I188" s="16">
         <v>3.8256691874463322</v>
       </c>
       <c r="J188" s="16">
         <v>-18.126885231093254</v>
       </c>
       <c r="K188" s="16">
         <v>-3.3191089999999974</v>
       </c>
     </row>
-    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B189" s="5"/>
       <c r="C189" s="5"/>
       <c r="D189" s="37"/>
       <c r="E189" s="5"/>
       <c r="F189" s="5"/>
       <c r="G189" s="16">
         <v>27.919443999999999</v>
       </c>
       <c r="H189" s="16">
         <v>12.264721</v>
       </c>
       <c r="I189" s="16">
         <v>3.1298638319531986</v>
       </c>
       <c r="J189" s="16">
         <v>-56.071041386067712</v>
       </c>
       <c r="K189" s="16">
         <v>-15.654722999999999</v>
       </c>
     </row>
-    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B190" s="5"/>
       <c r="C190" s="5"/>
       <c r="D190" s="37"/>
       <c r="E190" s="5"/>
       <c r="F190" s="5"/>
       <c r="G190" s="16">
         <v>14.871305</v>
       </c>
       <c r="H190" s="16">
         <v>10.889574</v>
       </c>
       <c r="I190" s="16">
         <v>2.7789367412416408</v>
       </c>
       <c r="J190" s="16">
         <v>-26.774590394050822</v>
       </c>
       <c r="K190" s="16">
         <v>-3.9817309999999999</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B191" s="5"/>
       <c r="C191" s="5"/>
       <c r="D191" s="37"/>
       <c r="E191" s="5"/>
       <c r="F191" s="5"/>
       <c r="G191" s="16">
         <v>11.320163000000001</v>
       </c>
       <c r="H191" s="16">
         <v>10.169506</v>
       </c>
       <c r="I191" s="16">
         <v>2.5951808457959249</v>
       </c>
       <c r="J191" s="16">
         <v>-10.164668123595046</v>
       </c>
       <c r="K191" s="16">
         <v>-1.1506570000000007</v>
       </c>
     </row>
-    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B192" s="5"/>
       <c r="C192" s="5"/>
       <c r="D192" s="37"/>
       <c r="E192" s="5"/>
       <c r="F192" s="5"/>
       <c r="G192" s="16">
         <v>9.8336039999999993</v>
       </c>
       <c r="H192" s="16">
         <v>9.5149319999999999</v>
       </c>
       <c r="I192" s="16">
         <v>2.4281385227021559</v>
       </c>
       <c r="J192" s="16">
         <v>-3.240643003318004</v>
       </c>
       <c r="K192" s="16">
         <v>-0.3186719999999994</v>
       </c>
     </row>
-    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="95" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B193" s="93"/>
       <c r="C193" s="93"/>
       <c r="D193" s="96"/>
       <c r="E193" s="96"/>
       <c r="F193" s="96"/>
       <c r="G193" s="17">
         <v>165.56512700000002</v>
       </c>
       <c r="H193" s="17">
         <v>187.816238</v>
       </c>
       <c r="I193" s="17">
         <v>47.929280280384198</v>
       </c>
       <c r="J193" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K193" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="46"/>
     </row>
-    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="46"/>
     </row>
-    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="46"/>
     </row>
-    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B199" s="37"/>
       <c r="C199" s="37"/>
       <c r="D199" s="37"/>
       <c r="E199" s="37"/>
       <c r="F199" s="37"/>
       <c r="G199" s="37"/>
       <c r="H199" s="37"/>
       <c r="I199" s="37"/>
       <c r="J199" s="37"/>
       <c r="K199" s="37"/>
     </row>
-    <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="23"/>
       <c r="B200" s="23"/>
       <c r="C200" s="23"/>
       <c r="D200" s="23"/>
       <c r="E200" s="23"/>
       <c r="F200" s="23"/>
       <c r="G200" s="13">
         <v>2023</v>
       </c>
       <c r="H200" s="13">
         <v>2024</v>
       </c>
       <c r="I200" s="13" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J200" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K200" s="13" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B201" s="5"/>
       <c r="C201" s="5"/>
       <c r="D201" s="37"/>
       <c r="E201" s="5"/>
       <c r="F201" s="5"/>
       <c r="G201" s="16">
         <v>8.2467970000000008</v>
       </c>
       <c r="H201" s="16">
         <v>13.718959</v>
       </c>
       <c r="I201" s="16">
         <v>16.264013853723426</v>
       </c>
       <c r="J201" s="16">
         <v>66.354998188993846</v>
       </c>
       <c r="K201" s="16">
         <v>5.4721619999999991</v>
       </c>
     </row>
-    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B202" s="5"/>
       <c r="C202" s="5"/>
       <c r="D202" s="37"/>
       <c r="E202" s="5"/>
       <c r="F202" s="5"/>
       <c r="G202" s="16">
         <v>0</v>
       </c>
       <c r="H202" s="16">
         <v>6.6185679999999998</v>
       </c>
       <c r="I202" s="16">
         <v>7.8464030429575988</v>
       </c>
       <c r="J202" s="16" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="K202" s="16">
         <v>6.6185679999999998</v>
       </c>
     </row>
-    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B203" s="5"/>
       <c r="C203" s="5"/>
       <c r="D203" s="37"/>
       <c r="E203" s="5"/>
       <c r="F203" s="5"/>
       <c r="G203" s="16">
         <v>0.76681600000000005</v>
       </c>
       <c r="H203" s="16">
         <v>4.5412619999999997</v>
       </c>
       <c r="I203" s="16">
         <v>5.3837283194291743</v>
       </c>
       <c r="J203" s="16">
         <v>492.22316696573881</v>
       </c>
       <c r="K203" s="16">
         <v>3.7744459999999997</v>
       </c>
     </row>
-    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B204" s="5"/>
       <c r="C204" s="5"/>
       <c r="D204" s="37"/>
       <c r="E204" s="5"/>
       <c r="F204" s="5"/>
       <c r="G204" s="16">
         <v>3.9073989999999998</v>
       </c>
       <c r="H204" s="16">
         <v>4.0640999999999998</v>
       </c>
       <c r="I204" s="16">
         <v>4.8180462309798697</v>
       </c>
       <c r="J204" s="16">
         <v>4.0103659749106759</v>
       </c>
       <c r="K204" s="16">
         <v>0.15670099999999998</v>
       </c>
     </row>
-    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B205" s="5"/>
       <c r="C205" s="5"/>
       <c r="D205" s="37"/>
       <c r="E205" s="5"/>
       <c r="F205" s="5"/>
       <c r="G205" s="16">
         <v>3.8123200000000002</v>
       </c>
       <c r="H205" s="16">
         <v>4.0036860000000001</v>
       </c>
       <c r="I205" s="16">
         <v>4.7464246062663005</v>
       </c>
       <c r="J205" s="16">
         <v>5.0196730599739769</v>
       </c>
       <c r="K205" s="16">
         <v>0.19136599999999993</v>
       </c>
     </row>
-    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B206" s="5"/>
       <c r="C206" s="5"/>
       <c r="D206" s="37"/>
       <c r="E206" s="5"/>
       <c r="F206" s="5"/>
       <c r="G206" s="16">
         <v>1.6478649999999999</v>
       </c>
       <c r="H206" s="16">
         <v>3.5931860000000002</v>
       </c>
       <c r="I206" s="16">
         <v>4.2597712321324854</v>
       </c>
       <c r="J206" s="16">
         <v>118.05099325490865</v>
       </c>
       <c r="K206" s="16">
         <v>1.9453210000000003</v>
       </c>
     </row>
-    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B207" s="5"/>
       <c r="C207" s="5"/>
       <c r="D207" s="37"/>
       <c r="E207" s="5"/>
       <c r="F207" s="5"/>
       <c r="G207" s="16">
         <v>1.427397</v>
       </c>
       <c r="H207" s="16">
         <v>2.9123699999999997</v>
       </c>
       <c r="I207" s="16">
         <v>3.4526545364825774</v>
       </c>
       <c r="J207" s="16">
         <v>104.03363605219849</v>
       </c>
       <c r="K207" s="16">
         <v>1.4849729999999997</v>
       </c>
     </row>
-    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B208" s="5"/>
       <c r="C208" s="5"/>
       <c r="D208" s="37"/>
       <c r="E208" s="5"/>
       <c r="F208" s="5"/>
       <c r="G208" s="16">
         <v>4.4562100000000004</v>
       </c>
       <c r="H208" s="16">
         <v>2.828938</v>
       </c>
       <c r="I208" s="16">
         <v>3.3537447574064938</v>
       </c>
       <c r="J208" s="16">
         <v>-36.516950502781519</v>
       </c>
       <c r="K208" s="16">
         <v>-1.6272720000000005</v>
       </c>
     </row>
-    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B209" s="5"/>
       <c r="C209" s="5"/>
       <c r="D209" s="37"/>
       <c r="E209" s="5"/>
       <c r="F209" s="5"/>
       <c r="G209" s="16">
         <v>2.0781750000000003</v>
       </c>
       <c r="H209" s="16">
         <v>2.269333</v>
       </c>
       <c r="I209" s="16">
         <v>2.6903253629310897</v>
       </c>
       <c r="J209" s="16">
         <v>9.1983591372237505</v>
       </c>
       <c r="K209" s="16">
         <v>0.19115799999999972</v>
       </c>
     </row>
-    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B210" s="5"/>
       <c r="C210" s="5"/>
       <c r="D210" s="37"/>
       <c r="E210" s="5"/>
       <c r="F210" s="5"/>
       <c r="G210" s="16">
         <v>0.6562039999999999</v>
       </c>
       <c r="H210" s="16">
         <v>2.1722269999999999</v>
       </c>
       <c r="I210" s="16">
         <v>2.5752048695117513</v>
       </c>
       <c r="J210" s="16">
         <v>231.02922261979509</v>
       </c>
       <c r="K210" s="16">
         <v>1.5160230000000001</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="95" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B211" s="93"/>
       <c r="C211" s="93"/>
       <c r="D211" s="96"/>
       <c r="E211" s="96"/>
       <c r="F211" s="96"/>
       <c r="G211" s="17">
         <v>26.999182999999999</v>
       </c>
       <c r="H211" s="17">
         <v>46.722629000000012</v>
       </c>
       <c r="I211" s="17">
         <v>55.390316811820782</v>
       </c>
       <c r="J211" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K211" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="46"/>
     </row>
-    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B215" s="37"/>
       <c r="C215" s="37"/>
       <c r="D215" s="37"/>
       <c r="E215" s="37"/>
       <c r="F215" s="37"/>
       <c r="G215" s="37"/>
       <c r="H215" s="37"/>
       <c r="I215" s="37"/>
       <c r="J215" s="37"/>
       <c r="K215" s="37"/>
     </row>
-    <row r="216" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="23"/>
       <c r="B216" s="23"/>
       <c r="C216" s="23"/>
       <c r="D216" s="23"/>
       <c r="E216" s="23"/>
       <c r="F216" s="23"/>
       <c r="G216" s="13" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="H216" s="13" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="I216" s="13" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J216" s="13" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K216" s="13" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="3" t="s">
         <v>148</v>
-      </c>
-[...3 lines deleted...]
-        <v>150</v>
       </c>
       <c r="B217" s="5"/>
       <c r="C217" s="5"/>
       <c r="D217" s="37"/>
       <c r="E217" s="5"/>
       <c r="F217" s="5"/>
       <c r="G217" s="16">
-        <v>30.861041</v>
+        <v>34.035614000000002</v>
       </c>
       <c r="H217" s="16">
-        <v>34.051250000000003</v>
+        <v>40.789909000000002</v>
       </c>
       <c r="I217" s="16">
-        <v>13.167895110772582</v>
+        <v>14.093527802936842</v>
       </c>
       <c r="J217" s="16">
-        <v>10.33733437572635</v>
+        <v>19.84478669901474</v>
       </c>
       <c r="K217" s="16">
-        <v>3.190209000000003</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.754294999999999</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B218" s="5"/>
       <c r="C218" s="5"/>
       <c r="D218" s="37"/>
       <c r="E218" s="5"/>
       <c r="F218" s="5"/>
       <c r="G218" s="16">
-        <v>9.6125239999999987</v>
+        <v>11.533192999999999</v>
       </c>
       <c r="H218" s="16">
-        <v>24.494636999999997</v>
+        <v>26.917145000000001</v>
       </c>
       <c r="I218" s="16">
-        <v>9.4722751967240306</v>
+        <v>9.3002789349979285</v>
       </c>
       <c r="J218" s="16">
-        <v>154.82003477962709</v>
+        <v>133.38849007382433</v>
       </c>
       <c r="K218" s="16">
-        <v>14.882112999999999</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15.383952000000003</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B219" s="5"/>
       <c r="C219" s="5"/>
       <c r="D219" s="37"/>
       <c r="E219" s="5"/>
       <c r="F219" s="5"/>
       <c r="G219" s="16">
-        <v>17.086956999999998</v>
+        <v>19.008348000000002</v>
       </c>
       <c r="H219" s="16">
-        <v>16.260318999999999</v>
+        <v>18.042852</v>
       </c>
       <c r="I219" s="16">
-        <v>6.2879975055160244</v>
+        <v>6.2340770680874673</v>
       </c>
       <c r="J219" s="16">
-        <v>-4.8378303989411293</v>
+        <v>-5.0793261992046945</v>
       </c>
       <c r="K219" s="16">
-        <v>-0.8266379999999991</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.96549600000000169</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B220" s="5"/>
       <c r="C220" s="5"/>
       <c r="D220" s="37"/>
       <c r="E220" s="5"/>
       <c r="F220" s="5"/>
       <c r="G220" s="16">
-        <v>7.3833929999999999</v>
+        <v>7.5798869999999994</v>
       </c>
       <c r="H220" s="16">
-        <v>10.649566</v>
+        <v>11.538658</v>
       </c>
       <c r="I220" s="16">
-        <v>4.1182737216181469</v>
+        <v>3.9867800963120468</v>
       </c>
       <c r="J220" s="16">
-        <v>44.236748605959356</v>
+        <v>52.227308929539461</v>
       </c>
       <c r="K220" s="16">
-        <v>3.2661730000000002</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.9587710000000005</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B221" s="5"/>
       <c r="C221" s="5"/>
       <c r="D221" s="37"/>
       <c r="E221" s="5"/>
       <c r="F221" s="5"/>
       <c r="G221" s="16">
-        <v>14.299583</v>
+        <v>15.82408</v>
       </c>
       <c r="H221" s="16">
-        <v>9.1502119999999998</v>
+        <v>10.119249999999999</v>
       </c>
       <c r="I221" s="16">
-        <v>3.5384613445125392</v>
+        <v>3.4963532578576881</v>
       </c>
       <c r="J221" s="16">
-        <v>-36.010637512996013</v>
+        <v>-36.051574562312631</v>
       </c>
       <c r="K221" s="16">
-        <v>-5.1493710000000004</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-5.7048300000000012</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B222" s="5"/>
       <c r="C222" s="5"/>
       <c r="D222" s="37"/>
       <c r="E222" s="5"/>
       <c r="F222" s="5"/>
       <c r="G222" s="16">
-        <v>8.5034140000000011</v>
+        <v>9.7727270000000015</v>
       </c>
       <c r="H222" s="16">
-        <v>7.5586649999999995</v>
+        <v>7.9805649999999995</v>
       </c>
       <c r="I222" s="16">
-        <v>2.922997185050999</v>
+        <v>2.7574053845191133</v>
       </c>
       <c r="J222" s="16">
-        <v>-11.11023172575158</v>
+        <v>-18.338402372234501</v>
       </c>
       <c r="K222" s="16">
-        <v>-0.94474900000000162</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.792162000000002</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B223" s="5"/>
       <c r="C223" s="5"/>
       <c r="D223" s="37"/>
       <c r="E223" s="5"/>
       <c r="F223" s="5"/>
       <c r="G223" s="16">
-        <v>6.1160950000000005</v>
+        <v>6.6405940000000001</v>
       </c>
       <c r="H223" s="16">
-        <v>6.8057299999999996</v>
+        <v>7.8830710000000002</v>
       </c>
       <c r="I223" s="16">
-        <v>2.6318311014203082</v>
+        <v>2.7237197393851784</v>
       </c>
       <c r="J223" s="16">
-        <v>11.275740484737385</v>
+        <v>18.710329226572199</v>
       </c>
       <c r="K223" s="16">
-        <v>0.68963499999999911</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.2424770000000001</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B224" s="5"/>
       <c r="C224" s="5"/>
       <c r="D224" s="37"/>
       <c r="E224" s="5"/>
       <c r="F224" s="5"/>
       <c r="G224" s="16">
-        <v>7.203265</v>
+        <v>7.6893760000000002</v>
       </c>
       <c r="H224" s="16">
-        <v>6.1290500000000003</v>
+        <v>6.9566600000000003</v>
       </c>
       <c r="I224" s="16">
-        <v>2.3701534460168334</v>
+        <v>2.4036307883299917</v>
       </c>
       <c r="J224" s="16">
-        <v>-14.91289019632069</v>
+        <v>-9.5289396694868334</v>
       </c>
       <c r="K224" s="16">
-        <v>-1.0742149999999997</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.73271599999999992</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B225" s="5"/>
       <c r="C225" s="5"/>
       <c r="D225" s="37"/>
       <c r="E225" s="5"/>
       <c r="F225" s="5"/>
       <c r="G225" s="16">
-        <v>11.615870999999999</v>
+        <v>14.026603</v>
       </c>
       <c r="H225" s="16">
-        <v>6.0397850000000002</v>
+        <v>6.4777749999999994</v>
       </c>
       <c r="I225" s="16">
-        <v>2.3356339450568653</v>
+        <v>2.2381688094393439</v>
       </c>
       <c r="J225" s="16">
-        <v>-48.004028281650157</v>
+        <v>-53.817934392240232</v>
       </c>
       <c r="K225" s="16">
-        <v>-5.5760859999999983</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-7.5488280000000003</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B226" s="5"/>
       <c r="C226" s="5"/>
       <c r="D226" s="37"/>
       <c r="E226" s="5"/>
       <c r="F226" s="5"/>
       <c r="G226" s="16">
-        <v>4.3687040000000001</v>
+        <v>2.895235</v>
       </c>
       <c r="H226" s="16">
-        <v>5.58697</v>
+        <v>6.0094940000000001</v>
       </c>
       <c r="I226" s="16">
-        <v>2.1605267045125536</v>
+        <v>2.0763706722312651</v>
       </c>
       <c r="J226" s="16">
-        <v>27.886210647368188</v>
+        <v>107.56498177177328</v>
       </c>
       <c r="K226" s="16">
-        <v>1.2182659999999998</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.1142590000000001</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="95" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B227" s="93"/>
       <c r="C227" s="93"/>
       <c r="D227" s="96"/>
       <c r="E227" s="96"/>
       <c r="F227" s="96"/>
       <c r="G227" s="17">
-        <v>117.050847</v>
+        <v>129.00565699999999</v>
       </c>
       <c r="H227" s="17">
-        <v>126.72618399999999</v>
+        <v>142.71537899999998</v>
       </c>
       <c r="I227" s="17">
-        <v>49.006045261200882</v>
+        <v>49.310312554096861</v>
       </c>
       <c r="J227" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K227" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="46"/>
     </row>
-    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B231" s="37"/>
       <c r="C231" s="37"/>
       <c r="D231" s="37"/>
       <c r="E231" s="37"/>
       <c r="F231" s="37"/>
       <c r="G231" s="37"/>
       <c r="H231" s="37"/>
       <c r="I231" s="37"/>
       <c r="J231" s="37"/>
       <c r="K231" s="37"/>
     </row>
-    <row r="232" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="23"/>
       <c r="B232" s="23"/>
       <c r="C232" s="23"/>
       <c r="D232" s="23"/>
       <c r="E232" s="23"/>
       <c r="F232" s="23"/>
       <c r="G232" s="13" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="H232" s="13" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="I232" s="13" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J232" s="13" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="K232" s="13" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B233" s="5"/>
       <c r="C233" s="5"/>
       <c r="D233" s="37"/>
       <c r="E233" s="5"/>
       <c r="F233" s="5"/>
       <c r="G233" s="16">
         <v>0</v>
       </c>
       <c r="H233" s="16">
-        <v>14.99577</v>
+        <v>14.995822</v>
       </c>
       <c r="I233" s="16">
-        <v>22.734087297141471</v>
+        <v>19.699020976198963</v>
       </c>
       <c r="J233" s="16" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="K233" s="16">
-        <v>14.99577</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.995822</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="B234" s="5"/>
       <c r="C234" s="5"/>
       <c r="D234" s="37"/>
       <c r="E234" s="5"/>
       <c r="F234" s="5"/>
       <c r="G234" s="16">
-        <v>8.8949330000000018</v>
+        <v>9.7767780000000002</v>
       </c>
       <c r="H234" s="16">
-        <v>6.3812560000000005</v>
+        <v>7.6217220000000001</v>
       </c>
       <c r="I234" s="16">
-        <v>9.6741968548069082</v>
+        <v>10.012152821816445</v>
       </c>
       <c r="J234" s="16">
-        <v>-28.259650747228797</v>
+        <v>-22.042599310324938</v>
       </c>
       <c r="K234" s="16">
-        <v>-2.5136770000000013</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.1550560000000001</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B235" s="5"/>
       <c r="C235" s="5"/>
       <c r="D235" s="37"/>
       <c r="E235" s="5"/>
       <c r="F235" s="5"/>
       <c r="G235" s="16">
-        <v>2.3333380000000004</v>
+        <v>2.9136129999999998</v>
       </c>
       <c r="H235" s="16">
-        <v>4.29596</v>
+        <v>5.6144280000000002</v>
       </c>
       <c r="I235" s="16">
-        <v>6.5128185925116124</v>
+        <v>7.3753032638930227</v>
       </c>
       <c r="J235" s="16">
-        <v>84.112203204164999</v>
+        <v>92.696421933867015</v>
       </c>
       <c r="K235" s="16">
-        <v>1.9626219999999996</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.7008150000000004</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B236" s="5"/>
       <c r="C236" s="5"/>
       <c r="D236" s="37"/>
       <c r="E236" s="5"/>
       <c r="F236" s="5"/>
       <c r="G236" s="16">
-        <v>3.9936979999999997</v>
+        <v>4.0350599999999996</v>
       </c>
       <c r="H236" s="16">
-        <v>3.8774859999999998</v>
+        <v>4.2818559999999994</v>
       </c>
       <c r="I236" s="16">
-        <v>5.8783980560814078</v>
+        <v>5.6247914359788602</v>
       </c>
       <c r="J236" s="16">
-        <v>-2.9098845230660904</v>
+        <v>6.1162907119101027</v>
       </c>
       <c r="K236" s="16">
-        <v>-0.11621199999999998</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.24679599999999979</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B237" s="5"/>
       <c r="C237" s="5"/>
       <c r="D237" s="37"/>
       <c r="E237" s="5"/>
       <c r="F237" s="5"/>
       <c r="G237" s="16">
-        <v>2.8459980000000002</v>
+        <v>3.0558480000000001</v>
       </c>
       <c r="H237" s="16">
-        <v>3.4165030000000001</v>
+        <v>3.7287049999999997</v>
       </c>
       <c r="I237" s="16">
-        <v>5.1795324583496365</v>
+        <v>4.898153499625292</v>
       </c>
       <c r="J237" s="16">
-        <v>20.04586791698377</v>
+        <v>22.018667158837729</v>
       </c>
       <c r="K237" s="16">
-        <v>0.57050499999999982</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.67285699999999959</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B238" s="5"/>
       <c r="C238" s="5"/>
       <c r="D238" s="37"/>
       <c r="E238" s="5"/>
       <c r="F238" s="5"/>
       <c r="G238" s="16">
-        <v>0.377718</v>
+        <v>0.41436299999999998</v>
       </c>
       <c r="H238" s="16">
-        <v>2.337386</v>
+        <v>2.8627500000000001</v>
       </c>
       <c r="I238" s="16">
-        <v>3.5435551072813412</v>
+        <v>3.7606056073227321</v>
       </c>
       <c r="J238" s="16">
-        <v>518.81774233687565</v>
+        <v>590.87973588375417</v>
       </c>
       <c r="K238" s="16">
-        <v>1.959668</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.4483870000000003</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="B239" s="5"/>
       <c r="C239" s="5"/>
       <c r="D239" s="37"/>
       <c r="E239" s="5"/>
       <c r="F239" s="5"/>
       <c r="G239" s="16">
-        <v>1.8443879999999999</v>
+        <v>6.6185679999999998</v>
       </c>
       <c r="H239" s="16">
-        <v>2.1557080000000002</v>
+        <v>2.5696889999999999</v>
       </c>
       <c r="I239" s="16">
-        <v>3.2681252019166904</v>
+        <v>3.3756307265655554</v>
       </c>
       <c r="J239" s="16">
-        <v>16.879311728334834</v>
+        <v>-61.17454712257998</v>
       </c>
       <c r="K239" s="16">
-        <v>0.31132000000000026</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-4.0488789999999995</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B240" s="5"/>
       <c r="C240" s="5"/>
       <c r="D240" s="37"/>
       <c r="E240" s="5"/>
       <c r="F240" s="5"/>
       <c r="G240" s="16">
-        <v>0</v>
+        <v>2.1635740000000001</v>
       </c>
       <c r="H240" s="16">
-        <v>2.0375570000000001</v>
+        <v>2.4993000000000003</v>
       </c>
       <c r="I240" s="16">
-        <v>3.0890043466191925</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>3.2831653460419892</v>
+      </c>
+      <c r="J240" s="16">
+        <v>15.51719515949074</v>
       </c>
       <c r="K240" s="16">
-        <v>2.0375570000000001</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.33572600000000019</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B241" s="5"/>
       <c r="C241" s="5"/>
       <c r="D241" s="37"/>
       <c r="E241" s="5"/>
       <c r="F241" s="5"/>
       <c r="G241" s="16">
-        <v>0.691326</v>
+        <v>0.84277800000000003</v>
       </c>
       <c r="H241" s="16">
-        <v>2.0002970000000002</v>
+        <v>2.1720070000000002</v>
       </c>
       <c r="I241" s="16">
-        <v>3.0325169443256463</v>
+        <v>2.8532221477056066</v>
       </c>
       <c r="J241" s="16">
-        <v>189.34207595258968</v>
+        <v>157.71994522875542</v>
       </c>
       <c r="K241" s="16">
-        <v>1.3089710000000001</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.3292290000000002</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B242" s="5"/>
       <c r="C242" s="5"/>
       <c r="D242" s="37"/>
       <c r="E242" s="5"/>
       <c r="F242" s="5"/>
       <c r="G242" s="16">
-        <v>0.32535399999999998</v>
+        <v>0.39431700000000003</v>
       </c>
       <c r="H242" s="16">
-        <v>1.9099390000000001</v>
+        <v>2.038456</v>
       </c>
       <c r="I242" s="16">
-        <v>2.8955312036804437</v>
+        <v>2.6777850192579398</v>
       </c>
       <c r="J242" s="16">
-        <v>487.03412283236116</v>
+        <v>416.95869059665193</v>
       </c>
       <c r="K242" s="16">
-        <v>1.5845850000000001</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.644139</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="95" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B243" s="93"/>
       <c r="C243" s="93"/>
       <c r="D243" s="96"/>
       <c r="E243" s="96"/>
       <c r="F243" s="96"/>
       <c r="G243" s="17">
-        <v>21.306753000000004</v>
+        <v>30.214899000000003</v>
       </c>
       <c r="H243" s="17">
-        <v>43.407862000000009</v>
+        <v>48.384734999999992</v>
       </c>
       <c r="I243" s="17">
-        <v>65.807766062714364</v>
+        <v>63.559830844406392</v>
       </c>
       <c r="J243" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K243" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="46"/>
     </row>
-    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="46"/>
     </row>
-    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="2" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B248" s="22"/>
       <c r="C248" s="22"/>
       <c r="D248" s="22"/>
       <c r="E248" s="22"/>
       <c r="F248" s="22"/>
       <c r="G248" s="22"/>
       <c r="H248" s="22"/>
       <c r="I248" s="22"/>
       <c r="J248" s="22"/>
       <c r="K248" s="22"/>
     </row>
-    <row r="249" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="12">
         <v>0</v>
       </c>
       <c r="B249" s="12">
         <v>0</v>
       </c>
       <c r="C249" s="12">
         <v>0</v>
       </c>
       <c r="D249" s="12">
         <v>2020</v>
       </c>
       <c r="E249" s="12">
         <v>2023</v>
       </c>
       <c r="F249" s="12">
         <v>2024</v>
       </c>
       <c r="G249" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H249" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I249" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="J249" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K249" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="H249" s="13" t="s">
-[...12 lines deleted...]
-    <row r="250" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="250" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B250" s="22"/>
-      <c r="C250" s="137" t="s">
+      <c r="C250" s="124" t="s">
         <v>70</v>
       </c>
       <c r="D250" s="16">
         <v>12.137592715609257</v>
       </c>
       <c r="E250" s="16">
         <v>8.5033239595760417</v>
       </c>
       <c r="F250" s="16">
         <v>5.3355343077368715</v>
       </c>
       <c r="G250" s="16">
         <v>-33.654364098685441</v>
       </c>
       <c r="H250" s="16">
         <v>-8.9564119622326679</v>
       </c>
       <c r="I250" s="16">
-        <v>5.4274553769059919</v>
+        <v>5.2335114161249079</v>
       </c>
       <c r="J250" s="16">
-        <v>7.4523598764793686</v>
+        <v>7.23942366537403</v>
       </c>
       <c r="K250" s="16">
-        <v>38.720359827099465</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>40.188583328023967</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B251" s="22"/>
-      <c r="C251" s="137">
+      <c r="C251" s="124">
         <v>0</v>
       </c>
       <c r="D251" s="16">
         <v>39.124707857109065</v>
       </c>
       <c r="E251" s="16">
         <v>37.360752178199071</v>
       </c>
       <c r="F251" s="16">
         <v>35.49617664651192</v>
       </c>
       <c r="G251" s="16">
         <v>0.45906578084256777</v>
       </c>
       <c r="H251" s="16">
         <v>9.1240920373408372</v>
       </c>
       <c r="I251" s="16">
-        <v>33.836716868628848</v>
+        <v>34.309127845649549</v>
       </c>
       <c r="J251" s="16">
-        <v>30.227495642230906</v>
+        <v>29.64681632473744</v>
       </c>
       <c r="K251" s="16">
-        <v>-9.7480489781853432</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-12.427002704984638</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B252" s="22"/>
-      <c r="C252" s="137">
+      <c r="C252" s="124">
         <v>0</v>
       </c>
       <c r="D252" s="16">
         <v>16.336040690900084</v>
       </c>
       <c r="E252" s="16">
         <v>19.75825384376499</v>
       </c>
       <c r="F252" s="16">
         <v>18.140763730483158</v>
       </c>
       <c r="G252" s="16">
         <v>-2.9199087973958711</v>
       </c>
       <c r="H252" s="16">
         <v>14.779734544994039</v>
       </c>
       <c r="I252" s="16">
-        <v>20.122988655443127</v>
+        <v>19.477082052097359</v>
       </c>
       <c r="J252" s="16">
-        <v>14.178448095468143</v>
+        <v>14.205714710616274</v>
       </c>
       <c r="K252" s="16">
-        <v>-28.816577587299847</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-26.083562980678572</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B253" s="22"/>
-      <c r="C253" s="137">
+      <c r="C253" s="124">
         <v>0</v>
       </c>
       <c r="D253" s="16">
         <v>32.401658736381606</v>
       </c>
       <c r="E253" s="16">
         <v>34.377670018459902</v>
       </c>
       <c r="F253" s="16">
         <v>41.027525315268051</v>
       </c>
       <c r="G253" s="16">
         <v>26.189161015006441</v>
       </c>
       <c r="H253" s="16">
         <v>18.608290239050483</v>
       </c>
       <c r="I253" s="16">
-        <v>40.612839099022032</v>
+        <v>40.980278686128187</v>
       </c>
       <c r="J253" s="16">
-        <v>48.141696385821582</v>
+        <v>48.908045299272246</v>
       </c>
       <c r="K253" s="16">
-        <v>19.756939388387256</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>20.950377453761178</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="97" t="s">
         <v>72</v>
       </c>
       <c r="B254" s="98"/>
-      <c r="C254" s="141" t="s">
+      <c r="C254" s="140" t="s">
         <v>71</v>
       </c>
       <c r="D254" s="99">
         <v>99.736598609658188</v>
       </c>
       <c r="E254" s="99">
         <v>99.694146227904127</v>
       </c>
       <c r="F254" s="99">
         <v>99.828045222822254</v>
       </c>
       <c r="G254" s="99">
         <v>5.7360711850151809</v>
       </c>
       <c r="H254" s="99">
         <v>11.811899602020137</v>
       </c>
       <c r="I254" s="99">
-        <v>99.866854677572974</v>
+        <v>99.87744270568399</v>
       </c>
       <c r="J254" s="99">
-        <v>99.768307306058858</v>
+        <v>99.763622437369222</v>
       </c>
       <c r="K254" s="99">
-        <v>1.0282078843471305</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.3448839535053128</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B255" s="100"/>
-      <c r="C255" s="142">
+      <c r="C255" s="141">
         <v>0</v>
       </c>
       <c r="D255" s="17">
         <v>0.26340139034181481</v>
       </c>
       <c r="E255" s="17">
         <v>0.30585377209587622</v>
       </c>
       <c r="F255" s="17">
         <v>0.17195477717773047</v>
       </c>
       <c r="G255" s="17">
         <v>-40.633606631037559</v>
       </c>
       <c r="H255" s="17">
         <v>0.48183742886902525</v>
       </c>
       <c r="I255" s="17">
-        <v>0.13314532242701127</v>
+        <v>0.12255729431601564</v>
       </c>
       <c r="J255" s="17">
-        <v>0.2316926939411445</v>
+        <v>0.23637756263077186</v>
       </c>
       <c r="K255" s="17">
-        <v>75.977783260491648</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>95.687966064364446</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="4" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D256" s="60"/>
     </row>
-    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D257" s="60"/>
     </row>
-    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D258" s="60"/>
     </row>
-    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="20" t="s">
         <v>106</v>
       </c>
       <c r="D259" s="60"/>
     </row>
-    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="101" t="s">
         <v>74</v>
       </c>
       <c r="D260" s="60"/>
     </row>
-    <row r="261" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A261" s="134" t="s">
+    <row r="261" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="123" t="s">
         <v>75</v>
       </c>
-      <c r="B261" s="134">
-[...31 lines deleted...]
-      <c r="A262" s="134" t="s">
+      <c r="B261" s="123">
+        <v>0</v>
+      </c>
+      <c r="C261" s="123">
+        <v>0</v>
+      </c>
+      <c r="D261" s="123">
+        <v>0</v>
+      </c>
+      <c r="E261" s="123">
+        <v>0</v>
+      </c>
+      <c r="F261" s="123">
+        <v>0</v>
+      </c>
+      <c r="G261" s="123">
+        <v>0</v>
+      </c>
+      <c r="H261" s="123">
+        <v>0</v>
+      </c>
+      <c r="I261" s="123">
+        <v>0</v>
+      </c>
+      <c r="J261" s="123">
+        <v>0</v>
+      </c>
+      <c r="K261" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="123" t="s">
         <v>76</v>
       </c>
-      <c r="B262" s="134">
-[...31 lines deleted...]
-      <c r="A263" s="134" t="s">
+      <c r="B262" s="123">
+        <v>0</v>
+      </c>
+      <c r="C262" s="123">
+        <v>0</v>
+      </c>
+      <c r="D262" s="123">
+        <v>0</v>
+      </c>
+      <c r="E262" s="123">
+        <v>0</v>
+      </c>
+      <c r="F262" s="123">
+        <v>0</v>
+      </c>
+      <c r="G262" s="123">
+        <v>0</v>
+      </c>
+      <c r="H262" s="123">
+        <v>0</v>
+      </c>
+      <c r="I262" s="123">
+        <v>0</v>
+      </c>
+      <c r="J262" s="123">
+        <v>0</v>
+      </c>
+      <c r="K262" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="123" t="s">
         <v>77</v>
       </c>
-      <c r="B263" s="134">
-[...31 lines deleted...]
-      <c r="A264" s="134" t="s">
+      <c r="B263" s="123">
+        <v>0</v>
+      </c>
+      <c r="C263" s="123">
+        <v>0</v>
+      </c>
+      <c r="D263" s="123">
+        <v>0</v>
+      </c>
+      <c r="E263" s="123">
+        <v>0</v>
+      </c>
+      <c r="F263" s="123">
+        <v>0</v>
+      </c>
+      <c r="G263" s="123">
+        <v>0</v>
+      </c>
+      <c r="H263" s="123">
+        <v>0</v>
+      </c>
+      <c r="I263" s="123">
+        <v>0</v>
+      </c>
+      <c r="J263" s="123">
+        <v>0</v>
+      </c>
+      <c r="K263" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="123" t="s">
         <v>78</v>
       </c>
-      <c r="B264" s="134">
-[...30 lines deleted...]
-    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B264" s="123">
+        <v>0</v>
+      </c>
+      <c r="C264" s="123">
+        <v>0</v>
+      </c>
+      <c r="D264" s="123">
+        <v>0</v>
+      </c>
+      <c r="E264" s="123">
+        <v>0</v>
+      </c>
+      <c r="F264" s="123">
+        <v>0</v>
+      </c>
+      <c r="G264" s="123">
+        <v>0</v>
+      </c>
+      <c r="H264" s="123">
+        <v>0</v>
+      </c>
+      <c r="I264" s="123">
+        <v>0</v>
+      </c>
+      <c r="J264" s="123">
+        <v>0</v>
+      </c>
+      <c r="K264" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="46">
         <v>0</v>
       </c>
       <c r="B265" s="46">
         <v>0</v>
       </c>
       <c r="C265" s="46">
         <v>0</v>
       </c>
       <c r="D265" s="46">
         <v>0</v>
       </c>
       <c r="E265" s="46">
         <v>0</v>
       </c>
       <c r="F265" s="46">
         <v>0</v>
       </c>
       <c r="G265" s="46">
         <v>0</v>
       </c>
       <c r="H265" s="46">
         <v>0</v>
       </c>
       <c r="I265" s="46">
         <v>0</v>
       </c>
       <c r="J265" s="46">
         <v>0</v>
       </c>
       <c r="K265" s="46">
         <v>0</v>
       </c>
     </row>
-    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="46"/>
       <c r="B266" s="46"/>
       <c r="C266" s="46"/>
       <c r="D266" s="46"/>
       <c r="E266" s="46"/>
       <c r="F266" s="46"/>
       <c r="G266" s="46"/>
       <c r="H266" s="46"/>
       <c r="I266" s="46"/>
       <c r="J266" s="46"/>
       <c r="K266" s="46"/>
     </row>
-    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="46"/>
       <c r="B267" s="46"/>
       <c r="C267" s="46"/>
       <c r="D267" s="46"/>
       <c r="E267" s="46"/>
       <c r="F267" s="46"/>
       <c r="G267" s="46"/>
       <c r="H267" s="46"/>
       <c r="I267" s="46"/>
       <c r="J267" s="46"/>
       <c r="K267" s="46"/>
     </row>
-    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="2" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B268" s="22"/>
       <c r="C268" s="22"/>
       <c r="D268" s="22"/>
       <c r="E268" s="22"/>
       <c r="F268" s="22"/>
       <c r="G268" s="22"/>
       <c r="H268" s="22"/>
       <c r="I268" s="22"/>
       <c r="J268" s="22"/>
       <c r="K268" s="22"/>
     </row>
-    <row r="269" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="12">
         <v>0</v>
       </c>
       <c r="B269" s="12">
         <v>0</v>
       </c>
       <c r="C269" s="12">
         <v>0</v>
       </c>
       <c r="D269" s="12">
         <v>2020</v>
       </c>
       <c r="E269" s="12">
         <v>2023</v>
       </c>
       <c r="F269" s="12">
         <v>2024</v>
       </c>
       <c r="G269" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H269" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I269" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="J269" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="K269" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="H269" s="13" t="s">
-[...12 lines deleted...]
-    <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B270" s="22"/>
-      <c r="C270" s="137" t="s">
+      <c r="C270" s="124" t="s">
         <v>70</v>
       </c>
       <c r="D270" s="16">
         <v>26.216332275299742</v>
       </c>
       <c r="E270" s="16">
         <v>16.625754103214796</v>
       </c>
       <c r="F270" s="16">
         <v>19.4551521405917</v>
       </c>
       <c r="G270" s="16">
         <v>-3.8954488161327911</v>
       </c>
       <c r="H270" s="16">
         <v>2.8269247902103833</v>
       </c>
       <c r="I270" s="16">
-        <v>21.2872117330771</v>
+        <v>19.805354648261343</v>
       </c>
       <c r="J270" s="16">
-        <v>15.240617733030836</v>
+        <v>15.169481226750728</v>
       </c>
       <c r="K270" s="16">
-        <v>-24.836935563284666</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-19.016555553658133</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B271" s="22"/>
-      <c r="C271" s="137">
+      <c r="C271" s="124">
         <v>0</v>
       </c>
       <c r="D271" s="16">
         <v>39.972869771513992</v>
       </c>
       <c r="E271" s="16">
         <v>36.0348381127897</v>
       </c>
       <c r="F271" s="16">
         <v>42.941358113595932</v>
       </c>
       <c r="G271" s="16">
         <v>-2.1312870726452822</v>
       </c>
       <c r="H271" s="16">
         <v>12.789529459494521</v>
       </c>
       <c r="I271" s="16">
-        <v>39.07613693838826</v>
+        <v>38.435356792078828</v>
       </c>
       <c r="J271" s="16">
-        <v>28.186691746466071</v>
+        <v>28.34870528966535</v>
       </c>
       <c r="K271" s="16">
-        <v>-24.272578227288776</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-22.015112238770374</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="15" t="s">
         <v>56</v>
       </c>
       <c r="B272" s="22"/>
-      <c r="C272" s="137">
+      <c r="C272" s="124">
         <v>0</v>
       </c>
       <c r="D272" s="16">
         <v>25.943513634751024</v>
       </c>
       <c r="E272" s="16">
         <v>31.765146328054083</v>
       </c>
       <c r="F272" s="16">
         <v>24.681492160627815</v>
       </c>
       <c r="G272" s="16">
         <v>-36.186696431456383</v>
       </c>
       <c r="H272" s="16">
         <v>9.4149906567096089</v>
       </c>
       <c r="I272" s="16">
-        <v>24.886926086200365</v>
+        <v>27.539426389443229</v>
       </c>
       <c r="J272" s="16">
-        <v>13.137122659910563</v>
+        <v>16.581880327922899</v>
       </c>
       <c r="K272" s="16">
-        <v>-44.582148465989427</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-36.337010920803962</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B273" s="22"/>
-      <c r="C273" s="137">
+      <c r="C273" s="124">
         <v>0</v>
       </c>
       <c r="D273" s="16">
         <v>7.8672843184352441</v>
       </c>
       <c r="E273" s="16">
         <v>15.574261455941418</v>
       </c>
       <c r="F273" s="16">
         <v>12.921997585184538</v>
       </c>
       <c r="G273" s="16">
         <v>-31.858314652379928</v>
       </c>
       <c r="H273" s="16">
         <v>25.420167244092106</v>
       </c>
       <c r="I273" s="16">
-        <v>14.749725242334291</v>
+        <v>14.219862170216595</v>
       </c>
       <c r="J273" s="16">
-        <v>43.435567860592535</v>
+        <v>39.89993315566101</v>
       </c>
       <c r="K273" s="16">
-        <v>209.15926150941314</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>196.67771164508437</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="97" t="s">
         <v>72</v>
       </c>
       <c r="B274" s="98"/>
-      <c r="C274" s="141" t="s">
+      <c r="C274" s="140" t="s">
         <v>63</v>
       </c>
       <c r="D274" s="99">
         <v>86.691629028940724</v>
       </c>
       <c r="E274" s="99">
         <v>92.474827704566621</v>
       </c>
       <c r="F274" s="99">
         <v>91.161433427851563</v>
       </c>
       <c r="G274" s="99">
         <v>-17.872107879892376</v>
       </c>
       <c r="H274" s="99">
         <v>10.787604781868044</v>
       </c>
       <c r="I274" s="99">
-        <v>92.793897806001596</v>
+        <v>92.480729012206524</v>
       </c>
       <c r="J274" s="99">
-        <v>89.226243579230854</v>
+        <v>88.406679550174047</v>
       </c>
       <c r="K274" s="99">
-        <v>4.9834130872258875</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.7324119343746185</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B275" s="100"/>
-      <c r="C275" s="142">
+      <c r="C275" s="141">
         <v>0</v>
       </c>
       <c r="D275" s="17">
         <v>13.308370971059274</v>
       </c>
       <c r="E275" s="17">
         <v>7.5251722954333813</v>
       </c>
       <c r="F275" s="17">
         <v>8.8385665721484248</v>
       </c>
       <c r="G275" s="17">
         <v>-2.1482828476386464</v>
       </c>
       <c r="H275" s="17">
         <v>-1.2363998718089242</v>
       </c>
       <c r="I275" s="17">
-        <v>7.2061021939983911</v>
+        <v>7.5192709877934707</v>
       </c>
       <c r="J275" s="17">
-        <v>10.773756420769141</v>
+        <v>11.593320449825956</v>
       </c>
       <c r="K275" s="17">
-        <v>63.235356353944482</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70.532205254432029</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="4" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D276" s="60"/>
     </row>
-    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D277" s="60"/>
     </row>
-    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D278" s="60"/>
     </row>
-    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="20" t="s">
         <v>106</v>
       </c>
       <c r="D279" s="60"/>
     </row>
-    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="101" t="s">
         <v>74</v>
       </c>
       <c r="D280" s="60"/>
     </row>
-    <row r="281" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A281" s="134" t="s">
+    <row r="281" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="123" t="s">
         <v>75</v>
       </c>
-      <c r="B281" s="134">
-[...31 lines deleted...]
-      <c r="A282" s="134" t="s">
+      <c r="B281" s="123">
+        <v>0</v>
+      </c>
+      <c r="C281" s="123">
+        <v>0</v>
+      </c>
+      <c r="D281" s="123">
+        <v>0</v>
+      </c>
+      <c r="E281" s="123">
+        <v>0</v>
+      </c>
+      <c r="F281" s="123">
+        <v>0</v>
+      </c>
+      <c r="G281" s="123">
+        <v>0</v>
+      </c>
+      <c r="H281" s="123">
+        <v>0</v>
+      </c>
+      <c r="I281" s="123">
+        <v>0</v>
+      </c>
+      <c r="J281" s="123">
+        <v>0</v>
+      </c>
+      <c r="K281" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="123" t="s">
         <v>76</v>
       </c>
-      <c r="B282" s="134">
-[...31 lines deleted...]
-      <c r="A283" s="134" t="s">
+      <c r="B282" s="123">
+        <v>0</v>
+      </c>
+      <c r="C282" s="123">
+        <v>0</v>
+      </c>
+      <c r="D282" s="123">
+        <v>0</v>
+      </c>
+      <c r="E282" s="123">
+        <v>0</v>
+      </c>
+      <c r="F282" s="123">
+        <v>0</v>
+      </c>
+      <c r="G282" s="123">
+        <v>0</v>
+      </c>
+      <c r="H282" s="123">
+        <v>0</v>
+      </c>
+      <c r="I282" s="123">
+        <v>0</v>
+      </c>
+      <c r="J282" s="123">
+        <v>0</v>
+      </c>
+      <c r="K282" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="123" t="s">
         <v>77</v>
       </c>
-      <c r="B283" s="134">
-[...31 lines deleted...]
-      <c r="A284" s="134" t="s">
+      <c r="B283" s="123">
+        <v>0</v>
+      </c>
+      <c r="C283" s="123">
+        <v>0</v>
+      </c>
+      <c r="D283" s="123">
+        <v>0</v>
+      </c>
+      <c r="E283" s="123">
+        <v>0</v>
+      </c>
+      <c r="F283" s="123">
+        <v>0</v>
+      </c>
+      <c r="G283" s="123">
+        <v>0</v>
+      </c>
+      <c r="H283" s="123">
+        <v>0</v>
+      </c>
+      <c r="I283" s="123">
+        <v>0</v>
+      </c>
+      <c r="J283" s="123">
+        <v>0</v>
+      </c>
+      <c r="K283" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="123" t="s">
         <v>78</v>
       </c>
-      <c r="B284" s="134">
-[...30 lines deleted...]
-    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B284" s="123">
+        <v>0</v>
+      </c>
+      <c r="C284" s="123">
+        <v>0</v>
+      </c>
+      <c r="D284" s="123">
+        <v>0</v>
+      </c>
+      <c r="E284" s="123">
+        <v>0</v>
+      </c>
+      <c r="F284" s="123">
+        <v>0</v>
+      </c>
+      <c r="G284" s="123">
+        <v>0</v>
+      </c>
+      <c r="H284" s="123">
+        <v>0</v>
+      </c>
+      <c r="I284" s="123">
+        <v>0</v>
+      </c>
+      <c r="J284" s="123">
+        <v>0</v>
+      </c>
+      <c r="K284" s="123">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="46"/>
       <c r="B285" s="46"/>
       <c r="C285" s="46"/>
       <c r="D285" s="46"/>
       <c r="E285" s="46"/>
       <c r="F285" s="83"/>
       <c r="G285" s="83"/>
       <c r="H285" s="46"/>
       <c r="I285" s="46"/>
       <c r="J285" s="46"/>
       <c r="K285" s="46"/>
     </row>
-    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="46"/>
       <c r="B286" s="46"/>
       <c r="C286" s="46"/>
       <c r="D286" s="46"/>
       <c r="E286" s="46"/>
       <c r="F286" s="83"/>
       <c r="G286" s="83"/>
       <c r="H286" s="46"/>
       <c r="I286" s="46"/>
       <c r="J286" s="46"/>
       <c r="K286" s="46"/>
     </row>
-    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="46"/>
       <c r="B287" s="46"/>
       <c r="C287" s="46"/>
       <c r="D287" s="46"/>
       <c r="E287" s="46"/>
       <c r="F287" s="83"/>
       <c r="G287" s="83"/>
       <c r="H287" s="46"/>
       <c r="I287" s="46"/>
       <c r="J287" s="46"/>
       <c r="K287" s="46"/>
     </row>
-    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B288" s="22"/>
       <c r="C288" s="22"/>
       <c r="D288" s="22"/>
       <c r="E288" s="22"/>
       <c r="F288" s="22"/>
       <c r="G288" s="22"/>
       <c r="H288" s="22"/>
       <c r="I288" s="22"/>
       <c r="J288" s="22"/>
       <c r="K288" s="22"/>
     </row>
-    <row r="289" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="12">
         <v>0</v>
       </c>
       <c r="B289" s="12"/>
       <c r="C289" s="12"/>
       <c r="D289" s="24">
         <v>0</v>
       </c>
       <c r="E289" s="12">
         <v>2020</v>
       </c>
       <c r="F289" s="12">
         <v>2021</v>
       </c>
       <c r="G289" s="12">
         <v>2022</v>
       </c>
       <c r="H289" s="12">
         <v>2023</v>
       </c>
       <c r="I289" s="12">
         <v>2024</v>
       </c>
       <c r="J289" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K289" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="47" t="s">
         <v>67</v>
       </c>
       <c r="B290" s="102"/>
       <c r="C290" s="102"/>
-      <c r="D290" s="122" t="s">
+      <c r="D290" s="130" t="s">
         <v>49</v>
       </c>
       <c r="E290" s="103">
         <v>20.669577227482709</v>
       </c>
       <c r="F290" s="103">
         <v>17.38513444589373</v>
       </c>
       <c r="G290" s="103">
         <v>15.048916489918925</v>
       </c>
       <c r="H290" s="103">
         <v>17.351725561988516</v>
       </c>
       <c r="I290" s="103">
         <v>15.822352124917996</v>
       </c>
       <c r="J290" s="104">
         <v>-3.7127826443628353</v>
       </c>
       <c r="K290" s="104">
         <v>4.5618805175927646</v>
       </c>
     </row>
-    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B291" s="22"/>
       <c r="C291" s="22"/>
-      <c r="D291" s="138">
+      <c r="D291" s="131">
         <v>0</v>
       </c>
       <c r="E291" s="60">
         <v>5.7070726301064696E-2</v>
       </c>
       <c r="F291" s="60">
         <v>9.6253572492532651E-4</v>
       </c>
       <c r="G291" s="60">
         <v>0</v>
       </c>
       <c r="H291" s="60">
         <v>3.4361008377811197E-2</v>
       </c>
       <c r="I291" s="60">
         <v>4.1318204713465749E-2</v>
       </c>
       <c r="J291" s="16">
         <v>26.974293018805778</v>
       </c>
       <c r="K291" s="16">
         <v>3.1146882863628322</v>
       </c>
     </row>
-    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="138">
+      <c r="D292" s="131">
         <v>0</v>
       </c>
       <c r="E292" s="60">
         <v>75.647915189623504</v>
       </c>
       <c r="F292" s="60">
         <v>79.202341627676262</v>
       </c>
       <c r="G292" s="60">
         <v>82.136163848659493</v>
       </c>
       <c r="H292" s="60">
         <v>78.433960112521106</v>
       </c>
       <c r="I292" s="60">
         <v>80.163119198983452</v>
       </c>
       <c r="J292" s="16">
         <v>7.9221839503639968</v>
       </c>
       <c r="K292" s="16">
         <v>13.418247740297806</v>
       </c>
     </row>
-    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B293" s="22"/>
       <c r="C293" s="22"/>
-      <c r="D293" s="138">
+      <c r="D293" s="131">
         <v>0</v>
       </c>
       <c r="E293" s="60">
         <v>3.5942535003669036</v>
       </c>
       <c r="F293" s="60">
         <v>3.3824000887762677</v>
       </c>
       <c r="G293" s="60">
         <v>2.7194939725395693</v>
       </c>
       <c r="H293" s="60">
         <v>3.8755527887246886</v>
       </c>
       <c r="I293" s="60">
         <v>3.6102730046211855</v>
       </c>
       <c r="J293" s="16">
         <v>-1.6336293240051381</v>
       </c>
       <c r="K293" s="16">
         <v>11.910634298149159</v>
       </c>
     </row>
-    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B294" s="73"/>
       <c r="C294" s="73"/>
-      <c r="D294" s="139">
+      <c r="D294" s="132">
         <v>0</v>
       </c>
       <c r="E294" s="105">
         <v>3.1183356225821246E-2</v>
       </c>
       <c r="F294" s="105">
         <v>2.9161301928794615E-2</v>
       </c>
       <c r="G294" s="105">
         <v>9.542568888200631E-2</v>
       </c>
       <c r="H294" s="105">
         <v>0.30440052838787895</v>
       </c>
       <c r="I294" s="105">
         <v>0.36293746676389876</v>
       </c>
       <c r="J294" s="17">
         <v>25.900270264767407</v>
       </c>
       <c r="K294" s="17">
         <v>106.47418441179019</v>
       </c>
     </row>
-    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F295" s="60"/>
       <c r="G295" s="60"/>
       <c r="H295" s="60"/>
       <c r="I295" s="60"/>
       <c r="J295" s="60"/>
       <c r="K295" s="60"/>
     </row>
-    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B296" s="84"/>
       <c r="C296" s="84"/>
       <c r="D296" s="84"/>
       <c r="E296" s="84"/>
       <c r="F296" s="84"/>
       <c r="G296" s="84"/>
       <c r="H296" s="84"/>
       <c r="I296" s="84"/>
       <c r="J296" s="84"/>
       <c r="K296" s="84"/>
     </row>
-    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A297" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B297" s="84"/>
       <c r="C297" s="84"/>
       <c r="D297" s="84"/>
       <c r="E297" s="84"/>
       <c r="F297" s="84"/>
       <c r="G297" s="84"/>
       <c r="H297" s="84"/>
       <c r="I297" s="84"/>
       <c r="J297" s="84"/>
       <c r="K297" s="84"/>
     </row>
-    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="20" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="101" t="s">
         <v>82</v>
       </c>
       <c r="B299" s="85"/>
       <c r="C299" s="85"/>
       <c r="D299" s="85"/>
       <c r="E299" s="85"/>
       <c r="F299" s="85"/>
       <c r="G299" s="85"/>
       <c r="H299" s="85"/>
       <c r="I299" s="85"/>
       <c r="J299" s="85"/>
       <c r="K299" s="85"/>
     </row>
-    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="101" t="s">
         <v>81</v>
       </c>
       <c r="B300" s="84"/>
       <c r="C300" s="84"/>
       <c r="D300" s="84"/>
       <c r="E300" s="84"/>
       <c r="F300" s="84"/>
       <c r="G300" s="84"/>
       <c r="H300" s="84"/>
       <c r="I300" s="84"/>
       <c r="J300" s="84"/>
       <c r="K300" s="84"/>
     </row>
-    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="46"/>
     </row>
-    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="46"/>
     </row>
-    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B303" s="22"/>
       <c r="C303" s="22"/>
       <c r="D303" s="22"/>
       <c r="E303" s="22"/>
       <c r="F303" s="22"/>
       <c r="G303" s="22"/>
       <c r="H303" s="22"/>
       <c r="I303" s="22"/>
       <c r="J303" s="22"/>
       <c r="K303" s="22"/>
     </row>
-    <row r="304" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A304" s="12">
         <v>0</v>
       </c>
       <c r="B304" s="12"/>
       <c r="C304" s="12"/>
       <c r="D304" s="24">
         <v>0</v>
       </c>
       <c r="E304" s="12">
         <v>2020</v>
       </c>
       <c r="F304" s="12">
         <v>2021</v>
       </c>
       <c r="G304" s="12">
         <v>2022</v>
       </c>
       <c r="H304" s="12">
         <v>2023</v>
       </c>
       <c r="I304" s="12">
         <v>2024</v>
       </c>
       <c r="J304" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K304" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="47" t="s">
         <v>67</v>
       </c>
       <c r="B305" s="102"/>
       <c r="C305" s="102"/>
-      <c r="D305" s="122" t="s">
+      <c r="D305" s="130" t="s">
         <v>49</v>
       </c>
       <c r="E305" s="103">
         <v>24.786674640039092</v>
       </c>
       <c r="F305" s="103">
         <v>23.814002737721889</v>
       </c>
       <c r="G305" s="103">
         <v>25.757303566365021</v>
       </c>
       <c r="H305" s="103">
         <v>20.491353235394307</v>
       </c>
       <c r="I305" s="103">
         <v>27.224193527334666</v>
       </c>
       <c r="J305" s="104">
         <v>10.684662542622462</v>
       </c>
       <c r="K305" s="104">
         <v>11.999701963483433</v>
       </c>
     </row>
-    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B306" s="22"/>
       <c r="C306" s="22"/>
-      <c r="D306" s="138">
+      <c r="D306" s="131">
         <v>0</v>
       </c>
       <c r="E306" s="60">
         <v>0</v>
       </c>
       <c r="F306" s="60">
         <v>0</v>
       </c>
       <c r="G306" s="60">
         <v>0</v>
       </c>
       <c r="H306" s="60">
         <v>2.8207710797007977E-3</v>
       </c>
       <c r="I306" s="60">
         <v>0</v>
       </c>
       <c r="J306" s="16">
         <v>-100</v>
       </c>
       <c r="K306" s="16" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B307" s="22"/>
       <c r="C307" s="22"/>
-      <c r="D307" s="138">
+      <c r="D307" s="131">
         <v>0</v>
       </c>
       <c r="E307" s="60">
         <v>66.698286715656153</v>
       </c>
       <c r="F307" s="60">
         <v>69.375242830157973</v>
       </c>
       <c r="G307" s="60">
         <v>66.048942086267303</v>
       </c>
       <c r="H307" s="60">
         <v>70.058236972050011</v>
       </c>
       <c r="I307" s="60">
         <v>69.125948845154952</v>
       </c>
       <c r="J307" s="16">
         <v>-17.797511805543476</v>
       </c>
       <c r="K307" s="16">
         <v>10.386073248146444</v>
       </c>
     </row>
-    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B308" s="22"/>
       <c r="C308" s="22"/>
-      <c r="D308" s="138">
+      <c r="D308" s="131">
         <v>0</v>
       </c>
       <c r="E308" s="60">
         <v>8.5064838565533467</v>
       </c>
       <c r="F308" s="60">
         <v>6.8049523104941292</v>
       </c>
       <c r="G308" s="60">
         <v>8.0050407570896152</v>
       </c>
       <c r="H308" s="60">
         <v>9.2462831526158347</v>
       </c>
       <c r="I308" s="60">
         <v>3.4288838012700142</v>
       </c>
       <c r="J308" s="16">
         <v>-69.104968605799712</v>
       </c>
       <c r="K308" s="16">
         <v>-12.826727633761692</v>
       </c>
     </row>
-    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A309" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B309" s="73"/>
       <c r="C309" s="73"/>
-      <c r="D309" s="139">
+      <c r="D309" s="132">
         <v>0</v>
       </c>
       <c r="E309" s="105">
         <v>8.554787751418963E-3</v>
       </c>
       <c r="F309" s="105">
         <v>5.802121626021027E-3</v>
       </c>
       <c r="G309" s="105">
         <v>0.18871359027806864</v>
       </c>
       <c r="H309" s="105">
         <v>0.20130586886015989</v>
       </c>
       <c r="I309" s="105">
         <v>0.22097382624037126</v>
       </c>
       <c r="J309" s="17">
         <v>-8.5492100873319519</v>
       </c>
       <c r="K309" s="17">
         <v>146.64117282128748</v>
       </c>
     </row>
-    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F310" s="60"/>
       <c r="G310" s="60"/>
       <c r="H310" s="60"/>
       <c r="I310" s="60"/>
       <c r="J310" s="60"/>
       <c r="K310" s="60"/>
     </row>
-    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B311" s="84"/>
       <c r="C311" s="84"/>
       <c r="D311" s="84"/>
       <c r="E311" s="84"/>
       <c r="F311" s="84"/>
       <c r="G311" s="84"/>
       <c r="H311" s="84"/>
       <c r="I311" s="84"/>
       <c r="J311" s="84"/>
       <c r="K311" s="84"/>
     </row>
-    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B312" s="84"/>
       <c r="C312" s="84"/>
       <c r="D312" s="84"/>
       <c r="E312" s="84"/>
       <c r="F312" s="84"/>
       <c r="G312" s="84"/>
       <c r="H312" s="84"/>
       <c r="I312" s="84"/>
       <c r="J312" s="84"/>
       <c r="K312" s="84"/>
     </row>
-    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="20" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A314" s="101" t="s">
         <v>82</v>
       </c>
       <c r="B314" s="85"/>
       <c r="C314" s="85"/>
       <c r="D314" s="85"/>
       <c r="E314" s="85"/>
       <c r="F314" s="85"/>
       <c r="G314" s="85"/>
       <c r="H314" s="85"/>
       <c r="I314" s="85"/>
       <c r="J314" s="85"/>
       <c r="K314" s="85"/>
     </row>
-    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="101" t="s">
         <v>81</v>
       </c>
       <c r="B315" s="84"/>
       <c r="C315" s="84"/>
       <c r="D315" s="84"/>
       <c r="E315" s="84"/>
       <c r="F315" s="84"/>
       <c r="G315" s="84"/>
       <c r="H315" s="84"/>
       <c r="I315" s="84"/>
       <c r="J315" s="84"/>
       <c r="K315" s="84"/>
     </row>
-    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A316" s="82"/>
     </row>
-    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="82"/>
     </row>
-    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A318" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B318" s="8"/>
       <c r="C318" s="8"/>
       <c r="D318" s="8"/>
       <c r="E318" s="8"/>
       <c r="F318" s="8"/>
       <c r="G318" s="8"/>
       <c r="H318" s="8"/>
       <c r="I318" s="8"/>
       <c r="J318" s="8"/>
       <c r="K318" s="9"/>
     </row>
-    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="11">
         <v>0</v>
       </c>
       <c r="B319" s="11"/>
       <c r="C319" s="11"/>
       <c r="D319" s="11"/>
       <c r="E319" s="12">
         <v>2020</v>
       </c>
       <c r="F319" s="12">
         <v>2021</v>
       </c>
       <c r="G319" s="12">
         <v>2022</v>
       </c>
       <c r="H319" s="12">
         <v>2023</v>
       </c>
       <c r="I319" s="12">
         <v>2024</v>
       </c>
       <c r="J319" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K319" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B320" s="15"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="16">
         <v>26.27</v>
       </c>
       <c r="F320" s="16">
         <v>33.92</v>
       </c>
       <c r="G320" s="16">
         <v>86.8</v>
       </c>
       <c r="H320" s="16">
         <v>111.07</v>
       </c>
       <c r="I320" s="16">
         <v>143.15</v>
       </c>
       <c r="J320" s="16">
         <v>28.882686594039807</v>
       </c>
       <c r="K320" s="16">
         <v>52.785739263524164</v>
       </c>
     </row>
-    <row r="321" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B321" s="15"/>
       <c r="C321" s="15"/>
       <c r="D321" s="15"/>
       <c r="E321" s="16">
         <v>57.42</v>
       </c>
       <c r="F321" s="16">
         <v>76.760000000000005</v>
       </c>
       <c r="G321" s="16">
         <v>180.3</v>
       </c>
       <c r="H321" s="16">
         <v>211.01</v>
       </c>
       <c r="I321" s="16">
         <v>199.01</v>
       </c>
       <c r="J321" s="16">
         <v>-5.6869342685180797</v>
       </c>
       <c r="K321" s="16">
         <v>36.443524078406121</v>
       </c>
     </row>
-    <row r="322" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B322" s="15"/>
       <c r="C322" s="15"/>
       <c r="D322" s="15"/>
       <c r="E322" s="16">
         <v>-31.150000000000002</v>
       </c>
       <c r="F322" s="16">
         <v>-42.84</v>
       </c>
       <c r="G322" s="16">
         <v>-93.500000000000014</v>
       </c>
       <c r="H322" s="16">
         <v>-99.94</v>
       </c>
       <c r="I322" s="16">
         <v>-55.859999999999985</v>
       </c>
       <c r="J322" s="16" t="s">
         <v>25</v>
       </c>
       <c r="K322" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="323" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B323" s="1"/>
       <c r="C323" s="1"/>
       <c r="D323" s="1"/>
       <c r="E323" s="17">
         <v>45.75060954371299</v>
       </c>
       <c r="F323" s="17">
         <v>44.18968212610735</v>
       </c>
       <c r="G323" s="17">
         <v>48.141985579589566</v>
       </c>
       <c r="H323" s="17">
         <v>52.637315767025264</v>
       </c>
       <c r="I323" s="17">
         <v>71.931058740766801</v>
       </c>
       <c r="J323" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K323" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B324" s="46"/>
       <c r="C324" s="46"/>
       <c r="D324" s="46"/>
       <c r="E324" s="46"/>
       <c r="F324" s="46"/>
       <c r="G324" s="46"/>
       <c r="H324" s="46"/>
       <c r="I324" s="46"/>
       <c r="J324" s="46"/>
       <c r="K324" s="46"/>
     </row>
-    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="4" t="s">
         <v>34</v>
       </c>
       <c r="B325" s="46"/>
       <c r="C325" s="46"/>
       <c r="D325" s="46"/>
       <c r="E325" s="46"/>
       <c r="F325" s="46"/>
       <c r="G325" s="46"/>
       <c r="H325" s="46"/>
       <c r="I325" s="46"/>
       <c r="J325" s="46"/>
       <c r="K325" s="46"/>
     </row>
-    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
       <c r="D326" s="46"/>
       <c r="E326" s="46"/>
       <c r="F326" s="46"/>
       <c r="G326" s="46"/>
       <c r="H326" s="46"/>
       <c r="I326" s="46"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
-    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
       <c r="D327" s="46"/>
       <c r="E327" s="46"/>
       <c r="F327" s="46"/>
       <c r="G327" s="46"/>
       <c r="H327" s="46"/>
       <c r="I327" s="46"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A328" s="20" t="s">
         <v>106</v>
       </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
       <c r="D328" s="46"/>
       <c r="E328" s="46"/>
       <c r="F328" s="46"/>
       <c r="G328" s="46"/>
       <c r="H328" s="46"/>
       <c r="I328" s="46"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-    <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="122" t="s">
+        <v>134</v>
+      </c>
+      <c r="B329" s="122">
+        <v>0</v>
+      </c>
+      <c r="C329" s="122">
+        <v>0</v>
+      </c>
+      <c r="D329" s="122">
+        <v>0</v>
+      </c>
+      <c r="E329" s="122">
+        <v>0</v>
+      </c>
+      <c r="F329" s="122">
+        <v>0</v>
+      </c>
+      <c r="G329" s="122">
+        <v>0</v>
+      </c>
+      <c r="H329" s="122">
+        <v>0</v>
+      </c>
+      <c r="I329" s="122">
+        <v>0</v>
+      </c>
+      <c r="J329" s="122">
+        <v>0</v>
+      </c>
+      <c r="K329" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A330" s="46"/>
       <c r="B330" s="46"/>
       <c r="C330" s="46"/>
       <c r="D330" s="46"/>
       <c r="E330" s="46"/>
       <c r="F330" s="46"/>
       <c r="G330" s="46"/>
       <c r="H330" s="46"/>
       <c r="I330" s="46"/>
       <c r="J330" s="46"/>
       <c r="K330" s="46"/>
     </row>
-    <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B331" s="37"/>
       <c r="C331" s="37"/>
       <c r="D331" s="37"/>
       <c r="E331" s="37"/>
       <c r="F331" s="37"/>
       <c r="G331" s="37"/>
       <c r="H331" s="37"/>
       <c r="I331" s="37"/>
       <c r="J331" s="37"/>
       <c r="K331" s="37"/>
     </row>
-    <row r="332" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="23"/>
       <c r="B332" s="23"/>
       <c r="C332" s="23"/>
       <c r="D332" s="24"/>
       <c r="E332" s="12"/>
       <c r="F332" s="12"/>
       <c r="G332" s="12">
         <v>2020</v>
       </c>
       <c r="H332" s="12">
         <v>2021</v>
       </c>
       <c r="I332" s="12">
         <v>2022</v>
       </c>
       <c r="J332" s="13">
         <v>2023</v>
       </c>
       <c r="K332" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E333" s="143"/>
+    <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="126" t="s">
+        <v>122</v>
+      </c>
+      <c r="B333" s="126"/>
+      <c r="C333" s="126"/>
+      <c r="D333" s="126"/>
+      <c r="E333" s="126"/>
       <c r="F333" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G333" s="27">
         <v>43</v>
       </c>
       <c r="H333" s="27">
         <v>42</v>
       </c>
       <c r="I333" s="27">
         <v>35</v>
       </c>
       <c r="J333" s="27">
         <v>31</v>
       </c>
       <c r="K333" s="27">
         <v>30</v>
       </c>
     </row>
-    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E334" s="124"/>
+    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="127"/>
+      <c r="B334" s="127"/>
+      <c r="C334" s="127"/>
+      <c r="D334" s="127"/>
+      <c r="E334" s="127"/>
       <c r="F334" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G334" s="28">
         <v>0.11413089993105226</v>
       </c>
       <c r="H334" s="28">
         <v>0.12109199850348568</v>
       </c>
       <c r="I334" s="28">
         <v>0.1930599399957251</v>
       </c>
       <c r="J334" s="28">
         <v>0.20796735734472852</v>
       </c>
       <c r="K334" s="28">
         <v>0.24737435836465765</v>
       </c>
     </row>
-    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="128" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B335" s="128"/>
       <c r="C335" s="128"/>
       <c r="D335" s="128"/>
       <c r="E335" s="128"/>
       <c r="F335" s="29" t="s">
         <v>22</v>
       </c>
       <c r="G335" s="30">
         <v>29</v>
       </c>
       <c r="H335" s="30">
         <v>27</v>
       </c>
       <c r="I335" s="30">
         <v>21</v>
       </c>
       <c r="J335" s="30">
         <v>18</v>
       </c>
       <c r="K335" s="30">
         <v>19</v>
       </c>
     </row>
-    <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E336" s="125"/>
+    <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="129"/>
+      <c r="B336" s="129"/>
+      <c r="C336" s="129"/>
+      <c r="D336" s="129"/>
+      <c r="E336" s="129"/>
       <c r="F336" s="31" t="s">
         <v>31</v>
       </c>
       <c r="G336" s="32">
         <v>0.40910664844615002</v>
       </c>
       <c r="H336" s="32">
         <v>0.4414635240475695</v>
       </c>
       <c r="I336" s="32">
         <v>0.77309177538403762</v>
       </c>
       <c r="J336" s="32">
         <v>0.87687875876421639</v>
       </c>
       <c r="K336" s="32">
         <v>0.77185171107823036</v>
       </c>
     </row>
-    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B337" s="33"/>
       <c r="C337" s="34"/>
     </row>
-    <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="4" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B342" s="8"/>
       <c r="C342" s="8"/>
       <c r="D342" s="8"/>
       <c r="E342" s="8"/>
       <c r="F342" s="8"/>
       <c r="G342" s="8"/>
       <c r="H342" s="8"/>
       <c r="I342" s="8"/>
       <c r="J342" s="8"/>
       <c r="K342" s="9"/>
     </row>
-    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="11">
         <v>0</v>
       </c>
       <c r="B343" s="11"/>
       <c r="C343" s="11"/>
       <c r="D343" s="11"/>
       <c r="E343" s="12">
         <v>2020</v>
       </c>
       <c r="F343" s="12">
         <v>2021</v>
       </c>
       <c r="G343" s="12">
         <v>2022</v>
       </c>
       <c r="H343" s="12">
         <v>2023</v>
       </c>
       <c r="I343" s="12">
         <v>2024</v>
       </c>
       <c r="J343" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K343" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B344" s="15"/>
       <c r="C344" s="15"/>
       <c r="D344" s="15"/>
       <c r="E344" s="16">
         <v>270.02999999999997</v>
       </c>
       <c r="F344" s="16">
         <v>353.99</v>
       </c>
       <c r="G344" s="16">
         <v>457.54</v>
       </c>
       <c r="H344" s="16">
         <v>479.88</v>
       </c>
       <c r="I344" s="16">
         <v>535.01</v>
       </c>
       <c r="J344" s="16">
         <v>11.488288738851379</v>
       </c>
       <c r="K344" s="16">
         <v>18.641729991630697</v>
       </c>
     </row>
-    <row r="345" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B345" s="15"/>
       <c r="C345" s="15"/>
       <c r="D345" s="15"/>
       <c r="E345" s="16">
         <v>106.58</v>
       </c>
       <c r="F345" s="16">
         <v>127.49</v>
       </c>
       <c r="G345" s="16">
         <v>261.17</v>
       </c>
       <c r="H345" s="16">
         <v>309.58999999999997</v>
       </c>
       <c r="I345" s="16">
         <v>275.43</v>
       </c>
       <c r="J345" s="16">
         <v>-11.033948124939426</v>
       </c>
       <c r="K345" s="16">
         <v>26.789672937629728</v>
       </c>
     </row>
-    <row r="346" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B346" s="15"/>
       <c r="C346" s="15"/>
       <c r="D346" s="15"/>
       <c r="E346" s="16">
         <v>163.44999999999999</v>
       </c>
       <c r="F346" s="16">
         <v>226.5</v>
       </c>
       <c r="G346" s="16">
         <v>196.37</v>
       </c>
       <c r="H346" s="16">
         <v>170.29000000000002</v>
       </c>
       <c r="I346" s="16">
         <v>259.58</v>
       </c>
       <c r="J346" s="16" t="s">
         <v>25</v>
       </c>
       <c r="K346" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="347" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="1" t="s">
         <v>97</v>
       </c>
       <c r="B347" s="1"/>
       <c r="C347" s="1"/>
       <c r="D347" s="1"/>
       <c r="E347" s="17">
         <v>253.35897917057605</v>
       </c>
       <c r="F347" s="17">
         <v>277.66099301906036</v>
       </c>
       <c r="G347" s="17">
         <v>175.18857449171037</v>
       </c>
       <c r="H347" s="17">
         <v>155.00500662166093</v>
       </c>
       <c r="I347" s="17">
         <v>194.24536179791599</v>
       </c>
       <c r="J347" s="18" t="s">
         <v>25</v>
       </c>
       <c r="K347" s="18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="4" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A349" s="4" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="4" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="352" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A352" s="129" t="s">
+    <row r="352" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="122" t="s">
         <v>68</v>
       </c>
-      <c r="B352" s="129"/>
-[...45 lines deleted...]
-    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B352" s="122"/>
+      <c r="C352" s="122"/>
+      <c r="D352" s="122"/>
+      <c r="E352" s="122"/>
+      <c r="F352" s="122"/>
+      <c r="G352" s="122"/>
+      <c r="H352" s="122"/>
+      <c r="I352" s="122"/>
+      <c r="J352" s="122"/>
+      <c r="K352" s="122"/>
+    </row>
+    <row r="353" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="122" t="s">
+        <v>134</v>
+      </c>
+      <c r="B353" s="122">
+        <v>0</v>
+      </c>
+      <c r="C353" s="122">
+        <v>0</v>
+      </c>
+      <c r="D353" s="122">
+        <v>0</v>
+      </c>
+      <c r="E353" s="122">
+        <v>0</v>
+      </c>
+      <c r="F353" s="122">
+        <v>0</v>
+      </c>
+      <c r="G353" s="122">
+        <v>0</v>
+      </c>
+      <c r="H353" s="122">
+        <v>0</v>
+      </c>
+      <c r="I353" s="122">
+        <v>0</v>
+      </c>
+      <c r="J353" s="122">
+        <v>0</v>
+      </c>
+      <c r="K353" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="46"/>
       <c r="B354" s="46"/>
       <c r="C354" s="46"/>
       <c r="D354" s="46"/>
       <c r="E354" s="46"/>
       <c r="F354" s="46"/>
       <c r="G354" s="46"/>
       <c r="H354" s="46"/>
       <c r="I354" s="46"/>
       <c r="J354" s="46"/>
       <c r="K354" s="46"/>
     </row>
-    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B355" s="37"/>
       <c r="C355" s="37"/>
       <c r="D355" s="37"/>
       <c r="E355" s="37"/>
       <c r="F355" s="37"/>
       <c r="G355" s="37"/>
       <c r="H355" s="37"/>
       <c r="I355" s="37"/>
       <c r="J355" s="37"/>
       <c r="K355" s="37"/>
     </row>
-    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="23">
         <v>0</v>
       </c>
       <c r="B356" s="23">
         <v>0</v>
       </c>
       <c r="C356" s="23">
         <v>0</v>
       </c>
       <c r="D356" s="24"/>
       <c r="E356" s="12"/>
       <c r="F356" s="12">
         <v>0</v>
       </c>
       <c r="G356" s="12">
         <v>2020</v>
       </c>
       <c r="H356" s="12">
         <v>2021</v>
       </c>
       <c r="I356" s="12">
         <v>2022</v>
       </c>
       <c r="J356" s="13">
         <v>2023</v>
       </c>
       <c r="K356" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E357" s="143"/>
+    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="126" t="s">
+        <v>122</v>
+      </c>
+      <c r="B357" s="126"/>
+      <c r="C357" s="126"/>
+      <c r="D357" s="126"/>
+      <c r="E357" s="126"/>
       <c r="F357" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G357" s="27">
         <v>30</v>
       </c>
       <c r="H357" s="27">
         <v>31</v>
       </c>
       <c r="I357" s="27">
         <v>30</v>
       </c>
       <c r="J357" s="27">
         <v>32</v>
       </c>
       <c r="K357" s="27">
         <v>29</v>
       </c>
     </row>
-    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E358" s="124"/>
+    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="127">
+        <v>0</v>
+      </c>
+      <c r="B358" s="127">
+        <v>0</v>
+      </c>
+      <c r="C358" s="127">
+        <v>0</v>
+      </c>
+      <c r="D358" s="127"/>
+      <c r="E358" s="127"/>
       <c r="F358" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G358" s="28">
         <v>0.35941643644386562</v>
       </c>
       <c r="H358" s="28">
         <v>0.39276419158690873</v>
       </c>
       <c r="I358" s="28">
         <v>0.37824298470204953</v>
       </c>
       <c r="J358" s="28">
         <v>0.37559681996570882</v>
       </c>
       <c r="K358" s="28">
         <v>0.40188291018482963</v>
       </c>
     </row>
-    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="128" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B359" s="128"/>
       <c r="C359" s="128"/>
       <c r="D359" s="128"/>
       <c r="E359" s="128"/>
       <c r="F359" s="29" t="s">
         <v>22</v>
       </c>
       <c r="G359" s="30">
         <v>41</v>
       </c>
       <c r="H359" s="30">
         <v>43</v>
       </c>
       <c r="I359" s="30">
         <v>37</v>
       </c>
       <c r="J359" s="30">
         <v>38</v>
       </c>
       <c r="K359" s="30">
         <v>37</v>
       </c>
     </row>
-    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E360" s="125"/>
+    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="129">
+        <v>0</v>
+      </c>
+      <c r="B360" s="129">
+        <v>0</v>
+      </c>
+      <c r="C360" s="129">
+        <v>0</v>
+      </c>
+      <c r="D360" s="129"/>
+      <c r="E360" s="129"/>
       <c r="F360" s="31" t="s">
         <v>31</v>
       </c>
       <c r="G360" s="32">
         <v>0.13530712292089714</v>
       </c>
       <c r="H360" s="32">
         <v>0.13343682563326759</v>
       </c>
       <c r="I360" s="32">
         <v>0.20761992222739123</v>
       </c>
       <c r="J360" s="32">
         <v>0.25034524662633517</v>
       </c>
       <c r="K360" s="32">
         <v>0.21758277020635172</v>
       </c>
     </row>
-    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A361" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B361" s="35"/>
       <c r="C361" s="119"/>
       <c r="D361" s="46"/>
       <c r="E361" s="46"/>
       <c r="F361" s="46"/>
       <c r="G361" s="46"/>
       <c r="H361" s="46"/>
       <c r="I361" s="46"/>
       <c r="J361" s="46"/>
       <c r="K361" s="46"/>
     </row>
-    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="4" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A364" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B364" s="8"/>
       <c r="C364" s="8"/>
       <c r="D364" s="8"/>
       <c r="E364" s="8"/>
       <c r="F364" s="8"/>
       <c r="G364" s="8"/>
       <c r="H364" s="8"/>
       <c r="I364" s="8"/>
       <c r="J364" s="8"/>
       <c r="K364" s="9"/>
     </row>
-    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="11">
         <v>0</v>
       </c>
       <c r="B365" s="12">
         <v>2020</v>
       </c>
       <c r="C365" s="12">
         <v>2021</v>
       </c>
       <c r="D365" s="12">
         <v>2022</v>
       </c>
       <c r="E365" s="12">
         <v>2023</v>
       </c>
       <c r="F365" s="12">
         <v>2024</v>
       </c>
       <c r="G365" s="13" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="H365" s="13" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="I365" s="13" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="J365" s="13" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="K365" s="13" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="15" t="s">
         <v>36</v>
       </c>
       <c r="B366" s="16">
         <v>-227.17000000000002</v>
       </c>
       <c r="C366" s="16">
         <v>-195.51000000000002</v>
       </c>
       <c r="D366" s="16">
         <v>23.25</v>
       </c>
       <c r="E366" s="16">
         <v>43.65</v>
       </c>
       <c r="F366" s="16">
         <v>55.19</v>
       </c>
       <c r="G366" s="16">
         <v>11.54</v>
       </c>
       <c r="H366" s="16">
         <v>-60.118000000000016</v>
       </c>
       <c r="I366" s="16">
-        <v>17.350000000000001</v>
+        <v>34.78</v>
       </c>
       <c r="J366" s="16">
-        <v>20.13</v>
+        <v>32.549999999999997</v>
       </c>
       <c r="K366" s="16">
-        <v>2.7799999999999976</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.230000000000004</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B367" s="16">
         <v>51.739999999999995</v>
       </c>
       <c r="C367" s="16">
         <v>5.52</v>
       </c>
       <c r="D367" s="16">
         <v>43.650000000000006</v>
       </c>
       <c r="E367" s="16">
         <v>26.900000000000002</v>
       </c>
       <c r="F367" s="16">
         <v>29.490000000000002</v>
       </c>
       <c r="G367" s="16">
         <v>2.59</v>
       </c>
       <c r="H367" s="16">
         <v>31.46</v>
       </c>
       <c r="I367" s="16">
-        <v>16.740000000000002</v>
+        <v>28.150000000000002</v>
       </c>
       <c r="J367" s="16">
-        <v>19.100000000000001</v>
+        <v>23.6</v>
       </c>
       <c r="K367" s="16">
-        <v>2.3599999999999994</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-4.5500000000000007</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B368" s="17">
         <v>-278.91000000000003</v>
       </c>
       <c r="C368" s="17">
         <v>-201.03000000000003</v>
       </c>
       <c r="D368" s="17">
         <v>-20.400000000000006</v>
       </c>
       <c r="E368" s="17">
         <v>16.749999999999996</v>
       </c>
       <c r="F368" s="17">
         <v>25.699999999999996</v>
       </c>
       <c r="G368" s="17" t="s">
         <v>25</v>
       </c>
       <c r="H368" s="17" t="s">
         <v>25</v>
       </c>
       <c r="I368" s="17">
-        <v>0.60999999999999943</v>
+        <v>6.629999999999999</v>
       </c>
       <c r="J368" s="17">
-        <v>1.0299999999999976</v>
+        <v>8.9499999999999957</v>
       </c>
       <c r="K368" s="17" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="4" t="s">
         <v>24</v>
       </c>
       <c r="K369" s="60"/>
     </row>
-    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B370" s="60"/>
       <c r="C370" s="60"/>
       <c r="D370" s="60"/>
       <c r="E370" s="60"/>
       <c r="F370" s="60"/>
       <c r="G370" s="60"/>
       <c r="H370" s="60"/>
       <c r="I370" s="60"/>
     </row>
-    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A371" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B371" s="60"/>
       <c r="C371" s="60"/>
       <c r="D371" s="60"/>
       <c r="E371" s="60"/>
       <c r="F371" s="60"/>
       <c r="G371" s="60"/>
       <c r="H371" s="60"/>
       <c r="I371" s="60"/>
     </row>
-    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A372" s="140" t="s">
+    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="125" t="s">
         <v>38</v>
       </c>
-      <c r="B372" s="140">
-[...30 lines deleted...]
-    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B372" s="125">
+        <v>0</v>
+      </c>
+      <c r="C372" s="125">
+        <v>0</v>
+      </c>
+      <c r="D372" s="125">
+        <v>0</v>
+      </c>
+      <c r="E372" s="125">
+        <v>0</v>
+      </c>
+      <c r="F372" s="125">
+        <v>0</v>
+      </c>
+      <c r="G372" s="125">
+        <v>0</v>
+      </c>
+      <c r="H372" s="125">
+        <v>0</v>
+      </c>
+      <c r="I372" s="125">
+        <v>0</v>
+      </c>
+      <c r="J372" s="125">
+        <v>0</v>
+      </c>
+      <c r="K372" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="46"/>
       <c r="B373" s="46"/>
       <c r="C373" s="46"/>
       <c r="D373" s="46"/>
       <c r="E373" s="46"/>
       <c r="F373" s="46"/>
       <c r="G373" s="46"/>
       <c r="H373" s="46"/>
       <c r="I373" s="46"/>
       <c r="J373" s="46"/>
       <c r="K373" s="46"/>
     </row>
-    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B374" s="22"/>
       <c r="C374" s="22"/>
       <c r="D374" s="22"/>
       <c r="E374" s="22"/>
       <c r="F374" s="22"/>
       <c r="G374" s="22"/>
       <c r="H374" s="22"/>
       <c r="I374" s="22"/>
       <c r="J374" s="22"/>
       <c r="K374" s="22"/>
     </row>
-    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="11">
         <v>0</v>
       </c>
       <c r="B375" s="13" t="s">
         <v>93</v>
       </c>
       <c r="C375" s="13" t="s">
         <v>94</v>
       </c>
       <c r="D375" s="13" t="s">
         <v>95</v>
       </c>
       <c r="E375" s="13" t="s">
         <v>99</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>108</v>
       </c>
       <c r="G375" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H375" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I375" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="J375" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K375" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="H375" s="13" t="s">
-[...12 lines deleted...]
-    <row r="376" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="376" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="106" t="s">
         <v>36</v>
       </c>
       <c r="B376" s="16">
         <v>361.29</v>
       </c>
       <c r="C376" s="16">
         <v>181.05</v>
       </c>
       <c r="D376" s="16">
         <v>223.6</v>
       </c>
       <c r="E376" s="16">
         <v>309.08999999999997</v>
       </c>
       <c r="F376" s="16">
         <v>339.58</v>
       </c>
       <c r="G376" s="16">
         <v>9.8644407777669976</v>
       </c>
       <c r="H376" s="16">
         <v>-1.5373453206581456</v>
       </c>
       <c r="I376" s="60">
-        <v>318.14999999999998</v>
+        <v>309.2</v>
       </c>
       <c r="J376" s="60">
-        <v>344.56</v>
+        <v>362.59</v>
       </c>
       <c r="K376" s="16">
-        <v>8.3011158258683082</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.267141009055624</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="106" t="s">
         <v>22</v>
       </c>
       <c r="B377" s="49">
         <v>17</v>
       </c>
       <c r="C377" s="49">
         <v>22</v>
       </c>
       <c r="D377" s="49">
         <v>24</v>
       </c>
       <c r="E377" s="49">
         <v>22</v>
       </c>
       <c r="F377" s="49">
         <v>20</v>
       </c>
       <c r="G377" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H377" s="49" t="s">
         <v>25</v>
       </c>
       <c r="I377" s="49">
         <v>23</v>
       </c>
       <c r="J377" s="49">
         <v>20</v>
       </c>
       <c r="K377" s="49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="378" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B378" s="107">
         <v>0.67965144748319783</v>
       </c>
       <c r="C378" s="107">
         <v>0.31589603504675018</v>
       </c>
       <c r="D378" s="107">
         <v>0.35236165038254719</v>
       </c>
       <c r="E378" s="107">
         <v>0.44496135145943688</v>
       </c>
       <c r="F378" s="107">
         <v>0.46255444801717815</v>
       </c>
       <c r="G378" s="86" t="s">
         <v>25</v>
       </c>
       <c r="H378" s="86" t="s">
         <v>25</v>
       </c>
       <c r="I378" s="107">
-        <v>0.4457158323755428</v>
+        <v>0.42258541364169128</v>
       </c>
       <c r="J378" s="107">
-        <v>0.4529835638326753</v>
+        <v>0.462239557604401</v>
       </c>
       <c r="K378" s="86" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="379" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="97" t="s">
         <v>69</v>
       </c>
       <c r="B379" s="99">
         <v>245.57</v>
       </c>
       <c r="C379" s="99">
         <v>263.61</v>
       </c>
       <c r="D379" s="99">
         <v>318.68</v>
       </c>
       <c r="E379" s="99">
         <v>349.71</v>
       </c>
       <c r="F379" s="99">
         <v>381.87</v>
       </c>
       <c r="G379" s="99">
         <v>9.1961911297932648</v>
       </c>
       <c r="H379" s="99">
         <v>11.669625004312323</v>
       </c>
       <c r="I379" s="108">
-        <v>369.06</v>
+        <v>380.56</v>
       </c>
       <c r="J379" s="108">
-        <v>400.83</v>
+        <v>405.32</v>
       </c>
       <c r="K379" s="99">
-        <v>8.6083563648187233</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.5062013874290487</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B380" s="49">
         <v>26</v>
       </c>
       <c r="C380" s="49">
         <v>27</v>
       </c>
       <c r="D380" s="49">
         <v>26</v>
       </c>
       <c r="E380" s="49">
         <v>26</v>
       </c>
       <c r="F380" s="49">
         <v>27</v>
       </c>
       <c r="G380" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H380" s="49" t="s">
         <v>25</v>
       </c>
       <c r="I380" s="49">
         <v>25</v>
       </c>
       <c r="J380" s="49">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K380" s="49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="381" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="109" t="s">
         <v>44</v>
       </c>
       <c r="B381" s="110">
         <v>0.16330206253224797</v>
       </c>
       <c r="C381" s="110">
         <v>0.16056509949054798</v>
       </c>
       <c r="D381" s="110">
         <v>0.18134369028036404</v>
       </c>
       <c r="E381" s="110">
         <v>0.18142841452960878</v>
       </c>
       <c r="F381" s="110">
         <v>0.19045943232046741</v>
       </c>
       <c r="G381" s="111" t="s">
         <v>25</v>
       </c>
       <c r="H381" s="111" t="s">
         <v>25</v>
       </c>
       <c r="I381" s="110">
-        <v>0.18790181348721197</v>
+        <v>0.18870336451910641</v>
       </c>
       <c r="J381" s="110">
-        <v>0.19726561500334855</v>
+        <v>0.19473952483498286</v>
       </c>
       <c r="K381" s="111" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="382" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="112" t="s">
         <v>14</v>
       </c>
       <c r="B382" s="113">
         <v>115.72000000000003</v>
       </c>
       <c r="C382" s="113">
         <v>-82.56</v>
       </c>
       <c r="D382" s="113">
         <v>-95.080000000000013</v>
       </c>
       <c r="E382" s="113">
         <v>-40.620000000000005</v>
       </c>
       <c r="F382" s="113">
         <v>-42.29000000000002</v>
       </c>
       <c r="G382" s="114" t="s">
         <v>25</v>
       </c>
       <c r="H382" s="114" t="s">
         <v>25</v>
       </c>
       <c r="I382" s="113">
-        <v>-50.910000000000025</v>
+        <v>-71.360000000000014</v>
       </c>
       <c r="J382" s="113">
-        <v>-56.269999999999982</v>
+        <v>-42.730000000000018</v>
       </c>
       <c r="K382" s="114" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="54" t="s">
         <v>24</v>
       </c>
       <c r="K383" s="46"/>
     </row>
-    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="54" t="s">
         <v>43</v>
       </c>
       <c r="B384" s="88"/>
       <c r="C384" s="88"/>
       <c r="D384" s="88"/>
       <c r="E384" s="88"/>
       <c r="F384" s="88"/>
       <c r="G384" s="88"/>
       <c r="H384" s="88"/>
       <c r="I384" s="88"/>
       <c r="J384" s="87"/>
       <c r="K384" s="46"/>
     </row>
-    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B385" s="88"/>
       <c r="C385" s="88"/>
       <c r="D385" s="88"/>
       <c r="E385" s="88"/>
       <c r="F385" s="88"/>
       <c r="G385" s="88"/>
       <c r="H385" s="88"/>
       <c r="I385" s="88"/>
       <c r="J385" s="87"/>
       <c r="K385" s="46"/>
     </row>
-    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B386" s="88"/>
       <c r="C386" s="88"/>
       <c r="D386" s="88"/>
       <c r="E386" s="88"/>
       <c r="F386" s="88"/>
       <c r="G386" s="88"/>
       <c r="H386" s="88"/>
       <c r="I386" s="88"/>
       <c r="J386" s="87"/>
       <c r="K386" s="46"/>
     </row>
-    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A387" s="20" t="s">
         <v>103</v>
       </c>
       <c r="B387" s="88"/>
       <c r="C387" s="88"/>
       <c r="D387" s="88"/>
       <c r="E387" s="88"/>
       <c r="F387" s="88"/>
       <c r="G387" s="88"/>
       <c r="H387" s="88"/>
       <c r="I387" s="88"/>
       <c r="J387" s="87"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B388" s="88"/>
       <c r="C388" s="88"/>
       <c r="D388" s="88"/>
       <c r="E388" s="88"/>
       <c r="F388" s="88"/>
       <c r="G388" s="88"/>
       <c r="H388" s="88"/>
       <c r="I388" s="88"/>
       <c r="J388" s="87"/>
       <c r="K388" s="46"/>
     </row>
-    <row r="391" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A391" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B391" s="22"/>
       <c r="C391" s="22"/>
       <c r="D391" s="22"/>
       <c r="E391" s="22"/>
       <c r="F391" s="22"/>
       <c r="G391" s="22"/>
       <c r="H391" s="22"/>
       <c r="I391" s="22"/>
       <c r="J391" s="22"/>
       <c r="K391" s="22"/>
     </row>
-    <row r="392" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A392" s="11">
         <v>0</v>
       </c>
       <c r="B392" s="13" t="s">
         <v>93</v>
       </c>
       <c r="C392" s="13" t="s">
         <v>94</v>
       </c>
       <c r="D392" s="13" t="s">
         <v>95</v>
       </c>
       <c r="E392" s="13" t="s">
         <v>99</v>
       </c>
       <c r="F392" s="13" t="s">
         <v>108</v>
       </c>
       <c r="G392" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H392" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="I392" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="J392" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K392" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="H392" s="13" t="s">
-[...12 lines deleted...]
-    <row r="393" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A393" s="106" t="s">
         <v>59</v>
       </c>
       <c r="B393" s="16">
         <v>1439.95</v>
       </c>
       <c r="C393" s="16">
         <v>1514.44</v>
       </c>
       <c r="D393" s="16">
         <v>1451.02</v>
       </c>
       <c r="E393" s="16">
         <v>1226.05</v>
       </c>
       <c r="F393" s="16">
         <v>1263.6199999999999</v>
       </c>
       <c r="G393" s="16">
         <v>3.0643122221769046</v>
       </c>
       <c r="H393" s="16">
         <v>-3.2129462872882208</v>
       </c>
       <c r="I393" s="60">
-        <v>1238.0999999999999</v>
+        <v>1255.68</v>
       </c>
       <c r="J393" s="60">
-        <v>1277.43</v>
+        <v>1289.77</v>
       </c>
       <c r="K393" s="16">
-        <v>3.1766416283014425</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.7148636595310838</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A394" s="106" t="s">
         <v>22</v>
       </c>
       <c r="B394" s="49">
         <v>17</v>
       </c>
       <c r="C394" s="49">
         <v>16</v>
       </c>
       <c r="D394" s="49">
         <v>17</v>
       </c>
       <c r="E394" s="49">
         <v>17</v>
       </c>
       <c r="F394" s="49">
         <v>18</v>
       </c>
       <c r="G394" s="49" t="s">
         <v>25</v>
       </c>
       <c r="H394" s="49" t="s">
         <v>25</v>
       </c>
       <c r="I394" s="49">
         <v>18</v>
       </c>
       <c r="J394" s="49">
         <v>18</v>
       </c>
       <c r="K394" s="49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="395" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="15" t="s">
         <v>61</v>
       </c>
       <c r="B395" s="107">
         <v>0.95755509607570333</v>
       </c>
       <c r="C395" s="107">
         <v>0.92244683157871665</v>
       </c>
       <c r="D395" s="107">
         <v>0.82569763232902527</v>
       </c>
       <c r="E395" s="107">
         <v>0.63607076616060987</v>
       </c>
       <c r="F395" s="107">
         <v>0.63023633139232982</v>
       </c>
       <c r="G395" s="86" t="s">
         <v>25</v>
       </c>
       <c r="H395" s="86" t="s">
         <v>25</v>
       </c>
       <c r="I395" s="107">
-        <v>0.63036155443157504</v>
+        <v>0.62263779892619175</v>
       </c>
       <c r="J395" s="107">
-        <v>0.6286780295230584</v>
+        <v>0.61968123198069636</v>
       </c>
       <c r="K395" s="86" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="396" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A396" s="1" t="s">
         <v>100</v>
       </c>
       <c r="B396" s="78">
         <v>586.37048499409548</v>
       </c>
       <c r="C396" s="78">
         <v>574.50020864155385</v>
       </c>
       <c r="D396" s="78">
         <v>455.32195305635747</v>
       </c>
       <c r="E396" s="78">
         <v>350.59048926253183</v>
       </c>
       <c r="F396" s="78">
         <v>330.90318694843791</v>
       </c>
       <c r="G396" s="77" t="s">
         <v>25</v>
       </c>
       <c r="H396" s="77" t="s">
         <v>25</v>
       </c>
       <c r="I396" s="78">
-        <v>335.47390668184033</v>
+        <v>329.95585453016611</v>
       </c>
       <c r="J396" s="78">
-        <v>318.6962053738493</v>
+        <v>318.21030297049242</v>
       </c>
       <c r="K396" s="77" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="397" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A397" s="54" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C397" s="54"/>
     </row>
-    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="54" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A399" s="4" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A400" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="401" spans="1:11" ht="54.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A401" s="140" t="s">
+    <row r="401" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="125" t="s">
         <v>60</v>
       </c>
-      <c r="B401" s="140">
-[...30 lines deleted...]
-    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B401" s="125">
+        <v>0</v>
+      </c>
+      <c r="C401" s="125">
+        <v>0</v>
+      </c>
+      <c r="D401" s="125">
+        <v>0</v>
+      </c>
+      <c r="E401" s="125">
+        <v>0</v>
+      </c>
+      <c r="F401" s="125">
+        <v>0</v>
+      </c>
+      <c r="G401" s="125">
+        <v>0</v>
+      </c>
+      <c r="H401" s="125">
+        <v>0</v>
+      </c>
+      <c r="I401" s="125">
+        <v>0</v>
+      </c>
+      <c r="J401" s="125">
+        <v>0</v>
+      </c>
+      <c r="K401" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="90"/>
     </row>
-    <row r="403" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B403" s="15"/>
       <c r="C403" s="15"/>
       <c r="D403" s="15"/>
       <c r="E403" s="15"/>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15"/>
       <c r="I403" s="15"/>
       <c r="J403" s="15"/>
       <c r="K403" s="22"/>
     </row>
-    <row r="404" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="11">
         <v>0</v>
       </c>
       <c r="B404" s="12"/>
       <c r="C404" s="12"/>
       <c r="D404" s="12"/>
       <c r="E404" s="12">
         <v>2020</v>
       </c>
       <c r="F404" s="12">
         <v>2021</v>
       </c>
       <c r="G404" s="13">
         <v>2022</v>
       </c>
       <c r="H404" s="13">
         <v>2023</v>
       </c>
       <c r="I404" s="13">
         <v>2024</v>
       </c>
       <c r="J404" s="13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K404" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="405" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="15" t="s">
         <v>104</v>
       </c>
       <c r="B405" s="16"/>
       <c r="C405" s="16"/>
       <c r="D405" s="16"/>
       <c r="E405" s="16">
         <v>7.93</v>
       </c>
       <c r="F405" s="16">
         <v>11.48</v>
       </c>
       <c r="G405" s="16">
         <v>49.84</v>
       </c>
       <c r="H405" s="16">
         <v>74.17</v>
       </c>
       <c r="I405" s="16">
         <v>92.92</v>
       </c>
       <c r="J405" s="16">
         <v>25.279762707294051</v>
       </c>
       <c r="K405" s="16">
         <v>85.015879041552637</v>
       </c>
     </row>
-    <row r="406" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B406" s="49"/>
       <c r="C406" s="49"/>
       <c r="D406" s="49"/>
       <c r="E406" s="49">
         <v>38</v>
       </c>
       <c r="F406" s="49">
         <v>36</v>
       </c>
       <c r="G406" s="89">
         <v>31</v>
       </c>
       <c r="H406" s="89">
         <v>28</v>
       </c>
       <c r="I406" s="49">
         <v>27</v>
       </c>
       <c r="J406" s="49" t="s">
         <v>25</v>
       </c>
       <c r="K406" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="407" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="15" t="s">
         <v>96</v>
       </c>
       <c r="B407" s="16"/>
       <c r="C407" s="16"/>
       <c r="D407" s="16"/>
       <c r="E407" s="16">
         <v>0.10210572126811956</v>
       </c>
       <c r="F407" s="16">
         <v>0.11336972751763749</v>
       </c>
       <c r="G407" s="19">
         <v>0.23487342565530347</v>
       </c>
       <c r="H407" s="19">
         <v>0.29120511095005031</v>
       </c>
       <c r="I407" s="16">
         <v>0.3351832379523233</v>
       </c>
       <c r="J407" s="16" t="s">
         <v>25</v>
       </c>
       <c r="K407" s="115" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="408" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="97" t="s">
         <v>105</v>
       </c>
       <c r="B408" s="99"/>
       <c r="C408" s="99"/>
       <c r="D408" s="99"/>
       <c r="E408" s="99">
         <v>34.76</v>
       </c>
       <c r="F408" s="99">
         <v>59.48</v>
       </c>
       <c r="G408" s="99">
         <v>149.44</v>
       </c>
       <c r="H408" s="99">
         <v>179.89</v>
       </c>
       <c r="I408" s="99">
         <v>166.56</v>
       </c>
       <c r="J408" s="99">
         <v>-7.4100839401856602</v>
       </c>
       <c r="K408" s="99">
         <v>47.952645851862655</v>
       </c>
     </row>
-    <row r="409" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B409" s="49"/>
       <c r="C409" s="49"/>
       <c r="D409" s="49"/>
       <c r="E409" s="49">
         <v>13</v>
       </c>
       <c r="F409" s="49">
         <v>13</v>
       </c>
       <c r="G409" s="89">
         <v>11</v>
       </c>
       <c r="H409" s="89">
         <v>10</v>
       </c>
       <c r="I409" s="49">
         <v>11</v>
       </c>
       <c r="J409" s="49" t="s">
         <v>25</v>
       </c>
       <c r="K409" s="16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="410" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="1" t="s">
         <v>96</v>
       </c>
       <c r="B410" s="17"/>
       <c r="C410" s="17"/>
       <c r="D410" s="17"/>
       <c r="E410" s="17">
         <v>1.2671240367159762</v>
       </c>
       <c r="F410" s="17">
         <v>1.6641346527783607</v>
       </c>
       <c r="G410" s="18">
         <v>2.7007538038085976</v>
       </c>
       <c r="H410" s="18">
         <v>2.8185277974934233</v>
       </c>
       <c r="I410" s="17">
         <v>2.4328469392226459</v>
       </c>
       <c r="J410" s="17" t="s">
         <v>25</v>
       </c>
       <c r="K410" s="116" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="411" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="54" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C411" s="54"/>
     </row>
-    <row r="412" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="413" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="4" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="414" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="4" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="415" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A415" s="129" t="s">
+    <row r="415" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="122" t="s">
         <v>98</v>
       </c>
-      <c r="B415" s="129"/>
-[...10 lines deleted...]
-    <row r="416" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B415" s="122"/>
+      <c r="C415" s="122"/>
+      <c r="D415" s="122"/>
+      <c r="E415" s="122"/>
+      <c r="F415" s="122"/>
+      <c r="G415" s="122"/>
+      <c r="H415" s="122"/>
+      <c r="I415" s="122"/>
+      <c r="J415" s="122"/>
+      <c r="K415" s="122"/>
+    </row>
+    <row r="416" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A416" s="121"/>
       <c r="B416" s="121"/>
       <c r="C416" s="121"/>
       <c r="D416" s="121"/>
       <c r="E416" s="121"/>
       <c r="F416" s="121"/>
       <c r="G416" s="121"/>
       <c r="H416" s="121"/>
       <c r="I416" s="7"/>
       <c r="J416" s="7"/>
       <c r="K416" s="7"/>
     </row>
-    <row r="417" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A417" s="120"/>
       <c r="B417" s="120"/>
       <c r="C417" s="120"/>
       <c r="D417" s="120"/>
       <c r="E417" s="120"/>
       <c r="F417" s="120"/>
       <c r="G417" s="120"/>
       <c r="H417" s="120"/>
       <c r="I417" s="120"/>
       <c r="J417" s="120"/>
       <c r="K417" s="120"/>
     </row>
-    <row r="418" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I418" s="84"/>
       <c r="J418" s="84"/>
       <c r="K418" s="84"/>
     </row>
-    <row r="419" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A419" s="118" t="s">
         <v>45</v>
       </c>
       <c r="B419" s="118">
-        <v>45959</v>
+        <v>45981</v>
       </c>
       <c r="I419" s="84"/>
       <c r="J419" s="84"/>
       <c r="K419" s="84"/>
     </row>
-    <row r="420" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A420" s="91" t="s">
         <v>13</v>
       </c>
       <c r="I420" s="84"/>
       <c r="J420" s="84"/>
       <c r="K420" s="84"/>
     </row>
-    <row r="421" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A421" s="117" t="s">
         <v>48</v>
       </c>
       <c r="I421" s="84"/>
       <c r="J421" s="84"/>
       <c r="K421" s="84"/>
     </row>
-    <row r="422" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A422" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="46">
+    <mergeCell ref="C274:C275"/>
+    <mergeCell ref="A281:K281"/>
+    <mergeCell ref="A282:K282"/>
+    <mergeCell ref="F64:K64"/>
+    <mergeCell ref="F77:K77"/>
+    <mergeCell ref="A263:K263"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="C250:C253"/>
+    <mergeCell ref="C254:C255"/>
+    <mergeCell ref="A261:K261"/>
+    <mergeCell ref="A262:K262"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A46:C48"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="G49:K49"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
     <mergeCell ref="A415:K415"/>
     <mergeCell ref="A264:K264"/>
     <mergeCell ref="C270:C273"/>
     <mergeCell ref="A372:K372"/>
     <mergeCell ref="A401:K401"/>
     <mergeCell ref="A353:K353"/>
     <mergeCell ref="A357:E358"/>
     <mergeCell ref="A359:E360"/>
     <mergeCell ref="A333:E334"/>
     <mergeCell ref="A335:E336"/>
     <mergeCell ref="A352:K352"/>
     <mergeCell ref="D305:D309"/>
     <mergeCell ref="A329:K329"/>
     <mergeCell ref="A283:K283"/>
     <mergeCell ref="A284:K284"/>
     <mergeCell ref="D290:D294"/>
-    <mergeCell ref="A21:C22"/>
-[...28 lines deleted...]
-    <mergeCell ref="J68:K68"/>
   </mergeCells>
   <conditionalFormatting sqref="B406:F406 I406:J406 B409:F409 I409:J409">
     <cfRule type="cellIs" dxfId="48" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B376:H376 B377:F377 B378:H379 B380:F381 G381:H381 B382:H382">
     <cfRule type="cellIs" dxfId="47" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B393:H393 B394:F394 B395:H395">
     <cfRule type="cellIs" dxfId="46" priority="25" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:K10">
     <cfRule type="cellIs" dxfId="45" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B366:K368">
     <cfRule type="cellIs" dxfId="44" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>