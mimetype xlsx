--- v0 (2025-12-14)
+++ v1 (2026-01-24)
@@ -6,87 +6,87 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Letónia\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Letónia\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80FECAF3-4336-4F88-AE23-723C174E95B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{13C0A5D4-9AD5-4785-96F5-DFD06C37E45C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Letónia" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Letónia!$A$1:$K$407</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Letónia!$A$1:$K$410</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Letónia!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="191">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
@@ -475,54 +475,54 @@
   <si>
     <t>2024 dez</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
     <t>Fonte: GEE - Gabinete de Estratégia e Estudos (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
     <t>2024 jan/set</t>
   </si>
   <si>
     <t>2025 jan/set</t>
   </si>
   <si>
     <t>2024 set</t>
   </si>
   <si>
     <t>2025 set</t>
   </si>
   <si>
-    <t>2024 jan/out</t>
-[...2 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2024 jan/nov</t>
+  </si>
+  <si>
+    <t>2025 jan/nov</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM A LETÓNIA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com a Letónia</t>
   </si>
   <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>Posição e Quota da Letónia no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Letónia como cliente de Portugal</t>
   </si>
   <si>
     <t>Letónia como fornecedor de Portugal</t>
   </si>
@@ -658,60 +658,63 @@
   <si>
     <t>1003 Cevada</t>
   </si>
   <si>
     <t>3004 Medicamentos constituídos por produtos misturados ou não misturados, preparados para fins...</t>
   </si>
   <si>
     <t>&gt;1000%</t>
   </si>
   <si>
     <t>8708 Partes e acessórios para tratores, para veículos para transporte de = &gt; 10 pessoas, incluindo o...</t>
   </si>
   <si>
     <t>7019 Fibras de vidro, incluída a lã de vidro, e suas obras, por exemplo: fios, mechas ligeiramente...</t>
   </si>
   <si>
     <t>5402 Fios de filamentos sintéticos, incluídos os monofilamentos sintéticos com &lt; 67 decitex (exceto...</t>
   </si>
   <si>
     <t>5514 Tecidos contendo, em peso &lt; 85%, de fibras sintéticas descontínuas, combinadas, principal ou...</t>
   </si>
   <si>
     <t>9404 Suportes para camas (sommiers) (exceto molas metálicas para assentos); colchões, edredões,...</t>
   </si>
   <si>
+    <t>4412 Madeira contraplacada, madeira folheada e madeiras estratificadas semelhantes (exceto painéis de...</t>
+  </si>
+  <si>
     <t>1001 Trigo e mistura de trigo com centeio</t>
   </si>
   <si>
-    <t>4412 Madeira contraplacada, madeira folheada e madeiras estratificadas semelhantes (exceto painéis de...</t>
-[...1 lines deleted...]
-  <si>
     <t>9013 Lasers (exceto díodos laser); outros aparelhos e instrumentos de ótica, não especificados nem...</t>
   </si>
   <si>
     <t>9405 Luminárias e aparelhos de iluminação, incluindo os projetores, e suas partes, não especificados...</t>
+  </si>
+  <si>
+    <t>3304 Produtos de beleza ou de maquilhagem preparados e preparações para conservação ou cuidados da...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para a Letónia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados da Letónia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para a Letónia por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens da Letónia por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com a Letónia</t>
   </si>
   <si>
     <t>Posição e Quota da Letónia no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com a Letónia</t>
   </si>
   <si>
     <t>Quota da Letónia no Comércio Internacional Português de Bens e Serviços</t>
   </si>
@@ -1393,112 +1396,112 @@
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="40">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
@@ -1690,57 +1693,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>404</xdr:row>
+      <xdr:row>407</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>406</xdr:row>
+      <xdr:row>409</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2128,8943 +2131,8945 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K408"/>
+  <dimension ref="A2:K411"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A403" sqref="A403"/>
+      <selection activeCell="A406" sqref="A406"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="92" t="s">
         <v>114</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11">
         <v>0</v>
       </c>
       <c r="B7" s="12">
         <v>2020</v>
       </c>
       <c r="C7" s="12">
         <v>2021</v>
       </c>
       <c r="D7" s="12">
         <v>2022</v>
       </c>
       <c r="E7" s="12">
         <v>2023</v>
       </c>
       <c r="F7" s="12">
         <v>2024</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K7" s="13" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="16">
         <v>37.001615000000001</v>
       </c>
       <c r="C8" s="16">
         <v>47.676078000000004</v>
       </c>
       <c r="D8" s="16">
         <v>61.099127000000003</v>
       </c>
       <c r="E8" s="16">
         <v>67.172646</v>
       </c>
       <c r="F8" s="16">
         <v>74.302717999999999</v>
       </c>
       <c r="G8" s="16">
         <v>10.614546879692663</v>
       </c>
       <c r="H8" s="16">
         <v>19.040846132012646</v>
       </c>
       <c r="I8" s="16">
-        <v>62.658093999999998</v>
+        <v>67.158029999999997</v>
       </c>
       <c r="J8" s="16">
-        <v>74.188546000000002</v>
+        <v>83.602271999999999</v>
       </c>
       <c r="K8" s="16">
-        <v>18.402174825171038</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>24.485890964937482</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="16">
         <v>23.584896000000001</v>
       </c>
       <c r="C9" s="16">
         <v>22.337550999999998</v>
       </c>
       <c r="D9" s="16">
         <v>35.274553999999995</v>
       </c>
       <c r="E9" s="16">
         <v>67.695517000000009</v>
       </c>
       <c r="F9" s="16">
         <v>46.191283000000006</v>
       </c>
       <c r="G9" s="16">
         <v>-31.766112370483857</v>
       </c>
       <c r="H9" s="16">
         <v>18.299120250611423</v>
       </c>
       <c r="I9" s="16">
-        <v>39.917068</v>
+        <v>42.567391000000001</v>
       </c>
       <c r="J9" s="16">
-        <v>27.849</v>
+        <v>30.538421999999997</v>
       </c>
       <c r="K9" s="16">
-        <v>-30.232851771578012</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-28.258647564282253</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="16">
         <v>13.416719000000001</v>
       </c>
       <c r="C10" s="16">
         <v>25.338527000000006</v>
       </c>
       <c r="D10" s="16">
         <v>25.824573000000008</v>
       </c>
       <c r="E10" s="16">
         <v>-0.52287100000000919</v>
       </c>
       <c r="F10" s="16">
         <v>28.111434999999993</v>
       </c>
       <c r="G10" s="16" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="16" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="16">
-        <v>22.741025999999998</v>
+        <v>24.590638999999996</v>
       </c>
       <c r="J10" s="16">
-        <v>46.339545999999999</v>
+        <v>53.063850000000002</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="17">
         <v>156.88691186087911</v>
       </c>
       <c r="C11" s="17">
         <v>213.43466882291619</v>
       </c>
       <c r="D11" s="17">
         <v>173.21020416020005</v>
       </c>
       <c r="E11" s="17">
         <v>99.227613550835272</v>
       </c>
       <c r="F11" s="17">
         <v>160.85874471163746</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="17">
-        <v>156.97068231564501</v>
+        <v>157.76872489084425</v>
       </c>
       <c r="J11" s="17">
-        <v>266.39572695608462</v>
+        <v>273.76094285421823</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
       <c r="E20" s="12">
         <v>2020</v>
       </c>
       <c r="F20" s="12">
         <v>2021</v>
       </c>
       <c r="G20" s="12">
         <v>2022</v>
       </c>
       <c r="H20" s="12">
         <v>2023</v>
       </c>
       <c r="I20" s="12">
         <v>2024</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>112</v>
       </c>
       <c r="K20" s="13" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="123" t="s">
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="131" t="s">
         <v>120</v>
       </c>
-      <c r="B21" s="123">
-[...2 lines deleted...]
-      <c r="C21" s="123">
+      <c r="B21" s="131">
+        <v>0</v>
+      </c>
+      <c r="C21" s="131">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="27">
         <v>62</v>
       </c>
       <c r="F21" s="27">
         <v>60</v>
       </c>
       <c r="G21" s="27">
         <v>63</v>
       </c>
       <c r="H21" s="27">
         <v>56</v>
       </c>
       <c r="I21" s="27">
         <v>56</v>
       </c>
       <c r="J21" s="27">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K21" s="27">
         <v>51</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C22" s="123">
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="131">
+        <v>0</v>
+      </c>
+      <c r="B22" s="131">
+        <v>0</v>
+      </c>
+      <c r="C22" s="131">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E22" s="28">
         <v>6.8830747242713292E-2</v>
       </c>
       <c r="F22" s="28">
         <v>7.4940558248043618E-2</v>
       </c>
       <c r="G22" s="28">
         <v>7.792983799989267E-2</v>
       </c>
       <c r="H22" s="28">
         <v>8.6853511539322609E-2</v>
       </c>
       <c r="I22" s="28">
         <v>9.4179166287350596E-2</v>
       </c>
       <c r="J22" s="28">
-        <v>9.4268397084339831E-2</v>
+        <v>9.1683975470537055E-2</v>
       </c>
       <c r="K22" s="28">
-        <v>0.11050882364647457</v>
-[...3 lines deleted...]
-      <c r="A23" s="126" t="s">
+        <v>0.11342802040497074</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="128" t="s">
         <v>121</v>
       </c>
-      <c r="B23" s="126">
-[...2 lines deleted...]
-      <c r="C23" s="126">
+      <c r="B23" s="128">
+        <v>0</v>
+      </c>
+      <c r="C23" s="128">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="30">
         <v>76</v>
       </c>
       <c r="F23" s="30">
         <v>81</v>
       </c>
       <c r="G23" s="30">
         <v>76</v>
       </c>
       <c r="H23" s="30">
         <v>61</v>
       </c>
       <c r="I23" s="30">
         <v>70</v>
       </c>
       <c r="J23" s="30">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K23" s="30">
-        <v>81</v>
-[...9 lines deleted...]
-      <c r="C24" s="127">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="132">
+        <v>0</v>
+      </c>
+      <c r="B24" s="132">
+        <v>0</v>
+      </c>
+      <c r="C24" s="132">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
         <v>30</v>
       </c>
       <c r="E24" s="32">
         <v>3.4609581667425067E-2</v>
       </c>
       <c r="F24" s="32">
         <v>2.6865546891157523E-2</v>
       </c>
       <c r="G24" s="32">
         <v>3.2196103782292686E-2</v>
       </c>
       <c r="H24" s="32">
         <v>6.4380923462135295E-2</v>
       </c>
       <c r="I24" s="32">
         <v>4.3071425875231273E-2</v>
       </c>
       <c r="J24" s="32">
-        <v>4.478286460846085E-2</v>
+        <v>4.3199573292476708E-2</v>
       </c>
       <c r="K24" s="32">
-        <v>2.9617006489267631E-2</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.9711080401679905E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="123" t="s">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="131" t="s">
         <v>123</v>
       </c>
-      <c r="B29" s="123">
-[...8 lines deleted...]
-      <c r="E29" s="124" t="s">
+      <c r="B29" s="131">
+        <v>0</v>
+      </c>
+      <c r="C29" s="131">
+        <v>0</v>
+      </c>
+      <c r="D29" s="131">
+        <v>0</v>
+      </c>
+      <c r="E29" s="138" t="s">
         <v>21</v>
       </c>
-      <c r="F29" s="124">
+      <c r="F29" s="138">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>44</v>
       </c>
       <c r="H29" s="27">
         <v>40</v>
       </c>
       <c r="I29" s="27">
         <v>49</v>
       </c>
       <c r="J29" s="27">
         <v>31</v>
       </c>
       <c r="K29" s="27">
         <v>39</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E30" s="124" t="s">
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="131">
+        <v>0</v>
+      </c>
+      <c r="B30" s="131">
+        <v>0</v>
+      </c>
+      <c r="C30" s="131">
+        <v>0</v>
+      </c>
+      <c r="D30" s="131">
+        <v>0</v>
+      </c>
+      <c r="E30" s="138" t="s">
         <v>124</v>
       </c>
-      <c r="F30" s="124">
+      <c r="F30" s="138">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>0.21395390340678472</v>
       </c>
       <c r="H30" s="28">
         <v>0.24508677863439007</v>
       </c>
       <c r="I30" s="28">
         <v>0.18516676247711286</v>
       </c>
       <c r="J30" s="28">
         <v>0.33538010605464136</v>
       </c>
       <c r="K30" s="28">
         <v>0.27607443664907644</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="126" t="s">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="128" t="s">
         <v>125</v>
       </c>
-      <c r="B31" s="126">
-[...8 lines deleted...]
-      <c r="E31" s="128" t="s">
+      <c r="B31" s="128">
+        <v>0</v>
+      </c>
+      <c r="C31" s="128">
+        <v>0</v>
+      </c>
+      <c r="D31" s="128">
+        <v>0</v>
+      </c>
+      <c r="E31" s="135" t="s">
         <v>21</v>
       </c>
-      <c r="F31" s="128">
+      <c r="F31" s="135">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>33</v>
       </c>
       <c r="H31" s="30">
         <v>37</v>
       </c>
       <c r="I31" s="30">
         <v>35</v>
       </c>
       <c r="J31" s="30">
         <v>34</v>
       </c>
       <c r="K31" s="30">
         <v>33</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E32" s="125" t="s">
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="132">
+        <v>0</v>
+      </c>
+      <c r="B32" s="132">
+        <v>0</v>
+      </c>
+      <c r="C32" s="132">
+        <v>0</v>
+      </c>
+      <c r="D32" s="132">
+        <v>0</v>
+      </c>
+      <c r="E32" s="136" t="s">
         <v>126</v>
       </c>
-      <c r="F32" s="125">
+      <c r="F32" s="136">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.18696296520749467</v>
       </c>
       <c r="H32" s="32">
         <v>0.14899028063823544</v>
       </c>
       <c r="I32" s="32">
         <v>0.16638435554165334</v>
       </c>
       <c r="J32" s="32">
         <v>0.25444450885756709</v>
       </c>
       <c r="K32" s="32">
         <v>0.2796785756345363</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
         <v>127</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="13">
         <v>2020</v>
       </c>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="123" t="s">
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="131" t="s">
         <v>129</v>
       </c>
-      <c r="B37" s="123">
-[...5 lines deleted...]
-      <c r="D37" s="123">
+      <c r="B37" s="131">
+        <v>0</v>
+      </c>
+      <c r="C37" s="131">
+        <v>0</v>
+      </c>
+      <c r="D37" s="131">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="40">
         <v>-2.2703384052791344E-2</v>
       </c>
       <c r="G37" s="40">
         <v>1.9856735029124956E-2</v>
       </c>
       <c r="H37" s="40">
         <v>2.1099277198322469E-2</v>
       </c>
       <c r="I37" s="40">
         <v>7.746564885604169E-3</v>
       </c>
       <c r="J37" s="40">
         <v>9.2191066990006763E-3</v>
       </c>
       <c r="K37" s="40">
-        <v>1.7347435236346652E-2</v>
-[...3 lines deleted...]
-      <c r="A38" s="130" t="s">
+        <v>2.2449638266035722E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="137" t="s">
         <v>31</v>
       </c>
-      <c r="B38" s="130">
-[...5 lines deleted...]
-      <c r="D38" s="130">
+      <c r="B38" s="137">
+        <v>0</v>
+      </c>
+      <c r="C38" s="137">
+        <v>0</v>
+      </c>
+      <c r="D38" s="137">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="42">
         <v>-10.258980147584102</v>
       </c>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>1.0017378139444362</v>
-[...3 lines deleted...]
-      <c r="A39" s="126" t="s">
+        <v>0.6220626341558757</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="128" t="s">
         <v>130</v>
       </c>
-      <c r="B39" s="126">
-[...5 lines deleted...]
-      <c r="D39" s="126">
+      <c r="B39" s="128">
+        <v>0</v>
+      </c>
+      <c r="C39" s="128">
+        <v>0</v>
+      </c>
+      <c r="D39" s="128">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="44">
         <v>6.5430793881800517E-3</v>
       </c>
       <c r="G39" s="44">
         <v>-1.8304125082830283E-3</v>
       </c>
       <c r="H39" s="44">
         <v>1.5559434457588724E-2</v>
       </c>
       <c r="I39" s="44">
         <v>2.9591548895837823E-2</v>
       </c>
       <c r="J39" s="44">
         <v>-2.0451316492137106E-2</v>
       </c>
       <c r="K39" s="44">
-        <v>-1.3539137076142439E-2</v>
-[...3 lines deleted...]
-      <c r="A40" s="131" t="s">
+        <v>-1.2207615165994798E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="129" t="s">
         <v>32</v>
       </c>
-      <c r="B40" s="131">
-[...5 lines deleted...]
-      <c r="D40" s="131">
+      <c r="B40" s="129">
+        <v>0</v>
+      </c>
+      <c r="C40" s="129">
+        <v>0</v>
+      </c>
+      <c r="D40" s="129">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="17">
         <v>-14.793679915540103</v>
       </c>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.4925235055077613</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.3111112335369164</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="132" t="s">
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="130" t="s">
         <v>131</v>
       </c>
-      <c r="B46" s="132">
-[...2 lines deleted...]
-      <c r="C46" s="132">
+      <c r="B46" s="130">
+        <v>0</v>
+      </c>
+      <c r="C46" s="130">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
         <v>27</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>439</v>
       </c>
       <c r="H46" s="48">
         <v>445</v>
       </c>
       <c r="I46" s="48">
         <v>436</v>
       </c>
       <c r="J46" s="48">
         <v>510</v>
       </c>
       <c r="K46" s="48">
         <v>471</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C47" s="123">
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="131">
+        <v>0</v>
+      </c>
+      <c r="B47" s="131">
+        <v>0</v>
+      </c>
+      <c r="C47" s="131">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>2.1199536411048872</v>
       </c>
       <c r="H47" s="51">
         <v>1.975845839623479</v>
       </c>
       <c r="I47" s="51">
         <v>1.9006102877070619</v>
       </c>
       <c r="J47" s="51">
         <v>2.2588360350783949</v>
       </c>
       <c r="K47" s="51">
         <v>2.2247413915261443</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C48" s="127">
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="132">
+        <v>0</v>
+      </c>
+      <c r="B48" s="132">
+        <v>0</v>
+      </c>
+      <c r="C48" s="132">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>53</v>
       </c>
       <c r="H48" s="52">
         <v>54</v>
       </c>
       <c r="I48" s="52">
         <v>54</v>
       </c>
       <c r="J48" s="52">
         <v>50</v>
       </c>
       <c r="K48" s="52">
         <v>52</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="135"/>
-[...6 lines deleted...]
-      <c r="A50" s="129" t="s">
+      <c r="G49" s="134"/>
+      <c r="H49" s="134"/>
+      <c r="I49" s="134"/>
+      <c r="J49" s="134"/>
+      <c r="K49" s="134"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="133" t="s">
         <v>38</v>
       </c>
-      <c r="B50" s="129">
-[...30 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="133">
+        <v>0</v>
+      </c>
+      <c r="C50" s="133">
+        <v>0</v>
+      </c>
+      <c r="D50" s="133">
+        <v>0</v>
+      </c>
+      <c r="E50" s="133">
+        <v>0</v>
+      </c>
+      <c r="F50" s="133">
+        <v>0</v>
+      </c>
+      <c r="G50" s="133">
+        <v>0</v>
+      </c>
+      <c r="H50" s="133">
+        <v>0</v>
+      </c>
+      <c r="I50" s="133">
+        <v>0</v>
+      </c>
+      <c r="J50" s="133">
+        <v>0</v>
+      </c>
+      <c r="K50" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
         <v>107</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="129" t="s">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="133" t="s">
         <v>132</v>
       </c>
-      <c r="B52" s="129"/>
-[...10 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="133"/>
+      <c r="C52" s="133"/>
+      <c r="D52" s="133"/>
+      <c r="E52" s="133"/>
+      <c r="F52" s="133"/>
+      <c r="G52" s="133"/>
+      <c r="H52" s="133"/>
+      <c r="I52" s="133"/>
+      <c r="J52" s="133"/>
+      <c r="K52" s="133"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="122" t="s">
+      <c r="H56" s="126" t="s">
         <v>48</v>
       </c>
-      <c r="I56" s="122">
-[...2 lines deleted...]
-      <c r="J56" s="122" t="s">
+      <c r="I56" s="126">
+        <v>0</v>
+      </c>
+      <c r="J56" s="126" t="s">
         <v>45</v>
       </c>
-      <c r="K56" s="122">
-[...3 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="126">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J57" s="58" t="s">
         <v>134</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>471</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>74.302717999999999</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
         <v>85</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49" t="s">
         <v>135</v>
       </c>
       <c r="I59" s="60" t="s">
         <v>132</v>
       </c>
       <c r="J59" s="60">
         <v>23.686890999999999</v>
       </c>
       <c r="K59" s="60">
         <v>31.878902464913867</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
         <v>86</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49" t="s">
         <v>135</v>
       </c>
       <c r="I60" s="60" t="s">
         <v>132</v>
       </c>
       <c r="J60" s="60">
         <v>28.256344000000002</v>
       </c>
       <c r="K60" s="60">
         <v>38.02868153490698</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
         <v>87</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49" t="s">
         <v>135</v>
       </c>
       <c r="I61" s="60" t="s">
         <v>132</v>
       </c>
       <c r="J61" s="60">
         <v>20.162645000000001</v>
       </c>
       <c r="K61" s="60">
         <v>27.135810832653529</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
         <v>88</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49" t="s">
         <v>135</v>
       </c>
       <c r="I62" s="60" t="s">
         <v>132</v>
       </c>
       <c r="J62" s="60">
         <v>3.0634000000000002E-2</v>
       </c>
       <c r="K62" s="60">
         <v>4.1228639845987868E-2</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>50</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="66">
         <v>2.1662039999999934</v>
       </c>
       <c r="K63" s="66">
         <v>2.9153765276796406</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="134" t="s">
+      <c r="F64" s="125" t="s">
         <v>136</v>
       </c>
-      <c r="G64" s="134"/>
-[...5 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G64" s="125"/>
+      <c r="H64" s="125"/>
+      <c r="I64" s="125"/>
+      <c r="J64" s="125"/>
+      <c r="K64" s="125"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="122" t="s">
+      <c r="H68" s="126" t="s">
         <v>48</v>
       </c>
-      <c r="I68" s="122">
-[...2 lines deleted...]
-      <c r="J68" s="122" t="s">
+      <c r="I68" s="126">
+        <v>0</v>
+      </c>
+      <c r="J68" s="126" t="s">
         <v>45</v>
       </c>
-      <c r="K68" s="122">
-[...3 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="126">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
         <v>49</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J69" s="58" t="s">
         <v>134</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>471</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>74.302717999999999</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>467</v>
       </c>
       <c r="I71" s="60">
         <v>99.15074309978769</v>
       </c>
       <c r="J71" s="60">
         <v>62.578547</v>
       </c>
       <c r="K71" s="67">
         <v>84.221073850891969</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>4</v>
       </c>
       <c r="I72" s="67">
         <v>0.84925690021231426</v>
       </c>
       <c r="J72" s="60">
         <v>9.5579670000000014</v>
       </c>
       <c r="K72" s="67">
         <v>12.863549621428385</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>81</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>0</v>
       </c>
       <c r="I73" s="67">
         <v>0</v>
       </c>
       <c r="J73" s="60">
         <v>0</v>
       </c>
       <c r="K73" s="67">
         <v>0</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>82</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>0</v>
       </c>
       <c r="I74" s="67">
         <v>0</v>
       </c>
       <c r="J74" s="60">
         <v>0</v>
       </c>
       <c r="K74" s="67">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
         <v>83</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>0</v>
       </c>
       <c r="I75" s="71">
         <v>0</v>
       </c>
       <c r="J75" s="72">
         <v>0</v>
       </c>
       <c r="K75" s="71">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>24</v>
       </c>
       <c r="J76" s="78">
         <v>2.1662039999999934</v>
       </c>
       <c r="K76" s="78">
         <v>2.9153765276796406</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="134" t="s">
+      <c r="F77" s="125" t="s">
         <v>132</v>
       </c>
-      <c r="G77" s="134"/>
-[...5 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G77" s="125"/>
+      <c r="H77" s="125"/>
+      <c r="I77" s="125"/>
+      <c r="J77" s="125"/>
+      <c r="K77" s="125"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
         <v>2020</v>
       </c>
       <c r="E81" s="13" t="s">
         <v>139</v>
       </c>
       <c r="F81" s="13">
         <v>2023</v>
       </c>
       <c r="G81" s="13" t="s">
         <v>140</v>
       </c>
       <c r="H81" s="13">
         <v>2024</v>
       </c>
       <c r="I81" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K81" s="13" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>0.78879099999999991</v>
       </c>
       <c r="E82" s="16">
         <v>2.1317745184906114</v>
       </c>
       <c r="F82" s="16">
         <v>23.412130999999999</v>
       </c>
       <c r="G82" s="16">
         <v>34.85366796478435</v>
       </c>
       <c r="H82" s="16">
         <v>25.201073999999998</v>
       </c>
       <c r="I82" s="16">
         <v>33.916759276558359</v>
       </c>
       <c r="J82" s="16">
         <v>7.641094268608013</v>
       </c>
       <c r="K82" s="16">
         <v>1.7889429999999997</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>7.2212769999999997</v>
       </c>
       <c r="E83" s="16">
         <v>19.516113012904977</v>
       </c>
       <c r="F83" s="16">
         <v>7.95113</v>
       </c>
       <c r="G83" s="16">
         <v>11.836856925362147</v>
       </c>
       <c r="H83" s="16">
         <v>10.394742000000003</v>
       </c>
       <c r="I83" s="16">
         <v>13.989719730037336</v>
       </c>
       <c r="J83" s="16">
         <v>30.732889538971222</v>
       </c>
       <c r="K83" s="16">
         <v>2.4436120000000026</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>10.176849999999998</v>
       </c>
       <c r="E84" s="16">
         <v>27.503799496319274</v>
       </c>
       <c r="F84" s="16">
         <v>8.4551590000000001</v>
       </c>
       <c r="G84" s="16">
         <v>12.587205512196139</v>
       </c>
       <c r="H84" s="16">
         <v>9.8139620000000019</v>
       </c>
       <c r="I84" s="16">
         <v>13.208079413730198</v>
       </c>
       <c r="J84" s="16">
         <v>16.070697192093036</v>
       </c>
       <c r="K84" s="16">
         <v>1.3588030000000018</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>0.48741299999999999</v>
       </c>
       <c r="E85" s="16">
         <v>1.3172749351616138</v>
       </c>
       <c r="F85" s="16">
         <v>4.7473729999999996</v>
       </c>
       <c r="G85" s="16">
         <v>7.0674199733028225</v>
       </c>
       <c r="H85" s="16">
         <v>5.3109500000000009</v>
       </c>
       <c r="I85" s="16">
         <v>7.1477196836864039</v>
       </c>
       <c r="J85" s="16">
         <v>11.871344425643432</v>
       </c>
       <c r="K85" s="16">
         <v>0.56357700000000133</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
         <v>3.8113599999999996</v>
       </c>
       <c r="E86" s="16">
         <v>10.300523369047539</v>
       </c>
       <c r="F86" s="16">
         <v>5.4398950000000008</v>
       </c>
       <c r="G86" s="16">
         <v>8.098378319055648</v>
       </c>
       <c r="H86" s="16">
         <v>5.176864000000001</v>
       </c>
       <c r="I86" s="16">
         <v>6.9672606054599528</v>
       </c>
       <c r="J86" s="16">
         <v>-4.8352220033658693</v>
       </c>
       <c r="K86" s="16">
         <v>-0.26303099999999979</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
         <v>3.7752950000000007</v>
       </c>
       <c r="E87" s="16">
         <v>10.203054650452421</v>
       </c>
       <c r="F87" s="16">
         <v>6.2635700000000014</v>
       </c>
       <c r="G87" s="16">
         <v>9.3245842958158907</v>
       </c>
       <c r="H87" s="16">
         <v>4.5651869999999999</v>
       </c>
       <c r="I87" s="16">
         <v>6.144037691864785</v>
       </c>
       <c r="J87" s="16">
         <v>-27.115255357567669</v>
       </c>
       <c r="K87" s="16">
         <v>-1.6983830000000015</v>
       </c>
     </row>
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
         <v>1.3151059999999999</v>
       </c>
       <c r="E88" s="16">
         <v>3.5541854051505584</v>
       </c>
       <c r="F88" s="16">
         <v>2.4537989999999996</v>
       </c>
       <c r="G88" s="16">
         <v>3.6529735630780413</v>
       </c>
       <c r="H88" s="16">
         <v>3.579996</v>
       </c>
       <c r="I88" s="16">
         <v>4.8181225348983867</v>
       </c>
       <c r="J88" s="16">
         <v>45.896057501042279</v>
       </c>
       <c r="K88" s="16">
         <v>1.1261970000000003</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>1.1911630000000002</v>
       </c>
       <c r="E89" s="16">
         <v>3.2192189449028108</v>
       </c>
       <c r="F89" s="16">
         <v>2.1660520000000001</v>
       </c>
       <c r="G89" s="16">
         <v>3.2246042533444346</v>
       </c>
       <c r="H89" s="16">
         <v>2.5812279999999999</v>
       </c>
       <c r="I89" s="16">
         <v>3.4739348296787744</v>
       </c>
       <c r="J89" s="16">
         <v>19.167406876658536</v>
       </c>
       <c r="K89" s="16">
         <v>0.41517599999999977</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>3.777711</v>
       </c>
       <c r="E90" s="16">
         <v>10.209584095180709</v>
       </c>
       <c r="F90" s="16">
         <v>1.5820119999999998</v>
       </c>
       <c r="G90" s="16">
         <v>2.3551431932575646</v>
       </c>
       <c r="H90" s="16">
         <v>1.6681289999999998</v>
       </c>
       <c r="I90" s="16">
         <v>2.2450443872053238</v>
       </c>
       <c r="J90" s="16">
         <v>5.443511174377945</v>
       </c>
       <c r="K90" s="16">
         <v>8.6116999999999999E-2</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>0.59033200000000008</v>
       </c>
       <c r="E91" s="16">
         <v>1.5954222538664866</v>
       </c>
       <c r="F91" s="16">
         <v>0.86278599999999983</v>
       </c>
       <c r="G91" s="16">
         <v>1.2844305701460679</v>
       </c>
       <c r="H91" s="16">
         <v>0.96975899999999993</v>
       </c>
       <c r="I91" s="16">
         <v>1.3051460647778725</v>
       </c>
       <c r="J91" s="16">
         <v>12.398555377579159</v>
       </c>
       <c r="K91" s="16">
         <v>0.1069730000000001</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>0.48330499999999993</v>
       </c>
       <c r="E92" s="16">
         <v>1.3061727170557282</v>
       </c>
       <c r="F92" s="16">
         <v>0.73347000000000007</v>
       </c>
       <c r="G92" s="16">
         <v>1.0919176832783988</v>
       </c>
       <c r="H92" s="16">
         <v>0.89075399999999993</v>
       </c>
       <c r="I92" s="16">
         <v>1.1988175183578076</v>
       </c>
       <c r="J92" s="16">
         <v>21.443821833203792</v>
       </c>
       <c r="K92" s="16">
         <v>0.15728399999999987</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>1.9141850000000002</v>
       </c>
       <c r="E93" s="16">
         <v>5.1732471677249769</v>
       </c>
       <c r="F93" s="16">
         <v>0.510687</v>
       </c>
       <c r="G93" s="16">
         <v>0.76026035955171389</v>
       </c>
       <c r="H93" s="16">
         <v>0.60062700000000002</v>
       </c>
       <c r="I93" s="16">
         <v>0.80835131764628054</v>
       </c>
       <c r="J93" s="16">
         <v>17.611570296482977</v>
       </c>
       <c r="K93" s="16">
         <v>8.994000000000002E-2</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
         <v>0.54613099999999992</v>
       </c>
       <c r="E94" s="16">
         <v>1.4759653058386775</v>
       </c>
       <c r="F94" s="16">
         <v>0.60738000000000003</v>
       </c>
       <c r="G94" s="16">
         <v>0.90420734654400847</v>
       </c>
       <c r="H94" s="16">
         <v>0.57832099999999997</v>
       </c>
       <c r="I94" s="16">
         <v>0.77833088151633967</v>
       </c>
       <c r="J94" s="16">
         <v>-4.7843195363693329</v>
       </c>
       <c r="K94" s="16">
         <v>-2.9059000000000057E-2</v>
       </c>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
         <v>0.29893599999999998</v>
       </c>
       <c r="E95" s="16">
         <v>0.80789987139750519</v>
       </c>
       <c r="F95" s="16">
         <v>0.56813699999999978</v>
       </c>
       <c r="G95" s="16">
         <v>0.84578624459724239</v>
       </c>
       <c r="H95" s="16">
         <v>0.57508999999999988</v>
       </c>
       <c r="I95" s="16">
         <v>0.77398245377780106</v>
       </c>
       <c r="J95" s="16">
         <v>1.2238245352793604</v>
       </c>
       <c r="K95" s="16">
         <v>6.953000000000098E-3</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
         <v>8.7056999999999995E-2</v>
       </c>
       <c r="E96" s="16">
         <v>0.23527891958229386</v>
       </c>
       <c r="F96" s="16">
         <v>6.0906999999999996E-2</v>
       </c>
       <c r="G96" s="16">
         <v>9.0672325160452955E-2</v>
       </c>
       <c r="H96" s="16">
         <v>4.9674000000000003E-2</v>
       </c>
       <c r="I96" s="16">
         <v>6.6853543634837156E-2</v>
       </c>
       <c r="J96" s="16">
         <v>-18.442871919483792</v>
       </c>
       <c r="K96" s="16">
         <v>-1.1232999999999993E-2</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0</v>
       </c>
       <c r="E97" s="16">
         <v>0</v>
       </c>
       <c r="F97" s="16">
         <v>9.9999999999999995E-7</v>
       </c>
       <c r="G97" s="16">
         <v>1.4887012192433211E-6</v>
       </c>
       <c r="H97" s="16">
         <v>0</v>
       </c>
       <c r="I97" s="16">
         <v>0</v>
       </c>
       <c r="J97" s="16">
         <v>-100</v>
       </c>
       <c r="K97" s="16">
         <v>-9.9999999999999995E-7</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>0.53670299999999993</v>
       </c>
       <c r="E98" s="16">
         <v>1.4504853369238071</v>
       </c>
       <c r="F98" s="16">
         <v>1.3581569999999998</v>
       </c>
       <c r="G98" s="16">
         <v>2.0218899818238509</v>
       </c>
       <c r="H98" s="16">
         <v>2.3463609999999999</v>
       </c>
       <c r="I98" s="16">
         <v>3.1578400671695483</v>
       </c>
       <c r="J98" s="16">
         <v>72.760660218222199</v>
       </c>
       <c r="K98" s="16">
         <v>0.98820400000000008</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="93"/>
       <c r="C99" s="94"/>
       <c r="D99" s="17">
         <v>37.001615000000001</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
         <v>67.172646</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
         <v>74.302717999999999</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
         <v>10.614546879692663</v>
       </c>
       <c r="K99" s="17">
         <v>7.1300719999999984</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
         <v>2020</v>
       </c>
       <c r="E107" s="13" t="s">
         <v>139</v>
       </c>
       <c r="F107" s="13">
         <v>2023</v>
       </c>
       <c r="G107" s="13" t="s">
         <v>140</v>
       </c>
       <c r="H107" s="13">
         <v>2024</v>
       </c>
       <c r="I107" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K107" s="13" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>5.9595790000000006</v>
       </c>
       <c r="E108" s="16">
         <v>25.268625310028931</v>
       </c>
       <c r="F108" s="16">
         <v>45.523392000000008</v>
       </c>
       <c r="G108" s="16">
         <v>67.247277245847755</v>
       </c>
       <c r="H108" s="16">
         <v>15.233558</v>
       </c>
       <c r="I108" s="16">
         <v>32.979291785421935</v>
       </c>
       <c r="J108" s="16">
         <v>-66.536856480290396</v>
       </c>
       <c r="K108" s="16">
         <v>-30.289834000000006</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
         <v>8.8954109999999993</v>
       </c>
       <c r="E109" s="16">
         <v>37.716558088702193</v>
       </c>
       <c r="F109" s="16">
         <v>4.3046759999999988</v>
       </c>
       <c r="G109" s="16">
         <v>6.3588789786478745</v>
       </c>
       <c r="H109" s="16">
         <v>9.0956850000000014</v>
       </c>
       <c r="I109" s="16">
         <v>19.691345226327662</v>
       </c>
       <c r="J109" s="16">
         <v>111.29778408409841</v>
       </c>
       <c r="K109" s="16">
         <v>4.7910090000000025</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>0.63820399999999999</v>
       </c>
       <c r="E110" s="16">
         <v>2.7059860683718933</v>
       </c>
       <c r="F110" s="16">
         <v>4.514575999999999</v>
       </c>
       <c r="G110" s="16">
         <v>6.6689438238576395</v>
       </c>
       <c r="H110" s="16">
         <v>5.3052750000000009</v>
       </c>
       <c r="I110" s="16">
         <v>11.485446290807728</v>
       </c>
       <c r="J110" s="16">
         <v>17.514357937489635</v>
       </c>
       <c r="K110" s="16">
         <v>0.79069900000000182</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>0.21038000000000001</v>
       </c>
       <c r="E111" s="16">
         <v>0.89201156536793724</v>
       </c>
       <c r="F111" s="16">
         <v>5.0285529999999996</v>
       </c>
       <c r="G111" s="16">
         <v>7.4281920322729773</v>
       </c>
       <c r="H111" s="16">
         <v>4.1732619999999994</v>
       </c>
       <c r="I111" s="16">
         <v>9.0347393035175028</v>
       </c>
       <c r="J111" s="16">
         <v>-17.008690173892973</v>
       </c>
       <c r="K111" s="16">
         <v>-0.85529100000000025</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>0.75225300000000006</v>
       </c>
       <c r="E112" s="16">
         <v>3.1895540264413298</v>
       </c>
       <c r="F112" s="16">
         <v>1.0459160000000001</v>
       </c>
       <c r="G112" s="16">
         <v>1.5450299315979814</v>
       </c>
       <c r="H112" s="16">
         <v>3.8845250000000004</v>
       </c>
       <c r="I112" s="16">
         <v>8.4096495003180571</v>
       </c>
       <c r="J112" s="16">
         <v>271.39932843555312</v>
       </c>
       <c r="K112" s="16">
         <v>2.8386090000000004</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
         <v>6.9767999999999997E-2</v>
       </c>
       <c r="E113" s="16">
         <v>0.29581644116641431</v>
       </c>
       <c r="F113" s="16">
         <v>0.37866799999999995</v>
       </c>
       <c r="G113" s="16">
         <v>0.55936938926103474</v>
       </c>
       <c r="H113" s="16">
         <v>1.8739349999999999</v>
       </c>
       <c r="I113" s="16">
         <v>4.0569018184664838</v>
       </c>
       <c r="J113" s="16">
         <v>394.87545818500644</v>
       </c>
       <c r="K113" s="16">
         <v>1.4952669999999999</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
         <v>2.6102250000000002</v>
       </c>
       <c r="E114" s="16">
         <v>11.067358533190056</v>
       </c>
       <c r="F114" s="16">
         <v>1.6469120000000002</v>
       </c>
       <c r="G114" s="16">
         <v>2.4328228411343691</v>
       </c>
       <c r="H114" s="16">
         <v>1.5324969999999998</v>
       </c>
       <c r="I114" s="16">
         <v>3.3177190596762585</v>
       </c>
       <c r="J114" s="16">
         <v>-6.9472442972059438</v>
       </c>
       <c r="K114" s="16">
         <v>-0.11441500000000038</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>0.60622699999999996</v>
       </c>
       <c r="E115" s="16">
         <v>2.5704035328372865</v>
       </c>
       <c r="F115" s="16">
         <v>1.1253770000000001</v>
       </c>
       <c r="G115" s="16">
         <v>1.6624099347671721</v>
       </c>
       <c r="H115" s="16">
         <v>1.530575</v>
       </c>
       <c r="I115" s="16">
         <v>3.3135581014279247</v>
       </c>
       <c r="J115" s="16">
         <v>36.005534145446362</v>
       </c>
       <c r="K115" s="16">
         <v>0.40519799999999995</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
         <v>1.2785999999999997E-2</v>
       </c>
       <c r="E116" s="16">
         <v>5.4212662205506426E-2</v>
       </c>
       <c r="F116" s="16">
         <v>0.89773099999999995</v>
       </c>
       <c r="G116" s="16">
         <v>1.3261306505717356</v>
       </c>
       <c r="H116" s="16">
         <v>1.1346959999999999</v>
       </c>
       <c r="I116" s="16">
         <v>2.4565154425349038</v>
       </c>
       <c r="J116" s="16">
         <v>26.395991672338369</v>
       </c>
       <c r="K116" s="16">
         <v>0.23696499999999998</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
         <v>0.121404</v>
       </c>
       <c r="E117" s="16">
         <v>0.51475317084289873</v>
       </c>
       <c r="F117" s="16">
         <v>0.22258999999999998</v>
       </c>
       <c r="G117" s="16">
         <v>0.3288105473808553</v>
       </c>
       <c r="H117" s="16">
         <v>0.64035100000000011</v>
       </c>
       <c r="I117" s="16">
         <v>1.3863026926530706</v>
       </c>
       <c r="J117" s="16">
         <v>187.68183656049246</v>
       </c>
       <c r="K117" s="16">
         <v>0.41776100000000016</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>0.31485000000000007</v>
       </c>
       <c r="E118" s="16">
         <v>1.3349645468014786</v>
       </c>
       <c r="F118" s="16">
         <v>1.7227379999999999</v>
       </c>
       <c r="G118" s="16">
         <v>2.5448332125153867</v>
       </c>
       <c r="H118" s="16">
         <v>0.36753599999999997</v>
       </c>
       <c r="I118" s="16">
         <v>0.79568259664924212</v>
       </c>
       <c r="J118" s="16">
         <v>-78.665589311897676</v>
       </c>
       <c r="K118" s="16">
         <v>-1.3552019999999998</v>
       </c>
     </row>
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>3.2835529999999999</v>
       </c>
       <c r="E119" s="16">
         <v>13.922270422561963</v>
       </c>
       <c r="F119" s="16">
         <v>0.31657799999999997</v>
       </c>
       <c r="G119" s="16">
         <v>0.46764987406773173</v>
       </c>
       <c r="H119" s="16">
         <v>0.17552400000000001</v>
       </c>
       <c r="I119" s="16">
         <v>0.37999377501594833</v>
       </c>
       <c r="J119" s="16">
         <v>-44.555844057388697</v>
       </c>
       <c r="K119" s="16">
         <v>-0.14105399999999996</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
         <v>1.1249999999999999E-3</v>
       </c>
       <c r="E120" s="16">
         <v>4.7700019537928002E-3</v>
       </c>
       <c r="F120" s="16">
         <v>6.0874999999999999E-2</v>
       </c>
       <c r="G120" s="16">
         <v>8.9924713921602797E-2</v>
       </c>
       <c r="H120" s="16">
         <v>6.8092E-2</v>
       </c>
       <c r="I120" s="16">
         <v>0.14741309523703855</v>
       </c>
       <c r="J120" s="16">
         <v>11.855441478439428</v>
       </c>
       <c r="K120" s="16">
         <v>7.2170000000000012E-3</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>3.2521000000000001E-2</v>
       </c>
       <c r="E121" s="16">
         <v>0.13788909647937392</v>
       </c>
       <c r="F121" s="16">
         <v>3.1432000000000002E-2</v>
       </c>
       <c r="G121" s="16">
         <v>4.6431435038748574E-2</v>
       </c>
       <c r="H121" s="16">
         <v>2.4895E-2</v>
       </c>
       <c r="I121" s="16">
         <v>5.389545036019025E-2</v>
       </c>
       <c r="J121" s="16">
         <v>-20.797276660727924</v>
       </c>
       <c r="K121" s="16">
         <v>-6.5370000000000011E-3</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>1.1800000000000001E-4</v>
       </c>
       <c r="E122" s="16">
         <v>5.0032020493115598E-4</v>
       </c>
       <c r="F122" s="16">
         <v>4.4897999999999993E-2</v>
       </c>
       <c r="G122" s="16">
         <v>6.6323446499418834E-2</v>
       </c>
       <c r="H122" s="16">
         <v>2.0163999999999998E-2</v>
       </c>
       <c r="I122" s="16">
         <v>4.3653258126646957E-2</v>
       </c>
       <c r="J122" s="16">
         <v>-55.089313555169497</v>
       </c>
       <c r="K122" s="16">
         <v>-2.4733999999999996E-2</v>
       </c>
     </row>
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
         <v>6.3500000000000006E-3</v>
       </c>
       <c r="E123" s="16">
         <v>2.6924011028074919E-2</v>
       </c>
       <c r="F123" s="16">
         <v>1.5700000000000002E-2</v>
       </c>
       <c r="G123" s="16">
         <v>2.3192082276290171E-2</v>
       </c>
       <c r="H123" s="16">
         <v>9.4439999999999993E-3</v>
       </c>
       <c r="I123" s="16">
         <v>2.0445416075582916E-2</v>
       </c>
       <c r="J123" s="16">
         <v>-39.847133757961792</v>
       </c>
       <c r="K123" s="16">
         <v>-6.2560000000000029E-3</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>7.014200000000001E-2</v>
       </c>
       <c r="E124" s="16">
         <v>0.2974022018159419</v>
       </c>
       <c r="F124" s="16">
         <v>0.81490499999999999</v>
       </c>
       <c r="G124" s="16">
         <v>1.2037798603414165</v>
       </c>
       <c r="H124" s="16">
         <v>1.1212690000000001</v>
       </c>
       <c r="I124" s="16">
         <v>2.4274471873838186</v>
       </c>
       <c r="J124" s="16">
         <v>37.595057092544543</v>
       </c>
       <c r="K124" s="16">
         <v>0.30636400000000008</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B125" s="93"/>
       <c r="C125" s="94"/>
       <c r="D125" s="17">
         <v>23.584896000000001</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
         <v>67.695517000000009</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
         <v>46.191283000000006</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
         <v>-31.766112370483857</v>
       </c>
       <c r="K125" s="17">
         <v>-21.504234000000004</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B130" s="37"/>
       <c r="C130" s="37"/>
       <c r="D130" s="37"/>
       <c r="E130" s="37"/>
       <c r="F130" s="37"/>
       <c r="G130" s="37"/>
       <c r="H130" s="37"/>
       <c r="I130" s="37"/>
       <c r="J130" s="37"/>
       <c r="K130" s="37"/>
     </row>
-    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="23">
         <v>0</v>
       </c>
       <c r="B131" s="23">
         <v>0</v>
       </c>
       <c r="C131" s="23">
         <v>0</v>
       </c>
       <c r="D131" s="13">
         <v>0</v>
       </c>
       <c r="E131" s="13">
         <v>0</v>
       </c>
       <c r="F131" s="13" t="s">
         <v>112</v>
       </c>
       <c r="G131" s="13" t="s">
         <v>141</v>
       </c>
       <c r="H131" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I131" s="13" t="s">
         <v>144</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K131" s="13" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="132" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B132" s="5"/>
       <c r="C132" s="79"/>
       <c r="D132" s="16"/>
       <c r="E132" s="16">
         <v>0</v>
       </c>
       <c r="F132" s="16">
-        <v>4.4537360000000001</v>
+        <v>5.4265489999999978</v>
       </c>
       <c r="G132" s="16">
-        <v>7.1079978909029702</v>
+        <v>8.0802682866069748</v>
       </c>
       <c r="H132" s="16">
-        <v>34.700355000000002</v>
+        <v>38.687488000000002</v>
       </c>
       <c r="I132" s="16">
-        <v>46.773197307304017</v>
+        <v>46.275641886861642</v>
       </c>
       <c r="J132" s="16">
-        <v>679.12914011966586</v>
+        <v>612.92985652575919</v>
       </c>
       <c r="K132" s="16">
-        <v>30.246619000000003</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>33.260939000000008</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="79"/>
       <c r="D133" s="16"/>
       <c r="E133" s="16">
         <v>0</v>
       </c>
       <c r="F133" s="16">
-        <v>8.8594669999999986</v>
+        <v>25.093713000000001</v>
       </c>
       <c r="G133" s="16">
-        <v>14.139381577741576</v>
+        <v>37.365171372656405</v>
       </c>
       <c r="H133" s="16">
-        <v>9.4140229999999967</v>
+        <v>11.288063999999999</v>
       </c>
       <c r="I133" s="16">
-        <v>12.689321340790258</v>
+        <v>13.502101952444544</v>
       </c>
       <c r="J133" s="16">
-        <v>6.2594736229617212</v>
+        <v>-55.016366051528529</v>
       </c>
       <c r="K133" s="16">
-        <v>0.55455599999999805</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-13.805649000000003</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="15" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="79"/>
       <c r="D134" s="16"/>
       <c r="E134" s="16">
         <v>0</v>
       </c>
       <c r="F134" s="16">
-        <v>25.019574999999996</v>
+        <v>9.546502000000002</v>
       </c>
       <c r="G134" s="16">
-        <v>39.930316105689393</v>
+        <v>14.214982184557828</v>
       </c>
       <c r="H134" s="16">
-        <v>7.9752430000000025</v>
+        <v>9.7091199999999969</v>
       </c>
       <c r="I134" s="16">
-        <v>10.749965365273505</v>
+        <v>11.613464284798381</v>
       </c>
       <c r="J134" s="16">
-        <v>-68.123986918242991</v>
+        <v>1.703430219780971</v>
       </c>
       <c r="K134" s="16">
-        <v>-17.044331999999994</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.16261799999999482</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="79"/>
       <c r="D135" s="16"/>
       <c r="E135" s="16">
         <v>0</v>
       </c>
       <c r="F135" s="16">
-        <v>4.0716910000000004</v>
+        <v>4.3475950000000001</v>
       </c>
       <c r="G135" s="16">
-        <v>6.4982682045834332</v>
+        <v>6.4736785757414275</v>
       </c>
       <c r="H135" s="16">
-        <v>5.3055950000000012</v>
+        <v>5.8853700000000009</v>
       </c>
       <c r="I135" s="16">
-        <v>7.1515015269338216</v>
+        <v>7.0397249491018625</v>
       </c>
       <c r="J135" s="16">
-        <v>30.304460726513888</v>
+        <v>35.370704952968268</v>
       </c>
       <c r="K135" s="16">
-        <v>1.2339040000000008</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.5377750000000008</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="15" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="79"/>
       <c r="D136" s="16"/>
       <c r="E136" s="16">
         <v>0</v>
       </c>
       <c r="F136" s="16">
-        <v>4.3586479999999996</v>
+        <v>3.3769800000000001</v>
       </c>
       <c r="G136" s="16">
-        <v>6.9562409606650331</v>
+        <v>5.0284083675474109</v>
       </c>
       <c r="H136" s="16">
-        <v>3.3579500000000002</v>
+        <v>3.513529000000001</v>
       </c>
       <c r="I136" s="16">
-        <v>4.5262377833904441</v>
+        <v>4.2026716690187573</v>
       </c>
       <c r="J136" s="16">
-        <v>-22.958908358738753</v>
+        <v>4.043524095493634</v>
       </c>
       <c r="K136" s="16">
-        <v>-1.0006979999999994</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.13654900000000092</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="15" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="79"/>
       <c r="D137" s="16"/>
       <c r="E137" s="16">
         <v>0</v>
       </c>
       <c r="F137" s="16">
-        <v>2.8707940000000001</v>
+        <v>4.7142850000000012</v>
       </c>
       <c r="G137" s="16">
-        <v>4.581681019534364</v>
+        <v>7.0196892315036656</v>
       </c>
       <c r="H137" s="16">
-        <v>3.2741410000000006</v>
+        <v>3.4423440000000003</v>
       </c>
       <c r="I137" s="16">
-        <v>4.4132702102019907</v>
+        <v>4.1175244615361652</v>
       </c>
       <c r="J137" s="16">
-        <v>14.050015431270952</v>
+        <v>-26.980570754631945</v>
       </c>
       <c r="K137" s="16">
-        <v>0.40334700000000057</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.2719410000000009</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="79"/>
       <c r="D138" s="16"/>
       <c r="E138" s="16">
         <v>0</v>
       </c>
       <c r="F138" s="16">
-        <v>2.0598550000000002</v>
+        <v>2.4577939999999998</v>
       </c>
       <c r="G138" s="16">
-        <v>3.2874523760649343</v>
+        <v>3.6597172370898905</v>
       </c>
       <c r="H138" s="16">
-        <v>2.6190579999999999</v>
+        <v>2.8601289999999997</v>
       </c>
       <c r="I138" s="16">
-        <v>3.5302727189180927</v>
+        <v>3.4211139620703128</v>
       </c>
       <c r="J138" s="16">
-        <v>27.147687579950997</v>
+        <v>16.369760850583894</v>
       </c>
       <c r="K138" s="16">
-        <v>0.55920299999999967</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.40233499999999989</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="15" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="79"/>
       <c r="D139" s="16"/>
       <c r="E139" s="16">
         <v>0</v>
       </c>
       <c r="F139" s="16">
-        <v>1.4048520000000002</v>
+        <v>5.1415050000000013</v>
       </c>
       <c r="G139" s="16">
-        <v>2.242091819773516</v>
+        <v>7.6558305834760212</v>
       </c>
       <c r="H139" s="16">
-        <v>1.320541</v>
+        <v>1.4088099999999999</v>
       </c>
       <c r="I139" s="16">
-        <v>1.7799796211129408</v>
+        <v>1.6851336289042478</v>
       </c>
       <c r="J139" s="16">
-        <v>-6.0014150956826935</v>
+        <v>-72.599268113130307</v>
       </c>
       <c r="K139" s="16">
-        <v>-8.4311000000000247E-2</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.7326950000000014</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="15" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="79"/>
       <c r="D140" s="16"/>
       <c r="E140" s="16">
         <v>0</v>
       </c>
       <c r="F140" s="16">
-        <v>4.4694219999999998</v>
+        <v>1.5589089999999999</v>
       </c>
       <c r="G140" s="16">
-        <v>7.1330321666024501</v>
+        <v>2.3212548075040318</v>
       </c>
       <c r="H140" s="16">
-        <v>1.2796609999999999</v>
+        <v>1.3608480000000003</v>
       </c>
       <c r="I140" s="16">
-        <v>1.724876775452642</v>
+        <v>1.627764374633264</v>
       </c>
       <c r="J140" s="16">
-        <v>-71.368534902275954</v>
+        <v>-12.705103376784638</v>
       </c>
       <c r="K140" s="16">
-        <v>-3.1897609999999998</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.1980609999999996</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="79"/>
       <c r="D141" s="16"/>
       <c r="E141" s="16">
         <v>0</v>
       </c>
       <c r="F141" s="16">
-        <v>0.81389400000000001</v>
+        <v>0.90463299999999991</v>
       </c>
       <c r="G141" s="16">
-        <v>1.2989447141497794</v>
+        <v>1.347021346516567</v>
       </c>
       <c r="H141" s="16">
-        <v>0.940357</v>
+        <v>0.99510500000000002</v>
       </c>
       <c r="I141" s="16">
-        <v>1.2675231564721594</v>
+        <v>1.1902846372404807</v>
       </c>
       <c r="J141" s="16">
-        <v>15.538018464320904</v>
+        <v>10.000961715966598</v>
       </c>
       <c r="K141" s="16">
-        <v>0.12646299999999999</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.0472000000000108E-2</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="79"/>
       <c r="D142" s="16"/>
       <c r="E142" s="16">
         <v>0</v>
       </c>
       <c r="F142" s="16">
-        <v>0.4723719999999999</v>
+        <v>0.5412769999999999</v>
       </c>
       <c r="G142" s="16">
-        <v>0.75388823668974025</v>
+        <v>0.80597510081817458</v>
       </c>
       <c r="H142" s="16">
-        <v>0.60005599999999992</v>
+        <v>0.64786299999999997</v>
       </c>
       <c r="I142" s="16">
-        <v>0.80882566427437452</v>
+        <v>0.7749346812010085</v>
       </c>
       <c r="J142" s="16">
-        <v>27.030391301770646</v>
+        <v>19.69158120518701</v>
       </c>
       <c r="K142" s="16">
-        <v>0.12768400000000002</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.10658600000000007</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B143" s="5"/>
       <c r="C143" s="79"/>
       <c r="D143" s="16"/>
       <c r="E143" s="16">
         <v>0</v>
       </c>
       <c r="F143" s="16">
-        <v>0.46672400000000003</v>
+        <v>0.47623700000000002</v>
       </c>
       <c r="G143" s="16">
-        <v>0.74487423763640181</v>
+        <v>0.70912890089241754</v>
       </c>
       <c r="H143" s="16">
-        <v>0.48983100000000002</v>
+        <v>0.58054899999999998</v>
       </c>
       <c r="I143" s="16">
-        <v>0.66025151645376634</v>
+        <v>0.69441773065688928</v>
       </c>
       <c r="J143" s="16">
-        <v>4.9508917475852936</v>
+        <v>21.903380039770106</v>
       </c>
       <c r="K143" s="16">
-        <v>2.3106999999999989E-2</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.10431199999999996</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B144" s="5"/>
       <c r="C144" s="79"/>
       <c r="D144" s="16"/>
       <c r="E144" s="16">
         <v>0</v>
       </c>
       <c r="F144" s="16">
-        <v>0.80273899999999987</v>
+        <v>0.83042399999999983</v>
       </c>
       <c r="G144" s="16">
-        <v>1.2811417468268342</v>
+        <v>1.236522274402629</v>
       </c>
       <c r="H144" s="16">
-        <v>0.42349900000000001</v>
+        <v>0.48276200000000002</v>
       </c>
       <c r="I144" s="16">
-        <v>0.57084148811866453</v>
+        <v>0.57745081377692697</v>
       </c>
       <c r="J144" s="16">
-        <v>-47.243250919663794</v>
+        <v>-41.865601186863564</v>
       </c>
       <c r="K144" s="16">
-        <v>-0.37923999999999985</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.3476619999999998</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B145" s="5"/>
       <c r="C145" s="79"/>
       <c r="D145" s="16"/>
       <c r="E145" s="16">
         <v>0</v>
       </c>
       <c r="F145" s="16">
-        <v>0.528976</v>
+        <v>0.56678799999999996</v>
       </c>
       <c r="G145" s="16">
-        <v>0.84422612663577024</v>
+        <v>0.84396162305535161</v>
       </c>
       <c r="H145" s="16">
-        <v>0.40182100000000004</v>
+        <v>0.47025900000000004</v>
       </c>
       <c r="I145" s="16">
-        <v>0.5416213440818749</v>
+        <v>0.56249547859177806</v>
       </c>
       <c r="J145" s="16">
-        <v>-24.037952572517458</v>
+        <v>-17.030882799212392</v>
       </c>
       <c r="K145" s="16">
-        <v>-0.12715499999999996</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-9.652899999999992E-2</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B146" s="5"/>
       <c r="C146" s="79"/>
       <c r="D146" s="16"/>
       <c r="E146" s="16">
         <v>0</v>
       </c>
       <c r="F146" s="16">
-        <v>3.7631999999999999E-2</v>
+        <v>4.6274999999999997E-2</v>
       </c>
       <c r="G146" s="16">
-        <v>6.0059279811479738E-2</v>
+        <v>6.8904641782970705E-2</v>
       </c>
       <c r="H146" s="16">
-        <v>9.3203000000000008E-2</v>
+        <v>0.10438600000000001</v>
       </c>
       <c r="I146" s="16">
-        <v>0.12562990518779005</v>
+        <v>0.12486024303262956</v>
       </c>
       <c r="J146" s="16">
-        <v>147.66953656462587</v>
+        <v>125.57752566180447</v>
       </c>
       <c r="K146" s="16">
-        <v>5.5571000000000009E-2</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.811100000000001E-2</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="15" t="s">
         <v>132</v>
       </c>
       <c r="B147" s="5"/>
       <c r="C147" s="79"/>
       <c r="D147" s="16"/>
       <c r="E147" s="16">
         <v>0</v>
       </c>
       <c r="F147" s="16">
         <v>0</v>
       </c>
       <c r="G147" s="16">
         <v>0</v>
       </c>
       <c r="H147" s="16">
         <v>0</v>
       </c>
       <c r="I147" s="16">
         <v>0</v>
       </c>
       <c r="J147" s="16" t="s">
         <v>132</v>
       </c>
       <c r="K147" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="148" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="79"/>
       <c r="D148" s="16"/>
       <c r="E148" s="16">
         <v>0</v>
       </c>
       <c r="F148" s="16">
-        <v>1.9677169999999997</v>
+        <v>2.1285639999999999</v>
       </c>
       <c r="G148" s="16">
-        <v>3.1404035366923226</v>
+        <v>3.169485465848239</v>
       </c>
       <c r="H148" s="16">
-        <v>1.9932120000000002</v>
+        <v>2.1656459999999997</v>
       </c>
       <c r="I148" s="16">
-        <v>2.6866842760336618</v>
+        <v>2.5904152461311098</v>
       </c>
       <c r="J148" s="16">
-        <v>1.2956639598072535</v>
+        <v>1.7421134624093912</v>
       </c>
       <c r="K148" s="16">
-        <v>2.5495000000000489E-2</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.7081999999999837E-2</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B149" s="93"/>
       <c r="C149" s="94"/>
       <c r="D149" s="17"/>
       <c r="E149" s="17">
         <v>0</v>
       </c>
       <c r="F149" s="17">
-        <v>62.658093999999998</v>
+        <v>67.158029999999997</v>
       </c>
       <c r="G149" s="17">
         <v>100</v>
       </c>
       <c r="H149" s="17">
-        <v>74.188546000000002</v>
+        <v>83.602271999999999</v>
       </c>
       <c r="I149" s="17">
         <v>100</v>
       </c>
       <c r="J149" s="17">
-        <v>18.402174825171038</v>
+        <v>24.485890964937482</v>
       </c>
       <c r="K149" s="17">
-        <v>11.530452000000004</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>16.444242000000003</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E150" s="80"/>
       <c r="F150" s="80"/>
       <c r="G150" s="80"/>
       <c r="H150" s="80"/>
       <c r="I150" s="80"/>
     </row>
-    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E151" s="80"/>
       <c r="F151" s="80"/>
       <c r="G151" s="80"/>
       <c r="H151" s="80"/>
       <c r="I151" s="80"/>
     </row>
-    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E152" s="81"/>
       <c r="F152" s="82"/>
       <c r="G152" s="81"/>
       <c r="H152" s="82"/>
       <c r="I152" s="81"/>
     </row>
-    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="46"/>
       <c r="E153" s="81"/>
       <c r="F153" s="82"/>
       <c r="G153" s="81"/>
       <c r="H153" s="82"/>
       <c r="I153" s="81"/>
     </row>
-    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="46"/>
       <c r="E154" s="81"/>
       <c r="F154" s="82"/>
       <c r="G154" s="81"/>
       <c r="H154" s="82"/>
       <c r="I154" s="81"/>
     </row>
-    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="46"/>
       <c r="E155" s="81"/>
       <c r="F155" s="82"/>
       <c r="G155" s="81"/>
       <c r="H155" s="82"/>
       <c r="I155" s="81"/>
     </row>
-    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B156" s="37"/>
       <c r="C156" s="37"/>
       <c r="D156" s="37"/>
       <c r="E156" s="37"/>
       <c r="F156" s="37"/>
       <c r="G156" s="37"/>
       <c r="H156" s="37"/>
       <c r="I156" s="37"/>
       <c r="J156" s="37"/>
       <c r="K156" s="37"/>
     </row>
-    <row r="157" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="23">
         <v>0</v>
       </c>
       <c r="B157" s="23">
         <v>0</v>
       </c>
       <c r="C157" s="23">
         <v>0</v>
       </c>
       <c r="D157" s="13">
         <v>0</v>
       </c>
       <c r="E157" s="13">
         <v>0</v>
       </c>
       <c r="F157" s="13" t="s">
         <v>112</v>
       </c>
       <c r="G157" s="13" t="s">
         <v>141</v>
       </c>
       <c r="H157" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I157" s="13" t="s">
         <v>144</v>
       </c>
       <c r="J157" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K157" s="13" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="158" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="15" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="79"/>
       <c r="D158" s="16"/>
       <c r="E158" s="16">
         <v>0</v>
       </c>
       <c r="F158" s="16">
-        <v>7.714290000000001</v>
+        <v>4.7729069999999991</v>
       </c>
       <c r="G158" s="16">
-        <v>19.325793166973089</v>
+        <v>11.212589937682578</v>
       </c>
       <c r="H158" s="16">
-        <v>6.2194249999999993</v>
+        <v>6.6473039999999992</v>
       </c>
       <c r="I158" s="16">
-        <v>22.332669036590179</v>
+        <v>21.767018610195379</v>
       </c>
       <c r="J158" s="16">
-        <v>-19.377868864146947</v>
+        <v>39.271601143705517</v>
       </c>
       <c r="K158" s="16">
-        <v>-1.4948650000000017</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.8743970000000001</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="79"/>
       <c r="D159" s="16"/>
       <c r="E159" s="16">
         <v>0</v>
       </c>
       <c r="F159" s="16">
-        <v>4.2788450000000005</v>
+        <v>8.3542210000000008</v>
       </c>
       <c r="G159" s="16">
-        <v>10.719336901197254</v>
+        <v>19.625870422737442</v>
       </c>
       <c r="H159" s="16">
-        <v>6.0075259999999995</v>
+        <v>6.5524949999999995</v>
       </c>
       <c r="I159" s="16">
-        <v>21.571783546985525</v>
+        <v>21.456560525622447</v>
       </c>
       <c r="J159" s="16">
-        <v>40.400645501297639</v>
+        <v>-21.566654748539705</v>
       </c>
       <c r="K159" s="16">
-        <v>1.728680999999999</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.8017260000000013</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="15" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="79"/>
       <c r="D160" s="16"/>
       <c r="E160" s="16">
         <v>0</v>
       </c>
       <c r="F160" s="16">
-        <v>15.039691000000001</v>
+        <v>3.0225519999999997</v>
       </c>
       <c r="G160" s="16">
-        <v>37.677343937184972</v>
+        <v>7.1006278021596385</v>
       </c>
       <c r="H160" s="16">
-        <v>3.3053790000000003</v>
+        <v>3.7071499999999999</v>
       </c>
       <c r="I160" s="16">
-        <v>11.868932457179792</v>
+        <v>12.139297832743292</v>
       </c>
       <c r="J160" s="16">
-        <v>-78.022294474002166</v>
+        <v>22.649668227378729</v>
       </c>
       <c r="K160" s="16">
-        <v>-11.734312000000001</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.68459800000000026</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="15" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B161" s="5"/>
       <c r="C161" s="79"/>
       <c r="D161" s="16"/>
       <c r="E161" s="16">
         <v>0</v>
       </c>
       <c r="F161" s="16">
-        <v>2.7817189999999998</v>
+        <v>15.165865999999999</v>
       </c>
       <c r="G161" s="16">
-        <v>6.9687458006685254</v>
+        <v>35.627896480665214</v>
       </c>
       <c r="H161" s="16">
-        <v>3.1828179999999997</v>
+        <v>3.6905520000000003</v>
       </c>
       <c r="I161" s="16">
-        <v>11.428841251032352</v>
+        <v>12.084946628872967</v>
       </c>
       <c r="J161" s="16">
-        <v>14.419105596215861</v>
+        <v>-75.665405457228758</v>
       </c>
       <c r="K161" s="16">
-        <v>0.40109899999999987</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-11.475313999999999</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="15" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="B162" s="5"/>
       <c r="C162" s="79"/>
       <c r="D162" s="16"/>
       <c r="E162" s="16">
         <v>0</v>
       </c>
       <c r="F162" s="16">
-        <v>0.95851700000000006</v>
+        <v>0.39451999999999998</v>
       </c>
       <c r="G162" s="16">
-        <v>2.4012710552789098</v>
+        <v>0.92681273324926106</v>
       </c>
       <c r="H162" s="16">
-        <v>1.6172720000000005</v>
+        <v>1.8238670000000001</v>
       </c>
       <c r="I162" s="16">
-        <v>5.8072893102086267</v>
+        <v>5.9723681858872748</v>
       </c>
       <c r="J162" s="16">
-        <v>68.726480594501751</v>
+        <v>362.30026361147731</v>
       </c>
       <c r="K162" s="16">
-        <v>0.65875500000000042</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4293470000000001</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B163" s="5"/>
       <c r="C163" s="79"/>
       <c r="D163" s="16"/>
       <c r="E163" s="16">
         <v>0</v>
       </c>
       <c r="F163" s="16">
-        <v>0.35235999999999995</v>
+        <v>1.4290370000000001</v>
       </c>
       <c r="G163" s="16">
-        <v>0.882730164449954</v>
+        <v>3.3571167187577933</v>
       </c>
       <c r="H163" s="16">
-        <v>1.5542899999999999</v>
+        <v>1.6603620000000001</v>
       </c>
       <c r="I163" s="16">
-        <v>5.5811339724945235</v>
+        <v>5.4369606916821054</v>
       </c>
       <c r="J163" s="16">
-        <v>341.10852537177891</v>
+        <v>16.187474502059779</v>
       </c>
       <c r="K163" s="16">
-        <v>1.2019299999999999</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.231325</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="15" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="B164" s="5"/>
       <c r="C164" s="79"/>
       <c r="D164" s="16"/>
       <c r="E164" s="16">
         <v>0</v>
       </c>
       <c r="F164" s="16">
-        <v>1.2835530000000002</v>
+        <v>1.0956230000000002</v>
       </c>
       <c r="G164" s="16">
-        <v>3.2155492983602909</v>
+        <v>2.5738551841243926</v>
       </c>
       <c r="H164" s="16">
-        <v>1.456871</v>
+        <v>1.6293040000000003</v>
       </c>
       <c r="I164" s="16">
-        <v>5.2313224891378507</v>
+        <v>5.3352593005624209</v>
       </c>
       <c r="J164" s="16">
-        <v>13.502987410726309</v>
+        <v>48.71027716650709</v>
       </c>
       <c r="K164" s="16">
-        <v>0.17331799999999986</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.53368100000000007</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B165" s="5"/>
       <c r="C165" s="79"/>
       <c r="D165" s="16"/>
       <c r="E165" s="16">
         <v>0</v>
       </c>
       <c r="F165" s="16">
-        <v>2.7696839999999998</v>
+        <v>3.4491689999999999</v>
       </c>
       <c r="G165" s="16">
-        <v>6.9385957906527604</v>
+        <v>8.1028433243653559</v>
       </c>
       <c r="H165" s="16">
-        <v>1.4436799999999999</v>
+        <v>1.5006700000000002</v>
       </c>
       <c r="I165" s="16">
-        <v>5.1839563359546119</v>
+        <v>4.9140391078491232</v>
       </c>
       <c r="J165" s="16">
-        <v>-47.875642131015674</v>
+        <v>-56.491839048767979</v>
       </c>
       <c r="K165" s="16">
-        <v>-1.326004</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.9484989999999998</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B166" s="5"/>
       <c r="C166" s="79"/>
       <c r="D166" s="16"/>
       <c r="E166" s="16">
         <v>0</v>
       </c>
       <c r="F166" s="16">
-        <v>1.3688469999999997</v>
+        <v>1.4684169999999996</v>
       </c>
       <c r="G166" s="16">
-        <v>3.4292273169963279</v>
+        <v>3.4496288485239788</v>
       </c>
       <c r="H166" s="16">
-        <v>0.67128600000000005</v>
+        <v>0.91725699999999999</v>
       </c>
       <c r="I166" s="16">
-        <v>2.4104492082300979</v>
+        <v>3.0036162313822246</v>
       </c>
       <c r="J166" s="16">
-        <v>-50.959749336485359</v>
+        <v>-37.534297137665924</v>
       </c>
       <c r="K166" s="16">
-        <v>-0.69756099999999965</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.55115999999999965</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B167" s="5"/>
       <c r="C167" s="79"/>
       <c r="D167" s="16"/>
       <c r="E167" s="16">
         <v>0</v>
       </c>
       <c r="F167" s="16">
-        <v>1.8456850000000002</v>
+        <v>1.853564</v>
       </c>
       <c r="G167" s="16">
-        <v>4.6237990225133769</v>
+        <v>4.3544223793278753</v>
       </c>
       <c r="H167" s="16">
-        <v>0.44825700000000002</v>
+        <v>0.45193700000000003</v>
       </c>
       <c r="I167" s="16">
-        <v>1.6095981902402241</v>
+        <v>1.479896374475407</v>
       </c>
       <c r="J167" s="16">
-        <v>-75.713244676095854</v>
+        <v>-75.617944673073055</v>
       </c>
       <c r="K167" s="16">
-        <v>-1.3974280000000001</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.401627</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B168" s="5"/>
       <c r="C168" s="79"/>
       <c r="D168" s="16"/>
       <c r="E168" s="16">
         <v>0</v>
       </c>
       <c r="F168" s="16">
-        <v>0.35289399999999999</v>
+        <v>0.36597199999999996</v>
       </c>
       <c r="G168" s="16">
-        <v>0.8840679380559715</v>
+        <v>0.8597473122090098</v>
       </c>
       <c r="H168" s="16">
-        <v>0.28159900000000004</v>
+        <v>0.27631800000000006</v>
       </c>
       <c r="I168" s="16">
-        <v>1.0111637760781358</v>
+        <v>0.90482081883602272</v>
       </c>
       <c r="J168" s="16">
-        <v>-20.202950461044942</v>
+        <v>-24.49750254117799</v>
       </c>
       <c r="K168" s="16">
-        <v>-7.1294999999999942E-2</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-8.96539999999999E-2</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B169" s="5"/>
       <c r="C169" s="79"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16">
         <v>0</v>
       </c>
       <c r="F169" s="16">
         <v>0.17552400000000001</v>
       </c>
       <c r="G169" s="16">
-        <v>0.43972167494867109</v>
+        <v>0.4123438056140204</v>
       </c>
       <c r="H169" s="16">
-        <v>0.116672</v>
+        <v>0.11939</v>
       </c>
       <c r="I169" s="16">
-        <v>0.41894502495601277</v>
+        <v>0.39095012833341558</v>
       </c>
       <c r="J169" s="16">
-        <v>-33.52931792803264</v>
+        <v>-31.980811740844565</v>
       </c>
       <c r="K169" s="16">
-        <v>-5.8852000000000015E-2</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-5.6134000000000017E-2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B170" s="5"/>
       <c r="C170" s="79"/>
       <c r="D170" s="16"/>
       <c r="E170" s="16">
         <v>0</v>
       </c>
       <c r="F170" s="16">
-        <v>5.8631000000000003E-2</v>
+        <v>6.5569000000000002E-2</v>
       </c>
       <c r="G170" s="16">
-        <v>0.14688203051386439</v>
+        <v>0.15403575004162223</v>
       </c>
       <c r="H170" s="16">
-        <v>6.0329000000000001E-2</v>
+        <v>6.1603999999999992E-2</v>
       </c>
       <c r="I170" s="16">
-        <v>0.21662896333800138</v>
+        <v>0.20172620576138478</v>
       </c>
       <c r="J170" s="16">
-        <v>2.8960788661288364</v>
+        <v>-6.0470649239732346</v>
       </c>
       <c r="K170" s="16">
-        <v>1.6979999999999981E-3</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.9650000000000102E-3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B171" s="5"/>
       <c r="C171" s="79"/>
       <c r="D171" s="16"/>
       <c r="E171" s="16">
         <v>0</v>
       </c>
       <c r="F171" s="16">
-        <v>1.6625000000000001E-2</v>
+        <v>1.7623E-2</v>
       </c>
       <c r="G171" s="16">
-        <v>4.1648850561869927E-2</v>
+        <v>4.140023521761059E-2</v>
       </c>
       <c r="H171" s="16">
-        <v>1.1430999999999998E-2</v>
+        <v>1.5193999999999999E-2</v>
       </c>
       <c r="I171" s="16">
-        <v>4.1046357140292283E-2</v>
+        <v>4.9753716809598086E-2</v>
       </c>
       <c r="J171" s="16">
-        <v>-31.24210526315791</v>
+        <v>-13.783124326164675</v>
       </c>
       <c r="K171" s="16">
-        <v>-5.1940000000000024E-3</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.4290000000000006E-3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B172" s="5"/>
       <c r="C172" s="79"/>
       <c r="D172" s="16"/>
       <c r="E172" s="16">
         <v>0</v>
       </c>
       <c r="F172" s="16">
         <v>2.4895E-2</v>
       </c>
       <c r="G172" s="16">
-        <v>6.2366805097007622E-2</v>
+        <v>5.8483734650310142E-2</v>
       </c>
       <c r="H172" s="16">
-        <v>1.0365000000000001E-2</v>
+        <v>9.8320000000000005E-3</v>
       </c>
       <c r="I172" s="16">
-        <v>3.721857158246257E-2</v>
+        <v>3.2195507678818507E-2</v>
       </c>
       <c r="J172" s="16">
-        <v>-58.365133560956018</v>
+        <v>-60.506125728057846</v>
       </c>
       <c r="K172" s="16">
-        <v>-1.453E-2</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.5063E-2</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B173" s="5"/>
       <c r="C173" s="79"/>
       <c r="D173" s="16"/>
       <c r="E173" s="16">
         <v>0</v>
       </c>
       <c r="F173" s="16">
-        <v>4.6979999999999999E-3</v>
+        <v>6.2319999999999997E-3</v>
       </c>
       <c r="G173" s="16">
-        <v>1.1769401500130219E-2</v>
+        <v>1.4640314695349779E-2</v>
       </c>
       <c r="H173" s="16">
-        <v>8.7229999999999981E-3</v>
+        <v>9.8040000000000002E-3</v>
       </c>
       <c r="I173" s="16">
-        <v>3.1322489137850545E-2</v>
+        <v>3.2103819902678667E-2</v>
       </c>
       <c r="J173" s="16">
-        <v>85.674755214985069</v>
+        <v>57.317073170731717</v>
       </c>
       <c r="K173" s="16">
-        <v>4.0249999999999982E-3</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.5720000000000005E-3</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B174" s="5"/>
       <c r="C174" s="79"/>
       <c r="D174" s="16"/>
       <c r="E174" s="16">
         <v>0</v>
       </c>
       <c r="F174" s="16">
-        <v>0.89061000000000001</v>
+        <v>0.90569999999999995</v>
       </c>
       <c r="G174" s="16">
-        <v>2.2311508450470359</v>
+        <v>2.1276850159785456</v>
       </c>
       <c r="H174" s="16">
-        <v>1.453077</v>
+        <v>1.465382</v>
       </c>
       <c r="I174" s="16">
-        <v>5.2176990197134545</v>
+        <v>4.7984863134054541</v>
       </c>
       <c r="J174" s="16">
-        <v>63.155253141105526</v>
+        <v>61.795517279452362</v>
       </c>
       <c r="K174" s="16">
-        <v>0.56246699999999994</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.55968200000000001</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B175" s="93"/>
       <c r="C175" s="94"/>
       <c r="D175" s="17"/>
       <c r="E175" s="17">
         <v>0</v>
       </c>
       <c r="F175" s="17">
-        <v>39.917068</v>
+        <v>42.567391000000001</v>
       </c>
       <c r="G175" s="17">
         <v>100</v>
       </c>
       <c r="H175" s="17">
-        <v>27.849</v>
+        <v>30.538421999999997</v>
       </c>
       <c r="I175" s="17">
         <v>100</v>
       </c>
       <c r="J175" s="17">
-        <v>-30.232851771578012</v>
+        <v>-28.258647564282253</v>
       </c>
       <c r="K175" s="17">
-        <v>-12.068068</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-12.028969000000004</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="80"/>
       <c r="F176" s="80"/>
       <c r="G176" s="80"/>
       <c r="H176" s="80"/>
       <c r="I176" s="80"/>
     </row>
-    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E177" s="80"/>
       <c r="F177" s="80"/>
       <c r="G177" s="80"/>
       <c r="H177" s="80"/>
       <c r="I177" s="80"/>
     </row>
-    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E178" s="81"/>
       <c r="F178" s="82"/>
       <c r="G178" s="81"/>
       <c r="H178" s="82"/>
       <c r="I178" s="81"/>
     </row>
-    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="46"/>
     </row>
-    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="46"/>
     </row>
-    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B181" s="37"/>
       <c r="C181" s="37"/>
       <c r="D181" s="37"/>
       <c r="E181" s="37"/>
       <c r="F181" s="37"/>
       <c r="G181" s="37"/>
       <c r="H181" s="37"/>
       <c r="I181" s="37"/>
       <c r="J181" s="37"/>
       <c r="K181" s="37"/>
     </row>
-    <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="23"/>
       <c r="B182" s="23"/>
       <c r="C182" s="23"/>
       <c r="D182" s="23"/>
       <c r="E182" s="23"/>
       <c r="F182" s="23"/>
       <c r="G182" s="13">
         <v>2023</v>
       </c>
       <c r="H182" s="13">
         <v>2024</v>
       </c>
       <c r="I182" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J182" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K182" s="13" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="183" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B183" s="5"/>
       <c r="C183" s="5"/>
       <c r="D183" s="37"/>
       <c r="E183" s="5"/>
       <c r="F183" s="5"/>
       <c r="G183" s="16">
         <v>22.572812000000003</v>
       </c>
       <c r="H183" s="16">
         <v>23.868490000000001</v>
       </c>
       <c r="I183" s="16">
         <v>32.123306714028956</v>
       </c>
       <c r="J183" s="16">
         <v>5.739993758863533</v>
       </c>
       <c r="K183" s="16">
         <v>1.2956779999999988</v>
       </c>
     </row>
-    <row r="184" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B184" s="5"/>
       <c r="C184" s="5"/>
       <c r="D184" s="37"/>
       <c r="E184" s="5"/>
       <c r="F184" s="5"/>
       <c r="G184" s="16">
         <v>7.2153689999999999</v>
       </c>
       <c r="H184" s="16">
         <v>9.9966629999999999</v>
       </c>
       <c r="I184" s="16">
         <v>13.453966784902807</v>
       </c>
       <c r="J184" s="16">
         <v>38.546801972289984</v>
       </c>
       <c r="K184" s="16">
         <v>2.7812939999999999</v>
       </c>
     </row>
-    <row r="185" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B185" s="5"/>
       <c r="C185" s="5"/>
       <c r="D185" s="37"/>
       <c r="E185" s="5"/>
       <c r="F185" s="5"/>
       <c r="G185" s="16">
         <v>3.1201120000000002</v>
       </c>
       <c r="H185" s="16">
         <v>5.193435</v>
       </c>
       <c r="I185" s="16">
         <v>6.9895626160001303</v>
       </c>
       <c r="J185" s="16">
         <v>66.450274861928023</v>
       </c>
       <c r="K185" s="16">
         <v>2.0733229999999998</v>
       </c>
     </row>
-    <row r="186" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B186" s="5"/>
       <c r="C186" s="5"/>
       <c r="D186" s="37"/>
       <c r="E186" s="5"/>
       <c r="F186" s="5"/>
       <c r="G186" s="16">
         <v>0</v>
       </c>
       <c r="H186" s="16">
         <v>3.8240609999999999</v>
       </c>
       <c r="I186" s="16">
         <v>5.1465963869585494</v>
       </c>
       <c r="J186" s="16" t="s">
         <v>151</v>
       </c>
       <c r="K186" s="16">
         <v>3.8240609999999999</v>
       </c>
     </row>
-    <row r="187" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B187" s="5"/>
       <c r="C187" s="5"/>
       <c r="D187" s="37"/>
       <c r="E187" s="5"/>
       <c r="F187" s="5"/>
       <c r="G187" s="16">
         <v>4.1023860000000001</v>
       </c>
       <c r="H187" s="16">
         <v>3.6734720000000003</v>
       </c>
       <c r="I187" s="16">
         <v>4.9439268157054501</v>
       </c>
       <c r="J187" s="16">
         <v>-10.455232637786882</v>
       </c>
       <c r="K187" s="16">
         <v>-0.4289139999999998</v>
       </c>
     </row>
-    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B188" s="5"/>
       <c r="C188" s="5"/>
       <c r="D188" s="37"/>
       <c r="E188" s="5"/>
       <c r="F188" s="5"/>
       <c r="G188" s="16">
         <v>4.6512160000000007</v>
       </c>
       <c r="H188" s="16">
         <v>2.831375</v>
       </c>
       <c r="I188" s="16">
         <v>3.8105941158168668</v>
       </c>
       <c r="J188" s="16">
         <v>-39.126133897028225</v>
       </c>
       <c r="K188" s="16">
         <v>-1.8198410000000007</v>
       </c>
     </row>
-    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B189" s="5"/>
       <c r="C189" s="5"/>
       <c r="D189" s="37"/>
       <c r="E189" s="5"/>
       <c r="F189" s="5"/>
       <c r="G189" s="16">
         <v>2.2354959999999999</v>
       </c>
       <c r="H189" s="16">
         <v>2.575224</v>
       </c>
       <c r="I189" s="16">
         <v>3.4658543715722487</v>
       </c>
       <c r="J189" s="16">
         <v>15.196985367005803</v>
       </c>
       <c r="K189" s="16">
         <v>0.33972800000000003</v>
       </c>
     </row>
-    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
         <v>155</v>
       </c>
       <c r="B190" s="5"/>
       <c r="C190" s="5"/>
       <c r="D190" s="37"/>
       <c r="E190" s="5"/>
       <c r="F190" s="5"/>
       <c r="G190" s="16">
         <v>1.15344</v>
       </c>
       <c r="H190" s="16">
         <v>1.319844</v>
       </c>
       <c r="I190" s="16">
         <v>1.7763064872001051</v>
       </c>
       <c r="J190" s="16">
         <v>14.426758218893049</v>
       </c>
       <c r="K190" s="16">
         <v>0.166404</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B191" s="5"/>
       <c r="C191" s="5"/>
       <c r="D191" s="37"/>
       <c r="E191" s="5"/>
       <c r="F191" s="5"/>
       <c r="G191" s="16">
         <v>1.9301539999999999</v>
       </c>
       <c r="H191" s="16">
         <v>0.96910699999999994</v>
       </c>
       <c r="I191" s="16">
         <v>1.3042685733245989</v>
       </c>
       <c r="J191" s="16">
         <v>-49.791208369902087</v>
       </c>
       <c r="K191" s="16">
         <v>-0.96104699999999998</v>
       </c>
     </row>
-    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
         <v>157</v>
       </c>
       <c r="B192" s="5"/>
       <c r="C192" s="5"/>
       <c r="D192" s="37"/>
       <c r="E192" s="5"/>
       <c r="F192" s="5"/>
       <c r="G192" s="16">
         <v>0.76508399999999999</v>
       </c>
       <c r="H192" s="16">
         <v>0.80093499999999995</v>
       </c>
       <c r="I192" s="16">
         <v>1.0779349955946431</v>
       </c>
       <c r="J192" s="16">
         <v>4.6858906995833092</v>
       </c>
       <c r="K192" s="16">
         <v>3.5850999999999966E-2</v>
       </c>
     </row>
-    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="95" t="s">
         <v>158</v>
       </c>
       <c r="B193" s="93"/>
       <c r="C193" s="93"/>
       <c r="D193" s="96"/>
       <c r="E193" s="96"/>
       <c r="F193" s="96"/>
       <c r="G193" s="17">
         <v>47.746069000000006</v>
       </c>
       <c r="H193" s="17">
         <v>55.052606000000011</v>
       </c>
       <c r="I193" s="17">
         <v>74.092317861104377</v>
       </c>
       <c r="J193" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K193" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="46"/>
     </row>
-    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="46"/>
     </row>
-    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="46"/>
     </row>
-    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B199" s="37"/>
       <c r="C199" s="37"/>
       <c r="D199" s="37"/>
       <c r="E199" s="37"/>
       <c r="F199" s="37"/>
       <c r="G199" s="37"/>
       <c r="H199" s="37"/>
       <c r="I199" s="37"/>
       <c r="J199" s="37"/>
       <c r="K199" s="37"/>
     </row>
-    <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="23"/>
       <c r="B200" s="23"/>
       <c r="C200" s="23"/>
       <c r="D200" s="23"/>
       <c r="E200" s="23"/>
       <c r="F200" s="23"/>
       <c r="G200" s="13">
         <v>2023</v>
       </c>
       <c r="H200" s="13">
         <v>2024</v>
       </c>
       <c r="I200" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J200" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K200" s="13" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B201" s="5"/>
       <c r="C201" s="5"/>
       <c r="D201" s="37"/>
       <c r="E201" s="5"/>
       <c r="F201" s="5"/>
       <c r="G201" s="16">
         <v>17.72541</v>
       </c>
       <c r="H201" s="16">
         <v>10.013583000000001</v>
       </c>
       <c r="I201" s="16">
         <v>21.67851237212874</v>
       </c>
       <c r="J201" s="16">
         <v>-43.50718544733239</v>
       </c>
       <c r="K201" s="16">
         <v>-7.7118269999999995</v>
       </c>
     </row>
-    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
         <v>161</v>
       </c>
       <c r="B202" s="5"/>
       <c r="C202" s="5"/>
       <c r="D202" s="37"/>
       <c r="E202" s="5"/>
       <c r="F202" s="5"/>
       <c r="G202" s="16">
         <v>4.7491029999999999</v>
       </c>
       <c r="H202" s="16">
         <v>3.351073</v>
       </c>
       <c r="I202" s="16">
         <v>7.2547735900732597</v>
       </c>
       <c r="J202" s="16">
         <v>-29.437769616704458</v>
       </c>
       <c r="K202" s="16">
         <v>-1.3980299999999999</v>
       </c>
     </row>
-    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
         <v>162</v>
       </c>
       <c r="B203" s="5"/>
       <c r="C203" s="5"/>
       <c r="D203" s="37"/>
       <c r="E203" s="5"/>
       <c r="F203" s="5"/>
       <c r="G203" s="16">
         <v>1.469546</v>
       </c>
       <c r="H203" s="16">
         <v>3.297955</v>
       </c>
       <c r="I203" s="16">
         <v>7.1397778667459821</v>
       </c>
       <c r="J203" s="16">
         <v>124.41999093597613</v>
       </c>
       <c r="K203" s="16">
         <v>1.828409</v>
       </c>
     </row>
-    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
         <v>163</v>
       </c>
       <c r="B204" s="5"/>
       <c r="C204" s="5"/>
       <c r="D204" s="37"/>
       <c r="E204" s="5"/>
       <c r="F204" s="5"/>
       <c r="G204" s="16">
         <v>0.57363199999999992</v>
       </c>
       <c r="H204" s="16">
         <v>3.2545999999999999</v>
       </c>
       <c r="I204" s="16">
         <v>7.0459181659881578</v>
       </c>
       <c r="J204" s="16">
         <v>467.36723195358707</v>
       </c>
       <c r="K204" s="16">
         <v>2.680968</v>
       </c>
     </row>
-    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B205" s="5"/>
       <c r="C205" s="5"/>
       <c r="D205" s="37"/>
       <c r="E205" s="5"/>
       <c r="F205" s="5"/>
       <c r="G205" s="16">
         <v>0.32353699999999996</v>
       </c>
       <c r="H205" s="16">
         <v>3.123904</v>
       </c>
       <c r="I205" s="16">
         <v>6.7629730051014167</v>
       </c>
       <c r="J205" s="16">
         <v>865.54768079075973</v>
       </c>
       <c r="K205" s="16">
         <v>2.8003670000000001</v>
       </c>
     </row>
-    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B206" s="5"/>
       <c r="C206" s="5"/>
       <c r="D206" s="37"/>
       <c r="E206" s="5"/>
       <c r="F206" s="5"/>
       <c r="G206" s="16">
         <v>3.1086320000000001</v>
       </c>
       <c r="H206" s="16">
         <v>2.4610799999999999</v>
       </c>
       <c r="I206" s="16">
         <v>5.3280182756560359</v>
       </c>
       <c r="J206" s="16">
         <v>-20.83077057689685</v>
       </c>
       <c r="K206" s="16">
         <v>-0.64755200000000013</v>
       </c>
     </row>
-    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B207" s="5"/>
       <c r="C207" s="5"/>
       <c r="D207" s="37"/>
       <c r="E207" s="5"/>
       <c r="F207" s="5"/>
       <c r="G207" s="16">
         <v>0.11944</v>
       </c>
       <c r="H207" s="16">
         <v>2.110916</v>
       </c>
       <c r="I207" s="16">
         <v>4.5699445066290965</v>
       </c>
       <c r="J207" s="16" t="s">
         <v>167</v>
       </c>
       <c r="K207" s="16">
         <v>1.991476</v>
       </c>
     </row>
-    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B208" s="5"/>
       <c r="C208" s="5"/>
       <c r="D208" s="37"/>
       <c r="E208" s="5"/>
       <c r="F208" s="5"/>
       <c r="G208" s="16">
         <v>0.30693799999999999</v>
       </c>
       <c r="H208" s="16">
         <v>1.8720329999999998</v>
       </c>
       <c r="I208" s="16">
         <v>4.0527841584309314</v>
       </c>
       <c r="J208" s="16">
         <v>509.905909336739</v>
       </c>
       <c r="K208" s="16">
         <v>1.5650949999999999</v>
       </c>
     </row>
-    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B209" s="5"/>
       <c r="C209" s="5"/>
       <c r="D209" s="37"/>
       <c r="E209" s="5"/>
       <c r="F209" s="5"/>
       <c r="G209" s="16">
         <v>1.0771600000000001</v>
       </c>
       <c r="H209" s="16">
         <v>1.5257609999999999</v>
       </c>
       <c r="I209" s="16">
         <v>3.3031362216113367</v>
       </c>
       <c r="J209" s="16">
         <v>41.646644880983303</v>
       </c>
       <c r="K209" s="16">
         <v>0.44860099999999981</v>
       </c>
     </row>
-    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B210" s="5"/>
       <c r="C210" s="5"/>
       <c r="D210" s="37"/>
       <c r="E210" s="5"/>
       <c r="F210" s="5"/>
       <c r="G210" s="16">
         <v>1.4889780000000001</v>
       </c>
       <c r="H210" s="16">
         <v>1.475554</v>
       </c>
       <c r="I210" s="16">
         <v>3.1944425531544551</v>
       </c>
       <c r="J210" s="16">
         <v>-0.90155798138052412</v>
       </c>
       <c r="K210" s="16">
         <v>-1.3424000000000103E-2</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="95" t="s">
         <v>158</v>
       </c>
       <c r="B211" s="93"/>
       <c r="C211" s="93"/>
       <c r="D211" s="96"/>
       <c r="E211" s="96"/>
       <c r="F211" s="96"/>
       <c r="G211" s="17">
         <v>30.942375999999999</v>
       </c>
       <c r="H211" s="17">
         <v>32.486458999999996</v>
       </c>
       <c r="I211" s="17">
         <v>70.330280715519393</v>
       </c>
       <c r="J211" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K211" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="46"/>
     </row>
-    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B215" s="37"/>
       <c r="C215" s="37"/>
       <c r="D215" s="37"/>
       <c r="E215" s="37"/>
       <c r="F215" s="37"/>
       <c r="G215" s="37"/>
       <c r="H215" s="37"/>
       <c r="I215" s="37"/>
       <c r="J215" s="37"/>
       <c r="K215" s="37"/>
     </row>
-    <row r="216" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="23"/>
       <c r="B216" s="23"/>
       <c r="C216" s="23"/>
       <c r="D216" s="23"/>
       <c r="E216" s="23"/>
       <c r="F216" s="23"/>
       <c r="G216" s="13" t="s">
         <v>112</v>
       </c>
       <c r="H216" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I216" s="13" t="s">
         <v>144</v>
       </c>
       <c r="J216" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K216" s="13" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B217" s="5"/>
       <c r="C217" s="5"/>
       <c r="D217" s="37"/>
       <c r="E217" s="5"/>
       <c r="F217" s="5"/>
       <c r="G217" s="16">
-        <v>4.1150000000000002</v>
+        <v>5.0677620000000001</v>
       </c>
       <c r="H217" s="16">
-        <v>34.089295</v>
+        <v>38.045192</v>
       </c>
       <c r="I217" s="16">
-        <v>45.949539164711489</v>
+        <v>45.507366115600306</v>
       </c>
       <c r="J217" s="16">
-        <v>728.41543134872404</v>
+        <v>650.72965147139894</v>
       </c>
       <c r="K217" s="16">
-        <v>29.974294999999998</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>32.977429999999998</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B218" s="5"/>
       <c r="C218" s="5"/>
       <c r="D218" s="37"/>
       <c r="E218" s="5"/>
       <c r="F218" s="5"/>
       <c r="G218" s="16">
-        <v>23.851538999999999</v>
+        <v>23.868490000000001</v>
       </c>
       <c r="H218" s="16">
-        <v>7.1189170000000006</v>
+        <v>10.413943999999999</v>
       </c>
       <c r="I218" s="16">
-        <v>9.5957090195567396</v>
+        <v>12.456532281802101</v>
       </c>
       <c r="J218" s="16">
-        <v>-70.153217366812257</v>
+        <v>-56.369489649324279</v>
       </c>
       <c r="K218" s="16">
-        <v>-16.732621999999999</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-13.454546000000002</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B219" s="5"/>
       <c r="C219" s="5"/>
       <c r="D219" s="37"/>
       <c r="E219" s="5"/>
       <c r="F219" s="5"/>
       <c r="G219" s="16">
-        <v>5.1699299999999999</v>
+        <v>2.7798560000000001</v>
       </c>
       <c r="H219" s="16">
-        <v>4.4234669999999996</v>
+        <v>4.6402770000000002</v>
       </c>
       <c r="I219" s="16">
-        <v>5.9624662276033815</v>
+        <v>5.5504197302197724</v>
       </c>
       <c r="J219" s="16">
-        <v>-14.438551392378626</v>
+        <v>66.92508532816089</v>
       </c>
       <c r="K219" s="16">
-        <v>-0.74646300000000032</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.8604210000000001</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B220" s="5"/>
       <c r="C220" s="5"/>
       <c r="D220" s="37"/>
       <c r="E220" s="5"/>
       <c r="F220" s="5"/>
       <c r="G220" s="16">
-        <v>2.6441460000000001</v>
+        <v>5.1744859999999999</v>
       </c>
       <c r="H220" s="16">
-        <v>4.1298860000000008</v>
+        <v>4.4241980000000005</v>
       </c>
       <c r="I220" s="16">
-        <v>5.5667434161602261</v>
+        <v>5.2919590510650245</v>
       </c>
       <c r="J220" s="16">
-        <v>56.18978679694694</v>
+        <v>-14.499759009880389</v>
       </c>
       <c r="K220" s="16">
-        <v>1.4857400000000007</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.7502879999999994</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B221" s="5"/>
       <c r="C221" s="5"/>
       <c r="D221" s="37"/>
       <c r="E221" s="5"/>
       <c r="F221" s="5"/>
       <c r="G221" s="16">
-        <v>2.1860740000000001</v>
+        <v>2.380315</v>
       </c>
       <c r="H221" s="16">
-        <v>2.6237469999999998</v>
+        <v>2.7820109999999998</v>
       </c>
       <c r="I221" s="16">
-        <v>3.5365931015820147</v>
+        <v>3.3276739177614694</v>
       </c>
       <c r="J221" s="16">
-        <v>20.020959949205732</v>
+        <v>16.875749638178135</v>
       </c>
       <c r="K221" s="16">
-        <v>0.43767299999999976</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.40169599999999983</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B222" s="5"/>
       <c r="C222" s="5"/>
       <c r="D222" s="37"/>
       <c r="E222" s="5"/>
       <c r="F222" s="5"/>
       <c r="G222" s="16">
-        <v>3.0788139999999999</v>
+        <v>3.2833459999999999</v>
       </c>
       <c r="H222" s="16">
-        <v>2.552988</v>
+        <v>2.5914350000000002</v>
       </c>
       <c r="I222" s="16">
-        <v>3.4412158448286614</v>
+        <v>3.0997183904284324</v>
       </c>
       <c r="J222" s="16">
-        <v>-17.078849193228297</v>
+        <v>-21.073350173877493</v>
       </c>
       <c r="K222" s="16">
-        <v>-0.5258259999999999</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.69191099999999972</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B223" s="5"/>
       <c r="C223" s="5"/>
       <c r="D223" s="37"/>
       <c r="E223" s="5"/>
       <c r="F223" s="5"/>
       <c r="G223" s="16">
-        <v>0.84092299999999998</v>
+        <v>0.89573900000000006</v>
       </c>
       <c r="H223" s="16">
-        <v>1.0490470000000001</v>
+        <v>1.0888910000000001</v>
       </c>
       <c r="I223" s="16">
-        <v>1.4140282517465703</v>
+        <v>1.3024657990156059</v>
       </c>
       <c r="J223" s="16">
-        <v>24.749471711440894</v>
+        <v>21.563424167084381</v>
       </c>
       <c r="K223" s="16">
-        <v>0.20812400000000009</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.19315199999999999</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>155</v>
+        <v>171</v>
       </c>
       <c r="B224" s="5"/>
       <c r="C224" s="5"/>
       <c r="D224" s="37"/>
       <c r="E224" s="5"/>
       <c r="F224" s="5"/>
       <c r="G224" s="16">
-        <v>1.136285</v>
+        <v>0.72004699999999999</v>
       </c>
       <c r="H224" s="16">
-        <v>0.75029499999999993</v>
+        <v>0.80840099999999993</v>
       </c>
       <c r="I224" s="16">
-        <v>1.0113353616608147</v>
+        <v>0.96696056298565658</v>
       </c>
       <c r="J224" s="16">
-        <v>-33.969470687371569</v>
+        <v>12.27058789217925</v>
       </c>
       <c r="K224" s="16">
-        <v>-0.38599000000000006</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.8353999999999933E-2</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="B225" s="5"/>
       <c r="C225" s="5"/>
       <c r="D225" s="37"/>
       <c r="E225" s="5"/>
       <c r="F225" s="5"/>
       <c r="G225" s="16">
-        <v>0.55997200000000003</v>
+        <v>1.2526729999999999</v>
       </c>
       <c r="H225" s="16">
-        <v>0.69694699999999998</v>
+        <v>0.79053599999999991</v>
       </c>
       <c r="I225" s="16">
-        <v>0.93942668724091172</v>
+        <v>0.94559152650779621</v>
       </c>
       <c r="J225" s="16">
-        <v>24.461044480795461</v>
+        <v>-36.892069997517311</v>
       </c>
       <c r="K225" s="16">
-        <v>0.13697499999999996</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.46213700000000002</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B226" s="5"/>
       <c r="C226" s="5"/>
       <c r="D226" s="37"/>
       <c r="E226" s="5"/>
       <c r="F226" s="5"/>
       <c r="G226" s="16">
-        <v>0.603742</v>
+        <v>0.67585000000000006</v>
       </c>
       <c r="H226" s="16">
-        <v>0.65166000000000002</v>
+        <v>0.71578200000000003</v>
       </c>
       <c r="I226" s="16">
-        <v>0.87838357150172486</v>
+        <v>0.85617529628859845</v>
       </c>
       <c r="J226" s="16">
-        <v>7.936833945625783</v>
+        <v>5.9084116297995068</v>
       </c>
       <c r="K226" s="16">
-        <v>4.7918000000000016E-2</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.9931999999999968E-2</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="95" t="s">
         <v>158</v>
       </c>
       <c r="B227" s="93"/>
       <c r="C227" s="93"/>
       <c r="D227" s="96"/>
       <c r="E227" s="96"/>
       <c r="F227" s="96"/>
       <c r="G227" s="17">
-        <v>44.186424999999993</v>
+        <v>46.098564000000003</v>
       </c>
       <c r="H227" s="17">
-        <v>58.086249000000009</v>
+        <v>66.300667000000004</v>
       </c>
       <c r="I227" s="17">
-        <v>78.295440646592539</v>
+        <v>79.304862671674769</v>
       </c>
       <c r="J227" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K227" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="46"/>
     </row>
-    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B231" s="37"/>
       <c r="C231" s="37"/>
       <c r="D231" s="37"/>
       <c r="E231" s="37"/>
       <c r="F231" s="37"/>
       <c r="G231" s="37"/>
       <c r="H231" s="37"/>
       <c r="I231" s="37"/>
       <c r="J231" s="37"/>
       <c r="K231" s="37"/>
     </row>
-    <row r="232" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="23"/>
       <c r="B232" s="23"/>
       <c r="C232" s="23"/>
       <c r="D232" s="23"/>
       <c r="E232" s="23"/>
       <c r="F232" s="23"/>
       <c r="G232" s="13" t="s">
         <v>112</v>
       </c>
       <c r="H232" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I232" s="13" t="s">
         <v>144</v>
       </c>
       <c r="J232" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K232" s="13" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
         <v>164</v>
       </c>
       <c r="B233" s="5"/>
       <c r="C233" s="5"/>
       <c r="D233" s="37"/>
       <c r="E233" s="5"/>
       <c r="F233" s="5"/>
       <c r="G233" s="16">
-        <v>2.6260520000000001</v>
+        <v>2.8679169999999998</v>
       </c>
       <c r="H233" s="16">
-        <v>2.7688950000000001</v>
+        <v>3.0334319999999999</v>
       </c>
       <c r="I233" s="16">
-        <v>9.9425293547344609</v>
+        <v>9.9331655054082368</v>
       </c>
       <c r="J233" s="16">
-        <v>5.439458167621968</v>
+        <v>5.7712618600887016</v>
       </c>
       <c r="K233" s="16">
-        <v>0.14284300000000005</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.16551500000000008</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B234" s="5"/>
       <c r="C234" s="5"/>
       <c r="D234" s="37"/>
       <c r="E234" s="5"/>
       <c r="F234" s="5"/>
       <c r="G234" s="16">
-        <v>1.2130450000000002</v>
+        <v>0.87338899999999997</v>
       </c>
       <c r="H234" s="16">
-        <v>2.2000540000000002</v>
+        <v>2.301231</v>
       </c>
       <c r="I234" s="16">
-        <v>7.8999389565154949</v>
+        <v>7.5355268847879575</v>
       </c>
       <c r="J234" s="16">
-        <v>81.366231261000195</v>
+        <v>163.48293830126096</v>
       </c>
       <c r="K234" s="16">
-        <v>0.98700900000000003</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4278420000000001</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B235" s="5"/>
       <c r="C235" s="5"/>
       <c r="D235" s="37"/>
       <c r="E235" s="5"/>
       <c r="F235" s="5"/>
       <c r="G235" s="16">
-        <v>0.78230999999999995</v>
+        <v>1.2130450000000002</v>
       </c>
       <c r="H235" s="16">
-        <v>2.151141</v>
+        <v>2.203468</v>
       </c>
       <c r="I235" s="16">
-        <v>7.724302488419692</v>
+        <v>7.2153957398322683</v>
       </c>
       <c r="J235" s="16">
-        <v>174.97296468152015</v>
+        <v>81.647671768153671</v>
       </c>
       <c r="K235" s="16">
-        <v>1.3688310000000001</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.99042299999999983</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B236" s="5"/>
       <c r="C236" s="5"/>
       <c r="D236" s="37"/>
       <c r="E236" s="5"/>
       <c r="F236" s="5"/>
       <c r="G236" s="16">
-        <v>2.8736579999999998</v>
+        <v>1.405125</v>
       </c>
       <c r="H236" s="16">
-        <v>1.843594</v>
+        <v>1.8401620000000001</v>
       </c>
       <c r="I236" s="16">
-        <v>6.6199648102265796</v>
+        <v>6.0257271970372281</v>
       </c>
       <c r="J236" s="16">
-        <v>-35.845044887039442</v>
+        <v>30.960733030869147</v>
       </c>
       <c r="K236" s="16">
-        <v>-1.0300639999999999</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.43503700000000012</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B237" s="5"/>
       <c r="C237" s="5"/>
       <c r="D237" s="37"/>
       <c r="E237" s="5"/>
       <c r="F237" s="5"/>
       <c r="G237" s="16">
-        <v>1.245023</v>
+        <v>3.0784279999999997</v>
       </c>
       <c r="H237" s="16">
-        <v>1.7852329999999998</v>
+        <v>1.670069</v>
       </c>
       <c r="I237" s="16">
-        <v>6.4104025279184169</v>
+        <v>5.4687468789317277</v>
       </c>
       <c r="J237" s="16">
-        <v>43.389559871584694</v>
+        <v>-45.749291521516824</v>
       </c>
       <c r="K237" s="16">
-        <v>0.54020999999999986</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.4083589999999997</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="B238" s="5"/>
       <c r="C238" s="5"/>
       <c r="D238" s="37"/>
       <c r="E238" s="5"/>
       <c r="F238" s="5"/>
       <c r="G238" s="16">
-        <v>2.7158359999999999</v>
+        <v>1.424253</v>
       </c>
       <c r="H238" s="16">
-        <v>1.5569069999999998</v>
+        <v>1.6582080000000001</v>
       </c>
       <c r="I238" s="16">
-        <v>5.5905310783151991</v>
+        <v>5.4299072820462051</v>
       </c>
       <c r="J238" s="16">
-        <v>-42.673011183296786</v>
+        <v>16.426505684032271</v>
       </c>
       <c r="K238" s="16">
-        <v>-1.1589290000000001</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.23395500000000014</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B239" s="5"/>
       <c r="C239" s="5"/>
       <c r="D239" s="37"/>
       <c r="E239" s="5"/>
       <c r="F239" s="5"/>
       <c r="G239" s="16">
-        <v>0.836785</v>
+        <v>0.95482199999999995</v>
       </c>
       <c r="H239" s="16">
-        <v>1.5197550000000002</v>
+        <v>1.5288520000000001</v>
       </c>
       <c r="I239" s="16">
-        <v>5.4571259291177423</v>
+        <v>5.0063228545338729</v>
       </c>
       <c r="J239" s="16">
-        <v>81.618336848772415</v>
+        <v>60.119058840286478</v>
       </c>
       <c r="K239" s="16">
-        <v>0.68297000000000019</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.57403000000000015</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="B240" s="5"/>
       <c r="C240" s="5"/>
       <c r="D240" s="37"/>
       <c r="E240" s="5"/>
       <c r="F240" s="5"/>
       <c r="G240" s="16">
-        <v>1.278769</v>
+        <v>3.0115069999999999</v>
       </c>
       <c r="H240" s="16">
-        <v>1.454717</v>
+        <v>1.4106540000000001</v>
       </c>
       <c r="I240" s="16">
-        <v>5.2235879205716547</v>
+        <v>4.6192760058132682</v>
       </c>
       <c r="J240" s="16">
-        <v>13.759169951727014</v>
+        <v>-53.157870793592707</v>
       </c>
       <c r="K240" s="16">
-        <v>0.17594799999999999</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.6008529999999999</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B241" s="5"/>
       <c r="C241" s="5"/>
       <c r="D241" s="37"/>
       <c r="E241" s="5"/>
       <c r="F241" s="5"/>
       <c r="G241" s="16">
-        <v>0.77882299999999993</v>
+        <v>0.79197099999999998</v>
       </c>
       <c r="H241" s="16">
-        <v>1.253439</v>
+        <v>1.264594</v>
       </c>
       <c r="I241" s="16">
-        <v>4.5008402456102559</v>
+        <v>4.1409932707066535</v>
       </c>
       <c r="J241" s="16">
-        <v>60.940162270503059</v>
+        <v>59.676806347707178</v>
       </c>
       <c r="K241" s="16">
-        <v>0.47461600000000004</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.47262300000000002</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>161</v>
+        <v>177</v>
       </c>
       <c r="B242" s="5"/>
       <c r="C242" s="5"/>
       <c r="D242" s="37"/>
       <c r="E242" s="5"/>
       <c r="F242" s="5"/>
       <c r="G242" s="16">
-        <v>2.6848229999999997</v>
+        <v>1.0695709999999998</v>
       </c>
       <c r="H242" s="16">
-        <v>1.170642</v>
+        <v>1.196434</v>
       </c>
       <c r="I242" s="16">
-        <v>4.2035333405149196</v>
+        <v>3.9177990270748113</v>
       </c>
       <c r="J242" s="16">
-        <v>-56.397796055829374</v>
+        <v>11.861110669604933</v>
       </c>
       <c r="K242" s="16">
-        <v>-1.5141809999999998</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.12686300000000017</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="95" t="s">
         <v>158</v>
       </c>
       <c r="B243" s="93"/>
       <c r="C243" s="93"/>
       <c r="D243" s="96"/>
       <c r="E243" s="96"/>
       <c r="F243" s="96"/>
       <c r="G243" s="17">
-        <v>17.035124</v>
+        <v>16.690027999999998</v>
       </c>
       <c r="H243" s="17">
-        <v>17.704377000000001</v>
+        <v>18.107104</v>
       </c>
       <c r="I243" s="17">
-        <v>63.572756651944417</v>
+        <v>59.29286064617223</v>
       </c>
       <c r="J243" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K243" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="46"/>
     </row>
-    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="46"/>
     </row>
-    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B248" s="22"/>
       <c r="C248" s="22"/>
       <c r="D248" s="22"/>
       <c r="E248" s="22"/>
       <c r="F248" s="22"/>
       <c r="G248" s="22"/>
       <c r="H248" s="22"/>
       <c r="I248" s="22"/>
       <c r="J248" s="22"/>
       <c r="K248" s="22"/>
     </row>
-    <row r="249" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="12">
         <v>0</v>
       </c>
       <c r="B249" s="12">
         <v>0</v>
       </c>
       <c r="C249" s="12">
         <v>0</v>
       </c>
       <c r="D249" s="12">
         <v>2020</v>
       </c>
       <c r="E249" s="12">
         <v>2023</v>
       </c>
       <c r="F249" s="12">
         <v>2024</v>
       </c>
       <c r="G249" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H249" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I249" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J249" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K249" s="13" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="250" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="15" t="s">
         <v>52</v>
       </c>
       <c r="B250" s="22"/>
-      <c r="C250" s="136" t="s">
+      <c r="C250" s="127" t="s">
         <v>66</v>
       </c>
       <c r="D250" s="16">
         <v>23.467073387730565</v>
       </c>
       <c r="E250" s="16">
         <v>7.0159053425668025</v>
       </c>
       <c r="F250" s="16">
         <v>4.5102383055666238</v>
       </c>
       <c r="G250" s="16">
         <v>-28.804320830256408</v>
       </c>
       <c r="H250" s="16">
         <v>-21.268058398315727</v>
       </c>
       <c r="I250" s="16">
-        <v>4.5364695352466509</v>
+        <v>4.7491587992003748</v>
       </c>
       <c r="J250" s="16">
-        <v>4.5780348468130949</v>
+        <v>4.2577935023771838</v>
       </c>
       <c r="K250" s="16">
-        <v>19.587288482330699</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.027338580335782</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="15" t="s">
         <v>53</v>
       </c>
       <c r="B251" s="22"/>
-      <c r="C251" s="136">
+      <c r="C251" s="127">
         <v>0</v>
       </c>
       <c r="D251" s="16">
         <v>38.208575790690873</v>
       </c>
       <c r="E251" s="16">
         <v>56.930810277563246</v>
       </c>
       <c r="F251" s="16">
         <v>60.996793517532744</v>
       </c>
       <c r="G251" s="16">
         <v>18.65813272548089</v>
       </c>
       <c r="H251" s="16">
         <v>33.660278347146487</v>
       </c>
       <c r="I251" s="16">
-        <v>61.044667671900697</v>
+        <v>59.357845968507419</v>
       </c>
       <c r="J251" s="16">
-        <v>70.039507044755297</v>
+        <v>71.286357742132296</v>
       </c>
       <c r="K251" s="16">
-        <v>35.962540348505904</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50.066726275142024</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B252" s="22"/>
-      <c r="C252" s="136">
+      <c r="C252" s="127">
         <v>0</v>
       </c>
       <c r="D252" s="16">
         <v>4.9393161793809215</v>
       </c>
       <c r="E252" s="16">
         <v>9.8441034866270183</v>
       </c>
       <c r="F252" s="16">
         <v>9.953437810950005</v>
       </c>
       <c r="G252" s="16">
         <v>11.978541321534507</v>
       </c>
       <c r="H252" s="16">
         <v>41.674729539099516</v>
       </c>
       <c r="I252" s="16">
-        <v>9.9635722227977048</v>
+        <v>10.60985935339415</v>
       </c>
       <c r="J252" s="16">
-        <v>4.1544013459208582</v>
+        <v>3.9528928380705772</v>
       </c>
       <c r="K252" s="16">
-        <v>-50.589721644591478</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-53.445514726690313</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B253" s="22"/>
-      <c r="C253" s="136">
+      <c r="C253" s="127">
         <v>0</v>
       </c>
       <c r="D253" s="16">
         <v>33.385034642197638</v>
       </c>
       <c r="E253" s="16">
         <v>26.209180893242934</v>
       </c>
       <c r="F253" s="16">
         <v>24.539530365950618</v>
       </c>
       <c r="G253" s="16">
         <v>3.6932932958014675</v>
       </c>
       <c r="H253" s="16">
         <v>10.101801804141374</v>
       </c>
       <c r="I253" s="16">
-        <v>24.455290570054945</v>
+        <v>25.283135878898051</v>
       </c>
       <c r="J253" s="16">
-        <v>21.228056762510739</v>
+        <v>20.502955917419943</v>
       </c>
       <c r="K253" s="16">
-        <v>2.8635092233195265</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.3308427127145617</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="97" t="s">
         <v>68</v>
       </c>
       <c r="B254" s="98"/>
-      <c r="C254" s="140" t="s">
+      <c r="C254" s="122" t="s">
         <v>67</v>
       </c>
       <c r="D254" s="99">
         <v>96.658083707967876</v>
       </c>
       <c r="E254" s="99">
         <v>96.115144846311409</v>
       </c>
       <c r="F254" s="99">
         <v>96.231542969935489</v>
       </c>
       <c r="G254" s="99">
         <v>10.748504183954267</v>
       </c>
       <c r="H254" s="99">
         <v>18.909299936704937</v>
       </c>
       <c r="I254" s="99">
-        <v>96.21707452512041</v>
+        <v>96.161695034830544</v>
       </c>
       <c r="J254" s="99">
-        <v>96.297805863454983</v>
+        <v>96.524618374007815</v>
       </c>
       <c r="K254" s="99">
-        <v>18.501520664592373</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>24.955712500561347</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B255" s="100"/>
-      <c r="C255" s="141">
+      <c r="C255" s="123">
         <v>0</v>
       </c>
       <c r="D255" s="17">
         <v>3.3419162920321175</v>
       </c>
       <c r="E255" s="17">
         <v>3.8848551536886022</v>
       </c>
       <c r="F255" s="17">
         <v>3.7684570300644991</v>
       </c>
       <c r="G255" s="17">
         <v>7.3003111635677627</v>
       </c>
       <c r="H255" s="17">
         <v>22.669898280894362</v>
       </c>
       <c r="I255" s="17">
-        <v>3.7829254748795877</v>
+        <v>3.8383049651694674</v>
       </c>
       <c r="J255" s="17">
-        <v>3.7021941365450117</v>
+        <v>3.4753816259921737</v>
       </c>
       <c r="K255" s="17">
-        <v>15.875356335397669</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>12.715373603907334</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="4" t="s">
         <v>106</v>
       </c>
       <c r="D256" s="60"/>
     </row>
-    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D257" s="60"/>
     </row>
-    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D258" s="60"/>
     </row>
-    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="20" t="s">
         <v>102</v>
       </c>
       <c r="D259" s="60"/>
     </row>
-    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="101" t="s">
         <v>70</v>
       </c>
       <c r="D260" s="60"/>
     </row>
-    <row r="261" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A261" s="133" t="s">
+    <row r="261" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="124" t="s">
         <v>71</v>
       </c>
-      <c r="B261" s="133">
-[...31 lines deleted...]
-      <c r="A262" s="133" t="s">
+      <c r="B261" s="124">
+        <v>0</v>
+      </c>
+      <c r="C261" s="124">
+        <v>0</v>
+      </c>
+      <c r="D261" s="124">
+        <v>0</v>
+      </c>
+      <c r="E261" s="124">
+        <v>0</v>
+      </c>
+      <c r="F261" s="124">
+        <v>0</v>
+      </c>
+      <c r="G261" s="124">
+        <v>0</v>
+      </c>
+      <c r="H261" s="124">
+        <v>0</v>
+      </c>
+      <c r="I261" s="124">
+        <v>0</v>
+      </c>
+      <c r="J261" s="124">
+        <v>0</v>
+      </c>
+      <c r="K261" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="124" t="s">
         <v>72</v>
       </c>
-      <c r="B262" s="133">
-[...31 lines deleted...]
-      <c r="A263" s="133" t="s">
+      <c r="B262" s="124">
+        <v>0</v>
+      </c>
+      <c r="C262" s="124">
+        <v>0</v>
+      </c>
+      <c r="D262" s="124">
+        <v>0</v>
+      </c>
+      <c r="E262" s="124">
+        <v>0</v>
+      </c>
+      <c r="F262" s="124">
+        <v>0</v>
+      </c>
+      <c r="G262" s="124">
+        <v>0</v>
+      </c>
+      <c r="H262" s="124">
+        <v>0</v>
+      </c>
+      <c r="I262" s="124">
+        <v>0</v>
+      </c>
+      <c r="J262" s="124">
+        <v>0</v>
+      </c>
+      <c r="K262" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="124" t="s">
         <v>73</v>
       </c>
-      <c r="B263" s="133">
-[...31 lines deleted...]
-      <c r="A264" s="133" t="s">
+      <c r="B263" s="124">
+        <v>0</v>
+      </c>
+      <c r="C263" s="124">
+        <v>0</v>
+      </c>
+      <c r="D263" s="124">
+        <v>0</v>
+      </c>
+      <c r="E263" s="124">
+        <v>0</v>
+      </c>
+      <c r="F263" s="124">
+        <v>0</v>
+      </c>
+      <c r="G263" s="124">
+        <v>0</v>
+      </c>
+      <c r="H263" s="124">
+        <v>0</v>
+      </c>
+      <c r="I263" s="124">
+        <v>0</v>
+      </c>
+      <c r="J263" s="124">
+        <v>0</v>
+      </c>
+      <c r="K263" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="124" t="s">
         <v>74</v>
       </c>
-      <c r="B264" s="133">
-[...30 lines deleted...]
-    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B264" s="124">
+        <v>0</v>
+      </c>
+      <c r="C264" s="124">
+        <v>0</v>
+      </c>
+      <c r="D264" s="124">
+        <v>0</v>
+      </c>
+      <c r="E264" s="124">
+        <v>0</v>
+      </c>
+      <c r="F264" s="124">
+        <v>0</v>
+      </c>
+      <c r="G264" s="124">
+        <v>0</v>
+      </c>
+      <c r="H264" s="124">
+        <v>0</v>
+      </c>
+      <c r="I264" s="124">
+        <v>0</v>
+      </c>
+      <c r="J264" s="124">
+        <v>0</v>
+      </c>
+      <c r="K264" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="46">
         <v>0</v>
       </c>
       <c r="B265" s="46">
         <v>0</v>
       </c>
       <c r="C265" s="46">
         <v>0</v>
       </c>
       <c r="D265" s="46">
         <v>0</v>
       </c>
       <c r="E265" s="46">
         <v>0</v>
       </c>
       <c r="F265" s="46">
         <v>0</v>
       </c>
       <c r="G265" s="46">
         <v>0</v>
       </c>
       <c r="H265" s="46">
         <v>0</v>
       </c>
       <c r="I265" s="46">
         <v>0</v>
       </c>
       <c r="J265" s="46">
         <v>0</v>
       </c>
       <c r="K265" s="46">
         <v>0</v>
       </c>
     </row>
-    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="46"/>
       <c r="B266" s="46"/>
       <c r="C266" s="46"/>
       <c r="D266" s="46"/>
       <c r="E266" s="46"/>
       <c r="F266" s="46"/>
       <c r="G266" s="46"/>
       <c r="H266" s="46"/>
       <c r="I266" s="46"/>
       <c r="J266" s="46"/>
       <c r="K266" s="46"/>
     </row>
-    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="46"/>
       <c r="B267" s="46"/>
       <c r="C267" s="46"/>
       <c r="D267" s="46"/>
       <c r="E267" s="46"/>
       <c r="F267" s="46"/>
       <c r="G267" s="46"/>
       <c r="H267" s="46"/>
       <c r="I267" s="46"/>
       <c r="J267" s="46"/>
       <c r="K267" s="46"/>
     </row>
-    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B268" s="22"/>
       <c r="C268" s="22"/>
       <c r="D268" s="22"/>
       <c r="E268" s="22"/>
       <c r="F268" s="22"/>
       <c r="G268" s="22"/>
       <c r="H268" s="22"/>
       <c r="I268" s="22"/>
       <c r="J268" s="22"/>
       <c r="K268" s="22"/>
     </row>
-    <row r="269" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="12">
         <v>0</v>
       </c>
       <c r="B269" s="12">
         <v>0</v>
       </c>
       <c r="C269" s="12">
         <v>0</v>
       </c>
       <c r="D269" s="12">
         <v>2020</v>
       </c>
       <c r="E269" s="12">
         <v>2023</v>
       </c>
       <c r="F269" s="12">
         <v>2024</v>
       </c>
       <c r="G269" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H269" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I269" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J269" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K269" s="13" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="15" t="s">
         <v>52</v>
       </c>
       <c r="B270" s="22"/>
-      <c r="C270" s="136" t="s">
+      <c r="C270" s="127" t="s">
         <v>66</v>
       </c>
       <c r="D270" s="16">
         <v>43.728697015962467</v>
       </c>
       <c r="E270" s="16">
         <v>8.5883682940588262</v>
       </c>
       <c r="F270" s="16">
         <v>23.682233907228994</v>
       </c>
       <c r="G270" s="16">
         <v>283.60604018701974</v>
       </c>
       <c r="H270" s="16">
         <v>-1.3444459236004791</v>
       </c>
       <c r="I270" s="16">
-        <v>22.475560906181975</v>
+        <v>22.272441268254596</v>
       </c>
       <c r="J270" s="16">
-        <v>27.069811726482101</v>
+        <v>24.45318183674804</v>
       </c>
       <c r="K270" s="16">
-        <v>17.061380401097221</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.2581601230691764</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="15" t="s">
         <v>53</v>
       </c>
       <c r="B271" s="22"/>
-      <c r="C271" s="136">
+      <c r="C271" s="127">
         <v>0</v>
       </c>
       <c r="D271" s="16">
         <v>24.553053428176696</v>
       </c>
       <c r="E271" s="16">
         <v>33.987170584538703</v>
       </c>
       <c r="F271" s="16">
         <v>35.189776697576086</v>
       </c>
       <c r="G271" s="16">
         <v>44.037286190378119</v>
       </c>
       <c r="H271" s="16">
         <v>25.830307582846768</v>
       </c>
       <c r="I271" s="16">
-        <v>36.981981760383427</v>
+        <v>35.617023106710242</v>
       </c>
       <c r="J271" s="16">
-        <v>25.515588967563009</v>
+        <v>26.941566520926557</v>
       </c>
       <c r="K271" s="16">
-        <v>-32.941418554549692</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-26.102794710251985</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B272" s="22"/>
-      <c r="C272" s="136">
+      <c r="C272" s="127">
         <v>0</v>
       </c>
       <c r="D272" s="16">
         <v>17.904342276483781</v>
       </c>
       <c r="E272" s="16">
         <v>4.3773164142292442</v>
       </c>
       <c r="F272" s="16">
         <v>1.9971607250527046</v>
       </c>
       <c r="G272" s="16">
         <v>-36.528537302425107</v>
       </c>
       <c r="H272" s="16">
         <v>-33.538342352735519</v>
       </c>
       <c r="I272" s="16">
-        <v>2.1476908692151047</v>
+        <v>2.1418213655859155</v>
       </c>
       <c r="J272" s="16">
-        <v>7.2844605087950622</v>
+        <v>7.6764162673262168</v>
       </c>
       <c r="K272" s="16">
-        <v>229.65871937896267</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>250.1370420734637</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B273" s="22"/>
-      <c r="C273" s="136">
+      <c r="C273" s="127">
         <v>0</v>
       </c>
       <c r="D273" s="16">
         <v>13.813907279377055</v>
       </c>
       <c r="E273" s="16">
         <v>53.047144707173224</v>
       </c>
       <c r="F273" s="16">
         <v>39.130828670142201</v>
       </c>
       <c r="G273" s="16">
         <v>2.6196343461368032</v>
       </c>
       <c r="H273" s="16">
         <v>49.19632810454155</v>
       </c>
       <c r="I273" s="16">
-        <v>38.394766464219487</v>
+        <v>39.96871425944925</v>
       </c>
       <c r="J273" s="16">
-        <v>40.130138797159823</v>
+        <v>40.928835374999181</v>
       </c>
       <c r="K273" s="16">
-        <v>1.5868692468269341</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.9611660856118648E-2</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="97" t="s">
         <v>68</v>
       </c>
       <c r="B274" s="98"/>
-      <c r="C274" s="140" t="s">
+      <c r="C274" s="122" t="s">
         <v>59</v>
       </c>
       <c r="D274" s="99">
         <v>76.043133707267557</v>
       </c>
       <c r="E274" s="99">
         <v>33.311229457040696</v>
       </c>
       <c r="F274" s="99">
         <v>67.914729712097412</v>
       </c>
       <c r="G274" s="99">
         <v>39.114830376960185</v>
       </c>
       <c r="H274" s="99">
         <v>15.002559910822132</v>
       </c>
       <c r="I274" s="99">
-        <v>65.182563007884241</v>
+        <v>67.350359809460727</v>
       </c>
       <c r="J274" s="99">
-        <v>90.807016409924955</v>
+        <v>91.713474913667767</v>
       </c>
       <c r="K274" s="99">
-        <v>-2.8061143701010849</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.307148090966042</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B275" s="100"/>
-      <c r="C275" s="141">
+      <c r="C275" s="123">
         <v>0</v>
       </c>
       <c r="D275" s="17">
         <v>23.956866292732428</v>
       </c>
       <c r="E275" s="17">
         <v>66.688770542959304</v>
       </c>
       <c r="F275" s="17">
         <v>32.085270287902595</v>
       </c>
       <c r="G275" s="17">
         <v>-67.171343697555457</v>
       </c>
       <c r="H275" s="17">
         <v>27.26249641815004</v>
       </c>
       <c r="I275" s="17">
-        <v>34.817436992115745</v>
+        <v>32.64964019053928</v>
       </c>
       <c r="J275" s="17">
-        <v>9.1929835900750483</v>
+        <v>8.2865250863322277</v>
       </c>
       <c r="K275" s="17">
-        <v>-81.579107935617102</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-81.791942783545949</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="4" t="s">
         <v>106</v>
       </c>
       <c r="D276" s="60"/>
     </row>
-    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D277" s="60"/>
     </row>
-    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D278" s="60"/>
     </row>
-    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="20" t="s">
         <v>102</v>
       </c>
       <c r="D279" s="60"/>
     </row>
-    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="101" t="s">
         <v>70</v>
       </c>
       <c r="D280" s="60"/>
     </row>
-    <row r="281" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A281" s="133" t="s">
+    <row r="281" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="124" t="s">
         <v>71</v>
       </c>
-      <c r="B281" s="133">
-[...31 lines deleted...]
-      <c r="A282" s="133" t="s">
+      <c r="B281" s="124">
+        <v>0</v>
+      </c>
+      <c r="C281" s="124">
+        <v>0</v>
+      </c>
+      <c r="D281" s="124">
+        <v>0</v>
+      </c>
+      <c r="E281" s="124">
+        <v>0</v>
+      </c>
+      <c r="F281" s="124">
+        <v>0</v>
+      </c>
+      <c r="G281" s="124">
+        <v>0</v>
+      </c>
+      <c r="H281" s="124">
+        <v>0</v>
+      </c>
+      <c r="I281" s="124">
+        <v>0</v>
+      </c>
+      <c r="J281" s="124">
+        <v>0</v>
+      </c>
+      <c r="K281" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="124" t="s">
         <v>72</v>
       </c>
-      <c r="B282" s="133">
-[...31 lines deleted...]
-      <c r="A283" s="133" t="s">
+      <c r="B282" s="124">
+        <v>0</v>
+      </c>
+      <c r="C282" s="124">
+        <v>0</v>
+      </c>
+      <c r="D282" s="124">
+        <v>0</v>
+      </c>
+      <c r="E282" s="124">
+        <v>0</v>
+      </c>
+      <c r="F282" s="124">
+        <v>0</v>
+      </c>
+      <c r="G282" s="124">
+        <v>0</v>
+      </c>
+      <c r="H282" s="124">
+        <v>0</v>
+      </c>
+      <c r="I282" s="124">
+        <v>0</v>
+      </c>
+      <c r="J282" s="124">
+        <v>0</v>
+      </c>
+      <c r="K282" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="124" t="s">
         <v>73</v>
       </c>
-      <c r="B283" s="133">
-[...31 lines deleted...]
-      <c r="A284" s="133" t="s">
+      <c r="B283" s="124">
+        <v>0</v>
+      </c>
+      <c r="C283" s="124">
+        <v>0</v>
+      </c>
+      <c r="D283" s="124">
+        <v>0</v>
+      </c>
+      <c r="E283" s="124">
+        <v>0</v>
+      </c>
+      <c r="F283" s="124">
+        <v>0</v>
+      </c>
+      <c r="G283" s="124">
+        <v>0</v>
+      </c>
+      <c r="H283" s="124">
+        <v>0</v>
+      </c>
+      <c r="I283" s="124">
+        <v>0</v>
+      </c>
+      <c r="J283" s="124">
+        <v>0</v>
+      </c>
+      <c r="K283" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="124" t="s">
         <v>74</v>
       </c>
-      <c r="B284" s="133">
-[...30 lines deleted...]
-    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B284" s="124">
+        <v>0</v>
+      </c>
+      <c r="C284" s="124">
+        <v>0</v>
+      </c>
+      <c r="D284" s="124">
+        <v>0</v>
+      </c>
+      <c r="E284" s="124">
+        <v>0</v>
+      </c>
+      <c r="F284" s="124">
+        <v>0</v>
+      </c>
+      <c r="G284" s="124">
+        <v>0</v>
+      </c>
+      <c r="H284" s="124">
+        <v>0</v>
+      </c>
+      <c r="I284" s="124">
+        <v>0</v>
+      </c>
+      <c r="J284" s="124">
+        <v>0</v>
+      </c>
+      <c r="K284" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="46"/>
       <c r="B285" s="46"/>
       <c r="C285" s="46"/>
       <c r="D285" s="46"/>
       <c r="E285" s="46"/>
       <c r="F285" s="83"/>
       <c r="G285" s="83"/>
       <c r="H285" s="46"/>
       <c r="I285" s="46"/>
       <c r="J285" s="46"/>
       <c r="K285" s="46"/>
     </row>
-    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="46"/>
       <c r="B286" s="46"/>
       <c r="C286" s="46"/>
       <c r="D286" s="46"/>
       <c r="E286" s="46"/>
       <c r="F286" s="83"/>
       <c r="G286" s="83"/>
       <c r="H286" s="46"/>
       <c r="I286" s="46"/>
       <c r="J286" s="46"/>
       <c r="K286" s="46"/>
     </row>
-    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="46"/>
       <c r="B287" s="46"/>
       <c r="C287" s="46"/>
       <c r="D287" s="46"/>
       <c r="E287" s="46"/>
       <c r="F287" s="83"/>
       <c r="G287" s="83"/>
       <c r="H287" s="46"/>
       <c r="I287" s="46"/>
       <c r="J287" s="46"/>
       <c r="K287" s="46"/>
     </row>
-    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B288" s="22"/>
       <c r="C288" s="22"/>
       <c r="D288" s="22"/>
       <c r="E288" s="22"/>
       <c r="F288" s="22"/>
       <c r="G288" s="22"/>
       <c r="H288" s="22"/>
       <c r="I288" s="22"/>
       <c r="J288" s="22"/>
       <c r="K288" s="22"/>
     </row>
-    <row r="289" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="12">
         <v>0</v>
       </c>
       <c r="B289" s="12"/>
       <c r="C289" s="12"/>
       <c r="D289" s="24">
         <v>0</v>
       </c>
       <c r="E289" s="12">
         <v>2020</v>
       </c>
       <c r="F289" s="12">
         <v>2021</v>
       </c>
       <c r="G289" s="12">
         <v>2022</v>
       </c>
       <c r="H289" s="12">
         <v>2023</v>
       </c>
       <c r="I289" s="12">
         <v>2024</v>
       </c>
       <c r="J289" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K289" s="13" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B290" s="102"/>
       <c r="C290" s="102"/>
-      <c r="D290" s="122" t="s">
+      <c r="D290" s="126" t="s">
         <v>47</v>
       </c>
       <c r="E290" s="103">
         <v>3.012709039862179</v>
       </c>
       <c r="F290" s="103">
         <v>0.44124225151238317</v>
       </c>
       <c r="G290" s="103">
         <v>1.1350636810244441</v>
       </c>
       <c r="H290" s="103">
         <v>1.1282717670523208</v>
       </c>
       <c r="I290" s="103">
         <v>0.58603374374541728</v>
       </c>
       <c r="J290" s="104">
         <v>-42.545883967330347</v>
       </c>
       <c r="K290" s="104">
         <v>-20.943540039684493</v>
       </c>
     </row>
-    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B291" s="22"/>
       <c r="C291" s="22"/>
-      <c r="D291" s="137">
+      <c r="D291" s="141">
         <v>0</v>
       </c>
       <c r="E291" s="60">
         <v>3.1498625127578894E-2</v>
       </c>
       <c r="F291" s="60">
         <v>7.7613347305959188E-2</v>
       </c>
       <c r="G291" s="60">
         <v>0.16488778964059503</v>
       </c>
       <c r="H291" s="60">
         <v>0.14967997538760047</v>
       </c>
       <c r="I291" s="60">
         <v>0.17581321856893578</v>
       </c>
       <c r="J291" s="16">
         <v>29.927196053469117</v>
       </c>
       <c r="K291" s="16">
         <v>82.972569439489874</v>
       </c>
     </row>
-    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="15" t="s">
         <v>62</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="137">
+      <c r="D292" s="141">
         <v>0</v>
       </c>
       <c r="E292" s="60">
         <v>35.536500231138561</v>
       </c>
       <c r="F292" s="60">
         <v>48.930950234622905</v>
       </c>
       <c r="G292" s="60">
         <v>55.400256373548508</v>
       </c>
       <c r="H292" s="60">
         <v>57.366751638754863</v>
       </c>
       <c r="I292" s="60">
         <v>48.545749026300768</v>
       </c>
       <c r="J292" s="16">
         <v>-6.394106724148954</v>
       </c>
       <c r="K292" s="16">
         <v>28.696027932620915</v>
       </c>
     </row>
-    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="15" t="s">
         <v>61</v>
       </c>
       <c r="B293" s="22"/>
       <c r="C293" s="22"/>
-      <c r="D293" s="137">
+      <c r="D293" s="141">
         <v>0</v>
       </c>
       <c r="E293" s="60">
         <v>58.706918603417726</v>
       </c>
       <c r="F293" s="60">
         <v>47.85486968957472</v>
       </c>
       <c r="G293" s="60">
         <v>41.576739713482326</v>
       </c>
       <c r="H293" s="60">
         <v>37.51772410454101</v>
       </c>
       <c r="I293" s="60">
         <v>46.28845475074008</v>
       </c>
       <c r="J293" s="16">
         <v>36.473535381495687</v>
       </c>
       <c r="K293" s="16">
         <v>12.173909034625009</v>
       </c>
     </row>
-    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B294" s="73"/>
       <c r="C294" s="73"/>
-      <c r="D294" s="138">
+      <c r="D294" s="142">
         <v>0</v>
       </c>
       <c r="E294" s="105">
         <v>2.7123735004539666</v>
       </c>
       <c r="F294" s="105">
         <v>2.6953244769840339</v>
       </c>
       <c r="G294" s="105">
         <v>1.7230524423041267</v>
       </c>
       <c r="H294" s="105">
         <v>3.8375725142642141</v>
       </c>
       <c r="I294" s="105">
         <v>4.4039492606448132</v>
       </c>
       <c r="J294" s="17">
         <v>26.939842865948815</v>
       </c>
       <c r="K294" s="17">
         <v>34.375226293069773</v>
       </c>
     </row>
-    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F295" s="60"/>
       <c r="G295" s="60"/>
       <c r="H295" s="60"/>
       <c r="I295" s="60"/>
       <c r="J295" s="60"/>
       <c r="K295" s="60"/>
     </row>
-    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B296" s="84"/>
       <c r="C296" s="84"/>
       <c r="D296" s="84"/>
       <c r="E296" s="84"/>
       <c r="F296" s="84"/>
       <c r="G296" s="84"/>
       <c r="H296" s="84"/>
       <c r="I296" s="84"/>
       <c r="J296" s="84"/>
       <c r="K296" s="84"/>
     </row>
-    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A297" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B297" s="84"/>
       <c r="C297" s="84"/>
       <c r="D297" s="84"/>
       <c r="E297" s="84"/>
       <c r="F297" s="84"/>
       <c r="G297" s="84"/>
       <c r="H297" s="84"/>
       <c r="I297" s="84"/>
       <c r="J297" s="84"/>
       <c r="K297" s="84"/>
     </row>
-    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="101" t="s">
         <v>78</v>
       </c>
       <c r="B299" s="85"/>
       <c r="C299" s="85"/>
       <c r="D299" s="85"/>
       <c r="E299" s="85"/>
       <c r="F299" s="85"/>
       <c r="G299" s="85"/>
       <c r="H299" s="85"/>
       <c r="I299" s="85"/>
       <c r="J299" s="85"/>
       <c r="K299" s="85"/>
     </row>
-    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="101" t="s">
         <v>77</v>
       </c>
       <c r="B300" s="84"/>
       <c r="C300" s="84"/>
       <c r="D300" s="84"/>
       <c r="E300" s="84"/>
       <c r="F300" s="84"/>
       <c r="G300" s="84"/>
       <c r="H300" s="84"/>
       <c r="I300" s="84"/>
       <c r="J300" s="84"/>
       <c r="K300" s="84"/>
     </row>
-    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="46"/>
     </row>
-    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="46"/>
     </row>
-    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B303" s="22"/>
       <c r="C303" s="22"/>
       <c r="D303" s="22"/>
       <c r="E303" s="22"/>
       <c r="F303" s="22"/>
       <c r="G303" s="22"/>
       <c r="H303" s="22"/>
       <c r="I303" s="22"/>
       <c r="J303" s="22"/>
       <c r="K303" s="22"/>
     </row>
-    <row r="304" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A304" s="12">
         <v>0</v>
       </c>
       <c r="B304" s="12"/>
       <c r="C304" s="12"/>
       <c r="D304" s="24">
         <v>0</v>
       </c>
       <c r="E304" s="12">
         <v>2020</v>
       </c>
       <c r="F304" s="12">
         <v>2021</v>
       </c>
       <c r="G304" s="12">
         <v>2022</v>
       </c>
       <c r="H304" s="12">
         <v>2023</v>
       </c>
       <c r="I304" s="12">
         <v>2024</v>
       </c>
       <c r="J304" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K304" s="13" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="47" t="s">
         <v>63</v>
       </c>
       <c r="B305" s="102"/>
       <c r="C305" s="102"/>
-      <c r="D305" s="122" t="s">
+      <c r="D305" s="126" t="s">
         <v>47</v>
       </c>
       <c r="E305" s="103">
         <v>1.3680408003495119</v>
       </c>
       <c r="F305" s="103">
         <v>1.2189697966442248</v>
       </c>
       <c r="G305" s="103">
         <v>0.96055076982688425</v>
       </c>
       <c r="H305" s="103">
         <v>0.38174019706504342</v>
       </c>
       <c r="I305" s="103">
         <v>0.58600667143192364</v>
       </c>
       <c r="J305" s="104">
         <v>4.7453573819465262</v>
       </c>
       <c r="K305" s="104">
         <v>-4.295492537304102</v>
       </c>
     </row>
-    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B306" s="22"/>
       <c r="C306" s="22"/>
-      <c r="D306" s="137">
+      <c r="D306" s="141">
         <v>0</v>
       </c>
       <c r="E306" s="60">
         <v>4.2734977504246784E-2</v>
       </c>
       <c r="F306" s="60">
         <v>7.879109039303369E-4</v>
       </c>
       <c r="G306" s="60">
         <v>1.5980357965688242E-2</v>
       </c>
       <c r="H306" s="60">
         <v>2.0847761602884277E-2</v>
       </c>
       <c r="I306" s="60">
         <v>2.1423955684452409E-2</v>
       </c>
       <c r="J306" s="16">
         <v>-29.880252249698852</v>
       </c>
       <c r="K306" s="16">
         <v>-0.45703779612443762</v>
       </c>
     </row>
-    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="15" t="s">
         <v>62</v>
       </c>
       <c r="B307" s="22"/>
       <c r="C307" s="22"/>
-      <c r="D307" s="137">
+      <c r="D307" s="141">
         <v>0</v>
       </c>
       <c r="E307" s="60">
         <v>35.55462360317383</v>
       </c>
       <c r="F307" s="60">
         <v>23.554377111438939</v>
       </c>
       <c r="G307" s="60">
         <v>55.469330668220508</v>
       </c>
       <c r="H307" s="60">
         <v>75.875553177324861</v>
       </c>
       <c r="I307" s="60">
         <v>46.953476048716809</v>
       </c>
       <c r="J307" s="16">
         <v>-57.775356167277735</v>
       </c>
       <c r="K307" s="16">
         <v>26.816111046942261</v>
       </c>
     </row>
-    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="15" t="s">
         <v>61</v>
       </c>
       <c r="B308" s="22"/>
       <c r="C308" s="22"/>
-      <c r="D308" s="137">
+      <c r="D308" s="141">
         <v>0</v>
       </c>
       <c r="E308" s="60">
         <v>60.257039081283203</v>
       </c>
       <c r="F308" s="60">
         <v>69.79012605276202</v>
       </c>
       <c r="G308" s="60">
         <v>37.34653881095138</v>
       </c>
       <c r="H308" s="60">
         <v>21.179307929652119</v>
       </c>
       <c r="I308" s="60">
         <v>30.221884072802219</v>
       </c>
       <c r="J308" s="16">
         <v>-2.6334265205745835</v>
       </c>
       <c r="K308" s="16">
         <v>-0.4457163022569155</v>
       </c>
     </row>
-    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A309" s="1" t="s">
         <v>76</v>
       </c>
       <c r="B309" s="73"/>
       <c r="C309" s="73"/>
-      <c r="D309" s="138">
+      <c r="D309" s="142">
         <v>0</v>
       </c>
       <c r="E309" s="105">
         <v>2.777561537689206</v>
       </c>
       <c r="F309" s="105">
         <v>5.4357391282508996</v>
       </c>
       <c r="G309" s="105">
         <v>6.207599393035558</v>
       </c>
       <c r="H309" s="105">
         <v>2.5425509343550767</v>
       </c>
       <c r="I309" s="105">
         <v>22.217209251364594</v>
       </c>
       <c r="J309" s="17">
         <v>496.23842300079082</v>
       </c>
       <c r="K309" s="17">
         <v>98.94726306137494</v>
       </c>
     </row>
-    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F310" s="60"/>
       <c r="G310" s="60"/>
       <c r="H310" s="60"/>
       <c r="I310" s="60"/>
       <c r="J310" s="60"/>
       <c r="K310" s="60"/>
     </row>
-    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B311" s="84"/>
       <c r="C311" s="84"/>
       <c r="D311" s="84"/>
       <c r="E311" s="84"/>
       <c r="F311" s="84"/>
       <c r="G311" s="84"/>
       <c r="H311" s="84"/>
       <c r="I311" s="84"/>
       <c r="J311" s="84"/>
       <c r="K311" s="84"/>
     </row>
-    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B312" s="84"/>
       <c r="C312" s="84"/>
       <c r="D312" s="84"/>
       <c r="E312" s="84"/>
       <c r="F312" s="84"/>
       <c r="G312" s="84"/>
       <c r="H312" s="84"/>
       <c r="I312" s="84"/>
       <c r="J312" s="84"/>
       <c r="K312" s="84"/>
     </row>
-    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="20" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A314" s="101" t="s">
         <v>78</v>
       </c>
       <c r="B314" s="85"/>
       <c r="C314" s="85"/>
       <c r="D314" s="85"/>
       <c r="E314" s="85"/>
       <c r="F314" s="85"/>
       <c r="G314" s="85"/>
       <c r="H314" s="85"/>
       <c r="I314" s="85"/>
       <c r="J314" s="85"/>
       <c r="K314" s="85"/>
     </row>
-    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="101" t="s">
         <v>77</v>
       </c>
       <c r="B315" s="84"/>
       <c r="C315" s="84"/>
       <c r="D315" s="84"/>
       <c r="E315" s="84"/>
       <c r="F315" s="84"/>
       <c r="G315" s="84"/>
       <c r="H315" s="84"/>
       <c r="I315" s="84"/>
       <c r="J315" s="84"/>
       <c r="K315" s="84"/>
     </row>
-    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A316" s="82"/>
     </row>
-    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="82"/>
     </row>
-    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A318" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B318" s="8"/>
       <c r="C318" s="8"/>
       <c r="D318" s="8"/>
       <c r="E318" s="8"/>
       <c r="F318" s="8"/>
       <c r="G318" s="8"/>
       <c r="H318" s="8"/>
       <c r="I318" s="8"/>
       <c r="J318" s="8"/>
       <c r="K318" s="9"/>
     </row>
-    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="11">
         <v>0</v>
       </c>
       <c r="B319" s="11"/>
       <c r="C319" s="11"/>
       <c r="D319" s="11"/>
       <c r="E319" s="12">
         <v>2020</v>
       </c>
       <c r="F319" s="12">
         <v>2021</v>
       </c>
       <c r="G319" s="12">
         <v>2022</v>
       </c>
       <c r="H319" s="12">
         <v>2023</v>
       </c>
       <c r="I319" s="12">
         <v>2024</v>
       </c>
       <c r="J319" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K319" s="13" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="320" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B320" s="15"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="16">
         <v>5.24</v>
       </c>
       <c r="F320" s="16">
         <v>17.02</v>
       </c>
       <c r="G320" s="16">
         <v>29.99</v>
       </c>
       <c r="H320" s="16">
         <v>46.06</v>
       </c>
       <c r="I320" s="16">
         <v>49</v>
       </c>
       <c r="J320" s="16">
         <v>6.3829787234042508</v>
       </c>
       <c r="K320" s="16">
         <v>74.870357645703706</v>
       </c>
     </row>
-    <row r="321" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B321" s="15"/>
       <c r="C321" s="15"/>
       <c r="D321" s="15"/>
       <c r="E321" s="16">
         <v>3.94</v>
       </c>
       <c r="F321" s="16">
         <v>3.78</v>
       </c>
       <c r="G321" s="16">
         <v>5.33</v>
       </c>
       <c r="H321" s="16">
         <v>7</v>
       </c>
       <c r="I321" s="16">
         <v>11.24</v>
       </c>
       <c r="J321" s="16">
         <v>60.571428571428577</v>
       </c>
       <c r="K321" s="16">
         <v>29.962340012742672</v>
       </c>
     </row>
-    <row r="322" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B322" s="15"/>
       <c r="C322" s="15"/>
       <c r="D322" s="15"/>
       <c r="E322" s="16">
         <v>1.3000000000000003</v>
       </c>
       <c r="F322" s="16">
         <v>13.24</v>
       </c>
       <c r="G322" s="16">
         <v>24.659999999999997</v>
       </c>
       <c r="H322" s="16">
         <v>39.06</v>
       </c>
       <c r="I322" s="16">
         <v>37.76</v>
       </c>
       <c r="J322" s="16" t="s">
         <v>24</v>
       </c>
       <c r="K322" s="16" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="323" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B323" s="1"/>
       <c r="C323" s="1"/>
       <c r="D323" s="1"/>
       <c r="E323" s="17">
         <v>132.99492385786803</v>
       </c>
       <c r="F323" s="17">
         <v>450.26455026455022</v>
       </c>
       <c r="G323" s="17">
         <v>562.66416510318948</v>
       </c>
       <c r="H323" s="17">
         <v>658</v>
       </c>
       <c r="I323" s="17">
         <v>435.94306049822063</v>
       </c>
       <c r="J323" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K323" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B324" s="46"/>
       <c r="C324" s="46"/>
       <c r="D324" s="46"/>
       <c r="E324" s="46"/>
       <c r="F324" s="46"/>
       <c r="G324" s="46"/>
       <c r="H324" s="46"/>
       <c r="I324" s="46"/>
       <c r="J324" s="46"/>
       <c r="K324" s="46"/>
     </row>
-    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B325" s="46"/>
       <c r="C325" s="46"/>
       <c r="D325" s="46"/>
       <c r="E325" s="46"/>
       <c r="F325" s="46"/>
       <c r="G325" s="46"/>
       <c r="H325" s="46"/>
       <c r="I325" s="46"/>
       <c r="J325" s="46"/>
       <c r="K325" s="46"/>
     </row>
-    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
       <c r="D326" s="46"/>
       <c r="E326" s="46"/>
       <c r="F326" s="46"/>
       <c r="G326" s="46"/>
       <c r="H326" s="46"/>
       <c r="I326" s="46"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
-    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
       <c r="D327" s="46"/>
       <c r="E327" s="46"/>
       <c r="F327" s="46"/>
       <c r="G327" s="46"/>
       <c r="H327" s="46"/>
       <c r="I327" s="46"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A328" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
       <c r="D328" s="46"/>
       <c r="E328" s="46"/>
       <c r="F328" s="46"/>
       <c r="G328" s="46"/>
       <c r="H328" s="46"/>
       <c r="I328" s="46"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A329" s="129" t="s">
+    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="133" t="s">
         <v>132</v>
       </c>
-      <c r="B329" s="129">
-[...30 lines deleted...]
-    <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="B329" s="133">
+        <v>0</v>
+      </c>
+      <c r="C329" s="133">
+        <v>0</v>
+      </c>
+      <c r="D329" s="133">
+        <v>0</v>
+      </c>
+      <c r="E329" s="133">
+        <v>0</v>
+      </c>
+      <c r="F329" s="133">
+        <v>0</v>
+      </c>
+      <c r="G329" s="133">
+        <v>0</v>
+      </c>
+      <c r="H329" s="133">
+        <v>0</v>
+      </c>
+      <c r="I329" s="133">
+        <v>0</v>
+      </c>
+      <c r="J329" s="133">
+        <v>0</v>
+      </c>
+      <c r="K329" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A330" s="46"/>
       <c r="B330" s="46"/>
       <c r="C330" s="46"/>
       <c r="D330" s="46"/>
       <c r="E330" s="46"/>
       <c r="F330" s="46"/>
       <c r="G330" s="46"/>
       <c r="H330" s="46"/>
       <c r="I330" s="46"/>
       <c r="J330" s="46"/>
       <c r="K330" s="46"/>
     </row>
-    <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B331" s="37"/>
       <c r="C331" s="37"/>
       <c r="D331" s="37"/>
       <c r="E331" s="37"/>
       <c r="F331" s="37"/>
       <c r="G331" s="37"/>
       <c r="H331" s="37"/>
       <c r="I331" s="37"/>
       <c r="J331" s="37"/>
       <c r="K331" s="37"/>
     </row>
-    <row r="332" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="23"/>
       <c r="B332" s="23"/>
       <c r="C332" s="23"/>
       <c r="D332" s="24"/>
       <c r="E332" s="12"/>
       <c r="F332" s="12"/>
       <c r="G332" s="12">
         <v>2020</v>
       </c>
       <c r="H332" s="12">
         <v>2021</v>
       </c>
       <c r="I332" s="12">
         <v>2022</v>
       </c>
       <c r="J332" s="13">
         <v>2023</v>
       </c>
       <c r="K332" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A333" s="142" t="s">
+    <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="140" t="s">
         <v>120</v>
       </c>
-      <c r="B333" s="142"/>
-[...2 lines deleted...]
-      <c r="E333" s="142"/>
+      <c r="B333" s="140"/>
+      <c r="C333" s="140"/>
+      <c r="D333" s="140"/>
+      <c r="E333" s="140"/>
       <c r="F333" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G333" s="27">
         <v>59</v>
       </c>
       <c r="H333" s="27">
         <v>49</v>
       </c>
       <c r="I333" s="27">
         <v>50</v>
       </c>
       <c r="J333" s="27">
         <v>48</v>
       </c>
       <c r="K333" s="27">
         <v>50</v>
       </c>
     </row>
-    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E334" s="124"/>
+    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="138"/>
+      <c r="B334" s="138"/>
+      <c r="C334" s="138"/>
+      <c r="D334" s="138"/>
+      <c r="E334" s="138"/>
       <c r="F334" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G334" s="28">
         <v>2.2765356514606542E-2</v>
       </c>
       <c r="H334" s="28">
         <v>6.0760195003812689E-2</v>
       </c>
       <c r="I334" s="28">
         <v>6.6703543784237276E-2</v>
       </c>
       <c r="J334" s="28">
         <v>8.6242698111985192E-2</v>
       </c>
       <c r="K334" s="28">
         <v>8.4675819489124865E-2</v>
       </c>
     </row>
-    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A335" s="128" t="s">
+    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="135" t="s">
         <v>121</v>
       </c>
-      <c r="B335" s="128"/>
-[...2 lines deleted...]
-      <c r="E335" s="128"/>
+      <c r="B335" s="135"/>
+      <c r="C335" s="135"/>
+      <c r="D335" s="135"/>
+      <c r="E335" s="135"/>
       <c r="F335" s="29" t="s">
         <v>21</v>
       </c>
       <c r="G335" s="30">
         <v>61</v>
       </c>
       <c r="H335" s="30">
         <v>61</v>
       </c>
       <c r="I335" s="30">
         <v>61</v>
       </c>
       <c r="J335" s="30">
         <v>60</v>
       </c>
       <c r="K335" s="30">
         <v>53</v>
       </c>
     </row>
-    <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E336" s="125"/>
+    <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="136"/>
+      <c r="B336" s="136"/>
+      <c r="C336" s="136"/>
+      <c r="D336" s="136"/>
+      <c r="E336" s="136"/>
       <c r="F336" s="31" t="s">
         <v>30</v>
       </c>
       <c r="G336" s="32">
         <v>2.8071755396688103E-2</v>
       </c>
       <c r="H336" s="32">
         <v>2.1739605535432683E-2</v>
       </c>
       <c r="I336" s="32">
         <v>2.2854016432595232E-2</v>
       </c>
       <c r="J336" s="32">
         <v>2.9089385864885624E-2</v>
       </c>
       <c r="K336" s="32">
         <v>4.3593855748551881E-2</v>
       </c>
     </row>
-    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B337" s="33"/>
       <c r="C337" s="34"/>
     </row>
-    <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="4" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B342" s="8"/>
       <c r="C342" s="8"/>
       <c r="D342" s="8"/>
       <c r="E342" s="8"/>
       <c r="F342" s="8"/>
       <c r="G342" s="8"/>
       <c r="H342" s="8"/>
       <c r="I342" s="8"/>
       <c r="J342" s="8"/>
       <c r="K342" s="9"/>
     </row>
-    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="11">
         <v>0</v>
       </c>
       <c r="B343" s="11"/>
       <c r="C343" s="11"/>
       <c r="D343" s="11"/>
       <c r="E343" s="12">
         <v>2020</v>
       </c>
       <c r="F343" s="12">
         <v>2021</v>
       </c>
       <c r="G343" s="12">
         <v>2022</v>
       </c>
       <c r="H343" s="12">
         <v>2023</v>
       </c>
       <c r="I343" s="12">
         <v>2024</v>
       </c>
       <c r="J343" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K343" s="13" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="344" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B344" s="15"/>
       <c r="C344" s="15"/>
       <c r="D344" s="15"/>
       <c r="E344" s="16">
         <v>37.19</v>
       </c>
       <c r="F344" s="16">
         <v>63.31</v>
       </c>
       <c r="G344" s="16">
         <v>90.96</v>
       </c>
       <c r="H344" s="16">
         <v>113.53</v>
       </c>
       <c r="I344" s="16">
         <v>123.38</v>
       </c>
       <c r="J344" s="16">
         <v>8.6761208491147652</v>
       </c>
       <c r="K344" s="16">
         <v>34.9598686450489</v>
       </c>
     </row>
-    <row r="345" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B345" s="15"/>
       <c r="C345" s="15"/>
       <c r="D345" s="15"/>
       <c r="E345" s="16">
         <v>27.28</v>
       </c>
       <c r="F345" s="16">
         <v>25.39</v>
       </c>
       <c r="G345" s="16">
         <v>39.49</v>
       </c>
       <c r="H345" s="16">
         <v>72.989999999999995</v>
       </c>
       <c r="I345" s="16">
         <v>56.54</v>
       </c>
       <c r="J345" s="16">
         <v>-22.537333881353604</v>
       </c>
       <c r="K345" s="16">
         <v>19.985249670056191</v>
       </c>
     </row>
-    <row r="346" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B346" s="15"/>
       <c r="C346" s="15"/>
       <c r="D346" s="15"/>
       <c r="E346" s="16">
         <v>9.9099999999999966</v>
       </c>
       <c r="F346" s="16">
         <v>37.92</v>
       </c>
       <c r="G346" s="16">
         <v>51.469999999999992</v>
       </c>
       <c r="H346" s="16">
         <v>40.540000000000006</v>
       </c>
       <c r="I346" s="16">
         <v>66.84</v>
       </c>
       <c r="J346" s="16" t="s">
         <v>24</v>
       </c>
       <c r="K346" s="16" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="347" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="1" t="s">
         <v>93</v>
       </c>
       <c r="B347" s="1"/>
       <c r="C347" s="1"/>
       <c r="D347" s="1"/>
       <c r="E347" s="17">
         <v>136.32697947214075</v>
       </c>
       <c r="F347" s="17">
         <v>249.35013784954708</v>
       </c>
       <c r="G347" s="17">
         <v>230.33679412509494</v>
       </c>
       <c r="H347" s="17">
         <v>155.54185504863679</v>
       </c>
       <c r="I347" s="17">
         <v>218.21719136894237</v>
       </c>
       <c r="J347" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K347" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="4" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A349" s="4" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="4" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="352" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A352" s="129" t="s">
+    <row r="352" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="133" t="s">
         <v>64</v>
       </c>
-      <c r="B352" s="129"/>
-[...11 lines deleted...]
-      <c r="A353" s="129" t="s">
+      <c r="B352" s="133"/>
+      <c r="C352" s="133"/>
+      <c r="D352" s="133"/>
+      <c r="E352" s="133"/>
+      <c r="F352" s="133"/>
+      <c r="G352" s="133"/>
+      <c r="H352" s="133"/>
+      <c r="I352" s="133"/>
+      <c r="J352" s="133"/>
+      <c r="K352" s="133"/>
+    </row>
+    <row r="353" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="133" t="s">
         <v>132</v>
       </c>
-      <c r="B353" s="129">
-[...30 lines deleted...]
-    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B353" s="133">
+        <v>0</v>
+      </c>
+      <c r="C353" s="133">
+        <v>0</v>
+      </c>
+      <c r="D353" s="133">
+        <v>0</v>
+      </c>
+      <c r="E353" s="133">
+        <v>0</v>
+      </c>
+      <c r="F353" s="133">
+        <v>0</v>
+      </c>
+      <c r="G353" s="133">
+        <v>0</v>
+      </c>
+      <c r="H353" s="133">
+        <v>0</v>
+      </c>
+      <c r="I353" s="133">
+        <v>0</v>
+      </c>
+      <c r="J353" s="133">
+        <v>0</v>
+      </c>
+      <c r="K353" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="46"/>
       <c r="B354" s="46"/>
       <c r="C354" s="46"/>
       <c r="D354" s="46"/>
       <c r="E354" s="46"/>
       <c r="F354" s="46"/>
       <c r="G354" s="46"/>
       <c r="H354" s="46"/>
       <c r="I354" s="46"/>
       <c r="J354" s="46"/>
       <c r="K354" s="46"/>
     </row>
-    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B355" s="37"/>
       <c r="C355" s="37"/>
       <c r="D355" s="37"/>
       <c r="E355" s="37"/>
       <c r="F355" s="37"/>
       <c r="G355" s="37"/>
       <c r="H355" s="37"/>
       <c r="I355" s="37"/>
       <c r="J355" s="37"/>
       <c r="K355" s="37"/>
     </row>
-    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="23">
         <v>0</v>
       </c>
       <c r="B356" s="23">
         <v>0</v>
       </c>
       <c r="C356" s="23">
         <v>0</v>
       </c>
       <c r="D356" s="24"/>
       <c r="E356" s="12"/>
       <c r="F356" s="12">
         <v>0</v>
       </c>
       <c r="G356" s="12">
         <v>2020</v>
       </c>
       <c r="H356" s="12">
         <v>2021</v>
       </c>
       <c r="I356" s="12">
         <v>2022</v>
       </c>
       <c r="J356" s="13">
         <v>2023</v>
       </c>
       <c r="K356" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A357" s="142" t="s">
+    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="140" t="s">
         <v>120</v>
       </c>
-      <c r="B357" s="142"/>
-[...2 lines deleted...]
-      <c r="E357" s="142"/>
+      <c r="B357" s="140"/>
+      <c r="C357" s="140"/>
+      <c r="D357" s="140"/>
+      <c r="E357" s="140"/>
       <c r="F357" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G357" s="27">
         <v>56</v>
       </c>
       <c r="H357" s="27">
         <v>54</v>
       </c>
       <c r="I357" s="27">
         <v>53</v>
       </c>
       <c r="J357" s="27">
         <v>51</v>
       </c>
       <c r="K357" s="27">
         <v>51</v>
       </c>
     </row>
-    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E358" s="124"/>
+    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="138">
+        <v>0</v>
+      </c>
+      <c r="B358" s="138">
+        <v>0</v>
+      </c>
+      <c r="C358" s="138">
+        <v>0</v>
+      </c>
+      <c r="D358" s="138"/>
+      <c r="E358" s="138"/>
       <c r="F358" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G358" s="28">
         <v>4.9500786102830659E-2</v>
       </c>
       <c r="H358" s="28">
         <v>7.0244642417489733E-2</v>
       </c>
       <c r="I358" s="28">
         <v>7.5195571728151472E-2</v>
       </c>
       <c r="J358" s="28">
         <v>8.8858687527521296E-2</v>
       </c>
       <c r="K358" s="28">
         <v>9.2679227413701201E-2</v>
       </c>
     </row>
-    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A359" s="128" t="s">
+    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="135" t="s">
         <v>121</v>
       </c>
-      <c r="B359" s="128"/>
-[...2 lines deleted...]
-      <c r="E359" s="128"/>
+      <c r="B359" s="135"/>
+      <c r="C359" s="135"/>
+      <c r="D359" s="135"/>
+      <c r="E359" s="135"/>
       <c r="F359" s="29" t="s">
         <v>21</v>
       </c>
       <c r="G359" s="30">
         <v>55</v>
       </c>
       <c r="H359" s="30">
         <v>57</v>
       </c>
       <c r="I359" s="30">
         <v>55</v>
       </c>
       <c r="J359" s="30">
         <v>50</v>
       </c>
       <c r="K359" s="30">
         <v>52</v>
       </c>
     </row>
-    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E360" s="125"/>
+    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="136">
+        <v>0</v>
+      </c>
+      <c r="B360" s="136">
+        <v>0</v>
+      </c>
+      <c r="C360" s="136">
+        <v>0</v>
+      </c>
+      <c r="D360" s="136"/>
+      <c r="E360" s="136"/>
       <c r="F360" s="31" t="s">
         <v>30</v>
       </c>
       <c r="G360" s="32">
         <v>3.4632935947476767E-2</v>
       </c>
       <c r="H360" s="32">
         <v>2.6574327420414649E-2</v>
       </c>
       <c r="I360" s="32">
         <v>3.1393003517860708E-2</v>
       </c>
       <c r="J360" s="32">
         <v>5.9022253791324669E-2</v>
       </c>
       <c r="K360" s="32">
         <v>4.4665177458763118E-2</v>
       </c>
     </row>
-    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A361" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B361" s="35"/>
       <c r="C361" s="119"/>
       <c r="D361" s="46"/>
       <c r="E361" s="46"/>
       <c r="F361" s="46"/>
       <c r="G361" s="46"/>
       <c r="H361" s="46"/>
       <c r="I361" s="46"/>
       <c r="J361" s="46"/>
       <c r="K361" s="46"/>
     </row>
-    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="4" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A364" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B364" s="8"/>
       <c r="C364" s="8"/>
       <c r="D364" s="8"/>
       <c r="E364" s="8"/>
       <c r="F364" s="8"/>
       <c r="G364" s="8"/>
       <c r="H364" s="8"/>
       <c r="I364" s="8"/>
       <c r="J364" s="8"/>
       <c r="K364" s="9"/>
     </row>
-    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="11">
         <v>0</v>
       </c>
       <c r="B365" s="12">
         <v>2020</v>
       </c>
       <c r="C365" s="12">
         <v>2021</v>
       </c>
       <c r="D365" s="12">
         <v>2022</v>
       </c>
       <c r="E365" s="12">
         <v>2023</v>
       </c>
       <c r="F365" s="12">
         <v>2024</v>
       </c>
       <c r="G365" s="13" t="s">
         <v>142</v>
       </c>
       <c r="H365" s="13" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I365" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J365" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K365" s="13" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="366" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B366" s="16">
         <v>1.3199999999999998</v>
       </c>
       <c r="C366" s="16">
         <v>-0.57000000000000006</v>
       </c>
       <c r="D366" s="16">
         <v>0.36</v>
       </c>
       <c r="E366" s="16">
         <v>0.15</v>
       </c>
       <c r="F366" s="16">
         <v>0.30999999999999994</v>
       </c>
       <c r="G366" s="16">
         <v>0.15999999999999995</v>
       </c>
       <c r="H366" s="16">
         <v>0.31399999999999995</v>
       </c>
       <c r="I366" s="16">
         <v>0.20999999999999996</v>
       </c>
       <c r="J366" s="16">
         <v>-0.03</v>
       </c>
       <c r="K366" s="16">
         <v>-0.23999999999999996</v>
       </c>
     </row>
-    <row r="367" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="15" t="s">
         <v>36</v>
       </c>
       <c r="B367" s="16">
         <v>2.02</v>
       </c>
       <c r="C367" s="16">
         <v>0.74</v>
       </c>
       <c r="D367" s="16">
         <v>1.98</v>
       </c>
       <c r="E367" s="16">
         <v>4.7</v>
       </c>
       <c r="F367" s="16">
         <v>2.9299999999999997</v>
       </c>
       <c r="G367" s="16">
         <v>-1.7700000000000005</v>
       </c>
       <c r="H367" s="16">
         <v>2.4740000000000002</v>
       </c>
       <c r="I367" s="16">
         <v>1.69</v>
       </c>
       <c r="J367" s="16">
         <v>2.2800000000000002</v>
       </c>
       <c r="K367" s="16">
         <v>0.5900000000000003</v>
       </c>
     </row>
-    <row r="368" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B368" s="17">
         <v>-0.70000000000000018</v>
       </c>
       <c r="C368" s="17">
         <v>-1.31</v>
       </c>
       <c r="D368" s="17">
         <v>-1.62</v>
       </c>
       <c r="E368" s="17">
         <v>-4.55</v>
       </c>
       <c r="F368" s="17">
         <v>-2.6199999999999997</v>
       </c>
       <c r="G368" s="17" t="s">
         <v>24</v>
       </c>
       <c r="H368" s="17" t="s">
         <v>24</v>
       </c>
       <c r="I368" s="17">
         <v>-1.48</v>
       </c>
       <c r="J368" s="17">
         <v>-2.31</v>
       </c>
       <c r="K368" s="17" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="4" t="s">
         <v>23</v>
       </c>
       <c r="K369" s="60"/>
     </row>
-    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B370" s="60"/>
       <c r="C370" s="60"/>
       <c r="D370" s="60"/>
       <c r="E370" s="60"/>
       <c r="F370" s="60"/>
       <c r="G370" s="60"/>
       <c r="H370" s="60"/>
       <c r="I370" s="60"/>
     </row>
-    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A371" s="4" t="s">
         <v>84</v>
       </c>
       <c r="B371" s="60"/>
       <c r="C371" s="60"/>
       <c r="D371" s="60"/>
       <c r="E371" s="60"/>
       <c r="F371" s="60"/>
       <c r="G371" s="60"/>
       <c r="H371" s="60"/>
       <c r="I371" s="60"/>
     </row>
-    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A372" s="139" t="s">
         <v>37</v>
       </c>
       <c r="B372" s="139">
         <v>0</v>
       </c>
       <c r="C372" s="139">
         <v>0</v>
       </c>
       <c r="D372" s="139">
         <v>0</v>
       </c>
       <c r="E372" s="139">
         <v>0</v>
       </c>
       <c r="F372" s="139">
         <v>0</v>
       </c>
       <c r="G372" s="139">
         <v>0</v>
       </c>
       <c r="H372" s="139">
         <v>0</v>
       </c>
       <c r="I372" s="139">
         <v>0</v>
       </c>
       <c r="J372" s="139">
         <v>0</v>
       </c>
       <c r="K372" s="139">
         <v>0</v>
       </c>
     </row>
-    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="46"/>
       <c r="B373" s="46"/>
       <c r="C373" s="46"/>
       <c r="D373" s="46"/>
       <c r="E373" s="46"/>
       <c r="F373" s="46"/>
       <c r="G373" s="46"/>
       <c r="H373" s="46"/>
       <c r="I373" s="46"/>
       <c r="J373" s="46"/>
       <c r="K373" s="46"/>
     </row>
-    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B374" s="22"/>
       <c r="C374" s="22"/>
       <c r="D374" s="22"/>
       <c r="E374" s="22"/>
       <c r="F374" s="22"/>
       <c r="G374" s="22"/>
       <c r="H374" s="22"/>
       <c r="I374" s="22"/>
       <c r="J374" s="22"/>
       <c r="K374" s="22"/>
     </row>
-    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="11">
         <v>0</v>
       </c>
       <c r="B375" s="13" t="s">
         <v>89</v>
       </c>
       <c r="C375" s="13" t="s">
         <v>90</v>
       </c>
       <c r="D375" s="13" t="s">
         <v>91</v>
       </c>
       <c r="E375" s="13" t="s">
         <v>95</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>104</v>
       </c>
       <c r="G375" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H375" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I375" s="13" t="s">
         <v>110</v>
       </c>
       <c r="J375" s="13" t="s">
         <v>111</v>
       </c>
       <c r="K375" s="13" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="376" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="106" t="s">
         <v>35</v>
       </c>
       <c r="B376" s="16">
         <v>2</v>
       </c>
       <c r="C376" s="16">
         <v>0.68</v>
       </c>
       <c r="D376" s="16">
         <v>0.68</v>
       </c>
       <c r="E376" s="16">
         <v>0.65</v>
       </c>
       <c r="F376" s="16">
         <v>0.95</v>
       </c>
       <c r="G376" s="16">
         <v>46.153846153846139</v>
       </c>
       <c r="H376" s="16">
         <v>-16.981782866378591</v>
       </c>
       <c r="I376" s="60">
         <v>0.86</v>
       </c>
       <c r="J376" s="60">
         <v>0.92</v>
       </c>
       <c r="K376" s="16">
         <v>6.9767441860465187</v>
       </c>
     </row>
-    <row r="377" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="106" t="s">
         <v>21</v>
       </c>
       <c r="B377" s="49">
         <v>56</v>
       </c>
       <c r="C377" s="49">
         <v>58</v>
       </c>
       <c r="D377" s="49">
         <v>58</v>
       </c>
       <c r="E377" s="49">
         <v>57</v>
       </c>
       <c r="F377" s="49">
         <v>58</v>
       </c>
       <c r="G377" s="49" t="s">
         <v>24</v>
       </c>
       <c r="H377" s="49" t="s">
         <v>24</v>
       </c>
       <c r="I377" s="49">
         <v>57</v>
       </c>
       <c r="J377" s="49">
         <v>58</v>
       </c>
       <c r="K377" s="49" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="378" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B378" s="107">
         <v>3.7623595863887612E-3</v>
       </c>
       <c r="C378" s="107">
         <v>1.1864639813962449E-3</v>
       </c>
       <c r="D378" s="107">
         <v>1.0715828365837751E-3</v>
       </c>
       <c r="E378" s="107">
         <v>9.3573030006999258E-4</v>
       </c>
       <c r="F378" s="107">
         <v>1.2940300536436753E-3</v>
       </c>
       <c r="G378" s="86" t="s">
         <v>24</v>
       </c>
       <c r="H378" s="86" t="s">
         <v>24</v>
       </c>
       <c r="I378" s="107">
         <v>1.1753669331560624E-3</v>
       </c>
       <c r="J378" s="107">
         <v>1.1728409305166963E-3</v>
       </c>
       <c r="K378" s="86" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="379" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="97" t="s">
         <v>65</v>
       </c>
       <c r="B379" s="99">
         <v>10.55</v>
       </c>
       <c r="C379" s="99">
         <v>12.28</v>
       </c>
       <c r="D379" s="99">
         <v>13.13</v>
       </c>
       <c r="E379" s="99">
         <v>20.399999999999999</v>
       </c>
       <c r="F379" s="99">
         <v>23.38</v>
       </c>
       <c r="G379" s="99">
         <v>14.607843137254905</v>
       </c>
       <c r="H379" s="99">
         <v>22.010726136294934</v>
       </c>
       <c r="I379" s="108">
         <v>22.12</v>
       </c>
       <c r="J379" s="108">
         <v>25.7</v>
       </c>
       <c r="K379" s="99">
         <v>16.184448462929467</v>
       </c>
     </row>
-    <row r="380" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B380" s="49">
         <v>49</v>
       </c>
       <c r="C380" s="49">
         <v>50</v>
       </c>
       <c r="D380" s="49">
         <v>52</v>
       </c>
       <c r="E380" s="49">
         <v>50</v>
       </c>
       <c r="F380" s="49">
         <v>50</v>
       </c>
       <c r="G380" s="49" t="s">
         <v>24</v>
       </c>
       <c r="H380" s="49" t="s">
         <v>24</v>
       </c>
       <c r="I380" s="49">
         <v>51</v>
       </c>
       <c r="J380" s="49">
         <v>50</v>
       </c>
       <c r="K380" s="49" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="381" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="109" t="s">
         <v>43</v>
       </c>
       <c r="B381" s="110">
         <v>7.0156646158537938E-3</v>
       </c>
       <c r="C381" s="110">
         <v>7.4797595756759191E-3</v>
       </c>
       <c r="D381" s="110">
         <v>7.4715785533487509E-3</v>
       </c>
       <c r="E381" s="110">
         <v>1.0583453880083554E-2</v>
       </c>
       <c r="F381" s="110">
         <v>1.1660883357300986E-2</v>
       </c>
       <c r="G381" s="111" t="s">
         <v>24</v>
       </c>
       <c r="H381" s="111" t="s">
         <v>24</v>
       </c>
       <c r="I381" s="110">
         <v>1.0968358269819831E-2</v>
       </c>
       <c r="J381" s="110">
         <v>1.2347788878562763E-2</v>
       </c>
       <c r="K381" s="111" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="382" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="112" t="s">
         <v>13</v>
       </c>
       <c r="B382" s="113">
         <v>-8.5500000000000007</v>
       </c>
       <c r="C382" s="113">
         <v>-11.6</v>
       </c>
       <c r="D382" s="113">
         <v>-12.450000000000001</v>
       </c>
       <c r="E382" s="113">
         <v>-19.75</v>
       </c>
       <c r="F382" s="113">
         <v>-22.43</v>
       </c>
       <c r="G382" s="114" t="s">
         <v>24</v>
       </c>
       <c r="H382" s="114" t="s">
         <v>24</v>
       </c>
       <c r="I382" s="113">
         <v>-21.26</v>
       </c>
       <c r="J382" s="113">
         <v>-24.779999999999998</v>
       </c>
       <c r="K382" s="114" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="54" t="s">
         <v>23</v>
       </c>
       <c r="K383" s="46"/>
     </row>
-    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="54" t="s">
         <v>42</v>
       </c>
       <c r="B384" s="88"/>
       <c r="C384" s="88"/>
       <c r="D384" s="88"/>
       <c r="E384" s="88"/>
       <c r="F384" s="88"/>
       <c r="G384" s="88"/>
       <c r="H384" s="88"/>
       <c r="I384" s="88"/>
       <c r="J384" s="87"/>
       <c r="K384" s="46"/>
     </row>
-    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B385" s="88"/>
       <c r="C385" s="88"/>
       <c r="D385" s="88"/>
       <c r="E385" s="88"/>
       <c r="F385" s="88"/>
       <c r="G385" s="88"/>
       <c r="H385" s="88"/>
       <c r="I385" s="88"/>
       <c r="J385" s="87"/>
       <c r="K385" s="46"/>
     </row>
-    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="4" t="s">
         <v>103</v>
       </c>
       <c r="B386" s="88"/>
       <c r="C386" s="88"/>
       <c r="D386" s="88"/>
       <c r="E386" s="88"/>
       <c r="F386" s="88"/>
       <c r="G386" s="88"/>
       <c r="H386" s="88"/>
       <c r="I386" s="88"/>
       <c r="J386" s="87"/>
       <c r="K386" s="46"/>
     </row>
-    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A387" s="20" t="s">
         <v>99</v>
       </c>
       <c r="B387" s="88"/>
       <c r="C387" s="88"/>
       <c r="D387" s="88"/>
       <c r="E387" s="88"/>
       <c r="F387" s="88"/>
       <c r="G387" s="88"/>
       <c r="H387" s="88"/>
       <c r="I387" s="88"/>
       <c r="J387" s="87"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B388" s="88"/>
       <c r="C388" s="88"/>
       <c r="D388" s="88"/>
       <c r="E388" s="88"/>
       <c r="F388" s="88"/>
       <c r="G388" s="88"/>
       <c r="H388" s="88"/>
       <c r="I388" s="88"/>
       <c r="J388" s="87"/>
       <c r="K388" s="46"/>
     </row>
-    <row r="389" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="E390" s="12">
+    <row r="391" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="90"/>
+    </row>
+    <row r="392" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B392" s="15"/>
+      <c r="C392" s="15"/>
+      <c r="D392" s="15"/>
+      <c r="E392" s="15"/>
+      <c r="F392" s="15"/>
+      <c r="G392" s="15"/>
+      <c r="H392" s="15"/>
+      <c r="I392" s="15"/>
+      <c r="J392" s="15"/>
+      <c r="K392" s="22"/>
+    </row>
+    <row r="393" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="11">
+        <v>0</v>
+      </c>
+      <c r="B393" s="12"/>
+      <c r="C393" s="12"/>
+      <c r="D393" s="12"/>
+      <c r="E393" s="12">
         <v>2020</v>
       </c>
-      <c r="F390" s="12">
+      <c r="F393" s="12">
         <v>2021</v>
       </c>
-      <c r="G390" s="13">
+      <c r="G393" s="13">
         <v>2022</v>
       </c>
-      <c r="H390" s="13">
+      <c r="H393" s="13">
         <v>2023</v>
       </c>
-      <c r="I390" s="13">
+      <c r="I393" s="13">
         <v>2024</v>
       </c>
-      <c r="J390" s="13" t="s">
+      <c r="J393" s="13" t="s">
         <v>116</v>
       </c>
-      <c r="K390" s="13" t="s">
+      <c r="K393" s="13" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="391" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A391" s="15" t="s">
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="B391" s="16"/>
-[...2 lines deleted...]
-      <c r="E391" s="16">
+      <c r="B394" s="16"/>
+      <c r="C394" s="16"/>
+      <c r="D394" s="16"/>
+      <c r="E394" s="16">
         <v>3.32</v>
       </c>
-      <c r="F391" s="16">
+      <c r="F394" s="16">
         <v>11.33</v>
       </c>
-      <c r="G391" s="16">
+      <c r="G394" s="16">
         <v>22.31</v>
       </c>
-      <c r="H391" s="16">
+      <c r="H394" s="16">
         <v>31.46</v>
       </c>
-      <c r="I391" s="16">
+      <c r="I394" s="16">
         <v>32.1</v>
       </c>
-      <c r="J391" s="16">
+      <c r="J394" s="16">
         <v>2.0343293070565815</v>
       </c>
-      <c r="K391" s="16">
+      <c r="K394" s="16">
         <v>76.336305386143493</v>
       </c>
     </row>
-    <row r="392" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...86 lines deleted...]
-    <row r="395" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B395" s="49"/>
       <c r="C395" s="49"/>
       <c r="D395" s="49"/>
       <c r="E395" s="49">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F395" s="49">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="G395" s="89">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="H395" s="89">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="I395" s="49">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J395" s="49" t="s">
         <v>24</v>
       </c>
       <c r="K395" s="16" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="396" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A396" s="1" t="s">
+    <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="B396" s="17"/>
-[...2 lines deleted...]
-      <c r="E396" s="17">
+      <c r="B396" s="16"/>
+      <c r="C396" s="16"/>
+      <c r="D396" s="16"/>
+      <c r="E396" s="16">
+        <v>4.2747918614143378E-2</v>
+      </c>
+      <c r="F396" s="16">
+        <v>0.11188841574693664</v>
+      </c>
+      <c r="G396" s="19">
+        <v>0.10513696080196268</v>
+      </c>
+      <c r="H396" s="19">
+        <v>0.12351776716311963</v>
+      </c>
+      <c r="I396" s="16">
+        <v>0.11579188482855768</v>
+      </c>
+      <c r="J396" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K396" s="115" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="97" t="s">
+        <v>101</v>
+      </c>
+      <c r="B397" s="99"/>
+      <c r="C397" s="99"/>
+      <c r="D397" s="99"/>
+      <c r="E397" s="99">
+        <v>0.94</v>
+      </c>
+      <c r="F397" s="99">
+        <v>1.82</v>
+      </c>
+      <c r="G397" s="99">
+        <v>2.62</v>
+      </c>
+      <c r="H397" s="99">
+        <v>3.76</v>
+      </c>
+      <c r="I397" s="99">
+        <v>5.34</v>
+      </c>
+      <c r="J397" s="99">
+        <v>42.021276595744681</v>
+      </c>
+      <c r="K397" s="99">
+        <v>54.384377451218448</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B398" s="49"/>
+      <c r="C398" s="49"/>
+      <c r="D398" s="49"/>
+      <c r="E398" s="49">
+        <v>56</v>
+      </c>
+      <c r="F398" s="49">
+        <v>53</v>
+      </c>
+      <c r="G398" s="89">
+        <v>53</v>
+      </c>
+      <c r="H398" s="89">
+        <v>52</v>
+      </c>
+      <c r="I398" s="49">
+        <v>49</v>
+      </c>
+      <c r="J398" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B399" s="17"/>
+      <c r="C399" s="17"/>
+      <c r="D399" s="17"/>
+      <c r="E399" s="17">
         <v>3.4266300187371042E-2</v>
       </c>
-      <c r="F396" s="17">
+      <c r="F399" s="17">
         <v>5.0920058306264573E-2</v>
       </c>
-      <c r="G396" s="18">
+      <c r="G399" s="18">
         <v>4.7349939547500844E-2</v>
       </c>
-      <c r="H396" s="18">
+      <c r="H399" s="18">
         <v>5.8911915718357175E-2</v>
       </c>
-      <c r="I396" s="17">
+      <c r="I399" s="17">
         <v>7.7998334867008454E-2</v>
       </c>
-      <c r="J396" s="17" t="s">
+      <c r="J399" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="K396" s="116" t="s">
+      <c r="K399" s="116" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="397" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="A399" s="4" t="s">
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="54" t="s">
+        <v>190</v>
+      </c>
+      <c r="C400" s="54"/>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="4" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A400" s="4" t="s">
+    <row r="403" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="4" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="401" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A401" s="129" t="s">
+    <row r="404" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="133" t="s">
         <v>94</v>
       </c>
-      <c r="B401" s="129"/>
-[...63 lines deleted...]
-      </c>
+      <c r="B404" s="133"/>
+      <c r="C404" s="133"/>
+      <c r="D404" s="133"/>
+      <c r="E404" s="133"/>
+      <c r="F404" s="133"/>
+      <c r="G404" s="133"/>
+      <c r="H404" s="133"/>
+      <c r="I404" s="133"/>
+      <c r="J404" s="133"/>
+      <c r="K404" s="133"/>
+    </row>
+    <row r="405" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="121"/>
+      <c r="B405" s="121"/>
+      <c r="C405" s="121"/>
+      <c r="D405" s="121"/>
+      <c r="E405" s="121"/>
+      <c r="F405" s="121"/>
+      <c r="G405" s="121"/>
+      <c r="H405" s="121"/>
+      <c r="I405" s="7"/>
+      <c r="J405" s="7"/>
+      <c r="K405" s="7"/>
+    </row>
+    <row r="406" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="120"/>
+      <c r="B406" s="120"/>
+      <c r="C406" s="120"/>
+      <c r="D406" s="120"/>
+      <c r="E406" s="120"/>
+      <c r="F406" s="120"/>
+      <c r="G406" s="120"/>
+      <c r="H406" s="120"/>
+      <c r="I406" s="120"/>
+      <c r="J406" s="120"/>
+      <c r="K406" s="120"/>
+    </row>
+    <row r="407" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I407" s="84"/>
       <c r="J407" s="84"/>
       <c r="K407" s="84"/>
     </row>
-    <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A408" s="90"/>
+    <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="118" t="s">
+        <v>44</v>
+      </c>
+      <c r="B408" s="118">
+        <v>46045</v>
+      </c>
+      <c r="I408" s="84"/>
+      <c r="J408" s="84"/>
+      <c r="K408" s="84"/>
+    </row>
+    <row r="409" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="91" t="s">
+        <v>96</v>
+      </c>
+      <c r="I409" s="84"/>
+      <c r="J409" s="84"/>
+      <c r="K409" s="84"/>
+    </row>
+    <row r="410" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="117" t="s">
+        <v>97</v>
+      </c>
+      <c r="I410" s="84"/>
+      <c r="J410" s="84"/>
+      <c r="K410" s="84"/>
+    </row>
+    <row r="411" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="45">
-    <mergeCell ref="A401:K401"/>
+    <mergeCell ref="A404:K404"/>
     <mergeCell ref="A264:K264"/>
     <mergeCell ref="C270:C273"/>
     <mergeCell ref="A372:K372"/>
     <mergeCell ref="A353:K353"/>
     <mergeCell ref="A357:E358"/>
     <mergeCell ref="A359:E360"/>
     <mergeCell ref="A333:E334"/>
     <mergeCell ref="A335:E336"/>
     <mergeCell ref="A352:K352"/>
     <mergeCell ref="D305:D309"/>
     <mergeCell ref="A329:K329"/>
     <mergeCell ref="A283:K283"/>
     <mergeCell ref="A284:K284"/>
     <mergeCell ref="D290:D294"/>
     <mergeCell ref="A21:C22"/>
     <mergeCell ref="A23:C24"/>
     <mergeCell ref="A29:D30"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="E30:F30"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="G49:K49"/>
     <mergeCell ref="C274:C275"/>
     <mergeCell ref="A281:K281"/>
     <mergeCell ref="A282:K282"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="F77:K77"/>
     <mergeCell ref="A263:K263"/>
     <mergeCell ref="H68:I68"/>
     <mergeCell ref="C250:C253"/>
     <mergeCell ref="C254:C255"/>
     <mergeCell ref="A261:K261"/>
     <mergeCell ref="A262:K262"/>
     <mergeCell ref="J68:K68"/>
   </mergeCells>
-  <conditionalFormatting sqref="B392:F392 I392:J392 B395:F395 I395:J395">
+  <conditionalFormatting sqref="B395:F395 I395:J395 B398:F398 I398:J398">
     <cfRule type="cellIs" dxfId="39" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B376:H376 B377:F377 B378:H379 B380:F381 G381:H381 B382:H382">
     <cfRule type="cellIs" dxfId="38" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:K10">
     <cfRule type="cellIs" dxfId="37" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B366:K368">
     <cfRule type="cellIs" dxfId="36" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B376:K382">
     <cfRule type="cellIs" dxfId="35" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B378:K378 B381:K381">
     <cfRule type="cellIs" dxfId="34" priority="38" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B393:K393 B396:K396">
+  <conditionalFormatting sqref="B396:K396 B399:K399">
     <cfRule type="cellIs" dxfId="33" priority="12" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D250:K255 D270:K275">
     <cfRule type="cellIs" dxfId="32" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
     <cfRule type="cellIs" dxfId="31" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E22:K22 E24:K24">
     <cfRule type="cellIs" dxfId="30" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E320:K322">
     <cfRule type="cellIs" dxfId="29" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E344:K346">
     <cfRule type="cellIs" dxfId="28" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F37:K40">
     <cfRule type="cellIs" dxfId="27" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G376:H376 G379:H379 I377:J377 I380:J380">
     <cfRule type="cellIs" dxfId="26" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G391:H391">
+  <conditionalFormatting sqref="G394:H394">
     <cfRule type="cellIs" dxfId="25" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G394:H394">
+  <conditionalFormatting sqref="G397:H397">
     <cfRule type="cellIs" dxfId="24" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
     <cfRule type="cellIs" dxfId="23" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
     <cfRule type="cellIs" dxfId="22" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G334:K334 G336:K336">
     <cfRule type="cellIs" dxfId="21" priority="43" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G358:K358 G360:K360">
     <cfRule type="cellIs" dxfId="20" priority="41" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I377:J378">
@@ -11133,62 +11138,62 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K376">
     <cfRule type="cellIs" dxfId="6" priority="34" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="5" priority="32" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K378:K379">
     <cfRule type="cellIs" dxfId="4" priority="30" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K379">
     <cfRule type="cellIs" dxfId="3" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K381:K382">
     <cfRule type="cellIs" dxfId="2" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K391:K392">
+  <conditionalFormatting sqref="K394:K395">
     <cfRule type="cellIs" dxfId="1" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K394:K395">
+  <conditionalFormatting sqref="K397:K398">
     <cfRule type="cellIs" dxfId="0" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A407" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
+    <hyperlink ref="A410" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
     <brk id="153" max="16383" man="1"/>
     <brk id="197" max="16383" man="1"/>
     <brk id="285" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>