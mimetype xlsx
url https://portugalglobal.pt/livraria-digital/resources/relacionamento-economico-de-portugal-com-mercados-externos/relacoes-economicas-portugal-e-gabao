--- v0 (2025-12-07)
+++ v1 (2026-03-16)
@@ -1,71 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Gabão\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Gabão\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A83999D7-9162-4E29-845B-AF14291DC28B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB2B53B1-D4A4-45D6-9AC0-1C114BE0027F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Gabão" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Gabão!$A$1:$K$305</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Gabão!$A$1:$K$239</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Gabão!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
@@ -111,94 +112,91 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="401" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="143">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
     <t>Calçado</t>
   </si>
   <si>
     <t>Minerais e minérios</t>
   </si>
   <si>
     <t>Metais comuns</t>
   </si>
   <si>
     <t>Máquinas e aparelhos</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E. (AICEP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saldo</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Combustíveis minerais</t>
   </si>
   <si>
     <t>Plásticos e borracha</t>
   </si>
   <si>
     <t>Peles e couros</t>
   </si>
   <si>
     <t>Madeira e cortiça</t>
   </si>
   <si>
     <t>Posição</t>
@@ -236,53 +234,50 @@
   <si>
     <t>Unidade: Milhões de euros</t>
   </si>
   <si>
     <t>Instrumentos de ótica e precisão</t>
   </si>
   <si>
     <t>Nota: Inclui apenas pessoas coletivas (sociedades).Exclui empresas em nome individual, valores estimados para empresas abaixo do limiar de assimilação no comércio intracomunitário e empresas desconhecidas e estrangeiras no comércio extracomunitário.</t>
   </si>
   <si>
     <t>Outros produtos (a)</t>
   </si>
   <si>
     <t>Nota: (a) Tabaco, chapéus, guarda-chuvas, pedras e metais preciosos, armas, mobiliário, brinquedos, obras de arte, obras diversas.</t>
   </si>
   <si>
     <t>Atualizado em</t>
   </si>
   <si>
     <t>Exportação</t>
   </si>
   <si>
     <t>Veículos e outro material de transporte</t>
   </si>
   <si>
-    <t>www.portugalexporta.pt; Contact Center: 808 214 214; email: aicep@portugalglobal.pt</t>
-[...1 lines deleted...]
-  <si>
     <t>% Total</t>
   </si>
   <si>
     <t>Empresas</t>
   </si>
   <si>
     <t>Nº</t>
   </si>
   <si>
     <t>Particulares, Estimativas e Operadores Não Identificados</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Baixa-Tecnologia</t>
   </si>
   <si>
     <t>Baixa tecnologia</t>
@@ -356,83 +351,80 @@
   <si>
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
   </si>
   <si>
+    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
+  </si>
+  <si>
+    <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
+  </si>
+  <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
-    <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/ago</t>
-[...2 lines deleted...]
-    <t>2025 jan/ago</t>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O GABÃO</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Gabão</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
     <t>Posição e Quota do Gabão no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Gabão como cliente de Portugal</t>
   </si>
   <si>
     <t>Gabão como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Gabão</t>
   </si>
   <si>
     <t>Portugal como cliente do Gabão</t>
   </si>
   <si>
     <t>% Export. Gabão</t>
   </si>
   <si>
     <t>Portugal como fornecedor do Gabão</t>
   </si>
   <si>
     <t>% Import. Gabão</t>
   </si>
   <si>
     <t>Fonte: ITC - International Trade Centre (mirror statistics; informação obtida a partir dos dados reportados pelos parceiros)</t>
@@ -449,168 +441,138 @@
   <si>
     <t>Empresas exportadoras de bens para o Gabão</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para o Gabão por Escalão de Exportação Individual em Valor em 2024</t>
   </si>
   <si>
     <t>M€</t>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para o Gabão por Nível de Exposição ao Mercado em 2024</t>
   </si>
   <si>
     <t>Conf</t>
   </si>
   <si>
     <t>Conf = Confidencial (&lt;3 empresas em pelo menos um dos níveis)</t>
   </si>
   <si>
     <t>Exportações de Portugal para o Gabão por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 20</t>
-[...2 lines deleted...]
-    <t>% Tot 23</t>
+    <t>% Tot 21</t>
   </si>
   <si>
     <t>% Tot 24</t>
   </si>
   <si>
-    <t>vh M€ 24/23</t>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh M€ 25/24</t>
   </si>
   <si>
     <t>&gt;1000%</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes do Gabão por Grupos de Produtos</t>
   </si>
   <si>
     <t>Ind</t>
   </si>
   <si>
-    <t>% Tot 25</t>
-[...4 lines deleted...]
-  <si>
     <t>Principais Produtos Exportados para o Gabão</t>
   </si>
   <si>
     <t>6810 Obras de cimento, de betão (concreto) ou de pedra artificial, mesmo armadas</t>
   </si>
   <si>
     <t>0207 Carnes e miudezas, comestíveis, frescas, refrigeradas ou congeladas, de galos, galinhas, patos,...</t>
   </si>
   <si>
+    <t>3208 Tintas e vernizes, à base de polímeros sintéticos ou de polímeros naturais modificados,...</t>
+  </si>
+  <si>
+    <t>8544 Fios e cabos, incluídos os cabos coaxiais, e outros condutores, isolados para usos elétricos,...</t>
+  </si>
+  <si>
     <t>4802 Papel e cartão, não revestidos, do tipo utilizado para escrita, impressão ou outros fins...</t>
   </si>
   <si>
-    <t>3208 Tintas e vernizes, à base de polímeros sintéticos ou de polímeros naturais modificados,...</t>
+    <t>3506 Colas e outros adesivos preparados, não especificadas nem compreendidas noutras posições;...</t>
+  </si>
+  <si>
+    <t>7214 Barras de ferro ou aço não ligado, simplesmente forjadas, laminadas, estiradas ou extrudadas, a...</t>
+  </si>
+  <si>
+    <t>8428 Máquinas e aparelhos de elevação, de carga, de descarga ou de movimentação, por exemplo:...</t>
+  </si>
+  <si>
+    <t>4818 Papel do tipo utilizado para papel higiénico e papel semelhante, pasta (ouate) de celulose ou...</t>
   </si>
   <si>
     <t>2202 Águas, incluídas as águas minerais e as águas gaseificadas, adicionadas de açúcar ou de outros...</t>
   </si>
   <si>
-    <t>8544 Fios e cabos, incluídos os cabos coaxiais, e outros condutores, isolados para usos elétricos,...</t>
-[...13 lines deleted...]
-  <si>
     <t>Amostra</t>
   </si>
   <si>
     <t>Principais Produtos Importados Provenientes do Gabão</t>
   </si>
   <si>
-    <t>7202 Ferro-ligas</t>
+    <t>2709 Óleos brutos de petróleo ou de minerais betuminosos</t>
   </si>
   <si>
     <t>4407 Madeira serrada ou fendida longitudinalmente, cortada ou desenrolada, mesmo aplainada, lixada ou...</t>
   </si>
   <si>
     <t>4412 Madeira contraplacada, madeira folheada e madeiras estratificadas semelhantes (exceto painéis de...</t>
   </si>
   <si>
-    <t>4408 Folhas para folheados, incluídas as obtidas por corte de madeira estratificada, folhas para...</t>
-[...11 lines deleted...]
-    <t>6912 Serviços de mesa, artigos de cozinha, outros artigos de uso doméstico e artigos de higiene ou de...</t>
+    <t>2302 Sêmeas, farelos e outros resíduos, mesmo em "pellets", de peneiração, moagem ou de outros...</t>
+  </si>
+  <si>
+    <t>8703 Automóveis de passageiros e outros veículos automóveis principalmente concebidos para transporte...</t>
   </si>
   <si>
     <t>8607 Partes de veículos para vias-férreas ou semelhantes, não especificadas nem compreendidas noutras...</t>
   </si>
   <si>
-    <t>9403 Móveis e suas partes, não especificadas nem compreendidas noutras posições (exceto assentos e...</t>
-[...13 lines deleted...]
-  <si>
     <t>8483 Veios de transmissão (árvores), incluídas as árvores de cames e cambotas (virabrequins) e...</t>
   </si>
   <si>
+    <t>5907 Tecidos impregnados, revestidos ou recobertos e telas pintadas para cenários teatrais, para...</t>
+  </si>
+  <si>
     <t>8409 Partes reconhecíveis como exclusiva ou principalmente destinadas aos motores de pistão, não...</t>
   </si>
   <si>
     <t>2204 Vinhos de uvas frescas, incluídos os vinhos enriquecidos com álcool; mosto de uvas excluídos os...</t>
-  </si>
-[...1 lines deleted...]
-    <t>8412 Motores e máquinas motrizes (exceto turbinas a vapor, motores de pistão, turbinas hidráulicas,...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para o Gabão por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados do Gabão por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para o Gabão por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens do Gabão por Meios de Transporte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
@@ -882,51 +844,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="126">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1229,99 +1191,87 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="16">
-[...14 lines deleted...]
-    </dxf>
+  <dxfs count="13">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1365,70 +1315,70 @@
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>302</xdr:row>
+      <xdr:row>236</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>304</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -1449,50 +1399,54 @@
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
 <rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <global>
     <keyFlags>
       <key name="_Self">
         <flag name="ExcludeFromFile" value="1"/>
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_DisplayString">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Flags">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Format">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_SubLabel">
         <flag name="ExcludeFromCalcComparison" value="1"/>
@@ -1813,6741 +1767,5203 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K306"/>
+  <dimension ref="A2:K240"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A301" sqref="A301"/>
+      <selection activeCell="A235" sqref="A235"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
     <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="87" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
     <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
     <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>0</v>
       </c>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
-[...6 lines deleted...]
-        <v>85</v>
+      <c r="I7" s="12">
+        <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="C8" s="16">
+        <v>24</v>
+      </c>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="16">
         <v>6.0673149999999998</v>
       </c>
-      <c r="D8" s="16">
+      <c r="F8" s="16">
         <v>10.323554</v>
       </c>
-      <c r="E8" s="16">
+      <c r="G8" s="16">
         <v>10.591339</v>
       </c>
-      <c r="F8" s="16">
+      <c r="H8" s="16">
         <v>16.303349000000001</v>
       </c>
-      <c r="G8" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="16">
-        <v>11.095582</v>
+        <v>14.024863</v>
       </c>
       <c r="J8" s="16">
-        <v>9.6861949999999997</v>
+        <v>-13.975570295403728</v>
       </c>
       <c r="K8" s="16">
-        <v>-12.702235898937078</v>
+        <v>23.303533166646282</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      <c r="C9" s="16">
+        <v>25</v>
+      </c>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="16">
         <v>2.3545310000000002</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>136.95982800000002</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>13.636967</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>9.2195330000000002</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>5.8741009999999996</v>
+        <v>52.045901000000001</v>
       </c>
       <c r="J9" s="16">
-        <v>50.266646000000001</v>
+        <v>464.51775811204323</v>
       </c>
       <c r="K9" s="16">
-        <v>755.73343052834809</v>
+        <v>116.83057906235774</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="C10" s="16">
+        <v>13</v>
+      </c>
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="16">
         <v>3.7127839999999996</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>-126.63627400000001</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>-3.0456280000000007</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>7.0838160000000006</v>
       </c>
-      <c r="G10" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I10" s="16">
-        <v>5.2214810000000007</v>
-[...2 lines deleted...]
-        <v>-40.580451000000004</v>
+        <v>-38.021038000000004</v>
+      </c>
+      <c r="J10" s="16" t="s">
+        <v>23</v>
       </c>
       <c r="K10" s="16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="C11" s="17">
+        <v>27</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="17">
         <v>257.68677498830976</v>
       </c>
-      <c r="D11" s="17">
+      <c r="F11" s="17">
         <v>7.5376511132884874</v>
       </c>
-      <c r="E11" s="17">
+      <c r="G11" s="17">
         <v>77.666382854779954</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>176.83486788322142</v>
       </c>
-      <c r="G11" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I11" s="17">
-        <v>188.88987438248</v>
-[...2 lines deleted...]
-        <v>19.269626622790785</v>
+        <v>26.947103865105532</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>23</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="I12" s="8"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="9"/>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>33</v>
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="9"/>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="20"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
     </row>
     <row r="20" spans="1:11" s="24" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="22">
         <v>0</v>
       </c>
       <c r="B20" s="22">
         <v>0</v>
       </c>
       <c r="C20" s="22">
         <v>0</v>
       </c>
       <c r="D20" s="23">
         <v>0</v>
       </c>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...3 lines deleted...]
-        <v>86</v>
+      <c r="K20" s="12">
+        <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="106" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B21" s="106">
         <v>0</v>
       </c>
       <c r="C21" s="106">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="F21" s="26">
+        <v>21</v>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="26">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="H21" s="26">
         <v>110</v>
       </c>
       <c r="I21" s="26">
+        <v>110</v>
+      </c>
+      <c r="J21" s="26">
         <v>95</v>
       </c>
-      <c r="J21" s="26">
-[...1 lines deleted...]
-      </c>
       <c r="K21" s="26">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="106">
         <v>0</v>
       </c>
       <c r="B22" s="106">
         <v>0</v>
       </c>
       <c r="C22" s="106">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="F22" s="27">
+        <v>28</v>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="27">
         <v>9.5370255323168306E-3</v>
       </c>
-      <c r="G22" s="27">
+      <c r="H22" s="27">
         <v>1.3167338557932982E-2</v>
       </c>
-      <c r="H22" s="27">
+      <c r="I22" s="27">
         <v>1.3694487843360789E-2</v>
       </c>
-      <c r="I22" s="27">
+      <c r="J22" s="27">
         <v>2.0664598252135423E-2</v>
       </c>
-      <c r="J22" s="27">
-[...1 lines deleted...]
-      </c>
       <c r="K22" s="27">
-        <v>1.8233093175665516E-2</v>
+        <v>1.7683147227638071E-2</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="109" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B23" s="109">
         <v>0</v>
       </c>
       <c r="C23" s="109">
         <v>0</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="F23" s="29">
+        <v>21</v>
+      </c>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="29">
         <v>127</v>
       </c>
-      <c r="G23" s="29">
+      <c r="H23" s="29">
         <v>52</v>
       </c>
-      <c r="H23" s="29">
+      <c r="I23" s="29">
         <v>95</v>
       </c>
-      <c r="I23" s="29">
+      <c r="J23" s="29">
         <v>102</v>
       </c>
-      <c r="J23" s="29">
-[...1 lines deleted...]
-      </c>
       <c r="K23" s="29">
-        <v>62</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="110">
         <v>0</v>
       </c>
       <c r="B24" s="110">
         <v>0</v>
       </c>
       <c r="C24" s="110">
         <v>0</v>
       </c>
       <c r="D24" s="30" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="F24" s="31">
+        <v>29</v>
+      </c>
+      <c r="E24" s="30"/>
+      <c r="F24" s="30"/>
+      <c r="G24" s="31">
         <v>2.8318128064792783E-3</v>
       </c>
-      <c r="G24" s="31">
+      <c r="H24" s="31">
         <v>0.12500718892981486</v>
       </c>
-      <c r="H24" s="31">
+      <c r="I24" s="31">
         <v>1.2969256571046866E-2</v>
       </c>
-      <c r="I24" s="31">
+      <c r="J24" s="31">
         <v>8.5968262066621649E-3</v>
       </c>
-      <c r="J24" s="31">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="31">
-        <v>6.7596188013533745E-2</v>
+        <v>4.6714823552620403E-2</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="32"/>
       <c r="C25" s="33"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="34"/>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="35"/>
       <c r="I26" s="35"/>
       <c r="J26" s="35"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="37"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="36"/>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="22">
         <v>0</v>
       </c>
       <c r="B28" s="22">
         <v>0</v>
       </c>
       <c r="C28" s="22">
         <v>0</v>
       </c>
       <c r="D28" s="23">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
-      <c r="G28" s="12">
+      <c r="G28" s="124">
         <v>2020</v>
       </c>
-      <c r="H28" s="12">
+      <c r="H28" s="124">
         <v>2021</v>
       </c>
-      <c r="I28" s="12">
+      <c r="I28" s="124">
         <v>2022</v>
       </c>
-      <c r="J28" s="13">
+      <c r="J28" s="125">
         <v>2023</v>
       </c>
-      <c r="K28" s="13">
+      <c r="K28" s="125">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="106" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B29" s="106">
         <v>0</v>
       </c>
       <c r="C29" s="106">
         <v>0</v>
       </c>
       <c r="D29" s="106">
         <v>0</v>
       </c>
       <c r="E29" s="107" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F29" s="107">
         <v>0</v>
       </c>
       <c r="G29" s="26">
         <v>39</v>
       </c>
       <c r="H29" s="26">
         <v>36</v>
       </c>
       <c r="I29" s="26">
         <v>14</v>
       </c>
       <c r="J29" s="26">
         <v>26</v>
       </c>
       <c r="K29" s="26">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="106">
         <v>0</v>
       </c>
       <c r="B30" s="106">
         <v>0</v>
       </c>
       <c r="C30" s="106">
         <v>0</v>
       </c>
       <c r="D30" s="106">
         <v>0</v>
       </c>
       <c r="E30" s="107" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F30" s="107">
         <v>0</v>
       </c>
       <c r="G30" s="27">
         <v>4.9011258814999716E-2</v>
       </c>
       <c r="H30" s="27">
         <v>4.0464865018799819E-2</v>
       </c>
       <c r="I30" s="27">
-        <v>1.568996178600883</v>
+        <v>1.5776768473442302</v>
       </c>
       <c r="J30" s="27">
-        <v>0.18990361860089525</v>
+        <v>0.18991225268259912</v>
       </c>
       <c r="K30" s="27">
-        <v>0.12244979697745079</v>
+        <v>0.11868623271641718</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="109" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B31" s="109">
         <v>0</v>
       </c>
       <c r="C31" s="109">
         <v>0</v>
       </c>
       <c r="D31" s="109">
         <v>0</v>
       </c>
       <c r="E31" s="111" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F31" s="111">
         <v>0</v>
       </c>
       <c r="G31" s="29">
         <v>36</v>
       </c>
       <c r="H31" s="29">
         <v>40</v>
       </c>
       <c r="I31" s="29">
         <v>34</v>
       </c>
       <c r="J31" s="29">
         <v>39</v>
       </c>
       <c r="K31" s="29">
-        <v>25</v>
+        <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="110">
         <v>0</v>
       </c>
       <c r="B32" s="110">
         <v>0</v>
       </c>
       <c r="C32" s="110">
         <v>0</v>
       </c>
       <c r="D32" s="110">
         <v>0</v>
       </c>
       <c r="E32" s="108" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F32" s="108">
         <v>0</v>
       </c>
       <c r="G32" s="31">
         <v>0.32849609786964773</v>
       </c>
       <c r="H32" s="31">
         <v>0.30906868508846963</v>
       </c>
       <c r="I32" s="31">
-        <v>0.38686997951592678</v>
+        <v>0.38885576585127074</v>
       </c>
       <c r="J32" s="31">
-        <v>0.33212651429344292</v>
+        <v>0.33524413513043549</v>
       </c>
       <c r="K32" s="31">
-        <v>0.60526506918352629</v>
+        <v>0.53756369487879641</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B33" s="32"/>
       <c r="C33" s="33"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="34"/>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="35"/>
       <c r="I34" s="35"/>
       <c r="J34" s="35"/>
     </row>
     <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="36"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="22">
         <v>0</v>
       </c>
       <c r="B36" s="22">
         <v>0</v>
       </c>
       <c r="C36" s="22">
         <v>0</v>
       </c>
       <c r="D36" s="22">
         <v>0</v>
       </c>
       <c r="E36" s="38" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F36" s="38"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-        <v>86</v>
+      <c r="K36" s="13">
+        <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="106" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B37" s="106">
         <v>0</v>
       </c>
       <c r="C37" s="106">
         <v>0</v>
       </c>
       <c r="D37" s="106">
         <v>0</v>
       </c>
       <c r="E37" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="F37" s="39">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="25"/>
       <c r="G37" s="39">
         <v>-1.395514112978733E-3</v>
       </c>
       <c r="H37" s="39">
         <v>6.6902509618575363E-3</v>
       </c>
       <c r="I37" s="39">
         <v>3.415505702528491E-4</v>
       </c>
       <c r="J37" s="39">
         <v>7.3855677271924963E-3</v>
       </c>
       <c r="K37" s="39">
-        <v>-2.6648170706276993E-3</v>
+        <v>-2.8879954549899558E-3</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="113" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B38" s="113">
         <v>0</v>
       </c>
       <c r="C38" s="113">
         <v>0</v>
       </c>
       <c r="D38" s="113">
         <v>0</v>
       </c>
       <c r="E38" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="41">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="40"/>
       <c r="G38" s="41">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="41">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="41">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="41">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="41">
-        <v>0.44538715022671183</v>
+        <v>0.5285007714086577</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="109" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B39" s="109">
         <v>0</v>
       </c>
       <c r="C39" s="109">
         <v>0</v>
       </c>
       <c r="D39" s="109">
         <v>0</v>
       </c>
       <c r="E39" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="43">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="42"/>
       <c r="G39" s="43">
         <v>7.2367142086573932E-5</v>
       </c>
       <c r="H39" s="43">
         <v>0.16189084104840704</v>
       </c>
       <c r="I39" s="43">
         <v>-0.11256033546122952</v>
       </c>
       <c r="J39" s="43">
         <v>-4.2011420084587621E-3</v>
       </c>
       <c r="K39" s="43">
-        <v>6.325447826621744E-2</v>
+        <v>3.9933784363975697E-2</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="114" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B40" s="114">
         <v>0</v>
       </c>
       <c r="C40" s="114">
         <v>0</v>
       </c>
       <c r="D40" s="114">
         <v>0</v>
       </c>
       <c r="E40" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="44"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.959265065771004</v>
+        <v>3.886961096989102</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="32"/>
       <c r="C41" s="33"/>
+      <c r="K41" s="36"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
+      <c r="K42" s="36"/>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="45"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B44" s="36"/>
       <c r="C44" s="36"/>
       <c r="D44" s="36"/>
       <c r="E44" s="36"/>
       <c r="F44" s="36"/>
       <c r="G44" s="36"/>
       <c r="H44" s="36"/>
       <c r="I44" s="36"/>
       <c r="J44" s="36"/>
       <c r="K44" s="36"/>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="22">
         <v>0</v>
       </c>
       <c r="B45" s="22">
         <v>0</v>
       </c>
       <c r="C45" s="22">
         <v>0</v>
       </c>
       <c r="D45" s="22">
         <v>0</v>
       </c>
       <c r="E45" s="22">
         <v>0</v>
       </c>
       <c r="F45" s="22">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="115" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B46" s="115">
         <v>0</v>
       </c>
       <c r="C46" s="115">
         <v>0</v>
       </c>
       <c r="D46" s="46" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E46" s="46"/>
       <c r="F46" s="46"/>
       <c r="G46" s="47">
         <v>54</v>
       </c>
       <c r="H46" s="47">
         <v>56</v>
       </c>
       <c r="I46" s="47">
         <v>65</v>
       </c>
       <c r="J46" s="47">
         <v>55</v>
       </c>
       <c r="K46" s="47">
         <v>69</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="106">
         <v>0</v>
       </c>
       <c r="B47" s="106">
         <v>0</v>
       </c>
       <c r="C47" s="106">
         <v>0</v>
       </c>
       <c r="D47" s="49" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="E47" s="49"/>
       <c r="F47" s="49"/>
       <c r="G47" s="50">
         <v>0.26076878501062395</v>
       </c>
       <c r="H47" s="50">
         <v>0.2486457685818311</v>
       </c>
       <c r="I47" s="50">
         <v>0.28334786399302531</v>
       </c>
       <c r="J47" s="50">
         <v>0.24359996456727789</v>
       </c>
       <c r="K47" s="50">
         <v>0.32591752869491286</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="110">
         <v>0</v>
       </c>
       <c r="B48" s="110">
         <v>0</v>
       </c>
       <c r="C48" s="110">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="51">
         <v>121</v>
       </c>
       <c r="H48" s="51">
         <v>120</v>
       </c>
       <c r="I48" s="51">
         <v>116</v>
       </c>
       <c r="J48" s="51">
         <v>123</v>
       </c>
       <c r="K48" s="51">
         <v>114</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="52"/>
       <c r="F49" s="53"/>
-      <c r="G49" s="119"/>
-[...3 lines deleted...]
-      <c r="K49" s="119"/>
+      <c r="G49" s="118"/>
+      <c r="H49" s="118"/>
+      <c r="I49" s="118"/>
+      <c r="J49" s="118"/>
+      <c r="K49" s="118"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="112" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B50" s="112">
         <v>0</v>
       </c>
       <c r="C50" s="112">
         <v>0</v>
       </c>
       <c r="D50" s="112">
         <v>0</v>
       </c>
       <c r="E50" s="112">
         <v>0</v>
       </c>
       <c r="F50" s="112">
         <v>0</v>
       </c>
       <c r="G50" s="112">
         <v>0</v>
       </c>
       <c r="H50" s="112">
         <v>0</v>
       </c>
       <c r="I50" s="112">
         <v>0</v>
       </c>
       <c r="J50" s="112">
         <v>0</v>
       </c>
       <c r="K50" s="112">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C51" s="52"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="116" t="s">
-[...11 lines deleted...]
-      <c r="K52" s="116"/>
+      <c r="A52" s="112" t="s">
+        <v>102</v>
+      </c>
+      <c r="B52" s="112"/>
+      <c r="C52" s="112"/>
+      <c r="D52" s="112"/>
+      <c r="E52" s="112"/>
+      <c r="F52" s="112"/>
+      <c r="G52" s="112"/>
+      <c r="H52" s="112"/>
+      <c r="I52" s="112"/>
+      <c r="J52" s="112"/>
+      <c r="K52" s="112"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="54"/>
       <c r="B53" s="54"/>
       <c r="C53" s="54"/>
       <c r="D53" s="54"/>
       <c r="E53" s="54"/>
       <c r="F53" s="54"/>
       <c r="G53" s="54"/>
       <c r="H53" s="54"/>
       <c r="I53" s="54"/>
       <c r="J53" s="54"/>
       <c r="K53" s="54"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="45"/>
       <c r="B54" s="45"/>
       <c r="C54" s="55"/>
       <c r="D54" s="45"/>
       <c r="E54" s="45"/>
       <c r="F54" s="45"/>
       <c r="G54" s="45"/>
       <c r="H54" s="45"/>
       <c r="I54" s="45"/>
       <c r="J54" s="45"/>
       <c r="K54" s="45"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B55" s="36"/>
       <c r="C55" s="37"/>
       <c r="D55" s="36"/>
       <c r="E55" s="36"/>
       <c r="F55" s="36"/>
       <c r="G55" s="36"/>
       <c r="H55" s="36"/>
       <c r="I55" s="36"/>
       <c r="J55" s="36"/>
       <c r="K55" s="36"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="46">
         <v>0</v>
       </c>
       <c r="B56" s="46">
         <v>0</v>
       </c>
       <c r="C56" s="56">
         <v>0</v>
       </c>
       <c r="D56" s="46">
         <v>0</v>
       </c>
       <c r="E56" s="46">
         <v>0</v>
       </c>
       <c r="F56" s="46">
         <v>0</v>
       </c>
       <c r="G56" s="46">
         <v>0</v>
       </c>
       <c r="H56" s="105" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="I56" s="105">
         <v>0</v>
       </c>
       <c r="J56" s="105" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K56" s="105">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="57">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="57" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I57" s="57" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="J57" s="57" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="K57" s="57" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="21"/>
       <c r="C58" s="58"/>
       <c r="D58" s="21"/>
       <c r="E58" s="21"/>
       <c r="F58" s="36"/>
       <c r="G58" s="36"/>
       <c r="H58" s="48">
         <v>69</v>
       </c>
       <c r="I58" s="59">
         <v>100</v>
       </c>
       <c r="J58" s="59">
         <v>16.303349000000001</v>
       </c>
       <c r="K58" s="59">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B59" s="21"/>
       <c r="C59" s="58"/>
       <c r="D59" s="21"/>
       <c r="E59" s="21"/>
       <c r="F59" s="36"/>
       <c r="G59" s="36"/>
       <c r="H59" s="48">
         <v>0</v>
       </c>
       <c r="I59" s="59">
         <v>0</v>
       </c>
       <c r="J59" s="59">
         <v>0</v>
       </c>
       <c r="K59" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B60" s="21"/>
       <c r="C60" s="58"/>
       <c r="D60" s="21"/>
       <c r="E60" s="21"/>
       <c r="F60" s="36"/>
       <c r="G60" s="36"/>
       <c r="H60" s="48">
         <v>3</v>
       </c>
       <c r="I60" s="59">
         <v>4.3478260869565215</v>
       </c>
       <c r="J60" s="59">
         <v>8.5682220000000004</v>
       </c>
       <c r="K60" s="59">
         <v>52.554981188220893</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B61" s="21"/>
       <c r="C61" s="58"/>
       <c r="D61" s="21"/>
       <c r="E61" s="21"/>
       <c r="F61" s="36"/>
       <c r="G61" s="36"/>
       <c r="H61" s="48">
         <v>56</v>
       </c>
       <c r="I61" s="59">
         <v>81.159420289855078</v>
       </c>
       <c r="J61" s="59">
         <v>5.9745479999999995</v>
       </c>
       <c r="K61" s="59">
         <v>36.646139391360627</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B62" s="21"/>
       <c r="C62" s="58"/>
       <c r="D62" s="21"/>
       <c r="E62" s="21"/>
       <c r="F62" s="36"/>
       <c r="G62" s="36"/>
       <c r="H62" s="48">
         <v>10</v>
       </c>
       <c r="I62" s="59">
         <v>14.492753623188406</v>
       </c>
       <c r="J62" s="59">
         <v>2.993E-3</v>
       </c>
       <c r="K62" s="59">
         <v>1.8358191313944148E-2</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="60" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B63" s="60"/>
       <c r="C63" s="61"/>
       <c r="D63" s="60"/>
       <c r="E63" s="60"/>
       <c r="F63" s="62"/>
       <c r="G63" s="62"/>
       <c r="H63" s="63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I63" s="64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J63" s="65">
         <v>1.7575859999999999</v>
       </c>
       <c r="K63" s="65">
         <v>10.780521229104522</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="52"/>
-      <c r="F64" s="118" t="s">
-[...6 lines deleted...]
-      <c r="K64" s="118"/>
+      <c r="F64" s="117" t="s">
+        <v>102</v>
+      </c>
+      <c r="G64" s="117"/>
+      <c r="H64" s="117"/>
+      <c r="I64" s="117"/>
+      <c r="J64" s="117"/>
+      <c r="K64" s="117"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="45"/>
       <c r="C65" s="52"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="45"/>
       <c r="C66" s="52"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B67" s="36"/>
       <c r="C67" s="37"/>
       <c r="D67" s="36"/>
       <c r="E67" s="36"/>
       <c r="F67" s="36"/>
       <c r="G67" s="36"/>
       <c r="H67" s="36"/>
       <c r="I67" s="36"/>
       <c r="J67" s="36"/>
       <c r="K67" s="36"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="46">
         <v>0</v>
       </c>
       <c r="B68" s="46">
         <v>0</v>
       </c>
       <c r="C68" s="56">
         <v>0</v>
       </c>
       <c r="D68" s="46">
         <v>0</v>
       </c>
       <c r="E68" s="46">
         <v>0</v>
       </c>
       <c r="F68" s="46">
         <v>0</v>
       </c>
       <c r="G68" s="46">
         <v>0</v>
       </c>
       <c r="H68" s="105" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="I68" s="105">
         <v>0</v>
       </c>
       <c r="J68" s="105" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K68" s="105">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="57">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="57" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I69" s="57" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="J69" s="57" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="K69" s="57" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="21"/>
       <c r="C70" s="58"/>
       <c r="D70" s="21"/>
       <c r="E70" s="21"/>
       <c r="F70" s="21"/>
       <c r="G70" s="21"/>
       <c r="H70" s="48">
         <v>69</v>
       </c>
       <c r="I70" s="66">
         <v>100</v>
       </c>
       <c r="J70" s="59">
         <v>16.303349000000001</v>
       </c>
       <c r="K70" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B71" s="21"/>
       <c r="C71" s="58"/>
       <c r="D71" s="21"/>
       <c r="E71" s="21"/>
       <c r="F71" s="21"/>
       <c r="G71" s="21"/>
       <c r="H71" s="48" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I71" s="59" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J71" s="59">
         <v>7.0810709999999997</v>
       </c>
       <c r="K71" s="66">
         <v>43.43322957755489</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B72" s="21"/>
       <c r="C72" s="58"/>
       <c r="D72" s="21"/>
       <c r="E72" s="21"/>
       <c r="F72" s="21"/>
       <c r="G72" s="21"/>
       <c r="H72" s="48" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I72" s="66" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J72" s="59">
         <v>1.039404</v>
       </c>
       <c r="K72" s="66">
         <v>6.3754017656126969</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B73" s="21"/>
       <c r="C73" s="58"/>
       <c r="D73" s="21"/>
       <c r="E73" s="21"/>
       <c r="F73" s="21"/>
       <c r="G73" s="21"/>
       <c r="H73" s="48" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I73" s="66" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J73" s="59">
         <v>6.1574440000000008</v>
       </c>
       <c r="K73" s="66">
         <v>37.767970249548114</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B74" s="21"/>
       <c r="C74" s="58"/>
       <c r="D74" s="21"/>
       <c r="E74" s="21"/>
       <c r="F74" s="21"/>
       <c r="G74" s="21"/>
       <c r="H74" s="48" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I74" s="66" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J74" s="59">
         <v>0.26784399999999997</v>
       </c>
       <c r="K74" s="66">
         <v>1.6428771781797711</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="49" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B75" s="67"/>
       <c r="C75" s="68"/>
       <c r="D75" s="67"/>
       <c r="E75" s="67"/>
       <c r="F75" s="67"/>
       <c r="G75" s="67"/>
       <c r="H75" s="69" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="I75" s="70" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J75" s="71">
         <v>4.6268000000000004E-2</v>
       </c>
       <c r="K75" s="70">
         <v>0.28379445229320677</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="72" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B76" s="72"/>
       <c r="C76" s="73"/>
       <c r="D76" s="72"/>
       <c r="E76" s="72"/>
       <c r="F76" s="74"/>
       <c r="G76" s="74"/>
       <c r="H76" s="75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I76" s="76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J76" s="77">
         <v>1.7575859999999999</v>
       </c>
       <c r="K76" s="77">
         <v>10.780521229104522</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="52"/>
-      <c r="F77" s="118" t="s">
-[...6 lines deleted...]
-      <c r="K77" s="118"/>
+      <c r="F77" s="117" t="s">
+        <v>107</v>
+      </c>
+      <c r="G77" s="117"/>
+      <c r="H77" s="117"/>
+      <c r="I77" s="117"/>
+      <c r="J77" s="117"/>
+      <c r="K77" s="117"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="45"/>
       <c r="C78" s="33"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="45"/>
       <c r="C79" s="33"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B80" s="36"/>
       <c r="C80" s="36"/>
       <c r="D80" s="36"/>
       <c r="E80" s="36"/>
       <c r="F80" s="36"/>
       <c r="G80" s="36"/>
       <c r="H80" s="36"/>
       <c r="I80" s="36"/>
       <c r="J80" s="36"/>
       <c r="K80" s="36"/>
     </row>
     <row r="81" spans="1:11" s="24" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="22">
         <v>0</v>
       </c>
       <c r="B81" s="22">
         <v>0</v>
       </c>
       <c r="C81" s="22">
         <v>0</v>
       </c>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="F81" s="13">
+        <v>2024</v>
+      </c>
+      <c r="G81" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="H81" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I81" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="J81" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K81" s="13" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="78"/>
       <c r="D82" s="16">
-        <v>0.37987600000000005</v>
+        <v>1.135194</v>
       </c>
       <c r="E82" s="16">
-        <v>5.5720661526273467</v>
+        <v>18.709989509362874</v>
       </c>
       <c r="F82" s="16">
-        <v>9.9510000000000001E-2</v>
+        <v>2.0706009999999999</v>
       </c>
       <c r="G82" s="16">
-        <v>0.93954126102469193</v>
+        <v>12.700464180702994</v>
       </c>
       <c r="H82" s="16">
-        <v>6.1627159999999996</v>
+        <v>2.7830150000000002</v>
       </c>
       <c r="I82" s="16">
-        <v>37.800307163883936</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>19.843438042852899</v>
+      </c>
+      <c r="J82" s="16">
+        <v>34.406145848475894</v>
       </c>
       <c r="K82" s="16">
-        <v>6.0632059999999992</v>
+        <v>0.71241400000000032</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="78"/>
       <c r="D83" s="16">
-        <v>1.1736659999999999</v>
+        <v>0.27750900000000001</v>
       </c>
       <c r="E83" s="16">
-        <v>17.21547187263614</v>
+        <v>4.5738353785817951</v>
       </c>
       <c r="F83" s="16">
-        <v>1.4734289999999999</v>
+        <v>6.1627159999999996</v>
       </c>
       <c r="G83" s="16">
-        <v>13.911640445084423</v>
+        <v>37.800307163883936</v>
       </c>
       <c r="H83" s="16">
-        <v>2.0706009999999999</v>
+        <v>2.6810640000000001</v>
       </c>
       <c r="I83" s="16">
-        <v>12.700464180702994</v>
+        <v>19.116507590840641</v>
       </c>
       <c r="J83" s="16">
-        <v>40.529404538664579</v>
+        <v>-56.495415333109619</v>
       </c>
       <c r="K83" s="16">
-        <v>0.59717200000000004</v>
+        <v>-3.4816519999999995</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="78"/>
       <c r="D84" s="16">
-        <v>0.579847</v>
+        <v>0.79194400000000009</v>
       </c>
       <c r="E84" s="16">
-        <v>8.5052644610412571</v>
+        <v>13.052627068151235</v>
       </c>
       <c r="F84" s="16">
-        <v>1.685494</v>
+        <v>1.7354580000000002</v>
       </c>
       <c r="G84" s="16">
-        <v>15.913889641338081</v>
+        <v>10.644794514305007</v>
       </c>
       <c r="H84" s="16">
-        <v>2.0050150000000002</v>
+        <v>2.5073549999999996</v>
       </c>
       <c r="I84" s="16">
-        <v>12.298178736160283</v>
+        <v>17.877928647146142</v>
       </c>
       <c r="J84" s="16">
-        <v>18.957112870173383</v>
+        <v>44.477999467575671</v>
       </c>
       <c r="K84" s="16">
-        <v>0.31952100000000017</v>
+        <v>0.77189699999999939</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="78"/>
       <c r="D85" s="16">
-        <v>0.65868599999999988</v>
+        <v>1.0885130000000001</v>
       </c>
       <c r="E85" s="16">
-        <v>9.6616842490957442</v>
+        <v>17.940604699113198</v>
       </c>
       <c r="F85" s="16">
-        <v>1.6310769999999999</v>
+        <v>1.9769749999999999</v>
       </c>
       <c r="G85" s="16">
-        <v>15.400101913459666</v>
+        <v>12.126189533205721</v>
       </c>
       <c r="H85" s="16">
-        <v>1.9769749999999999</v>
+        <v>2.2832240000000001</v>
       </c>
       <c r="I85" s="16">
-        <v>12.126189533205721</v>
+        <v>16.279831040060785</v>
       </c>
       <c r="J85" s="16">
-        <v>21.206724146070361</v>
+        <v>15.49078769331935</v>
       </c>
       <c r="K85" s="16">
-        <v>0.34589800000000004</v>
+        <v>0.30624900000000022</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="78"/>
       <c r="D86" s="16">
-        <v>0.91738999999999993</v>
+        <v>1.147151</v>
       </c>
       <c r="E86" s="16">
-        <v>13.456385156626901</v>
+        <v>18.907061855202841</v>
       </c>
       <c r="F86" s="16">
-        <v>1.877499</v>
+        <v>0.277501</v>
       </c>
       <c r="G86" s="16">
-        <v>17.726738800448178</v>
+        <v>1.7021104068863395</v>
       </c>
       <c r="H86" s="16">
-        <v>1.7354580000000002</v>
+        <v>1.1239030000000001</v>
       </c>
       <c r="I86" s="16">
-        <v>10.644794514305007</v>
+        <v>8.0136469069252225</v>
       </c>
       <c r="J86" s="16">
-        <v>-7.5654367858518086</v>
+        <v>305.00863059952945</v>
       </c>
       <c r="K86" s="16">
-        <v>-0.14204099999999986</v>
+        <v>0.8464020000000001</v>
       </c>
     </row>
     <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="78"/>
       <c r="D87" s="16">
-        <v>0.39889800000000003</v>
+        <v>0.61301500000000009</v>
       </c>
       <c r="E87" s="16">
-        <v>5.851083101198137</v>
+        <v>10.10356310822827</v>
       </c>
       <c r="F87" s="16">
-        <v>0.65337199999999995</v>
+        <v>2.0050150000000002</v>
       </c>
       <c r="G87" s="16">
-        <v>6.1689272716131542</v>
+        <v>12.298178736160283</v>
       </c>
       <c r="H87" s="16">
-        <v>1.2004500000000002</v>
+        <v>0.99966200000000005</v>
       </c>
       <c r="I87" s="16">
-        <v>7.3632110801283845</v>
+        <v>7.127784421138375</v>
       </c>
       <c r="J87" s="16">
-        <v>83.731473035269389</v>
+        <v>-50.141919137762073</v>
       </c>
       <c r="K87" s="16">
-        <v>0.54707800000000029</v>
+        <v>-1.0053530000000002</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="78"/>
       <c r="D88" s="16">
-        <v>0.11287200000000001</v>
+        <v>0.48685200000000001</v>
       </c>
       <c r="E88" s="16">
-        <v>1.6556198622164966</v>
+        <v>8.0241754383940833</v>
       </c>
       <c r="F88" s="16">
-        <v>0.337557</v>
+        <v>1.2004500000000002</v>
       </c>
       <c r="G88" s="16">
-        <v>3.1871041045896087</v>
+        <v>7.3632110801283845</v>
       </c>
       <c r="H88" s="16">
-        <v>0.31374599999999997</v>
+        <v>0.93587599999999993</v>
       </c>
       <c r="I88" s="16">
-        <v>1.9244266929451119</v>
+        <v>6.6729778394270234</v>
       </c>
       <c r="J88" s="16">
-        <v>-7.0539197824367514</v>
+        <v>-22.039568495147673</v>
       </c>
       <c r="K88" s="16">
-        <v>-2.3811000000000027E-2</v>
+        <v>-0.26457400000000031</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="78"/>
       <c r="D89" s="16">
-        <v>1.4401089999999999</v>
+        <v>2.3394000000000002E-2</v>
       </c>
       <c r="E89" s="16">
-        <v>21.123689348613794</v>
+        <v>0.38557417902317587</v>
       </c>
       <c r="F89" s="16">
-        <v>2.3048130000000002</v>
+        <v>2.9550999999999997E-2</v>
       </c>
       <c r="G89" s="16">
-        <v>21.761299491971698</v>
+        <v>0.18125723739337235</v>
       </c>
       <c r="H89" s="16">
-        <v>0.277501</v>
+        <v>8.7418999999999997E-2</v>
       </c>
       <c r="I89" s="16">
-        <v>1.7021104068863395</v>
+        <v>0.62331446660120671</v>
       </c>
       <c r="J89" s="16">
-        <v>-87.95993427666366</v>
+        <v>195.82416838685666</v>
       </c>
       <c r="K89" s="16">
-        <v>-2.0273120000000002</v>
+        <v>5.7868000000000003E-2</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="78"/>
       <c r="D90" s="16">
-        <v>9.9622000000000002E-2</v>
+        <v>0.11793699999999999</v>
       </c>
       <c r="E90" s="16">
-        <v>1.4612672931615618</v>
+        <v>1.9438087523064154</v>
       </c>
       <c r="F90" s="16">
-        <v>8.4728999999999999E-2</v>
+        <v>0.31374599999999997</v>
       </c>
       <c r="G90" s="16">
-        <v>0.79998383584927268</v>
+        <v>1.9244266929451119</v>
       </c>
       <c r="H90" s="16">
-        <v>0.130998</v>
+        <v>7.9837000000000005E-2</v>
       </c>
       <c r="I90" s="16">
-        <v>0.80350362370332618</v>
+        <v>0.56925333245679477</v>
       </c>
       <c r="J90" s="16">
-        <v>54.608221506213937</v>
+        <v>-74.553619807105107</v>
       </c>
       <c r="K90" s="16">
-        <v>4.6269000000000005E-2</v>
+        <v>-0.23390899999999998</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="78"/>
       <c r="D91" s="16">
-        <v>1.2970000000000001E-2</v>
+        <v>9.8299999999999993E-4</v>
       </c>
       <c r="E91" s="16">
-        <v>0.1902454958975473</v>
+        <v>1.6201565272282715E-2</v>
       </c>
       <c r="F91" s="16">
-        <v>6.1956999999999998E-2</v>
+        <v>2.1170000000000001E-2</v>
       </c>
       <c r="G91" s="16">
-        <v>0.5849779711517118</v>
+        <v>0.12985062148887322</v>
       </c>
       <c r="H91" s="16">
-        <v>3.6148000000000007E-2</v>
+        <v>3.9306000000000008E-2</v>
       </c>
       <c r="I91" s="16">
-        <v>0.22172131627679689</v>
+        <v>0.28025942214194899</v>
       </c>
       <c r="J91" s="16">
-        <v>-41.656310021466489</v>
+        <v>85.668398677373673</v>
       </c>
       <c r="K91" s="16">
-        <v>-2.5808999999999992E-2</v>
+        <v>1.8136000000000006E-2</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>6</v>
+        <v>33</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="78"/>
       <c r="D92" s="16">
-        <v>7.2406000000000012E-2</v>
+        <v>2.1734000000000003E-2</v>
       </c>
       <c r="E92" s="16">
-        <v>1.0620597822635167</v>
+        <v>0.3582144655420067</v>
       </c>
       <c r="F92" s="16">
-        <v>5.7379999999999994E-2</v>
+        <v>1.8505000000000001E-2</v>
       </c>
       <c r="G92" s="16">
-        <v>0.54176341631591618</v>
+        <v>0.11350428675727914</v>
       </c>
       <c r="H92" s="16">
-        <v>2.9550999999999997E-2</v>
+        <v>2.5276000000000003E-2</v>
       </c>
       <c r="I92" s="16">
-        <v>0.18125723739337235</v>
+        <v>0.18022279433317817</v>
       </c>
       <c r="J92" s="16">
-        <v>-48.499477169745553</v>
+        <v>36.590110780870049</v>
       </c>
       <c r="K92" s="16">
-        <v>-2.7828999999999996E-2</v>
+        <v>6.7710000000000027E-3</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="78"/>
       <c r="D93" s="16">
-        <v>2.0277999999999997E-2</v>
+        <v>3.6893000000000002E-2</v>
       </c>
       <c r="E93" s="16">
-        <v>0.2974401053053557</v>
+        <v>0.60806139124143055</v>
       </c>
       <c r="F93" s="16">
-        <v>7.8650000000000005E-3</v>
+        <v>0.130998</v>
       </c>
       <c r="G93" s="16">
-        <v>7.4258788241977722E-2</v>
+        <v>0.80350362370332618</v>
       </c>
       <c r="H93" s="16">
-        <v>2.1170000000000001E-2</v>
+        <v>1.4805000000000002E-2</v>
       </c>
       <c r="I93" s="16">
-        <v>0.12985062148887322</v>
+        <v>0.10556252848958313</v>
       </c>
       <c r="J93" s="16">
-        <v>169.16719643992371</v>
+        <v>-88.698300737415835</v>
       </c>
       <c r="K93" s="16">
-        <v>1.3305000000000001E-2</v>
+        <v>-0.116193</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="78"/>
       <c r="D94" s="16">
-        <v>7.7960000000000008E-3</v>
+        <v>4.2059999999999997E-3</v>
       </c>
       <c r="E94" s="16">
-        <v>0.11435265119639777</v>
+        <v>6.9322261989034684E-2</v>
       </c>
       <c r="F94" s="16">
-        <v>1.3697999999999998E-2</v>
+        <v>1.1023999999999999E-2</v>
       </c>
       <c r="G94" s="16">
-        <v>0.12933208917210562</v>
+        <v>6.7618009036057553E-2</v>
       </c>
       <c r="H94" s="16">
-        <v>1.8505000000000001E-2</v>
+        <v>9.7929999999999996E-3</v>
       </c>
       <c r="I94" s="16">
-        <v>0.11350428675727914</v>
+        <v>6.9825994022187601E-2</v>
       </c>
       <c r="J94" s="16">
-        <v>35.092714264856205</v>
+        <v>-11.166545718432506</v>
       </c>
       <c r="K94" s="16">
-        <v>4.8070000000000022E-3</v>
+        <v>-1.2309999999999995E-3</v>
       </c>
     </row>
     <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="78"/>
       <c r="D95" s="16">
-        <v>1.897E-3</v>
+        <v>1.7536E-2</v>
       </c>
       <c r="E95" s="16">
-        <v>2.7825420641298938E-2</v>
+        <v>0.28902405759384509</v>
       </c>
       <c r="F95" s="16">
-        <v>2.66E-3</v>
+        <v>4.7270000000000003E-3</v>
       </c>
       <c r="G95" s="16">
-        <v>2.5114860359015986E-2</v>
+        <v>2.8994042880392243E-2</v>
       </c>
       <c r="H95" s="16">
-        <v>1.1023999999999999E-2</v>
+        <v>4.1479999999999998E-3</v>
       </c>
       <c r="I95" s="16">
-        <v>6.7618009036057553E-2</v>
+        <v>2.9576046482593089E-2</v>
       </c>
       <c r="J95" s="16">
-        <v>314.43609022556387</v>
+        <v>-12.248783583668299</v>
       </c>
       <c r="K95" s="16">
-        <v>8.3639999999999999E-3</v>
+        <v>-5.7900000000000052E-4</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="78"/>
       <c r="D96" s="16">
-        <v>2.186E-3</v>
+        <v>5.5200000000000008E-4</v>
       </c>
       <c r="E96" s="16">
-        <v>3.2064506864459399E-2</v>
+        <v>9.0979288202442127E-3</v>
       </c>
       <c r="F96" s="16">
-        <v>2.081E-3</v>
+        <v>1.5099999999999998E-4</v>
       </c>
       <c r="G96" s="16">
-        <v>1.9648129476357995E-2</v>
+        <v>9.2619007297212359E-4</v>
       </c>
       <c r="H96" s="16">
-        <v>4.7270000000000003E-3</v>
+        <v>3.5709999999999995E-3</v>
       </c>
       <c r="I96" s="16">
-        <v>2.8994042880392243E-2</v>
-[...2 lines deleted...]
-        <v>127.15040845747238</v>
+        <v>2.5461924298297953E-2</v>
+      </c>
+      <c r="J96" s="16" t="s">
+        <v>113</v>
       </c>
       <c r="K96" s="16">
-        <v>2.6460000000000003E-3</v>
+        <v>3.4199999999999994E-3</v>
       </c>
     </row>
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="78"/>
       <c r="D97" s="16">
-        <v>9.5599999999999993E-4</v>
+        <v>2.8410000000000001E-2</v>
       </c>
       <c r="E97" s="16">
-        <v>1.4022721208793772E-2</v>
+        <v>0.46824666265061238</v>
       </c>
       <c r="F97" s="16">
-        <v>3.0189999999999995E-3</v>
+        <v>3.6148000000000007E-2</v>
       </c>
       <c r="G97" s="16">
-        <v>2.850442233980047E-2</v>
+        <v>0.22172131627679689</v>
       </c>
       <c r="H97" s="16">
-        <v>1.5099999999999998E-4</v>
+        <v>1.6100000000000001E-4</v>
       </c>
       <c r="I97" s="16">
-        <v>9.2619007297212359E-4</v>
+        <v>1.1479613027235989E-3</v>
       </c>
       <c r="J97" s="16">
-        <v>-94.99834382245777</v>
+        <v>-99.55460883036406</v>
       </c>
       <c r="K97" s="16">
-        <v>-2.8679999999999995E-3</v>
+        <v>-3.5987000000000005E-2</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="78"/>
       <c r="D98" s="16">
-        <v>0.938052</v>
+        <v>0.2754919999999999</v>
       </c>
       <c r="E98" s="16">
-        <v>13.759457819405247</v>
+        <v>4.5405916785266616</v>
       </c>
       <c r="F98" s="16">
-        <v>0.29519899999999999</v>
+        <v>0.30861300000000003</v>
       </c>
       <c r="G98" s="16">
-        <v>2.7871735575643459</v>
+        <v>1.8929423641731526</v>
       </c>
       <c r="H98" s="16">
-        <v>0.30861300000000003</v>
+        <v>0.44644800000000001</v>
       </c>
       <c r="I98" s="16">
-        <v>1.8929423641731526</v>
+        <v>3.1832610414804057</v>
       </c>
       <c r="J98" s="16">
-        <v>4.5440533335140154</v>
+        <v>44.662732937368148</v>
       </c>
       <c r="K98" s="16">
-        <v>1.3414000000000037E-2</v>
+        <v>0.13783499999999999</v>
       </c>
     </row>
     <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="88"/>
       <c r="C99" s="89"/>
       <c r="D99" s="17">
-        <v>6.817507</v>
+        <v>6.0673149999999998</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>10.591339</v>
+        <v>16.303349000000001</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>16.303349000000001</v>
+        <v>14.024863</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>53.930952450865767</v>
+        <v>-13.975570295403728</v>
       </c>
       <c r="K99" s="17">
-        <v>5.7120100000000011</v>
+        <v>-2.2784860000000009</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="79"/>
       <c r="F100" s="79"/>
       <c r="G100" s="79"/>
       <c r="H100" s="79"/>
       <c r="I100" s="79"/>
     </row>
     <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="E101" s="79"/>
       <c r="F101" s="79"/>
       <c r="G101" s="79"/>
       <c r="H101" s="79"/>
       <c r="I101" s="79"/>
     </row>
     <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E102" s="80"/>
       <c r="F102" s="81"/>
       <c r="G102" s="80"/>
       <c r="H102" s="81"/>
       <c r="I102" s="80"/>
     </row>
     <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="45"/>
       <c r="E103" s="80"/>
       <c r="F103" s="81"/>
       <c r="G103" s="80"/>
       <c r="H103" s="81"/>
       <c r="I103" s="80"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="45"/>
       <c r="E104" s="80"/>
       <c r="F104" s="81"/>
       <c r="G104" s="80"/>
       <c r="H104" s="81"/>
       <c r="I104" s="80"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="45"/>
       <c r="E105" s="80"/>
       <c r="F105" s="81"/>
       <c r="G105" s="80"/>
       <c r="H105" s="81"/>
       <c r="I105" s="80"/>
     </row>
     <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B106" s="36"/>
       <c r="C106" s="36"/>
       <c r="D106" s="36"/>
       <c r="E106" s="36"/>
       <c r="F106" s="36"/>
       <c r="G106" s="36"/>
       <c r="H106" s="36"/>
       <c r="I106" s="36"/>
       <c r="J106" s="36"/>
       <c r="K106" s="36"/>
     </row>
     <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="22">
         <v>0</v>
       </c>
       <c r="B107" s="22">
         <v>0</v>
       </c>
       <c r="C107" s="22">
         <v>0</v>
       </c>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="F107" s="13">
+        <v>2024</v>
+      </c>
+      <c r="G107" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="H107" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I107" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="J107" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K107" s="13" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="78"/>
       <c r="D108" s="16">
         <v>0</v>
       </c>
       <c r="E108" s="16">
         <v>0</v>
       </c>
       <c r="F108" s="16">
         <v>0</v>
       </c>
       <c r="G108" s="16">
         <v>0</v>
       </c>
       <c r="H108" s="16">
-        <v>5.1994040000000004</v>
+        <v>46.303249000000001</v>
       </c>
       <c r="I108" s="16">
-        <v>56.395524588935253</v>
+        <v>88.966178143404605</v>
       </c>
       <c r="J108" s="16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="K108" s="16">
-        <v>5.1994040000000004</v>
+        <v>46.303249000000001</v>
       </c>
     </row>
     <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="78"/>
       <c r="D109" s="16">
-        <v>2.3014899999999998</v>
+        <v>2.3193280000000005</v>
       </c>
       <c r="E109" s="16">
-        <v>99.838366556539597</v>
+        <v>98.504882713372652</v>
       </c>
       <c r="F109" s="16">
-        <v>3.5122290000000005</v>
+        <v>4.0185969999999998</v>
       </c>
       <c r="G109" s="16">
-        <v>25.755206417966697</v>
+        <v>43.587858517345722</v>
       </c>
       <c r="H109" s="16">
-        <v>4.0185969999999998</v>
+        <v>4.667942</v>
       </c>
       <c r="I109" s="16">
-        <v>43.587858517345722</v>
+        <v>8.9688945917181844</v>
       </c>
       <c r="J109" s="16">
-        <v>14.417283155511761</v>
+        <v>16.15850009344058</v>
       </c>
       <c r="K109" s="16">
-        <v>0.50636799999999926</v>
+        <v>0.64934500000000028</v>
       </c>
     </row>
     <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="78"/>
       <c r="D110" s="16">
-        <v>0</v>
+        <v>7.2499999999999995E-4</v>
       </c>
       <c r="E110" s="16">
-        <v>0</v>
+        <v>3.079169482160141E-2</v>
       </c>
       <c r="F110" s="16">
         <v>0</v>
       </c>
       <c r="G110" s="16">
         <v>0</v>
       </c>
       <c r="H110" s="16">
-        <v>5.6599999999999999E-4</v>
+        <v>0.94875799999999988</v>
       </c>
       <c r="I110" s="16">
-        <v>6.1391395854865959E-3</v>
+        <v>1.8229254980137628</v>
       </c>
       <c r="J110" s="16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="K110" s="16">
-        <v>5.6599999999999999E-4</v>
+        <v>0.94875799999999988</v>
       </c>
     </row>
     <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="78"/>
       <c r="D111" s="16">
         <v>0</v>
       </c>
       <c r="E111" s="16">
         <v>0</v>
       </c>
       <c r="F111" s="16">
-        <v>1.4679999999999999E-3</v>
+        <v>1.95E-4</v>
       </c>
       <c r="G111" s="16">
-        <v>1.0764857024292864E-2</v>
+        <v>2.1150745921729441E-3</v>
       </c>
       <c r="H111" s="16">
-        <v>4.2999999999999999E-4</v>
+        <v>0.10638</v>
       </c>
       <c r="I111" s="16">
-        <v>4.6640106391505941E-3</v>
-[...2 lines deleted...]
-        <v>-70.708446866485005</v>
+        <v>0.20439649992801548</v>
+      </c>
+      <c r="J111" s="16" t="s">
+        <v>113</v>
       </c>
       <c r="K111" s="16">
-        <v>-1.0379999999999999E-3</v>
+        <v>0.106185</v>
       </c>
     </row>
     <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="78"/>
       <c r="D112" s="16">
-        <v>7.5699999999999997E-4</v>
+        <v>2.8000000000000003E-4</v>
       </c>
       <c r="E112" s="16">
-        <v>3.283857130958661E-2</v>
+        <v>1.1891964896618477E-2</v>
       </c>
       <c r="F112" s="16">
-        <v>0</v>
+        <v>3.3000000000000003E-5</v>
       </c>
       <c r="G112" s="16">
-        <v>0</v>
+        <v>3.579357002138829E-4</v>
       </c>
       <c r="H112" s="16">
-        <v>1.95E-4</v>
+        <v>1.7425E-2</v>
       </c>
       <c r="I112" s="16">
-        <v>2.1150745921729441E-3</v>
+        <v>3.3480062147449419E-2</v>
       </c>
       <c r="J112" s="16" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K112" s="16">
-        <v>1.95E-4</v>
+        <v>1.7392000000000001E-2</v>
       </c>
     </row>
     <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="78"/>
       <c r="D113" s="16">
-        <v>2.7500000000000002E-4</v>
+        <v>5.6969999999999998E-3</v>
       </c>
       <c r="E113" s="16">
-        <v>1.192946778089342E-2</v>
+        <v>0.24195901434298381</v>
       </c>
       <c r="F113" s="16">
-        <v>0</v>
+        <v>8.7999999999999998E-5</v>
       </c>
       <c r="G113" s="16">
-        <v>0</v>
+        <v>9.5449520057035414E-4</v>
       </c>
       <c r="H113" s="16">
-        <v>8.7999999999999998E-5</v>
+        <v>2.1469999999999996E-3</v>
       </c>
       <c r="I113" s="16">
-        <v>9.5449520057035414E-4</v>
+        <v>4.1252047879812848E-3</v>
       </c>
       <c r="J113" s="16" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="K113" s="16">
-        <v>8.7999999999999998E-5</v>
+        <v>2.0589999999999996E-3</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="78"/>
       <c r="D114" s="16">
-        <v>3.77E-4</v>
+        <v>0</v>
       </c>
       <c r="E114" s="16">
-        <v>1.6354215830533887E-2</v>
+        <v>0</v>
       </c>
       <c r="F114" s="16">
-        <v>1.54E-4</v>
+        <v>5.1994040000000004</v>
       </c>
       <c r="G114" s="16">
-        <v>1.1292833663086521E-3</v>
+        <v>56.395524588935253</v>
       </c>
       <c r="H114" s="16">
-        <v>3.3000000000000003E-5</v>
+        <v>0</v>
       </c>
       <c r="I114" s="16">
-        <v>3.579357002138829E-4</v>
+        <v>0</v>
       </c>
       <c r="J114" s="16">
-        <v>-78.571428571428569</v>
+        <v>-100</v>
       </c>
       <c r="K114" s="16">
-        <v>-1.21E-4</v>
+        <v>-5.1994040000000004</v>
       </c>
     </row>
     <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="78"/>
       <c r="D115" s="16">
-        <v>0</v>
+        <v>8.9800000000000001E-3</v>
       </c>
       <c r="E115" s="16">
-        <v>0</v>
+        <v>0.38139230275583541</v>
       </c>
       <c r="F115" s="16">
-        <v>0</v>
+        <v>5.6599999999999999E-4</v>
       </c>
       <c r="G115" s="16">
-        <v>0</v>
+        <v>6.1391395854865959E-3</v>
       </c>
       <c r="H115" s="16">
-        <v>2.9999999999999997E-5</v>
+        <v>0</v>
       </c>
       <c r="I115" s="16">
-        <v>3.2539609110352982E-4</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>0</v>
+      </c>
+      <c r="J115" s="16">
+        <v>-100</v>
       </c>
       <c r="K115" s="16">
-        <v>2.9999999999999997E-5</v>
+        <v>-5.6599999999999999E-4</v>
       </c>
     </row>
     <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="78"/>
       <c r="D116" s="16">
-        <v>5.2500000000000008E-4</v>
+        <v>0</v>
       </c>
       <c r="E116" s="16">
-        <v>2.2774438490796529E-2</v>
+        <v>0</v>
       </c>
       <c r="F116" s="16">
-        <v>3.9200000000000004E-4</v>
+        <v>4.2999999999999999E-4</v>
       </c>
       <c r="G116" s="16">
-        <v>2.8745394778765692E-3</v>
+        <v>4.6640106391505941E-3</v>
       </c>
       <c r="H116" s="16">
         <v>0</v>
       </c>
       <c r="I116" s="16">
         <v>0</v>
       </c>
       <c r="J116" s="16">
         <v>-100</v>
       </c>
       <c r="K116" s="16">
-        <v>-3.9200000000000004E-4</v>
+        <v>-4.2999999999999999E-4</v>
       </c>
     </row>
     <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="78"/>
       <c r="D117" s="16">
-        <v>0</v>
+        <v>5.9839999999999997E-3</v>
       </c>
       <c r="E117" s="16">
-        <v>0</v>
+        <v>0.25414827836201775</v>
       </c>
       <c r="F117" s="16">
-        <v>4.2999999999999995E-5</v>
+        <v>2.9999999999999997E-5</v>
       </c>
       <c r="G117" s="16">
-        <v>3.1531938150176642E-4</v>
+        <v>3.2539609110352982E-4</v>
       </c>
       <c r="H117" s="16">
         <v>0</v>
       </c>
       <c r="I117" s="16">
         <v>0</v>
       </c>
       <c r="J117" s="16">
         <v>-100</v>
       </c>
       <c r="K117" s="16">
-        <v>-4.2999999999999995E-5</v>
+        <v>-2.9999999999999997E-5</v>
       </c>
     </row>
     <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="78"/>
       <c r="D118" s="16">
-        <v>1.792E-3</v>
+        <v>1.2757999999999999E-2</v>
       </c>
       <c r="E118" s="16">
-        <v>7.7736750048585476E-2</v>
+        <v>0.54184888625378047</v>
       </c>
       <c r="F118" s="16">
-        <v>10.122680999999998</v>
+        <v>0</v>
       </c>
       <c r="G118" s="16">
-        <v>74.229709582783315</v>
+        <v>0</v>
       </c>
       <c r="H118" s="16">
+        <v>0</v>
+      </c>
+      <c r="I118" s="16">
+        <v>0</v>
+      </c>
+      <c r="J118" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K118" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B119" s="5"/>
+      <c r="C119" s="78"/>
+      <c r="D119" s="16">
+        <v>7.1199999999999996E-4</v>
+      </c>
+      <c r="E119" s="16">
+        <v>3.0239567879972694E-2</v>
+      </c>
+      <c r="F119" s="16">
+        <v>0</v>
+      </c>
+      <c r="G119" s="16">
+        <v>0</v>
+      </c>
+      <c r="H119" s="16">
+        <v>0</v>
+      </c>
+      <c r="I119" s="16">
+        <v>0</v>
+      </c>
+      <c r="J119" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K119" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B120" s="5"/>
+      <c r="C120" s="78"/>
+      <c r="D120" s="16">
+        <v>0</v>
+      </c>
+      <c r="E120" s="16">
+        <v>0</v>
+      </c>
+      <c r="F120" s="16">
+        <v>0</v>
+      </c>
+      <c r="G120" s="16">
+        <v>0</v>
+      </c>
+      <c r="H120" s="16">
+        <v>0</v>
+      </c>
+      <c r="I120" s="16">
+        <v>0</v>
+      </c>
+      <c r="J120" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K120" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B121" s="5"/>
+      <c r="C121" s="78"/>
+      <c r="D121" s="16">
+        <v>0</v>
+      </c>
+      <c r="E121" s="16">
+        <v>0</v>
+      </c>
+      <c r="F121" s="16">
+        <v>0</v>
+      </c>
+      <c r="G121" s="16">
+        <v>0</v>
+      </c>
+      <c r="H121" s="16">
+        <v>0</v>
+      </c>
+      <c r="I121" s="16">
+        <v>0</v>
+      </c>
+      <c r="J121" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K121" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B122" s="5"/>
+      <c r="C122" s="78"/>
+      <c r="D122" s="16">
+        <v>0</v>
+      </c>
+      <c r="E122" s="16">
+        <v>0</v>
+      </c>
+      <c r="F122" s="16">
+        <v>0</v>
+      </c>
+      <c r="G122" s="16">
+        <v>0</v>
+      </c>
+      <c r="H122" s="16">
+        <v>0</v>
+      </c>
+      <c r="I122" s="16">
+        <v>0</v>
+      </c>
+      <c r="J122" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K122" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B123" s="5"/>
+      <c r="C123" s="78"/>
+      <c r="D123" s="16">
+        <v>0</v>
+      </c>
+      <c r="E123" s="16">
+        <v>0</v>
+      </c>
+      <c r="F123" s="16">
+        <v>0</v>
+      </c>
+      <c r="G123" s="16">
+        <v>0</v>
+      </c>
+      <c r="H123" s="16">
+        <v>0</v>
+      </c>
+      <c r="I123" s="16">
+        <v>0</v>
+      </c>
+      <c r="J123" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K123" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B124" s="5"/>
+      <c r="C124" s="78"/>
+      <c r="D124" s="16">
+        <v>6.7000000000000002E-5</v>
+      </c>
+      <c r="E124" s="16">
+        <v>2.8455773145479929E-3</v>
+      </c>
+      <c r="F124" s="16">
         <v>1.9000000000000001E-4</v>
       </c>
-      <c r="I118" s="16">
+      <c r="G124" s="16">
         <v>2.0608419103223556E-3</v>
       </c>
-      <c r="J118" s="16">
-[...7 lines deleted...]
-      <c r="A119" s="1" t="s">
+      <c r="H124" s="16">
+        <v>0</v>
+      </c>
+      <c r="I124" s="16">
+        <v>0</v>
+      </c>
+      <c r="J124" s="16">
+        <v>-100</v>
+      </c>
+      <c r="K124" s="16">
+        <v>-1.9000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B119" s="88"/>
-[...4 lines deleted...]
-      <c r="E119" s="17">
+      <c r="B125" s="88"/>
+      <c r="C125" s="89"/>
+      <c r="D125" s="17">
+        <v>2.3545310000000002</v>
+      </c>
+      <c r="E125" s="17">
         <v>100</v>
       </c>
-      <c r="F119" s="17">
-[...2 lines deleted...]
-      <c r="G119" s="17">
+      <c r="F125" s="17">
+        <v>9.2195330000000002</v>
+      </c>
+      <c r="G125" s="17">
         <v>100</v>
       </c>
-      <c r="H119" s="17">
-[...2 lines deleted...]
-      <c r="I119" s="17">
+      <c r="H125" s="17">
+        <v>52.045901000000001</v>
+      </c>
+      <c r="I125" s="17">
         <v>100</v>
       </c>
-      <c r="J119" s="17">
-[...7 lines deleted...]
-      <c r="A120" s="4" t="s">
+      <c r="J125" s="17">
+        <v>464.51775811204323</v>
+      </c>
+      <c r="K125" s="17">
+        <v>42.826368000000002</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E120" s="79"/>
-[...29 lines deleted...]
-      <c r="A124" s="2" t="s">
+      <c r="E126" s="79"/>
+      <c r="F126" s="79"/>
+      <c r="G126" s="79"/>
+      <c r="H126" s="79"/>
+      <c r="I126" s="79"/>
+    </row>
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E127" s="79"/>
+      <c r="F127" s="79"/>
+      <c r="G127" s="79"/>
+      <c r="H127" s="79"/>
+      <c r="I127" s="79"/>
+    </row>
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E128" s="80"/>
+      <c r="F128" s="81"/>
+      <c r="G128" s="80"/>
+      <c r="H128" s="81"/>
+      <c r="I128" s="80"/>
+    </row>
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="45"/>
+    </row>
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="45"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B131" s="36"/>
+      <c r="C131" s="36"/>
+      <c r="D131" s="36"/>
+      <c r="E131" s="36"/>
+      <c r="F131" s="36"/>
+      <c r="G131" s="36"/>
+      <c r="H131" s="36"/>
+      <c r="I131" s="36"/>
+      <c r="J131" s="36"/>
+      <c r="K131" s="36"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="22"/>
+      <c r="B132" s="22"/>
+      <c r="C132" s="22"/>
+      <c r="D132" s="22"/>
+      <c r="E132" s="22"/>
+      <c r="F132" s="22"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
         <v>111</v>
       </c>
-      <c r="B124" s="36"/>
-[...35 lines deleted...]
-      <c r="I125" s="13" t="s">
+      <c r="J132" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K132" s="13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="36"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>5.9297040000000001</v>
+      </c>
+      <c r="H133" s="16">
+        <v>2.445694</v>
+      </c>
+      <c r="I133" s="16">
+        <v>17.438273728591859</v>
+      </c>
+      <c r="J133" s="16">
+        <v>-58.755209366268538</v>
+      </c>
+      <c r="K133" s="16">
+        <v>-3.4840100000000001</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="36"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="16">
+        <v>1.9769749999999999</v>
+      </c>
+      <c r="H134" s="16">
+        <v>2.0586799999999998</v>
+      </c>
+      <c r="I134" s="16">
+        <v>14.67878866267713</v>
+      </c>
+      <c r="J134" s="16">
+        <v>4.1328291961203316</v>
+      </c>
+      <c r="K134" s="16">
+        <v>8.1704999999999917E-2</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="J125" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K125" s="13" t="s">
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="36"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="16">
+        <v>1.0699179999999999</v>
+      </c>
+      <c r="H135" s="16">
+        <v>1.6260889999999999</v>
+      </c>
+      <c r="I135" s="16">
+        <v>11.594330725369652</v>
+      </c>
+      <c r="J135" s="16">
+        <v>51.982581842720656</v>
+      </c>
+      <c r="K135" s="16">
+        <v>0.55617099999999997</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
         <v>120</v>
       </c>
-    </row>
-[...293 lines deleted...]
-      </c>
       <c r="B136" s="5"/>
-      <c r="C136" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C136" s="5"/>
+      <c r="D136" s="36"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
       <c r="G136" s="16">
-        <v>1.0688037815411575</v>
+        <v>0.51206700000000005</v>
       </c>
       <c r="H136" s="16">
-        <v>1.0431000000000001E-2</v>
+        <v>0.91168799999999994</v>
       </c>
       <c r="I136" s="16">
-        <v>0.10768934550667215</v>
+        <v>6.5005126966302633</v>
       </c>
       <c r="J136" s="16">
-        <v>-91.204148747786491</v>
+        <v>78.040764196872644</v>
       </c>
       <c r="K136" s="16">
-        <v>-0.10815900000000001</v>
-[...4 lines deleted...]
-        <v>8</v>
+        <v>0.39962099999999989</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>121</v>
       </c>
       <c r="B137" s="5"/>
-      <c r="C137" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C137" s="5"/>
+      <c r="D137" s="36"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
       <c r="G137" s="16">
-        <v>0.19079666122966782</v>
+        <v>1.4959290000000001</v>
       </c>
       <c r="H137" s="16">
-        <v>5.306E-3</v>
+        <v>0.61704899999999996</v>
       </c>
       <c r="I137" s="16">
-        <v>5.4778992163589522E-2</v>
+        <v>4.3996793408962347</v>
       </c>
       <c r="J137" s="16">
-        <v>-74.936230514879554</v>
+        <v>-58.751451439206015</v>
       </c>
       <c r="K137" s="16">
-        <v>-1.5864000000000003E-2</v>
-[...4 lines deleted...]
-        <v>20</v>
+        <v>-0.87888000000000011</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>122</v>
       </c>
       <c r="B138" s="5"/>
-      <c r="C138" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C138" s="5"/>
+      <c r="D138" s="36"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
       <c r="G138" s="16">
-        <v>9.8300386586300748E-2</v>
+        <v>0.35643200000000003</v>
       </c>
       <c r="H138" s="16">
-        <v>4.9370000000000004E-3</v>
+        <v>0.469445</v>
       </c>
       <c r="I138" s="16">
-        <v>5.0969446722887578E-2</v>
+        <v>3.3472341227147817</v>
       </c>
       <c r="J138" s="16">
-        <v>-54.735490969102408</v>
+        <v>31.706749113435372</v>
       </c>
       <c r="K138" s="16">
-        <v>-5.9699999999999996E-3</v>
-[...4 lines deleted...]
-        <v>7</v>
+        <v>0.11301299999999997</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
+        <v>123</v>
       </c>
       <c r="B139" s="5"/>
-      <c r="C139" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C139" s="5"/>
+      <c r="D139" s="36"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
       <c r="G139" s="16">
-        <v>1.0634863497921965E-3</v>
+        <v>0</v>
       </c>
       <c r="H139" s="16">
-        <v>3.395E-3</v>
+        <v>0.44460500000000003</v>
       </c>
       <c r="I139" s="16">
-        <v>3.5049882848734726E-2</v>
+        <v>3.1701200931517128</v>
       </c>
       <c r="J139" s="16" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="K139" s="16">
-        <v>3.277E-3</v>
-[...4 lines deleted...]
-        <v>21</v>
+        <v>0.44460500000000003</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>124</v>
       </c>
       <c r="B140" s="5"/>
-      <c r="C140" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C140" s="5"/>
+      <c r="D140" s="36"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
       <c r="G140" s="16">
-        <v>4.0944224466999565E-2</v>
+        <v>0.29793999999999998</v>
       </c>
       <c r="H140" s="16">
-        <v>2.271E-3</v>
+        <v>0.40670299999999998</v>
       </c>
       <c r="I140" s="16">
-        <v>2.3445739013100604E-2</v>
+        <v>2.8998714639850669</v>
       </c>
       <c r="J140" s="16">
-        <v>-50.011005943209327</v>
+        <v>36.505001006914142</v>
       </c>
       <c r="K140" s="16">
-        <v>-2.2720000000000001E-3</v>
-[...4 lines deleted...]
-        <v>18</v>
+        <v>0.108763</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
+        <v>125</v>
       </c>
       <c r="B141" s="5"/>
-      <c r="C141" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C141" s="5"/>
+      <c r="D141" s="36"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
       <c r="G141" s="16">
-        <v>0.15163693080723481</v>
+        <v>0.38497399999999998</v>
       </c>
       <c r="H141" s="16">
-        <v>1.6100000000000001E-4</v>
+        <v>0.38161099999999998</v>
       </c>
       <c r="I141" s="16">
-        <v>1.6621593928265953E-3</v>
+        <v>2.72096062542643</v>
       </c>
       <c r="J141" s="16">
-        <v>-99.043090638930153</v>
+        <v>-0.87356548753941954</v>
       </c>
       <c r="K141" s="16">
-        <v>-1.6663999999999998E-2</v>
-[...4 lines deleted...]
-        <v>36</v>
+        <v>-3.3630000000000049E-3</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
+        <v>126</v>
       </c>
       <c r="B142" s="5"/>
-      <c r="C142" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C142" s="5"/>
+      <c r="D142" s="36"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
       <c r="G142" s="16">
-        <v>2.4002706662886188</v>
+        <v>0.58867100000000006</v>
       </c>
       <c r="H142" s="16">
-        <v>0.25243500000000002</v>
+        <v>0.343142</v>
       </c>
       <c r="I142" s="16">
-        <v>2.6061317163241093</v>
+        <v>2.4466691760197588</v>
       </c>
       <c r="J142" s="16">
-        <v>-5.2150763731394978</v>
+        <v>-41.709036116948184</v>
       </c>
       <c r="K142" s="16">
-        <v>-1.388900000000004E-2</v>
-[...4 lines deleted...]
-        <v>12</v>
+        <v>-0.24552900000000005</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="90" t="s">
+        <v>127</v>
       </c>
       <c r="B143" s="88"/>
-      <c r="C143" s="89"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C143" s="88"/>
+      <c r="D143" s="91"/>
+      <c r="E143" s="91"/>
+      <c r="F143" s="91"/>
       <c r="G143" s="17">
-        <v>100</v>
+        <v>12.61261</v>
       </c>
       <c r="H143" s="17">
-        <v>9.6861949999999997</v>
+        <v>9.7047059999999998</v>
       </c>
       <c r="I143" s="17">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="144" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>69.196440635462892</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E144" s="79"/>
-[...5 lines deleted...]
-    <row r="145" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
-        <v>33</v>
-[...15 lines deleted...]
-      <c r="I146" s="80"/>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="45"/>
     </row>
     <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="45"/>
-      <c r="E147" s="80"/>
-[...3 lines deleted...]
-      <c r="I147" s="80"/>
     </row>
     <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="45"/>
-      <c r="E148" s="80"/>
-[...65 lines deleted...]
-        <v>18</v>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B149" s="36"/>
+      <c r="C149" s="36"/>
+      <c r="D149" s="36"/>
+      <c r="E149" s="36"/>
+      <c r="F149" s="36"/>
+      <c r="G149" s="36"/>
+      <c r="H149" s="36"/>
+      <c r="I149" s="36"/>
+      <c r="J149" s="36"/>
+      <c r="K149" s="36"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="22"/>
+      <c r="B150" s="22"/>
+      <c r="C150" s="22"/>
+      <c r="D150" s="22"/>
+      <c r="E150" s="22"/>
+      <c r="F150" s="22"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="J150" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K150" s="13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="36"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>0</v>
+      </c>
+      <c r="H151" s="16">
+        <v>46.303249000000001</v>
+      </c>
+      <c r="I151" s="16">
+        <v>88.966178143404605</v>
+      </c>
+      <c r="J151" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K151" s="16">
+        <v>46.303249000000001</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>130</v>
       </c>
       <c r="B152" s="5"/>
-      <c r="C152" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C152" s="5"/>
+      <c r="D152" s="36"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
       <c r="G152" s="16">
-        <v>0</v>
+        <v>2.5950569999999997</v>
       </c>
       <c r="H152" s="16">
-        <v>46.303249000000001</v>
+        <v>2.958974</v>
       </c>
       <c r="I152" s="16">
-        <v>92.11525471582091</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>5.6853161212445915</v>
+      </c>
+      <c r="J152" s="16">
+        <v>14.023468463313149</v>
       </c>
       <c r="K152" s="16">
-        <v>46.303249000000001</v>
-[...4 lines deleted...]
-        <v>21</v>
+        <v>0.36391700000000027</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>131</v>
       </c>
       <c r="B153" s="5"/>
-      <c r="C153" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C153" s="5"/>
+      <c r="D153" s="36"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
       <c r="G153" s="16">
-        <v>41.580183929421707</v>
+        <v>1.0602339999999999</v>
       </c>
       <c r="H153" s="16">
-        <v>3.3483960000000002</v>
+        <v>1.708968</v>
       </c>
       <c r="I153" s="16">
-        <v>6.6612679907069978</v>
+        <v>3.2835784704735924</v>
       </c>
       <c r="J153" s="16">
-        <v>37.091017178568194</v>
+        <v>61.187813256318911</v>
       </c>
       <c r="K153" s="16">
-        <v>0.90593400000000024</v>
-[...4 lines deleted...]
-        <v>16</v>
+        <v>0.64873400000000014</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>132</v>
       </c>
       <c r="B154" s="5"/>
-      <c r="C154" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C154" s="5"/>
+      <c r="D154" s="36"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
       <c r="G154" s="16">
         <v>0</v>
       </c>
       <c r="H154" s="16">
-        <v>0.49119600000000002</v>
+        <v>0.94794800000000001</v>
       </c>
       <c r="I154" s="16">
-        <v>0.97718077311145846</v>
+        <v>1.8213691794863922</v>
       </c>
       <c r="J154" s="16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="K154" s="16">
-        <v>0.49119600000000002</v>
-[...4 lines deleted...]
-        <v>40</v>
+        <v>0.94794800000000001</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>133</v>
       </c>
       <c r="B155" s="5"/>
-      <c r="C155" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C155" s="5"/>
+      <c r="D155" s="36"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
       <c r="G155" s="16">
         <v>0</v>
       </c>
       <c r="H155" s="16">
-        <v>0.10638</v>
+        <v>5.5500000000000001E-2</v>
       </c>
       <c r="I155" s="16">
-        <v>0.21163138674499984</v>
+        <v>0.10663663983836115</v>
       </c>
       <c r="J155" s="16" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="K155" s="16">
-        <v>0.10638</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>5.5500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>134</v>
       </c>
       <c r="B156" s="5"/>
-      <c r="C156" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C156" s="5"/>
+      <c r="D156" s="36"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
       <c r="G156" s="16">
-        <v>3.0642986901314773E-4</v>
+        <v>1.95E-4</v>
       </c>
       <c r="H156" s="16">
-        <v>1.7425E-2</v>
+        <v>5.0880000000000002E-2</v>
       </c>
       <c r="I156" s="16">
-        <v>3.4665133615638485E-2</v>
+        <v>9.775986008965433E-2</v>
       </c>
       <c r="J156" s="16" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="K156" s="16">
-        <v>1.7406999999999999E-2</v>
-[...4 lines deleted...]
-        <v>10</v>
+        <v>5.0685000000000001E-2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>135</v>
       </c>
       <c r="B157" s="5"/>
-      <c r="C157" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C157" s="5"/>
+      <c r="D157" s="36"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
       <c r="G157" s="16">
-        <v>58.417943443600983</v>
+        <v>0</v>
       </c>
       <c r="H157" s="16">
-        <v>0</v>
+        <v>1.5425000000000001E-2</v>
       </c>
       <c r="I157" s="16">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>-100</v>
+        <v>2.9637300351472443E-2</v>
+      </c>
+      <c r="J157" s="16" t="s">
+        <v>115</v>
       </c>
       <c r="K157" s="16">
-        <v>-3.4315289999999998</v>
-[...4 lines deleted...]
-        <v>36</v>
+        <v>1.5425000000000001E-2</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
+        <v>136</v>
       </c>
       <c r="B158" s="5"/>
-      <c r="C158" s="78"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C158" s="5"/>
+      <c r="D158" s="36"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
       <c r="G158" s="16">
-        <v>1.5661971082894216E-3</v>
+        <v>0</v>
       </c>
       <c r="H158" s="16">
-        <v>0</v>
+        <v>2.1469999999999996E-3</v>
       </c>
       <c r="I158" s="16">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>-100</v>
+        <v>4.1252047879812848E-3</v>
+      </c>
+      <c r="J158" s="16" t="s">
+        <v>115</v>
       </c>
       <c r="K158" s="16">
-        <v>-9.2E-5</v>
-[...32 lines deleted...]
-      <c r="A160" s="4" t="s">
+        <v>2.1469999999999996E-3</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="36"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="16">
+        <v>0</v>
+      </c>
+      <c r="H159" s="16">
+        <v>1.5E-3</v>
+      </c>
+      <c r="I159" s="16">
+        <v>2.8820713469827333E-3</v>
+      </c>
+      <c r="J159" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K159" s="16">
+        <v>1.5E-3</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="36"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="16">
+        <v>0</v>
+      </c>
+      <c r="H160" s="16">
+        <v>7.1099999999999994E-4</v>
+      </c>
+      <c r="I160" s="16">
+        <v>1.3661018184698156E-3</v>
+      </c>
+      <c r="J160" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K160" s="16">
+        <v>7.1099999999999994E-4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="90" t="s">
+        <v>127</v>
+      </c>
+      <c r="B161" s="88"/>
+      <c r="C161" s="88"/>
+      <c r="D161" s="91"/>
+      <c r="E161" s="91"/>
+      <c r="F161" s="91"/>
+      <c r="G161" s="17">
+        <v>3.6554859999999998</v>
+      </c>
+      <c r="H161" s="17">
+        <v>52.045302</v>
+      </c>
+      <c r="I161" s="17">
+        <v>99.998849092842107</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E160" s="79"/>
-[...23 lines deleted...]
-      <c r="I162" s="80"/>
     </row>
     <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A163" s="45"/>
+      <c r="A163" s="4" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="45"/>
     </row>
-    <row r="165" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="H166" s="13">
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="45"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B166" s="21"/>
+      <c r="C166" s="21"/>
+      <c r="D166" s="21"/>
+      <c r="E166" s="21"/>
+      <c r="F166" s="21"/>
+      <c r="G166" s="21"/>
+      <c r="H166" s="21"/>
+      <c r="I166" s="21"/>
+      <c r="J166" s="21"/>
+      <c r="K166" s="21"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="12">
+        <v>0</v>
+      </c>
+      <c r="B167" s="12">
+        <v>0</v>
+      </c>
+      <c r="C167" s="12">
+        <v>0</v>
+      </c>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
         <v>2024</v>
       </c>
-      <c r="I166" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K166" s="13" t="s">
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K167" s="13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B168" s="21"/>
+      <c r="C168" s="119" t="s">
+        <v>57</v>
+      </c>
+      <c r="D168" s="119"/>
+      <c r="E168" s="119"/>
+      <c r="F168" s="119"/>
+      <c r="G168" s="16">
+        <v>0.41061716560488354</v>
+      </c>
+      <c r="H168" s="16">
+        <v>1.3585348545662008</v>
+      </c>
+      <c r="I168" s="16">
+        <v>1.9848378758006033</v>
+      </c>
+      <c r="J168" s="16">
+        <v>25.186778816818915</v>
+      </c>
+      <c r="K168" s="16">
+        <v>83.043974440966778</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B169" s="21"/>
+      <c r="C169" s="119">
+        <v>0</v>
+      </c>
+      <c r="D169" s="119"/>
+      <c r="E169" s="119"/>
+      <c r="F169" s="119"/>
+      <c r="G169" s="16">
+        <v>35.543423268694362</v>
+      </c>
+      <c r="H169" s="16">
+        <v>24.441138128384001</v>
+      </c>
+      <c r="I169" s="16">
+        <v>38.018520146809948</v>
+      </c>
+      <c r="J169" s="16">
+        <v>33.283992599894887</v>
+      </c>
+      <c r="K169" s="16">
+        <v>25.54298232174763</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B170" s="21"/>
+      <c r="C170" s="119">
+        <v>0</v>
+      </c>
+      <c r="D170" s="119"/>
+      <c r="E170" s="119"/>
+      <c r="F170" s="119"/>
+      <c r="G170" s="16">
+        <v>25.500452672431585</v>
+      </c>
+      <c r="H170" s="16">
+        <v>41.243427407378888</v>
+      </c>
+      <c r="I170" s="16">
+        <v>27.87144434600647</v>
+      </c>
+      <c r="J170" s="16">
+        <v>-42.095950441460765</v>
+      </c>
+      <c r="K170" s="16">
+        <v>26.222375377295613</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="B171" s="21"/>
+      <c r="C171" s="119">
+        <v>0</v>
+      </c>
+      <c r="D171" s="119"/>
+      <c r="E171" s="119"/>
+      <c r="F171" s="119"/>
+      <c r="G171" s="16">
+        <v>38.545506893269163</v>
+      </c>
+      <c r="H171" s="16">
+        <v>32.956899609670906</v>
+      </c>
+      <c r="I171" s="16">
+        <v>32.125197631382981</v>
+      </c>
+      <c r="J171" s="16">
+        <v>-16.477464437365057</v>
+      </c>
+      <c r="K171" s="16">
+        <v>17.950955747345819</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="92" t="s">
+        <v>59</v>
+      </c>
+      <c r="B172" s="93"/>
+      <c r="C172" s="122" t="s">
+        <v>58</v>
+      </c>
+      <c r="D172" s="122"/>
+      <c r="E172" s="122"/>
+      <c r="F172" s="122"/>
+      <c r="G172" s="94">
+        <v>99.034910829584419</v>
+      </c>
+      <c r="H172" s="94">
+        <v>99.893592414662777</v>
+      </c>
+      <c r="I172" s="94">
+        <v>99.499303486957416</v>
+      </c>
+      <c r="J172" s="94">
+        <v>-14.315116399661305</v>
+      </c>
+      <c r="K172" s="94">
+        <v>23.44782783717616</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B173" s="95"/>
+      <c r="C173" s="123">
+        <v>0</v>
+      </c>
+      <c r="D173" s="123"/>
+      <c r="E173" s="123"/>
+      <c r="F173" s="123"/>
+      <c r="G173" s="17">
+        <v>0.96508917041557873</v>
+      </c>
+      <c r="H173" s="17">
+        <v>0.10640758533722119</v>
+      </c>
+      <c r="I173" s="17">
+        <v>0.50069651304258744</v>
+      </c>
+      <c r="J173" s="17">
+        <v>304.78441318884018</v>
+      </c>
+      <c r="K173" s="17">
+        <v>4.6471252291326204</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D174" s="59"/>
+      <c r="I174" s="21"/>
+      <c r="J174" s="21"/>
+      <c r="K174" s="21"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="59"/>
+      <c r="I175" s="21"/>
+      <c r="J175" s="21"/>
+      <c r="K175" s="21"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D176" s="59"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D177" s="59"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="96" t="s">
+        <v>61</v>
+      </c>
+      <c r="D178" s="59"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="116" t="s">
+        <v>62</v>
+      </c>
+      <c r="B179" s="116">
+        <v>0</v>
+      </c>
+      <c r="C179" s="116">
+        <v>0</v>
+      </c>
+      <c r="D179" s="116">
+        <v>0</v>
+      </c>
+      <c r="E179" s="116">
+        <v>0</v>
+      </c>
+      <c r="F179" s="116">
+        <v>0</v>
+      </c>
+      <c r="G179" s="116">
+        <v>0</v>
+      </c>
+      <c r="H179" s="116">
+        <v>0</v>
+      </c>
+      <c r="I179" s="116">
+        <v>0</v>
+      </c>
+      <c r="J179" s="116">
+        <v>0</v>
+      </c>
+      <c r="K179" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="116" t="s">
+        <v>63</v>
+      </c>
+      <c r="B180" s="116">
+        <v>0</v>
+      </c>
+      <c r="C180" s="116">
+        <v>0</v>
+      </c>
+      <c r="D180" s="116">
+        <v>0</v>
+      </c>
+      <c r="E180" s="116">
+        <v>0</v>
+      </c>
+      <c r="F180" s="116">
+        <v>0</v>
+      </c>
+      <c r="G180" s="116">
+        <v>0</v>
+      </c>
+      <c r="H180" s="116">
+        <v>0</v>
+      </c>
+      <c r="I180" s="116">
+        <v>0</v>
+      </c>
+      <c r="J180" s="116">
+        <v>0</v>
+      </c>
+      <c r="K180" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="116" t="s">
+        <v>64</v>
+      </c>
+      <c r="B181" s="116">
+        <v>0</v>
+      </c>
+      <c r="C181" s="116">
+        <v>0</v>
+      </c>
+      <c r="D181" s="116">
+        <v>0</v>
+      </c>
+      <c r="E181" s="116">
+        <v>0</v>
+      </c>
+      <c r="F181" s="116">
+        <v>0</v>
+      </c>
+      <c r="G181" s="116">
+        <v>0</v>
+      </c>
+      <c r="H181" s="116">
+        <v>0</v>
+      </c>
+      <c r="I181" s="116">
+        <v>0</v>
+      </c>
+      <c r="J181" s="116">
+        <v>0</v>
+      </c>
+      <c r="K181" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="116" t="s">
+        <v>65</v>
+      </c>
+      <c r="B182" s="116">
+        <v>0</v>
+      </c>
+      <c r="C182" s="116">
+        <v>0</v>
+      </c>
+      <c r="D182" s="116">
+        <v>0</v>
+      </c>
+      <c r="E182" s="116">
+        <v>0</v>
+      </c>
+      <c r="F182" s="116">
+        <v>0</v>
+      </c>
+      <c r="G182" s="116">
+        <v>0</v>
+      </c>
+      <c r="H182" s="116">
+        <v>0</v>
+      </c>
+      <c r="I182" s="116">
+        <v>0</v>
+      </c>
+      <c r="J182" s="116">
+        <v>0</v>
+      </c>
+      <c r="K182" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="45">
+        <v>0</v>
+      </c>
+      <c r="B183" s="45">
+        <v>0</v>
+      </c>
+      <c r="C183" s="45">
+        <v>0</v>
+      </c>
+      <c r="D183" s="45">
+        <v>0</v>
+      </c>
+      <c r="E183" s="45">
+        <v>0</v>
+      </c>
+      <c r="F183" s="45">
+        <v>0</v>
+      </c>
+      <c r="G183" s="45">
+        <v>0</v>
+      </c>
+      <c r="H183" s="45">
+        <v>0</v>
+      </c>
+      <c r="I183" s="45">
+        <v>0</v>
+      </c>
+      <c r="J183" s="45">
+        <v>0</v>
+      </c>
+      <c r="K183" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="45"/>
+      <c r="B184" s="45"/>
+      <c r="C184" s="45"/>
+      <c r="D184" s="45"/>
+      <c r="E184" s="45"/>
+      <c r="F184" s="45"/>
+      <c r="G184" s="45"/>
+      <c r="H184" s="45"/>
+      <c r="I184" s="45"/>
+      <c r="J184" s="45"/>
+      <c r="K184" s="45"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="45"/>
+      <c r="B185" s="45"/>
+      <c r="C185" s="45"/>
+      <c r="D185" s="45"/>
+      <c r="E185" s="45"/>
+      <c r="F185" s="45"/>
+      <c r="G185" s="45"/>
+      <c r="H185" s="45"/>
+      <c r="I185" s="45"/>
+      <c r="J185" s="45"/>
+      <c r="K185" s="45"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B186" s="21"/>
+      <c r="C186" s="21"/>
+      <c r="D186" s="21"/>
+      <c r="E186" s="21"/>
+      <c r="F186" s="21"/>
+      <c r="G186" s="21"/>
+      <c r="H186" s="21"/>
+      <c r="I186" s="21"/>
+      <c r="J186" s="21"/>
+      <c r="K186" s="21"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="12">
+        <v>0</v>
+      </c>
+      <c r="B187" s="12">
+        <v>0</v>
+      </c>
+      <c r="C187" s="12">
+        <v>0</v>
+      </c>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K187" s="13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B188" s="21"/>
+      <c r="C188" s="119" t="s">
+        <v>57</v>
+      </c>
+      <c r="D188" s="119"/>
+      <c r="E188" s="119"/>
+      <c r="F188" s="119"/>
+      <c r="G188" s="16">
+        <v>0</v>
+      </c>
+      <c r="H188" s="16">
+        <v>6.2198287481144074E-3</v>
+      </c>
+      <c r="I188" s="16">
+        <v>0</v>
+      </c>
+      <c r="J188" s="16">
+        <v>-100</v>
+      </c>
+      <c r="K188" s="16" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="167" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...327 lines deleted...]
-      <c r="K184" s="13" t="s">
+    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B189" s="21"/>
+      <c r="C189" s="119">
+        <v>0</v>
+      </c>
+      <c r="D189" s="119"/>
+      <c r="E189" s="119"/>
+      <c r="F189" s="119"/>
+      <c r="G189" s="16">
+        <v>0.40780950803904392</v>
+      </c>
+      <c r="H189" s="16">
+        <v>2.5055140540107511E-3</v>
+      </c>
+      <c r="I189" s="16">
+        <v>2.5821197721486033</v>
+      </c>
+      <c r="J189" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="K189" s="16">
+        <v>91.21933320852014</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B190" s="21"/>
+      <c r="C190" s="119">
+        <v>0</v>
+      </c>
+      <c r="D190" s="119"/>
+      <c r="E190" s="119"/>
+      <c r="F190" s="119"/>
+      <c r="G190" s="16">
+        <v>0</v>
+      </c>
+      <c r="H190" s="16">
+        <v>57.141808469055086</v>
+      </c>
+      <c r="I190" s="16">
+        <v>0</v>
+      </c>
+      <c r="J190" s="16">
+        <v>-100</v>
+      </c>
+      <c r="K190" s="16" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="185" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...157 lines deleted...]
-      <c r="F191" s="5"/>
+    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="B191" s="21"/>
+      <c r="C191" s="119">
+        <v>0</v>
+      </c>
+      <c r="D191" s="119"/>
+      <c r="E191" s="119"/>
+      <c r="F191" s="119"/>
       <c r="G191" s="16">
-        <v>0</v>
+        <v>99.592190491960935</v>
       </c>
       <c r="H191" s="16">
-        <v>5.6599999999999999E-4</v>
+        <v>42.849466188142785</v>
       </c>
       <c r="I191" s="16">
-        <v>6.1391395854865959E-3</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>97.417880227851398</v>
+      </c>
+      <c r="J191" s="16">
+        <v>19.789032360151442</v>
       </c>
       <c r="K191" s="16">
-        <v>5.6599999999999999E-4</v>
-[...100 lines deleted...]
-      </c>
+        <v>19.882388768310435</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="92" t="s">
+        <v>59</v>
+      </c>
+      <c r="B192" s="93"/>
+      <c r="C192" s="122" t="s">
+        <v>52</v>
+      </c>
+      <c r="D192" s="122"/>
+      <c r="E192" s="122"/>
+      <c r="F192" s="122"/>
+      <c r="G192" s="94">
+        <v>96.438229099553169</v>
+      </c>
+      <c r="H192" s="94">
+        <v>98.702710863988457</v>
+      </c>
+      <c r="I192" s="94">
+        <v>9.212452677108999</v>
+      </c>
+      <c r="J192" s="94">
+        <v>-47.310533961308934</v>
+      </c>
+      <c r="K192" s="94">
+        <v>20.545788043703705</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B193" s="95"/>
+      <c r="C193" s="123">
+        <v>0</v>
+      </c>
+      <c r="D193" s="123"/>
+      <c r="E193" s="123"/>
+      <c r="F193" s="123"/>
+      <c r="G193" s="17">
+        <v>3.5617709004468407</v>
+      </c>
+      <c r="H193" s="17">
+        <v>1.297289136011553</v>
+      </c>
+      <c r="I193" s="17">
+        <v>90.787547322891001</v>
+      </c>
+      <c r="J193" s="17" t="s">
+        <v>113</v>
+      </c>
+      <c r="K193" s="17">
+        <v>387.20373066208725</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D194" s="59"/>
+      <c r="I194" s="21"/>
+      <c r="J194" s="21"/>
+      <c r="K194" s="21"/>
+    </row>
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D195" s="59"/>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D196" s="59"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A197" s="19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D197" s="59"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="45"/>
-[...14 lines deleted...]
-      <c r="K199" s="36"/>
+      <c r="A198" s="96" t="s">
+        <v>61</v>
+      </c>
+      <c r="D198" s="59"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="116" t="s">
+        <v>62</v>
+      </c>
+      <c r="B199" s="116">
+        <v>0</v>
+      </c>
+      <c r="C199" s="116">
+        <v>0</v>
+      </c>
+      <c r="D199" s="116">
+        <v>0</v>
+      </c>
+      <c r="E199" s="116">
+        <v>0</v>
+      </c>
+      <c r="F199" s="116">
+        <v>0</v>
+      </c>
+      <c r="G199" s="116">
+        <v>0</v>
+      </c>
+      <c r="H199" s="116">
+        <v>0</v>
+      </c>
+      <c r="I199" s="116">
+        <v>0</v>
+      </c>
+      <c r="J199" s="116">
+        <v>0</v>
+      </c>
+      <c r="K199" s="116">
+        <v>0</v>
+      </c>
     </row>
     <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="22"/>
-[...262 lines deleted...]
-        <v>2.7165672382189294</v>
+      <c r="A200" s="116" t="s">
+        <v>63</v>
+      </c>
+      <c r="B200" s="116">
+        <v>0</v>
+      </c>
+      <c r="C200" s="116">
+        <v>0</v>
+      </c>
+      <c r="D200" s="116">
+        <v>0</v>
+      </c>
+      <c r="E200" s="116">
+        <v>0</v>
+      </c>
+      <c r="F200" s="116">
+        <v>0</v>
+      </c>
+      <c r="G200" s="116">
+        <v>0</v>
+      </c>
+      <c r="H200" s="116">
+        <v>0</v>
+      </c>
+      <c r="I200" s="116">
+        <v>0</v>
+      </c>
+      <c r="J200" s="116">
+        <v>0</v>
+      </c>
+      <c r="K200" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="116" t="s">
+        <v>64</v>
+      </c>
+      <c r="B201" s="116">
+        <v>0</v>
+      </c>
+      <c r="C201" s="116">
+        <v>0</v>
+      </c>
+      <c r="D201" s="116">
+        <v>0</v>
+      </c>
+      <c r="E201" s="116">
+        <v>0</v>
+      </c>
+      <c r="F201" s="116">
+        <v>0</v>
+      </c>
+      <c r="G201" s="116">
+        <v>0</v>
+      </c>
+      <c r="H201" s="116">
+        <v>0</v>
+      </c>
+      <c r="I201" s="116">
+        <v>0</v>
+      </c>
+      <c r="J201" s="116">
+        <v>0</v>
+      </c>
+      <c r="K201" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="116" t="s">
+        <v>65</v>
+      </c>
+      <c r="B202" s="116">
+        <v>0</v>
+      </c>
+      <c r="C202" s="116">
+        <v>0</v>
+      </c>
+      <c r="D202" s="116">
+        <v>0</v>
+      </c>
+      <c r="E202" s="116">
+        <v>0</v>
+      </c>
+      <c r="F202" s="116">
+        <v>0</v>
+      </c>
+      <c r="G202" s="116">
+        <v>0</v>
+      </c>
+      <c r="H202" s="116">
+        <v>0</v>
+      </c>
+      <c r="I202" s="116">
+        <v>0</v>
+      </c>
+      <c r="J202" s="116">
+        <v>0</v>
+      </c>
+      <c r="K202" s="116">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="45"/>
+      <c r="B203" s="45"/>
+      <c r="C203" s="45"/>
+      <c r="D203" s="45"/>
+      <c r="E203" s="45"/>
+      <c r="F203" s="82"/>
+      <c r="G203" s="82"/>
+      <c r="H203" s="45"/>
+      <c r="I203" s="45"/>
+      <c r="J203" s="45"/>
+      <c r="K203" s="45"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="45"/>
+      <c r="B204" s="45"/>
+      <c r="C204" s="45"/>
+      <c r="D204" s="45"/>
+      <c r="E204" s="45"/>
+      <c r="F204" s="82"/>
+      <c r="G204" s="82"/>
+      <c r="H204" s="45"/>
+      <c r="I204" s="45"/>
+      <c r="J204" s="45"/>
+      <c r="K204" s="45"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="45"/>
+      <c r="B205" s="45"/>
+      <c r="C205" s="45"/>
+      <c r="D205" s="45"/>
+      <c r="E205" s="45"/>
+      <c r="F205" s="82"/>
+      <c r="G205" s="82"/>
+      <c r="H205" s="45"/>
+      <c r="I205" s="45"/>
+      <c r="J205" s="45"/>
+      <c r="K205" s="45"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B206" s="21"/>
+      <c r="C206" s="21"/>
+      <c r="D206" s="21"/>
+      <c r="E206" s="21"/>
+      <c r="F206" s="21"/>
+      <c r="G206" s="21"/>
+      <c r="H206" s="21"/>
+      <c r="I206" s="21"/>
+      <c r="J206" s="21"/>
+      <c r="K206" s="21"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="12">
+        <v>0</v>
+      </c>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="23">
+        <v>0</v>
+      </c>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H207" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="B208" s="97"/>
+      <c r="C208" s="97"/>
+      <c r="D208" s="105" t="s">
+        <v>40</v>
+      </c>
+      <c r="E208" s="98">
+        <v>1.6541913515286417</v>
+      </c>
+      <c r="F208" s="98">
+        <v>1.5226151769051626</v>
+      </c>
+      <c r="G208" s="98">
+        <v>3.8266927345069401</v>
+      </c>
+      <c r="H208" s="98">
+        <v>2.4739211557085601</v>
+      </c>
+      <c r="I208" s="98">
+        <v>3.9247014391513133</v>
+      </c>
+      <c r="J208" s="99">
+        <v>36.471690815506825</v>
+      </c>
+      <c r="K208" s="99">
+        <v>53.031466746200515</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B209" s="21"/>
+      <c r="C209" s="21"/>
+      <c r="D209" s="120">
+        <v>0</v>
+      </c>
+      <c r="E209" s="59">
+        <v>0</v>
+      </c>
+      <c r="F209" s="59">
+        <v>0</v>
+      </c>
+      <c r="G209" s="59">
+        <v>0</v>
+      </c>
+      <c r="H209" s="59">
+        <v>0</v>
+      </c>
+      <c r="I209" s="59">
+        <v>0</v>
+      </c>
+      <c r="J209" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K209" s="16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B210" s="21"/>
+      <c r="C210" s="21"/>
+      <c r="D210" s="120">
+        <v>0</v>
+      </c>
+      <c r="E210" s="59">
+        <v>97.250661948489579</v>
+      </c>
+      <c r="F210" s="59">
+        <v>97.467858452622039</v>
+      </c>
+      <c r="G210" s="59">
+        <v>94.383174780827986</v>
+      </c>
+      <c r="H210" s="59">
+        <v>95.669319230055123</v>
+      </c>
+      <c r="I210" s="59">
+        <v>95.290100159980184</v>
       </c>
       <c r="J210" s="16">
-        <v>16.48111340808585</v>
+        <v>-14.316558446033904</v>
       </c>
       <c r="K210" s="16">
-        <v>3.7231000000000014E-2</v>
-[...29 lines deleted...]
-        <v>1</v>
+        <v>22.677332890484394</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B211" s="21"/>
+      <c r="C211" s="21"/>
+      <c r="D211" s="120">
+        <v>0</v>
+      </c>
+      <c r="E211" s="59">
+        <v>1.0951466999817878</v>
+      </c>
+      <c r="F211" s="59">
+        <v>1.0094876241263424</v>
+      </c>
+      <c r="G211" s="59">
+        <v>1.7900380678967975</v>
+      </c>
+      <c r="H211" s="59">
+        <v>1.8567596142363141</v>
+      </c>
+      <c r="I211" s="59">
+        <v>0.78519840086851478</v>
+      </c>
+      <c r="J211" s="16">
+        <v>-63.621438057043946</v>
+      </c>
+      <c r="K211" s="16">
+        <v>13.462486830996291</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B212" s="72"/>
+      <c r="C212" s="72"/>
+      <c r="D212" s="121">
+        <v>0</v>
+      </c>
+      <c r="E212" s="100">
+        <v>0</v>
+      </c>
+      <c r="F212" s="100">
+        <v>3.8746346461693331E-5</v>
+      </c>
+      <c r="G212" s="100">
+        <v>9.4416768266977392E-5</v>
+      </c>
+      <c r="H212" s="100">
+        <v>0</v>
+      </c>
+      <c r="I212" s="100">
+        <v>0</v>
+      </c>
+      <c r="J212" s="17" t="s">
+        <v>115</v>
+      </c>
+      <c r="K212" s="17" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>33</v>
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F213" s="59"/>
+      <c r="G213" s="59"/>
+      <c r="H213" s="59"/>
+      <c r="I213" s="59"/>
+      <c r="J213" s="59"/>
+      <c r="K213" s="59"/>
     </row>
     <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A214" s="45"/>
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="83"/>
+      <c r="C214" s="83"/>
+      <c r="D214" s="83"/>
+      <c r="E214" s="83"/>
+      <c r="F214" s="83"/>
+      <c r="G214" s="83"/>
+      <c r="H214" s="83"/>
+      <c r="I214" s="83"/>
+      <c r="J214" s="83"/>
+      <c r="K214" s="83"/>
     </row>
     <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A215" s="2" t="s">
-[...162 lines deleted...]
-      <c r="A222" s="3" t="s">
+      <c r="A215" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B215" s="83"/>
+      <c r="C215" s="83"/>
+      <c r="D215" s="83"/>
+      <c r="E215" s="83"/>
+      <c r="F215" s="83"/>
+      <c r="G215" s="83"/>
+      <c r="H215" s="83"/>
+      <c r="I215" s="83"/>
+      <c r="J215" s="83"/>
+      <c r="K215" s="83"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="19" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="96" t="s">
+        <v>69</v>
+      </c>
+      <c r="B217" s="84"/>
+      <c r="C217" s="84"/>
+      <c r="D217" s="84"/>
+      <c r="E217" s="84"/>
+      <c r="F217" s="84"/>
+      <c r="G217" s="84"/>
+      <c r="H217" s="84"/>
+      <c r="I217" s="84"/>
+      <c r="J217" s="84"/>
+      <c r="K217" s="84"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="96" t="s">
+        <v>68</v>
+      </c>
+      <c r="B218" s="83"/>
+      <c r="C218" s="83"/>
+      <c r="D218" s="83"/>
+      <c r="E218" s="83"/>
+      <c r="F218" s="83"/>
+      <c r="G218" s="83"/>
+      <c r="H218" s="83"/>
+      <c r="I218" s="83"/>
+      <c r="J218" s="83"/>
+      <c r="K218" s="83"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="45"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="45"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="B222" s="5"/>
-[...64 lines deleted...]
-        <v>118</v>
+      <c r="B221" s="21"/>
+      <c r="C221" s="21"/>
+      <c r="D221" s="21"/>
+      <c r="E221" s="21"/>
+      <c r="F221" s="21"/>
+      <c r="G221" s="21"/>
+      <c r="H221" s="21"/>
+      <c r="I221" s="21"/>
+      <c r="J221" s="21"/>
+      <c r="K221" s="21"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="12">
+        <v>0</v>
+      </c>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="23">
+        <v>0</v>
+      </c>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H222" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="K222" s="13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="46" t="s">
+        <v>56</v>
+      </c>
+      <c r="B223" s="97"/>
+      <c r="C223" s="97"/>
+      <c r="D223" s="105" t="s">
+        <v>40</v>
+      </c>
+      <c r="E223" s="98">
+        <v>0.31772781925572441</v>
+      </c>
+      <c r="F223" s="98">
+        <v>6.8708658132952669</v>
+      </c>
+      <c r="G223" s="98">
+        <v>74.228257647026638</v>
+      </c>
+      <c r="H223" s="98">
+        <v>1.2918224816810138E-2</v>
+      </c>
+      <c r="I223" s="98">
+        <v>8.1658688164510784E-4</v>
+      </c>
+      <c r="J223" s="99">
+        <v>-64.315701091519728</v>
+      </c>
+      <c r="K223" s="99">
+        <v>-51.178927154735796</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B224" s="21"/>
+      <c r="C224" s="21"/>
+      <c r="D224" s="120">
+        <v>0</v>
+      </c>
+      <c r="E224" s="59">
+        <v>1.6246122900908928</v>
+      </c>
+      <c r="F224" s="59">
+        <v>0</v>
+      </c>
+      <c r="G224" s="59">
+        <v>0.68491036166619745</v>
+      </c>
+      <c r="H224" s="59">
+        <v>1.0762475713249251</v>
+      </c>
+      <c r="I224" s="59">
+        <v>0.25583570932896327</v>
+      </c>
+      <c r="J224" s="16">
+        <v>34.19198790627361</v>
       </c>
       <c r="K224" s="16">
-        <v>1.5E-3</v>
-[...21 lines deleted...]
-        <v>118</v>
+        <v>36.591409554825958</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B225" s="21"/>
+      <c r="C225" s="21"/>
+      <c r="D225" s="120">
+        <v>0</v>
+      </c>
+      <c r="E225" s="59">
+        <v>98.057659890653369</v>
+      </c>
+      <c r="F225" s="59">
+        <v>93.127296421546319</v>
+      </c>
+      <c r="G225" s="59">
+        <v>25.067018201334651</v>
+      </c>
+      <c r="H225" s="59">
+        <v>98.872242227453384</v>
+      </c>
+      <c r="I225" s="59">
+        <v>99.301026607263466</v>
+      </c>
+      <c r="J225" s="16">
+        <v>466.96593154627169</v>
       </c>
       <c r="K225" s="16">
-        <v>7.1099999999999994E-4</v>
-[...18 lines deleted...]
-        <v>4.973476845859181E-4</v>
+        <v>117.5146851855891</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B226" s="21"/>
+      <c r="C226" s="21"/>
+      <c r="D226" s="120">
+        <v>0</v>
+      </c>
+      <c r="E226" s="59">
+        <v>0</v>
+      </c>
+      <c r="F226" s="59">
+        <v>0</v>
+      </c>
+      <c r="G226" s="59">
+        <v>1.0764857024292864E-2</v>
+      </c>
+      <c r="H226" s="59">
+        <v>9.9788134605082487E-4</v>
+      </c>
+      <c r="I226" s="59">
+        <v>0.4423210965259301</v>
       </c>
       <c r="J226" s="16" t="s">
-        <v>118</v>
-[...27 lines deleted...]
-        <v>24</v>
+        <v>113</v>
+      </c>
+      <c r="K226" s="16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B227" s="72"/>
+      <c r="C227" s="72"/>
+      <c r="D227" s="121">
+        <v>0</v>
+      </c>
+      <c r="E227" s="100">
+        <v>0</v>
+      </c>
+      <c r="F227" s="100">
+        <v>1.8377651584083473E-3</v>
+      </c>
+      <c r="G227" s="100">
+        <v>9.0489329482134843E-3</v>
+      </c>
+      <c r="H227" s="100">
+        <v>3.7594095058827826E-2</v>
+      </c>
+      <c r="I227" s="100">
+        <v>0</v>
+      </c>
+      <c r="J227" s="17">
+        <v>-100</v>
+      </c>
+      <c r="K227" s="17" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="F228" s="59"/>
+      <c r="G228" s="59"/>
+      <c r="H228" s="59"/>
+      <c r="I228" s="59"/>
+      <c r="J228" s="59"/>
+      <c r="K228" s="59"/>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>33</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="B229" s="83"/>
+      <c r="C229" s="83"/>
+      <c r="D229" s="83"/>
+      <c r="E229" s="83"/>
+      <c r="F229" s="83"/>
+      <c r="G229" s="83"/>
+      <c r="H229" s="83"/>
+      <c r="I229" s="83"/>
+      <c r="J229" s="83"/>
+      <c r="K229" s="83"/>
     </row>
     <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A230" s="45"/>
+      <c r="A230" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B230" s="83"/>
+      <c r="C230" s="83"/>
+      <c r="D230" s="83"/>
+      <c r="E230" s="83"/>
+      <c r="F230" s="83"/>
+      <c r="G230" s="83"/>
+      <c r="H230" s="83"/>
+      <c r="I230" s="83"/>
+      <c r="J230" s="83"/>
+      <c r="K230" s="83"/>
     </row>
     <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A231" s="45"/>
+      <c r="A231" s="19" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A232" s="2" t="s">
-[...244 lines deleted...]
-      </c>
+      <c r="A232" s="96" t="s">
+        <v>69</v>
+      </c>
+      <c r="B232" s="84"/>
+      <c r="C232" s="84"/>
+      <c r="D232" s="84"/>
+      <c r="E232" s="84"/>
+      <c r="F232" s="84"/>
+      <c r="G232" s="84"/>
+      <c r="H232" s="84"/>
+      <c r="I232" s="84"/>
+      <c r="J232" s="84"/>
+      <c r="K232" s="84"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="96" t="s">
+        <v>68</v>
+      </c>
+      <c r="B233" s="83"/>
+      <c r="C233" s="83"/>
+      <c r="D233" s="83"/>
+      <c r="E233" s="83"/>
+      <c r="F233" s="83"/>
+      <c r="G233" s="83"/>
+      <c r="H233" s="83"/>
+      <c r="I233" s="83"/>
+      <c r="J233" s="83"/>
+      <c r="K233" s="83"/>
+    </row>
+    <row r="234" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="104"/>
+      <c r="B234" s="104"/>
+      <c r="C234" s="104"/>
+      <c r="D234" s="104"/>
+      <c r="E234" s="104"/>
+      <c r="F234" s="104"/>
+      <c r="G234" s="104"/>
+      <c r="H234" s="104"/>
+      <c r="I234" s="7"/>
+      <c r="J234" s="7"/>
+      <c r="K234" s="7"/>
+    </row>
+    <row r="235" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="103"/>
+      <c r="B235" s="103"/>
+      <c r="C235" s="103"/>
+      <c r="D235" s="103"/>
+      <c r="E235" s="103"/>
+      <c r="F235" s="103"/>
+      <c r="G235" s="103"/>
+      <c r="H235" s="103"/>
+      <c r="I235" s="103"/>
+      <c r="J235" s="103"/>
+      <c r="K235" s="103"/>
+    </row>
+    <row r="236" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I236" s="83"/>
+      <c r="J236" s="83"/>
+      <c r="K236" s="83"/>
+    </row>
+    <row r="237" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="102" t="s">
+        <v>37</v>
+      </c>
+      <c r="B237" s="102">
+        <v>46063</v>
+      </c>
+      <c r="I237" s="83"/>
+      <c r="J237" s="83"/>
+      <c r="K237" s="83"/>
+    </row>
+    <row r="238" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="86" t="s">
+        <v>79</v>
+      </c>
+      <c r="I238" s="83"/>
+      <c r="J238" s="83"/>
+      <c r="K238" s="83"/>
+    </row>
+    <row r="239" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="101" t="s">
+        <v>80</v>
+      </c>
+      <c r="I239" s="83"/>
+      <c r="J239" s="83"/>
+      <c r="K239" s="83"/>
     </row>
     <row r="240" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A240" s="4" t="s">
-[...1305 lines deleted...]
-      <c r="A306" s="85"/>
+      <c r="A240" s="85"/>
     </row>
   </sheetData>
-  <mergeCells count="36">
-[...3 lines deleted...]
-    <mergeCell ref="D274:D278"/>
+  <mergeCells count="48">
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="E188:E191"/>
+    <mergeCell ref="F188:F191"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="D208:D212"/>
     <mergeCell ref="A21:C22"/>
     <mergeCell ref="A23:C24"/>
     <mergeCell ref="A29:D30"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="E30:F30"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="G49:K49"/>
-    <mergeCell ref="C258:C259"/>
-[...1 lines deleted...]
-    <mergeCell ref="A266:K266"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="F77:K77"/>
-    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="A181:K181"/>
     <mergeCell ref="H68:I68"/>
-    <mergeCell ref="C234:C237"/>
-[...2 lines deleted...]
-    <mergeCell ref="A246:K246"/>
+    <mergeCell ref="C168:C171"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
     <mergeCell ref="J68:K68"/>
-    <mergeCell ref="A248:K248"/>
-    <mergeCell ref="C254:C257"/>
+    <mergeCell ref="D168:D171"/>
+    <mergeCell ref="E168:E171"/>
+    <mergeCell ref="F168:F171"/>
+    <mergeCell ref="D172:D173"/>
   </mergeCells>
-  <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="15" priority="65" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E8:K10">
+    <cfRule type="cellIs" dxfId="12" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D234:K239 D254:K259">
-    <cfRule type="cellIs" dxfId="14" priority="64" operator="lessThan">
+  <conditionalFormatting sqref="G168:K173 G188:K193">
+    <cfRule type="cellIs" dxfId="11" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="13" priority="63" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E22:K22 E24:K24">
-    <cfRule type="cellIs" dxfId="12" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="G22:K22 G24:K24">
+    <cfRule type="cellIs" dxfId="9" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="11" priority="66" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G37:K40">
+    <cfRule type="cellIs" dxfId="8" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="10" priority="52" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="9" priority="58" operator="lessThan">
+    <cfRule type="cellIs" dxfId="6" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="8" priority="61" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J108:K125">
+    <cfRule type="cellIs" dxfId="5" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J108:K119 J152:K159">
-    <cfRule type="cellIs" dxfId="7" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J208:K212">
+    <cfRule type="cellIs" dxfId="4" priority="62" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J126:K143">
-    <cfRule type="cellIs" dxfId="6" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J223:K227">
+    <cfRule type="cellIs" dxfId="3" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J167:K176">
-    <cfRule type="cellIs" dxfId="5" priority="4" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J82:K99">
+    <cfRule type="cellIs" dxfId="2" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J185:K194">
-    <cfRule type="cellIs" dxfId="4" priority="3" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="1" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J201:K210">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="45" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="0" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A305" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{61DB4B54-C234-49DA-85F2-81C9B4C71A7A}"/>
+    <hyperlink ref="A239" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="4" manualBreakCount="4">
+  <rowBreaks count="3" manualBreakCount="3">
     <brk id="103" max="16383" man="1"/>
     <brk id="147" max="16383" man="1"/>
-    <brk id="181" max="16383" man="1"/>
-    <brk id="269" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>