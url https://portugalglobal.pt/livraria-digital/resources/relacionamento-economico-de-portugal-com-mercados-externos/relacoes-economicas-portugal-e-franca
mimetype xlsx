--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -6,87 +6,87 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\França\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\França\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF935F29-96AD-4154-86A1-49AA0EE0AD77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E0DD0F57-E1A0-4654-A070-9595804BF6EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="França" sheetId="45" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">França!$A$1:$K$571</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">França!$A$1:$K$489</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">França!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="722" uniqueCount="209">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="610" uniqueCount="210">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
@@ -562,291 +562,294 @@
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
     <t>2024 jan/set</t>
   </si>
   <si>
     <t>2025 jan/set</t>
   </si>
   <si>
     <t>2024 set</t>
   </si>
   <si>
     <t>2025 set</t>
   </si>
   <si>
-    <t>2024 jan/out</t>
-[...2 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2024 jan/nov</t>
+  </si>
+  <si>
+    <t>2025 jan/nov</t>
+  </si>
+  <si>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM FRANÇA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com França</t>
   </si>
   <si>
+    <t>tvh % 25/24</t>
+  </si>
+  <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
+    <t>Posição e Quota de França no Comércio Internacional Português de Bens</t>
+  </si>
+  <si>
+    <t>França como cliente de Portugal</t>
+  </si>
+  <si>
+    <t>França como fornecedor de Portugal</t>
+  </si>
+  <si>
+    <t>Posição e Quota de Portugal no Comércio Internacional de Bens de França</t>
+  </si>
+  <si>
+    <t>Portugal como cliente de França</t>
+  </si>
+  <si>
+    <t>% Export. França</t>
+  </si>
+  <si>
+    <t>Portugal como fornecedor de França</t>
+  </si>
+  <si>
+    <t>% Import. França</t>
+  </si>
+  <si>
+    <t>Fonte: ITC - International Trade Centre</t>
+  </si>
+  <si>
+    <t>Contributo de França para o Crescimento do Comércio Internacional Português de Bens</t>
+  </si>
+  <si>
+    <t>França - contribuição p/ o cresc. das exportações globais de Portugal</t>
+  </si>
+  <si>
+    <t>França - contribuição p/ o cresc. das importações globais de Portugal</t>
+  </si>
+  <si>
+    <t>Empresas exportadoras de bens para França</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Empresas Portuguesas Exportadoras de Bens para França por Escalão de Exportação Individual em Valor em 2024</t>
+  </si>
+  <si>
+    <t>M€</t>
+  </si>
+  <si>
+    <t>Empresas Portuguesas Exportadoras de Bens para França por Nível de Exposição ao Mercado em 2024</t>
+  </si>
+  <si>
+    <t>Exportações de Portugal para França por Grupos de Produtos</t>
+  </si>
+  <si>
+    <t>% Tot 21</t>
+  </si>
+  <si>
+    <t>% Tot 24</t>
+  </si>
+  <si>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh M€ 25/24</t>
+  </si>
+  <si>
+    <t>Importações de Portugal Provenientes de França por Grupos de Produtos</t>
+  </si>
+  <si>
+    <t>Principais Produtos Exportados para França</t>
+  </si>
+  <si>
+    <t>8704 Veículos automóveis para transporte de mercadorias, incluídos chassis com motor e cabine</t>
+  </si>
+  <si>
+    <t>8708 Partes e acessórios para tratores, para veículos para transporte de = &gt; 10 pessoas, incluindo o...</t>
+  </si>
+  <si>
+    <t>8703 Automóveis de passageiros e outros veículos automóveis principalmente concebidos para transporte...</t>
+  </si>
+  <si>
+    <t>9403 Móveis e suas partes, não especificadas nem compreendidas noutras posições (exceto assentos e...</t>
+  </si>
+  <si>
+    <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
+  </si>
+  <si>
+    <t>7308 Construções e suas partes, por exemplo: pontes e elementos de pontes, comportas, torres,...</t>
+  </si>
+  <si>
+    <t>9401 Assentos (exceto para medicina, cirurgia, odontologia ou veterinária, da posição 9402), mesmo...</t>
+  </si>
+  <si>
+    <t>2402 Charutos, cigarrilhas e cigarros, de tabaco ou dos seus sucedâneos</t>
+  </si>
+  <si>
+    <t>3920 Chapas, folhas, películas, tiras e lâminas, de plástico não alveolar, não reforçadas nem...</t>
+  </si>
+  <si>
+    <t>8544 Fios e cabos, incluídos os cabos coaxiais, e outros condutores, isolados para usos elétricos,...</t>
+  </si>
+  <si>
+    <t>Amostra</t>
+  </si>
+  <si>
+    <t>Principais Produtos Importados Provenientes de França</t>
+  </si>
+  <si>
+    <t>3004 Medicamentos constituídos por produtos misturados ou não misturados, preparados para fins...</t>
+  </si>
+  <si>
+    <t>8411 Turborreatores, turbopropulsores e outras turbinas a gás</t>
+  </si>
+  <si>
+    <t>1001 Trigo e mistura de trigo com centeio</t>
+  </si>
+  <si>
+    <t>8408 Motores de pistão, de ignição por compressão (motores diesel ou semidiesel)</t>
+  </si>
+  <si>
+    <t>0901 Café, mesmo torrado ou descafeinado; cascas e películas, de café; sucedâneos do café contendo...</t>
+  </si>
+  <si>
+    <t>9406 Construções pré-fabricadas, mesmo incompletas ou ainda não montadas</t>
+  </si>
+  <si>
+    <t>Exportação de Produtos Industriais Transformados para França por Graus de Intensidade Tecnológica</t>
+  </si>
+  <si>
+    <t>Importação de Produtos Industriais Transformados de França por Graus de Intensidade Tecnológica</t>
+  </si>
+  <si>
+    <t>Exportação de Bens para França por Meios de Transporte</t>
+  </si>
+  <si>
+    <t>Importação de Bens de França por Meios de Transporte</t>
+  </si>
+  <si>
+    <t>Balança Comercial de Serviços de Portugal com França</t>
+  </si>
+  <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
-    <t>tvh % 25/24</t>
-[...53 lines deleted...]
-    <t>Exportações de Portugal para França por Grupos de Produtos</t>
+    <t>Posição e Quota de França no Comércio Internacional Português de Serviços</t>
+  </si>
+  <si>
+    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
+  </si>
+  <si>
+    <t>Exportações de Portugal para França por Tipo de Serviço</t>
   </si>
   <si>
     <t>% Tot 20</t>
   </si>
   <si>
     <t>% Tot 23</t>
   </si>
   <si>
-    <t>% Tot 24</t>
+    <t>Importações de Portugal Provenientes de França por Tipo de Serviço</t>
+  </si>
+  <si>
+    <t>Balança Comercial de Bens e Serviços de Portugal com França</t>
+  </si>
+  <si>
+    <t>Quota de França no Comércio Internacional Português de Bens e Serviços</t>
+  </si>
+  <si>
+    <t>Fluxos de Investimento Direto entre Portugal e França - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>vh M€ 24/23</t>
   </si>
   <si>
-    <t>Importações de Portugal Provenientes de França por Grupos de Produtos</t>
-[...103 lines deleted...]
-  <si>
     <t>média anual M€ 24/20</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e França - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e França - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e França - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto de França em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
     <t>tvma % 24/21</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com França</t>
   </si>
   <si>
-    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/set e 2025 jan/set entre 13 países</t>
+    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
   </si>
   <si>
     <t>Indicadores de Turismo de França em Portugal</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/set e 2025 jan/set entre 15 países</t>
+    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/nov e 2025 jan/nov entre 15 países</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -1502,140 +1505,120 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="70">
-[...19 lines deleted...]
-    </dxf>
+  <dxfs count="66">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1949,57 +1932,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>514350</xdr:colOff>
-      <xdr:row>568</xdr:row>
+      <xdr:row>486</xdr:row>
       <xdr:rowOff>14721</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>505690</xdr:colOff>
-      <xdr:row>570</xdr:row>
+      <xdr:row>488</xdr:row>
       <xdr:rowOff>44162</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2387719-2BA3-4713-B408-41F2D1B1FC68}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2384,12230 +2367,10273 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet19">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K572"/>
+  <dimension ref="A2:K490"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A567" sqref="A567"/>
+      <selection activeCell="A485" sqref="A485"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="95" t="s">
         <v>137</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
+      <c r="I7" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J7" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="H7" s="13" t="s">
+      <c r="K7" s="13" t="s">
         <v>140</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...9 lines deleted...]
-    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="16">
-[...2 lines deleted...]
-      <c r="C8" s="16">
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="16"/>
+      <c r="E8" s="16">
         <v>8343.4559979999995</v>
       </c>
-      <c r="D8" s="16">
+      <c r="F8" s="16">
         <v>9678.9583980000007</v>
       </c>
-      <c r="E8" s="16">
+      <c r="G8" s="16">
         <v>10120.339028999999</v>
       </c>
-      <c r="F8" s="16">
+      <c r="H8" s="16">
         <v>9534.4225600000009</v>
       </c>
-      <c r="G8" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="16">
-        <v>8101.0356579999998</v>
+        <v>9539.5326690000002</v>
       </c>
       <c r="J8" s="16">
-        <v>8023.0250219999998</v>
+        <v>5.3596418323620887E-2</v>
       </c>
       <c r="K8" s="16">
-        <v>-0.96297114706515685</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.4058907275570149</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="16">
-[...2 lines deleted...]
-      <c r="C9" s="16">
+      <c r="B9" s="16"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
+      <c r="E9" s="16">
         <v>5575.5322850000002</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>6678.365957</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>7291.9460239999999</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>7726.6197750000001</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>6355.4513109999998</v>
+        <v>8103.1235740000002</v>
       </c>
       <c r="J9" s="16">
-        <v>6782.9924879999999</v>
+        <v>4.8728138560435381</v>
       </c>
       <c r="K9" s="16">
-        <v>6.7271568308612935</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.7972674275533578</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="16">
-[...2 lines deleted...]
-      <c r="C10" s="16">
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
+      <c r="E10" s="16">
         <v>2767.9237129999992</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>3000.5924410000007</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>2828.393004999999</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>1807.8027850000008</v>
       </c>
-      <c r="G10" s="16" t="s">
+      <c r="I10" s="16">
+        <v>1436.409095</v>
+      </c>
+      <c r="J10" s="16" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>1240.0325339999999</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="17">
-[...2 lines deleted...]
-      <c r="C11" s="17">
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
+      <c r="E11" s="17">
         <v>149.64411596084946</v>
       </c>
-      <c r="D11" s="17">
+      <c r="F11" s="17">
         <v>144.93003917904346</v>
       </c>
-      <c r="E11" s="17">
+      <c r="G11" s="17">
         <v>138.78790374600828</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>123.39707191040084</v>
       </c>
-      <c r="G11" s="18" t="s">
+      <c r="I11" s="17">
+        <v>117.72660976822466</v>
+      </c>
+      <c r="J11" s="18" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>118.2814964957396</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="24"/>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...11 lines deleted...]
-      <c r="C21" s="124"/>
+      <c r="K20" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="128" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" s="128"/>
+      <c r="C21" s="128"/>
       <c r="D21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="27">
-[...4 lines deleted...]
-      </c>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
       <c r="G21" s="27">
         <v>2</v>
       </c>
       <c r="H21" s="27">
         <v>2</v>
       </c>
       <c r="I21" s="27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J21" s="27">
         <v>3</v>
       </c>
       <c r="K21" s="27">
         <v>3</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C22" s="124"/>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="128"/>
+      <c r="B22" s="128"/>
+      <c r="C22" s="128"/>
       <c r="D22" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E22" s="28">
-[...2 lines deleted...]
-      <c r="F22" s="28">
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
+      <c r="G22" s="28">
         <v>13.114821445843509</v>
       </c>
-      <c r="G22" s="28">
+      <c r="H22" s="28">
         <v>12.345179006630335</v>
       </c>
-      <c r="H22" s="28">
+      <c r="I22" s="28">
         <v>13.085489927508714</v>
       </c>
-      <c r="I22" s="28">
+      <c r="J22" s="28">
         <v>12.084941061403798</v>
       </c>
-      <c r="J22" s="28">
-[...1 lines deleted...]
-      </c>
       <c r="K22" s="28">
-        <v>11.950834799585515</v>
-[...7 lines deleted...]
-      <c r="C23" s="127"/>
+        <v>12.027850872325109</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="129" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" s="129"/>
+      <c r="C23" s="129"/>
       <c r="D23" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="30">
-[...4 lines deleted...]
-      </c>
+      <c r="E23" s="30"/>
+      <c r="F23" s="30"/>
       <c r="G23" s="30">
         <v>3</v>
       </c>
       <c r="H23" s="30">
         <v>3</v>
       </c>
       <c r="I23" s="30">
         <v>3</v>
       </c>
       <c r="J23" s="30">
         <v>3</v>
       </c>
       <c r="K23" s="30">
         <v>3</v>
       </c>
     </row>
-    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C24" s="128"/>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="130"/>
+      <c r="B24" s="130"/>
+      <c r="C24" s="130"/>
       <c r="D24" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E24" s="32">
-[...2 lines deleted...]
-      <c r="F24" s="32">
+      <c r="E24" s="32"/>
+      <c r="F24" s="32"/>
+      <c r="G24" s="32">
         <v>6.7057361859332811</v>
       </c>
-      <c r="G24" s="32">
+      <c r="H24" s="32">
         <v>6.0955374077217943</v>
       </c>
-      <c r="H24" s="32">
+      <c r="I24" s="32">
         <v>6.9349085384954785</v>
       </c>
-      <c r="I24" s="32">
+      <c r="J24" s="32">
         <v>7.2047475040909488</v>
       </c>
-      <c r="J24" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="32">
-        <v>7.2136138652644473</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.2731181651459709</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="24"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="12">
         <v>2023</v>
       </c>
       <c r="K28" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E29" s="125" t="s">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="128" t="s">
+        <v>145</v>
+      </c>
+      <c r="B29" s="128"/>
+      <c r="C29" s="128"/>
+      <c r="D29" s="128"/>
+      <c r="E29" s="141" t="s">
         <v>23</v>
       </c>
-      <c r="F29" s="125"/>
+      <c r="F29" s="141"/>
       <c r="G29" s="27">
         <v>18</v>
       </c>
       <c r="H29" s="27">
         <v>17</v>
       </c>
       <c r="I29" s="27">
         <v>14</v>
       </c>
       <c r="J29" s="27">
         <v>15</v>
       </c>
       <c r="K29" s="27">
         <v>14</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F30" s="125"/>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="128"/>
+      <c r="B30" s="128"/>
+      <c r="C30" s="128"/>
+      <c r="D30" s="128"/>
+      <c r="E30" s="141" t="s">
+        <v>146</v>
+      </c>
+      <c r="F30" s="141"/>
       <c r="G30" s="28">
         <v>1.1356370664456863</v>
       </c>
       <c r="H30" s="28">
         <v>1.1007507728591852</v>
       </c>
       <c r="I30" s="28">
         <v>1.1099564548995771</v>
       </c>
       <c r="J30" s="28">
         <v>1.1783612035905258</v>
       </c>
       <c r="K30" s="28">
         <v>1.2828312950516716</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E31" s="129" t="s">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="129" t="s">
+        <v>147</v>
+      </c>
+      <c r="B31" s="129"/>
+      <c r="C31" s="129"/>
+      <c r="D31" s="129"/>
+      <c r="E31" s="143" t="s">
         <v>23</v>
       </c>
-      <c r="F31" s="129"/>
+      <c r="F31" s="143"/>
       <c r="G31" s="30">
         <v>15</v>
       </c>
       <c r="H31" s="30">
         <v>16</v>
       </c>
       <c r="I31" s="30">
         <v>17</v>
       </c>
       <c r="J31" s="30">
         <v>17</v>
       </c>
       <c r="K31" s="30">
         <v>16</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F32" s="126"/>
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="130"/>
+      <c r="B32" s="130"/>
+      <c r="C32" s="130"/>
+      <c r="D32" s="130"/>
+      <c r="E32" s="142" t="s">
+        <v>148</v>
+      </c>
+      <c r="F32" s="142"/>
       <c r="G32" s="32">
         <v>1.2514995552255626</v>
       </c>
       <c r="H32" s="32">
         <v>1.1893180189841142</v>
       </c>
       <c r="I32" s="32">
         <v>1.039186110757643</v>
       </c>
       <c r="J32" s="32">
         <v>1.131910570401663</v>
       </c>
       <c r="K32" s="32">
         <v>1.1092063615462973</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="F36" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="F36" s="13"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-[...9 lines deleted...]
-      <c r="D37" s="124"/>
+      <c r="K36" s="13">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="128" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="128"/>
+      <c r="C37" s="128"/>
+      <c r="D37" s="128"/>
       <c r="E37" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="F37" s="40">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="40"/>
       <c r="G37" s="40">
         <v>1.940467177157263</v>
       </c>
       <c r="H37" s="40">
         <v>2.0992350796473249</v>
       </c>
       <c r="I37" s="40">
         <v>0.56296583534033695</v>
       </c>
       <c r="J37" s="40">
         <v>-0.75758371646355183</v>
       </c>
       <c r="K37" s="40">
-        <v>-0.117366123700633</v>
-[...3 lines deleted...]
-      <c r="A38" s="131" t="s">
+        <v>6.4770955654329535E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="136" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="131"/>
-[...1 lines deleted...]
-      <c r="D38" s="131"/>
+      <c r="B38" s="136"/>
+      <c r="C38" s="136"/>
+      <c r="D38" s="136"/>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="42"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>1.0017378139444362</v>
-[...8 lines deleted...]
-      <c r="D39" s="127"/>
+        <v>0.5285007714086577</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="129" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" s="129"/>
+      <c r="C39" s="129"/>
+      <c r="D39" s="129"/>
       <c r="E39" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="44">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="44"/>
       <c r="G39" s="44">
         <v>0.71815342591477649</v>
       </c>
       <c r="H39" s="44">
         <v>1.3263866629006662</v>
       </c>
       <c r="I39" s="44">
         <v>0.56003224068766666</v>
       </c>
       <c r="J39" s="44">
         <v>0.41339070494328695</v>
       </c>
       <c r="K39" s="44">
-        <v>0.47965743987341464</v>
-[...3 lines deleted...]
-      <c r="A40" s="132" t="s">
+        <v>0.35107393467229431</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="137" t="s">
         <v>36</v>
       </c>
-      <c r="B40" s="132"/>
-[...1 lines deleted...]
-      <c r="D40" s="132"/>
+      <c r="B40" s="137"/>
+      <c r="C40" s="137"/>
+      <c r="D40" s="137"/>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="17"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.4925235055077613</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.886961096989102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23"/>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C46" s="133"/>
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="138" t="s">
+        <v>153</v>
+      </c>
+      <c r="B46" s="138"/>
+      <c r="C46" s="138"/>
       <c r="D46" s="47" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>5381</v>
       </c>
       <c r="H46" s="48">
         <v>5519</v>
       </c>
       <c r="I46" s="48">
         <v>5808</v>
       </c>
       <c r="J46" s="48">
         <v>5415</v>
       </c>
       <c r="K46" s="48">
         <v>4333</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C47" s="124"/>
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="128"/>
+      <c r="B47" s="128"/>
+      <c r="C47" s="128"/>
       <c r="D47" s="50" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>25.985126521151248</v>
       </c>
       <c r="H47" s="51">
         <v>24.504928514341533</v>
       </c>
       <c r="I47" s="51">
         <v>25.318221447253702</v>
       </c>
       <c r="J47" s="51">
         <v>23.983523784214722</v>
       </c>
       <c r="K47" s="51">
         <v>20.466676113551557</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C48" s="128"/>
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="130"/>
+      <c r="B48" s="130"/>
+      <c r="C48" s="130"/>
       <c r="D48" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>2</v>
       </c>
       <c r="H48" s="52">
         <v>3</v>
       </c>
       <c r="I48" s="52">
         <v>3</v>
       </c>
       <c r="J48" s="52">
         <v>3</v>
       </c>
       <c r="K48" s="52">
         <v>4</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="136" t="s">
-[...8 lines deleted...]
-      <c r="A50" s="130" t="s">
+      <c r="G49" s="140" t="s">
+        <v>154</v>
+      </c>
+      <c r="H49" s="140"/>
+      <c r="I49" s="140"/>
+      <c r="J49" s="140"/>
+      <c r="K49" s="140"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="124" t="s">
         <v>48</v>
       </c>
-      <c r="B50" s="130"/>
-[...10 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="124"/>
+      <c r="C50" s="124"/>
+      <c r="D50" s="124"/>
+      <c r="E50" s="124"/>
+      <c r="F50" s="124"/>
+      <c r="G50" s="124"/>
+      <c r="H50" s="124"/>
+      <c r="I50" s="124"/>
+      <c r="J50" s="124"/>
+      <c r="K50" s="124"/>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="124" t="s">
+        <v>154</v>
+      </c>
+      <c r="B52" s="124"/>
+      <c r="C52" s="124"/>
+      <c r="D52" s="124"/>
+      <c r="E52" s="124"/>
+      <c r="F52" s="124"/>
+      <c r="G52" s="124"/>
+      <c r="H52" s="124"/>
+      <c r="I52" s="124"/>
+      <c r="J52" s="124"/>
+      <c r="K52" s="124"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47"/>
       <c r="B56" s="47"/>
       <c r="C56" s="57"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
-      <c r="H56" s="123" t="s">
+      <c r="H56" s="131" t="s">
         <v>59</v>
       </c>
-      <c r="I56" s="123"/>
-      <c r="J56" s="123" t="s">
+      <c r="I56" s="131"/>
+      <c r="J56" s="131" t="s">
         <v>56</v>
       </c>
-      <c r="K56" s="123"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="131"/>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="58"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>4333</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>9534.4225600000009</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
         <v>106</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>143</v>
       </c>
       <c r="I59" s="60">
         <v>3.3002538656819755</v>
       </c>
       <c r="J59" s="60">
         <v>4975.1208409999999</v>
       </c>
       <c r="K59" s="60">
         <v>52.180620375189235</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>1118</v>
       </c>
       <c r="I60" s="60">
         <v>25.801984768059082</v>
       </c>
       <c r="J60" s="60">
         <v>3130.5686129999999</v>
       </c>
       <c r="K60" s="60">
         <v>32.834380826939139</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
         <v>108</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>2978</v>
       </c>
       <c r="I61" s="60">
         <v>68.728363720286183</v>
       </c>
       <c r="J61" s="60">
         <v>878.80216900000005</v>
       </c>
       <c r="K61" s="60">
         <v>9.2171514684786526</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
         <v>109</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>94</v>
       </c>
       <c r="I62" s="60">
         <v>2.1693976459727673</v>
       </c>
       <c r="J62" s="60">
         <v>4.7624E-2</v>
       </c>
       <c r="K62" s="60">
         <v>4.9949537793508489E-4</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>61</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="66">
         <v>549.88331300000027</v>
       </c>
       <c r="K63" s="66">
         <v>5.767347834015041</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="135" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F64" s="139" t="s">
+        <v>154</v>
+      </c>
+      <c r="G64" s="139"/>
+      <c r="H64" s="139"/>
+      <c r="I64" s="139"/>
+      <c r="J64" s="139"/>
+      <c r="K64" s="139"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47"/>
       <c r="B68" s="47"/>
       <c r="C68" s="57"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
-      <c r="H68" s="123" t="s">
+      <c r="H68" s="131" t="s">
         <v>59</v>
       </c>
-      <c r="I68" s="123"/>
-      <c r="J68" s="123" t="s">
+      <c r="I68" s="131"/>
+      <c r="J68" s="131" t="s">
         <v>56</v>
       </c>
-      <c r="K68" s="123"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="131"/>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="58"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>4333</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>9534.4225600000009</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>100</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>2657</v>
       </c>
       <c r="I71" s="60">
         <v>61.320101546272788</v>
       </c>
       <c r="J71" s="60">
         <v>3086.5912250000001</v>
       </c>
       <c r="K71" s="67">
         <v>32.373132253957912</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>101</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>598</v>
       </c>
       <c r="I72" s="67">
         <v>13.801061620124624</v>
       </c>
       <c r="J72" s="60">
         <v>2032.382394</v>
       </c>
       <c r="K72" s="67">
         <v>21.316260960852563</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>102</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>368</v>
       </c>
       <c r="I73" s="67">
         <v>8.4929609969997699</v>
       </c>
       <c r="J73" s="60">
         <v>1546.342907</v>
       </c>
       <c r="K73" s="67">
         <v>16.218527102914557</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>103</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>710</v>
       </c>
       <c r="I74" s="67">
         <v>16.385875836602814</v>
       </c>
       <c r="J74" s="60">
         <v>2319.2227210000001</v>
       </c>
       <c r="K74" s="67">
         <v>24.32473184825993</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
         <v>104</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>214</v>
       </c>
       <c r="I75" s="71">
         <v>4.9388414493422577</v>
       </c>
       <c r="J75" s="72">
         <v>559.76132799999993</v>
       </c>
       <c r="K75" s="71">
         <v>5.8709515387788711</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>61</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="78">
         <v>549.88331300000027</v>
       </c>
       <c r="K76" s="78">
         <v>5.767347834015041</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="135" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F77" s="139" t="s">
+        <v>154</v>
+      </c>
+      <c r="G77" s="139"/>
+      <c r="H77" s="139"/>
+      <c r="I77" s="139"/>
+      <c r="J77" s="139"/>
+      <c r="K77" s="139"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23"/>
       <c r="B81" s="23"/>
       <c r="C81" s="23"/>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="F81" s="13">
+        <v>2024</v>
+      </c>
+      <c r="G81" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="F81" s="13">
-[...2 lines deleted...]
-      <c r="G81" s="13" t="s">
+      <c r="H81" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I81" s="13" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
-        <v>1448.1544859999997</v>
+        <v>1495.8059030000004</v>
       </c>
       <c r="E82" s="16">
-        <v>19.83688638357598</v>
+        <v>17.927893469547371</v>
       </c>
       <c r="F82" s="16">
-        <v>1700.6964069999999</v>
+        <v>1478.8921579999999</v>
       </c>
       <c r="G82" s="16">
-        <v>16.804737490776013</v>
+        <v>15.511082592504689</v>
       </c>
       <c r="H82" s="16">
-        <v>1478.8921579999999</v>
+        <v>1480.3274250000002</v>
       </c>
       <c r="I82" s="16">
-        <v>15.511082592504689</v>
+        <v>15.51781912556916</v>
       </c>
       <c r="J82" s="16">
-        <v>-13.041966107946276</v>
+        <v>9.7050146099989978E-2</v>
       </c>
       <c r="K82" s="16">
-        <v>-221.80424900000003</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.4352670000002945</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
-        <v>784.25934800000016</v>
+        <v>1006.3181999999999</v>
       </c>
       <c r="E83" s="16">
-        <v>10.742820418631347</v>
+        <v>12.06116746155578</v>
       </c>
       <c r="F83" s="16">
-        <v>1263.6477379999997</v>
+        <v>1154.2269100000001</v>
       </c>
       <c r="G83" s="16">
-        <v>12.486219427817549</v>
+        <v>12.105892126518041</v>
       </c>
       <c r="H83" s="16">
-        <v>1180.0723850000002</v>
+        <v>1204.119449</v>
       </c>
       <c r="I83" s="16">
-        <v>12.376967536039226</v>
+        <v>12.622415487007544</v>
       </c>
       <c r="J83" s="16">
-        <v>-6.6138173231945059</v>
+        <v>4.3225936397549365</v>
       </c>
       <c r="K83" s="16">
-        <v>-83.575352999999495</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>49.892538999999942</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
-        <v>849.32819700000016</v>
+        <v>1059.7921890000002</v>
       </c>
       <c r="E84" s="16">
-        <v>11.634136488292068</v>
+        <v>12.702076804312767</v>
       </c>
       <c r="F84" s="16">
-        <v>1363.0896260000002</v>
+        <v>1180.0723850000002</v>
       </c>
       <c r="G84" s="16">
-        <v>13.468813861808822</v>
+        <v>12.376967536039226</v>
       </c>
       <c r="H84" s="16">
-        <v>1154.2269100000001</v>
+        <v>1138.4313419999996</v>
       </c>
       <c r="I84" s="16">
-        <v>12.105892126518041</v>
+        <v>11.933827174778552</v>
       </c>
       <c r="J84" s="16">
-        <v>-15.322742688087926</v>
+        <v>-3.5286854882211762</v>
       </c>
       <c r="K84" s="16">
-        <v>-208.86271600000009</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-41.641043000000536</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
-        <v>489.71073999999999</v>
+        <v>641.10567600000002</v>
       </c>
       <c r="E85" s="16">
-        <v>6.708080114456048</v>
+        <v>7.6839342851892392</v>
       </c>
       <c r="F85" s="16">
-        <v>693.06296499999996</v>
+        <v>686.52159400000005</v>
       </c>
       <c r="G85" s="16">
-        <v>6.8482188493292222</v>
+        <v>7.2004527770793496</v>
       </c>
       <c r="H85" s="16">
-        <v>686.52159400000005</v>
+        <v>695.34200699999997</v>
       </c>
       <c r="I85" s="16">
-        <v>7.2004527770793496</v>
+        <v>7.2890573482662075</v>
       </c>
       <c r="J85" s="16">
-        <v>-0.94383502370522909</v>
+        <v>1.2847976053612549</v>
       </c>
       <c r="K85" s="16">
-        <v>-6.5413709999999128</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.8204129999999168</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
-        <v>399.00562300000007</v>
+        <v>490.57874400000003</v>
       </c>
       <c r="E86" s="16">
-        <v>5.4655972732034579</v>
+        <v>5.879802615577959</v>
       </c>
       <c r="F86" s="16">
-        <v>631.46026799999993</v>
+        <v>552.8958550000001</v>
       </c>
       <c r="G86" s="16">
-        <v>6.2395169390130123</v>
+        <v>5.7989443148825579</v>
       </c>
       <c r="H86" s="16">
-        <v>552.8958550000001</v>
+        <v>558.4448470000001</v>
       </c>
       <c r="I86" s="16">
-        <v>5.7989443148825579</v>
+        <v>5.8540063373831934</v>
       </c>
       <c r="J86" s="16">
-        <v>-12.441703299691984</v>
+        <v>1.0036233677317037</v>
       </c>
       <c r="K86" s="16">
-        <v>-78.564412999999831</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.5489919999999984</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
-        <v>359.84603600000008</v>
+        <v>396.32611600000001</v>
       </c>
       <c r="E87" s="16">
-        <v>4.9291874594325531</v>
+        <v>4.7501432990717865</v>
       </c>
       <c r="F87" s="16">
-        <v>487.87637599999999</v>
+        <v>486.95057200000008</v>
       </c>
       <c r="G87" s="16">
-        <v>4.820751306868102</v>
+        <v>5.1072896018151726</v>
       </c>
       <c r="H87" s="16">
-        <v>486.95057200000008</v>
+        <v>469.84744599999993</v>
       </c>
       <c r="I87" s="16">
-        <v>5.1072896018151726</v>
+        <v>4.9252669108921099</v>
       </c>
       <c r="J87" s="16">
-        <v>-0.18976200643089022</v>
+        <v>-3.5122920032220728</v>
       </c>
       <c r="K87" s="16">
-        <v>-0.92580399999991414</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-17.103126000000145</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
-        <v>302.38203699999997</v>
+        <v>372.33660699999996</v>
       </c>
       <c r="E88" s="16">
-        <v>4.1420429728954131</v>
+        <v>4.4626184531835769</v>
       </c>
       <c r="F88" s="16">
-        <v>452.97685399999995</v>
+        <v>468.19738299999989</v>
       </c>
       <c r="G88" s="16">
-        <v>4.4759059227362572</v>
+        <v>4.9106003017344744</v>
       </c>
       <c r="H88" s="16">
-        <v>468.19738299999989</v>
+        <v>468.97667500000006</v>
       </c>
       <c r="I88" s="16">
-        <v>4.9106003017344744</v>
+        <v>4.9161388851259256</v>
       </c>
       <c r="J88" s="16">
-        <v>3.3601118612563687</v>
+        <v>0.1664451849360655</v>
       </c>
       <c r="K88" s="16">
-        <v>15.220528999999942</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.77929200000016863</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
-        <v>340.97544199999999</v>
+        <v>360.95521500000001</v>
       </c>
       <c r="E89" s="16">
-        <v>4.6706971997348097</v>
+        <v>4.3262074503242323</v>
       </c>
       <c r="F89" s="16">
-        <v>426.32639699999999</v>
+        <v>437.17425999999995</v>
       </c>
       <c r="G89" s="16">
-        <v>4.2125703079546506</v>
+        <v>4.5852201037752192</v>
       </c>
       <c r="H89" s="16">
-        <v>437.17425999999995</v>
+        <v>458.30743100000007</v>
       </c>
       <c r="I89" s="16">
-        <v>4.5852201037752192</v>
+        <v>4.8042964671564254</v>
       </c>
       <c r="J89" s="16">
-        <v>2.5444971449891152</v>
+        <v>4.8340382619965139</v>
       </c>
       <c r="K89" s="16">
-        <v>10.847862999999961</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21.133171000000118</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
-        <v>229.85213399999995</v>
+        <v>247.60808799999998</v>
       </c>
       <c r="E90" s="16">
-        <v>3.1485250442959174</v>
+        <v>2.9676921417138633</v>
       </c>
       <c r="F90" s="16">
-        <v>347.30377199999998</v>
+        <v>392.20491899999996</v>
       </c>
       <c r="G90" s="16">
-        <v>3.4317404881871569</v>
+        <v>4.1135676180897098</v>
       </c>
       <c r="H90" s="16">
-        <v>392.20491899999996</v>
+        <v>378.55457800000005</v>
       </c>
       <c r="I90" s="16">
-        <v>4.1135676180897098</v>
+        <v>3.9682717291819158</v>
       </c>
       <c r="J90" s="16">
-        <v>12.928493906481378</v>
+        <v>-3.4804104534955909</v>
       </c>
       <c r="K90" s="16">
-        <v>44.90114699999998</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-13.650340999999912</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
-        <v>328.10464900000005</v>
+        <v>341.83658800000001</v>
       </c>
       <c r="E91" s="16">
-        <v>4.4943924885484074</v>
+        <v>4.0970622734984312</v>
       </c>
       <c r="F91" s="16">
-        <v>392.63505200000003</v>
+        <v>352.52092399999992</v>
       </c>
       <c r="G91" s="16">
-        <v>3.8796630317907117</v>
+        <v>3.697349491084438</v>
       </c>
       <c r="H91" s="16">
-        <v>352.52092399999992</v>
+        <v>352.37856600000003</v>
       </c>
       <c r="I91" s="16">
-        <v>3.697349491084438</v>
+        <v>3.6938766103826217</v>
       </c>
       <c r="J91" s="16">
-        <v>-10.216644641294049</v>
+        <v>-4.0382851146698991E-2</v>
       </c>
       <c r="K91" s="16">
-        <v>-40.114128000000107</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.14235799999988785</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
-        <v>243.28421000000003</v>
+        <v>228.05961900000003</v>
       </c>
       <c r="E92" s="16">
-        <v>3.3325182356877638</v>
+        <v>2.7333951189371399</v>
       </c>
       <c r="F92" s="16">
-        <v>356.03476700000004</v>
+        <v>309.8580619999999</v>
       </c>
       <c r="G92" s="16">
-        <v>3.5180122521565389</v>
+        <v>3.2498880771233605</v>
       </c>
       <c r="H92" s="16">
-        <v>335.32655499999998</v>
+        <v>338.70446000000004</v>
       </c>
       <c r="I92" s="16">
-        <v>3.5170095817527933</v>
+        <v>3.5505351441445967</v>
       </c>
       <c r="J92" s="16">
-        <v>-5.8163454581951139</v>
+        <v>9.3095521910287253</v>
       </c>
       <c r="K92" s="16">
-        <v>-20.70821200000006</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28.846398000000136</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
-        <v>203.035607</v>
+        <v>283.67106100000001</v>
       </c>
       <c r="E93" s="16">
-        <v>2.7811910309404553</v>
+        <v>3.3999227786183384</v>
       </c>
       <c r="F93" s="16">
-        <v>297.37540300000001</v>
+        <v>335.32655499999998</v>
       </c>
       <c r="G93" s="16">
-        <v>2.9383936857042618</v>
+        <v>3.5170095817527933</v>
       </c>
       <c r="H93" s="16">
-        <v>309.8580619999999</v>
+        <v>324.49423099999996</v>
       </c>
       <c r="I93" s="16">
-        <v>3.2498880771233605</v>
+        <v>3.4015736646564232</v>
       </c>
       <c r="J93" s="16">
-        <v>4.1976097801202137</v>
+        <v>-3.2303806061527185</v>
       </c>
       <c r="K93" s="16">
-        <v>12.482658999999899</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-10.832324000000028</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
-        <v>316.56327700000003</v>
+        <v>288.70520099999999</v>
       </c>
       <c r="E94" s="16">
-        <v>4.3362982470238283</v>
+        <v>3.4602591668153484</v>
       </c>
       <c r="F94" s="16">
-        <v>302.88519600000001</v>
+        <v>293.080467</v>
       </c>
       <c r="G94" s="16">
-        <v>2.9928364566846768</v>
+        <v>3.0739194236006249</v>
       </c>
       <c r="H94" s="16">
-        <v>293.080467</v>
+        <v>275.30032400000005</v>
       </c>
       <c r="I94" s="16">
-        <v>3.0739194236006249</v>
+        <v>2.8858890005652547</v>
       </c>
       <c r="J94" s="16">
-        <v>-3.2371106708034709</v>
+        <v>-6.0666421007169857</v>
       </c>
       <c r="K94" s="16">
-        <v>-9.8047290000000089</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-17.780142999999953</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
-        <v>39.004306999999997</v>
+        <v>100.13839900000001</v>
       </c>
       <c r="E95" s="16">
-        <v>0.5342827812288512</v>
+        <v>1.200202877848269</v>
       </c>
       <c r="F95" s="16">
-        <v>133.10179400000001</v>
+        <v>138.04801999999998</v>
       </c>
       <c r="G95" s="16">
-        <v>1.315191058506979</v>
+        <v>1.4478907257494151</v>
       </c>
       <c r="H95" s="16">
-        <v>156.88393300000001</v>
+        <v>161.49870100000001</v>
       </c>
       <c r="I95" s="16">
-        <v>1.6454476609645881</v>
+        <v>1.6929414322864249</v>
       </c>
       <c r="J95" s="16">
-        <v>17.867632197354151</v>
+        <v>16.987336000907536</v>
       </c>
       <c r="K95" s="16">
-        <v>23.782139000000001</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>23.450681000000031</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
-        <v>105.210579</v>
+        <v>53.442534000000002</v>
       </c>
       <c r="E96" s="16">
-        <v>1.4411793231659715</v>
+        <v>0.64053234070882203</v>
       </c>
       <c r="F96" s="16">
-        <v>144.74375400000002</v>
+        <v>156.88393300000001</v>
       </c>
       <c r="G96" s="16">
-        <v>1.4302263351576898</v>
+        <v>1.6454476609645881</v>
       </c>
       <c r="H96" s="16">
-        <v>138.04801999999998</v>
+        <v>154.782115</v>
       </c>
       <c r="I96" s="16">
-        <v>1.4478907257494151</v>
+        <v>1.6225335178418687</v>
       </c>
       <c r="J96" s="16">
-        <v>-4.625922580396832</v>
+        <v>-1.3397280140854249</v>
       </c>
       <c r="K96" s="16">
-        <v>-6.6957340000000443</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.1018180000000086</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
-        <v>83.791755999999992</v>
+        <v>84.336137999999991</v>
       </c>
       <c r="E97" s="16">
-        <v>1.1477833060776923</v>
+        <v>1.0108058102088167</v>
       </c>
       <c r="F97" s="16">
-        <v>51.528855999999998</v>
+        <v>93.500771000000015</v>
       </c>
       <c r="G97" s="16">
-        <v>0.50916136161390657</v>
+        <v>0.98066527271684101</v>
       </c>
       <c r="H97" s="16">
-        <v>93.500771000000015</v>
+        <v>54.932136</v>
       </c>
       <c r="I97" s="16">
-        <v>0.98066527271684101</v>
+        <v>0.57583676167396958</v>
       </c>
       <c r="J97" s="16">
-        <v>81.453224965832774</v>
+        <v>-41.24953686210781</v>
       </c>
       <c r="K97" s="16">
-        <v>41.971915000000017</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-38.568635000000015</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
-        <v>777.80301200000008</v>
+        <v>892.43972000000008</v>
       </c>
       <c r="E98" s="16">
-        <v>10.654381232809433</v>
+        <v>10.696283652888274</v>
       </c>
       <c r="F98" s="16">
-        <v>1075.5938040000001</v>
+        <v>1018.0677920000002</v>
       </c>
       <c r="G98" s="16">
-        <v>10.62804122389446</v>
+        <v>10.677812794569491</v>
       </c>
       <c r="H98" s="16">
-        <v>1018.0677920000002</v>
+        <v>1025.0909360000003</v>
       </c>
       <c r="I98" s="16">
-        <v>10.677812794569491</v>
+        <v>10.745714403087812</v>
       </c>
       <c r="J98" s="16">
-        <v>-5.3483026571990102</v>
+        <v>0.68985032776678923</v>
       </c>
       <c r="K98" s="16">
-        <v>-57.526011999999923</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.0231440000001157</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="96"/>
       <c r="C99" s="97"/>
       <c r="D99" s="17">
-        <v>7300.3114400000004</v>
+        <v>8343.4559979999995</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>10120.339028999999</v>
+        <v>9534.4225600000009</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>9534.4225600000009</v>
+        <v>9539.5326690000002</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>-5.7894944756400415</v>
+        <v>5.3596418323620887E-2</v>
       </c>
       <c r="K99" s="17">
-        <v>-585.91646899999796</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.1101089999992837</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23"/>
       <c r="B107" s="23"/>
       <c r="C107" s="23"/>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="F107" s="13">
+        <v>2024</v>
+      </c>
+      <c r="G107" s="13" t="s">
         <v>160</v>
       </c>
-      <c r="F107" s="13">
-[...2 lines deleted...]
-      <c r="G107" s="13" t="s">
+      <c r="H107" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I107" s="13" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
-        <v>1430.5326329999998</v>
+        <v>1298.9932279999998</v>
       </c>
       <c r="E108" s="16">
-        <v>28.126082149918446</v>
+        <v>23.2981025236768</v>
       </c>
       <c r="F108" s="16">
-        <v>1944.9233509999999</v>
+        <v>2043.5247039999999</v>
       </c>
       <c r="G108" s="16">
-        <v>26.672212665846253</v>
+        <v>26.447848651902895</v>
       </c>
       <c r="H108" s="16">
-        <v>2043.5247039999999</v>
+        <v>2147.6434160000003</v>
       </c>
       <c r="I108" s="16">
-        <v>26.447848651902895</v>
+        <v>26.503895644526676</v>
       </c>
       <c r="J108" s="16">
-        <v>5.0696780903629568</v>
+        <v>5.095055214952783</v>
       </c>
       <c r="K108" s="16">
-        <v>98.601353000000017</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>104.11871200000041</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
-        <v>794.32798500000013</v>
+        <v>948.55069600000002</v>
       </c>
       <c r="E109" s="16">
-        <v>15.617493543811516</v>
+        <v>17.012737932697668</v>
       </c>
       <c r="F109" s="16">
-        <v>1085.9676910000003</v>
+        <v>1246.6982439999999</v>
       </c>
       <c r="G109" s="16">
-        <v>14.892700623753278</v>
+        <v>16.135105392836547</v>
       </c>
       <c r="H109" s="16">
-        <v>1246.6982439999999</v>
+        <v>1300.8706060000002</v>
       </c>
       <c r="I109" s="16">
-        <v>16.135105392836547</v>
+        <v>16.053940114822197</v>
       </c>
       <c r="J109" s="16">
-        <v>14.80067540978064</v>
+        <v>4.3452665679699356</v>
       </c>
       <c r="K109" s="16">
-        <v>160.73055299999965</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>54.172362000000248</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
-        <v>565.91471300000001</v>
+        <v>638.30796500000008</v>
       </c>
       <c r="E110" s="16">
-        <v>11.126599520002367</v>
+        <v>11.448377166019764</v>
       </c>
       <c r="F110" s="16">
-        <v>815.70023900000001</v>
+        <v>892.53791599999988</v>
       </c>
       <c r="G110" s="16">
-        <v>11.18631756619267</v>
+        <v>11.551466773191901</v>
       </c>
       <c r="H110" s="16">
-        <v>892.53791599999988</v>
+        <v>894.61558000000002</v>
       </c>
       <c r="I110" s="16">
-        <v>11.551466773191901</v>
+        <v>11.040379328170419</v>
       </c>
       <c r="J110" s="16">
-        <v>9.419842403650426</v>
+        <v>0.23278159535355145</v>
       </c>
       <c r="K110" s="16">
-        <v>76.837676999999871</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.0776640000001407</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
-        <v>451.71528700000005</v>
+        <v>521.21227499999998</v>
       </c>
       <c r="E111" s="16">
-        <v>8.8812942658232874</v>
+        <v>9.3482065632052915</v>
       </c>
       <c r="F111" s="16">
-        <v>712.68011099999978</v>
+        <v>682.91363500000011</v>
       </c>
       <c r="G111" s="16">
-        <v>9.7735242232231823</v>
+        <v>8.8384527113604499</v>
       </c>
       <c r="H111" s="16">
-        <v>682.91363500000011</v>
+        <v>846.18197899999996</v>
       </c>
       <c r="I111" s="16">
-        <v>8.8384527113604499</v>
+        <v>10.442664131583685</v>
       </c>
       <c r="J111" s="16">
-        <v>-4.1766952017550656</v>
+        <v>23.907612270766833</v>
       </c>
       <c r="K111" s="16">
-        <v>-29.76647599999967</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>163.26834399999984</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
-        <v>337.27796699999993</v>
+        <v>460.75674200000009</v>
       </c>
       <c r="E112" s="16">
-        <v>6.6313117145084259</v>
+        <v>8.263905909747594</v>
       </c>
       <c r="F112" s="16">
-        <v>528.62607000000003</v>
+        <v>520.01930399999992</v>
       </c>
       <c r="G112" s="16">
-        <v>7.2494512200190693</v>
+        <v>6.7302302836559598</v>
       </c>
       <c r="H112" s="16">
-        <v>520.01930399999992</v>
+        <v>534.92397499999993</v>
       </c>
       <c r="I112" s="16">
-        <v>6.7302302836559598</v>
+        <v>6.6014539962882699</v>
       </c>
       <c r="J112" s="16">
-        <v>-1.6281387711355413</v>
+        <v>2.8661764833253209</v>
       </c>
       <c r="K112" s="16">
-        <v>-8.6067660000001069</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14.904671000000008</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
-        <v>274.64184399999999</v>
+        <v>325.14955700000002</v>
       </c>
       <c r="E113" s="16">
-        <v>5.3998062595396146</v>
+        <v>5.8317222532233979</v>
       </c>
       <c r="F113" s="16">
-        <v>409.96889999999996</v>
+        <v>437.39026100000001</v>
       </c>
       <c r="G113" s="16">
-        <v>5.6222152310325439</v>
+        <v>5.6608228919870722</v>
       </c>
       <c r="H113" s="16">
-        <v>437.39026100000001</v>
+        <v>469.21076700000003</v>
       </c>
       <c r="I113" s="16">
-        <v>5.6608228919870722</v>
+        <v>5.7904925516072359</v>
       </c>
       <c r="J113" s="16">
-        <v>6.6886441874005689</v>
+        <v>7.275083337989555</v>
       </c>
       <c r="K113" s="16">
-        <v>27.421361000000047</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>31.820506000000023</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
-        <v>295.33436399999999</v>
+        <v>320.96602299999995</v>
       </c>
       <c r="E114" s="16">
-        <v>5.8066473926833639</v>
+        <v>5.7566884486258507</v>
       </c>
       <c r="F114" s="16">
-        <v>426.42565500000001</v>
+        <v>423.01405100000005</v>
       </c>
       <c r="G114" s="16">
-        <v>5.847899224658331</v>
+        <v>5.47476209931658</v>
       </c>
       <c r="H114" s="16">
-        <v>423.01405100000005</v>
+        <v>371.93709699999994</v>
       </c>
       <c r="I114" s="16">
-        <v>5.47476209931658</v>
+        <v>4.5900459693520146</v>
       </c>
       <c r="J114" s="16">
-        <v>-0.8000466107040286</v>
+        <v>-12.074528938047051</v>
       </c>
       <c r="K114" s="16">
-        <v>-3.4116039999999543</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-51.076954000000114</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
-        <v>197.95322200000001</v>
+        <v>187.69697299999996</v>
       </c>
       <c r="E115" s="16">
-        <v>3.892010888375899</v>
+        <v>3.3664404294629593</v>
       </c>
       <c r="F115" s="16">
-        <v>244.54990399999997</v>
+        <v>266.57737899999995</v>
       </c>
       <c r="G115" s="16">
-        <v>3.3536987684098629</v>
+        <v>3.450116438530197</v>
       </c>
       <c r="H115" s="16">
-        <v>266.57737899999995</v>
+        <v>292.38739900000002</v>
       </c>
       <c r="I115" s="16">
-        <v>3.450116438530197</v>
+        <v>3.6083295081191369</v>
       </c>
       <c r="J115" s="16">
-        <v>9.0073537710323457</v>
+        <v>9.681999311727072</v>
       </c>
       <c r="K115" s="16">
-        <v>22.027474999999981</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>25.810020000000065</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
-        <v>155.71900299999999</v>
+        <v>180.77356000000003</v>
       </c>
       <c r="E116" s="16">
-        <v>3.0616326881662945</v>
+        <v>3.2422655050593079</v>
       </c>
       <c r="F116" s="16">
-        <v>206.82140999999999</v>
+        <v>234.79489500000003</v>
       </c>
       <c r="G116" s="16">
-        <v>2.8362992446637447</v>
+        <v>3.0387789465154578</v>
       </c>
       <c r="H116" s="16">
-        <v>234.79489500000003</v>
+        <v>238.86958799999999</v>
       </c>
       <c r="I116" s="16">
-        <v>3.0387789465154578</v>
+        <v>2.9478704825191895</v>
       </c>
       <c r="J116" s="16">
-        <v>13.5254299832885</v>
+        <v>1.7354265730521814</v>
       </c>
       <c r="K116" s="16">
-        <v>27.973485000000039</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.0746929999999679</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
-        <v>77.212283999999997</v>
+        <v>70.257199000000014</v>
       </c>
       <c r="E117" s="16">
-        <v>1.5180912288680615</v>
+        <v>1.2600985055546137</v>
       </c>
       <c r="F117" s="16">
-        <v>100.711029</v>
+        <v>97.719332000000009</v>
       </c>
       <c r="G117" s="16">
-        <v>1.3811269127408452</v>
+        <v>1.2647099876219807</v>
       </c>
       <c r="H117" s="16">
-        <v>116.149292</v>
+        <v>103.657017</v>
       </c>
       <c r="I117" s="16">
-        <v>1.5032355076641519</v>
+        <v>1.2792229570902505</v>
       </c>
       <c r="J117" s="16">
-        <v>15.329267462851567</v>
+        <v>6.0762644181808234</v>
       </c>
       <c r="K117" s="16">
-        <v>15.438263000000006</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.9376849999999877</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
-        <v>70.925750999999991</v>
+        <v>82.362750999999989</v>
       </c>
       <c r="E118" s="16">
-        <v>1.3944900333990915</v>
+        <v>1.4772177218233074</v>
       </c>
       <c r="F118" s="16">
-        <v>89.983672000000013</v>
+        <v>103.90557300000003</v>
       </c>
       <c r="G118" s="16">
-        <v>1.2340145100338995</v>
+        <v>1.3447739894771777</v>
       </c>
       <c r="H118" s="16">
-        <v>103.90557300000003</v>
+        <v>99.923084000000003</v>
       </c>
       <c r="I118" s="16">
-        <v>1.3447739894771777</v>
+        <v>1.2331427885490618</v>
       </c>
       <c r="J118" s="16">
-        <v>15.471585778362121</v>
+        <v>-3.8327963409624126</v>
       </c>
       <c r="K118" s="16">
-        <v>13.92190100000002</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.9824890000000295</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
-        <v>58.617915000000004</v>
+        <v>63.469566000000007</v>
       </c>
       <c r="E119" s="16">
-        <v>1.1525023999553436</v>
+        <v>1.1383588643321794</v>
       </c>
       <c r="F119" s="16">
-        <v>92.09593000000001</v>
+        <v>84.951608999999991</v>
       </c>
       <c r="G119" s="16">
-        <v>1.2629815099684563</v>
+        <v>1.0994666681394969</v>
       </c>
       <c r="H119" s="16">
-        <v>97.719332000000009</v>
+        <v>96.899687999999998</v>
       </c>
       <c r="I119" s="16">
-        <v>1.2647099876219807</v>
+        <v>1.1958313003014804</v>
       </c>
       <c r="J119" s="16">
-        <v>6.1060266181143925</v>
+        <v>14.064570572171281</v>
       </c>
       <c r="K119" s="16">
-        <v>5.6234019999999987</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>11.948079000000007</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
-        <v>55.880714999999995</v>
+        <v>84.300991999999994</v>
       </c>
       <c r="E120" s="16">
-        <v>1.098685583557869</v>
+        <v>1.511981057428313</v>
       </c>
       <c r="F120" s="16">
-        <v>84.040215000000003</v>
+        <v>116.149292</v>
       </c>
       <c r="G120" s="16">
-        <v>1.152507365295879</v>
+        <v>1.5032355076641519</v>
       </c>
       <c r="H120" s="16">
-        <v>84.951608999999991</v>
+        <v>95.016711999999998</v>
       </c>
       <c r="I120" s="16">
-        <v>1.0994666681394969</v>
+        <v>1.1725936440717053</v>
       </c>
       <c r="J120" s="16">
-        <v>1.0844736653755431</v>
+        <v>-18.194325282671549</v>
       </c>
       <c r="K120" s="16">
-        <v>0.91139399999998716</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-21.132580000000004</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
-        <v>36.177833999999997</v>
+        <v>60.638573999999991</v>
       </c>
       <c r="E121" s="16">
-        <v>0.71130200571252022</v>
+        <v>1.0875835866494312</v>
       </c>
       <c r="F121" s="16">
-        <v>73.993870999999999</v>
+        <v>81.867981999999998</v>
       </c>
       <c r="G121" s="16">
-        <v>1.014734211642047</v>
+        <v>1.0595575346529849</v>
       </c>
       <c r="H121" s="16">
-        <v>84.504964999999999</v>
+        <v>84.969689000000017</v>
       </c>
       <c r="I121" s="16">
-        <v>1.0936860808580424</v>
+        <v>1.0486041367138603</v>
       </c>
       <c r="J121" s="16">
-        <v>14.20535763022859</v>
+        <v>3.7886691771638135</v>
       </c>
       <c r="K121" s="16">
-        <v>10.511094</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.1017070000000189</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
-        <v>55.059384999999999</v>
+        <v>36.654077999999991</v>
       </c>
       <c r="E122" s="16">
-        <v>1.0825371962234627</v>
+        <v>0.65740948355032236</v>
       </c>
       <c r="F122" s="16">
-        <v>73.092928000000001</v>
+        <v>84.504964999999999</v>
       </c>
       <c r="G122" s="16">
-        <v>1.0023788952829473</v>
+        <v>1.0936860808580424</v>
       </c>
       <c r="H122" s="16">
-        <v>81.867981999999998</v>
+        <v>84.822319999999991</v>
       </c>
       <c r="I122" s="16">
-        <v>1.0595575346529849</v>
+        <v>1.0467854676703217</v>
       </c>
       <c r="J122" s="16">
-        <v>12.005339285354662</v>
+        <v>0.37554598123316429</v>
       </c>
       <c r="K122" s="16">
-        <v>8.7750539999999972</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.31735499999999206</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
-        <v>11.460686000000001</v>
+        <v>27.956220000000002</v>
       </c>
       <c r="E123" s="16">
-        <v>0.22533159222968965</v>
+        <v>0.50140898789540422</v>
       </c>
       <c r="F123" s="16">
-        <v>16.092835999999998</v>
+        <v>45.282730000000001</v>
       </c>
       <c r="G123" s="16">
-        <v>0.22069329568586504</v>
+        <v>0.5860613220093388</v>
       </c>
       <c r="H123" s="16">
-        <v>45.282730000000001</v>
+        <v>25.070937999999995</v>
       </c>
       <c r="I123" s="16">
-        <v>0.5860613220093388</v>
+        <v>0.30939844087338852</v>
       </c>
       <c r="J123" s="16">
-        <v>181.38439986587824</v>
+        <v>-44.634658731927175</v>
       </c>
       <c r="K123" s="16">
-        <v>29.189894000000002</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-20.211792000000006</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
-        <v>217.39096600000002</v>
+        <v>267.48588599999999</v>
       </c>
       <c r="E124" s="16">
-        <v>4.2741815372247638</v>
+        <v>4.7974950610477896</v>
       </c>
       <c r="F124" s="16">
-        <v>386.27221200000008</v>
+        <v>364.76790300000005</v>
       </c>
       <c r="G124" s="16">
-        <v>5.2972445315511303</v>
+        <v>4.7209247202797684</v>
       </c>
       <c r="H124" s="16">
-        <v>364.76790300000005</v>
+        <v>416.12371899999999</v>
       </c>
       <c r="I124" s="16">
-        <v>4.7209247202797684</v>
+        <v>5.1353495377411109</v>
       </c>
       <c r="J124" s="16">
-        <v>-5.5671384924784677</v>
+        <v>14.079039185637981</v>
       </c>
       <c r="K124" s="16">
-        <v>-21.504309000000035</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>51.355815999999948</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B125" s="96"/>
       <c r="C125" s="97"/>
       <c r="D125" s="17">
-        <v>5086.1425539999991</v>
+        <v>5575.5322850000002</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
-        <v>7291.9460239999999</v>
+        <v>7726.6197750000001</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>7726.6197750000001</v>
+        <v>8103.1235740000002</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>5.9610116362539909</v>
+        <v>4.8728138560435381</v>
       </c>
       <c r="K125" s="17">
-        <v>434.67375100000027</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>376.50379900000007</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="G131" s="13" t="s">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="46"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B131" s="37"/>
+      <c r="C131" s="37"/>
+      <c r="D131" s="37"/>
+      <c r="E131" s="37"/>
+      <c r="F131" s="37"/>
+      <c r="G131" s="37"/>
+      <c r="H131" s="37"/>
+      <c r="I131" s="37"/>
+      <c r="J131" s="37"/>
+      <c r="K131" s="37"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="23"/>
+      <c r="B132" s="23"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="23"/>
+      <c r="E132" s="23"/>
+      <c r="F132" s="23"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J132" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K132" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="H131" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I131" s="13" t="s">
+    </row>
+    <row r="133" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="J131" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K131" s="13" t="s">
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="37"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>388.70635800000002</v>
+      </c>
+      <c r="H133" s="16">
+        <v>449.18331000000001</v>
+      </c>
+      <c r="I133" s="16">
+        <v>4.7086511004850573</v>
+      </c>
+      <c r="J133" s="16">
+        <v>15.558518854996445</v>
+      </c>
+      <c r="K133" s="16">
+        <v>60.476951999999983</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="3" t="s">
         <v>166</v>
       </c>
-    </row>
-[...57 lines deleted...]
-      </c>
       <c r="B134" s="5"/>
-      <c r="C134" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C134" s="5"/>
+      <c r="D134" s="37"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
       <c r="G134" s="16">
-        <v>12.519728116471398</v>
+        <v>466.85103800000002</v>
       </c>
       <c r="H134" s="16">
-        <v>973.24706000000003</v>
+        <v>443.66337900000002</v>
       </c>
       <c r="I134" s="16">
-        <v>12.130674618753545</v>
+        <v>4.6507873539942279</v>
       </c>
       <c r="J134" s="16">
-        <v>-4.0405701268805414</v>
+        <v>-4.9668217723872763</v>
       </c>
       <c r="K134" s="16">
-        <v>-40.980578999999807</v>
-[...4 lines deleted...]
-        <v>20</v>
+        <v>-23.187658999999996</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="3" t="s">
+        <v>167</v>
       </c>
       <c r="B135" s="5"/>
-      <c r="C135" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C135" s="5"/>
+      <c r="D135" s="37"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
       <c r="G135" s="16">
-        <v>7.1706041612883364</v>
+        <v>303.93948399999999</v>
       </c>
       <c r="H135" s="16">
-        <v>593.15045299999997</v>
+        <v>311.314437</v>
       </c>
       <c r="I135" s="16">
-        <v>7.3931023694120039</v>
+        <v>3.2634139197579173</v>
       </c>
       <c r="J135" s="16">
-        <v>2.1100699749971237</v>
+        <v>2.4264544056408299</v>
       </c>
       <c r="K135" s="16">
-        <v>12.257252999999992</v>
-[...4 lines deleted...]
-        <v>8</v>
+        <v>7.374953000000005</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="3" t="s">
+        <v>168</v>
       </c>
       <c r="B136" s="5"/>
-      <c r="C136" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C136" s="5"/>
+      <c r="D136" s="37"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
       <c r="G136" s="16">
-        <v>5.7482638104442714</v>
+        <v>338.34682799999996</v>
       </c>
       <c r="H136" s="16">
-        <v>464.34899000000001</v>
+        <v>299.39068900000001</v>
       </c>
       <c r="I136" s="16">
-        <v>5.7877046217194268</v>
+        <v>3.1384209204808373</v>
       </c>
       <c r="J136" s="16">
-        <v>-0.28344409454131314</v>
+        <v>-11.51367052272172</v>
       </c>
       <c r="K136" s="16">
-        <v>-1.3199109999999337</v>
-[...4 lines deleted...]
-        <v>10</v>
+        <v>-38.956138999999951</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="3" t="s">
+        <v>169</v>
       </c>
       <c r="B137" s="5"/>
-      <c r="C137" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C137" s="5"/>
+      <c r="D137" s="37"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
       <c r="G137" s="16">
-        <v>5.2075799417497146</v>
+        <v>286.27758799999998</v>
       </c>
       <c r="H137" s="16">
-        <v>407.17048299999999</v>
+        <v>294.06424400000003</v>
       </c>
       <c r="I137" s="16">
-        <v>5.0750244687445774</v>
+        <v>3.0825854284833207</v>
       </c>
       <c r="J137" s="16">
-        <v>-3.4838926406319604</v>
+        <v>2.7199670272477112</v>
       </c>
       <c r="K137" s="16">
-        <v>-14.69742500000001</v>
-[...4 lines deleted...]
-        <v>15</v>
+        <v>7.7866560000000504</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="3" t="s">
+        <v>170</v>
       </c>
       <c r="B138" s="5"/>
-      <c r="C138" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C138" s="5"/>
+      <c r="D138" s="37"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
       <c r="G138" s="16">
-        <v>4.8601141214727379</v>
+        <v>269.73387099999997</v>
       </c>
       <c r="H138" s="16">
-        <v>396.88580400000001</v>
+        <v>263.50656500000002</v>
       </c>
       <c r="I138" s="16">
-        <v>4.9468349271215821</v>
+        <v>2.7622586361730295</v>
       </c>
       <c r="J138" s="16">
-        <v>0.80418302185624402</v>
+        <v>-2.3086852151393114</v>
       </c>
       <c r="K138" s="16">
-        <v>3.1662260000000515</v>
-[...4 lines deleted...]
-        <v>16</v>
+        <v>-6.2273059999999418</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="3" t="s">
+        <v>171</v>
       </c>
       <c r="B139" s="5"/>
-      <c r="C139" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C139" s="5"/>
+      <c r="D139" s="37"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
       <c r="G139" s="16">
-        <v>4.5661835056201152</v>
+        <v>247.080601</v>
       </c>
       <c r="H139" s="16">
-        <v>385.16722499999997</v>
+        <v>256.00916699999999</v>
       </c>
       <c r="I139" s="16">
-        <v>4.8007730742934234</v>
+        <v>2.6836657086141793</v>
       </c>
       <c r="J139" s="16">
-        <v>4.1250972261617154</v>
+        <v>3.6136248511067808</v>
       </c>
       <c r="K139" s="16">
-        <v>15.259071000000006</v>
-[...4 lines deleted...]
-        <v>6</v>
+        <v>8.9285659999999893</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="3" t="s">
+        <v>172</v>
       </c>
       <c r="B140" s="5"/>
-      <c r="C140" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C140" s="5"/>
+      <c r="D140" s="37"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
       <c r="G140" s="16">
-        <v>4.1383939431118097</v>
+        <v>169.60908699999999</v>
       </c>
       <c r="H140" s="16">
-        <v>324.32345000000004</v>
+        <v>231.08417399999999</v>
       </c>
       <c r="I140" s="16">
-        <v>4.042408556755964</v>
+        <v>2.4223846389345596</v>
       </c>
       <c r="J140" s="16">
-        <v>-3.2600234839521498</v>
+        <v>36.245161204128181</v>
       </c>
       <c r="K140" s="16">
-        <v>-10.92931899999985</v>
-[...4 lines deleted...]
-        <v>9</v>
+        <v>61.475087000000002</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="3" t="s">
+        <v>173</v>
       </c>
       <c r="B141" s="5"/>
-      <c r="C141" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C141" s="5"/>
+      <c r="D141" s="37"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
       <c r="G141" s="16">
-        <v>3.7511502952083422</v>
+        <v>196.00225399999999</v>
       </c>
       <c r="H141" s="16">
-        <v>304.65348999999998</v>
+        <v>213.68898100000001</v>
       </c>
       <c r="I141" s="16">
-        <v>3.7972396840918141</v>
+        <v>2.2400361570584186</v>
       </c>
       <c r="J141" s="16">
-        <v>0.253870562129276</v>
+        <v>9.0237365331523289</v>
       </c>
       <c r="K141" s="16">
-        <v>0.77146699999991597</v>
-[...4 lines deleted...]
-        <v>22</v>
+        <v>17.686727000000019</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="3" t="s">
+        <v>174</v>
       </c>
       <c r="B142" s="5"/>
-      <c r="C142" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C142" s="5"/>
+      <c r="D142" s="37"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
       <c r="G142" s="16">
-        <v>3.5429307698030632</v>
+        <v>145.19341</v>
       </c>
       <c r="H142" s="16">
-        <v>278.29751099999999</v>
+        <v>169.85836300000003</v>
       </c>
       <c r="I142" s="16">
-        <v>3.4687354238192976</v>
+        <v>1.780573209335272</v>
       </c>
       <c r="J142" s="16">
-        <v>-3.0369847528563052</v>
+        <v>16.987653227512205</v>
       </c>
       <c r="K142" s="16">
-        <v>-8.7165740000000369</v>
-[...192 lines deleted...]
-      <c r="A150" s="4" t="s">
+        <v>24.664953000000025</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="98" t="s">
+        <v>175</v>
+      </c>
+      <c r="B143" s="96"/>
+      <c r="C143" s="96"/>
+      <c r="D143" s="99"/>
+      <c r="E143" s="99"/>
+      <c r="F143" s="99"/>
+      <c r="G143" s="17">
+        <v>2811.7405189999999</v>
+      </c>
+      <c r="H143" s="17">
+        <v>2931.7633090000004</v>
+      </c>
+      <c r="I143" s="17">
+        <v>30.732777073316825</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E150" s="80"/>
-[...6 lines deleted...]
-      <c r="A151" s="4" t="s">
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="E151" s="80"/>
-[...44 lines deleted...]
-      <c r="C156" s="37"/>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="46"/>
+    </row>
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="46"/>
+    </row>
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="46"/>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B149" s="37"/>
+      <c r="C149" s="37"/>
+      <c r="D149" s="37"/>
+      <c r="E149" s="37"/>
+      <c r="F149" s="37"/>
+      <c r="G149" s="37"/>
+      <c r="H149" s="37"/>
+      <c r="I149" s="37"/>
+      <c r="J149" s="37"/>
+      <c r="K149" s="37"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="23"/>
+      <c r="B150" s="23"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="23"/>
+      <c r="E150" s="23"/>
+      <c r="F150" s="23"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J150" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K150" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="37"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>965.36216200000001</v>
+      </c>
+      <c r="H151" s="16">
+        <v>1283.5201050000001</v>
+      </c>
+      <c r="I151" s="16">
+        <v>15.83981896954346</v>
+      </c>
+      <c r="J151" s="16">
+        <v>32.957366211749253</v>
+      </c>
+      <c r="K151" s="16">
+        <v>318.15794300000005</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="37"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="16">
+        <v>353.41166100000004</v>
+      </c>
+      <c r="H152" s="16">
+        <v>392.46644799999996</v>
+      </c>
+      <c r="I152" s="16">
+        <v>4.843397048260293</v>
+      </c>
+      <c r="J152" s="16">
+        <v>11.050791841302575</v>
+      </c>
+      <c r="K152" s="16">
+        <v>39.054786999999919</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="37"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="16">
+        <v>316.63499999999999</v>
+      </c>
+      <c r="H153" s="16">
+        <v>316.571594</v>
+      </c>
+      <c r="I153" s="16">
+        <v>3.9067847245445453</v>
+      </c>
+      <c r="J153" s="16">
+        <v>-2.0024949863403068E-2</v>
+      </c>
+      <c r="K153" s="16">
+        <v>-6.3405999999986307E-2</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="37"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="16">
+        <v>192.035538</v>
+      </c>
+      <c r="H154" s="16">
+        <v>298.24208600000003</v>
+      </c>
+      <c r="I154" s="16">
+        <v>3.680581732172409</v>
+      </c>
+      <c r="J154" s="16">
+        <v>55.305673682128578</v>
+      </c>
+      <c r="K154" s="16">
+        <v>106.20654800000003</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="37"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="16">
+        <v>111.175906</v>
+      </c>
+      <c r="H155" s="16">
+        <v>203.431567</v>
+      </c>
+      <c r="I155" s="16">
+        <v>2.5105326994239419</v>
+      </c>
+      <c r="J155" s="16">
+        <v>82.981703787509502</v>
+      </c>
+      <c r="K155" s="16">
+        <v>92.255661000000003</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
       <c r="D156" s="37"/>
-      <c r="E156" s="37"/>
-[...34 lines deleted...]
-        <v>57</v>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="16">
+        <v>205.361998</v>
+      </c>
+      <c r="H156" s="16">
+        <v>198.86481000000001</v>
+      </c>
+      <c r="I156" s="16">
+        <v>2.454174716501738</v>
+      </c>
+      <c r="J156" s="16">
+        <v>-3.1637732702620056</v>
+      </c>
+      <c r="K156" s="16">
+        <v>-6.4971879999999942</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="37"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="16">
+        <v>120.736559</v>
+      </c>
+      <c r="H157" s="16">
+        <v>137.188896</v>
+      </c>
+      <c r="I157" s="16">
+        <v>1.693037194202365</v>
+      </c>
+      <c r="J157" s="16">
+        <v>13.626640626721853</v>
+      </c>
+      <c r="K157" s="16">
+        <v>16.452337</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="3" t="s">
+        <v>171</v>
       </c>
       <c r="B158" s="5"/>
-      <c r="C158" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C158" s="5"/>
+      <c r="D158" s="37"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
       <c r="G158" s="16">
-        <v>26.14287986321732</v>
+        <v>117.311611</v>
       </c>
       <c r="H158" s="16">
-        <v>1826.3067860000003</v>
+        <v>111.14412200000001</v>
       </c>
       <c r="I158" s="16">
-        <v>26.924794465436541</v>
+        <v>1.3716207211330382</v>
       </c>
       <c r="J158" s="16">
-        <v>9.9192887924515869</v>
+        <v>-5.2573559832879537</v>
       </c>
       <c r="K158" s="16">
-        <v>164.80878500000017</v>
-[...4 lines deleted...]
-        <v>12</v>
+        <v>-6.1674889999999891</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="3" t="s">
+        <v>181</v>
       </c>
       <c r="B159" s="5"/>
-      <c r="C159" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C159" s="5"/>
+      <c r="D159" s="37"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
       <c r="G159" s="16">
-        <v>15.987914992619473</v>
+        <v>90.667321999999999</v>
       </c>
       <c r="H159" s="16">
-        <v>1080.9185339999999</v>
+        <v>99.993506999999994</v>
       </c>
       <c r="I159" s="16">
-        <v>15.935717692630297</v>
+        <v>1.2340118731601613</v>
       </c>
       <c r="J159" s="16">
-        <v>6.3787143088273588</v>
+        <v>10.286159108129382</v>
       </c>
       <c r="K159" s="16">
-        <v>64.814381000000026</v>
-[...4 lines deleted...]
-        <v>17</v>
+        <v>9.3261849999999953</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="3" t="s">
+        <v>182</v>
       </c>
       <c r="B160" s="5"/>
-      <c r="C160" s="79"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C160" s="5"/>
+      <c r="D160" s="37"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
       <c r="G160" s="16">
-        <v>11.565834038060494</v>
+        <v>28.489203</v>
       </c>
       <c r="H160" s="16">
-        <v>756.09940400000005</v>
+        <v>84.362649000000005</v>
       </c>
       <c r="I160" s="16">
-        <v>11.146988668167312</v>
+        <v>1.041112704620343</v>
       </c>
       <c r="J160" s="16">
-        <v>2.8621372107141245</v>
+        <v>196.12147802098923</v>
       </c>
       <c r="K160" s="16">
-        <v>21.038453000000118</v>
-[...191 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>55.873446000000001</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="98" t="s">
+        <v>175</v>
+      </c>
+      <c r="B161" s="96"/>
+      <c r="C161" s="96"/>
+      <c r="D161" s="99"/>
+      <c r="E161" s="99"/>
+      <c r="F161" s="99"/>
+      <c r="G161" s="17">
+        <v>2501.18696</v>
+      </c>
+      <c r="H161" s="17">
+        <v>3125.7857840000006</v>
+      </c>
+      <c r="I161" s="17">
+        <v>38.575072383562301</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="46"/>
+    </row>
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="46"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B166" s="22"/>
+      <c r="C166" s="22"/>
+      <c r="D166" s="22"/>
+      <c r="E166" s="22"/>
+      <c r="F166" s="22"/>
+      <c r="G166" s="22"/>
+      <c r="H166" s="22"/>
+      <c r="I166" s="22"/>
+      <c r="J166" s="22"/>
+      <c r="K166" s="22"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="12"/>
+      <c r="B167" s="12"/>
+      <c r="C167" s="12"/>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K167" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="C168" s="79"/>
+        <v>63</v>
+      </c>
+      <c r="B168" s="22"/>
+      <c r="C168" s="127" t="s">
+        <v>84</v>
+      </c>
       <c r="D168" s="16"/>
       <c r="E168" s="16"/>
-      <c r="F168" s="16">
-[...1 lines deleted...]
-      </c>
+      <c r="F168" s="16"/>
       <c r="G168" s="16">
-        <v>1.1064427301691588</v>
+        <v>5.1517275012455048</v>
       </c>
       <c r="H168" s="16">
-        <v>83.003048000000007</v>
+        <v>7.9358375174352211</v>
       </c>
       <c r="I168" s="16">
-        <v>1.2236936447569897</v>
+        <v>8.9169052282750716</v>
       </c>
       <c r="J168" s="16">
-        <v>18.03714731528893</v>
+        <v>12.389661811973406</v>
       </c>
       <c r="K168" s="16">
-        <v>12.683619000000007</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>18.394936074726175</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-      <c r="C169" s="79"/>
+        <v>64</v>
+      </c>
+      <c r="B169" s="22"/>
+      <c r="C169" s="127"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16"/>
-      <c r="F169" s="16">
-[...1 lines deleted...]
-      </c>
+      <c r="F169" s="16"/>
       <c r="G169" s="16">
-        <v>1.4832444210034796</v>
+        <v>31.008611314689361</v>
       </c>
       <c r="H169" s="16">
-        <v>80.242395000000002</v>
+        <v>26.130840239060021</v>
       </c>
       <c r="I169" s="16">
-        <v>1.1829940124798792</v>
+        <v>26.118669546193292</v>
       </c>
       <c r="J169" s="16">
-        <v>-14.877422957376632</v>
+        <v>-2.2411585319631194E-2</v>
       </c>
       <c r="K169" s="16">
-        <v>-14.024481999999992</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.1139580974130703</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="C170" s="79"/>
+        <v>65</v>
+      </c>
+      <c r="B170" s="22"/>
+      <c r="C170" s="127"/>
       <c r="D170" s="16"/>
       <c r="E170" s="16"/>
-      <c r="F170" s="16">
-[...1 lines deleted...]
-      </c>
+      <c r="F170" s="16"/>
       <c r="G170" s="16">
-        <v>1.3038604332720691</v>
+        <v>26.25944527860803</v>
       </c>
       <c r="H170" s="16">
-        <v>79.681542999999991</v>
+        <v>26.826046457847124</v>
       </c>
       <c r="I170" s="16">
-        <v>1.1747255085563937</v>
+        <v>25.770346512646174</v>
       </c>
       <c r="J170" s="16">
-        <v>-3.8431488635024618</v>
+        <v>-3.9121299476040829</v>
       </c>
       <c r="K170" s="16">
-        <v>-3.1846720000000062</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.7369073305925529</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="C171" s="79"/>
+        <v>87</v>
+      </c>
+      <c r="B171" s="22"/>
+      <c r="C171" s="127"/>
       <c r="D171" s="16"/>
       <c r="E171" s="16"/>
-      <c r="F171" s="16">
-[...1 lines deleted...]
-      </c>
+      <c r="F171" s="16"/>
       <c r="G171" s="16">
-        <v>1.0800326938418425</v>
+        <v>37.580215905457116</v>
       </c>
       <c r="H171" s="16">
-        <v>70.074269000000001</v>
+        <v>39.107275785657635</v>
       </c>
       <c r="I171" s="16">
-        <v>1.0330878166822468</v>
+        <v>39.194078712885464</v>
       </c>
       <c r="J171" s="16">
-        <v>2.0881368312024611</v>
+        <v>0.24619037595939175</v>
       </c>
       <c r="K171" s="16">
-        <v>1.4333170000000024</v>
-[...110 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.311720306730038</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="100" t="s">
+        <v>86</v>
+      </c>
+      <c r="B172" s="101"/>
+      <c r="C172" s="125" t="s">
+        <v>85</v>
+      </c>
+      <c r="D172" s="102"/>
+      <c r="E172" s="102"/>
+      <c r="F172" s="102"/>
+      <c r="G172" s="102">
+        <v>97.299454661785106</v>
+      </c>
+      <c r="H172" s="102">
+        <v>96.633620515766182</v>
+      </c>
+      <c r="I172" s="102">
+        <v>96.605205388599515</v>
+      </c>
+      <c r="J172" s="102">
+        <v>2.4175646851587879E-2</v>
+      </c>
+      <c r="K172" s="102">
+        <v>3.2209401675876048</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B173" s="103"/>
+      <c r="C173" s="126"/>
+      <c r="D173" s="17"/>
+      <c r="E173" s="17"/>
+      <c r="F173" s="17"/>
+      <c r="G173" s="17">
+        <v>2.7005453382148925</v>
+      </c>
+      <c r="H173" s="17">
+        <v>3.3663794842338106</v>
+      </c>
+      <c r="I173" s="17">
+        <v>3.3947946114004792</v>
+      </c>
+      <c r="J173" s="17">
+        <v>0.89813449818787106</v>
+      </c>
+      <c r="K173" s="17">
+        <v>9.4928569455650091</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D174" s="60"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="60"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D176" s="60"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D177" s="60"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D178" s="60"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="123" t="s">
+        <v>89</v>
+      </c>
+      <c r="B179" s="123"/>
+      <c r="C179" s="123"/>
+      <c r="D179" s="123"/>
+      <c r="E179" s="123"/>
+      <c r="F179" s="123"/>
+      <c r="G179" s="123"/>
+      <c r="H179" s="123"/>
+      <c r="I179" s="123"/>
+      <c r="J179" s="123"/>
+      <c r="K179" s="123"/>
+    </row>
+    <row r="180" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="123" t="s">
+        <v>90</v>
+      </c>
+      <c r="B180" s="123"/>
+      <c r="C180" s="123"/>
+      <c r="D180" s="123"/>
+      <c r="E180" s="123"/>
+      <c r="F180" s="123"/>
+      <c r="G180" s="123"/>
+      <c r="H180" s="123"/>
+      <c r="I180" s="123"/>
+      <c r="J180" s="123"/>
+      <c r="K180" s="123"/>
+    </row>
+    <row r="181" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="123" t="s">
+        <v>91</v>
+      </c>
+      <c r="B181" s="123"/>
+      <c r="C181" s="123"/>
+      <c r="D181" s="123"/>
+      <c r="E181" s="123"/>
+      <c r="F181" s="123"/>
+      <c r="G181" s="123"/>
+      <c r="H181" s="123"/>
+      <c r="I181" s="123"/>
+      <c r="J181" s="123"/>
+      <c r="K181" s="123"/>
+    </row>
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="123" t="s">
+        <v>92</v>
+      </c>
+      <c r="B182" s="123"/>
+      <c r="C182" s="123"/>
+      <c r="D182" s="123"/>
+      <c r="E182" s="123"/>
+      <c r="F182" s="123"/>
+      <c r="G182" s="123"/>
+      <c r="H182" s="123"/>
+      <c r="I182" s="123"/>
+      <c r="J182" s="123"/>
+      <c r="K182" s="123"/>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="46"/>
+      <c r="B183" s="46"/>
+      <c r="C183" s="46"/>
+      <c r="D183" s="46"/>
+      <c r="E183" s="46"/>
+      <c r="F183" s="46"/>
+      <c r="G183" s="46"/>
+      <c r="H183" s="46"/>
+      <c r="I183" s="46"/>
+      <c r="J183" s="46"/>
+      <c r="K183" s="46"/>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="46"/>
+      <c r="B184" s="46"/>
+      <c r="C184" s="46"/>
+      <c r="D184" s="46"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="46"/>
+      <c r="G184" s="46"/>
+      <c r="H184" s="46"/>
+      <c r="I184" s="46"/>
+      <c r="J184" s="46"/>
+      <c r="K184" s="46"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="46"/>
+      <c r="B185" s="46"/>
+      <c r="C185" s="46"/>
+      <c r="D185" s="46"/>
+      <c r="E185" s="46"/>
+      <c r="F185" s="46"/>
+      <c r="G185" s="46"/>
+      <c r="H185" s="46"/>
+      <c r="I185" s="46"/>
+      <c r="J185" s="46"/>
+      <c r="K185" s="46"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B186" s="22"/>
+      <c r="C186" s="22"/>
+      <c r="D186" s="22"/>
+      <c r="E186" s="22"/>
+      <c r="F186" s="22"/>
+      <c r="G186" s="22"/>
+      <c r="H186" s="22"/>
+      <c r="I186" s="22"/>
+      <c r="J186" s="22"/>
+      <c r="K186" s="22"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="12"/>
+      <c r="B187" s="12"/>
+      <c r="C187" s="12"/>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K187" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B188" s="22"/>
+      <c r="C188" s="127" t="s">
+        <v>84</v>
+      </c>
+      <c r="D188" s="16"/>
+      <c r="E188" s="16"/>
+      <c r="F188" s="16"/>
+      <c r="G188" s="16">
+        <v>17.984739722056798</v>
+      </c>
+      <c r="H188" s="16">
+        <v>18.792382870855064</v>
+      </c>
+      <c r="I188" s="16">
+        <v>16.759772630348436</v>
+      </c>
+      <c r="J188" s="16">
+        <v>-8.0939778379769685</v>
+      </c>
+      <c r="K188" s="16">
+        <v>7.7487718856231291</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B189" s="22"/>
+      <c r="C189" s="127"/>
+      <c r="D189" s="16"/>
+      <c r="E189" s="16"/>
+      <c r="F189" s="16"/>
+      <c r="G189" s="16">
+        <v>44.029947275731132</v>
+      </c>
+      <c r="H189" s="16">
+        <v>45.024680344775739</v>
+      </c>
+      <c r="I189" s="16">
+        <v>47.153323485687352</v>
+      </c>
+      <c r="J189" s="16">
+        <v>7.9243319878857994</v>
+      </c>
+      <c r="K189" s="16">
+        <v>11.560993488649318</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B190" s="22"/>
+      <c r="C190" s="127"/>
+      <c r="D190" s="16"/>
+      <c r="E190" s="16"/>
+      <c r="F190" s="16"/>
+      <c r="G190" s="16">
+        <v>13.674114938089202</v>
+      </c>
+      <c r="H190" s="16">
+        <v>12.376864402341154</v>
+      </c>
+      <c r="I190" s="16">
+        <v>12.13919775430986</v>
+      </c>
+      <c r="J190" s="16">
+        <v>1.0734412798244455</v>
+      </c>
+      <c r="K190" s="16">
+        <v>6.4495984438129428</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B191" s="22"/>
+      <c r="C191" s="127"/>
+      <c r="D191" s="16"/>
+      <c r="E191" s="16"/>
+      <c r="F191" s="16"/>
+      <c r="G191" s="16">
+        <v>24.311198064122863</v>
+      </c>
+      <c r="H191" s="16">
+        <v>23.806072382028045</v>
+      </c>
+      <c r="I191" s="16">
+        <v>23.947706129654346</v>
+      </c>
+      <c r="J191" s="16">
+        <v>3.6654099561202935</v>
+      </c>
+      <c r="K191" s="16">
+        <v>9.2535926574538685</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="100" t="s">
+        <v>86</v>
+      </c>
+      <c r="B192" s="101"/>
+      <c r="C192" s="125" t="s">
+        <v>77</v>
+      </c>
+      <c r="D192" s="102"/>
+      <c r="E192" s="102"/>
+      <c r="F192" s="102"/>
+      <c r="G192" s="102">
+        <v>92.395619335921396</v>
+      </c>
+      <c r="H192" s="102">
+        <v>93.578445213450408</v>
+      </c>
+      <c r="I192" s="102">
+        <v>91.953995282856582</v>
+      </c>
+      <c r="J192" s="102">
+        <v>3.0523023611042968</v>
+      </c>
+      <c r="K192" s="102">
+        <v>9.6658318975180855</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B193" s="103"/>
+      <c r="C193" s="126"/>
+      <c r="D193" s="17"/>
+      <c r="E193" s="17"/>
+      <c r="F193" s="17"/>
+      <c r="G193" s="17">
+        <v>7.6043806640786009</v>
+      </c>
+      <c r="H193" s="17">
+        <v>6.4215547865495948</v>
+      </c>
+      <c r="I193" s="17">
+        <v>8.046004717143413</v>
+      </c>
+      <c r="J193" s="17">
+        <v>31.402313463593561</v>
+      </c>
+      <c r="K193" s="17">
+        <v>11.357799460390684</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D194" s="60"/>
+    </row>
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D195" s="60"/>
+    </row>
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D196" s="60"/>
+    </row>
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D197" s="60"/>
+    </row>
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D198" s="60"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="123" t="s">
+        <v>89</v>
+      </c>
+      <c r="B199" s="123"/>
+      <c r="C199" s="123"/>
+      <c r="D199" s="123"/>
+      <c r="E199" s="123"/>
+      <c r="F199" s="123"/>
+      <c r="G199" s="123"/>
+      <c r="H199" s="123"/>
+      <c r="I199" s="123"/>
+      <c r="J199" s="123"/>
+      <c r="K199" s="123"/>
+    </row>
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="123" t="s">
+        <v>90</v>
+      </c>
+      <c r="B200" s="123"/>
+      <c r="C200" s="123"/>
+      <c r="D200" s="123"/>
+      <c r="E200" s="123"/>
+      <c r="F200" s="123"/>
+      <c r="G200" s="123"/>
+      <c r="H200" s="123"/>
+      <c r="I200" s="123"/>
+      <c r="J200" s="123"/>
+      <c r="K200" s="123"/>
+    </row>
+    <row r="201" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="123" t="s">
+        <v>91</v>
+      </c>
+      <c r="B201" s="123"/>
+      <c r="C201" s="123"/>
+      <c r="D201" s="123"/>
+      <c r="E201" s="123"/>
+      <c r="F201" s="123"/>
+      <c r="G201" s="123"/>
+      <c r="H201" s="123"/>
+      <c r="I201" s="123"/>
+      <c r="J201" s="123"/>
+      <c r="K201" s="123"/>
+    </row>
+    <row r="202" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="123" t="s">
+        <v>92</v>
+      </c>
+      <c r="B202" s="123"/>
+      <c r="C202" s="123"/>
+      <c r="D202" s="123"/>
+      <c r="E202" s="123"/>
+      <c r="F202" s="123"/>
+      <c r="G202" s="123"/>
+      <c r="H202" s="123"/>
+      <c r="I202" s="123"/>
+      <c r="J202" s="123"/>
+      <c r="K202" s="123"/>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="46"/>
+      <c r="B203" s="46"/>
+      <c r="C203" s="46"/>
+      <c r="D203" s="46"/>
+      <c r="E203" s="46"/>
+      <c r="F203" s="83"/>
+      <c r="G203" s="83"/>
+      <c r="H203" s="46"/>
+      <c r="I203" s="46"/>
+      <c r="J203" s="46"/>
+      <c r="K203" s="46"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="46"/>
+      <c r="B204" s="46"/>
+      <c r="C204" s="46"/>
+      <c r="D204" s="46"/>
+      <c r="E204" s="46"/>
+      <c r="F204" s="83"/>
+      <c r="G204" s="83"/>
+      <c r="H204" s="46"/>
+      <c r="I204" s="46"/>
+      <c r="J204" s="46"/>
+      <c r="K204" s="46"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="46"/>
+      <c r="B205" s="46"/>
+      <c r="C205" s="46"/>
+      <c r="D205" s="46"/>
+      <c r="E205" s="46"/>
+      <c r="F205" s="83"/>
+      <c r="G205" s="83"/>
+      <c r="H205" s="46"/>
+      <c r="I205" s="46"/>
+      <c r="J205" s="46"/>
+      <c r="K205" s="46"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B206" s="22"/>
+      <c r="C206" s="22"/>
+      <c r="D206" s="22"/>
+      <c r="E206" s="22"/>
+      <c r="F206" s="22"/>
+      <c r="G206" s="22"/>
+      <c r="H206" s="22"/>
+      <c r="I206" s="22"/>
+      <c r="J206" s="22"/>
+      <c r="K206" s="22"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="12"/>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="24"/>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H207" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B208" s="105"/>
+      <c r="C208" s="105"/>
+      <c r="D208" s="131" t="s">
+        <v>58</v>
+      </c>
+      <c r="E208" s="106">
+        <v>0.77269903521339334</v>
+      </c>
+      <c r="F208" s="106">
+        <v>0.83931931163983908</v>
+      </c>
+      <c r="G208" s="106">
+        <v>0.89660451828723031</v>
+      </c>
+      <c r="H208" s="106">
+        <v>1.0502009678077451</v>
+      </c>
+      <c r="I208" s="106">
+        <v>0.96752349619737976</v>
+      </c>
+      <c r="J208" s="107">
+        <v>-7.8231611080560981</v>
+      </c>
+      <c r="K208" s="107">
+        <v>9.3850746664266396</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B209" s="22"/>
+      <c r="C209" s="22"/>
+      <c r="D209" s="132"/>
+      <c r="E209" s="60">
+        <v>5.4832980015675279</v>
+      </c>
+      <c r="F209" s="60">
+        <v>4.6433611605652443</v>
+      </c>
+      <c r="G209" s="60">
+        <v>1.6369651305680584</v>
+      </c>
+      <c r="H209" s="60">
+        <v>2.7328063903221844</v>
+      </c>
+      <c r="I209" s="60">
+        <v>2.8055078407531164</v>
+      </c>
+      <c r="J209" s="16">
+        <v>2.7153442853525904</v>
+      </c>
+      <c r="K209" s="16">
+        <v>-12.544386775230244</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B210" s="22"/>
+      <c r="C210" s="22"/>
+      <c r="D210" s="132"/>
+      <c r="E210" s="60">
+        <v>5.1253254299238407</v>
+      </c>
+      <c r="F210" s="60">
+        <v>5.9147761407704316</v>
+      </c>
+      <c r="G210" s="60">
+        <v>4.3797691532849541</v>
+      </c>
+      <c r="H210" s="60">
+        <v>4.0670771256439888</v>
+      </c>
+      <c r="I210" s="60">
+        <v>4.543413708393266</v>
+      </c>
+      <c r="J210" s="16">
+        <v>11.771886172205082</v>
+      </c>
+      <c r="K210" s="16">
+        <v>0.33685621763721585</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B211" s="22"/>
+      <c r="C211" s="22"/>
+      <c r="D211" s="132"/>
+      <c r="E211" s="60">
+        <v>84.456393653770434</v>
+      </c>
+      <c r="F211" s="60">
+        <v>84.809045234621323</v>
+      </c>
+      <c r="G211" s="60">
+        <v>87.496239331766361</v>
+      </c>
+      <c r="H211" s="60">
+        <v>85.197460212000493</v>
+      </c>
+      <c r="I211" s="60">
+        <v>81.524725558859558</v>
+      </c>
+      <c r="J211" s="16">
+        <v>-4.2595639719340657</v>
+      </c>
+      <c r="K211" s="16">
+        <v>2.4966056209560383</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B212" s="73"/>
+      <c r="C212" s="73"/>
+      <c r="D212" s="133"/>
+      <c r="E212" s="108">
+        <v>4.1622838795248116</v>
+      </c>
+      <c r="F212" s="108">
+        <v>3.7934981524031546</v>
+      </c>
+      <c r="G212" s="108">
+        <v>5.5904218660933953</v>
+      </c>
+      <c r="H212" s="108">
+        <v>6.9524553042255759</v>
+      </c>
+      <c r="I212" s="108">
+        <v>10.158829395796685</v>
+      </c>
+      <c r="J212" s="17">
+        <v>46.196900515401786</v>
+      </c>
+      <c r="K212" s="17">
+        <v>29.247833621263062</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E176" s="80"/>
-[...53 lines deleted...]
-      <c r="G182" s="13">
+      <c r="F213" s="60"/>
+      <c r="G213" s="60"/>
+      <c r="H213" s="60"/>
+      <c r="I213" s="60"/>
+      <c r="J213" s="60"/>
+      <c r="K213" s="60"/>
+    </row>
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="84"/>
+      <c r="C214" s="84"/>
+      <c r="D214" s="84"/>
+      <c r="E214" s="84"/>
+      <c r="F214" s="84"/>
+      <c r="G214" s="84"/>
+      <c r="H214" s="84"/>
+      <c r="I214" s="84"/>
+      <c r="J214" s="84"/>
+      <c r="K214" s="84"/>
+    </row>
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B215" s="84"/>
+      <c r="C215" s="84"/>
+      <c r="D215" s="84"/>
+      <c r="E215" s="84"/>
+      <c r="F215" s="84"/>
+      <c r="G215" s="84"/>
+      <c r="H215" s="84"/>
+      <c r="I215" s="84"/>
+      <c r="J215" s="84"/>
+      <c r="K215" s="84"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="B217" s="85"/>
+      <c r="C217" s="85"/>
+      <c r="D217" s="85"/>
+      <c r="E217" s="85"/>
+      <c r="F217" s="85"/>
+      <c r="G217" s="85"/>
+      <c r="H217" s="85"/>
+      <c r="I217" s="85"/>
+      <c r="J217" s="85"/>
+      <c r="K217" s="85"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="104" t="s">
+        <v>95</v>
+      </c>
+      <c r="B218" s="84"/>
+      <c r="C218" s="84"/>
+      <c r="D218" s="84"/>
+      <c r="E218" s="84"/>
+      <c r="F218" s="84"/>
+      <c r="G218" s="84"/>
+      <c r="H218" s="84"/>
+      <c r="I218" s="84"/>
+      <c r="J218" s="84"/>
+      <c r="K218" s="84"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="46"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="46"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B221" s="22"/>
+      <c r="C221" s="22"/>
+      <c r="D221" s="22"/>
+      <c r="E221" s="22"/>
+      <c r="F221" s="22"/>
+      <c r="G221" s="22"/>
+      <c r="H221" s="22"/>
+      <c r="I221" s="22"/>
+      <c r="J221" s="22"/>
+      <c r="K221" s="22"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="12"/>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="24"/>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
         <v>2023</v>
       </c>
-      <c r="H182" s="13">
+      <c r="H222" s="12">
         <v>2024</v>
       </c>
-      <c r="I182" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J182" s="13" t="s">
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="K182" s="13" t="s">
-[...852 lines deleted...]
-        <v>2.3863006219600944</v>
+      <c r="K222" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B223" s="105"/>
+      <c r="C223" s="105"/>
+      <c r="D223" s="131" t="s">
+        <v>58</v>
+      </c>
+      <c r="E223" s="106">
+        <v>3.8420751786571348</v>
+      </c>
+      <c r="F223" s="106">
+        <v>3.8958450566383056</v>
+      </c>
+      <c r="G223" s="106">
+        <v>3.9335251667518376</v>
+      </c>
+      <c r="H223" s="106">
+        <v>4.9017230953363429</v>
+      </c>
+      <c r="I223" s="106">
+        <v>5.8336841920658582</v>
+      </c>
+      <c r="J223" s="107">
+        <v>24.812206742471403</v>
+      </c>
+      <c r="K223" s="107">
+        <v>21.880940224102762</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B224" s="22"/>
+      <c r="C224" s="22"/>
+      <c r="D224" s="132"/>
+      <c r="E224" s="60">
+        <v>0.24143172906046584</v>
+      </c>
+      <c r="F224" s="60">
+        <v>0.56752611707768374</v>
+      </c>
+      <c r="G224" s="60">
+        <v>1.8013564906771724</v>
+      </c>
+      <c r="H224" s="60">
+        <v>1.4094587823819762</v>
+      </c>
+      <c r="I224" s="60">
+        <v>0.44010681404918672</v>
       </c>
       <c r="J224" s="16">
-        <v>42.198240826345867</v>
+        <v>-67.253217643899688</v>
       </c>
       <c r="K224" s="16">
-        <v>56.815054000000003</v>
-[...18 lines deleted...]
-        <v>2.2629156646297197</v>
+        <v>27.579962091865042</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B225" s="22"/>
+      <c r="C225" s="22"/>
+      <c r="D225" s="132"/>
+      <c r="E225" s="60">
+        <v>7.9833670086980764</v>
+      </c>
+      <c r="F225" s="60">
+        <v>7.7006589532721517</v>
+      </c>
+      <c r="G225" s="60">
+        <v>6.1348047630584057</v>
+      </c>
+      <c r="H225" s="60">
+        <v>6.5479459936282414</v>
+      </c>
+      <c r="I225" s="60">
+        <v>7.5566864975962922</v>
       </c>
       <c r="J225" s="16">
-        <v>11.473117466920044</v>
+        <v>21.028942083832174</v>
       </c>
       <c r="K225" s="16">
-        <v>18.68606299999999</v>
-[...18 lines deleted...]
-        <v>1.8225505043177463</v>
+        <v>8.2998510476606668</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B226" s="22"/>
+      <c r="C226" s="22"/>
+      <c r="D226" s="132"/>
+      <c r="E226" s="60">
+        <v>71.172074291019911</v>
+      </c>
+      <c r="F226" s="60">
+        <v>74.686663790443134</v>
+      </c>
+      <c r="G226" s="60">
+        <v>72.221000000095444</v>
+      </c>
+      <c r="H226" s="60">
+        <v>68.695820340143499</v>
+      </c>
+      <c r="I226" s="60">
+        <v>64.51173374392377</v>
       </c>
       <c r="J226" s="16">
-        <v>-6.9481063640228431</v>
+        <v>-1.51472082350814</v>
       </c>
       <c r="K226" s="16">
-        <v>-10.918398999999994</v>
-[...27 lines deleted...]
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.1331326876589607</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B227" s="73"/>
+      <c r="C227" s="73"/>
+      <c r="D227" s="133"/>
+      <c r="E227" s="108">
+        <v>16.761051792564412</v>
+      </c>
+      <c r="F227" s="108">
+        <v>13.149306082568724</v>
+      </c>
+      <c r="G227" s="108">
+        <v>15.909313579417134</v>
+      </c>
+      <c r="H227" s="108">
+        <v>18.445051788509936</v>
+      </c>
+      <c r="I227" s="108">
+        <v>21.65778875236489</v>
+      </c>
+      <c r="J227" s="17">
+        <v>23.13943459758439</v>
+      </c>
+      <c r="K227" s="17">
+        <v>17.063025176967074</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F228" s="60"/>
+      <c r="G228" s="60"/>
+      <c r="H228" s="60"/>
+      <c r="I228" s="60"/>
+      <c r="J228" s="60"/>
+      <c r="K228" s="60"/>
+    </row>
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B229" s="84"/>
+      <c r="C229" s="84"/>
+      <c r="D229" s="84"/>
+      <c r="E229" s="84"/>
+      <c r="F229" s="84"/>
+      <c r="G229" s="84"/>
+      <c r="H229" s="84"/>
+      <c r="I229" s="84"/>
+      <c r="J229" s="84"/>
+      <c r="K229" s="84"/>
+    </row>
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B230" s="84"/>
+      <c r="C230" s="84"/>
+      <c r="D230" s="84"/>
+      <c r="E230" s="84"/>
+      <c r="F230" s="84"/>
+      <c r="G230" s="84"/>
+      <c r="H230" s="84"/>
+      <c r="I230" s="84"/>
+      <c r="J230" s="84"/>
+      <c r="K230" s="84"/>
+    </row>
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="B232" s="85"/>
+      <c r="C232" s="85"/>
+      <c r="D232" s="85"/>
+      <c r="E232" s="85"/>
+      <c r="F232" s="85"/>
+      <c r="G232" s="85"/>
+      <c r="H232" s="85"/>
+      <c r="I232" s="85"/>
+      <c r="J232" s="85"/>
+      <c r="K232" s="85"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="104" t="s">
+        <v>95</v>
+      </c>
+      <c r="B233" s="84"/>
+      <c r="C233" s="84"/>
+      <c r="D233" s="84"/>
+      <c r="E233" s="84"/>
+      <c r="F233" s="84"/>
+      <c r="G233" s="84"/>
+      <c r="H233" s="84"/>
+      <c r="I233" s="84"/>
+      <c r="J233" s="84"/>
+      <c r="K233" s="84"/>
+    </row>
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="46"/>
+    </row>
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="46"/>
+    </row>
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A236" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="8"/>
+      <c r="G236" s="8"/>
+      <c r="H236" s="8"/>
+      <c r="I236" s="8"/>
+      <c r="J236" s="8"/>
+      <c r="K236" s="9"/>
+    </row>
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="11"/>
+      <c r="B237" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C237" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D237" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E237" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F237" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G237" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H237" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I237" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J237" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K237" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B238" s="16">
+        <v>3476.17</v>
+      </c>
+      <c r="C238" s="16">
+        <v>4186.88</v>
+      </c>
+      <c r="D238" s="16">
+        <v>5506.47</v>
+      </c>
+      <c r="E238" s="16">
+        <v>6277.7</v>
+      </c>
+      <c r="F238" s="16">
+        <v>6546.87</v>
+      </c>
+      <c r="G238" s="16">
+        <v>4.287716838969688</v>
+      </c>
+      <c r="H238" s="16">
+        <v>17.147541163854243</v>
+      </c>
+      <c r="I238" s="16">
+        <v>6052.05</v>
+      </c>
+      <c r="J238" s="16">
+        <v>6091.79</v>
+      </c>
+      <c r="K238" s="16">
+        <v>0.65663700729504515</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B239" s="16">
+        <v>1181.1600000000001</v>
+      </c>
+      <c r="C239" s="16">
+        <v>1281.0899999999999</v>
+      </c>
+      <c r="D239" s="16">
+        <v>1562.96</v>
+      </c>
+      <c r="E239" s="16">
+        <v>1770.51</v>
+      </c>
+      <c r="F239" s="16">
+        <v>1973.55</v>
+      </c>
+      <c r="G239" s="16">
+        <v>11.467882135655826</v>
+      </c>
+      <c r="H239" s="16">
+        <v>13.693294341649853</v>
+      </c>
+      <c r="I239" s="16">
+        <v>1766.17</v>
+      </c>
+      <c r="J239" s="16">
+        <v>1832.1100000000001</v>
+      </c>
+      <c r="K239" s="16">
+        <v>3.7335024374777093</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B240" s="16">
+        <v>2295.0100000000002</v>
+      </c>
+      <c r="C240" s="16">
+        <v>2905.79</v>
+      </c>
+      <c r="D240" s="16">
+        <v>3943.51</v>
+      </c>
+      <c r="E240" s="16">
+        <v>4507.1899999999996</v>
+      </c>
+      <c r="F240" s="16">
+        <v>4573.32</v>
+      </c>
+      <c r="G240" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="H240" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="I240" s="16">
+        <v>4285.88</v>
+      </c>
+      <c r="J240" s="16">
+        <v>4259.68</v>
+      </c>
+      <c r="K240" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B241" s="17">
+        <v>294.30136476006635</v>
+      </c>
+      <c r="C241" s="17">
+        <v>326.82169090383974</v>
+      </c>
+      <c r="D241" s="17">
+        <v>352.31035983006603</v>
+      </c>
+      <c r="E241" s="17">
+        <v>354.57015210306633</v>
+      </c>
+      <c r="F241" s="17">
+        <v>331.73063768336249</v>
+      </c>
+      <c r="G241" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H241" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I241" s="17">
+        <v>342.66520210398772</v>
+      </c>
+      <c r="J241" s="17">
+        <v>332.50132361048185</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B242" s="46"/>
+      <c r="C242" s="46"/>
+      <c r="D242" s="46"/>
+      <c r="E242" s="46"/>
+      <c r="F242" s="46"/>
+      <c r="G242" s="46"/>
+      <c r="H242" s="46"/>
+      <c r="I242" s="46"/>
+      <c r="J242" s="46"/>
+      <c r="K242" s="46"/>
+    </row>
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="4" t="s">
         <v>37</v>
       </c>
-    </row>
-[...316 lines deleted...]
-    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B243" s="46"/>
+      <c r="C243" s="46"/>
+      <c r="D243" s="46"/>
+      <c r="E243" s="46"/>
+      <c r="F243" s="46"/>
+      <c r="G243" s="46"/>
+      <c r="H243" s="46"/>
+      <c r="I243" s="46"/>
+      <c r="J243" s="46"/>
+      <c r="K243" s="46"/>
+    </row>
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B244" s="46"/>
+      <c r="C244" s="46"/>
+      <c r="D244" s="46"/>
+      <c r="E244" s="46"/>
+      <c r="F244" s="46"/>
+      <c r="G244" s="46"/>
+      <c r="H244" s="46"/>
+      <c r="I244" s="46"/>
+      <c r="J244" s="46"/>
+      <c r="K244" s="46"/>
+    </row>
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B245" s="46"/>
+      <c r="C245" s="46"/>
+      <c r="D245" s="46"/>
+      <c r="E245" s="46"/>
+      <c r="F245" s="46"/>
+      <c r="G245" s="46"/>
+      <c r="H245" s="46"/>
+      <c r="I245" s="46"/>
+      <c r="J245" s="46"/>
+      <c r="K245" s="46"/>
+    </row>
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A246" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B246" s="46"/>
+      <c r="C246" s="46"/>
+      <c r="D246" s="46"/>
+      <c r="E246" s="46"/>
+      <c r="F246" s="46"/>
+      <c r="G246" s="46"/>
+      <c r="H246" s="46"/>
+      <c r="I246" s="46"/>
+      <c r="J246" s="46"/>
+      <c r="K246" s="46"/>
+    </row>
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="124" t="s">
+        <v>154</v>
+      </c>
+      <c r="B247" s="124"/>
+      <c r="C247" s="124"/>
+      <c r="D247" s="124"/>
+      <c r="E247" s="124"/>
+      <c r="F247" s="124"/>
+      <c r="G247" s="124"/>
+      <c r="H247" s="124"/>
+      <c r="I247" s="124"/>
+      <c r="J247" s="124"/>
+      <c r="K247" s="124"/>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A248" s="46"/>
+      <c r="B248" s="46"/>
+      <c r="C248" s="46"/>
+      <c r="D248" s="46"/>
+      <c r="E248" s="46"/>
+      <c r="F248" s="46"/>
+      <c r="G248" s="46"/>
+      <c r="H248" s="46"/>
+      <c r="I248" s="46"/>
+      <c r="J248" s="46"/>
+      <c r="K248" s="46"/>
+    </row>
+    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B249" s="22"/>
+      <c r="C249" s="22"/>
+      <c r="D249" s="22"/>
+    </row>
+    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="23"/>
+      <c r="B250" s="23"/>
+      <c r="C250" s="23"/>
+      <c r="D250" s="24"/>
+      <c r="E250" s="12">
+        <v>2020</v>
+      </c>
+      <c r="F250" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G250" s="12">
+        <v>2022</v>
+      </c>
+      <c r="H250" s="12">
+        <v>2023</v>
+      </c>
+      <c r="I250" s="12">
+        <v>2024</v>
+      </c>
+      <c r="J250" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K250" s="13" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="128" t="s">
+        <v>142</v>
+      </c>
+      <c r="B251" s="128"/>
+      <c r="C251" s="128"/>
+      <c r="D251" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E251" s="27">
+        <v>2</v>
+      </c>
+      <c r="F251" s="27">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A245" s="4" t="s">
+      <c r="G251" s="27">
+        <v>2</v>
+      </c>
+      <c r="H251" s="27">
+        <v>2</v>
+      </c>
+      <c r="I251" s="27">
+        <v>3</v>
+      </c>
+      <c r="J251" s="27">
+        <v>3</v>
+      </c>
+      <c r="K251" s="27">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="128"/>
+      <c r="B252" s="128"/>
+      <c r="C252" s="128"/>
+      <c r="D252" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E252" s="28">
+        <v>15.102337663240423</v>
+      </c>
+      <c r="F252" s="28">
+        <v>14.946865173769874</v>
+      </c>
+      <c r="G252" s="28">
+        <v>12.247451241800237</v>
+      </c>
+      <c r="H252" s="28">
+        <v>11.754359225740544</v>
+      </c>
+      <c r="I252" s="28">
+        <v>11.313501680382997</v>
+      </c>
+      <c r="J252" s="28">
+        <v>11.389064894363157</v>
+      </c>
+      <c r="K252" s="28">
+        <v>10.930083094461279</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="129" t="s">
+        <v>143</v>
+      </c>
+      <c r="B253" s="129"/>
+      <c r="C253" s="129"/>
+      <c r="D253" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E253" s="30">
+        <v>3</v>
+      </c>
+      <c r="F253" s="30">
+        <v>4</v>
+      </c>
+      <c r="G253" s="30">
+        <v>5</v>
+      </c>
+      <c r="H253" s="30">
+        <v>4</v>
+      </c>
+      <c r="I253" s="30">
+        <v>4</v>
+      </c>
+      <c r="J253" s="30">
+        <v>4</v>
+      </c>
+      <c r="K253" s="30">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="130"/>
+      <c r="B254" s="130"/>
+      <c r="C254" s="130"/>
+      <c r="D254" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E254" s="32">
+        <v>8.4155417777543455</v>
+      </c>
+      <c r="F254" s="32">
+        <v>7.3678283744411255</v>
+      </c>
+      <c r="G254" s="32">
+        <v>6.7016723308609834</v>
+      </c>
+      <c r="H254" s="32">
+        <v>7.3575783668055204</v>
+      </c>
+      <c r="I254" s="32">
+        <v>7.6543286488037863</v>
+      </c>
+      <c r="J254" s="32">
+        <v>7.5192070426816571</v>
+      </c>
+      <c r="K254" s="32">
+        <v>7.5062879824251976</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B255" s="33"/>
+      <c r="C255" s="34"/>
+    </row>
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="46"/>
+    </row>
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="46"/>
+    </row>
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="46"/>
+    </row>
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B260" s="37"/>
+      <c r="C260" s="37"/>
+      <c r="D260" s="37"/>
+      <c r="E260" s="37"/>
+      <c r="F260" s="37"/>
+      <c r="G260" s="37"/>
+      <c r="H260" s="37"/>
+      <c r="I260" s="37"/>
+      <c r="J260" s="37"/>
+      <c r="K260" s="37"/>
+    </row>
+    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="23"/>
+      <c r="B261" s="23"/>
+      <c r="C261" s="23"/>
+      <c r="D261" s="13">
+        <v>2020</v>
+      </c>
+      <c r="E261" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="F261" s="13">
+        <v>2023</v>
+      </c>
+      <c r="G261" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="H261" s="13">
+        <v>2024</v>
+      </c>
+      <c r="I261" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="J261" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="K261" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B262" s="5"/>
+      <c r="C262" s="79"/>
+      <c r="D262" s="16">
+        <v>1560.75</v>
+      </c>
+      <c r="E262" s="16">
+        <v>44.898552142156447</v>
+      </c>
+      <c r="F262" s="16">
+        <v>3172.12</v>
+      </c>
+      <c r="G262" s="16">
+        <v>50.529971167784382</v>
+      </c>
+      <c r="H262" s="16">
+        <v>3231.94</v>
+      </c>
+      <c r="I262" s="16">
+        <v>49.366185673459228</v>
+      </c>
+      <c r="J262" s="16">
+        <v>1.8858050767310242</v>
+      </c>
+      <c r="K262" s="16">
+        <v>59.820000000000164</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B263" s="5"/>
+      <c r="C263" s="79"/>
+      <c r="D263" s="16">
+        <v>649.0100000000001</v>
+      </c>
+      <c r="E263" s="16">
+        <v>18.67026066043951</v>
+      </c>
+      <c r="F263" s="16">
+        <v>983.32999999999993</v>
+      </c>
+      <c r="G263" s="16">
+        <v>15.663857782308806</v>
+      </c>
+      <c r="H263" s="16">
+        <v>1119.3400000000001</v>
+      </c>
+      <c r="I263" s="16">
+        <v>17.097330480061469</v>
+      </c>
+      <c r="J263" s="16">
+        <v>13.831572310414636</v>
+      </c>
+      <c r="K263" s="16">
+        <v>136.01000000000022</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B264" s="5"/>
+      <c r="C264" s="79"/>
+      <c r="D264" s="16">
+        <v>514.73000000000013</v>
+      </c>
+      <c r="E264" s="16">
+        <v>14.807388591467049</v>
+      </c>
+      <c r="F264" s="16">
+        <v>815.38</v>
+      </c>
+      <c r="G264" s="16">
+        <v>12.988514901954536</v>
+      </c>
+      <c r="H264" s="16">
+        <v>914.79000000000008</v>
+      </c>
+      <c r="I264" s="16">
+        <v>13.972936685775036</v>
+      </c>
+      <c r="J264" s="16">
+        <v>12.191861463366784</v>
+      </c>
+      <c r="K264" s="16">
+        <v>99.410000000000082</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B265" s="5"/>
+      <c r="C265" s="79"/>
+      <c r="D265" s="16">
+        <v>327.83</v>
+      </c>
+      <c r="E265" s="16">
+        <v>9.4307815785764202</v>
+      </c>
+      <c r="F265" s="16">
+        <v>517.63999999999987</v>
+      </c>
+      <c r="G265" s="16">
+        <v>8.2456950794080619</v>
+      </c>
+      <c r="H265" s="16">
+        <v>559.54000000000008</v>
+      </c>
+      <c r="I265" s="16">
+        <v>8.5466795583232926</v>
+      </c>
+      <c r="J265" s="16">
+        <v>8.0944285603895008</v>
+      </c>
+      <c r="K265" s="16">
+        <v>41.900000000000205</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B266" s="5"/>
+      <c r="C266" s="79"/>
+      <c r="D266" s="16">
+        <v>219.57000000000002</v>
+      </c>
+      <c r="E266" s="16">
+        <v>6.3164344666687775</v>
+      </c>
+      <c r="F266" s="16">
+        <v>298.63999999999993</v>
+      </c>
+      <c r="G266" s="16">
+        <v>4.7571562833521819</v>
+      </c>
+      <c r="H266" s="16">
+        <v>236</v>
+      </c>
+      <c r="I266" s="16">
+        <v>3.6047760227406376</v>
+      </c>
+      <c r="J266" s="16">
+        <v>-20.975087061344745</v>
+      </c>
+      <c r="K266" s="16">
+        <v>-62.63999999999993</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B267" s="5"/>
+      <c r="C267" s="79"/>
+      <c r="D267" s="16">
+        <v>70.34</v>
+      </c>
+      <c r="E267" s="16">
+        <v>2.0234913712505431</v>
+      </c>
+      <c r="F267" s="16">
+        <v>228.93</v>
+      </c>
+      <c r="G267" s="16">
+        <v>3.6467177469455372</v>
+      </c>
+      <c r="H267" s="16">
+        <v>227.98</v>
+      </c>
+      <c r="I267" s="16">
+        <v>3.482274735866147</v>
+      </c>
+      <c r="J267" s="16">
+        <v>-0.41497400952256891</v>
+      </c>
+      <c r="K267" s="16">
+        <v>-0.95000000000001705</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B268" s="5"/>
+      <c r="C268" s="79"/>
+      <c r="D268" s="16">
+        <v>24.93</v>
+      </c>
+      <c r="E268" s="16">
+        <v>0.71716860797947157</v>
+      </c>
+      <c r="F268" s="16">
+        <v>54.819999999999993</v>
+      </c>
+      <c r="G268" s="16">
+        <v>0.87324975707663621</v>
+      </c>
+      <c r="H268" s="16">
+        <v>62.75</v>
+      </c>
+      <c r="I268" s="16">
+        <v>0.95847328570752133</v>
+      </c>
+      <c r="J268" s="16">
+        <v>14.465523531557839</v>
+      </c>
+      <c r="K268" s="16">
+        <v>7.9300000000000068</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B269" s="5"/>
+      <c r="C269" s="79"/>
+      <c r="D269" s="16">
+        <v>16.79</v>
+      </c>
+      <c r="E269" s="16">
+        <v>0.48300284508525188</v>
+      </c>
+      <c r="F269" s="16">
+        <v>35.86</v>
+      </c>
+      <c r="G269" s="16">
+        <v>0.57122831610303137</v>
+      </c>
+      <c r="H269" s="16">
+        <v>58.000000000000007</v>
+      </c>
+      <c r="I269" s="16">
+        <v>0.88591953101252974</v>
+      </c>
+      <c r="J269" s="16">
+        <v>61.740100390407157</v>
+      </c>
+      <c r="K269" s="16">
+        <v>22.140000000000008</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B270" s="5"/>
+      <c r="C270" s="79"/>
+      <c r="D270" s="16">
+        <v>37.74</v>
+      </c>
+      <c r="E270" s="16">
+        <v>1.0856776279641098</v>
+      </c>
+      <c r="F270" s="16">
+        <v>54.77</v>
+      </c>
+      <c r="G270" s="16">
+        <v>0.87245328703187475</v>
+      </c>
+      <c r="H270" s="16">
+        <v>57.889999999999993</v>
+      </c>
+      <c r="I270" s="16">
+        <v>0.88423933879854033</v>
+      </c>
+      <c r="J270" s="16">
+        <v>5.6965492057695641</v>
+      </c>
+      <c r="K270" s="16">
+        <v>3.1199999999999903</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B271" s="5"/>
+      <c r="C271" s="79"/>
+      <c r="D271" s="16">
+        <v>14.41</v>
+      </c>
+      <c r="E271" s="16">
+        <v>0.41453668836679447</v>
+      </c>
+      <c r="F271" s="16">
+        <v>60.629999999999988</v>
+      </c>
+      <c r="G271" s="16">
+        <v>0.965799576277936</v>
+      </c>
+      <c r="H271" s="16">
+        <v>48.11</v>
+      </c>
+      <c r="I271" s="16">
+        <v>0.73485497650022069</v>
+      </c>
+      <c r="J271" s="16">
+        <v>-20.649843311891789</v>
+      </c>
+      <c r="K271" s="16">
+        <v>-12.519999999999989</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B272" s="5"/>
+      <c r="C272" s="79"/>
+      <c r="D272" s="16">
+        <v>33.909999999999997</v>
+      </c>
+      <c r="E272" s="16">
+        <v>0.97549889677432333</v>
+      </c>
+      <c r="F272" s="16">
+        <v>47.720000000000006</v>
+      </c>
+      <c r="G272" s="16">
+        <v>0.76015101072048685</v>
+      </c>
+      <c r="H272" s="16">
+        <v>20.98</v>
+      </c>
+      <c r="I272" s="16">
+        <v>0.32045847863177368</v>
+      </c>
+      <c r="J272" s="16">
+        <v>-56.035205364626997</v>
+      </c>
+      <c r="K272" s="16">
+        <v>-26.740000000000006</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B273" s="5"/>
+      <c r="C273" s="79"/>
+      <c r="D273" s="16">
+        <v>6.120000000000001</v>
+      </c>
+      <c r="E273" s="16">
+        <v>0.17605583156174759</v>
+      </c>
+      <c r="F273" s="16">
+        <v>7.879999999999999</v>
+      </c>
+      <c r="G273" s="16">
+        <v>0.12552367905443076</v>
+      </c>
+      <c r="H273" s="16">
+        <v>9.4899999999999984</v>
+      </c>
+      <c r="I273" s="16">
+        <v>0.14495476464325699</v>
+      </c>
+      <c r="J273" s="16">
+        <v>20.431472081218267</v>
+      </c>
+      <c r="K273" s="16">
+        <v>1.6099999999999994</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B274" s="96"/>
+      <c r="C274" s="97"/>
+      <c r="D274" s="17">
+        <v>3476.17</v>
+      </c>
+      <c r="E274" s="17">
+        <v>100</v>
+      </c>
+      <c r="F274" s="17">
+        <v>6277.7</v>
+      </c>
+      <c r="G274" s="17">
+        <v>100</v>
+      </c>
+      <c r="H274" s="17">
+        <v>6546.87</v>
+      </c>
+      <c r="I274" s="17">
+        <v>100</v>
+      </c>
+      <c r="J274" s="17">
+        <v>4.287716838969688</v>
+      </c>
+      <c r="K274" s="17">
+        <v>269.17000000000007</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="D249" s="12">
+    <row r="277" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="124" t="s">
+        <v>51</v>
+      </c>
+      <c r="B277" s="124"/>
+      <c r="C277" s="124"/>
+      <c r="D277" s="124"/>
+      <c r="E277" s="124"/>
+      <c r="F277" s="124"/>
+      <c r="G277" s="124"/>
+      <c r="H277" s="124"/>
+      <c r="I277" s="124"/>
+      <c r="J277" s="124"/>
+      <c r="K277" s="124"/>
+    </row>
+    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="46"/>
+      <c r="B278" s="46"/>
+      <c r="C278" s="46"/>
+      <c r="D278" s="83"/>
+      <c r="E278" s="83"/>
+      <c r="F278" s="83"/>
+      <c r="G278" s="83"/>
+      <c r="H278" s="83"/>
+      <c r="I278" s="83"/>
+      <c r="J278" s="46"/>
+      <c r="K278" s="46"/>
+    </row>
+    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="46"/>
+      <c r="B279" s="46"/>
+      <c r="C279" s="46"/>
+      <c r="D279" s="83"/>
+      <c r="E279" s="83"/>
+      <c r="F279" s="83"/>
+      <c r="G279" s="83"/>
+      <c r="H279" s="83"/>
+      <c r="I279" s="83"/>
+      <c r="J279" s="46"/>
+      <c r="K279" s="46"/>
+    </row>
+    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B280" s="37"/>
+      <c r="C280" s="37"/>
+      <c r="D280" s="37"/>
+      <c r="E280" s="37"/>
+      <c r="F280" s="37"/>
+      <c r="G280" s="37"/>
+      <c r="H280" s="37"/>
+      <c r="I280" s="37"/>
+      <c r="J280" s="37"/>
+      <c r="K280" s="37"/>
+    </row>
+    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="23"/>
+      <c r="B281" s="23"/>
+      <c r="C281" s="23"/>
+      <c r="D281" s="13">
         <v>2020</v>
       </c>
-      <c r="E249" s="12">
+      <c r="E281" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="F281" s="13">
         <v>2023</v>
       </c>
-      <c r="F249" s="12">
+      <c r="G281" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="H281" s="13">
         <v>2024</v>
       </c>
-      <c r="G249" s="13" t="s">
+      <c r="I281" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="J281" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="K281" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B282" s="5"/>
+      <c r="C282" s="79"/>
+      <c r="D282" s="16">
+        <v>378.45</v>
+      </c>
+      <c r="E282" s="16">
+        <v>32.040536421822615</v>
+      </c>
+      <c r="F282" s="16">
+        <v>649.15000000000009</v>
+      </c>
+      <c r="G282" s="16">
+        <v>36.66457687333029</v>
+      </c>
+      <c r="H282" s="16">
+        <v>644.35</v>
+      </c>
+      <c r="I282" s="16">
+        <v>32.649286818170303</v>
+      </c>
+      <c r="J282" s="16">
+        <v>-0.73942848340138145</v>
+      </c>
+      <c r="K282" s="16">
+        <v>-4.8000000000000682</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B283" s="5"/>
+      <c r="C283" s="79"/>
+      <c r="D283" s="16">
+        <v>316.7</v>
+      </c>
+      <c r="E283" s="16">
+        <v>26.812624877239323</v>
+      </c>
+      <c r="F283" s="16">
+        <v>475.06</v>
+      </c>
+      <c r="G283" s="16">
+        <v>26.831816821141928</v>
+      </c>
+      <c r="H283" s="16">
+        <v>521.83000000000004</v>
+      </c>
+      <c r="I283" s="16">
+        <v>26.441184667224039</v>
+      </c>
+      <c r="J283" s="16">
+        <v>9.8450722014061469</v>
+      </c>
+      <c r="K283" s="16">
+        <v>46.770000000000039</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B284" s="5"/>
+      <c r="C284" s="79"/>
+      <c r="D284" s="16">
+        <v>97.559999999999988</v>
+      </c>
+      <c r="E284" s="16">
+        <v>8.2596769277659234</v>
+      </c>
+      <c r="F284" s="16">
+        <v>166.98000000000002</v>
+      </c>
+      <c r="G284" s="16">
+        <v>9.4311808461968596</v>
+      </c>
+      <c r="H284" s="16">
+        <v>192.53</v>
+      </c>
+      <c r="I284" s="16">
+        <v>9.7555167084695089</v>
+      </c>
+      <c r="J284" s="16">
+        <v>15.30123368068031</v>
+      </c>
+      <c r="K284" s="16">
+        <v>25.549999999999983</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B285" s="5"/>
+      <c r="C285" s="79"/>
+      <c r="D285" s="16">
+        <v>111.17999999999999</v>
+      </c>
+      <c r="E285" s="16">
+        <v>9.4127806563039709</v>
+      </c>
+      <c r="F285" s="16">
+        <v>138.72</v>
+      </c>
+      <c r="G285" s="16">
+        <v>7.8350305844078827</v>
+      </c>
+      <c r="H285" s="16">
+        <v>185.85000000000002</v>
+      </c>
+      <c r="I285" s="16">
+        <v>9.417040358744396</v>
+      </c>
+      <c r="J285" s="16">
+        <v>33.974913494809705</v>
+      </c>
+      <c r="K285" s="16">
+        <v>47.130000000000024</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B286" s="5"/>
+      <c r="C286" s="79"/>
+      <c r="D286" s="16">
+        <v>73.180000000000007</v>
+      </c>
+      <c r="E286" s="16">
+        <v>6.195604321175793</v>
+      </c>
+      <c r="F286" s="16">
+        <v>72.359999999999985</v>
+      </c>
+      <c r="G286" s="16">
+        <v>4.0869579951539379</v>
+      </c>
+      <c r="H286" s="16">
+        <v>100.01</v>
+      </c>
+      <c r="I286" s="16">
+        <v>5.0675179245522033</v>
+      </c>
+      <c r="J286" s="16">
+        <v>38.211719181868467</v>
+      </c>
+      <c r="K286" s="16">
+        <v>27.65000000000002</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B287" s="5"/>
+      <c r="C287" s="79"/>
+      <c r="D287" s="16">
+        <v>26.13</v>
+      </c>
+      <c r="E287" s="16">
+        <v>2.2122320430762974</v>
+      </c>
+      <c r="F287" s="16">
+        <v>69.27</v>
+      </c>
+      <c r="G287" s="16">
+        <v>3.9124320111154409</v>
+      </c>
+      <c r="H287" s="16">
+        <v>77.16</v>
+      </c>
+      <c r="I287" s="16">
+        <v>3.9097058599984793</v>
+      </c>
+      <c r="J287" s="16">
+        <v>11.390212213079257</v>
+      </c>
+      <c r="K287" s="16">
+        <v>7.8900000000000006</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B288" s="5"/>
+      <c r="C288" s="79"/>
+      <c r="D288" s="16">
+        <v>62.83</v>
+      </c>
+      <c r="E288" s="16">
+        <v>5.3193470825290383</v>
+      </c>
+      <c r="F288" s="16">
+        <v>63.79</v>
+      </c>
+      <c r="G288" s="16">
+        <v>3.6029166737267788</v>
+      </c>
+      <c r="H288" s="16">
+        <v>70.16</v>
+      </c>
+      <c r="I288" s="16">
+        <v>3.5550150743583897</v>
+      </c>
+      <c r="J288" s="16">
+        <v>9.9858912055181026</v>
+      </c>
+      <c r="K288" s="16">
+        <v>6.3699999999999974</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B289" s="5"/>
+      <c r="C289" s="79"/>
+      <c r="D289" s="16">
+        <v>56.56</v>
+      </c>
+      <c r="E289" s="16">
+        <v>4.7885129872328891</v>
+      </c>
+      <c r="F289" s="16">
+        <v>64.239999999999995</v>
+      </c>
+      <c r="G289" s="16">
+        <v>3.6283330791692783</v>
+      </c>
+      <c r="H289" s="16">
+        <v>62.76</v>
+      </c>
+      <c r="I289" s="16">
+        <v>3.1800562438245796</v>
+      </c>
+      <c r="J289" s="16">
+        <v>-2.3038605230386007</v>
+      </c>
+      <c r="K289" s="16">
+        <v>-1.4799999999999969</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B290" s="5"/>
+      <c r="C290" s="79"/>
+      <c r="D290" s="16">
+        <v>33.15</v>
+      </c>
+      <c r="E290" s="16">
+        <v>2.8065630397236614</v>
+      </c>
+      <c r="F290" s="16">
+        <v>46.92</v>
+      </c>
+      <c r="G290" s="16">
+        <v>2.6500838741379602</v>
+      </c>
+      <c r="H290" s="16">
+        <v>61.019999999999996</v>
+      </c>
+      <c r="I290" s="16">
+        <v>3.0918902485369002</v>
+      </c>
+      <c r="J290" s="16">
+        <v>30.051150895140648</v>
+      </c>
+      <c r="K290" s="16">
+        <v>14.099999999999994</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B291" s="5"/>
+      <c r="C291" s="79"/>
+      <c r="D291" s="16">
+        <v>17.23</v>
+      </c>
+      <c r="E291" s="16">
+        <v>1.4587354803752242</v>
+      </c>
+      <c r="F291" s="16">
+        <v>17.95</v>
+      </c>
+      <c r="G291" s="16">
+        <v>1.0138321726508182</v>
+      </c>
+      <c r="H291" s="16">
+        <v>52.36</v>
+      </c>
+      <c r="I291" s="16">
+        <v>2.6530870765878749</v>
+      </c>
+      <c r="J291" s="16">
+        <v>191.69916434540389</v>
+      </c>
+      <c r="K291" s="16">
+        <v>34.409999999999997</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B292" s="5"/>
+      <c r="C292" s="79"/>
+      <c r="D292" s="16">
+        <v>6.87</v>
+      </c>
+      <c r="E292" s="16">
+        <v>0.5816316163771208</v>
+      </c>
+      <c r="F292" s="16">
+        <v>5.0000000000000009</v>
+      </c>
+      <c r="G292" s="16">
+        <v>0.28240450491666247</v>
+      </c>
+      <c r="H292" s="16">
+        <v>3.75</v>
+      </c>
+      <c r="I292" s="16">
+        <v>0.19001292087861976</v>
+      </c>
+      <c r="J292" s="16">
+        <v>-25.000000000000011</v>
+      </c>
+      <c r="K292" s="16">
+        <v>-1.2500000000000009</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B293" s="5"/>
+      <c r="C293" s="79"/>
+      <c r="D293" s="16">
+        <v>1.3100000000000003</v>
+      </c>
+      <c r="E293" s="16">
+        <v>0.11090792102678723</v>
+      </c>
+      <c r="F293" s="16">
+        <v>1.01</v>
+      </c>
+      <c r="G293" s="16">
+        <v>5.7045709993165813E-2</v>
+      </c>
+      <c r="H293" s="16">
+        <v>1.7</v>
+      </c>
+      <c r="I293" s="16">
+        <v>8.6139190798307619E-2</v>
+      </c>
+      <c r="J293" s="16">
+        <v>68.316831683168317</v>
+      </c>
+      <c r="K293" s="16">
+        <v>0.69</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B294" s="96"/>
+      <c r="C294" s="97"/>
+      <c r="D294" s="17">
+        <v>1181.1600000000001</v>
+      </c>
+      <c r="E294" s="17">
+        <v>100</v>
+      </c>
+      <c r="F294" s="17">
+        <v>1770.51</v>
+      </c>
+      <c r="G294" s="17">
+        <v>100</v>
+      </c>
+      <c r="H294" s="17">
+        <v>1973.55</v>
+      </c>
+      <c r="I294" s="17">
+        <v>100</v>
+      </c>
+      <c r="J294" s="17">
+        <v>11.467882135655826</v>
+      </c>
+      <c r="K294" s="17">
+        <v>203.03999999999996</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="124" t="s">
+        <v>51</v>
+      </c>
+      <c r="B297" s="124"/>
+      <c r="C297" s="124"/>
+      <c r="D297" s="124"/>
+      <c r="E297" s="124"/>
+      <c r="F297" s="124"/>
+      <c r="G297" s="124"/>
+      <c r="H297" s="124"/>
+      <c r="I297" s="124"/>
+      <c r="J297" s="124"/>
+      <c r="K297" s="124"/>
+    </row>
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="46"/>
+      <c r="B298" s="46"/>
+      <c r="C298" s="46"/>
+      <c r="D298" s="83"/>
+      <c r="E298" s="83"/>
+      <c r="F298" s="83"/>
+      <c r="G298" s="83"/>
+      <c r="H298" s="83"/>
+      <c r="I298" s="46"/>
+      <c r="J298" s="46"/>
+      <c r="K298" s="46"/>
+    </row>
+    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="46"/>
+      <c r="B299" s="46"/>
+      <c r="C299" s="46"/>
+      <c r="D299" s="83"/>
+      <c r="E299" s="83"/>
+      <c r="F299" s="83"/>
+      <c r="G299" s="83"/>
+      <c r="H299" s="83"/>
+      <c r="I299" s="46"/>
+      <c r="J299" s="46"/>
+      <c r="K299" s="46"/>
+    </row>
+    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="46"/>
+      <c r="B300" s="46"/>
+      <c r="C300" s="46"/>
+      <c r="D300" s="83"/>
+      <c r="E300" s="83"/>
+      <c r="F300" s="83"/>
+      <c r="G300" s="83"/>
+      <c r="H300" s="83"/>
+      <c r="I300" s="46"/>
+      <c r="J300" s="46"/>
+      <c r="K300" s="46"/>
+    </row>
+    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="46"/>
+      <c r="B301" s="46"/>
+      <c r="C301" s="46"/>
+      <c r="D301" s="83"/>
+      <c r="E301" s="83"/>
+      <c r="F301" s="83"/>
+      <c r="G301" s="83"/>
+      <c r="H301" s="83"/>
+      <c r="I301" s="46"/>
+      <c r="J301" s="46"/>
+      <c r="K301" s="46"/>
+    </row>
+    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="46"/>
+      <c r="B302" s="46"/>
+      <c r="C302" s="46"/>
+      <c r="D302" s="83"/>
+      <c r="E302" s="83"/>
+      <c r="F302" s="83"/>
+      <c r="G302" s="83"/>
+      <c r="H302" s="83"/>
+      <c r="I302" s="46"/>
+      <c r="J302" s="46"/>
+      <c r="K302" s="46"/>
+    </row>
+    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="46"/>
+      <c r="B303" s="46"/>
+      <c r="C303" s="46"/>
+      <c r="D303" s="83"/>
+      <c r="E303" s="83"/>
+      <c r="F303" s="83"/>
+      <c r="G303" s="83"/>
+      <c r="H303" s="83"/>
+      <c r="I303" s="46"/>
+      <c r="J303" s="46"/>
+      <c r="K303" s="46"/>
+    </row>
+    <row r="304" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="46"/>
+      <c r="B304" s="46"/>
+      <c r="C304" s="46"/>
+      <c r="D304" s="83"/>
+      <c r="E304" s="83"/>
+      <c r="F304" s="83"/>
+      <c r="G304" s="83"/>
+      <c r="H304" s="83"/>
+      <c r="I304" s="46"/>
+      <c r="J304" s="46"/>
+      <c r="K304" s="46"/>
+    </row>
+    <row r="305" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="46"/>
+      <c r="B305" s="46"/>
+      <c r="C305" s="46"/>
+      <c r="D305" s="83"/>
+      <c r="E305" s="83"/>
+      <c r="F305" s="83"/>
+      <c r="G305" s="83"/>
+      <c r="H305" s="83"/>
+      <c r="I305" s="46"/>
+      <c r="J305" s="46"/>
+      <c r="K305" s="46"/>
+    </row>
+    <row r="306" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="46"/>
+      <c r="B306" s="46"/>
+      <c r="C306" s="46"/>
+      <c r="D306" s="83"/>
+      <c r="E306" s="83"/>
+      <c r="F306" s="83"/>
+      <c r="G306" s="83"/>
+      <c r="H306" s="83"/>
+      <c r="I306" s="46"/>
+      <c r="J306" s="46"/>
+      <c r="K306" s="46"/>
+    </row>
+    <row r="307" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="46"/>
+      <c r="B307" s="46"/>
+      <c r="C307" s="46"/>
+      <c r="D307" s="83"/>
+      <c r="E307" s="83"/>
+      <c r="F307" s="83"/>
+      <c r="G307" s="83"/>
+      <c r="H307" s="83"/>
+      <c r="I307" s="46"/>
+      <c r="J307" s="46"/>
+      <c r="K307" s="46"/>
+    </row>
+    <row r="308" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B308" s="37"/>
+      <c r="C308" s="37"/>
+      <c r="D308" s="37"/>
+      <c r="E308" s="37"/>
+      <c r="F308" s="37"/>
+      <c r="G308" s="37"/>
+      <c r="H308" s="37"/>
+      <c r="I308" s="37"/>
+      <c r="J308" s="37"/>
+      <c r="K308" s="37"/>
+    </row>
+    <row r="309" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="23"/>
+      <c r="B309" s="23"/>
+      <c r="C309" s="23"/>
+      <c r="D309" s="13"/>
+      <c r="E309" s="13"/>
+      <c r="F309" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="G309" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="H309" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="I309" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J309" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="H249" s="13" t="s">
-[...1284 lines deleted...]
-    <row r="320" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K309" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B310" s="5"/>
+      <c r="C310" s="79"/>
+      <c r="D310" s="16"/>
+      <c r="E310" s="16"/>
+      <c r="F310" s="16">
+        <v>3046.08</v>
+      </c>
+      <c r="G310" s="16">
+        <v>50.331375319106741</v>
+      </c>
+      <c r="H310" s="16">
+        <v>3014.39</v>
+      </c>
+      <c r="I310" s="16">
+        <v>49.482828528232261</v>
+      </c>
+      <c r="J310" s="16">
+        <v>-1.040353503519279</v>
+      </c>
+      <c r="K310" s="16">
+        <v>-31.690000000000055</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B311" s="5"/>
+      <c r="C311" s="79"/>
+      <c r="D311" s="16"/>
+      <c r="E311" s="16"/>
+      <c r="F311" s="16">
+        <v>993.19</v>
+      </c>
+      <c r="G311" s="16">
+        <v>16.410802951066167</v>
+      </c>
+      <c r="H311" s="16">
+        <v>1114.6899999999998</v>
+      </c>
+      <c r="I311" s="16">
+        <v>18.298234180758033</v>
+      </c>
+      <c r="J311" s="16">
+        <v>12.233308833153753</v>
+      </c>
+      <c r="K311" s="16">
+        <v>121.49999999999977</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B312" s="5"/>
+      <c r="C312" s="79"/>
+      <c r="D312" s="16"/>
+      <c r="E312" s="16"/>
+      <c r="F312" s="16">
+        <v>830.2600000000001</v>
+      </c>
+      <c r="G312" s="16">
+        <v>13.718657314463695</v>
+      </c>
+      <c r="H312" s="16">
+        <v>840.3900000000001</v>
+      </c>
+      <c r="I312" s="16">
+        <v>13.79545256812858</v>
+      </c>
+      <c r="J312" s="16">
+        <v>1.2200997277961114</v>
+      </c>
+      <c r="K312" s="16">
+        <v>10.129999999999995</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B313" s="5"/>
+      <c r="C313" s="79"/>
+      <c r="D313" s="16"/>
+      <c r="E313" s="16"/>
+      <c r="F313" s="16">
+        <v>509.23000000000008</v>
+      </c>
+      <c r="G313" s="16">
+        <v>8.4141737097347189</v>
+      </c>
+      <c r="H313" s="16">
+        <v>502.25</v>
+      </c>
+      <c r="I313" s="16">
+        <v>8.244703116817881</v>
+      </c>
+      <c r="J313" s="16">
+        <v>-1.3706969345875291</v>
+      </c>
+      <c r="K313" s="16">
+        <v>-6.980000000000075</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B314" s="5"/>
+      <c r="C314" s="79"/>
+      <c r="D314" s="16"/>
+      <c r="E314" s="16"/>
+      <c r="F314" s="16">
+        <v>217.76</v>
+      </c>
+      <c r="G314" s="16">
+        <v>3.5981196454094069</v>
+      </c>
+      <c r="H314" s="16">
+        <v>219.59000000000003</v>
+      </c>
+      <c r="I314" s="16">
+        <v>3.6046876205515956</v>
+      </c>
+      <c r="J314" s="16">
+        <v>0.8403747244673222</v>
+      </c>
+      <c r="K314" s="16">
+        <v>1.8300000000000409</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B315" s="5"/>
+      <c r="C315" s="79"/>
+      <c r="D315" s="16"/>
+      <c r="E315" s="16"/>
+      <c r="F315" s="16">
+        <v>219.14</v>
+      </c>
+      <c r="G315" s="16">
+        <v>3.6209218364025411</v>
+      </c>
+      <c r="H315" s="16">
+        <v>173.65</v>
+      </c>
+      <c r="I315" s="16">
+        <v>2.8505578820018416</v>
+      </c>
+      <c r="J315" s="16">
+        <v>-20.758419275349084</v>
+      </c>
+      <c r="K315" s="16">
+        <v>-45.489999999999981</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B316" s="5"/>
+      <c r="C316" s="79"/>
+      <c r="D316" s="16"/>
+      <c r="E316" s="16"/>
+      <c r="F316" s="16">
+        <v>51.110000000000007</v>
+      </c>
+      <c r="G316" s="16">
+        <v>0.84450723308630971</v>
+      </c>
+      <c r="H316" s="16">
+        <v>63.3</v>
+      </c>
+      <c r="I316" s="16">
+        <v>1.0391034490683362</v>
+      </c>
+      <c r="J316" s="16">
+        <v>23.850518489532359</v>
+      </c>
+      <c r="K316" s="16">
+        <v>12.189999999999991</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B317" s="5"/>
+      <c r="C317" s="79"/>
+      <c r="D317" s="16"/>
+      <c r="E317" s="16"/>
+      <c r="F317" s="16">
+        <v>58.67</v>
+      </c>
+      <c r="G317" s="16">
+        <v>0.96942358374435111</v>
+      </c>
+      <c r="H317" s="16">
+        <v>57.35</v>
+      </c>
+      <c r="I317" s="16">
+        <v>0.94143100796317669</v>
+      </c>
+      <c r="J317" s="16">
+        <v>-2.249872166354185</v>
+      </c>
+      <c r="K317" s="16">
+        <v>-1.3200000000000003</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B318" s="5"/>
+      <c r="C318" s="79"/>
+      <c r="D318" s="16"/>
+      <c r="E318" s="16"/>
+      <c r="F318" s="16">
+        <v>52.999999999999993</v>
+      </c>
+      <c r="G318" s="16">
+        <v>0.87573632075081986</v>
+      </c>
+      <c r="H318" s="16">
+        <v>53.4</v>
+      </c>
+      <c r="I318" s="16">
+        <v>0.87658963949840685</v>
+      </c>
+      <c r="J318" s="16">
+        <v>0.7547169811320863</v>
+      </c>
+      <c r="K318" s="16">
+        <v>0.40000000000000568</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B319" s="5"/>
+      <c r="C319" s="79"/>
+      <c r="D319" s="16"/>
+      <c r="E319" s="16"/>
+      <c r="F319" s="16">
+        <v>44.23</v>
+      </c>
+      <c r="G319" s="16">
+        <v>0.73082674465676911</v>
+      </c>
+      <c r="H319" s="16">
+        <v>27.790000000000006</v>
+      </c>
+      <c r="I319" s="16">
+        <v>0.45618775433821596</v>
+      </c>
+      <c r="J319" s="16">
+        <v>-37.169342075514336</v>
+      </c>
+      <c r="K319" s="16">
+        <v>-16.439999999999991</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="15" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="B320" s="5"/>
+      <c r="C320" s="79"/>
+      <c r="D320" s="16"/>
+      <c r="E320" s="16"/>
       <c r="F320" s="16">
-        <v>6546.87</v>
+        <v>20.100000000000001</v>
       </c>
       <c r="G320" s="16">
-        <v>4.287716838969688</v>
+        <v>0.33211886881304686</v>
       </c>
       <c r="H320" s="16">
-        <v>17.147541163854243</v>
+        <v>17.330000000000002</v>
       </c>
       <c r="I320" s="16">
-        <v>5146.4799999999996</v>
+        <v>0.28448124442897738</v>
       </c>
       <c r="J320" s="16">
-        <v>5198.04</v>
+        <v>-13.78109452736318</v>
       </c>
       <c r="K320" s="16">
-        <v>1.0018498080241331</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.7699999999999996</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="15" t="s">
-        <v>28</v>
-[...12 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="B321" s="5"/>
+      <c r="C321" s="79"/>
+      <c r="D321" s="16"/>
+      <c r="E321" s="16"/>
       <c r="F321" s="16">
-        <v>1973.55</v>
+        <v>9.2299999999999986</v>
       </c>
       <c r="G321" s="16">
-        <v>11.467882135655826</v>
+        <v>0.15251030642509561</v>
       </c>
       <c r="H321" s="16">
-        <v>13.693294341649853</v>
+        <v>7.74</v>
       </c>
       <c r="I321" s="16">
-        <v>1430.8</v>
+        <v>0.12705625111830843</v>
       </c>
       <c r="J321" s="16">
-        <v>1498.4900000000002</v>
+        <v>-16.143011917659791</v>
       </c>
       <c r="K321" s="16">
-        <v>4.7309197651663606</v>
-[...72 lines deleted...]
-    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.4899999999999984</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B322" s="96"/>
+      <c r="C322" s="97"/>
+      <c r="D322" s="17"/>
+      <c r="E322" s="17"/>
+      <c r="F322" s="17">
+        <v>6052.05</v>
+      </c>
+      <c r="G322" s="17">
+        <v>100</v>
+      </c>
+      <c r="H322" s="17">
+        <v>6091.79</v>
+      </c>
+      <c r="I322" s="17">
+        <v>100</v>
+      </c>
+      <c r="J322" s="17">
+        <v>0.65663700729504515</v>
+      </c>
+      <c r="K322" s="17">
+        <v>39.739999999999782</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="4" t="s">
-        <v>25</v>
-[...13 lines deleted...]
-      <c r="A325" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="B325" s="46"/>
-[...13 lines deleted...]
-      </c>
+    </row>
+    <row r="325" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="124" t="s">
+        <v>51</v>
+      </c>
+      <c r="B325" s="124"/>
+      <c r="C325" s="124"/>
+      <c r="D325" s="124"/>
+      <c r="E325" s="124"/>
+      <c r="F325" s="124"/>
+      <c r="G325" s="124"/>
+      <c r="H325" s="124"/>
+      <c r="I325" s="124"/>
+      <c r="J325" s="124"/>
+      <c r="K325" s="124"/>
+    </row>
+    <row r="326" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="46"/>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
-      <c r="D326" s="46"/>
-[...4 lines deleted...]
-      <c r="I326" s="46"/>
+      <c r="D326" s="83"/>
+      <c r="E326" s="83"/>
+      <c r="F326" s="83"/>
+      <c r="G326" s="83"/>
+      <c r="H326" s="83"/>
+      <c r="I326" s="83"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
-    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="327" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="46"/>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
-      <c r="D327" s="46"/>
-[...4 lines deleted...]
-      <c r="I327" s="46"/>
+      <c r="D327" s="83"/>
+      <c r="E327" s="83"/>
+      <c r="F327" s="83"/>
+      <c r="G327" s="83"/>
+      <c r="H327" s="83"/>
+      <c r="I327" s="83"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="328" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="46"/>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
-      <c r="D328" s="46"/>
-[...4 lines deleted...]
-      <c r="I328" s="46"/>
+      <c r="D328" s="83"/>
+      <c r="E328" s="83"/>
+      <c r="F328" s="83"/>
+      <c r="G328" s="83"/>
+      <c r="H328" s="83"/>
+      <c r="I328" s="83"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-      <c r="E332" s="12">
+    <row r="329" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B329" s="37"/>
+      <c r="C329" s="37"/>
+      <c r="D329" s="37"/>
+      <c r="E329" s="37"/>
+      <c r="F329" s="37"/>
+      <c r="G329" s="37"/>
+      <c r="H329" s="37"/>
+      <c r="I329" s="37"/>
+      <c r="J329" s="37"/>
+      <c r="K329" s="37"/>
+    </row>
+    <row r="330" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="23"/>
+      <c r="B330" s="23"/>
+      <c r="C330" s="23"/>
+      <c r="D330" s="13"/>
+      <c r="E330" s="13"/>
+      <c r="F330" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="G330" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="H330" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="I330" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J330" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K330" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B331" s="5"/>
+      <c r="C331" s="79"/>
+      <c r="D331" s="16"/>
+      <c r="E331" s="16"/>
+      <c r="F331" s="16">
+        <v>586.21</v>
+      </c>
+      <c r="G331" s="16">
+        <v>33.191029176126875</v>
+      </c>
+      <c r="H331" s="16">
+        <v>602.71999999999991</v>
+      </c>
+      <c r="I331" s="16">
+        <v>32.89758802691977</v>
+      </c>
+      <c r="J331" s="16">
+        <v>2.8163968543695734</v>
+      </c>
+      <c r="K331" s="16">
+        <v>16.509999999999877</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B332" s="5"/>
+      <c r="C332" s="79"/>
+      <c r="D332" s="16"/>
+      <c r="E332" s="16"/>
+      <c r="F332" s="16">
+        <v>470.55</v>
+      </c>
+      <c r="G332" s="16">
+        <v>26.642395692373892</v>
+      </c>
+      <c r="H332" s="16">
+        <v>511.67</v>
+      </c>
+      <c r="I332" s="16">
+        <v>27.927908258783585</v>
+      </c>
+      <c r="J332" s="16">
+        <v>8.7387100201891421</v>
+      </c>
+      <c r="K332" s="16">
+        <v>41.120000000000005</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B333" s="5"/>
+      <c r="C333" s="79"/>
+      <c r="D333" s="16"/>
+      <c r="E333" s="16"/>
+      <c r="F333" s="16">
+        <v>176.16</v>
+      </c>
+      <c r="G333" s="16">
+        <v>9.9741248011233345</v>
+      </c>
+      <c r="H333" s="16">
+        <v>206.76</v>
+      </c>
+      <c r="I333" s="16">
+        <v>11.28534858714815</v>
+      </c>
+      <c r="J333" s="16">
+        <v>17.370572207084468</v>
+      </c>
+      <c r="K333" s="16">
+        <v>30.599999999999994</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B334" s="5"/>
+      <c r="C334" s="79"/>
+      <c r="D334" s="16"/>
+      <c r="E334" s="16"/>
+      <c r="F334" s="16">
+        <v>161.23000000000002</v>
+      </c>
+      <c r="G334" s="16">
+        <v>9.128792811564006</v>
+      </c>
+      <c r="H334" s="16">
+        <v>145.68</v>
+      </c>
+      <c r="I334" s="16">
+        <v>7.9514876290179091</v>
+      </c>
+      <c r="J334" s="16">
+        <v>-9.6446070830490651</v>
+      </c>
+      <c r="K334" s="16">
+        <v>-15.550000000000011</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B335" s="5"/>
+      <c r="C335" s="79"/>
+      <c r="D335" s="16"/>
+      <c r="E335" s="16"/>
+      <c r="F335" s="16">
+        <v>96.11</v>
+      </c>
+      <c r="G335" s="16">
+        <v>5.4417185208671874</v>
+      </c>
+      <c r="H335" s="16">
+        <v>97.649999999999991</v>
+      </c>
+      <c r="I335" s="16">
+        <v>5.3299201467160806</v>
+      </c>
+      <c r="J335" s="16">
+        <v>1.6023306627822205</v>
+      </c>
+      <c r="K335" s="16">
+        <v>1.539999999999992</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B336" s="5"/>
+      <c r="C336" s="79"/>
+      <c r="D336" s="16"/>
+      <c r="E336" s="16"/>
+      <c r="F336" s="16">
+        <v>66.97</v>
+      </c>
+      <c r="G336" s="16">
+        <v>3.7918207194097961</v>
+      </c>
+      <c r="H336" s="16">
+        <v>90.289999999999992</v>
+      </c>
+      <c r="I336" s="16">
+        <v>4.9281975427239626</v>
+      </c>
+      <c r="J336" s="16">
+        <v>34.821561893385088</v>
+      </c>
+      <c r="K336" s="16">
+        <v>23.319999999999993</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B337" s="5"/>
+      <c r="C337" s="79"/>
+      <c r="D337" s="16"/>
+      <c r="E337" s="16"/>
+      <c r="F337" s="16">
+        <v>54.75</v>
+      </c>
+      <c r="G337" s="16">
+        <v>3.0999280929921809</v>
+      </c>
+      <c r="H337" s="16">
+        <v>63.320000000000014</v>
+      </c>
+      <c r="I337" s="16">
+        <v>3.4561243593452362</v>
+      </c>
+      <c r="J337" s="16">
+        <v>15.652968036529707</v>
+      </c>
+      <c r="K337" s="16">
+        <v>8.5700000000000145</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B338" s="5"/>
+      <c r="C338" s="79"/>
+      <c r="D338" s="16"/>
+      <c r="E338" s="16"/>
+      <c r="F338" s="16">
+        <v>50.749999999999993</v>
+      </c>
+      <c r="G338" s="16">
+        <v>2.8734493282073634</v>
+      </c>
+      <c r="H338" s="16">
+        <v>50.24</v>
+      </c>
+      <c r="I338" s="16">
+        <v>2.7421934272505473</v>
+      </c>
+      <c r="J338" s="16">
+        <v>-1.0049261083743666</v>
+      </c>
+      <c r="K338" s="16">
+        <v>-0.50999999999999091</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A339" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B339" s="5"/>
+      <c r="C339" s="79"/>
+      <c r="D339" s="16"/>
+      <c r="E339" s="16"/>
+      <c r="F339" s="16">
+        <v>28.7</v>
+      </c>
+      <c r="G339" s="16">
+        <v>1.6249851373310606</v>
+      </c>
+      <c r="H339" s="16">
+        <v>33.699999999999996</v>
+      </c>
+      <c r="I339" s="16">
+        <v>1.8394092057791287</v>
+      </c>
+      <c r="J339" s="16">
+        <v>17.421602787456433</v>
+      </c>
+      <c r="K339" s="16">
+        <v>4.9999999999999964</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B340" s="5"/>
+      <c r="C340" s="79"/>
+      <c r="D340" s="16"/>
+      <c r="E340" s="16"/>
+      <c r="F340" s="16">
+        <v>69.849999999999994</v>
+      </c>
+      <c r="G340" s="16">
+        <v>3.9548854300548641</v>
+      </c>
+      <c r="H340" s="16">
+        <v>25.100000000000005</v>
+      </c>
+      <c r="I340" s="16">
+        <v>1.3700050761144256</v>
+      </c>
+      <c r="J340" s="16">
+        <v>-64.065855404438068</v>
+      </c>
+      <c r="K340" s="16">
+        <v>-44.749999999999986</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B341" s="5"/>
+      <c r="C341" s="79"/>
+      <c r="D341" s="16"/>
+      <c r="E341" s="16"/>
+      <c r="F341" s="16">
+        <v>3.14</v>
+      </c>
+      <c r="G341" s="16">
+        <v>0.17778583035608123</v>
+      </c>
+      <c r="H341" s="16">
+        <v>3.97</v>
+      </c>
+      <c r="I341" s="16">
+        <v>0.2166900459033573</v>
+      </c>
+      <c r="J341" s="16">
+        <v>26.433121019108281</v>
+      </c>
+      <c r="K341" s="16">
+        <v>0.83000000000000007</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B342" s="5"/>
+      <c r="C342" s="79"/>
+      <c r="D342" s="16"/>
+      <c r="E342" s="16"/>
+      <c r="F342" s="16">
+        <v>1.7</v>
+      </c>
+      <c r="G342" s="16">
+        <v>9.6253475033547156E-2</v>
+      </c>
+      <c r="H342" s="16">
+        <v>1.03</v>
+      </c>
+      <c r="I342" s="16">
+        <v>5.6219331808679607E-2</v>
+      </c>
+      <c r="J342" s="16">
+        <v>-39.411764705882355</v>
+      </c>
+      <c r="K342" s="16">
+        <v>-0.66999999999999993</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B343" s="96"/>
+      <c r="C343" s="97"/>
+      <c r="D343" s="17"/>
+      <c r="E343" s="17"/>
+      <c r="F343" s="17">
+        <v>1766.17</v>
+      </c>
+      <c r="G343" s="17">
+        <v>100</v>
+      </c>
+      <c r="H343" s="17">
+        <v>1832.1100000000001</v>
+      </c>
+      <c r="I343" s="17">
+        <v>100</v>
+      </c>
+      <c r="J343" s="17">
+        <v>3.7335024374777093</v>
+      </c>
+      <c r="K343" s="17">
+        <v>65.940000000000055</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K344" s="46"/>
+    </row>
+    <row r="345" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A345" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K345" s="46"/>
+    </row>
+    <row r="346" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="124" t="s">
+        <v>51</v>
+      </c>
+      <c r="B346" s="124"/>
+      <c r="C346" s="124"/>
+      <c r="D346" s="124"/>
+      <c r="E346" s="124"/>
+      <c r="F346" s="124"/>
+      <c r="G346" s="124"/>
+      <c r="H346" s="124"/>
+      <c r="I346" s="124"/>
+      <c r="J346" s="124"/>
+      <c r="K346" s="46"/>
+    </row>
+    <row r="347" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="46"/>
+      <c r="B347" s="46"/>
+      <c r="C347" s="46"/>
+      <c r="D347" s="83"/>
+      <c r="E347" s="83"/>
+      <c r="F347" s="83"/>
+      <c r="G347" s="83"/>
+      <c r="H347" s="83"/>
+      <c r="I347" s="46"/>
+      <c r="J347" s="46"/>
+      <c r="K347" s="46"/>
+    </row>
+    <row r="348" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A348" s="46"/>
+      <c r="B348" s="46"/>
+      <c r="C348" s="46"/>
+      <c r="D348" s="83"/>
+      <c r="E348" s="83"/>
+      <c r="F348" s="83"/>
+      <c r="G348" s="83"/>
+      <c r="H348" s="83"/>
+      <c r="I348" s="46"/>
+      <c r="J348" s="46"/>
+      <c r="K348" s="46"/>
+    </row>
+    <row r="349" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="46"/>
+      <c r="B349" s="46"/>
+      <c r="C349" s="46"/>
+      <c r="D349" s="83"/>
+      <c r="E349" s="83"/>
+      <c r="F349" s="83"/>
+      <c r="G349" s="83"/>
+      <c r="H349" s="83"/>
+      <c r="I349" s="46"/>
+      <c r="J349" s="46"/>
+      <c r="K349" s="46"/>
+    </row>
+    <row r="350" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="46"/>
+      <c r="B350" s="46"/>
+      <c r="C350" s="46"/>
+      <c r="D350" s="83"/>
+      <c r="E350" s="83"/>
+      <c r="F350" s="83"/>
+      <c r="G350" s="83"/>
+      <c r="H350" s="83"/>
+      <c r="I350" s="46"/>
+      <c r="J350" s="46"/>
+      <c r="K350" s="46"/>
+    </row>
+    <row r="351" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="46"/>
+      <c r="B351" s="46"/>
+      <c r="C351" s="46"/>
+      <c r="D351" s="83"/>
+      <c r="E351" s="83"/>
+      <c r="F351" s="83"/>
+      <c r="G351" s="83"/>
+      <c r="H351" s="83"/>
+      <c r="I351" s="46"/>
+      <c r="J351" s="46"/>
+      <c r="K351" s="46"/>
+    </row>
+    <row r="352" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="46"/>
+      <c r="B352" s="46"/>
+      <c r="C352" s="46"/>
+      <c r="D352" s="83"/>
+      <c r="E352" s="83"/>
+      <c r="F352" s="83"/>
+      <c r="G352" s="83"/>
+      <c r="H352" s="83"/>
+      <c r="I352" s="46"/>
+      <c r="J352" s="46"/>
+      <c r="K352" s="46"/>
+    </row>
+    <row r="353" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="46"/>
+      <c r="B353" s="46"/>
+      <c r="C353" s="46"/>
+      <c r="D353" s="83"/>
+      <c r="E353" s="83"/>
+      <c r="F353" s="83"/>
+      <c r="G353" s="83"/>
+      <c r="H353" s="83"/>
+      <c r="I353" s="46"/>
+      <c r="J353" s="46"/>
+      <c r="K353" s="46"/>
+    </row>
+    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="46"/>
+      <c r="B354" s="46"/>
+      <c r="C354" s="46"/>
+      <c r="D354" s="83"/>
+      <c r="E354" s="83"/>
+      <c r="F354" s="83"/>
+      <c r="G354" s="83"/>
+      <c r="H354" s="83"/>
+      <c r="I354" s="46"/>
+      <c r="J354" s="46"/>
+      <c r="K354" s="46"/>
+    </row>
+    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="46"/>
+      <c r="B355" s="46"/>
+      <c r="C355" s="46"/>
+      <c r="D355" s="83"/>
+      <c r="E355" s="83"/>
+      <c r="F355" s="83"/>
+      <c r="G355" s="83"/>
+      <c r="H355" s="83"/>
+      <c r="I355" s="46"/>
+      <c r="J355" s="46"/>
+      <c r="K355" s="46"/>
+    </row>
+    <row r="356" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B356" s="8"/>
+      <c r="C356" s="8"/>
+      <c r="D356" s="8"/>
+      <c r="E356" s="8"/>
+      <c r="F356" s="8"/>
+      <c r="G356" s="8"/>
+      <c r="H356" s="8"/>
+      <c r="I356" s="8"/>
+      <c r="J356" s="8"/>
+      <c r="K356" s="9"/>
+    </row>
+    <row r="357" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="11"/>
+      <c r="B357" s="12">
         <v>2020</v>
       </c>
-      <c r="F332" s="12">
+      <c r="C357" s="12">
         <v>2021</v>
       </c>
-      <c r="G332" s="12">
+      <c r="D357" s="12">
         <v>2022</v>
       </c>
-      <c r="H332" s="12">
+      <c r="E357" s="12">
         <v>2023</v>
       </c>
-      <c r="I332" s="12">
+      <c r="F357" s="12">
         <v>2024</v>
       </c>
-      <c r="J332" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A333" s="124" t="s">
+      <c r="G357" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H357" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I357" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J357" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K357" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B358" s="16">
+        <v>10704.26</v>
+      </c>
+      <c r="C358" s="16">
+        <v>12407.91</v>
+      </c>
+      <c r="D358" s="16">
+        <v>15021.85</v>
+      </c>
+      <c r="E358" s="16">
+        <v>16187.43</v>
+      </c>
+      <c r="F358" s="16">
+        <v>15893.55</v>
+      </c>
+      <c r="G358" s="16">
+        <v>-1.815482754211144</v>
+      </c>
+      <c r="H358" s="16">
+        <v>10.386526006900997</v>
+      </c>
+      <c r="I358" s="16">
+        <v>14751.06</v>
+      </c>
+      <c r="J358" s="16">
+        <v>14764.470000000001</v>
+      </c>
+      <c r="K358" s="16">
+        <v>9.0908721135983944E-2</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B359" s="16">
+        <v>6002.38</v>
+      </c>
+      <c r="C359" s="16">
+        <v>6593.93</v>
+      </c>
+      <c r="D359" s="16">
+        <v>8167.85</v>
+      </c>
+      <c r="E359" s="16">
+        <v>8904.6200000000008</v>
+      </c>
+      <c r="F359" s="16">
+        <v>9566.73</v>
+      </c>
+      <c r="G359" s="16">
+        <v>7.4355783851528603</v>
+      </c>
+      <c r="H359" s="16">
+        <v>12.35955427015476</v>
+      </c>
+      <c r="I359" s="16">
+        <v>8723.98</v>
+      </c>
+      <c r="J359" s="16">
+        <v>9212.0400000000009</v>
+      </c>
+      <c r="K359" s="16">
+        <v>5.5944649116573091</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B360" s="16">
+        <v>4701.88</v>
+      </c>
+      <c r="C360" s="16">
+        <v>5813.98</v>
+      </c>
+      <c r="D360" s="16">
+        <v>6854</v>
+      </c>
+      <c r="E360" s="16">
+        <v>7282.8099999999995</v>
+      </c>
+      <c r="F360" s="16">
+        <v>6326.82</v>
+      </c>
+      <c r="G360" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="H360" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="I360" s="16">
+        <v>6027.08</v>
+      </c>
+      <c r="J360" s="16">
+        <v>5552.43</v>
+      </c>
+      <c r="K360" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B361" s="17">
+        <v>178.33359434091145</v>
+      </c>
+      <c r="C361" s="17">
+        <v>188.17169730342903</v>
+      </c>
+      <c r="D361" s="17">
+        <v>183.91437159105516</v>
+      </c>
+      <c r="E361" s="17">
+        <v>181.78687018648745</v>
+      </c>
+      <c r="F361" s="17">
+        <v>166.1335691505875</v>
+      </c>
+      <c r="G361" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H361" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I361" s="17">
+        <v>169.08635737358409</v>
+      </c>
+      <c r="J361" s="17">
+        <v>160.27362017533576</v>
+      </c>
+      <c r="K361" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B362" s="46"/>
+      <c r="C362" s="46"/>
+      <c r="D362" s="46"/>
+      <c r="E362" s="46"/>
+      <c r="F362" s="46"/>
+      <c r="G362" s="46"/>
+      <c r="H362" s="46"/>
+      <c r="I362" s="46"/>
+      <c r="J362" s="46"/>
+      <c r="K362" s="46"/>
+    </row>
+    <row r="363" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B363" s="46"/>
+      <c r="C363" s="46"/>
+      <c r="D363" s="46"/>
+      <c r="E363" s="46"/>
+      <c r="F363" s="46"/>
+      <c r="G363" s="46"/>
+      <c r="H363" s="46"/>
+      <c r="I363" s="46"/>
+      <c r="J363" s="46"/>
+      <c r="K363" s="46"/>
+    </row>
+    <row r="364" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B364" s="46"/>
+      <c r="C364" s="46"/>
+      <c r="D364" s="46"/>
+      <c r="E364" s="46"/>
+      <c r="F364" s="46"/>
+      <c r="G364" s="46"/>
+      <c r="H364" s="46"/>
+      <c r="I364" s="46"/>
+      <c r="J364" s="46"/>
+      <c r="K364" s="46"/>
+    </row>
+    <row r="365" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B365" s="46"/>
+      <c r="C365" s="46"/>
+      <c r="D365" s="46"/>
+      <c r="E365" s="46"/>
+      <c r="F365" s="46"/>
+      <c r="G365" s="46"/>
+      <c r="H365" s="46"/>
+      <c r="I365" s="46"/>
+      <c r="J365" s="46"/>
+      <c r="K365" s="46"/>
+    </row>
+    <row r="366" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B366" s="46"/>
+      <c r="C366" s="46"/>
+      <c r="D366" s="46"/>
+      <c r="E366" s="46"/>
+      <c r="F366" s="46"/>
+      <c r="G366" s="46"/>
+      <c r="H366" s="46"/>
+      <c r="I366" s="46"/>
+      <c r="J366" s="46"/>
+      <c r="K366" s="46"/>
+    </row>
+    <row r="367" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="124" t="s">
+        <v>82</v>
+      </c>
+      <c r="B367" s="124"/>
+      <c r="C367" s="124"/>
+      <c r="D367" s="124"/>
+      <c r="E367" s="124"/>
+      <c r="F367" s="124"/>
+      <c r="G367" s="124"/>
+      <c r="H367" s="124"/>
+      <c r="I367" s="124"/>
+      <c r="J367" s="124"/>
+      <c r="K367" s="124"/>
+    </row>
+    <row r="368" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="124" t="s">
+        <v>154</v>
+      </c>
+      <c r="B368" s="124"/>
+      <c r="C368" s="124"/>
+      <c r="D368" s="124"/>
+      <c r="E368" s="124"/>
+      <c r="F368" s="124"/>
+      <c r="G368" s="124"/>
+      <c r="H368" s="124"/>
+      <c r="I368" s="124"/>
+      <c r="J368" s="124"/>
+      <c r="K368" s="124"/>
+    </row>
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="46"/>
+      <c r="B369" s="46"/>
+      <c r="C369" s="46"/>
+      <c r="D369" s="46"/>
+      <c r="E369" s="46"/>
+      <c r="F369" s="46"/>
+      <c r="G369" s="46"/>
+      <c r="H369" s="46"/>
+      <c r="I369" s="46"/>
+      <c r="J369" s="46"/>
+      <c r="K369" s="86"/>
+    </row>
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B370" s="22"/>
+      <c r="C370" s="22"/>
+      <c r="D370" s="22"/>
+    </row>
+    <row r="371" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="23"/>
+      <c r="B371" s="23"/>
+      <c r="C371" s="23"/>
+      <c r="D371" s="24"/>
+      <c r="E371" s="12">
+        <v>2020</v>
+      </c>
+      <c r="F371" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G371" s="12">
+        <v>2022</v>
+      </c>
+      <c r="H371" s="12">
+        <v>2023</v>
+      </c>
+      <c r="I371" s="12">
+        <v>2024</v>
+      </c>
+      <c r="J371" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K371" s="13" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="128" t="s">
+        <v>142</v>
+      </c>
+      <c r="B372" s="128"/>
+      <c r="C372" s="128"/>
+      <c r="D372" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E372" s="27">
+        <v>2</v>
+      </c>
+      <c r="F372" s="27">
+        <v>2</v>
+      </c>
+      <c r="G372" s="27">
+        <v>2</v>
+      </c>
+      <c r="H372" s="27">
+        <v>2</v>
+      </c>
+      <c r="I372" s="27">
+        <v>2</v>
+      </c>
+      <c r="J372" s="27">
+        <v>2</v>
+      </c>
+      <c r="K372" s="27">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A373" s="128"/>
+      <c r="B373" s="128"/>
+      <c r="C373" s="128"/>
+      <c r="D373" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E373" s="28">
+        <v>14.247627981959832</v>
+      </c>
+      <c r="F373" s="28">
+        <v>13.767006809325464</v>
+      </c>
+      <c r="G373" s="28">
+        <v>12.418388293365568</v>
+      </c>
+      <c r="H373" s="28">
+        <v>12.669724163160613</v>
+      </c>
+      <c r="I373" s="28">
+        <v>11.938741569630659</v>
+      </c>
+      <c r="J373" s="28">
+        <v>11.997000883973103</v>
+      </c>
+      <c r="K373" s="28">
+        <v>11.840274931991159</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="129" t="s">
         <v>143</v>
       </c>
-      <c r="B333" s="124"/>
-[...1 lines deleted...]
-      <c r="D333" s="2" t="s">
+      <c r="B374" s="129"/>
+      <c r="C374" s="129"/>
+      <c r="D374" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E333" s="27">
-[...11 lines deleted...]
-      <c r="I333" s="27">
+      <c r="E374" s="30">
         <v>3</v>
       </c>
-      <c r="J333" s="27">
-[...2 lines deleted...]
-      <c r="K333" s="27">
+      <c r="F374" s="30">
         <v>3</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="E335" s="30">
+      <c r="G374" s="30">
         <v>3</v>
       </c>
-      <c r="F335" s="30">
-[...22 lines deleted...]
-      <c r="D336" s="31" t="s">
+      <c r="H374" s="30">
+        <v>3</v>
+      </c>
+      <c r="I374" s="30">
+        <v>3</v>
+      </c>
+      <c r="J374" s="30">
+        <v>3</v>
+      </c>
+      <c r="K374" s="30">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="130"/>
+      <c r="B375" s="130"/>
+      <c r="C375" s="130"/>
+      <c r="D375" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E336" s="32">
-[...22 lines deleted...]
-      <c r="A337" s="4" t="s">
+      <c r="E375" s="32">
+        <v>7.620236146349546</v>
+      </c>
+      <c r="F375" s="32">
+        <v>6.9015066879596212</v>
+      </c>
+      <c r="G375" s="32">
+        <v>6.4931208858789198</v>
+      </c>
+      <c r="H375" s="32">
+        <v>7.2005855809741819</v>
+      </c>
+      <c r="I375" s="32">
+        <v>7.5574760019468137</v>
+      </c>
+      <c r="J375" s="32">
+        <v>7.5270717225282393</v>
+      </c>
+      <c r="K375" s="32">
+        <v>7.710533177036405</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B337" s="33"/>
-[...35 lines deleted...]
-      <c r="D343" s="13">
+      <c r="B376" s="33"/>
+      <c r="C376" s="34"/>
+    </row>
+    <row r="377" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="46"/>
+      <c r="B378" s="46"/>
+      <c r="C378" s="46"/>
+      <c r="D378" s="46"/>
+      <c r="E378" s="46"/>
+      <c r="F378" s="46"/>
+      <c r="G378" s="46"/>
+      <c r="H378" s="46"/>
+      <c r="I378" s="46"/>
+      <c r="J378" s="46"/>
+      <c r="K378" s="46"/>
+    </row>
+    <row r="379" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A379" s="46"/>
+      <c r="B379" s="46"/>
+      <c r="C379" s="46"/>
+      <c r="D379" s="46"/>
+      <c r="E379" s="46"/>
+      <c r="F379" s="46"/>
+      <c r="G379" s="46"/>
+      <c r="H379" s="46"/>
+      <c r="I379" s="46"/>
+      <c r="J379" s="46"/>
+      <c r="K379" s="46"/>
+    </row>
+    <row r="380" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A380" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B380" s="8"/>
+      <c r="C380" s="8"/>
+      <c r="D380" s="8"/>
+      <c r="E380" s="8"/>
+      <c r="F380" s="8"/>
+      <c r="G380" s="8"/>
+      <c r="H380" s="8"/>
+      <c r="I380" s="8"/>
+      <c r="J380" s="8"/>
+      <c r="K380" s="9"/>
+    </row>
+    <row r="381" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="11"/>
+      <c r="B381" s="12">
         <v>2020</v>
       </c>
-      <c r="E343" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F343" s="13">
+      <c r="C381" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D381" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E381" s="12">
         <v>2023</v>
       </c>
-      <c r="G343" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H343" s="13">
+      <c r="F381" s="12">
         <v>2024</v>
       </c>
-      <c r="I343" s="13" t="s">
+      <c r="G381" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="H381" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="I381" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J381" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K381" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="J343" s="13" t="s">
-[...410 lines deleted...]
-      <c r="A357" s="4" t="s">
+    </row>
+    <row r="382" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B382" s="16">
+        <v>273.39</v>
+      </c>
+      <c r="C382" s="16">
+        <v>-1.9999999999996021E-2</v>
+      </c>
+      <c r="D382" s="16">
+        <v>194.81999999999996</v>
+      </c>
+      <c r="E382" s="16">
+        <v>721.52</v>
+      </c>
+      <c r="F382" s="16">
+        <v>753.22</v>
+      </c>
+      <c r="G382" s="16">
+        <v>31.700000000000045</v>
+      </c>
+      <c r="H382" s="16">
+        <v>388.58600000000001</v>
+      </c>
+      <c r="I382" s="16">
+        <v>532.87</v>
+      </c>
+      <c r="J382" s="16">
+        <v>407.05999999999995</v>
+      </c>
+      <c r="K382" s="16">
+        <v>-125.81000000000006</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B383" s="16">
+        <v>2053.48</v>
+      </c>
+      <c r="C383" s="16">
+        <v>1258.98</v>
+      </c>
+      <c r="D383" s="16">
+        <v>1420.7299999999998</v>
+      </c>
+      <c r="E383" s="16">
+        <v>853.63000000000011</v>
+      </c>
+      <c r="F383" s="16">
+        <v>619.8599999999999</v>
+      </c>
+      <c r="G383" s="16">
+        <v>-233.77000000000021</v>
+      </c>
+      <c r="H383" s="16">
+        <v>1241.3359999999998</v>
+      </c>
+      <c r="I383" s="16">
+        <v>334.85999999999996</v>
+      </c>
+      <c r="J383" s="16">
+        <v>514.55999999999995</v>
+      </c>
+      <c r="K383" s="16">
+        <v>179.7</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B384" s="17">
+        <v>-1780.0900000000001</v>
+      </c>
+      <c r="C384" s="17">
+        <v>-1259</v>
+      </c>
+      <c r="D384" s="17">
+        <v>-1225.9099999999999</v>
+      </c>
+      <c r="E384" s="17">
+        <v>-132.11000000000013</v>
+      </c>
+      <c r="F384" s="17">
+        <v>133.36000000000013</v>
+      </c>
+      <c r="G384" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="H384" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="I384" s="17">
+        <v>198.01000000000005</v>
+      </c>
+      <c r="J384" s="17">
+        <v>-107.5</v>
+      </c>
+      <c r="K384" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...586 lines deleted...]
-      <c r="C385" s="46"/>
+      <c r="B385" s="83"/>
+      <c r="C385" s="83"/>
       <c r="D385" s="83"/>
       <c r="E385" s="83"/>
       <c r="F385" s="83"/>
       <c r="G385" s="83"/>
       <c r="H385" s="83"/>
-      <c r="I385" s="46"/>
+      <c r="I385" s="83"/>
       <c r="J385" s="46"/>
       <c r="K385" s="46"/>
     </row>
-    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A386" s="46"/>
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="4" t="s">
+        <v>52</v>
+      </c>
       <c r="B386" s="46"/>
       <c r="C386" s="46"/>
-      <c r="D386" s="83"/>
-[...3 lines deleted...]
-      <c r="H386" s="83"/>
+      <c r="D386" s="46"/>
+      <c r="E386" s="46"/>
+      <c r="F386" s="46"/>
+      <c r="G386" s="46"/>
+      <c r="H386" s="46"/>
       <c r="I386" s="46"/>
       <c r="J386" s="46"/>
       <c r="K386" s="46"/>
     </row>
-    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A387" s="46"/>
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="4" t="s">
+        <v>105</v>
+      </c>
       <c r="B387" s="46"/>
       <c r="C387" s="46"/>
-      <c r="D387" s="83"/>
-[...3 lines deleted...]
-      <c r="H387" s="83"/>
+      <c r="D387" s="46"/>
+      <c r="E387" s="46"/>
+      <c r="F387" s="46"/>
+      <c r="G387" s="46"/>
+      <c r="H387" s="46"/>
       <c r="I387" s="46"/>
       <c r="J387" s="46"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J388" s="46"/>
+    <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A388" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B388" s="87"/>
+      <c r="C388" s="87"/>
+      <c r="D388" s="87"/>
+      <c r="E388" s="87"/>
+      <c r="F388" s="87"/>
+      <c r="G388" s="87"/>
+      <c r="H388" s="87"/>
+      <c r="I388" s="87"/>
+      <c r="J388" s="87"/>
       <c r="K388" s="46"/>
     </row>
-    <row r="389" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A389" s="46"/>
       <c r="B389" s="46"/>
       <c r="C389" s="46"/>
-      <c r="D389" s="83"/>
-[...3 lines deleted...]
-      <c r="H389" s="83"/>
+      <c r="D389" s="46"/>
+      <c r="E389" s="46"/>
+      <c r="F389" s="46"/>
+      <c r="G389" s="46"/>
+      <c r="H389" s="46"/>
       <c r="I389" s="46"/>
       <c r="J389" s="46"/>
       <c r="K389" s="46"/>
     </row>
-    <row r="390" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="F391" s="13" t="s">
+    <row r="390" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="46"/>
+      <c r="B390" s="46"/>
+      <c r="C390" s="46"/>
+      <c r="D390" s="46"/>
+      <c r="E390" s="46"/>
+      <c r="F390" s="46"/>
+      <c r="G390" s="46"/>
+      <c r="H390" s="46"/>
+      <c r="I390" s="46"/>
+      <c r="J390" s="46"/>
+      <c r="K390" s="46"/>
+    </row>
+    <row r="391" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B391" s="22"/>
+      <c r="C391" s="22"/>
+      <c r="D391" s="22"/>
+      <c r="E391" s="22"/>
+      <c r="F391" s="22"/>
+      <c r="G391" s="22"/>
+      <c r="H391" s="22"/>
+      <c r="I391" s="22"/>
+      <c r="J391" s="22"/>
+      <c r="K391" s="22"/>
+    </row>
+    <row r="392" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="11"/>
+      <c r="B392" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C392" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D392" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E392" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F392" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="G392" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H392" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I392" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="G391" s="13" t="s">
+      <c r="J392" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="K392" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="109" t="s">
+        <v>38</v>
+      </c>
+      <c r="B393" s="16">
+        <v>3127.02</v>
+      </c>
+      <c r="C393" s="16">
+        <v>3204.61</v>
+      </c>
+      <c r="D393" s="16">
+        <v>3457.24</v>
+      </c>
+      <c r="E393" s="16">
+        <v>4221.93</v>
+      </c>
+      <c r="F393" s="16">
+        <v>5039.18</v>
+      </c>
+      <c r="G393" s="16">
+        <v>19.357260778838111</v>
+      </c>
+      <c r="H393" s="16">
+        <v>12.669742868198197</v>
+      </c>
+      <c r="I393" s="60">
+        <v>4556.92</v>
+      </c>
+      <c r="J393" s="60">
+        <v>5225.09</v>
+      </c>
+      <c r="K393" s="16">
+        <v>14.662754667626379</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B394" s="110">
+        <v>4.073555408206202</v>
+      </c>
+      <c r="C394" s="110">
+        <v>3.952478153887899</v>
+      </c>
+      <c r="D394" s="110">
+        <v>3.909090168998465</v>
+      </c>
+      <c r="E394" s="110">
+        <v>4.4876820015351067</v>
+      </c>
+      <c r="F394" s="110">
+        <v>5.1766873096692834</v>
+      </c>
+      <c r="G394" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="H394" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="I394" s="110">
+        <v>4.6882930023657927</v>
+      </c>
+      <c r="J394" s="110">
+        <v>5.1455480598712864</v>
+      </c>
+      <c r="K394" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="100" t="s">
+        <v>39</v>
+      </c>
+      <c r="B395" s="102">
+        <v>13545.52</v>
+      </c>
+      <c r="C395" s="102">
+        <v>14660.95</v>
+      </c>
+      <c r="D395" s="102">
+        <v>16404.05</v>
+      </c>
+      <c r="E395" s="102">
+        <v>17438.89</v>
+      </c>
+      <c r="F395" s="102">
+        <v>18452.990000000002</v>
+      </c>
+      <c r="G395" s="102">
+        <v>5.8151636944782741</v>
+      </c>
+      <c r="H395" s="102">
+        <v>8.0358183895223192</v>
+      </c>
+      <c r="I395" s="111">
+        <v>18022.919999999998</v>
+      </c>
+      <c r="J395" s="111">
+        <v>18430.169999999998</v>
+      </c>
+      <c r="K395" s="102">
+        <v>2.2596227470354417</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="112" t="s">
+        <v>54</v>
+      </c>
+      <c r="B396" s="113">
+        <v>7.7855181013100436</v>
+      </c>
+      <c r="C396" s="113">
+        <v>7.8007954912408222</v>
+      </c>
+      <c r="D396" s="113">
+        <v>8.1727620169601742</v>
+      </c>
+      <c r="E396" s="113">
+        <v>8.0227701076113327</v>
+      </c>
+      <c r="F396" s="113">
+        <v>8.2221931608229859</v>
+      </c>
+      <c r="G396" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="H396" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="I396" s="113">
+        <v>7.985335592495213</v>
+      </c>
+      <c r="J396" s="113">
+        <v>7.970207871309877</v>
+      </c>
+      <c r="K396" s="114" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="115" t="s">
+        <v>14</v>
+      </c>
+      <c r="B397" s="116">
+        <v>-10418.5</v>
+      </c>
+      <c r="C397" s="116">
+        <v>-11456.34</v>
+      </c>
+      <c r="D397" s="116">
+        <v>-12946.81</v>
+      </c>
+      <c r="E397" s="116">
+        <v>-13216.96</v>
+      </c>
+      <c r="F397" s="116">
+        <v>-13413.810000000001</v>
+      </c>
+      <c r="G397" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="H397" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="I397" s="116">
+        <v>-13465.999999999998</v>
+      </c>
+      <c r="J397" s="116">
+        <v>-13205.079999999998</v>
+      </c>
+      <c r="K397" s="117" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="B398" s="89"/>
+      <c r="C398" s="89"/>
+      <c r="D398" s="89"/>
+      <c r="E398" s="89"/>
+      <c r="F398" s="89"/>
+      <c r="G398" s="89"/>
+      <c r="H398" s="89"/>
+      <c r="I398" s="89"/>
+      <c r="J398" s="89"/>
+      <c r="K398" s="46"/>
+    </row>
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B399" s="90"/>
+      <c r="C399" s="90"/>
+      <c r="D399" s="90"/>
+      <c r="E399" s="90"/>
+      <c r="F399" s="90"/>
+      <c r="G399" s="90"/>
+      <c r="H399" s="90"/>
+      <c r="I399" s="90"/>
+      <c r="J399" s="89"/>
+      <c r="K399" s="46"/>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B400" s="90"/>
+      <c r="C400" s="90"/>
+      <c r="D400" s="90"/>
+      <c r="E400" s="90"/>
+      <c r="F400" s="90"/>
+      <c r="G400" s="90"/>
+      <c r="H400" s="90"/>
+      <c r="I400" s="90"/>
+      <c r="J400" s="89"/>
+      <c r="K400" s="46"/>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B401" s="90"/>
+      <c r="C401" s="90"/>
+      <c r="D401" s="90"/>
+      <c r="E401" s="90"/>
+      <c r="F401" s="90"/>
+      <c r="G401" s="90"/>
+      <c r="H401" s="90"/>
+      <c r="I401" s="90"/>
+      <c r="J401" s="89"/>
+      <c r="K401" s="46"/>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B402" s="90"/>
+      <c r="C402" s="90"/>
+      <c r="D402" s="90"/>
+      <c r="E402" s="90"/>
+      <c r="F402" s="90"/>
+      <c r="G402" s="90"/>
+      <c r="H402" s="90"/>
+      <c r="I402" s="90"/>
+      <c r="J402" s="89"/>
+      <c r="K402" s="46"/>
+    </row>
+    <row r="403" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="124" t="s">
+        <v>154</v>
+      </c>
+      <c r="B403" s="124"/>
+      <c r="C403" s="124"/>
+      <c r="D403" s="124"/>
+      <c r="E403" s="124"/>
+      <c r="F403" s="124"/>
+      <c r="G403" s="124"/>
+      <c r="H403" s="124"/>
+      <c r="I403" s="124"/>
+      <c r="J403" s="124"/>
+      <c r="K403" s="124"/>
+    </row>
+    <row r="404" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="46"/>
+      <c r="B404" s="46"/>
+      <c r="C404" s="46"/>
+      <c r="D404" s="46"/>
+      <c r="E404" s="46"/>
+      <c r="F404" s="46"/>
+      <c r="G404" s="46"/>
+      <c r="H404" s="46"/>
+      <c r="I404" s="46"/>
+      <c r="J404" s="46"/>
+      <c r="K404" s="46"/>
+    </row>
+    <row r="405" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="46"/>
+      <c r="B405" s="46"/>
+      <c r="C405" s="46"/>
+      <c r="D405" s="46"/>
+      <c r="E405" s="46"/>
+      <c r="F405" s="46"/>
+      <c r="G405" s="46"/>
+      <c r="H405" s="46"/>
+      <c r="I405" s="46"/>
+      <c r="J405" s="46"/>
+      <c r="K405" s="46"/>
+    </row>
+    <row r="406" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A406" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B406" s="8"/>
+      <c r="C406" s="8"/>
+      <c r="D406" s="8"/>
+      <c r="E406" s="8"/>
+      <c r="F406" s="8"/>
+      <c r="G406" s="8"/>
+      <c r="H406" s="8"/>
+      <c r="I406" s="8"/>
+      <c r="J406" s="8"/>
+      <c r="K406" s="9"/>
+    </row>
+    <row r="407" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="11"/>
+      <c r="B407" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C407" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D407" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E407" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F407" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G407" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="H407" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="I407" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="J407" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="K407" s="13" t="s">
         <v>162</v>
       </c>
-      <c r="H391" s="13" t="s">
+    </row>
+    <row r="408" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B408" s="16">
+        <v>23.79</v>
+      </c>
+      <c r="C408" s="16">
+        <v>77.02000000000001</v>
+      </c>
+      <c r="D408" s="16">
+        <v>-24.25</v>
+      </c>
+      <c r="E408" s="16">
+        <v>81.860000000000014</v>
+      </c>
+      <c r="F408" s="16">
+        <v>401.12</v>
+      </c>
+      <c r="G408" s="16">
+        <v>319.26</v>
+      </c>
+      <c r="H408" s="16">
+        <v>111.90799999999999</v>
+      </c>
+      <c r="I408" s="16">
+        <v>346.89</v>
+      </c>
+      <c r="J408" s="16">
+        <v>512.71</v>
+      </c>
+      <c r="K408" s="16">
+        <v>165.82000000000005</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B409" s="16">
+        <v>1803.86</v>
+      </c>
+      <c r="C409" s="16">
+        <v>1336.02</v>
+      </c>
+      <c r="D409" s="16">
+        <v>1201.6399999999999</v>
+      </c>
+      <c r="E409" s="16">
+        <v>213.97000000000003</v>
+      </c>
+      <c r="F409" s="16">
+        <v>267.77</v>
+      </c>
+      <c r="G409" s="16">
+        <v>53.799999999999955</v>
+      </c>
+      <c r="H409" s="16">
+        <v>964.65200000000004</v>
+      </c>
+      <c r="I409" s="16">
+        <v>259.28999999999996</v>
+      </c>
+      <c r="J409" s="16">
+        <v>550.37000000000012</v>
+      </c>
+      <c r="K409" s="16">
+        <v>291.08000000000015</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B410" s="17">
+        <v>-1780.07</v>
+      </c>
+      <c r="C410" s="17">
+        <v>-1259</v>
+      </c>
+      <c r="D410" s="17">
+        <v>-1225.8899999999999</v>
+      </c>
+      <c r="E410" s="17">
+        <v>-132.11000000000001</v>
+      </c>
+      <c r="F410" s="17">
+        <v>133.35000000000002</v>
+      </c>
+      <c r="G410" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="H410" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="I410" s="17">
+        <v>87.600000000000023</v>
+      </c>
+      <c r="J410" s="17">
+        <v>-37.660000000000082</v>
+      </c>
+      <c r="K410" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K411" s="60"/>
+    </row>
+    <row r="412" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A412" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B412" s="60"/>
+      <c r="C412" s="60"/>
+      <c r="D412" s="60"/>
+      <c r="E412" s="60"/>
+      <c r="F412" s="60"/>
+      <c r="G412" s="60"/>
+      <c r="H412" s="60"/>
+      <c r="I412" s="60"/>
+    </row>
+    <row r="413" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B413" s="60"/>
+      <c r="C413" s="60"/>
+      <c r="D413" s="60"/>
+      <c r="E413" s="60"/>
+      <c r="F413" s="60"/>
+      <c r="G413" s="60"/>
+      <c r="H413" s="60"/>
+      <c r="I413" s="60"/>
+    </row>
+    <row r="414" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="134" t="s">
+        <v>47</v>
+      </c>
+      <c r="B414" s="134"/>
+      <c r="C414" s="134"/>
+      <c r="D414" s="134"/>
+      <c r="E414" s="134"/>
+      <c r="F414" s="134"/>
+      <c r="G414" s="134"/>
+      <c r="H414" s="134"/>
+      <c r="I414" s="134"/>
+      <c r="J414" s="134"/>
+      <c r="K414" s="134"/>
+    </row>
+    <row r="415" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="46"/>
+      <c r="B415" s="46"/>
+      <c r="C415" s="46"/>
+      <c r="D415" s="46"/>
+      <c r="E415" s="46"/>
+      <c r="F415" s="46"/>
+      <c r="G415" s="46"/>
+      <c r="H415" s="46"/>
+      <c r="I415" s="46"/>
+      <c r="J415" s="46"/>
+      <c r="K415" s="46"/>
+    </row>
+    <row r="416" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="46"/>
+      <c r="B416" s="46"/>
+      <c r="C416" s="46"/>
+      <c r="D416" s="46"/>
+      <c r="E416" s="46"/>
+      <c r="F416" s="46"/>
+      <c r="G416" s="46"/>
+      <c r="H416" s="46"/>
+      <c r="I416" s="46"/>
+      <c r="J416" s="46"/>
+      <c r="K416" s="46"/>
+    </row>
+    <row r="417" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A417" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B417" s="22"/>
+      <c r="C417" s="22"/>
+      <c r="D417" s="22"/>
+      <c r="E417" s="22"/>
+      <c r="F417" s="22"/>
+      <c r="G417" s="22"/>
+      <c r="H417" s="22"/>
+      <c r="I417" s="22"/>
+      <c r="J417" s="22"/>
+      <c r="K417" s="22"/>
+    </row>
+    <row r="418" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A418" s="11"/>
+      <c r="B418" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C418" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D418" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E418" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F418" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="G418" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H418" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I418" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="J418" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="I391" s="13" t="s">
-[...145 lines deleted...]
-      <c r="A397" s="15" t="s">
+      <c r="K418" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A419" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="B419" s="16">
+        <v>1339.52</v>
+      </c>
+      <c r="C419" s="16">
+        <v>1472.86</v>
+      </c>
+      <c r="D419" s="16">
+        <v>1510.97</v>
+      </c>
+      <c r="E419" s="16">
+        <v>1634.06</v>
+      </c>
+      <c r="F419" s="16">
+        <v>2101.92</v>
+      </c>
+      <c r="G419" s="16">
+        <v>28.631751588068987</v>
+      </c>
+      <c r="H419" s="16">
+        <v>11.922330602335386</v>
+      </c>
+      <c r="I419" s="60">
+        <v>2017.89</v>
+      </c>
+      <c r="J419" s="60">
+        <v>2647.67</v>
+      </c>
+      <c r="K419" s="16">
+        <v>31.209828087755024</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B420" s="49">
+        <v>7</v>
+      </c>
+      <c r="C420" s="49">
+        <v>8</v>
+      </c>
+      <c r="D420" s="49">
+        <v>8</v>
+      </c>
+      <c r="E420" s="49">
+        <v>9</v>
+      </c>
+      <c r="F420" s="49">
+        <v>9</v>
+      </c>
+      <c r="G420" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="H420" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="I420" s="49">
+        <v>8</v>
+      </c>
+      <c r="J420" s="49">
+        <v>6</v>
+      </c>
+      <c r="K420" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B421" s="110">
+        <v>2.5198779565797369</v>
+      </c>
+      <c r="C421" s="110">
+        <v>2.5698460877048133</v>
+      </c>
+      <c r="D421" s="110">
+        <v>2.3810728214602745</v>
+      </c>
+      <c r="E421" s="110">
+        <v>2.3523683909728801</v>
+      </c>
+      <c r="F421" s="110">
+        <v>2.8631027898470678</v>
+      </c>
+      <c r="G421" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="H421" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="I421" s="110">
+        <v>2.7578618380770781</v>
+      </c>
+      <c r="J421" s="110">
+        <v>3.3753214635881976</v>
+      </c>
+      <c r="K421" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="100" t="s">
+        <v>83</v>
+      </c>
+      <c r="B422" s="102">
+        <v>11758.03</v>
+      </c>
+      <c r="C422" s="102">
+        <v>12929.2</v>
+      </c>
+      <c r="D422" s="102">
+        <v>14457.78</v>
+      </c>
+      <c r="E422" s="102">
+        <v>14851.02</v>
+      </c>
+      <c r="F422" s="102">
+        <v>15515.73</v>
+      </c>
+      <c r="G422" s="102">
+        <v>4.4758541837530297</v>
+      </c>
+      <c r="H422" s="102">
+        <v>7.1789288561659115</v>
+      </c>
+      <c r="I422" s="111">
+        <v>15483.88</v>
+      </c>
+      <c r="J422" s="111">
+        <v>15852.75</v>
+      </c>
+      <c r="K422" s="102">
+        <v>2.3822840270009893</v>
+      </c>
+    </row>
+    <row r="423" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A423" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B423" s="49">
         <v>4</v>
       </c>
-      <c r="B397" s="5"/>
-[...212 lines deleted...]
-      <c r="A405" s="4" t="s">
+      <c r="C423" s="49">
+        <v>4</v>
+      </c>
+      <c r="D423" s="49">
+        <v>4</v>
+      </c>
+      <c r="E423" s="49">
+        <v>4</v>
+      </c>
+      <c r="F423" s="49">
+        <v>4</v>
+      </c>
+      <c r="G423" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="H423" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="I423" s="49">
+        <v>4</v>
+      </c>
+      <c r="J423" s="49">
+        <v>4</v>
+      </c>
+      <c r="K423" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A424" s="112" t="s">
+        <v>54</v>
+      </c>
+      <c r="B424" s="113">
+        <v>7.8189947889239217</v>
+      </c>
+      <c r="C424" s="113">
+        <v>7.8751879076408073</v>
+      </c>
+      <c r="D424" s="113">
+        <v>8.2271469137116906</v>
+      </c>
+      <c r="E424" s="113">
+        <v>7.7046610412842389</v>
+      </c>
+      <c r="F424" s="113">
+        <v>7.738542246936511</v>
+      </c>
+      <c r="G424" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="H424" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="I424" s="113">
+        <v>7.6777912860261228</v>
+      </c>
+      <c r="J424" s="113">
+        <v>7.6165918344216283</v>
+      </c>
+      <c r="K424" s="114" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A425" s="115" t="s">
+        <v>14</v>
+      </c>
+      <c r="B425" s="116">
+        <v>-10418.51</v>
+      </c>
+      <c r="C425" s="116">
+        <v>-11456.34</v>
+      </c>
+      <c r="D425" s="116">
+        <v>-12946.810000000001</v>
+      </c>
+      <c r="E425" s="116">
+        <v>-13216.960000000001</v>
+      </c>
+      <c r="F425" s="116">
+        <v>-13413.81</v>
+      </c>
+      <c r="G425" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="H425" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="I425" s="116">
+        <v>-13465.99</v>
+      </c>
+      <c r="J425" s="116">
+        <v>-13205.08</v>
+      </c>
+      <c r="K425" s="117" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="54" t="s">
         <v>25</v>
       </c>
-    </row>
-[...453 lines deleted...]
-      </c>
       <c r="K426" s="46"/>
     </row>
-    <row r="427" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="427" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A427" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B427" s="90"/>
+      <c r="C427" s="90"/>
+      <c r="D427" s="90"/>
+      <c r="E427" s="90"/>
+      <c r="F427" s="90"/>
+      <c r="G427" s="90"/>
+      <c r="H427" s="90"/>
+      <c r="I427" s="90"/>
+      <c r="J427" s="89"/>
       <c r="K427" s="46"/>
     </row>
-    <row r="428" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="J428" s="130"/>
+    <row r="428" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A428" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B428" s="90"/>
+      <c r="C428" s="90"/>
+      <c r="D428" s="90"/>
+      <c r="E428" s="90"/>
+      <c r="F428" s="90"/>
+      <c r="G428" s="90"/>
+      <c r="H428" s="90"/>
+      <c r="I428" s="90"/>
+      <c r="J428" s="89"/>
       <c r="K428" s="46"/>
     </row>
-    <row r="429" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J429" s="46"/>
+    <row r="429" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A429" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B429" s="90"/>
+      <c r="C429" s="90"/>
+      <c r="D429" s="90"/>
+      <c r="E429" s="90"/>
+      <c r="F429" s="90"/>
+      <c r="G429" s="90"/>
+      <c r="H429" s="90"/>
+      <c r="I429" s="90"/>
+      <c r="J429" s="89"/>
       <c r="K429" s="46"/>
     </row>
-    <row r="430" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J430" s="46"/>
+    <row r="430" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A430" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B430" s="90"/>
+      <c r="C430" s="90"/>
+      <c r="D430" s="90"/>
+      <c r="E430" s="90"/>
+      <c r="F430" s="90"/>
+      <c r="G430" s="90"/>
+      <c r="H430" s="90"/>
+      <c r="I430" s="90"/>
+      <c r="J430" s="89"/>
       <c r="K430" s="46"/>
     </row>
-    <row r="431" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="J431" s="46"/>
+    <row r="431" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A431" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B431" s="90"/>
+      <c r="C431" s="90"/>
+      <c r="D431" s="90"/>
+      <c r="E431" s="90"/>
+      <c r="F431" s="90"/>
+      <c r="G431" s="90"/>
+      <c r="H431" s="90"/>
+      <c r="I431" s="90"/>
+      <c r="J431" s="89"/>
       <c r="K431" s="46"/>
     </row>
-    <row r="432" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-    <row r="433" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A432" s="135" t="s">
+        <v>154</v>
+      </c>
+      <c r="B432" s="135"/>
+      <c r="C432" s="135"/>
+      <c r="D432" s="135"/>
+      <c r="E432" s="135"/>
+      <c r="F432" s="135"/>
+      <c r="G432" s="135"/>
+      <c r="H432" s="135"/>
+      <c r="I432" s="135"/>
+      <c r="J432" s="135"/>
+      <c r="K432" s="135"/>
+    </row>
+    <row r="433" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A433" s="46"/>
       <c r="B433" s="46"/>
       <c r="C433" s="46"/>
-      <c r="D433" s="83"/>
-[...3 lines deleted...]
-      <c r="H433" s="83"/>
+      <c r="D433" s="46"/>
+      <c r="E433" s="46"/>
+      <c r="F433" s="46"/>
+      <c r="G433" s="46"/>
+      <c r="H433" s="46"/>
       <c r="I433" s="46"/>
       <c r="J433" s="46"/>
       <c r="K433" s="46"/>
     </row>
-    <row r="434" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A434" s="46"/>
       <c r="B434" s="46"/>
       <c r="C434" s="46"/>
-      <c r="D434" s="83"/>
-[...3 lines deleted...]
-      <c r="H434" s="83"/>
+      <c r="D434" s="46"/>
+      <c r="E434" s="46"/>
+      <c r="F434" s="46"/>
+      <c r="G434" s="46"/>
+      <c r="H434" s="46"/>
       <c r="I434" s="46"/>
       <c r="J434" s="46"/>
       <c r="K434" s="46"/>
     </row>
-    <row r="435" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...70 lines deleted...]
-      <c r="G439" s="13" t="s">
+    <row r="435" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A435" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B435" s="22"/>
+      <c r="C435" s="22"/>
+      <c r="D435" s="22"/>
+      <c r="E435" s="22"/>
+      <c r="F435" s="22"/>
+      <c r="G435" s="22"/>
+      <c r="H435" s="22"/>
+      <c r="I435" s="22"/>
+      <c r="J435" s="22"/>
+      <c r="K435" s="22"/>
+    </row>
+    <row r="436" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A436" s="11"/>
+      <c r="B436" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C436" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D436" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E436" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F436" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="G436" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H436" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="I436" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="J436" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="K436" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="H439" s="13" t="s">
-[...101 lines deleted...]
-      <c r="G442" s="16" t="s">
+    </row>
+    <row r="437" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A437" s="109" t="s">
+        <v>73</v>
+      </c>
+      <c r="B437" s="16">
+        <v>17043.27</v>
+      </c>
+      <c r="C437" s="16">
+        <v>18121.64</v>
+      </c>
+      <c r="D437" s="16">
+        <v>18485.96</v>
+      </c>
+      <c r="E437" s="16">
+        <v>15965.7</v>
+      </c>
+      <c r="F437" s="16">
+        <v>16398.46</v>
+      </c>
+      <c r="G437" s="16">
+        <v>2.7105607646391849</v>
+      </c>
+      <c r="H437" s="16">
+        <v>-0.95956591191990181</v>
+      </c>
+      <c r="I437" s="60">
+        <v>16536.73</v>
+      </c>
+      <c r="J437" s="60">
+        <v>17073.22</v>
+      </c>
+      <c r="K437" s="16">
+        <v>3.2442326868734122</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A438" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B438" s="49">
+        <v>2</v>
+      </c>
+      <c r="C438" s="49">
+        <v>2</v>
+      </c>
+      <c r="D438" s="49">
+        <v>2</v>
+      </c>
+      <c r="E438" s="49">
+        <v>3</v>
+      </c>
+      <c r="F438" s="49">
+        <v>3</v>
+      </c>
+      <c r="G438" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="H442" s="16" t="s">
+      <c r="H438" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="I442" s="16">
-[...5 lines deleted...]
-      <c r="K442" s="16" t="s">
+      <c r="I438" s="49">
+        <v>3</v>
+      </c>
+      <c r="J438" s="49">
+        <v>3</v>
+      </c>
+      <c r="K438" s="49" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="443" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G443" s="18" t="s">
+    <row r="439" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A439" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B439" s="110">
+        <v>11.333636613975591</v>
+      </c>
+      <c r="C439" s="110">
+        <v>11.037908006266431</v>
+      </c>
+      <c r="D439" s="110">
+        <v>10.519368033058862</v>
+      </c>
+      <c r="E439" s="110">
+        <v>8.2829534124142157</v>
+      </c>
+      <c r="F439" s="110">
+        <v>8.1788079255502968</v>
+      </c>
+      <c r="G439" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="H443" s="18" t="s">
+      <c r="H439" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="I443" s="17">
-[...5 lines deleted...]
-      <c r="K443" s="18" t="s">
+      <c r="I439" s="110">
+        <v>8.1998543965315385</v>
+      </c>
+      <c r="J439" s="110">
+        <v>8.2029772777142167</v>
+      </c>
+      <c r="K439" s="88" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="444" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A440" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B440" s="78">
+        <v>144.95004690411574</v>
+      </c>
+      <c r="C440" s="78">
+        <v>140.16056677907372</v>
+      </c>
+      <c r="D440" s="78">
+        <v>127.86167724228754</v>
+      </c>
+      <c r="E440" s="78">
+        <v>107.50574707999854</v>
+      </c>
+      <c r="F440" s="78">
+        <v>105.68925857822997</v>
+      </c>
+      <c r="G440" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="H440" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="I440" s="78">
+        <v>106.79965228353616</v>
+      </c>
+      <c r="J440" s="78">
+        <v>107.69879043068238</v>
+      </c>
+      <c r="K440" s="77" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="441" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A441" s="54" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A442" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A443" s="54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="4" t="s">
-        <v>25</v>
-[...43 lines deleted...]
-      <c r="A447" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B447" s="46"/>
-[...11 lines deleted...]
-      <c r="A448" s="20" t="s">
+    </row>
+    <row r="445" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A445" s="20" t="s">
         <v>126</v>
       </c>
+    </row>
+    <row r="446" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A446" s="20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A447" s="134" t="s">
+        <v>74</v>
+      </c>
+      <c r="B447" s="134"/>
+      <c r="C447" s="134"/>
+      <c r="D447" s="134"/>
+      <c r="E447" s="134"/>
+      <c r="F447" s="134"/>
+      <c r="G447" s="134"/>
+      <c r="H447" s="134"/>
+      <c r="I447" s="134"/>
+      <c r="J447" s="134"/>
+      <c r="K447" s="134"/>
+    </row>
+    <row r="448" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A448" s="46"/>
       <c r="B448" s="46"/>
       <c r="C448" s="46"/>
       <c r="D448" s="46"/>
       <c r="E448" s="46"/>
       <c r="F448" s="46"/>
       <c r="G448" s="46"/>
       <c r="H448" s="46"/>
       <c r="I448" s="46"/>
       <c r="J448" s="46"/>
       <c r="K448" s="46"/>
     </row>
-    <row r="449" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-      <c r="E453" s="12">
+    <row r="449" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A449" s="46"/>
+      <c r="B449" s="46"/>
+      <c r="C449" s="46"/>
+      <c r="D449" s="46"/>
+      <c r="E449" s="46"/>
+      <c r="F449" s="46"/>
+      <c r="G449" s="46"/>
+      <c r="H449" s="46"/>
+      <c r="I449" s="46"/>
+      <c r="J449" s="46"/>
+      <c r="K449" s="46"/>
+    </row>
+    <row r="450" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A450" s="46"/>
+      <c r="B450" s="46"/>
+      <c r="C450" s="46"/>
+      <c r="D450" s="46"/>
+      <c r="E450" s="46"/>
+      <c r="F450" s="46"/>
+      <c r="G450" s="46"/>
+      <c r="H450" s="46"/>
+      <c r="I450" s="46"/>
+      <c r="J450" s="46"/>
+      <c r="K450" s="46"/>
+    </row>
+    <row r="451" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A451" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B451" s="15"/>
+      <c r="C451" s="15"/>
+      <c r="D451" s="15"/>
+      <c r="E451" s="15"/>
+      <c r="F451" s="15"/>
+      <c r="G451" s="15"/>
+      <c r="H451" s="15"/>
+      <c r="I451" s="15"/>
+      <c r="J451" s="15"/>
+      <c r="K451" s="22"/>
+    </row>
+    <row r="452" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A452" s="11"/>
+      <c r="B452" s="12">
         <v>2020</v>
       </c>
-      <c r="F453" s="12">
+      <c r="C452" s="12">
         <v>2021</v>
       </c>
-      <c r="G453" s="12">
+      <c r="D452" s="12">
         <v>2022</v>
       </c>
-      <c r="H453" s="12">
+      <c r="E452" s="12">
         <v>2023</v>
       </c>
-      <c r="I453" s="12">
+      <c r="F452" s="12">
         <v>2024</v>
       </c>
-      <c r="J453" s="13" t="s">
-[...12 lines deleted...]
-      <c r="D454" s="2" t="s">
+      <c r="G452" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H452" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I452" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J452" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K452" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="453" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A453" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B453" s="16">
+        <v>1560.77</v>
+      </c>
+      <c r="C453" s="16">
+        <v>1969.4</v>
+      </c>
+      <c r="D453" s="16">
+        <v>2917.13</v>
+      </c>
+      <c r="E453" s="16">
+        <v>3172.13</v>
+      </c>
+      <c r="F453" s="16">
+        <v>3231.94</v>
+      </c>
+      <c r="G453" s="16">
+        <v>1.8854838862215593</v>
+      </c>
+      <c r="H453" s="16">
+        <v>19.958518962875438</v>
+      </c>
+      <c r="I453" s="16">
+        <v>3046.08</v>
+      </c>
+      <c r="J453" s="16">
+        <v>3014.39</v>
+      </c>
+      <c r="K453" s="16">
+        <v>-1.040353503519279</v>
+      </c>
+    </row>
+    <row r="454" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A454" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E454" s="27">
+      <c r="B454" s="49">
+        <v>1</v>
+      </c>
+      <c r="C454" s="49">
+        <v>1</v>
+      </c>
+      <c r="D454" s="49">
         <v>2</v>
       </c>
-      <c r="F454" s="27">
+      <c r="E454" s="49">
         <v>2</v>
       </c>
-      <c r="G454" s="27">
+      <c r="F454" s="49">
         <v>2</v>
       </c>
-      <c r="H454" s="27">
+      <c r="G454" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="H454" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="I454" s="49">
         <v>2</v>
       </c>
-      <c r="I454" s="27">
+      <c r="J454" s="49">
+        <v>3</v>
+      </c>
+      <c r="K454" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="455" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A455" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B455" s="16">
+        <v>20.096285823914627</v>
+      </c>
+      <c r="C455" s="16">
+        <v>19.448636008121539</v>
+      </c>
+      <c r="D455" s="16">
+        <v>13.747117098351836</v>
+      </c>
+      <c r="E455" s="16">
+        <v>12.454367919616868</v>
+      </c>
+      <c r="F455" s="16">
+        <v>11.658330973607747</v>
+      </c>
+      <c r="G455" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="H455" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="I455" s="16">
+        <v>11.651180616861408</v>
+      </c>
+      <c r="J455" s="16">
+        <v>10.961541748288798</v>
+      </c>
+      <c r="K455" s="118" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="456" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A456" s="100" t="s">
+        <v>125</v>
+      </c>
+      <c r="B456" s="102">
+        <v>378.45</v>
+      </c>
+      <c r="C456" s="102">
+        <v>432.31</v>
+      </c>
+      <c r="D456" s="102">
+        <v>602.42999999999995</v>
+      </c>
+      <c r="E456" s="102">
+        <v>649.14</v>
+      </c>
+      <c r="F456" s="102">
+        <v>644.34</v>
+      </c>
+      <c r="G456" s="102">
+        <v>-0.73943987429521441</v>
+      </c>
+      <c r="H456" s="16">
+        <v>14.229071265668903</v>
+      </c>
+      <c r="I456" s="102">
+        <v>586.21</v>
+      </c>
+      <c r="J456" s="102">
+        <v>602.71999999999991</v>
+      </c>
+      <c r="K456" s="102">
+        <v>2.8163968543695734</v>
+      </c>
+    </row>
+    <row r="457" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A457" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B457" s="49">
+        <v>3</v>
+      </c>
+      <c r="C457" s="49">
         <v>2</v>
       </c>
-      <c r="J454" s="27">
+      <c r="D457" s="49">
         <v>2</v>
       </c>
-      <c r="K454" s="27">
+      <c r="E457" s="49">
         <v>2</v>
       </c>
-    </row>
-[...90 lines deleted...]
-      <c r="A458" s="4" t="s">
+      <c r="F457" s="49">
+        <v>2</v>
+      </c>
+      <c r="G457" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="H457" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="I457" s="49">
+        <v>2</v>
+      </c>
+      <c r="J457" s="49">
+        <v>2</v>
+      </c>
+      <c r="K457" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="458" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A458" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B458" s="17">
+        <v>13.795831176500609</v>
+      </c>
+      <c r="C458" s="17">
+        <v>12.0951925309787</v>
+      </c>
+      <c r="D458" s="17">
+        <v>10.887413771603407</v>
+      </c>
+      <c r="E458" s="17">
+        <v>10.170766215269781</v>
+      </c>
+      <c r="F458" s="17">
+        <v>9.4115069453573472</v>
+      </c>
+      <c r="G458" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H458" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I458" s="17">
+        <v>9.327988899532496</v>
+      </c>
+      <c r="J458" s="17">
+        <v>9.2605908635556275</v>
+      </c>
+      <c r="K458" s="119" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="459" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A459" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B458" s="33"/>
-[...197 lines deleted...]
-      <c r="I467" s="83"/>
+    </row>
+    <row r="460" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A460" s="54" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="461" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A461" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="462" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A462" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A463" s="20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="464" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="465" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A465" s="124" t="s">
+        <v>114</v>
+      </c>
+      <c r="B465" s="124"/>
+      <c r="C465" s="124"/>
+      <c r="D465" s="124"/>
+      <c r="E465" s="124"/>
+      <c r="F465" s="124"/>
+      <c r="G465" s="124"/>
+      <c r="H465" s="124"/>
+      <c r="I465" s="124"/>
+      <c r="J465" s="124"/>
+      <c r="K465" s="124"/>
+    </row>
+    <row r="466" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A466" s="46"/>
+      <c r="B466" s="46"/>
+      <c r="C466" s="46"/>
+      <c r="D466" s="46"/>
+      <c r="E466" s="46"/>
+      <c r="F466" s="46"/>
+      <c r="G466" s="46"/>
+      <c r="H466" s="46"/>
+      <c r="I466" s="46"/>
+      <c r="J466" s="46"/>
+      <c r="K466" s="46"/>
+    </row>
+    <row r="467" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A467" s="46"/>
+      <c r="B467" s="46"/>
+      <c r="C467" s="46"/>
+      <c r="D467" s="46"/>
+      <c r="E467" s="46"/>
+      <c r="F467" s="46"/>
+      <c r="G467" s="46"/>
+      <c r="H467" s="46"/>
+      <c r="I467" s="46"/>
       <c r="J467" s="46"/>
       <c r="K467" s="46"/>
     </row>
-    <row r="468" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...102 lines deleted...]
-      <c r="G474" s="13" t="s">
+    <row r="468" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A468" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B468" s="15"/>
+      <c r="C468" s="15"/>
+      <c r="D468" s="15"/>
+      <c r="E468" s="15"/>
+      <c r="F468" s="15"/>
+      <c r="G468" s="15"/>
+      <c r="H468" s="15"/>
+      <c r="I468" s="15"/>
+      <c r="J468" s="15"/>
+      <c r="K468" s="22"/>
+    </row>
+    <row r="469" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A469" s="11"/>
+      <c r="B469" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C469" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D469" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E469" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F469" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G469" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="H469" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I469" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J469" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K469" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="H474" s="13" t="s">
-[...66 lines deleted...]
-      <c r="G476" s="88" t="s">
+    </row>
+    <row r="470" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A470" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B470" s="16">
+        <v>470.69499999999999</v>
+      </c>
+      <c r="C470" s="16">
+        <v>773.25300000000004</v>
+      </c>
+      <c r="D470" s="16">
+        <v>1573.2629999999999</v>
+      </c>
+      <c r="E470" s="16">
+        <v>1689.787</v>
+      </c>
+      <c r="F470" s="16">
+        <v>1639.1659999999999</v>
+      </c>
+      <c r="G470" s="16">
+        <v>-2.9957030087224066</v>
+      </c>
+      <c r="H470" s="16">
+        <v>36.606334439685909</v>
+      </c>
+      <c r="I470" s="16">
+        <v>1575.52</v>
+      </c>
+      <c r="J470" s="16">
+        <v>1479.7950000000001</v>
+      </c>
+      <c r="K470" s="16">
+        <v>-6.0757718086726866</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A471" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B471" s="49">
+        <v>2</v>
+      </c>
+      <c r="C471" s="49">
+        <v>2</v>
+      </c>
+      <c r="D471" s="49">
+        <v>3</v>
+      </c>
+      <c r="E471" s="49">
+        <v>4</v>
+      </c>
+      <c r="F471" s="49">
+        <v>5</v>
+      </c>
+      <c r="G471" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="H476" s="88" t="s">
+      <c r="H471" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="I476" s="110">
-[...5 lines deleted...]
-      <c r="K476" s="88" t="s">
+      <c r="I471" s="49">
+        <v>5</v>
+      </c>
+      <c r="J471" s="49">
+        <v>5</v>
+      </c>
+      <c r="K471" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="477" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...53 lines deleted...]
-      <c r="G478" s="114" t="s">
+    <row r="472" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A472" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B472" s="16">
+        <v>12.053818939831418</v>
+      </c>
+      <c r="C472" s="16">
+        <v>13.066400715256988</v>
+      </c>
+      <c r="D472" s="16">
+        <v>10.267390463038678</v>
+      </c>
+      <c r="E472" s="16">
+        <v>9.2650085328325584</v>
+      </c>
+      <c r="F472" s="16">
+        <v>8.456265210320943</v>
+      </c>
+      <c r="G472" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="H478" s="114" t="s">
+      <c r="H472" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="I478" s="113">
-[...5 lines deleted...]
-      <c r="K478" s="114" t="s">
+      <c r="I472" s="16">
+        <v>8.539357510257398</v>
+      </c>
+      <c r="J472" s="16">
+        <v>7.8704336518286659</v>
+      </c>
+      <c r="K472" s="42" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="479" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="G479" s="117" t="s">
+    <row r="473" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A473" s="100" t="s">
+        <v>123</v>
+      </c>
+      <c r="B473" s="102">
+        <v>1335.306</v>
+      </c>
+      <c r="C473" s="102">
+        <v>2210.9009999999998</v>
+      </c>
+      <c r="D473" s="102">
+        <v>4373.0959999999995</v>
+      </c>
+      <c r="E473" s="102">
+        <v>4659.33</v>
+      </c>
+      <c r="F473" s="102">
+        <v>4538.8810000000003</v>
+      </c>
+      <c r="G473" s="102">
+        <v>-2.5851141687753305</v>
+      </c>
+      <c r="H473" s="16">
+        <v>35.781936755651685</v>
+      </c>
+      <c r="I473" s="102">
+        <v>4375.8119999999999</v>
+      </c>
+      <c r="J473" s="102">
+        <v>4080.3270000000002</v>
+      </c>
+      <c r="K473" s="16">
+        <v>-6.7526895579608919</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A474" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B474" s="49">
+        <v>4</v>
+      </c>
+      <c r="C474" s="49">
+        <v>4</v>
+      </c>
+      <c r="D474" s="49">
+        <v>4</v>
+      </c>
+      <c r="E474" s="49">
+        <v>4</v>
+      </c>
+      <c r="F474" s="49">
+        <v>5</v>
+      </c>
+      <c r="G474" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="H479" s="117" t="s">
+      <c r="H474" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="I479" s="116">
-[...5 lines deleted...]
-      <c r="K479" s="117" t="s">
+      <c r="I474" s="49">
+        <v>5</v>
+      </c>
+      <c r="J474" s="49">
+        <v>5</v>
+      </c>
+      <c r="K474" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="480" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="J480" s="89"/>
+    <row r="475" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A475" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B475" s="17">
+        <v>10.945409268596169</v>
+      </c>
+      <c r="C475" s="17">
+        <v>11.847924993006677</v>
+      </c>
+      <c r="D475" s="17">
+        <v>9.3430477532065783</v>
+      </c>
+      <c r="E475" s="17">
+        <v>8.6508019954588633</v>
+      </c>
+      <c r="F475" s="17">
+        <v>8.0314618604648125</v>
+      </c>
+      <c r="G475" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H475" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I475" s="17">
+        <v>8.114900955752379</v>
+      </c>
+      <c r="J475" s="17">
+        <v>7.5080091893611796</v>
+      </c>
+      <c r="K475" s="119" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="476" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A476" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B476" s="46"/>
+      <c r="C476" s="46"/>
+      <c r="D476" s="46"/>
+      <c r="E476" s="46"/>
+      <c r="F476" s="46"/>
+      <c r="G476" s="46"/>
+      <c r="H476" s="46"/>
+      <c r="I476" s="46"/>
+      <c r="J476" s="46"/>
+      <c r="K476" s="46"/>
+    </row>
+    <row r="477" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A477" s="54" t="s">
+        <v>97</v>
+      </c>
+      <c r="B477" s="46"/>
+      <c r="C477" s="46"/>
+      <c r="D477" s="46"/>
+      <c r="E477" s="46"/>
+      <c r="F477" s="46"/>
+      <c r="G477" s="46"/>
+      <c r="H477" s="46"/>
+      <c r="I477" s="46"/>
+      <c r="J477" s="46"/>
+      <c r="K477" s="46"/>
+    </row>
+    <row r="478" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A478" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B478" s="46"/>
+      <c r="C478" s="46"/>
+      <c r="D478" s="46"/>
+      <c r="E478" s="46"/>
+      <c r="F478" s="46"/>
+      <c r="G478" s="46"/>
+      <c r="H478" s="46"/>
+      <c r="I478" s="46"/>
+      <c r="J478" s="46"/>
+      <c r="K478" s="46"/>
+    </row>
+    <row r="479" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A479" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B479" s="46"/>
+      <c r="C479" s="46"/>
+      <c r="D479" s="46"/>
+      <c r="E479" s="46"/>
+      <c r="F479" s="46"/>
+      <c r="G479" s="46"/>
+      <c r="H479" s="46"/>
+      <c r="I479" s="46"/>
+      <c r="J479" s="46"/>
+      <c r="K479" s="46"/>
+    </row>
+    <row r="480" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A480" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B480" s="46"/>
+      <c r="C480" s="46"/>
+      <c r="D480" s="46"/>
+      <c r="E480" s="46"/>
+      <c r="F480" s="46"/>
+      <c r="G480" s="46"/>
+      <c r="H480" s="46"/>
+      <c r="I480" s="46"/>
+      <c r="J480" s="46"/>
       <c r="K480" s="46"/>
     </row>
-    <row r="481" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="J481" s="89"/>
+    <row r="481" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A481" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B481" s="46"/>
+      <c r="C481" s="46"/>
+      <c r="D481" s="46"/>
+      <c r="E481" s="46"/>
+      <c r="F481" s="46"/>
+      <c r="G481" s="46"/>
+      <c r="H481" s="46"/>
+      <c r="I481" s="46"/>
+      <c r="J481" s="46"/>
       <c r="K481" s="46"/>
     </row>
-    <row r="482" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A482" s="4" t="s">
-        <v>0</v>
-[...12 lines deleted...]
-    <row r="483" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>99</v>
+      </c>
+      <c r="B482" s="46"/>
+      <c r="C482" s="46"/>
+      <c r="D482" s="46"/>
+      <c r="E482" s="46"/>
+      <c r="F482" s="46"/>
+      <c r="G482" s="46"/>
+      <c r="H482" s="46"/>
+      <c r="I482" s="46"/>
+      <c r="J482" s="46"/>
+      <c r="K482" s="86"/>
+    </row>
+    <row r="483" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A483" s="4" t="s">
-        <v>62</v>
-[...57 lines deleted...]
-      <c r="B487" s="46"/>
+        <v>209</v>
+      </c>
+      <c r="B483" s="46"/>
+      <c r="C483" s="46"/>
+      <c r="D483" s="46"/>
+      <c r="E483" s="46"/>
+      <c r="F483" s="46"/>
+      <c r="G483" s="46"/>
+      <c r="H483" s="46"/>
+      <c r="I483" s="46"/>
+      <c r="J483" s="46"/>
+      <c r="K483" s="86"/>
+    </row>
+    <row r="484" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A484" s="92"/>
+      <c r="B484" s="92"/>
+      <c r="C484" s="92"/>
+      <c r="D484" s="92"/>
+      <c r="E484" s="92"/>
+      <c r="F484" s="92"/>
+      <c r="G484" s="92"/>
+      <c r="H484" s="92"/>
+      <c r="I484" s="7"/>
+      <c r="J484" s="7"/>
+      <c r="K484" s="7"/>
+    </row>
+    <row r="485" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A485" s="120"/>
+      <c r="B485" s="120"/>
+      <c r="C485" s="120"/>
+      <c r="D485" s="120"/>
+      <c r="E485" s="120"/>
+      <c r="F485" s="120"/>
+      <c r="G485" s="120"/>
+      <c r="H485" s="120"/>
+      <c r="I485" s="120"/>
+      <c r="J485" s="120"/>
+      <c r="K485" s="120"/>
+    </row>
+    <row r="486" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C486" s="84"/>
+      <c r="D486" s="84"/>
+      <c r="E486" s="84"/>
+      <c r="F486" s="84"/>
+      <c r="G486" s="84"/>
+      <c r="H486" s="84"/>
+      <c r="I486" s="84"/>
+      <c r="J486" s="84"/>
+      <c r="K486" s="84"/>
+    </row>
+    <row r="487" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A487" s="121" t="s">
+        <v>55</v>
+      </c>
+      <c r="B487" s="122">
+        <v>46064</v>
+      </c>
       <c r="C487" s="46"/>
       <c r="D487" s="46"/>
       <c r="E487" s="46"/>
       <c r="F487" s="46"/>
       <c r="G487" s="46"/>
       <c r="H487" s="46"/>
       <c r="I487" s="46"/>
       <c r="J487" s="46"/>
       <c r="K487" s="46"/>
     </row>
-    <row r="488" spans="1:11" ht="12" x14ac:dyDescent="0.25">
-[...1674 lines deleted...]
-      <c r="A570" s="94" t="s">
+    <row r="488" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A488" s="94" t="s">
         <v>117</v>
       </c>
-      <c r="C570" s="46"/>
-[...10 lines deleted...]
-      <c r="A571" s="121" t="s">
+      <c r="C488" s="46"/>
+      <c r="D488" s="46"/>
+      <c r="E488" s="46"/>
+      <c r="F488" s="46"/>
+      <c r="G488" s="46"/>
+      <c r="H488" s="46"/>
+      <c r="I488" s="46"/>
+      <c r="J488" s="46"/>
+      <c r="K488" s="46"/>
+    </row>
+    <row r="489" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A489" s="121" t="s">
         <v>118</v>
       </c>
-      <c r="C571" s="46"/>
-[...10 lines deleted...]
-      <c r="A572" s="93"/>
+      <c r="C489" s="46"/>
+      <c r="D489" s="46"/>
+      <c r="E489" s="46"/>
+      <c r="F489" s="46"/>
+      <c r="G489" s="46"/>
+      <c r="H489" s="46"/>
+      <c r="I489" s="46"/>
+      <c r="J489" s="46"/>
+      <c r="K489" s="46"/>
+    </row>
+    <row r="490" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A490" s="93"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A413:K424">
-[...2 lines deleted...]
-    <sortCondition ref="A413:A424"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A331:K342">
+    <sortCondition descending="1" ref="H331:H342"/>
+    <sortCondition descending="1" ref="F331:F342"/>
+    <sortCondition ref="A331:A342"/>
   </sortState>
   <mergeCells count="52">
-    <mergeCell ref="A281:K281"/>
-[...26 lines deleted...]
-    <mergeCell ref="A359:K359"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A277:K277"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A52:K52"/>
-    <mergeCell ref="A264:K264"/>
+    <mergeCell ref="A182:K182"/>
     <mergeCell ref="F77:K77"/>
     <mergeCell ref="G49:K49"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="H68:I68"/>
-    <mergeCell ref="C250:C253"/>
-[...8 lines deleted...]
-    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="C168:C171"/>
+    <mergeCell ref="A372:C373"/>
+    <mergeCell ref="A374:C375"/>
+    <mergeCell ref="A297:K297"/>
+    <mergeCell ref="A465:K465"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A368:K368"/>
+    <mergeCell ref="A367:K367"/>
+    <mergeCell ref="A325:K325"/>
+    <mergeCell ref="A346:J346"/>
+    <mergeCell ref="A251:C252"/>
+    <mergeCell ref="A253:C254"/>
+    <mergeCell ref="A447:K447"/>
+    <mergeCell ref="A432:K432"/>
+    <mergeCell ref="A414:K414"/>
+    <mergeCell ref="A403:K403"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="A247:K247"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="B537:G537 I537:K537 B540:K540 B554:G554 I554:K554 B557:K557">
-    <cfRule type="cellIs" dxfId="69" priority="115" operator="lessThan">
+  <conditionalFormatting sqref="B455:G455 I455:K455 B458:K458 B472:G472 I472:K472 B475:K475">
+    <cfRule type="cellIs" dxfId="65" priority="116" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B519:H519 B501:H501 B502:F502 B503:H504 B505:F506 G506:H506 B507:H507 B520:F520 B521:H521 B536:F536 I536:J536 B539:F539 I539:J539 B553:F553 I553:J553 B556:F556 I556:J556">
-    <cfRule type="cellIs" dxfId="68" priority="85" operator="lessThan">
+  <conditionalFormatting sqref="B437:H437 B419:H419 B420:F420 B421:H422 B423:F424 G424:H424 B425:H425 B438:F438 B439:H439 B454:F454 I454:J454 B457:F457 I457:J457 B471:F471 I471:J471 B474:F474 I474:J474">
+    <cfRule type="cellIs" dxfId="64" priority="86" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B440:J441 B442:K442">
-    <cfRule type="cellIs" dxfId="67" priority="16" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B358:J359 B360:K360">
+    <cfRule type="cellIs" dxfId="63" priority="17" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="66" priority="431" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="62" priority="432" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B464:K466">
-    <cfRule type="cellIs" dxfId="65" priority="35" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B382:K384">
+    <cfRule type="cellIs" dxfId="61" priority="36" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B475:K479">
-    <cfRule type="cellIs" dxfId="64" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="B393:K397">
+    <cfRule type="cellIs" dxfId="60" priority="60" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B476:K476 B478:K478 B503:K503 B506:K506 B521:K521">
-    <cfRule type="cellIs" dxfId="63" priority="116" operator="lessThan">
+  <conditionalFormatting sqref="B394:K394 B396:K396 B421:K421 B424:K424 B439:K439">
+    <cfRule type="cellIs" dxfId="59" priority="117" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B490:K492">
-    <cfRule type="cellIs" dxfId="62" priority="33" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B408:K410">
+    <cfRule type="cellIs" dxfId="58" priority="34" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B501:K507">
-    <cfRule type="cellIs" dxfId="61" priority="58" operator="lessThan">
+  <conditionalFormatting sqref="B419:K425">
+    <cfRule type="cellIs" dxfId="57" priority="59" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B519:K522">
-    <cfRule type="cellIs" dxfId="60" priority="26" operator="lessThan">
+  <conditionalFormatting sqref="B437:K440">
+    <cfRule type="cellIs" dxfId="56" priority="27" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D250:K255 D270:K275">
-    <cfRule type="cellIs" dxfId="59" priority="400" operator="lessThan">
+  <conditionalFormatting sqref="D168:K173 D188:K193">
+    <cfRule type="cellIs" dxfId="55" priority="401" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="58" priority="282" operator="lessThan">
+    <cfRule type="cellIs" dxfId="54" priority="283" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E22:K22 E24:K24">
-    <cfRule type="cellIs" dxfId="57" priority="121" operator="lessThan">
+    <cfRule type="cellIs" dxfId="53" priority="122" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E334:K334 E336:K336">
-    <cfRule type="cellIs" dxfId="56" priority="46" operator="lessThan">
+  <conditionalFormatting sqref="E252:K252 E254:K254">
+    <cfRule type="cellIs" dxfId="52" priority="47" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E455:K455 E457:K457">
-    <cfRule type="cellIs" dxfId="55" priority="45" operator="lessThan">
+  <conditionalFormatting sqref="E373:K373 E375:K375">
+    <cfRule type="cellIs" dxfId="51" priority="46" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="54" priority="513" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="50" priority="514" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G320:H321">
-    <cfRule type="cellIs" dxfId="53" priority="5" operator="lessThan">
+  <conditionalFormatting sqref="G238:H239">
+    <cfRule type="cellIs" dxfId="49" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G440:H441">
-    <cfRule type="cellIs" dxfId="52" priority="9" operator="lessThan">
+  <conditionalFormatting sqref="G358:H359">
+    <cfRule type="cellIs" dxfId="48" priority="10" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G475:H475">
-    <cfRule type="cellIs" dxfId="51" priority="407" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G393:H393">
+    <cfRule type="cellIs" dxfId="47" priority="408" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G477:H477">
-    <cfRule type="cellIs" dxfId="50" priority="406" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G395:H395">
+    <cfRule type="cellIs" dxfId="46" priority="407" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G501:H501 G504:H504 I502:J502 I505:J505">
-    <cfRule type="cellIs" dxfId="49" priority="89" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G419:H419 G422:H422 I420:J420 I423:J423">
+    <cfRule type="cellIs" dxfId="45" priority="90" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G535:H535">
-    <cfRule type="cellIs" dxfId="48" priority="15" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G453:H453">
+    <cfRule type="cellIs" dxfId="44" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G538:H538">
-    <cfRule type="cellIs" dxfId="47" priority="14" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G456:H456">
+    <cfRule type="cellIs" dxfId="43" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G552:H552">
-    <cfRule type="cellIs" dxfId="46" priority="13" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G470:H470">
+    <cfRule type="cellIs" dxfId="42" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G555:H555">
-    <cfRule type="cellIs" dxfId="45" priority="12" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G473:H473">
+    <cfRule type="cellIs" dxfId="41" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="44" priority="56" operator="lessThan">
+    <cfRule type="cellIs" dxfId="40" priority="1" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="43" priority="119" operator="lessThan">
+    <cfRule type="cellIs" dxfId="39" priority="120" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H537">
-    <cfRule type="cellIs" dxfId="42" priority="10" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="H455">
+    <cfRule type="cellIs" dxfId="38" priority="11" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H554">
-    <cfRule type="cellIs" dxfId="41" priority="11" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="H472">
+    <cfRule type="cellIs" dxfId="37" priority="12" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I476:J476">
-    <cfRule type="cellIs" dxfId="40" priority="337" operator="lessThan">
+  <conditionalFormatting sqref="I394:J394">
+    <cfRule type="cellIs" dxfId="36" priority="338" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I478:J479">
-    <cfRule type="cellIs" dxfId="39" priority="88" operator="lessThan">
+  <conditionalFormatting sqref="I396:J397">
+    <cfRule type="cellIs" dxfId="35" priority="89" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I502:J503">
-    <cfRule type="cellIs" dxfId="38" priority="83" operator="lessThan">
+  <conditionalFormatting sqref="I420:J421">
+    <cfRule type="cellIs" dxfId="34" priority="84" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I505:J507">
-    <cfRule type="cellIs" dxfId="37" priority="78" operator="lessThan">
+  <conditionalFormatting sqref="I423:J425">
+    <cfRule type="cellIs" dxfId="33" priority="79" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I520:J520 G519:H519">
-    <cfRule type="cellIs" dxfId="36" priority="31" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I438:J438 G437:H437">
+    <cfRule type="cellIs" dxfId="32" priority="32" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I520:J521">
-    <cfRule type="cellIs" dxfId="35" priority="30" operator="lessThan">
+  <conditionalFormatting sqref="I438:J439">
+    <cfRule type="cellIs" dxfId="31" priority="31" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I320:K321 B320:F321 B322:K322">
-    <cfRule type="cellIs" dxfId="34" priority="17" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I238:K239 B238:F239 B240:K240">
+    <cfRule type="cellIs" dxfId="30" priority="18" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I474:K474">
-    <cfRule type="cellIs" dxfId="33" priority="339" operator="lessThan">
+  <conditionalFormatting sqref="I392:K392">
+    <cfRule type="cellIs" dxfId="29" priority="340" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I500:K500">
-    <cfRule type="cellIs" dxfId="32" priority="32" operator="lessThan">
+  <conditionalFormatting sqref="I418:K418">
+    <cfRule type="cellIs" dxfId="28" priority="33" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I518:K518">
-    <cfRule type="cellIs" dxfId="31" priority="25" operator="lessThan">
+  <conditionalFormatting sqref="I436:K436">
+    <cfRule type="cellIs" dxfId="27" priority="26" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="30" priority="155" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="26" priority="156" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="29" priority="55" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="25" priority="56" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="28" priority="54" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="24" priority="149" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="27" priority="53" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="23" priority="53" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J183:K192">
-    <cfRule type="cellIs" dxfId="26" priority="148" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J208:K212">
+    <cfRule type="cellIs" dxfId="22" priority="159" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J201:K210">
-    <cfRule type="cellIs" dxfId="25" priority="52" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J223:K227">
+    <cfRule type="cellIs" dxfId="21" priority="50" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J217:K226">
-    <cfRule type="cellIs" dxfId="24" priority="51" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J262:K274">
+    <cfRule type="cellIs" dxfId="20" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J233:K242">
-    <cfRule type="cellIs" dxfId="23" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J282:K294">
+    <cfRule type="cellIs" dxfId="19" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J290:K294">
-    <cfRule type="cellIs" dxfId="22" priority="158" operator="lessThan">
+  <conditionalFormatting sqref="J310:K322">
+    <cfRule type="cellIs" dxfId="18" priority="40" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J305:K309">
-    <cfRule type="cellIs" dxfId="21" priority="49" operator="lessThan">
+  <conditionalFormatting sqref="J331:K343">
+    <cfRule type="cellIs" dxfId="17" priority="38" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J344:K356">
-    <cfRule type="cellIs" dxfId="20" priority="43" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K238:K239">
+    <cfRule type="cellIs" dxfId="16" priority="4" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J364:K376">
-    <cfRule type="cellIs" dxfId="19" priority="41" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K358:K359">
+    <cfRule type="cellIs" dxfId="15" priority="7" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="14" priority="8" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J392:K404">
-    <cfRule type="cellIs" dxfId="18" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K393">
+    <cfRule type="cellIs" dxfId="13" priority="333" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J413:K425">
-    <cfRule type="cellIs" dxfId="17" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K395">
+    <cfRule type="cellIs" dxfId="12" priority="332" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K320:K321">
-    <cfRule type="cellIs" dxfId="16" priority="3" operator="lessThan">
+  <conditionalFormatting sqref="K419">
+    <cfRule type="cellIs" dxfId="11" priority="82" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="10" priority="80" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K440:K441">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="14" priority="7" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K421:K422">
+    <cfRule type="cellIs" dxfId="9" priority="69" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K475">
-    <cfRule type="cellIs" dxfId="13" priority="332" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K422">
+    <cfRule type="cellIs" dxfId="8" priority="81" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K477">
-    <cfRule type="cellIs" dxfId="12" priority="331" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K424:K425">
+    <cfRule type="cellIs" dxfId="7" priority="68" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K501">
-    <cfRule type="cellIs" dxfId="11" priority="81" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K437">
+    <cfRule type="cellIs" dxfId="6" priority="30" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="79" operator="lessThan">
+    <cfRule type="cellIs" dxfId="5" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K503:K504">
-    <cfRule type="cellIs" dxfId="9" priority="68" operator="lessThan">
+  <conditionalFormatting sqref="K439">
+    <cfRule type="cellIs" dxfId="4" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K504">
-    <cfRule type="cellIs" dxfId="8" priority="80" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K453:K454">
+    <cfRule type="cellIs" dxfId="3" priority="426" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K506:K507">
-    <cfRule type="cellIs" dxfId="7" priority="67" operator="lessThan">
+  <conditionalFormatting sqref="K456:K457">
+    <cfRule type="cellIs" dxfId="2" priority="144" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K519">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="5" priority="28" operator="lessThan">
+  <conditionalFormatting sqref="K470:K471">
+    <cfRule type="cellIs" dxfId="1" priority="24" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K521">
-[...20 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K473:K474">
+    <cfRule type="cellIs" dxfId="0" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A571" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
+    <hyperlink ref="A489" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="5" manualBreakCount="5">
+  <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
-    <brk id="153" max="16383" man="1"/>
-[...2 lines deleted...]
-    <brk id="530" max="16383" man="1"/>
+    <brk id="147" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
+    <brk id="448" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>