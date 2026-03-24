--- v0 (2026-02-14)
+++ v1 (2026-03-24)
@@ -6,87 +6,87 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Finlândia\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0759510F-9023-4ADD-AC6B-165CA3E5D464}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{595EB4CD-638A-4F6F-92FF-F4AA582A263C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Finlândia" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Finlândia!$A$1:$K$342</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Finlândia!$A$1:$K$409</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Finlândia!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="501" uniqueCount="190">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
@@ -350,87 +350,78 @@
   <si>
     <t>- Alta Tecnologia: aeronáutica e aeroespacial, produtos farmacêuticos, equipamento de escritório e computação, equipamento de rádio, TV e comunicações, instrumentos médicos, ópticos e de precisão</t>
   </si>
   <si>
     <t>- Média-Alta tecnologia: máquinas e aparelhos eléctricos n.e., veículos a motor, reboques e semi-reboques, produtos químicos, excepto farmacêuticos, equipamento ferroviário e equip. transporte n.e., máquinas e equip. n.e. (princ. não eléctricos)</t>
   </si>
   <si>
     <t>- Média-Baixa Tecnologia: construção e reparação naval, produtos da borracha e do plástico, refinação de petróleo, petroquímica e combustível nuclear, produtos minerais não metálicos, metalurgia de base, fabricação produtos metálicos (excl. máq. e equip.)</t>
   </si>
   <si>
     <t>- Baixa Tecnologia; manufacturas n.e.; reciclagem, pasta de papel, papel, cartão e publicações, produtos alimentares, bebidas e tabaco, têxteis, vestuário, couros e calçado, madeira e produtos da madeira e cortiça</t>
   </si>
   <si>
     <t>Transporte Ferroviário</t>
   </si>
   <si>
     <t>Outro (a)</t>
   </si>
   <si>
     <t>(a) Remessas postais, instalações de transporte fixas, transporte por navegação interior e outros não especificados</t>
   </si>
   <si>
     <t>- % no total e taxas de variação calculadas com base no valor absoluto em euros</t>
   </si>
   <si>
-    <t>(a) Abrange todas as modalidades de alojamento local com 10 ou mais camas incluindo empreendimentos de turismo local e de habitação</t>
-[...4 lines deleted...]
-  <si>
     <t>&lt; 25%</t>
   </si>
   <si>
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Notas: vh M€ - variação homóloga em valor; média anual M€ - valor médio anual de ID</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
-  </si>
-[...1 lines deleted...]
-    <t>2020 dez</t>
   </si>
   <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>Coeficiente de Cobertura %</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
@@ -451,143 +442,92 @@
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
-    <r>
-[...46 lines deleted...]
-  <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>Posição entre 27 países</t>
-[...16 lines deleted...]
-  <si>
     <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
+    <t>2025 dez</t>
+  </si>
+  <si>
+    <t>2025 jan</t>
+  </si>
+  <si>
+    <t>2026 jan</t>
+  </si>
+  <si>
+    <t>2021 a 2024: resultados definitivos; 2025 e 2026: resultados preliminares</t>
+  </si>
+  <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM A FINLÂNDIA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com a Finlândia</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>tvma % 25/21</t>
   </si>
   <si>
+    <t>tvh % 26/25</t>
+  </si>
+  <si>
     <t>Posição e Quota da Finlândia no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Finlândia como cliente de Portugal</t>
   </si>
   <si>
     <t>Finlândia como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens da Finlândia</t>
   </si>
   <si>
     <t>Portugal como cliente da Finlândia</t>
   </si>
   <si>
     <t>% Export. Finlândia</t>
   </si>
   <si>
     <t>Portugal como fornecedor da Finlândia</t>
   </si>
   <si>
     <t>% Import. Finlândia</t>
   </si>
   <si>
     <t>Fonte: ITC - International Trade Centre</t>
@@ -619,50 +559,56 @@
   <si>
     <t>Conf</t>
   </si>
   <si>
     <t>Conf = Confidencial (&lt;3 empresas em pelo menos um dos níveis)</t>
   </si>
   <si>
     <t>Exportações de Portugal para a Finlândia por Grupos de Produtos</t>
   </si>
   <si>
     <t>% Tot 21</t>
   </si>
   <si>
     <t>% Tot 24</t>
   </si>
   <si>
     <t>% Tot 25</t>
   </si>
   <si>
     <t>vh M€ 25/24</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes da Finlândia por Grupos de Produtos</t>
   </si>
   <si>
+    <t>% Tot 26</t>
+  </si>
+  <si>
+    <t>vh M€ 26/25</t>
+  </si>
+  <si>
     <t>Principais Produtos Exportados para a Finlândia</t>
   </si>
   <si>
     <t>2603 Minérios de cobre e seus concentrados</t>
   </si>
   <si>
     <t>2608 Minérios de zinco e seus concentrados</t>
   </si>
   <si>
     <t>8412 Motores e máquinas motrizes (exceto turbinas a vapor, motores de pistão, turbinas hidráulicas,...</t>
   </si>
   <si>
     <t>7214 Barras de ferro ou aço não ligado, simplesmente forjadas, laminadas, estiradas ou extrudadas, a...</t>
   </si>
   <si>
     <t>2204 Vinhos de uvas frescas, incluídos os vinhos enriquecidos com álcool; mosto de uvas excluídos os...</t>
   </si>
   <si>
     <t>8703 Automóveis de passageiros e outros veículos automóveis principalmente concebidos para transporte...</t>
   </si>
   <si>
     <t>6907 Ladrilhos e placas (lajes), para pavimentação ou revestimento, de cerâmica; cubos, pastilhas e...</t>
   </si>
   <si>
     <t>7213 Fio-máquina de ferro ou aço não ligado, em rolos irregulares, maciços</t>
@@ -670,144 +616,161 @@
   <si>
     <t>2002 Tomates preparados ou conservados (exceto em vinagre ou em ácido acético)</t>
   </si>
   <si>
     <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
   </si>
   <si>
     <t>Amostra</t>
   </si>
   <si>
     <t>Principais Produtos Importados Provenientes da Finlândia</t>
   </si>
   <si>
     <t>3806 Colofónias e ácidos resínicos, e seus derivados; essência de colofónia e óleos de colofónia;...</t>
   </si>
   <si>
     <t>4703 Pastas químicas de madeira, à soda ou ao sulfato (exceto pastas para dissolução)</t>
   </si>
   <si>
     <t>7204 Desperdícios e resíduos de ferro fundido, ferro ou aço; desperdícios e resíduos, em lingotes, de...</t>
   </si>
   <si>
     <t>7219 Produtos laminados planos de aço inoxidável, de largura = &gt; 600 mm, laminados a quente ou a frio</t>
   </si>
   <si>
+    <t>4810 Papel e cartão revestidos de caulino ou de outras substâncias inorgânicas numa ou nas duas...</t>
+  </si>
+  <si>
     <t>8701 Tratores (veículos a motor) (exceto os carros-tratores da posição 8709)</t>
   </si>
   <si>
+    <t>8428 Máquinas e aparelhos de elevação, de carga, de descarga ou de movimentação, por exemplo:...</t>
+  </si>
+  <si>
     <t>4407 Madeira serrada ou fendida longitudinalmente, cortada ou desenrolada, mesmo aplainada, lixada ou...</t>
   </si>
   <si>
-    <t>4810 Papel e cartão revestidos de caulino ou de outras substâncias inorgânicas numa ou nas duas...</t>
-[...4 lines deleted...]
-  <si>
     <t>8474 Máquinas e aparelhos para selecionar, peneirar, separar, lavar, esmagar, moer, misturar ou...</t>
   </si>
   <si>
     <t>3004 Medicamentos constituídos por produtos misturados ou não misturados, preparados para fins...</t>
   </si>
   <si>
+    <t>Ind</t>
+  </si>
+  <si>
+    <t>8487 Partes de máquinas ou de aparelhos, não especificadas nem compreendidas em outras posições do...</t>
+  </si>
+  <si>
+    <t>3920 Chapas, folhas, películas, tiras e lâminas, de plástico não alveolar, não reforçadas nem...</t>
+  </si>
+  <si>
+    <t>8481 Torneiras e válvulas (incluídas as redutoras de pressão e as termostáticas) e dispositivos...</t>
+  </si>
+  <si>
+    <t>8503 Partes reconhecíveis como exclusiva ou principalmente destinadas a motores e geradores...</t>
+  </si>
+  <si>
+    <t>&gt;1000%</t>
+  </si>
+  <si>
+    <t>8402 Caldeiras de vapor (geradores de vapor), excluídas as caldeiras para aquecimento central...</t>
+  </si>
+  <si>
+    <t>8517 Aparelhos telefónicos, incluindo os telefones inteligentes (smartphones) e outros telefones para...</t>
+  </si>
+  <si>
+    <t>8426 Cábreas; guindastes, incluídos os de cabos; pontes rolantes e outros guindastes (exceto...</t>
+  </si>
+  <si>
+    <t>8439 Máquinas e aparelhos para fabricação de pasta de matérias fibrosas celulósicas ou para...</t>
+  </si>
+  <si>
+    <t>8504 Transformadores elétricos, conversores elétricos estáticos (por exemplo: retificadores) e...</t>
+  </si>
+  <si>
     <t>Exportação de Produtos Industriais Transformados para a Finlândia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados da Finlândia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para a Finlândia por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens da Finlândia por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com a Finlândia</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>Posição e Quota da Finlândia no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com a Finlândia</t>
   </si>
   <si>
-    <t>Quota da Finlândia no Comércio Internacional Português de Bens e Serviços</t>
-[...5 lines deleted...]
-    <t>média anual M€ 24/20</t>
+    <t>Posição e Quota da Finlândia no Comércio Internacional Português de Bens e Serviços</t>
+  </si>
+  <si>
+    <t>média anual M€ 25/21</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e a Finlândia - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e a Finlândia - Princípio Direcional</t>
   </si>
   <si>
-    <t>&gt;1000%</t>
-[...4 lines deleted...]
-  <si>
     <t>Nota: Para valores absolutos negativos de stock ID ver 6ª Ed.Manual Balança Pagamentos e Posição de Investimento Internacional, Cap.6 e 7 (https://www.imf.org/external/pubs/ft/bop/2007/pdf/bpm6.pdf)</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com a Finlândia</t>
   </si>
   <si>
-    <t>Indicadores de Turismo da Finlândia em Portugal</t>
-[...1 lines deleted...]
-  <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fonte: INE - Instituto Nacional de Estatística; Unidade: Milhares de unidades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF005629"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF005629"/>
       <name val="Aptos"/>
       <family val="2"/>
@@ -1064,586 +1027,488 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="148">
+  <cellXfs count="142">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="15" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...125 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="16" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...70 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...40 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="56">
-[...79 lines deleted...]
-    </dxf>
+  <dxfs count="32">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1703,103 +1568,67 @@
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <font>
-[...13 lines deleted...]
-    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...3 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...14 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
@@ -1823,57 +1652,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>339</xdr:row>
+      <xdr:row>406</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>341</xdr:row>
+      <xdr:row>408</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2261,7407 +2090,8932 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K343"/>
+  <dimension ref="A2:K410"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A338" sqref="A338"/>
+      <selection activeCell="A405" sqref="A405"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>118</v>
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="92" t="s">
+        <v>110</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11">
         <v>0</v>
       </c>
-      <c r="B7" s="11"/>
-[...1 lines deleted...]
-      <c r="D7" s="11"/>
+      <c r="B7" s="12">
+        <v>2021</v>
+      </c>
+      <c r="C7" s="12">
+        <v>2022</v>
+      </c>
+      <c r="D7" s="12">
+        <v>2023</v>
+      </c>
       <c r="E7" s="12">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F7" s="12">
-        <v>2022</v>
-[...7 lines deleted...]
-      <c r="I7" s="12">
         <v>2025</v>
       </c>
+      <c r="G7" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>107</v>
+      </c>
       <c r="J7" s="13" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="B8" s="15"/>
-[...1 lines deleted...]
-      <c r="D8" s="15"/>
+      <c r="B8" s="16">
+        <v>432.87067099999996</v>
+      </c>
+      <c r="C8" s="16">
+        <v>479.04925500000002</v>
+      </c>
+      <c r="D8" s="16">
+        <v>404.35060700000002</v>
+      </c>
       <c r="E8" s="16">
-        <v>432.87067099999996</v>
+        <v>496.01583199999999</v>
       </c>
       <c r="F8" s="16">
-        <v>479.04925500000002</v>
+        <v>328.615475</v>
       </c>
       <c r="G8" s="16">
-        <v>404.35060700000002</v>
+        <v>-33.748994729668226</v>
       </c>
       <c r="H8" s="16">
-        <v>496.01583199999999</v>
+        <v>-6.6568479017432569</v>
       </c>
       <c r="I8" s="16">
-        <v>328.54980499999999</v>
+        <v>26.993207999999999</v>
       </c>
       <c r="J8" s="16">
-        <v>-33.76223422642687</v>
+        <v>52.819561</v>
       </c>
       <c r="K8" s="16">
-        <v>-6.6615116384546873</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>95.677227397351217</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="15"/>
-[...1 lines deleted...]
-      <c r="D9" s="15"/>
+      <c r="B9" s="16">
+        <v>231.19031700000002</v>
+      </c>
+      <c r="C9" s="16">
+        <v>295.03597200000002</v>
+      </c>
+      <c r="D9" s="16">
+        <v>359.35967599999998</v>
+      </c>
       <c r="E9" s="16">
-        <v>231.19031700000002</v>
+        <v>322.16474800000003</v>
       </c>
       <c r="F9" s="16">
-        <v>295.03597200000002</v>
+        <v>300.62506800000006</v>
       </c>
       <c r="G9" s="16">
-        <v>359.35967599999998</v>
+        <v>-6.6859208320334211</v>
       </c>
       <c r="H9" s="16">
-        <v>322.16474800000003</v>
+        <v>6.7858939991854772</v>
       </c>
       <c r="I9" s="16">
-        <v>300.44693699999999</v>
+        <v>22.194441999999999</v>
       </c>
       <c r="J9" s="16">
-        <v>-6.7412127288365014</v>
+        <v>20.483784</v>
       </c>
       <c r="K9" s="16">
-        <v>6.7700718770082879</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-7.7075963432646732</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="15"/>
-[...1 lines deleted...]
-      <c r="D10" s="15"/>
+      <c r="B10" s="16">
+        <v>201.68035399999994</v>
+      </c>
+      <c r="C10" s="16">
+        <v>184.013283</v>
+      </c>
+      <c r="D10" s="16">
+        <v>44.990931000000046</v>
+      </c>
       <c r="E10" s="16">
-        <v>201.68035399999994</v>
+        <v>173.85108399999996</v>
       </c>
       <c r="F10" s="16">
-        <v>184.013283</v>
-[...5 lines deleted...]
-        <v>173.85108399999996</v>
+        <v>27.990406999999948</v>
+      </c>
+      <c r="G10" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="16" t="s">
+        <v>24</v>
       </c>
       <c r="I10" s="16">
-        <v>28.102868000000001</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>4.7987660000000005</v>
+      </c>
+      <c r="J10" s="16">
+        <v>32.335777</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="1"/>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+      <c r="B11" s="17">
+        <v>187.235640582646</v>
+      </c>
+      <c r="C11" s="17">
+        <v>162.36977876040146</v>
+      </c>
+      <c r="D11" s="17">
+        <v>112.51974943343394</v>
+      </c>
       <c r="E11" s="17">
-        <v>187.235640582646</v>
+        <v>153.96341005006542</v>
       </c>
       <c r="F11" s="17">
-        <v>162.36977876040146</v>
-[...5 lines deleted...]
-        <v>153.96341005006542</v>
+        <v>109.31073618917233</v>
+      </c>
+      <c r="G11" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>24</v>
       </c>
       <c r="I11" s="17">
-        <v>109.35368763636288</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>121.62147622364195</v>
+      </c>
+      <c r="J11" s="17">
+        <v>257.86036896307832</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="I12" s="8"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="I13" s="8"/>
-[...3 lines deleted...]
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
-      <c r="E20" s="24"/>
-      <c r="F20" s="24"/>
+      <c r="E20" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F20" s="12">
+        <v>2022</v>
+      </c>
       <c r="G20" s="12">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="H20" s="12">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="I20" s="12">
-        <v>2023</v>
-[...4 lines deleted...]
-      <c r="K20" s="12">
         <v>2025</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C21" s="130">
+      <c r="J20" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K20" s="13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="132" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" s="132">
+        <v>0</v>
+      </c>
+      <c r="C21" s="132">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E21" s="2"/>
-      <c r="F21" s="2"/>
+      <c r="E21" s="27">
+        <v>20</v>
+      </c>
+      <c r="F21" s="27">
+        <v>23</v>
+      </c>
       <c r="G21" s="27">
+        <v>25</v>
+      </c>
+      <c r="H21" s="27">
         <v>20</v>
       </c>
-      <c r="H21" s="27">
-[...1 lines deleted...]
-      </c>
       <c r="I21" s="27">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="J21" s="27">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="K21" s="27">
-        <v>29</v>
-[...9 lines deleted...]
-      <c r="C22" s="130">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="132">
+        <v>0</v>
+      </c>
+      <c r="B22" s="132">
+        <v>0</v>
+      </c>
+      <c r="C22" s="132">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E22" s="2"/>
-      <c r="F22" s="2"/>
+      <c r="E22" s="28">
+        <v>0.68041607226888978</v>
+      </c>
+      <c r="F22" s="28">
+        <v>0.61101087149934696</v>
+      </c>
       <c r="G22" s="28">
-        <v>0.68041607226888978</v>
+        <v>0.52282100233191064</v>
       </c>
       <c r="H22" s="28">
-        <v>0.61101087149934696</v>
+        <v>0.62870321275577778</v>
       </c>
       <c r="I22" s="28">
-        <v>0.52282100233191064</v>
+        <v>0.41413305952584489</v>
       </c>
       <c r="J22" s="28">
-        <v>0.62870321275577778</v>
+        <v>0.38282141348288934</v>
       </c>
       <c r="K22" s="28">
-        <v>0.4142496488861801</v>
-[...9 lines deleted...]
-      <c r="C23" s="131">
+        <v>0.87216669215700404</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="133" t="s">
+        <v>117</v>
+      </c>
+      <c r="B23" s="133">
+        <v>0</v>
+      </c>
+      <c r="C23" s="133">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>21</v>
       </c>
-      <c r="E23" s="29"/>
-      <c r="F23" s="29"/>
+      <c r="E23" s="30">
+        <v>33</v>
+      </c>
+      <c r="F23" s="30">
+        <v>37</v>
+      </c>
       <c r="G23" s="30">
+        <v>32</v>
+      </c>
+      <c r="H23" s="30">
+        <v>34</v>
+      </c>
+      <c r="I23" s="30">
         <v>33</v>
       </c>
-      <c r="H23" s="30">
-[...4 lines deleted...]
-      </c>
       <c r="J23" s="30">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="K23" s="30">
         <v>33</v>
       </c>
     </row>
-    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C24" s="132">
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="134">
+        <v>0</v>
+      </c>
+      <c r="B24" s="134">
+        <v>0</v>
+      </c>
+      <c r="C24" s="134">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="E24" s="31"/>
-      <c r="F24" s="31"/>
+      <c r="E24" s="32">
+        <v>0.2780543982706552</v>
+      </c>
+      <c r="F24" s="32">
+        <v>0.26928784908298486</v>
+      </c>
       <c r="G24" s="32">
-        <v>0.2780543982706552</v>
+        <v>0.34176425295538754</v>
       </c>
       <c r="H24" s="32">
-        <v>0.26928784908298486</v>
+        <v>0.30040505831142561</v>
       </c>
       <c r="I24" s="32">
-        <v>0.34176425295538754</v>
+        <v>0.26957876188328916</v>
       </c>
       <c r="J24" s="32">
-        <v>0.30040505831142561</v>
+        <v>0.25269574624038782</v>
       </c>
       <c r="K24" s="32">
-        <v>0.26967206598806426</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.23913517456217981</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
-      <c r="G28" s="146">
+      <c r="G28" s="12">
         <v>2020</v>
       </c>
-      <c r="H28" s="146">
+      <c r="H28" s="12">
         <v>2021</v>
       </c>
-      <c r="I28" s="146">
+      <c r="I28" s="12">
         <v>2022</v>
       </c>
-      <c r="J28" s="147">
+      <c r="J28" s="13">
         <v>2023</v>
       </c>
-      <c r="K28" s="147">
+      <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E29" s="142" t="s">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="132" t="s">
+        <v>119</v>
+      </c>
+      <c r="B29" s="132">
+        <v>0</v>
+      </c>
+      <c r="C29" s="132">
+        <v>0</v>
+      </c>
+      <c r="D29" s="132">
+        <v>0</v>
+      </c>
+      <c r="E29" s="126" t="s">
         <v>21</v>
       </c>
-      <c r="F29" s="142">
+      <c r="F29" s="126">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>42</v>
       </c>
       <c r="H29" s="27">
         <v>41</v>
       </c>
       <c r="I29" s="27">
         <v>42</v>
       </c>
       <c r="J29" s="27">
         <v>38</v>
       </c>
       <c r="K29" s="27">
         <v>42</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F30" s="142">
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="132">
+        <v>0</v>
+      </c>
+      <c r="B30" s="132">
+        <v>0</v>
+      </c>
+      <c r="C30" s="132">
+        <v>0</v>
+      </c>
+      <c r="D30" s="132">
+        <v>0</v>
+      </c>
+      <c r="E30" s="126" t="s">
+        <v>120</v>
+      </c>
+      <c r="F30" s="126">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>0.28737035525002708</v>
       </c>
       <c r="H30" s="28">
         <v>0.27954264933985185</v>
       </c>
       <c r="I30" s="28">
         <v>0.29011145304600905</v>
       </c>
       <c r="J30" s="28">
         <v>0.33310462015358466</v>
       </c>
       <c r="K30" s="28">
         <v>0.32097789424206352</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E31" s="144" t="s">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="133" t="s">
+        <v>121</v>
+      </c>
+      <c r="B31" s="133">
+        <v>0</v>
+      </c>
+      <c r="C31" s="133">
+        <v>0</v>
+      </c>
+      <c r="D31" s="133">
+        <v>0</v>
+      </c>
+      <c r="E31" s="127" t="s">
         <v>21</v>
       </c>
-      <c r="F31" s="144">
+      <c r="F31" s="127">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>30</v>
       </c>
       <c r="H31" s="30">
         <v>28</v>
       </c>
       <c r="I31" s="30">
         <v>29</v>
       </c>
       <c r="J31" s="30">
         <v>33</v>
       </c>
       <c r="K31" s="30">
         <v>28</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="F32" s="143">
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="134">
+        <v>0</v>
+      </c>
+      <c r="B32" s="134">
+        <v>0</v>
+      </c>
+      <c r="C32" s="134">
+        <v>0</v>
+      </c>
+      <c r="D32" s="134">
+        <v>0</v>
+      </c>
+      <c r="E32" s="128" t="s">
+        <v>122</v>
+      </c>
+      <c r="F32" s="128">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.53169839236866345</v>
       </c>
       <c r="H32" s="32">
         <v>0.65028954167839137</v>
       </c>
       <c r="I32" s="32">
         <v>0.55676307624547061</v>
       </c>
       <c r="J32" s="32">
         <v>0.52786005278504256</v>
       </c>
       <c r="K32" s="32">
         <v>0.71183945725296782</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
         <v>22</v>
       </c>
-      <c r="F36" s="39"/>
+      <c r="F36" s="13">
+        <v>2021</v>
+      </c>
       <c r="G36" s="13">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H36" s="13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="I36" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J36" s="13">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="K36" s="13">
         <v>2025</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D37" s="130">
+      <c r="K36" s="13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="132" t="s">
+        <v>125</v>
+      </c>
+      <c r="B37" s="132">
+        <v>0</v>
+      </c>
+      <c r="C37" s="132">
+        <v>0</v>
+      </c>
+      <c r="D37" s="132">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="F37" s="26"/>
+      <c r="F37" s="40">
+        <v>0.28734077423138016</v>
+      </c>
       <c r="G37" s="40">
-        <v>0.28734077423138016</v>
+        <v>7.2586693562842503E-2</v>
       </c>
       <c r="H37" s="40">
-        <v>7.2586693562842503E-2</v>
+        <v>-9.5275559951143104E-2</v>
       </c>
       <c r="I37" s="40">
-        <v>-9.5275559951143104E-2</v>
+        <v>0.1185221537542544</v>
       </c>
       <c r="J37" s="40">
-        <v>0.1185221537542544</v>
+        <v>-0.21218101413820226</v>
       </c>
       <c r="K37" s="40">
-        <v>-0.21226425127967655</v>
-[...3 lines deleted...]
-      <c r="A38" s="137" t="s">
+        <v>0.36627291430377823</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="135" t="s">
         <v>31</v>
       </c>
-      <c r="B38" s="137">
-[...5 lines deleted...]
-      <c r="D38" s="137">
+      <c r="B38" s="135">
+        <v>0</v>
+      </c>
+      <c r="C38" s="135">
+        <v>0</v>
+      </c>
+      <c r="D38" s="135">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="41"/>
+      <c r="F38" s="42">
+        <v>18.343770509814043</v>
+      </c>
       <c r="G38" s="42">
-        <v>18.343770509814043</v>
+        <v>23.2388490869163</v>
       </c>
       <c r="H38" s="42">
-        <v>23.2388490869163</v>
+        <v>-1.3552804405528664</v>
       </c>
       <c r="I38" s="42">
-        <v>-1.3552804405528664</v>
+        <v>2.0104785650741244</v>
       </c>
       <c r="J38" s="42">
-        <v>2.0104785650741244</v>
+        <v>0.57690132115171089</v>
       </c>
       <c r="K38" s="42">
-        <v>0.5285007714086577</v>
-[...12 lines deleted...]
-      <c r="D39" s="131">
+        <v>-14.11110576419278</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="133" t="s">
+        <v>126</v>
+      </c>
+      <c r="B39" s="133">
+        <v>0</v>
+      </c>
+      <c r="C39" s="133">
+        <v>0</v>
+      </c>
+      <c r="D39" s="133">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="43"/>
+      <c r="F39" s="44">
+        <v>8.2219779902665921E-2</v>
+      </c>
       <c r="G39" s="44">
-        <v>8.2219779902665921E-2</v>
+        <v>7.6787667466284265E-2</v>
       </c>
       <c r="H39" s="44">
-        <v>7.6787667466284265E-2</v>
+        <v>5.8710101611645443E-2</v>
       </c>
       <c r="I39" s="44">
-        <v>5.8710101611645443E-2</v>
+        <v>-3.5373742883854926E-2</v>
       </c>
       <c r="J39" s="44">
-        <v>-3.5373742883854926E-2</v>
+        <v>-2.008484437412577E-2</v>
       </c>
       <c r="K39" s="44">
-        <v>-2.0250944028958544E-2</v>
-[...3 lines deleted...]
-      <c r="A40" s="138" t="s">
+        <v>-1.9476768096809517E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="136" t="s">
         <v>32</v>
       </c>
-      <c r="B40" s="138">
-[...5 lines deleted...]
-      <c r="D40" s="138">
+      <c r="B40" s="136">
+        <v>0</v>
+      </c>
+      <c r="C40" s="136">
+        <v>0</v>
+      </c>
+      <c r="D40" s="136">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="45"/>
+      <c r="F40" s="17">
+        <v>22.011918431971004</v>
+      </c>
       <c r="G40" s="17">
-        <v>22.011918431971004</v>
+        <v>31.770544770324882</v>
       </c>
       <c r="H40" s="17">
-        <v>31.770544770324882</v>
+        <v>-4.0280111631669717</v>
       </c>
       <c r="I40" s="17">
-        <v>-4.0280111631669717</v>
+        <v>1.9924603779147958</v>
       </c>
       <c r="J40" s="17">
-        <v>1.9924603779147958</v>
+        <v>3.9845320080003512</v>
       </c>
       <c r="K40" s="17">
-        <v>3.886961096989102</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.4739967382185166</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
-      <c r="K41" s="37"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="K42" s="37"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C46" s="139">
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="137" t="s">
+        <v>127</v>
+      </c>
+      <c r="B46" s="137">
+        <v>0</v>
+      </c>
+      <c r="C46" s="137">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
         <v>27</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>1004</v>
       </c>
       <c r="H46" s="48">
         <v>1020</v>
       </c>
       <c r="I46" s="48">
         <v>1090</v>
       </c>
       <c r="J46" s="48">
         <v>1081</v>
       </c>
       <c r="K46" s="48">
         <v>856</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C47" s="130">
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="132">
+        <v>0</v>
+      </c>
+      <c r="B47" s="132">
+        <v>0</v>
+      </c>
+      <c r="C47" s="132">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>4.8483677805678962</v>
       </c>
       <c r="H47" s="51">
         <v>4.5289050705976379</v>
       </c>
       <c r="I47" s="51">
         <v>4.7515257192676543</v>
       </c>
       <c r="J47" s="51">
         <v>4.7878465763132256</v>
       </c>
       <c r="K47" s="51">
         <v>4.0432667327948613</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C48" s="132">
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="134">
+        <v>0</v>
+      </c>
+      <c r="B48" s="134">
+        <v>0</v>
+      </c>
+      <c r="C48" s="134">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>28</v>
       </c>
       <c r="H48" s="52">
         <v>29</v>
       </c>
       <c r="I48" s="52">
         <v>27</v>
       </c>
       <c r="J48" s="52">
         <v>28</v>
       </c>
       <c r="K48" s="52">
         <v>32</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="141"/>
-[...6 lines deleted...]
-      <c r="A50" s="126" t="s">
+      <c r="G49" s="138"/>
+      <c r="H49" s="138"/>
+      <c r="I49" s="138"/>
+      <c r="J49" s="138"/>
+      <c r="K49" s="138"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="121" t="s">
         <v>38</v>
       </c>
-      <c r="B50" s="126">
-[...30 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="121">
+        <v>0</v>
+      </c>
+      <c r="C50" s="121">
+        <v>0</v>
+      </c>
+      <c r="D50" s="121">
+        <v>0</v>
+      </c>
+      <c r="E50" s="121">
+        <v>0</v>
+      </c>
+      <c r="F50" s="121">
+        <v>0</v>
+      </c>
+      <c r="G50" s="121">
+        <v>0</v>
+      </c>
+      <c r="H50" s="121">
+        <v>0</v>
+      </c>
+      <c r="I50" s="121">
+        <v>0</v>
+      </c>
+      <c r="J50" s="121">
+        <v>0</v>
+      </c>
+      <c r="K50" s="121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="121" t="s">
+        <v>128</v>
+      </c>
+      <c r="B52" s="121"/>
+      <c r="C52" s="121"/>
+      <c r="D52" s="121"/>
+      <c r="E52" s="121"/>
+      <c r="F52" s="121"/>
+      <c r="G52" s="121"/>
+      <c r="H52" s="121"/>
+      <c r="I52" s="121"/>
+      <c r="J52" s="121"/>
+      <c r="K52" s="121"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="133" t="s">
+      <c r="H56" s="129" t="s">
         <v>48</v>
       </c>
-      <c r="I56" s="133">
-[...2 lines deleted...]
-      <c r="J56" s="133" t="s">
+      <c r="I56" s="129">
+        <v>0</v>
+      </c>
+      <c r="J56" s="129" t="s">
         <v>45</v>
       </c>
-      <c r="K56" s="133">
-[...3 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="129">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>856</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>496.01583199999999</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>4</v>
       </c>
       <c r="I59" s="60">
         <v>0.46728971962616817</v>
       </c>
       <c r="J59" s="60">
         <v>332.83792900000003</v>
       </c>
       <c r="K59" s="60">
         <v>67.102279307891138</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>36</v>
       </c>
       <c r="I60" s="60">
         <v>4.2056074766355138</v>
       </c>
       <c r="J60" s="60">
         <v>97.167156000000006</v>
       </c>
       <c r="K60" s="60">
         <v>19.589527134287117</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>701</v>
       </c>
       <c r="I61" s="60">
         <v>81.892523364485982</v>
       </c>
       <c r="J61" s="60">
         <v>58.345374999999997</v>
       </c>
       <c r="K61" s="60">
         <v>11.762804982402255</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>115</v>
       </c>
       <c r="I62" s="60">
         <v>13.434579439252337</v>
       </c>
       <c r="J62" s="60">
         <v>4.7759000000000003E-2</v>
       </c>
       <c r="K62" s="60">
         <v>9.6285233089092211E-3</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>50</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="66">
         <v>7.6176130000000057</v>
       </c>
       <c r="K63" s="66">
         <v>1.5357600521105752</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="140" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F64" s="141" t="s">
+        <v>128</v>
+      </c>
+      <c r="G64" s="141"/>
+      <c r="H64" s="141"/>
+      <c r="I64" s="141"/>
+      <c r="J64" s="141"/>
+      <c r="K64" s="141"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="133" t="s">
+      <c r="H68" s="129" t="s">
         <v>48</v>
       </c>
-      <c r="I68" s="133">
-[...2 lines deleted...]
-      <c r="J68" s="133" t="s">
+      <c r="I68" s="129">
+        <v>0</v>
+      </c>
+      <c r="J68" s="129" t="s">
         <v>45</v>
       </c>
-      <c r="K68" s="133">
-[...3 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="129">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
         <v>49</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>856</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>496.01583199999999</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="I71" s="60" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="J71" s="60">
         <v>261.73164800000001</v>
       </c>
       <c r="K71" s="67">
         <v>52.766793137360992</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="I72" s="67" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="J72" s="60">
         <v>134.308943</v>
       </c>
       <c r="K72" s="67">
         <v>27.077551629440734</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="I73" s="67" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="J73" s="60">
         <v>87.391048999999995</v>
       </c>
       <c r="K73" s="67">
         <v>17.618600730470231</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="I74" s="67" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="J74" s="60">
         <v>4.9665789999999994</v>
       </c>
       <c r="K74" s="67">
         <v>1.001294450617455</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="I75" s="71" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="J75" s="72">
         <v>0</v>
       </c>
       <c r="K75" s="71">
         <v>0</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>50</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>24</v>
       </c>
       <c r="J76" s="78">
         <v>7.6176129999999489</v>
       </c>
       <c r="K76" s="78">
         <v>1.5357600521105894</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="140" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F77" s="141" t="s">
+        <v>133</v>
+      </c>
+      <c r="G77" s="141"/>
+      <c r="H77" s="141"/>
+      <c r="I77" s="141"/>
+      <c r="J77" s="141"/>
+      <c r="K77" s="141"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
         <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="F81" s="13">
         <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="H81" s="13">
         <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>271.31883999999997</v>
       </c>
       <c r="E82" s="16">
         <v>62.678961217956939</v>
       </c>
       <c r="F82" s="16">
         <v>141.496465</v>
       </c>
       <c r="G82" s="16">
         <v>28.526602554089443</v>
       </c>
       <c r="H82" s="16">
-        <v>158.77623500000001</v>
+        <v>158.95168000000001</v>
       </c>
       <c r="I82" s="16">
-        <v>48.326382357767649</v>
+        <v>48.370114036778098</v>
       </c>
       <c r="J82" s="16">
-        <v>12.212156678260486</v>
+        <v>12.336149175175514</v>
       </c>
       <c r="K82" s="16">
-        <v>17.279770000000013</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17.45521500000001</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>18.144119000000003</v>
       </c>
       <c r="E83" s="16">
         <v>4.1915796600597144</v>
       </c>
       <c r="F83" s="16">
         <v>107.31580700000004</v>
       </c>
       <c r="G83" s="16">
         <v>21.635560818147443</v>
       </c>
       <c r="H83" s="16">
-        <v>38.016708000000001</v>
+        <v>37.73578899999999</v>
       </c>
       <c r="I83" s="16">
-        <v>11.571063936562069</v>
+        <v>11.483265966096086</v>
       </c>
       <c r="J83" s="16">
-        <v>-64.574922313168656</v>
+        <v>-64.836690833438951</v>
       </c>
       <c r="K83" s="16">
-        <v>-69.299099000000041</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-69.580018000000052</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>31.964113000000005</v>
       </c>
       <c r="E84" s="16">
         <v>7.3842177678977023</v>
       </c>
       <c r="F84" s="16">
         <v>28.777723999999996</v>
       </c>
       <c r="G84" s="16">
         <v>5.8017752949466335</v>
       </c>
       <c r="H84" s="16">
-        <v>27.648972000000004</v>
+        <v>27.342563000000006</v>
       </c>
       <c r="I84" s="16">
-        <v>8.4154583503709599</v>
+        <v>8.320534204909249</v>
       </c>
       <c r="J84" s="16">
-        <v>-3.9223115768293271</v>
+        <v>-4.9870552653850959</v>
       </c>
       <c r="K84" s="16">
-        <v>-1.1287519999999915</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.4351609999999901</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>20.607262000000002</v>
       </c>
       <c r="E85" s="16">
         <v>4.7606048135333259</v>
       </c>
       <c r="F85" s="16">
         <v>22.875352999999997</v>
       </c>
       <c r="G85" s="16">
         <v>4.6118191243540787</v>
       </c>
       <c r="H85" s="16">
-        <v>22.29</v>
+        <v>22.277830999999999</v>
       </c>
       <c r="I85" s="16">
-        <v>6.7843595280782472</v>
+        <v>6.7793006400565892</v>
       </c>
       <c r="J85" s="16">
-        <v>-2.5588807307148347</v>
+        <v>-2.6120777240027637</v>
       </c>
       <c r="K85" s="16">
-        <v>-0.58535299999999779</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.59752199999999789</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
         <v>16.362884999999999</v>
       </c>
       <c r="E86" s="16">
         <v>3.7800863158964173</v>
       </c>
       <c r="F86" s="16">
         <v>9.0720190000000009</v>
       </c>
       <c r="G86" s="16">
         <v>1.8289777089211943</v>
       </c>
       <c r="H86" s="16">
-        <v>14.492776999999997</v>
+        <v>14.533243999999996</v>
       </c>
       <c r="I86" s="16">
-        <v>4.4111354745743947</v>
+        <v>4.4225683528750421</v>
       </c>
       <c r="J86" s="16">
-        <v>59.75249831377112</v>
+        <v>60.198562194369245</v>
       </c>
       <c r="K86" s="16">
-        <v>5.4207579999999957</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.4612249999999953</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
         <v>19.629120999999998</v>
       </c>
       <c r="E87" s="16">
         <v>4.5346387073657857</v>
       </c>
       <c r="F87" s="16">
         <v>18.472953999999998</v>
       </c>
       <c r="G87" s="16">
         <v>3.724267010896539</v>
       </c>
       <c r="H87" s="16">
-        <v>13.095471999999997</v>
+        <v>12.958695000000001</v>
       </c>
       <c r="I87" s="16">
-        <v>3.9858407464280785</v>
+        <v>3.9434220193069121</v>
       </c>
       <c r="J87" s="16">
-        <v>-29.110027557043672</v>
+        <v>-29.850445142666398</v>
       </c>
       <c r="K87" s="16">
-        <v>-5.3774820000000005</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-5.5142589999999974</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
         <v>18.865003000000002</v>
       </c>
       <c r="E88" s="16">
         <v>4.3581153133842152</v>
       </c>
       <c r="F88" s="16">
         <v>13.932027999999999</v>
       </c>
       <c r="G88" s="16">
         <v>2.8087869582356393</v>
       </c>
       <c r="H88" s="16">
-        <v>12.808170999999998</v>
+        <v>12.701703999999999</v>
       </c>
       <c r="I88" s="16">
-        <v>3.8983955568015016</v>
+        <v>3.8652178507418129</v>
       </c>
       <c r="J88" s="16">
-        <v>-8.0667150539749208</v>
+        <v>-8.8309038712813361</v>
       </c>
       <c r="K88" s="16">
-        <v>-1.123857000000001</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.2303239999999995</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>10.692519999999998</v>
       </c>
       <c r="E89" s="16">
         <v>2.4701419422338269</v>
       </c>
       <c r="F89" s="16">
         <v>11.238183000000001</v>
       </c>
       <c r="G89" s="16">
         <v>2.2656903822376382</v>
       </c>
       <c r="H89" s="16">
-        <v>10.394455000000001</v>
+        <v>10.494465</v>
       </c>
       <c r="I89" s="16">
-        <v>3.1637379909569572</v>
+        <v>3.1935395008406102</v>
       </c>
       <c r="J89" s="16">
-        <v>-7.5076905225693551</v>
+        <v>-6.617777980657559</v>
       </c>
       <c r="K89" s="16">
-        <v>-0.84372800000000048</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.74371800000000121</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>3.8995039999999999</v>
       </c>
       <c r="E90" s="16">
         <v>0.90084735724680221</v>
       </c>
       <c r="F90" s="16">
         <v>5.2651580000000004</v>
       </c>
       <c r="G90" s="16">
         <v>1.0614899082495415</v>
       </c>
       <c r="H90" s="16">
-        <v>6.9992429999999999</v>
+        <v>7.3868799999999997</v>
       </c>
       <c r="I90" s="16">
-        <v>2.1303445911343641</v>
+        <v>2.247879531540625</v>
       </c>
       <c r="J90" s="16">
-        <v>32.935099003676612</v>
+        <v>40.297404180463317</v>
       </c>
       <c r="K90" s="16">
-        <v>1.7340849999999994</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.1217219999999992</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>7.0244920000000022</v>
       </c>
       <c r="E91" s="16">
         <v>1.622769217367467</v>
       </c>
       <c r="F91" s="16">
         <v>5.523555</v>
       </c>
       <c r="G91" s="16">
         <v>1.1135844147813412</v>
       </c>
       <c r="H91" s="16">
-        <v>5.448099</v>
+        <v>5.4442770000000005</v>
       </c>
       <c r="I91" s="16">
-        <v>1.6582262162657502</v>
+        <v>1.6567317774672665</v>
       </c>
       <c r="J91" s="16">
-        <v>-1.3660767386221369</v>
+        <v>-1.4352713062511284</v>
       </c>
       <c r="K91" s="16">
-        <v>-7.5455999999999968E-2</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-7.9277999999999516E-2</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>2.447587</v>
       </c>
       <c r="E92" s="16">
         <v>0.56543147040793629</v>
       </c>
       <c r="F92" s="16">
         <v>4.1004639999999997</v>
       </c>
       <c r="G92" s="16">
         <v>0.82668006451858578</v>
       </c>
       <c r="H92" s="16">
-        <v>4.3229730000000002</v>
+        <v>4.222874</v>
       </c>
       <c r="I92" s="16">
-        <v>1.3157740270154781</v>
+        <v>1.2850502551652505</v>
       </c>
       <c r="J92" s="16">
-        <v>5.426434666906002</v>
+        <v>2.9852719106910919</v>
       </c>
       <c r="K92" s="16">
-        <v>0.22250900000000051</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.12241000000000035</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>3.1246870000000002</v>
       </c>
       <c r="E93" s="16">
         <v>0.72185232434007995</v>
       </c>
       <c r="F93" s="16">
         <v>4.2173940000000014</v>
       </c>
       <c r="G93" s="16">
         <v>0.85025390883087804</v>
       </c>
       <c r="H93" s="16">
-        <v>3.9312359999999997</v>
+        <v>3.9478240000000002</v>
       </c>
       <c r="I93" s="16">
-        <v>1.1965418758961064</v>
+        <v>1.2013506059019285</v>
       </c>
       <c r="J93" s="16">
-        <v>-6.7851853537990907</v>
+        <v>-6.3918618938614964</v>
       </c>
       <c r="K93" s="16">
-        <v>-0.28615800000000169</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.2695700000000012</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
         <v>2.2429739999999998</v>
       </c>
       <c r="E94" s="16">
         <v>0.51816261767478355</v>
       </c>
       <c r="F94" s="16">
         <v>3.5237250000000002</v>
       </c>
       <c r="G94" s="16">
         <v>0.71040575172608611</v>
       </c>
       <c r="H94" s="16">
-        <v>3.5953760000000012</v>
+        <v>3.6086640000000005</v>
       </c>
       <c r="I94" s="16">
-        <v>1.0943168875111648</v>
+        <v>1.0981418327910457</v>
       </c>
       <c r="J94" s="16">
-        <v>2.0333879630221148</v>
+        <v>2.4104889002405216</v>
       </c>
       <c r="K94" s="16">
-        <v>7.1651000000001019E-2</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.493900000000032E-2</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
         <v>4.6838370000000005</v>
       </c>
       <c r="E95" s="16">
         <v>1.0820407372898684</v>
       </c>
       <c r="F95" s="16">
         <v>1.7412639999999999</v>
       </c>
       <c r="G95" s="16">
         <v>0.3510500850303504</v>
       </c>
       <c r="H95" s="16">
-        <v>2.2758119999999997</v>
+        <v>2.3631729999999997</v>
       </c>
       <c r="I95" s="16">
-        <v>0.6926840209203593</v>
+        <v>0.71913016269242946</v>
       </c>
       <c r="J95" s="16">
-        <v>30.698848652473139</v>
+        <v>35.715951171103285</v>
       </c>
       <c r="K95" s="16">
-        <v>0.5345479999999998</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.62190899999999982</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
         <v>0.12834000000000001</v>
       </c>
       <c r="E96" s="16">
         <v>2.9648578339464358E-2</v>
       </c>
       <c r="F96" s="16">
         <v>0.18337799999999999</v>
       </c>
       <c r="G96" s="16">
         <v>3.6970190903100046E-2</v>
       </c>
       <c r="H96" s="16">
-        <v>0.17097000000000004</v>
+        <v>0.15069200000000002</v>
       </c>
       <c r="I96" s="16">
-        <v>5.2037772477143932E-2</v>
+        <v>4.5856635327353353E-2</v>
       </c>
       <c r="J96" s="16">
-        <v>-6.7663514707325572</v>
+        <v>-17.824384604478162</v>
       </c>
       <c r="K96" s="16">
-        <v>-1.2407999999999947E-2</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-3.2685999999999965E-2</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0</v>
       </c>
       <c r="E97" s="16">
         <v>0</v>
       </c>
       <c r="F97" s="16">
         <v>113.35635400000001</v>
       </c>
       <c r="G97" s="16">
         <v>22.853374164073056</v>
       </c>
       <c r="H97" s="16">
         <v>9.7370000000000009E-3</v>
       </c>
       <c r="I97" s="16">
-        <v>2.9636298216643292E-3</v>
+        <v>2.9630375745390569E-3</v>
       </c>
       <c r="J97" s="16">
         <v>-99.991410274187189</v>
       </c>
       <c r="K97" s="16">
         <v>-113.34661700000001</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>1.7353870000000002</v>
       </c>
       <c r="E98" s="16">
         <v>0.40090195900567271</v>
       </c>
       <c r="F98" s="16">
         <v>4.9240069999999996</v>
       </c>
       <c r="G98" s="16">
         <v>0.99271166005846356</v>
       </c>
       <c r="H98" s="16">
-        <v>4.2735689999999993</v>
+        <v>4.4853829999999997</v>
       </c>
       <c r="I98" s="16">
-        <v>1.3007370374181166</v>
+        <v>1.3649335899351664</v>
       </c>
       <c r="J98" s="16">
-        <v>-13.209526306522317</v>
+        <v>-8.907867109043508</v>
       </c>
       <c r="K98" s="16">
-        <v>-0.65043800000000029</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.4386239999999999</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B99" s="95"/>
-      <c r="C99" s="96"/>
+      <c r="B99" s="93"/>
+      <c r="C99" s="94"/>
       <c r="D99" s="17">
         <v>432.87067099999996</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
         <v>496.01583199999999</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>328.54980499999999</v>
+        <v>328.615475</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>-33.76223422642687</v>
+        <v>-33.748994729668226</v>
       </c>
       <c r="K99" s="17">
-        <v>-167.466027</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-167.40035699999999</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
         <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="F107" s="13">
         <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="H107" s="13">
         <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>56.685951000000003</v>
       </c>
       <c r="E108" s="16">
         <v>24.519171795590385</v>
       </c>
       <c r="F108" s="16">
         <v>114.13440700000002</v>
       </c>
       <c r="G108" s="16">
         <v>35.427341975975601</v>
       </c>
       <c r="H108" s="16">
-        <v>89.578102000000001</v>
+        <v>90.095734000000022</v>
       </c>
       <c r="I108" s="16">
-        <v>29.81494931998591</v>
+        <v>29.96946814827831</v>
       </c>
       <c r="J108" s="16">
-        <v>-21.515251750508519</v>
+        <v>-21.061723306627421</v>
       </c>
       <c r="K108" s="16">
-        <v>-24.556305000000023</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-24.038673000000003</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
         <v>34.72333600000001</v>
       </c>
       <c r="E109" s="16">
         <v>15.019372978324178</v>
       </c>
       <c r="F109" s="16">
         <v>44.230687999999994</v>
       </c>
       <c r="G109" s="16">
         <v>13.729214097626841</v>
       </c>
       <c r="H109" s="16">
-        <v>50.078606000000015</v>
+        <v>50.904133000000002</v>
       </c>
       <c r="I109" s="16">
-        <v>16.668036792134121</v>
+        <v>16.932763903773985</v>
       </c>
       <c r="J109" s="16">
-        <v>13.221404107483073</v>
+        <v>15.087816404755017</v>
       </c>
       <c r="K109" s="16">
-        <v>5.8479180000000213</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.6734450000000081</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>51.215352999999993</v>
       </c>
       <c r="E110" s="16">
         <v>22.152897086948496</v>
       </c>
       <c r="F110" s="16">
         <v>39.361262000000011</v>
       </c>
       <c r="G110" s="16">
         <v>12.217743326777642</v>
       </c>
       <c r="H110" s="16">
-        <v>43.590294000000007</v>
+        <v>43.722864999999999</v>
       </c>
       <c r="I110" s="16">
-        <v>14.508483406505823</v>
+        <v>14.543985067805455</v>
       </c>
       <c r="J110" s="16">
-        <v>10.744147380233885</v>
+        <v>11.080953146268499</v>
       </c>
       <c r="K110" s="16">
-        <v>4.2290319999999966</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.3616029999999881</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>29.869061000000006</v>
       </c>
       <c r="E111" s="16">
         <v>12.919685126778042</v>
       </c>
       <c r="F111" s="16">
         <v>42.099796000000005</v>
       </c>
       <c r="G111" s="16">
         <v>13.06778480928025</v>
       </c>
       <c r="H111" s="16">
-        <v>42.72215700000001</v>
+        <v>42.523558000000001</v>
       </c>
       <c r="I111" s="16">
-        <v>14.21953487913242</v>
+        <v>14.145047278625478</v>
       </c>
       <c r="J111" s="16">
-        <v>1.4782993247758374</v>
+        <v>1.0065654474905208</v>
       </c>
       <c r="K111" s="16">
-        <v>0.62236100000000505</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.42376199999999642</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>10.902585</v>
       </c>
       <c r="E112" s="16">
         <v>4.715848458307188</v>
       </c>
       <c r="F112" s="16">
         <v>21.498203</v>
       </c>
       <c r="G112" s="16">
         <v>6.6730463632228316</v>
       </c>
       <c r="H112" s="16">
-        <v>19.124156999999997</v>
+        <v>18.521713000000002</v>
       </c>
       <c r="I112" s="16">
-        <v>6.3652361348586481</v>
+        <v>6.1610673797835105</v>
       </c>
       <c r="J112" s="16">
-        <v>-11.04299740773684</v>
+        <v>-13.845296744104605</v>
       </c>
       <c r="K112" s="16">
-        <v>-2.3740460000000034</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.9764899999999983</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
-        <v>11.738833999999997</v>
+        <v>6.3136730000000005</v>
       </c>
       <c r="E113" s="16">
-        <v>5.0775630019141307</v>
+        <v>2.7309417980511701</v>
       </c>
       <c r="F113" s="16">
-        <v>13.915067999999998</v>
+        <v>16.348717000000001</v>
       </c>
       <c r="G113" s="16">
-        <v>4.3192397946655534</v>
+        <v>5.0746449142846624</v>
       </c>
       <c r="H113" s="16">
-        <v>14.377962</v>
+        <v>13.909752000000003</v>
       </c>
       <c r="I113" s="16">
-        <v>4.7855245733458753</v>
+        <v>4.6269434856310783</v>
       </c>
       <c r="J113" s="16">
-        <v>3.326566567982292</v>
+        <v>-14.918387785414586</v>
       </c>
       <c r="K113" s="16">
-        <v>0.46289400000000214</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.4389649999999978</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
-        <v>6.3136730000000005</v>
+        <v>11.738833999999997</v>
       </c>
       <c r="E114" s="16">
-        <v>2.7309417980511701</v>
+        <v>5.0775630019141307</v>
       </c>
       <c r="F114" s="16">
-        <v>16.348717000000001</v>
+        <v>13.915067999999998</v>
       </c>
       <c r="G114" s="16">
-        <v>5.0746449142846624</v>
+        <v>4.3192397946655534</v>
       </c>
       <c r="H114" s="16">
-        <v>13.467411</v>
+        <v>13.576583999999999</v>
       </c>
       <c r="I114" s="16">
-        <v>4.4824590772912423</v>
+        <v>4.5161183963540914</v>
       </c>
       <c r="J114" s="16">
-        <v>-17.624049642549934</v>
+        <v>-2.4324997908741759</v>
       </c>
       <c r="K114" s="16">
-        <v>-2.8813060000000004</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.33848399999999934</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>8.3450430000000022</v>
       </c>
       <c r="E115" s="16">
         <v>3.6095988397299537</v>
       </c>
       <c r="F115" s="16">
         <v>10.899209000000001</v>
       </c>
       <c r="G115" s="16">
         <v>3.3831165786022002</v>
       </c>
       <c r="H115" s="16">
-        <v>11.880771999999999</v>
+        <v>11.934173000000001</v>
       </c>
       <c r="I115" s="16">
-        <v>3.9543661581745457</v>
+        <v>3.9697863785597547</v>
       </c>
       <c r="J115" s="16">
-        <v>9.0058186791353183</v>
+        <v>9.4957716656318851</v>
       </c>
       <c r="K115" s="16">
-        <v>0.98156299999999774</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.0349640000000004</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
         <v>3.584873</v>
       </c>
       <c r="E116" s="16">
         <v>1.5506155476226109</v>
       </c>
       <c r="F116" s="16">
         <v>6.1768999999999998</v>
       </c>
       <c r="G116" s="16">
         <v>1.9173109529662131</v>
       </c>
       <c r="H116" s="16">
-        <v>7.0198049999999999</v>
+        <v>6.7614650000000003</v>
       </c>
       <c r="I116" s="16">
-        <v>2.3364541739362115</v>
+        <v>2.2491354579918128</v>
       </c>
       <c r="J116" s="16">
-        <v>13.646084605546472</v>
+        <v>9.4637277598795588</v>
       </c>
       <c r="K116" s="16">
-        <v>0.84290500000000002</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.58456500000000045</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
         <v>5.2627389999999998</v>
       </c>
       <c r="E117" s="16">
         <v>2.2763665313889421</v>
       </c>
       <c r="F117" s="16">
         <v>1.8396970000000001</v>
       </c>
       <c r="G117" s="16">
         <v>0.57104230410708989</v>
       </c>
       <c r="H117" s="16">
-        <v>2.4744350000000002</v>
+        <v>2.4858090000000002</v>
       </c>
       <c r="I117" s="16">
-        <v>0.82358469841880932</v>
+        <v>0.82688014560382572</v>
       </c>
       <c r="J117" s="16">
-        <v>34.502312065519483</v>
+        <v>35.120566049735366</v>
       </c>
       <c r="K117" s="16">
-        <v>0.63473800000000002</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.64611200000000002</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>0.76123300000000005</v>
       </c>
       <c r="E118" s="16">
         <v>0.32926681786590567</v>
       </c>
       <c r="F118" s="16">
         <v>2.1645100000000004</v>
       </c>
       <c r="G118" s="16">
         <v>0.6718643220393562</v>
       </c>
       <c r="H118" s="16">
-        <v>1.419073</v>
+        <v>1.4328699999999999</v>
       </c>
       <c r="I118" s="16">
-        <v>0.47232067471534916</v>
+        <v>0.47663024561877176</v>
       </c>
       <c r="J118" s="16">
-        <v>-34.439064730585685</v>
+        <v>-33.801645638042807</v>
       </c>
       <c r="K118" s="16">
-        <v>-0.74543700000000035</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.73164000000000051</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>2.1312760000000002</v>
       </c>
       <c r="E119" s="16">
         <v>0.92187078925109134</v>
       </c>
       <c r="F119" s="16">
         <v>1.142366</v>
       </c>
       <c r="G119" s="16">
         <v>0.35459062702912481</v>
       </c>
       <c r="H119" s="16">
-        <v>0.79667299999999996</v>
+        <v>0.80919000000000008</v>
       </c>
       <c r="I119" s="16">
-        <v>0.26516263003207119</v>
+        <v>0.26916916988439565</v>
       </c>
       <c r="J119" s="16">
-        <v>-30.261142225871573</v>
+        <v>-29.165433845194965</v>
       </c>
       <c r="K119" s="16">
-        <v>-0.34569300000000003</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.33317599999999992</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
         <v>7.7823049999999991</v>
       </c>
       <c r="E120" s="16">
         <v>3.3661898564722321</v>
       </c>
       <c r="F120" s="16">
         <v>4.2170320000000006</v>
       </c>
       <c r="G120" s="16">
         <v>1.3089675472500797</v>
       </c>
       <c r="H120" s="16">
         <v>0.72658100000000003</v>
       </c>
       <c r="I120" s="16">
-        <v>0.24183338570697427</v>
+        <v>0.24169009086095239</v>
       </c>
       <c r="J120" s="16">
         <v>-82.770322824204328</v>
       </c>
       <c r="K120" s="16">
         <v>-3.4904510000000006</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>0.33312700000000001</v>
       </c>
       <c r="E121" s="16">
         <v>0.14409210745621323</v>
       </c>
       <c r="F121" s="16">
         <v>0.57600299999999993</v>
       </c>
       <c r="G121" s="16">
         <v>0.1787914424454658</v>
       </c>
       <c r="H121" s="16">
-        <v>0.30592399999999997</v>
+        <v>0.30680299999999999</v>
       </c>
       <c r="I121" s="16">
-        <v>0.10182297182147675</v>
+        <v>0.1020550288906712</v>
       </c>
       <c r="J121" s="16">
-        <v>-46.888471066990967</v>
+        <v>-46.735867695133528</v>
       </c>
       <c r="K121" s="16">
-        <v>-0.27007899999999996</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.26919999999999994</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>6.3310000000000005E-2</v>
       </c>
       <c r="E122" s="16">
         <v>2.7384364891026126E-2</v>
       </c>
       <c r="F122" s="16">
         <v>2.1725999999999999E-2</v>
       </c>
       <c r="G122" s="16">
         <v>6.7437545960180589E-3</v>
       </c>
       <c r="H122" s="16">
-        <v>0.10076299999999999</v>
+        <v>9.7883999999999985E-2</v>
       </c>
       <c r="I122" s="16">
-        <v>3.3537702532810312E-2</v>
+        <v>3.2560158955207273E-2</v>
       </c>
       <c r="J122" s="16">
-        <v>363.78992911718677</v>
+        <v>350.53852526926261</v>
       </c>
       <c r="K122" s="16">
-        <v>7.9036999999999996E-2</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>7.615799999999999E-2</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
         <v>4.1416000000000001E-2</v>
       </c>
       <c r="E123" s="16">
         <v>1.7914245084927147E-2</v>
       </c>
       <c r="F123" s="16">
         <v>3.671E-2</v>
       </c>
       <c r="G123" s="16">
         <v>1.1394791089930174E-2</v>
       </c>
       <c r="H123" s="16">
-        <v>4.1680000000000002E-2</v>
+        <v>4.1528999999999996E-2</v>
       </c>
       <c r="I123" s="16">
-        <v>1.3872665974291494E-2</v>
+        <v>1.3814217249507613E-2</v>
       </c>
       <c r="J123" s="16">
-        <v>13.538545355488974</v>
+        <v>13.127213293380541</v>
       </c>
       <c r="K123" s="16">
-        <v>4.9700000000000022E-3</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.8189999999999969E-3</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>1.436202</v>
       </c>
       <c r="E124" s="16">
         <v>0.62122065432351126</v>
       </c>
       <c r="F124" s="16">
         <v>3.5024539999999997</v>
       </c>
       <c r="G124" s="16">
         <v>1.0871623980411411</v>
       </c>
       <c r="H124" s="16">
-        <v>2.7425419999999998</v>
+        <v>2.7744249999999999</v>
       </c>
       <c r="I124" s="16">
-        <v>0.91282075543342944</v>
+        <v>0.9228854461331879</v>
       </c>
       <c r="J124" s="16">
-        <v>-21.696559041175128</v>
+        <v>-20.786254437602889</v>
       </c>
       <c r="K124" s="16">
-        <v>-0.75991199999999992</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.72802899999999982</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B125" s="95"/>
-      <c r="C125" s="96"/>
+      <c r="B125" s="93"/>
+      <c r="C125" s="94"/>
       <c r="D125" s="17">
         <v>231.19031700000002</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
         <v>322.16474800000003</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>300.44693699999999</v>
+        <v>300.62506800000006</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>-6.7412127288365014</v>
+        <v>-6.6859208320334211</v>
       </c>
       <c r="K125" s="17">
-        <v>-21.71781100000004</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-21.539679999999976</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="A131" s="2" t="s">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B130" s="37"/>
+      <c r="C130" s="37"/>
+      <c r="D130" s="37"/>
+      <c r="E130" s="37"/>
+      <c r="F130" s="37"/>
+      <c r="G130" s="37"/>
+      <c r="H130" s="37"/>
+      <c r="I130" s="37"/>
+      <c r="J130" s="37"/>
+      <c r="K130" s="37"/>
+    </row>
+    <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="23">
+        <v>0</v>
+      </c>
+      <c r="B131" s="23">
+        <v>0</v>
+      </c>
+      <c r="C131" s="23">
+        <v>0</v>
+      </c>
+      <c r="D131" s="13">
+        <v>0</v>
+      </c>
+      <c r="E131" s="13">
+        <v>0</v>
+      </c>
+      <c r="F131" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G131" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="H131" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="I131" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="J131" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K131" s="13" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B132" s="5"/>
+      <c r="C132" s="79"/>
+      <c r="D132" s="16"/>
+      <c r="E132" s="16">
+        <v>0</v>
+      </c>
+      <c r="F132" s="16">
+        <v>9.0398199999999989</v>
+      </c>
+      <c r="G132" s="16">
+        <v>33.489239218991678</v>
+      </c>
+      <c r="H132" s="16">
+        <v>39.165303999999999</v>
+      </c>
+      <c r="I132" s="16">
+        <v>74.149241793206116</v>
+      </c>
+      <c r="J132" s="16">
+        <v>333.25313999615042</v>
+      </c>
+      <c r="K132" s="16">
+        <v>30.125484</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B133" s="5"/>
+      <c r="C133" s="79"/>
+      <c r="D133" s="16"/>
+      <c r="E133" s="16">
+        <v>0</v>
+      </c>
+      <c r="F133" s="16">
+        <v>8.4226700000000001</v>
+      </c>
+      <c r="G133" s="16">
+        <v>31.202923342790527</v>
+      </c>
+      <c r="H133" s="16">
+        <v>3.368509</v>
+      </c>
+      <c r="I133" s="16">
+        <v>6.3773892403232963</v>
+      </c>
+      <c r="J133" s="16">
+        <v>-60.006636850309945</v>
+      </c>
+      <c r="K133" s="16">
+        <v>-5.0541610000000006</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B134" s="5"/>
+      <c r="C134" s="79"/>
+      <c r="D134" s="16"/>
+      <c r="E134" s="16">
+        <v>0</v>
+      </c>
+      <c r="F134" s="16">
+        <v>0.39873399999999992</v>
+      </c>
+      <c r="G134" s="16">
+        <v>1.4771641814489036</v>
+      </c>
+      <c r="H134" s="16">
+        <v>1.9950409999999998</v>
+      </c>
+      <c r="I134" s="16">
+        <v>3.77708743168085</v>
+      </c>
+      <c r="J134" s="16">
+        <v>400.34383824805514</v>
+      </c>
+      <c r="K134" s="16">
+        <v>1.5963069999999999</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B135" s="5"/>
+      <c r="C135" s="79"/>
+      <c r="D135" s="16"/>
+      <c r="E135" s="16">
+        <v>0</v>
+      </c>
+      <c r="F135" s="16">
+        <v>2.2315639999999997</v>
+      </c>
+      <c r="G135" s="16">
+        <v>8.2671314947078525</v>
+      </c>
+      <c r="H135" s="16">
+        <v>1.5137770000000002</v>
+      </c>
+      <c r="I135" s="16">
+        <v>2.8659401391086914</v>
+      </c>
+      <c r="J135" s="16">
+        <v>-32.165198936709842</v>
+      </c>
+      <c r="K135" s="16">
+        <v>-0.71778699999999951</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B136" s="5"/>
+      <c r="C136" s="79"/>
+      <c r="D136" s="16"/>
+      <c r="E136" s="16">
+        <v>0</v>
+      </c>
+      <c r="F136" s="16">
+        <v>1.40629</v>
+      </c>
+      <c r="G136" s="16">
+        <v>5.2097920336108254</v>
+      </c>
+      <c r="H136" s="16">
+        <v>1.2976099999999999</v>
+      </c>
+      <c r="I136" s="16">
+        <v>2.4566845604794025</v>
+      </c>
+      <c r="J136" s="16">
+        <v>-7.7281357330280462</v>
+      </c>
+      <c r="K136" s="16">
+        <v>-0.10868000000000011</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="B137" s="5"/>
+      <c r="C137" s="79"/>
+      <c r="D137" s="16"/>
+      <c r="E137" s="16">
+        <v>0</v>
+      </c>
+      <c r="F137" s="16">
+        <v>0.95949100000000009</v>
+      </c>
+      <c r="G137" s="16">
+        <v>3.554564540828197</v>
+      </c>
+      <c r="H137" s="16">
+        <v>1.285199</v>
+      </c>
+      <c r="I137" s="16">
+        <v>2.4331875836681038</v>
+      </c>
+      <c r="J137" s="16">
+        <v>33.945915073721366</v>
+      </c>
+      <c r="K137" s="16">
+        <v>0.32570799999999989</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B138" s="5"/>
+      <c r="C138" s="79"/>
+      <c r="D138" s="16"/>
+      <c r="E138" s="16">
+        <v>0</v>
+      </c>
+      <c r="F138" s="16">
+        <v>1.3419369999999999</v>
+      </c>
+      <c r="G138" s="16">
+        <v>4.9713876172109668</v>
+      </c>
+      <c r="H138" s="16">
+        <v>1.2765280000000001</v>
+      </c>
+      <c r="I138" s="16">
+        <v>2.4167713169747853</v>
+      </c>
+      <c r="J138" s="16">
+        <v>-4.874222858450123</v>
+      </c>
+      <c r="K138" s="16">
+        <v>-6.5408999999999828E-2</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B139" s="5"/>
+      <c r="C139" s="79"/>
+      <c r="D139" s="16"/>
+      <c r="E139" s="16">
+        <v>0</v>
+      </c>
+      <c r="F139" s="16">
+        <v>0.16324999999999998</v>
+      </c>
+      <c r="G139" s="16">
+        <v>0.60478176584272603</v>
+      </c>
+      <c r="H139" s="16">
+        <v>0.547682</v>
+      </c>
+      <c r="I139" s="16">
+        <v>1.0368923740202989</v>
+      </c>
+      <c r="J139" s="16">
+        <v>235.48667687595716</v>
+      </c>
+      <c r="K139" s="16">
+        <v>0.384432</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B140" s="5"/>
+      <c r="C140" s="79"/>
+      <c r="D140" s="16"/>
+      <c r="E140" s="16">
+        <v>0</v>
+      </c>
+      <c r="F140" s="16">
+        <v>0.37448499999999996</v>
+      </c>
+      <c r="G140" s="16">
+        <v>1.3873304721691471</v>
+      </c>
+      <c r="H140" s="16">
+        <v>0.53185000000000004</v>
+      </c>
+      <c r="I140" s="16">
+        <v>1.006918630012847</v>
+      </c>
+      <c r="J140" s="16">
+        <v>42.021709814812368</v>
+      </c>
+      <c r="K140" s="16">
+        <v>0.15736500000000009</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B141" s="5"/>
+      <c r="C141" s="79"/>
+      <c r="D141" s="16"/>
+      <c r="E141" s="16">
+        <v>0</v>
+      </c>
+      <c r="F141" s="16">
+        <v>0.72373900000000002</v>
+      </c>
+      <c r="G141" s="16">
+        <v>2.6811892828744179</v>
+      </c>
+      <c r="H141" s="16">
+        <v>0.52025900000000003</v>
+      </c>
+      <c r="I141" s="16">
+        <v>0.98497410836110511</v>
+      </c>
+      <c r="J141" s="16">
+        <v>-28.115107794384436</v>
+      </c>
+      <c r="K141" s="16">
+        <v>-0.20347999999999999</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B142" s="5"/>
+      <c r="C142" s="79"/>
+      <c r="D142" s="16"/>
+      <c r="E142" s="16">
+        <v>0</v>
+      </c>
+      <c r="F142" s="16">
+        <v>0.38097399999999998</v>
+      </c>
+      <c r="G142" s="16">
+        <v>1.4113698527422158</v>
+      </c>
+      <c r="H142" s="16">
+        <v>0.44824100000000006</v>
+      </c>
+      <c r="I142" s="16">
+        <v>0.84862689411598857</v>
+      </c>
+      <c r="J142" s="16">
+        <v>17.656585488773533</v>
+      </c>
+      <c r="K142" s="16">
+        <v>6.7267000000000077E-2</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B143" s="5"/>
+      <c r="C143" s="79"/>
+      <c r="D143" s="16"/>
+      <c r="E143" s="16">
+        <v>0</v>
+      </c>
+      <c r="F143" s="16">
+        <v>0.95176400000000017</v>
+      </c>
+      <c r="G143" s="16">
+        <v>3.5259388213509122</v>
+      </c>
+      <c r="H143" s="16">
+        <v>0.36141299999999998</v>
+      </c>
+      <c r="I143" s="16">
+        <v>0.68424082509886819</v>
+      </c>
+      <c r="J143" s="16">
+        <v>-62.027036113994647</v>
+      </c>
+      <c r="K143" s="16">
+        <v>-0.59035100000000018</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B144" s="5"/>
+      <c r="C144" s="79"/>
+      <c r="D144" s="16"/>
+      <c r="E144" s="16">
+        <v>0</v>
+      </c>
+      <c r="F144" s="16">
+        <v>0.17555400000000004</v>
+      </c>
+      <c r="G144" s="16">
+        <v>0.65036360257735959</v>
+      </c>
+      <c r="H144" s="16">
+        <v>0.29978199999999999</v>
+      </c>
+      <c r="I144" s="16">
+        <v>0.56755867395414361</v>
+      </c>
+      <c r="J144" s="16">
+        <v>70.763411827699699</v>
+      </c>
+      <c r="K144" s="16">
+        <v>0.12422799999999995</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B145" s="5"/>
+      <c r="C145" s="79"/>
+      <c r="D145" s="16"/>
+      <c r="E145" s="16">
+        <v>0</v>
+      </c>
+      <c r="F145" s="16">
+        <v>9.5322000000000004E-2</v>
+      </c>
+      <c r="G145" s="16">
+        <v>0.35313327708214604</v>
+      </c>
+      <c r="H145" s="16">
+        <v>8.9316000000000006E-2</v>
+      </c>
+      <c r="I145" s="16">
+        <v>0.16909644515977706</v>
+      </c>
+      <c r="J145" s="16">
+        <v>-6.3007490400956723</v>
+      </c>
+      <c r="K145" s="16">
+        <v>-6.0059999999999975E-3</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B146" s="5"/>
+      <c r="C146" s="79"/>
+      <c r="D146" s="16"/>
+      <c r="E146" s="16">
+        <v>0</v>
+      </c>
+      <c r="F146" s="16">
+        <v>4.7670000000000004E-3</v>
+      </c>
+      <c r="G146" s="16">
+        <v>1.7659998026170139E-2</v>
+      </c>
+      <c r="H146" s="16">
+        <v>1.5304E-2</v>
+      </c>
+      <c r="I146" s="16">
+        <v>2.8974114343737162E-2</v>
+      </c>
+      <c r="J146" s="16">
+        <v>221.04048667925315</v>
+      </c>
+      <c r="K146" s="16">
+        <v>1.0536999999999999E-2</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B147" s="5"/>
+      <c r="C147" s="79"/>
+      <c r="D147" s="16"/>
+      <c r="E147" s="16">
+        <v>0</v>
+      </c>
+      <c r="F147" s="16">
+        <v>0</v>
+      </c>
+      <c r="G147" s="16">
+        <v>0</v>
+      </c>
+      <c r="H147" s="16">
+        <v>0</v>
+      </c>
+      <c r="I147" s="16">
+        <v>0</v>
+      </c>
+      <c r="J147" s="16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K147" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B148" s="5"/>
+      <c r="C148" s="79"/>
+      <c r="D148" s="16"/>
+      <c r="E148" s="16">
+        <v>0</v>
+      </c>
+      <c r="F148" s="16">
+        <v>0.32284700000000005</v>
+      </c>
+      <c r="G148" s="16">
+        <v>1.1960304977459517</v>
+      </c>
+      <c r="H148" s="16">
+        <v>0.10374599999999999</v>
+      </c>
+      <c r="I148" s="16">
+        <v>0.19641586949198608</v>
+      </c>
+      <c r="J148" s="16">
+        <v>-67.865273643552527</v>
+      </c>
+      <c r="K148" s="16">
+        <v>-0.21910100000000005</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B149" s="93"/>
+      <c r="C149" s="94"/>
+      <c r="D149" s="17"/>
+      <c r="E149" s="17">
+        <v>0</v>
+      </c>
+      <c r="F149" s="17">
+        <v>26.993207999999999</v>
+      </c>
+      <c r="G149" s="17">
+        <v>100</v>
+      </c>
+      <c r="H149" s="17">
+        <v>52.819561</v>
+      </c>
+      <c r="I149" s="17">
+        <v>100</v>
+      </c>
+      <c r="J149" s="17">
+        <v>95.677227397351217</v>
+      </c>
+      <c r="K149" s="17">
+        <v>25.826353000000001</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="E150" s="80"/>
+      <c r="F150" s="80"/>
+      <c r="G150" s="80"/>
+      <c r="H150" s="80"/>
+      <c r="I150" s="80"/>
+    </row>
+    <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E151" s="80"/>
+      <c r="F151" s="80"/>
+      <c r="G151" s="80"/>
+      <c r="H151" s="80"/>
+      <c r="I151" s="80"/>
+    </row>
+    <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E152" s="81"/>
+      <c r="F152" s="82"/>
+      <c r="G152" s="81"/>
+      <c r="H152" s="82"/>
+      <c r="I152" s="81"/>
+    </row>
+    <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="46"/>
+      <c r="E153" s="81"/>
+      <c r="F153" s="82"/>
+      <c r="G153" s="81"/>
+      <c r="H153" s="82"/>
+      <c r="I153" s="81"/>
+    </row>
+    <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="46"/>
+      <c r="E154" s="81"/>
+      <c r="F154" s="82"/>
+      <c r="G154" s="81"/>
+      <c r="H154" s="82"/>
+      <c r="I154" s="81"/>
+    </row>
+    <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="46"/>
+      <c r="E155" s="81"/>
+      <c r="F155" s="82"/>
+      <c r="G155" s="81"/>
+      <c r="H155" s="82"/>
+      <c r="I155" s="81"/>
+    </row>
+    <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B156" s="37"/>
+      <c r="C156" s="37"/>
+      <c r="D156" s="37"/>
+      <c r="E156" s="37"/>
+      <c r="F156" s="37"/>
+      <c r="G156" s="37"/>
+      <c r="H156" s="37"/>
+      <c r="I156" s="37"/>
+      <c r="J156" s="37"/>
+      <c r="K156" s="37"/>
+    </row>
+    <row r="157" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="23">
+        <v>0</v>
+      </c>
+      <c r="B157" s="23">
+        <v>0</v>
+      </c>
+      <c r="C157" s="23">
+        <v>0</v>
+      </c>
+      <c r="D157" s="13">
+        <v>0</v>
+      </c>
+      <c r="E157" s="13">
+        <v>0</v>
+      </c>
+      <c r="F157" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G157" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="H157" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="I157" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="J157" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K157" s="13" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="79"/>
+      <c r="D158" s="16"/>
+      <c r="E158" s="16">
+        <v>0</v>
+      </c>
+      <c r="F158" s="16">
+        <v>7.9329230000000024</v>
+      </c>
+      <c r="G158" s="16">
+        <v>35.742835976682827</v>
+      </c>
+      <c r="H158" s="16">
+        <v>8.5131230000000002</v>
+      </c>
+      <c r="I158" s="16">
+        <v>41.560304482804547</v>
+      </c>
+      <c r="J158" s="16">
+        <v>7.3138236687788059</v>
+      </c>
+      <c r="K158" s="16">
+        <v>0.58019999999999783</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="79"/>
+      <c r="D159" s="16"/>
+      <c r="E159" s="16">
+        <v>0</v>
+      </c>
+      <c r="F159" s="16">
+        <v>2.2120380000000002</v>
+      </c>
+      <c r="G159" s="16">
+        <v>9.966630384309731</v>
+      </c>
+      <c r="H159" s="16">
+        <v>3.4957430000000005</v>
+      </c>
+      <c r="I159" s="16">
+        <v>17.065904424690284</v>
+      </c>
+      <c r="J159" s="16">
+        <v>58.032682982842076</v>
+      </c>
+      <c r="K159" s="16">
+        <v>1.2837050000000003</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="79"/>
+      <c r="D160" s="16"/>
+      <c r="E160" s="16">
+        <v>0</v>
+      </c>
+      <c r="F160" s="16">
+        <v>2.6733790000000002</v>
+      </c>
+      <c r="G160" s="16">
+        <v>12.045263404234269</v>
+      </c>
+      <c r="H160" s="16">
+        <v>2.6178239999999993</v>
+      </c>
+      <c r="I160" s="16">
+        <v>12.779982448555399</v>
+      </c>
+      <c r="J160" s="16">
+        <v>-2.0780817085793259</v>
+      </c>
+      <c r="K160" s="16">
+        <v>-5.5555000000000909E-2</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B161" s="5"/>
+      <c r="C161" s="79"/>
+      <c r="D161" s="16"/>
+      <c r="E161" s="16">
+        <v>0</v>
+      </c>
+      <c r="F161" s="16">
+        <v>3.2727569999999999</v>
+      </c>
+      <c r="G161" s="16">
+        <v>14.745840422570661</v>
+      </c>
+      <c r="H161" s="16">
+        <v>2.3194749999999997</v>
+      </c>
+      <c r="I161" s="16">
+        <v>11.323469335548547</v>
+      </c>
+      <c r="J161" s="16">
+        <v>-29.12779653362594</v>
+      </c>
+      <c r="K161" s="16">
+        <v>-0.95328200000000018</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B162" s="5"/>
+      <c r="C162" s="79"/>
+      <c r="D162" s="16"/>
+      <c r="E162" s="16">
+        <v>0</v>
+      </c>
+      <c r="F162" s="16">
+        <v>1.3524689999999999</v>
+      </c>
+      <c r="G162" s="16">
+        <v>6.093728330723521</v>
+      </c>
+      <c r="H162" s="16">
+        <v>1.1474069999999998</v>
+      </c>
+      <c r="I162" s="16">
+        <v>5.6015382704679952</v>
+      </c>
+      <c r="J162" s="16">
+        <v>-15.162048076517841</v>
+      </c>
+      <c r="K162" s="16">
+        <v>-0.20506200000000008</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B163" s="5"/>
+      <c r="C163" s="79"/>
+      <c r="D163" s="16"/>
+      <c r="E163" s="16">
+        <v>0</v>
+      </c>
+      <c r="F163" s="16">
+        <v>0.95306500000000005</v>
+      </c>
+      <c r="G163" s="16">
+        <v>4.2941606731991735</v>
+      </c>
+      <c r="H163" s="16">
+        <v>0.90225900000000003</v>
+      </c>
+      <c r="I163" s="16">
+        <v>4.4047476774799037</v>
+      </c>
+      <c r="J163" s="16">
+        <v>-5.3308011520725254</v>
+      </c>
+      <c r="K163" s="16">
+        <v>-5.0806000000000018E-2</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B164" s="5"/>
+      <c r="C164" s="79"/>
+      <c r="D164" s="16"/>
+      <c r="E164" s="16">
+        <v>0</v>
+      </c>
+      <c r="F164" s="16">
+        <v>0.51070500000000008</v>
+      </c>
+      <c r="G164" s="16">
+        <v>2.3010490644459551</v>
+      </c>
+      <c r="H164" s="16">
+        <v>0.81876299999999991</v>
+      </c>
+      <c r="I164" s="16">
+        <v>3.9971276791436576</v>
+      </c>
+      <c r="J164" s="16">
+        <v>60.320145680970384</v>
+      </c>
+      <c r="K164" s="16">
+        <v>0.30805799999999983</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B165" s="5"/>
+      <c r="C165" s="79"/>
+      <c r="D165" s="16"/>
+      <c r="E165" s="16">
+        <v>0</v>
+      </c>
+      <c r="F165" s="16">
+        <v>1.7339039999999999</v>
+      </c>
+      <c r="G165" s="16">
+        <v>7.8123342772032744</v>
+      </c>
+      <c r="H165" s="16">
+        <v>0.19859400000000002</v>
+      </c>
+      <c r="I165" s="16">
+        <v>0.96951813200139203</v>
+      </c>
+      <c r="J165" s="16">
+        <v>-88.54642471555519</v>
+      </c>
+      <c r="K165" s="16">
+        <v>-1.53531</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="B166" s="5"/>
+      <c r="C166" s="79"/>
+      <c r="D166" s="16"/>
+      <c r="E166" s="16">
+        <v>0</v>
+      </c>
+      <c r="F166" s="16">
+        <v>0.14653099999999997</v>
+      </c>
+      <c r="G166" s="16">
+        <v>0.66021484117510132</v>
+      </c>
+      <c r="H166" s="16">
+        <v>0.122769</v>
+      </c>
+      <c r="I166" s="16">
+        <v>0.59934726903974389</v>
+      </c>
+      <c r="J166" s="16">
+        <v>-16.216363772853505</v>
+      </c>
+      <c r="K166" s="16">
+        <v>-2.3761999999999964E-2</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B167" s="5"/>
+      <c r="C167" s="79"/>
+      <c r="D167" s="16"/>
+      <c r="E167" s="16">
+        <v>0</v>
+      </c>
+      <c r="F167" s="16">
+        <v>0.66918900000000003</v>
+      </c>
+      <c r="G167" s="16">
+        <v>3.0151197313273301</v>
+      </c>
+      <c r="H167" s="16">
+        <v>0.109074</v>
+      </c>
+      <c r="I167" s="16">
+        <v>0.53248950486882696</v>
+      </c>
+      <c r="J167" s="16">
+        <v>-83.700568897576019</v>
+      </c>
+      <c r="K167" s="16">
+        <v>-0.56011500000000003</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="B168" s="5"/>
+      <c r="C168" s="79"/>
+      <c r="D168" s="16"/>
+      <c r="E168" s="16">
+        <v>0</v>
+      </c>
+      <c r="F168" s="16">
+        <v>0.15035300000000001</v>
+      </c>
+      <c r="G168" s="16">
+        <v>0.67743536872880172</v>
+      </c>
+      <c r="H168" s="16">
+        <v>9.7686999999999982E-2</v>
+      </c>
+      <c r="I168" s="16">
+        <v>0.47689919011057719</v>
+      </c>
+      <c r="J168" s="16">
+        <v>-35.028233557029139</v>
+      </c>
+      <c r="K168" s="16">
+        <v>-5.2666000000000032E-2</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B169" s="5"/>
+      <c r="C169" s="79"/>
+      <c r="D169" s="16"/>
+      <c r="E169" s="16">
+        <v>0</v>
+      </c>
+      <c r="F169" s="16">
+        <v>0.26725099999999996</v>
+      </c>
+      <c r="G169" s="16">
+        <v>1.2041348009560229</v>
+      </c>
+      <c r="H169" s="16">
+        <v>3.7823000000000002E-2</v>
+      </c>
+      <c r="I169" s="16">
+        <v>0.18464850049190129</v>
+      </c>
+      <c r="J169" s="16">
+        <v>-85.847386913425964</v>
+      </c>
+      <c r="K169" s="16">
+        <v>-0.22942799999999997</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="B170" s="5"/>
+      <c r="C170" s="79"/>
+      <c r="D170" s="16"/>
+      <c r="E170" s="16">
+        <v>0</v>
+      </c>
+      <c r="F170" s="16">
+        <v>4.0959999999999998E-3</v>
+      </c>
+      <c r="G170" s="16">
+        <v>1.8455070868643599E-2</v>
+      </c>
+      <c r="H170" s="16">
+        <v>7.1630000000000001E-3</v>
+      </c>
+      <c r="I170" s="16">
+        <v>3.4969124845292257E-2</v>
+      </c>
+      <c r="J170" s="16">
+        <v>74.877929687500014</v>
+      </c>
+      <c r="K170" s="16">
+        <v>3.0670000000000003E-3</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B171" s="5"/>
+      <c r="C171" s="79"/>
+      <c r="D171" s="16"/>
+      <c r="E171" s="16">
+        <v>0</v>
+      </c>
+      <c r="F171" s="16">
+        <v>2.4039999999999999E-3</v>
+      </c>
+      <c r="G171" s="16">
+        <v>1.0831540617241019E-2</v>
+      </c>
+      <c r="H171" s="16">
+        <v>5.5550000000000009E-3</v>
+      </c>
+      <c r="I171" s="16">
+        <v>2.7119012776155034E-2</v>
+      </c>
+      <c r="J171" s="16">
+        <v>131.07321131447591</v>
+      </c>
+      <c r="K171" s="16">
+        <v>3.151000000000001E-3</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B172" s="5"/>
+      <c r="C172" s="79"/>
+      <c r="D172" s="16"/>
+      <c r="E172" s="16">
+        <v>0</v>
+      </c>
+      <c r="F172" s="16">
+        <v>6.3365000000000005E-2</v>
+      </c>
+      <c r="G172" s="16">
+        <v>0.28549940566201221</v>
+      </c>
+      <c r="H172" s="16">
+        <v>3.2850000000000002E-3</v>
+      </c>
+      <c r="I172" s="16">
+        <v>1.6037075962136684E-2</v>
+      </c>
+      <c r="J172" s="16">
+        <v>-94.815750019726977</v>
+      </c>
+      <c r="K172" s="16">
+        <v>-6.0080000000000001E-2</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="B173" s="5"/>
+      <c r="C173" s="79"/>
+      <c r="D173" s="16"/>
+      <c r="E173" s="16">
+        <v>0</v>
+      </c>
+      <c r="F173" s="16">
+        <v>2.2898999999999999E-2</v>
+      </c>
+      <c r="G173" s="16">
+        <v>0.10317447944850337</v>
+      </c>
+      <c r="H173" s="16">
+        <v>8.2999999999999998E-5</v>
+      </c>
+      <c r="I173" s="16">
+        <v>4.0519857073282944E-4</v>
+      </c>
+      <c r="J173" s="16">
+        <v>-99.637538757150963</v>
+      </c>
+      <c r="K173" s="16">
+        <v>-2.2815999999999999E-2</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B174" s="5"/>
+      <c r="C174" s="79"/>
+      <c r="D174" s="16"/>
+      <c r="E174" s="16">
+        <v>0</v>
+      </c>
+      <c r="F174" s="16">
+        <v>0.22711400000000001</v>
+      </c>
+      <c r="G174" s="16">
+        <v>1.0232922278469538</v>
+      </c>
+      <c r="H174" s="16">
+        <v>8.7156999999999984E-2</v>
+      </c>
+      <c r="I174" s="16">
+        <v>0.42549267264290608</v>
+      </c>
+      <c r="J174" s="16">
+        <v>-61.624118284209707</v>
+      </c>
+      <c r="K174" s="16">
+        <v>-0.13995700000000003</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B175" s="93"/>
+      <c r="C175" s="94"/>
+      <c r="D175" s="17"/>
+      <c r="E175" s="17">
+        <v>0</v>
+      </c>
+      <c r="F175" s="17">
+        <v>22.194441999999999</v>
+      </c>
+      <c r="G175" s="17">
+        <v>100</v>
+      </c>
+      <c r="H175" s="17">
+        <v>20.483784</v>
+      </c>
+      <c r="I175" s="17">
+        <v>100</v>
+      </c>
+      <c r="J175" s="17">
+        <v>-7.7075963432646732</v>
+      </c>
+      <c r="K175" s="17">
+        <v>-1.7106579999999987</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="E176" s="80"/>
+      <c r="F176" s="80"/>
+      <c r="G176" s="80"/>
+      <c r="H176" s="80"/>
+      <c r="I176" s="80"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E177" s="80"/>
+      <c r="F177" s="80"/>
+      <c r="G177" s="80"/>
+      <c r="H177" s="80"/>
+      <c r="I177" s="80"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E178" s="81"/>
+      <c r="F178" s="82"/>
+      <c r="G178" s="81"/>
+      <c r="H178" s="82"/>
+      <c r="I178" s="81"/>
+    </row>
+    <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="46"/>
+    </row>
+    <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="46"/>
+    </row>
+    <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B181" s="37"/>
+      <c r="C181" s="37"/>
+      <c r="D181" s="37"/>
+      <c r="E181" s="37"/>
+      <c r="F181" s="37"/>
+      <c r="G181" s="37"/>
+      <c r="H181" s="37"/>
+      <c r="I181" s="37"/>
+      <c r="J181" s="37"/>
+      <c r="K181" s="37"/>
+    </row>
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="23"/>
+      <c r="B182" s="23"/>
+      <c r="C182" s="23"/>
+      <c r="D182" s="23"/>
+      <c r="E182" s="23"/>
+      <c r="F182" s="23"/>
+      <c r="G182" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H182" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I182" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="J182" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K182" s="13" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B183" s="5"/>
+      <c r="C183" s="5"/>
+      <c r="D183" s="37"/>
+      <c r="E183" s="5"/>
+      <c r="F183" s="5"/>
+      <c r="G183" s="16">
+        <v>46.991489000000001</v>
+      </c>
+      <c r="H183" s="16">
+        <v>79.045294999999996</v>
+      </c>
+      <c r="I183" s="16">
+        <v>24.054039147121724</v>
+      </c>
+      <c r="J183" s="16">
+        <v>68.211939400345443</v>
+      </c>
+      <c r="K183" s="16">
+        <v>32.053805999999994</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B184" s="5"/>
+      <c r="C184" s="5"/>
+      <c r="D184" s="37"/>
+      <c r="E184" s="5"/>
+      <c r="F184" s="5"/>
+      <c r="G184" s="16">
+        <v>84.205869000000007</v>
+      </c>
+      <c r="H184" s="16">
+        <v>67.710110999999998</v>
+      </c>
+      <c r="I184" s="16">
+        <v>20.604662942303616</v>
+      </c>
+      <c r="J184" s="16">
+        <v>-19.589796050914227</v>
+      </c>
+      <c r="K184" s="16">
+        <v>-16.495758000000009</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B185" s="5"/>
+      <c r="C185" s="5"/>
+      <c r="D185" s="37"/>
+      <c r="E185" s="5"/>
+      <c r="F185" s="5"/>
+      <c r="G185" s="16">
+        <v>86.130887000000001</v>
+      </c>
+      <c r="H185" s="16">
+        <v>13.160540000000001</v>
+      </c>
+      <c r="I185" s="16">
+        <v>4.0048448722629395</v>
+      </c>
+      <c r="J185" s="16">
+        <v>-84.720301324657214</v>
+      </c>
+      <c r="K185" s="16">
+        <v>-72.970347000000004</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B186" s="5"/>
+      <c r="C186" s="5"/>
+      <c r="D186" s="37"/>
+      <c r="E186" s="5"/>
+      <c r="F186" s="5"/>
+      <c r="G186" s="16">
+        <v>13.883497</v>
+      </c>
+      <c r="H186" s="16">
+        <v>13.026665999999999</v>
+      </c>
+      <c r="I186" s="16">
+        <v>3.964106072606592</v>
+      </c>
+      <c r="J186" s="16">
+        <v>-6.1715791057541294</v>
+      </c>
+      <c r="K186" s="16">
+        <v>-0.85683100000000145</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="B131" s="37"/>
-[...17 lines deleted...]
-      <c r="G132" s="13">
+      <c r="B187" s="5"/>
+      <c r="C187" s="5"/>
+      <c r="D187" s="37"/>
+      <c r="E187" s="5"/>
+      <c r="F187" s="5"/>
+      <c r="G187" s="16">
+        <v>11.355041</v>
+      </c>
+      <c r="H187" s="16">
+        <v>10.360799</v>
+      </c>
+      <c r="I187" s="16">
+        <v>3.1528639970470049</v>
+      </c>
+      <c r="J187" s="16">
+        <v>-8.7559525324479228</v>
+      </c>
+      <c r="K187" s="16">
+        <v>-0.99424199999999985</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B188" s="5"/>
+      <c r="C188" s="5"/>
+      <c r="D188" s="37"/>
+      <c r="E188" s="5"/>
+      <c r="F188" s="5"/>
+      <c r="G188" s="16">
+        <v>6.4798260000000001</v>
+      </c>
+      <c r="H188" s="16">
+        <v>8.5078230000000001</v>
+      </c>
+      <c r="I188" s="16">
+        <v>2.588990369367115</v>
+      </c>
+      <c r="J188" s="16">
+        <v>31.297090384834409</v>
+      </c>
+      <c r="K188" s="16">
+        <v>2.027997</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B189" s="5"/>
+      <c r="C189" s="5"/>
+      <c r="D189" s="37"/>
+      <c r="E189" s="5"/>
+      <c r="F189" s="5"/>
+      <c r="G189" s="16">
+        <v>7.5877430000000006</v>
+      </c>
+      <c r="H189" s="16">
+        <v>8.0538069999999991</v>
+      </c>
+      <c r="I189" s="16">
+        <v>2.4508301077421866</v>
+      </c>
+      <c r="J189" s="16">
+        <v>6.1423271715976471</v>
+      </c>
+      <c r="K189" s="16">
+        <v>0.46606399999999848</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B190" s="5"/>
+      <c r="C190" s="5"/>
+      <c r="D190" s="37"/>
+      <c r="E190" s="5"/>
+      <c r="F190" s="5"/>
+      <c r="G190" s="16">
+        <v>7.5425460000000006</v>
+      </c>
+      <c r="H190" s="16">
+        <v>7.6183429999999994</v>
+      </c>
+      <c r="I190" s="16">
+        <v>2.3183153501824583</v>
+      </c>
+      <c r="J190" s="16">
+        <v>1.0049259228912728</v>
+      </c>
+      <c r="K190" s="16">
+        <v>7.5796999999998782E-2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B191" s="5"/>
+      <c r="C191" s="5"/>
+      <c r="D191" s="37"/>
+      <c r="E191" s="5"/>
+      <c r="F191" s="5"/>
+      <c r="G191" s="16">
+        <v>6.0292749999999993</v>
+      </c>
+      <c r="H191" s="16">
+        <v>6.1464539999999994</v>
+      </c>
+      <c r="I191" s="16">
+        <v>1.8704091765611461</v>
+      </c>
+      <c r="J191" s="16">
+        <v>1.9435006696493384</v>
+      </c>
+      <c r="K191" s="16">
+        <v>0.11717900000000014</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B192" s="5"/>
+      <c r="C192" s="5"/>
+      <c r="D192" s="37"/>
+      <c r="E192" s="5"/>
+      <c r="F192" s="5"/>
+      <c r="G192" s="16">
+        <v>4.2423830000000002</v>
+      </c>
+      <c r="H192" s="16">
+        <v>5.9797700000000003</v>
+      </c>
+      <c r="I192" s="16">
+        <v>1.8196860631715532</v>
+      </c>
+      <c r="J192" s="16">
+        <v>40.953091693984248</v>
+      </c>
+      <c r="K192" s="16">
+        <v>1.737387</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="95" t="s">
+        <v>153</v>
+      </c>
+      <c r="B193" s="93"/>
+      <c r="C193" s="93"/>
+      <c r="D193" s="96"/>
+      <c r="E193" s="96"/>
+      <c r="F193" s="96"/>
+      <c r="G193" s="17">
+        <v>274.44855600000005</v>
+      </c>
+      <c r="H193" s="17">
+        <v>219.60960800000001</v>
+      </c>
+      <c r="I193" s="17">
+        <v>66.828748098366347</v>
+      </c>
+      <c r="J193" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K193" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="46"/>
+    </row>
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="46"/>
+    </row>
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="46"/>
+    </row>
+    <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B199" s="37"/>
+      <c r="C199" s="37"/>
+      <c r="D199" s="37"/>
+      <c r="E199" s="37"/>
+      <c r="F199" s="37"/>
+      <c r="G199" s="37"/>
+      <c r="H199" s="37"/>
+      <c r="I199" s="37"/>
+      <c r="J199" s="37"/>
+      <c r="K199" s="37"/>
+    </row>
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="23"/>
+      <c r="B200" s="23"/>
+      <c r="C200" s="23"/>
+      <c r="D200" s="23"/>
+      <c r="E200" s="23"/>
+      <c r="F200" s="23"/>
+      <c r="G200" s="13">
         <v>2024</v>
       </c>
-      <c r="H132" s="13">
+      <c r="H200" s="13">
         <v>2025</v>
       </c>
-      <c r="I132" s="13" t="s">
+      <c r="I200" s="13" t="s">
+        <v>137</v>
+      </c>
+      <c r="J200" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K200" s="13" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B201" s="5"/>
+      <c r="C201" s="5"/>
+      <c r="D201" s="37"/>
+      <c r="E201" s="5"/>
+      <c r="F201" s="5"/>
+      <c r="G201" s="16">
+        <v>26.741080999999998</v>
+      </c>
+      <c r="H201" s="16">
+        <v>25.163298999999999</v>
+      </c>
+      <c r="I201" s="16">
+        <v>8.3703262563586325</v>
+      </c>
+      <c r="J201" s="16">
+        <v>-5.9002177211908498</v>
+      </c>
+      <c r="K201" s="16">
+        <v>-1.5777819999999991</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B202" s="5"/>
+      <c r="C202" s="5"/>
+      <c r="D202" s="37"/>
+      <c r="E202" s="5"/>
+      <c r="F202" s="5"/>
+      <c r="G202" s="16">
+        <v>6.8895159999999995</v>
+      </c>
+      <c r="H202" s="16">
+        <v>16.764059</v>
+      </c>
+      <c r="I202" s="16">
+        <v>5.5764009008057824</v>
+      </c>
+      <c r="J202" s="16">
+        <v>143.32709293366906</v>
+      </c>
+      <c r="K202" s="16">
+        <v>9.8745429999999992</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B203" s="5"/>
+      <c r="C203" s="5"/>
+      <c r="D203" s="37"/>
+      <c r="E203" s="5"/>
+      <c r="F203" s="5"/>
+      <c r="G203" s="16">
+        <v>10.053940000000001</v>
+      </c>
+      <c r="H203" s="16">
+        <v>13.252231999999999</v>
+      </c>
+      <c r="I203" s="16">
+        <v>4.4082258635863321</v>
+      </c>
+      <c r="J203" s="16">
+        <v>31.81132968766472</v>
+      </c>
+      <c r="K203" s="16">
+        <v>3.1982919999999986</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B204" s="5"/>
+      <c r="C204" s="5"/>
+      <c r="D204" s="37"/>
+      <c r="E204" s="5"/>
+      <c r="F204" s="5"/>
+      <c r="G204" s="16">
+        <v>15.662659</v>
+      </c>
+      <c r="H204" s="16">
+        <v>12.983062</v>
+      </c>
+      <c r="I204" s="16">
+        <v>4.318689085502343</v>
+      </c>
+      <c r="J204" s="16">
+        <v>-17.108187058148935</v>
+      </c>
+      <c r="K204" s="16">
+        <v>-2.6795969999999993</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B205" s="5"/>
+      <c r="C205" s="5"/>
+      <c r="D205" s="37"/>
+      <c r="E205" s="5"/>
+      <c r="F205" s="5"/>
+      <c r="G205" s="16">
+        <v>15.042104999999999</v>
+      </c>
+      <c r="H205" s="16">
+        <v>9.8465179999999997</v>
+      </c>
+      <c r="I205" s="16">
+        <v>3.2753482820002211</v>
+      </c>
+      <c r="J205" s="16">
+        <v>-34.540292066835057</v>
+      </c>
+      <c r="K205" s="16">
+        <v>-5.1955869999999997</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B206" s="5"/>
+      <c r="C206" s="5"/>
+      <c r="D206" s="37"/>
+      <c r="E206" s="5"/>
+      <c r="F206" s="5"/>
+      <c r="G206" s="16">
+        <v>9.4069430000000001</v>
+      </c>
+      <c r="H206" s="16">
+        <v>9.7544590000000007</v>
+      </c>
+      <c r="I206" s="16">
+        <v>3.2447257525443618</v>
+      </c>
+      <c r="J206" s="16">
+        <v>3.6942500874088493</v>
+      </c>
+      <c r="K206" s="16">
+        <v>0.3475160000000006</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B207" s="5"/>
+      <c r="C207" s="5"/>
+      <c r="D207" s="37"/>
+      <c r="E207" s="5"/>
+      <c r="F207" s="5"/>
+      <c r="G207" s="16">
+        <v>1.045617</v>
+      </c>
+      <c r="H207" s="16">
+        <v>9.2298790000000004</v>
+      </c>
+      <c r="I207" s="16">
+        <v>3.0702293263181897</v>
+      </c>
+      <c r="J207" s="16">
+        <v>782.72082416410603</v>
+      </c>
+      <c r="K207" s="16">
+        <v>8.1842620000000004</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B208" s="5"/>
+      <c r="C208" s="5"/>
+      <c r="D208" s="37"/>
+      <c r="E208" s="5"/>
+      <c r="F208" s="5"/>
+      <c r="G208" s="16">
+        <v>9.5030350000000006</v>
+      </c>
+      <c r="H208" s="16">
+        <v>9.134371999999999</v>
+      </c>
+      <c r="I208" s="16">
+        <v>3.0384598532548179</v>
+      </c>
+      <c r="J208" s="16">
+        <v>-3.8794237840858363</v>
+      </c>
+      <c r="K208" s="16">
+        <v>-0.36866300000000152</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B209" s="5"/>
+      <c r="C209" s="5"/>
+      <c r="D209" s="37"/>
+      <c r="E209" s="5"/>
+      <c r="F209" s="5"/>
+      <c r="G209" s="16">
+        <v>3.2721930000000001</v>
+      </c>
+      <c r="H209" s="16">
+        <v>8.7943700000000007</v>
+      </c>
+      <c r="I209" s="16">
+        <v>2.9253615004587705</v>
+      </c>
+      <c r="J209" s="16">
+        <v>168.76073630131231</v>
+      </c>
+      <c r="K209" s="16">
+        <v>5.522177000000001</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B210" s="5"/>
+      <c r="C210" s="5"/>
+      <c r="D210" s="37"/>
+      <c r="E210" s="5"/>
+      <c r="F210" s="5"/>
+      <c r="G210" s="16">
+        <v>4.9146970000000003</v>
+      </c>
+      <c r="H210" s="16">
+        <v>8.7239069999999987</v>
+      </c>
+      <c r="I210" s="16">
+        <v>2.9019226700016905</v>
+      </c>
+      <c r="J210" s="16">
+        <v>77.506507522233775</v>
+      </c>
+      <c r="K210" s="16">
+        <v>3.8092099999999984</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="95" t="s">
+        <v>153</v>
+      </c>
+      <c r="B211" s="93"/>
+      <c r="C211" s="93"/>
+      <c r="D211" s="96"/>
+      <c r="E211" s="96"/>
+      <c r="F211" s="96"/>
+      <c r="G211" s="17">
+        <v>102.531786</v>
+      </c>
+      <c r="H211" s="17">
+        <v>123.64615699999999</v>
+      </c>
+      <c r="I211" s="17">
+        <v>41.12968949083114</v>
+      </c>
+      <c r="J211" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K211" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="46"/>
+    </row>
+    <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B215" s="37"/>
+      <c r="C215" s="37"/>
+      <c r="D215" s="37"/>
+      <c r="E215" s="37"/>
+      <c r="F215" s="37"/>
+      <c r="G215" s="37"/>
+      <c r="H215" s="37"/>
+      <c r="I215" s="37"/>
+      <c r="J215" s="37"/>
+      <c r="K215" s="37"/>
+    </row>
+    <row r="216" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="23"/>
+      <c r="B216" s="23"/>
+      <c r="C216" s="23"/>
+      <c r="D216" s="23"/>
+      <c r="E216" s="23"/>
+      <c r="F216" s="23"/>
+      <c r="G216" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="H216" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="I216" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="J216" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K216" s="13" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="J132" s="13" t="s">
-[...7 lines deleted...]
-      <c r="A133" s="3" t="s">
+      <c r="B217" s="5"/>
+      <c r="C217" s="5"/>
+      <c r="D217" s="37"/>
+      <c r="E217" s="5"/>
+      <c r="F217" s="5"/>
+      <c r="G217" s="16">
+        <v>0</v>
+      </c>
+      <c r="H217" s="16">
+        <v>22.231175999999998</v>
+      </c>
+      <c r="I217" s="16">
+        <v>42.088907175885083</v>
+      </c>
+      <c r="J217" s="16" t="s">
+        <v>165</v>
+      </c>
+      <c r="K217" s="16">
+        <v>22.231175999999998</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B218" s="5"/>
+      <c r="C218" s="5"/>
+      <c r="D218" s="37"/>
+      <c r="E218" s="5"/>
+      <c r="F218" s="5"/>
+      <c r="G218" s="16">
+        <v>7.8986200000000002</v>
+      </c>
+      <c r="H218" s="16">
+        <v>16.047312000000002</v>
+      </c>
+      <c r="I218" s="16">
+        <v>30.38138086759184</v>
+      </c>
+      <c r="J218" s="16">
+        <v>103.16602140627099</v>
+      </c>
+      <c r="K218" s="16">
+        <v>8.1486920000000005</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B133" s="5"/>
-[...21 lines deleted...]
-      <c r="A134" s="3" t="s">
+      <c r="B219" s="5"/>
+      <c r="C219" s="5"/>
+      <c r="D219" s="37"/>
+      <c r="E219" s="5"/>
+      <c r="F219" s="5"/>
+      <c r="G219" s="16">
+        <v>0.24785799999999999</v>
+      </c>
+      <c r="H219" s="16">
+        <v>1.861612</v>
+      </c>
+      <c r="I219" s="16">
+        <v>3.5244745786508909</v>
+      </c>
+      <c r="J219" s="16">
+        <v>651.08005390183098</v>
+      </c>
+      <c r="K219" s="16">
+        <v>1.6137540000000001</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B220" s="5"/>
+      <c r="C220" s="5"/>
+      <c r="D220" s="37"/>
+      <c r="E220" s="5"/>
+      <c r="F220" s="5"/>
+      <c r="G220" s="16">
+        <v>0.89729800000000004</v>
+      </c>
+      <c r="H220" s="16">
+        <v>1.0705229999999999</v>
+      </c>
+      <c r="I220" s="16">
+        <v>2.0267548228960095</v>
+      </c>
+      <c r="J220" s="16">
+        <v>19.305180664617534</v>
+      </c>
+      <c r="K220" s="16">
+        <v>0.17322499999999985</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="B221" s="5"/>
+      <c r="C221" s="5"/>
+      <c r="D221" s="37"/>
+      <c r="E221" s="5"/>
+      <c r="F221" s="5"/>
+      <c r="G221" s="16">
+        <v>1.2030719999999999</v>
+      </c>
+      <c r="H221" s="16">
+        <v>0.78563099999999997</v>
+      </c>
+      <c r="I221" s="16">
+        <v>1.4873864627538269</v>
+      </c>
+      <c r="J221" s="16">
+        <v>-34.697923316310245</v>
+      </c>
+      <c r="K221" s="16">
+        <v>-0.41744099999999995</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B222" s="5"/>
+      <c r="C222" s="5"/>
+      <c r="D222" s="37"/>
+      <c r="E222" s="5"/>
+      <c r="F222" s="5"/>
+      <c r="G222" s="16">
+        <v>0.24604900000000002</v>
+      </c>
+      <c r="H222" s="16">
+        <v>0.66883799999999993</v>
+      </c>
+      <c r="I222" s="16">
+        <v>1.266269517082885</v>
+      </c>
+      <c r="J222" s="16">
+        <v>171.83122061052876</v>
+      </c>
+      <c r="K222" s="16">
+        <v>0.42278899999999991</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B134" s="5"/>
-[...71 lines deleted...]
-      <c r="A137" s="3" t="s">
+      <c r="B223" s="5"/>
+      <c r="C223" s="5"/>
+      <c r="D223" s="37"/>
+      <c r="E223" s="5"/>
+      <c r="F223" s="5"/>
+      <c r="G223" s="16">
+        <v>0.74349399999999999</v>
+      </c>
+      <c r="H223" s="16">
+        <v>0.534945</v>
+      </c>
+      <c r="I223" s="16">
+        <v>1.0127782016211759</v>
+      </c>
+      <c r="J223" s="16">
+        <v>-28.049856488418197</v>
+      </c>
+      <c r="K223" s="16">
+        <v>-0.20854899999999998</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B224" s="5"/>
+      <c r="C224" s="5"/>
+      <c r="D224" s="37"/>
+      <c r="E224" s="5"/>
+      <c r="F224" s="5"/>
+      <c r="G224" s="16">
+        <v>0.11052200000000001</v>
+      </c>
+      <c r="H224" s="16">
+        <v>0.51286599999999993</v>
+      </c>
+      <c r="I224" s="16">
+        <v>0.97097739983109643</v>
+      </c>
+      <c r="J224" s="16">
+        <v>364.03973869455848</v>
+      </c>
+      <c r="K224" s="16">
+        <v>0.40234399999999992</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B225" s="5"/>
+      <c r="C225" s="5"/>
+      <c r="D225" s="37"/>
+      <c r="E225" s="5"/>
+      <c r="F225" s="5"/>
+      <c r="G225" s="16">
+        <v>2.4499999999999999E-4</v>
+      </c>
+      <c r="H225" s="16">
+        <v>0.506216</v>
+      </c>
+      <c r="I225" s="16">
+        <v>0.95838736713468697</v>
+      </c>
+      <c r="J225" s="16" t="s">
+        <v>170</v>
+      </c>
+      <c r="K225" s="16">
+        <v>0.50597099999999995</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="B137" s="5"/>
-[...21 lines deleted...]
-      <c r="A138" s="3" t="s">
+      <c r="B226" s="5"/>
+      <c r="C226" s="5"/>
+      <c r="D226" s="37"/>
+      <c r="E226" s="5"/>
+      <c r="F226" s="5"/>
+      <c r="G226" s="16">
+        <v>0.11726200000000001</v>
+      </c>
+      <c r="H226" s="16">
+        <v>0.47284500000000002</v>
+      </c>
+      <c r="I226" s="16">
+        <v>0.89520812185470455</v>
+      </c>
+      <c r="J226" s="16">
+        <v>303.23804813153447</v>
+      </c>
+      <c r="K226" s="16">
+        <v>0.35558299999999998</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="95" t="s">
         <v>153</v>
       </c>
-      <c r="B138" s="5"/>
-[...138 lines deleted...]
-      <c r="J143" s="18" t="s">
+      <c r="B227" s="93"/>
+      <c r="C227" s="93"/>
+      <c r="D227" s="96"/>
+      <c r="E227" s="96"/>
+      <c r="F227" s="96"/>
+      <c r="G227" s="17">
+        <v>11.464419999999999</v>
+      </c>
+      <c r="H227" s="17">
+        <v>44.691964000000006</v>
+      </c>
+      <c r="I227" s="17">
+        <v>84.612524515302212</v>
+      </c>
+      <c r="J227" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="K143" s="18" t="s">
+      <c r="K227" s="18" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1689 lines deleted...]
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="F228" s="60"/>
-[...6 lines deleted...]
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="A230" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="46"/>
+    </row>
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B231" s="37"/>
+      <c r="C231" s="37"/>
+      <c r="D231" s="37"/>
+      <c r="E231" s="37"/>
+      <c r="F231" s="37"/>
+      <c r="G231" s="37"/>
+      <c r="H231" s="37"/>
+      <c r="I231" s="37"/>
+      <c r="J231" s="37"/>
+      <c r="K231" s="37"/>
+    </row>
+    <row r="232" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="23"/>
+      <c r="B232" s="23"/>
+      <c r="C232" s="23"/>
+      <c r="D232" s="23"/>
+      <c r="E232" s="23"/>
+      <c r="F232" s="23"/>
+      <c r="G232" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="H232" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="I232" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="J232" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K232" s="13" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B233" s="5"/>
+      <c r="C233" s="5"/>
+      <c r="D233" s="37"/>
+      <c r="E233" s="5"/>
+      <c r="F233" s="5"/>
+      <c r="G233" s="16">
+        <v>2.1349330000000002</v>
+      </c>
+      <c r="H233" s="16">
+        <v>1.7646440000000001</v>
+      </c>
+      <c r="I233" s="16">
+        <v>8.6148340560513628</v>
+      </c>
+      <c r="J233" s="16">
+        <v>-17.34429136652064</v>
+      </c>
+      <c r="K233" s="16">
+        <v>-0.37028900000000009</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B234" s="5"/>
+      <c r="C234" s="5"/>
+      <c r="D234" s="37"/>
+      <c r="E234" s="5"/>
+      <c r="F234" s="5"/>
+      <c r="G234" s="16">
+        <v>1.7331540000000001</v>
+      </c>
+      <c r="H234" s="16">
+        <v>1.6042879999999999</v>
+      </c>
+      <c r="I234" s="16">
+        <v>7.8319904173955361</v>
+      </c>
+      <c r="J234" s="16">
+        <v>-7.4353461954333051</v>
+      </c>
+      <c r="K234" s="16">
+        <v>-0.12886600000000015</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B235" s="5"/>
+      <c r="C235" s="5"/>
+      <c r="D235" s="37"/>
+      <c r="E235" s="5"/>
+      <c r="F235" s="5"/>
+      <c r="G235" s="16">
+        <v>0.88203999999999994</v>
+      </c>
+      <c r="H235" s="16">
+        <v>1.461892</v>
+      </c>
+      <c r="I235" s="16">
+        <v>7.1368258911537046</v>
+      </c>
+      <c r="J235" s="16">
+        <v>65.739875742596723</v>
+      </c>
+      <c r="K235" s="16">
+        <v>0.57985200000000003</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B236" s="5"/>
+      <c r="C236" s="5"/>
+      <c r="D236" s="37"/>
+      <c r="E236" s="5"/>
+      <c r="F236" s="5"/>
+      <c r="G236" s="16">
+        <v>0</v>
+      </c>
+      <c r="H236" s="16">
+        <v>1.25827</v>
+      </c>
+      <c r="I236" s="16">
+        <v>6.1427615132047872</v>
+      </c>
+      <c r="J236" s="16" t="s">
+        <v>165</v>
+      </c>
+      <c r="K236" s="16">
+        <v>1.25827</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B237" s="5"/>
+      <c r="C237" s="5"/>
+      <c r="D237" s="37"/>
+      <c r="E237" s="5"/>
+      <c r="F237" s="5"/>
+      <c r="G237" s="16">
+        <v>1.235158</v>
+      </c>
+      <c r="H237" s="16">
+        <v>1.097</v>
+      </c>
+      <c r="I237" s="16">
+        <v>5.355455808360408</v>
+      </c>
+      <c r="J237" s="16">
+        <v>-11.185451577854817</v>
+      </c>
+      <c r="K237" s="16">
+        <v>-0.138158</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B238" s="5"/>
+      <c r="C238" s="5"/>
+      <c r="D238" s="37"/>
+      <c r="E238" s="5"/>
+      <c r="F238" s="5"/>
+      <c r="G238" s="16">
+        <v>0</v>
+      </c>
+      <c r="H238" s="16">
+        <v>1.027603</v>
+      </c>
+      <c r="I238" s="16">
+        <v>5.0166658660333461</v>
+      </c>
+      <c r="J238" s="16" t="s">
+        <v>165</v>
+      </c>
+      <c r="K238" s="16">
+        <v>1.027603</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="B239" s="5"/>
+      <c r="C239" s="5"/>
+      <c r="D239" s="37"/>
+      <c r="E239" s="5"/>
+      <c r="F239" s="5"/>
+      <c r="G239" s="16">
+        <v>0.84729499999999991</v>
+      </c>
+      <c r="H239" s="16">
+        <v>1.01637</v>
+      </c>
+      <c r="I239" s="16">
+        <v>4.9618273654906728</v>
+      </c>
+      <c r="J239" s="16">
+        <v>19.954679302958251</v>
+      </c>
+      <c r="K239" s="16">
+        <v>0.16907500000000009</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B240" s="5"/>
+      <c r="C240" s="5"/>
+      <c r="D240" s="37"/>
+      <c r="E240" s="5"/>
+      <c r="F240" s="5"/>
+      <c r="G240" s="16">
+        <v>0.81601000000000001</v>
+      </c>
+      <c r="H240" s="16">
+        <v>0.82467200000000007</v>
+      </c>
+      <c r="I240" s="16">
+        <v>4.0259748882335415</v>
+      </c>
+      <c r="J240" s="16">
+        <v>1.0615065991838406</v>
+      </c>
+      <c r="K240" s="16">
+        <v>8.6620000000000585E-3</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B241" s="5"/>
+      <c r="C241" s="5"/>
+      <c r="D241" s="37"/>
+      <c r="E241" s="5"/>
+      <c r="F241" s="5"/>
+      <c r="G241" s="16">
+        <v>0.43142000000000003</v>
+      </c>
+      <c r="H241" s="16">
+        <v>0.75733399999999995</v>
+      </c>
+      <c r="I241" s="16">
+        <v>3.6972367996069475</v>
+      </c>
+      <c r="J241" s="16">
+        <v>75.544481016179105</v>
+      </c>
+      <c r="K241" s="16">
+        <v>0.32591399999999993</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B242" s="5"/>
+      <c r="C242" s="5"/>
+      <c r="D242" s="37"/>
+      <c r="E242" s="5"/>
+      <c r="F242" s="5"/>
+      <c r="G242" s="16">
+        <v>0.57241900000000001</v>
+      </c>
+      <c r="H242" s="16">
+        <v>0.58284400000000003</v>
+      </c>
+      <c r="I242" s="16">
+        <v>2.845392238074762</v>
+      </c>
+      <c r="J242" s="16">
+        <v>1.8212183732545597</v>
+      </c>
+      <c r="K242" s="16">
+        <v>1.0425000000000018E-2</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="95" t="s">
+        <v>153</v>
+      </c>
+      <c r="B243" s="93"/>
+      <c r="C243" s="93"/>
+      <c r="D243" s="96"/>
+      <c r="E243" s="96"/>
+      <c r="F243" s="96"/>
+      <c r="G243" s="17">
+        <v>8.6524289999999997</v>
+      </c>
+      <c r="H243" s="17">
+        <v>11.394917</v>
+      </c>
+      <c r="I243" s="17">
+        <v>55.628964843605068</v>
+      </c>
+      <c r="J243" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K243" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A246" s="46"/>
+    </row>
+    <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="46"/>
+    </row>
+    <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A248" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B248" s="22"/>
+      <c r="C248" s="22"/>
+      <c r="D248" s="22"/>
+      <c r="E248" s="22"/>
+      <c r="F248" s="22"/>
+      <c r="G248" s="22"/>
+      <c r="H248" s="22"/>
+      <c r="I248" s="22"/>
+      <c r="J248" s="22"/>
+      <c r="K248" s="22"/>
+    </row>
+    <row r="249" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A249" s="12">
+        <v>0</v>
+      </c>
+      <c r="B249" s="12">
+        <v>0</v>
+      </c>
+      <c r="C249" s="12">
+        <v>0</v>
+      </c>
+      <c r="D249" s="12">
+        <v>2021</v>
+      </c>
+      <c r="E249" s="12">
+        <v>2024</v>
+      </c>
+      <c r="F249" s="12">
+        <v>2025</v>
+      </c>
+      <c r="G249" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H249" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I249" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="J249" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K249" s="13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A250" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B250" s="22"/>
+      <c r="C250" s="123" t="s">
+        <v>66</v>
+      </c>
+      <c r="D250" s="16">
+        <v>5.6678144457032422</v>
+      </c>
+      <c r="E250" s="16">
+        <v>2.0644069184245319</v>
+      </c>
+      <c r="F250" s="16">
+        <v>3.9293783591329206</v>
+      </c>
+      <c r="G250" s="16">
+        <v>-5.1741734404042701</v>
+      </c>
+      <c r="H250" s="16">
+        <v>-7.365091221257158</v>
+      </c>
+      <c r="I250" s="16">
+        <v>2.699927908462664</v>
+      </c>
+      <c r="J250" s="16">
+        <v>6.7086779689482068</v>
+      </c>
+      <c r="K250" s="16">
+        <v>89.687894705089008</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B251" s="22"/>
+      <c r="C251" s="123">
+        <v>0</v>
+      </c>
+      <c r="D251" s="16">
+        <v>18.510105043616718</v>
+      </c>
+      <c r="E251" s="16">
+        <v>32.274139197597805</v>
+      </c>
+      <c r="F251" s="16">
+        <v>28.365495680693485</v>
+      </c>
+      <c r="G251" s="16">
+        <v>-56.214148154310941</v>
+      </c>
+      <c r="H251" s="16">
+        <v>12.951758155423331</v>
+      </c>
+      <c r="I251" s="16">
+        <v>45.598102290114838</v>
+      </c>
+      <c r="J251" s="16">
+        <v>30.996060881170486</v>
+      </c>
+      <c r="K251" s="16">
+        <v>-48.10630726950258</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B252" s="22"/>
+      <c r="C252" s="123">
+        <v>0</v>
+      </c>
+      <c r="D252" s="16">
+        <v>33.836082040865513</v>
+      </c>
+      <c r="E252" s="16">
+        <v>45.576659653672486</v>
+      </c>
+      <c r="F252" s="16">
+        <v>29.798939062548335</v>
+      </c>
+      <c r="G252" s="16">
+        <v>-67.427101673317964</v>
+      </c>
+      <c r="H252" s="16">
+        <v>-1.6548821535924185</v>
+      </c>
+      <c r="I252" s="16">
+        <v>20.570899820086428</v>
+      </c>
+      <c r="J252" s="16">
+        <v>23.754001581704539</v>
+      </c>
+      <c r="K252" s="16">
+        <v>-11.84674943715352</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B253" s="22"/>
+      <c r="C253" s="123">
+        <v>0</v>
+      </c>
+      <c r="D253" s="16">
+        <v>41.985998469814511</v>
+      </c>
+      <c r="E253" s="16">
+        <v>20.084794230305175</v>
+      </c>
+      <c r="F253" s="16">
+        <v>37.906186897625247</v>
+      </c>
+      <c r="G253" s="16">
+        <v>-5.9755489114307601</v>
+      </c>
+      <c r="H253" s="16">
+        <v>-1.0424292820118364</v>
+      </c>
+      <c r="I253" s="16">
+        <v>31.131069981336061</v>
+      </c>
+      <c r="J253" s="16">
+        <v>38.541259568176763</v>
+      </c>
+      <c r="K253" s="16">
+        <v>-5.4880562043497099</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="97" t="s">
+        <v>68</v>
+      </c>
+      <c r="B254" s="98"/>
+      <c r="C254" s="139" t="s">
+        <v>67</v>
+      </c>
+      <c r="D254" s="99">
+        <v>39.352785580615155</v>
+      </c>
+      <c r="E254" s="99">
+        <v>73.220129997786032</v>
+      </c>
+      <c r="F254" s="99">
+        <v>55.059988577835547</v>
+      </c>
+      <c r="G254" s="99">
+        <v>-50.180645765517106</v>
+      </c>
+      <c r="H254" s="99">
+        <v>1.5190679622219649</v>
+      </c>
+      <c r="I254" s="99">
+        <v>70.504254255366746</v>
+      </c>
+      <c r="J254" s="99">
+        <v>27.506154396095795</v>
+      </c>
+      <c r="K254" s="99">
+        <v>-23.659528273334097</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B255" s="100"/>
+      <c r="C255" s="140">
+        <v>0</v>
+      </c>
+      <c r="D255" s="17">
+        <v>60.647214419384852</v>
+      </c>
+      <c r="E255" s="17">
+        <v>26.779870002213968</v>
+      </c>
+      <c r="F255" s="17">
+        <v>44.94001142216446</v>
+      </c>
+      <c r="G255" s="17">
+        <v>11.177572308321306</v>
+      </c>
+      <c r="H255" s="17">
+        <v>-13.395981814490854</v>
+      </c>
+      <c r="I255" s="17">
+        <v>29.49574574463325</v>
+      </c>
+      <c r="J255" s="17">
+        <v>72.493845603904205</v>
+      </c>
+      <c r="K255" s="17">
+        <v>380.93019359324626</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D256" s="60"/>
+    </row>
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D257" s="60"/>
+    </row>
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="B230" s="84"/>
-[...11 lines deleted...]
-      <c r="A231" s="20" t="s">
+      <c r="D258" s="60"/>
+    </row>
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A259" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D259" s="60"/>
+    </row>
+    <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D260" s="60"/>
+    </row>
+    <row r="261" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="B261" s="122">
+        <v>0</v>
+      </c>
+      <c r="C261" s="122">
+        <v>0</v>
+      </c>
+      <c r="D261" s="122">
+        <v>0</v>
+      </c>
+      <c r="E261" s="122">
+        <v>0</v>
+      </c>
+      <c r="F261" s="122">
+        <v>0</v>
+      </c>
+      <c r="G261" s="122">
+        <v>0</v>
+      </c>
+      <c r="H261" s="122">
+        <v>0</v>
+      </c>
+      <c r="I261" s="122">
+        <v>0</v>
+      </c>
+      <c r="J261" s="122">
+        <v>0</v>
+      </c>
+      <c r="K261" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="122" t="s">
+        <v>72</v>
+      </c>
+      <c r="B262" s="122">
+        <v>0</v>
+      </c>
+      <c r="C262" s="122">
+        <v>0</v>
+      </c>
+      <c r="D262" s="122">
+        <v>0</v>
+      </c>
+      <c r="E262" s="122">
+        <v>0</v>
+      </c>
+      <c r="F262" s="122">
+        <v>0</v>
+      </c>
+      <c r="G262" s="122">
+        <v>0</v>
+      </c>
+      <c r="H262" s="122">
+        <v>0</v>
+      </c>
+      <c r="I262" s="122">
+        <v>0</v>
+      </c>
+      <c r="J262" s="122">
+        <v>0</v>
+      </c>
+      <c r="K262" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="122" t="s">
+        <v>73</v>
+      </c>
+      <c r="B263" s="122">
+        <v>0</v>
+      </c>
+      <c r="C263" s="122">
+        <v>0</v>
+      </c>
+      <c r="D263" s="122">
+        <v>0</v>
+      </c>
+      <c r="E263" s="122">
+        <v>0</v>
+      </c>
+      <c r="F263" s="122">
+        <v>0</v>
+      </c>
+      <c r="G263" s="122">
+        <v>0</v>
+      </c>
+      <c r="H263" s="122">
+        <v>0</v>
+      </c>
+      <c r="I263" s="122">
+        <v>0</v>
+      </c>
+      <c r="J263" s="122">
+        <v>0</v>
+      </c>
+      <c r="K263" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="122" t="s">
+        <v>74</v>
+      </c>
+      <c r="B264" s="122">
+        <v>0</v>
+      </c>
+      <c r="C264" s="122">
+        <v>0</v>
+      </c>
+      <c r="D264" s="122">
+        <v>0</v>
+      </c>
+      <c r="E264" s="122">
+        <v>0</v>
+      </c>
+      <c r="F264" s="122">
+        <v>0</v>
+      </c>
+      <c r="G264" s="122">
+        <v>0</v>
+      </c>
+      <c r="H264" s="122">
+        <v>0</v>
+      </c>
+      <c r="I264" s="122">
+        <v>0</v>
+      </c>
+      <c r="J264" s="122">
+        <v>0</v>
+      </c>
+      <c r="K264" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="46">
+        <v>0</v>
+      </c>
+      <c r="B265" s="46">
+        <v>0</v>
+      </c>
+      <c r="C265" s="46">
+        <v>0</v>
+      </c>
+      <c r="D265" s="46">
+        <v>0</v>
+      </c>
+      <c r="E265" s="46">
+        <v>0</v>
+      </c>
+      <c r="F265" s="46">
+        <v>0</v>
+      </c>
+      <c r="G265" s="46">
+        <v>0</v>
+      </c>
+      <c r="H265" s="46">
+        <v>0</v>
+      </c>
+      <c r="I265" s="46">
+        <v>0</v>
+      </c>
+      <c r="J265" s="46">
+        <v>0</v>
+      </c>
+      <c r="K265" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="46"/>
+      <c r="B266" s="46"/>
+      <c r="C266" s="46"/>
+      <c r="D266" s="46"/>
+      <c r="E266" s="46"/>
+      <c r="F266" s="46"/>
+      <c r="G266" s="46"/>
+      <c r="H266" s="46"/>
+      <c r="I266" s="46"/>
+      <c r="J266" s="46"/>
+      <c r="K266" s="46"/>
+    </row>
+    <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="46"/>
+      <c r="B267" s="46"/>
+      <c r="C267" s="46"/>
+      <c r="D267" s="46"/>
+      <c r="E267" s="46"/>
+      <c r="F267" s="46"/>
+      <c r="G267" s="46"/>
+      <c r="H267" s="46"/>
+      <c r="I267" s="46"/>
+      <c r="J267" s="46"/>
+      <c r="K267" s="46"/>
+    </row>
+    <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B268" s="22"/>
+      <c r="C268" s="22"/>
+      <c r="D268" s="22"/>
+      <c r="E268" s="22"/>
+      <c r="F268" s="22"/>
+      <c r="G268" s="22"/>
+      <c r="H268" s="22"/>
+      <c r="I268" s="22"/>
+      <c r="J268" s="22"/>
+      <c r="K268" s="22"/>
+    </row>
+    <row r="269" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="12">
+        <v>0</v>
+      </c>
+      <c r="B269" s="12">
+        <v>0</v>
+      </c>
+      <c r="C269" s="12">
+        <v>0</v>
+      </c>
+      <c r="D269" s="12">
+        <v>2021</v>
+      </c>
+      <c r="E269" s="12">
+        <v>2024</v>
+      </c>
+      <c r="F269" s="12">
+        <v>2025</v>
+      </c>
+      <c r="G269" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H269" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I269" s="13" t="s">
         <v>107</v>
       </c>
-    </row>
-[...61 lines deleted...]
-      <c r="F237" s="12">
+      <c r="J269" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="K269" s="13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B270" s="22"/>
+      <c r="C270" s="123" t="s">
+        <v>66</v>
+      </c>
+      <c r="D270" s="16">
+        <v>7.6110360385981322</v>
+      </c>
+      <c r="E270" s="16">
+        <v>11.291953898933807</v>
+      </c>
+      <c r="F270" s="16">
+        <v>11.930118624642029</v>
+      </c>
+      <c r="G270" s="16">
+        <v>-2.6354659480221532</v>
+      </c>
+      <c r="H270" s="16">
+        <v>18.994110414743037</v>
+      </c>
+      <c r="I270" s="16">
+        <v>12.064915969090343</v>
+      </c>
+      <c r="J270" s="16">
+        <v>14.707465275967696</v>
+      </c>
+      <c r="K270" s="16">
+        <v>6.7219703546509955</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B271" s="22"/>
+      <c r="C271" s="123">
+        <v>0</v>
+      </c>
+      <c r="D271" s="16">
+        <v>40.50430978381587</v>
+      </c>
+      <c r="E271" s="16">
+        <v>42.281253609075151</v>
+      </c>
+      <c r="F271" s="16">
+        <v>46.417502886614834</v>
+      </c>
+      <c r="G271" s="16">
+        <v>1.1716986993947556</v>
+      </c>
+      <c r="H271" s="16">
+        <v>10.032341526030407</v>
+      </c>
+      <c r="I271" s="16">
+        <v>42.554883219841123</v>
+      </c>
+      <c r="J271" s="16">
+        <v>40.772895132484088</v>
+      </c>
+      <c r="K271" s="16">
+        <v>-16.119221659084747</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B272" s="22"/>
+      <c r="C272" s="123">
+        <v>0</v>
+      </c>
+      <c r="D272" s="16">
+        <v>25.93568505949786</v>
+      </c>
+      <c r="E272" s="16">
+        <v>23.920718358652138</v>
+      </c>
+      <c r="F272" s="16">
+        <v>14.927792982853285</v>
+      </c>
+      <c r="G272" s="16">
+        <v>-42.489583850900047</v>
+      </c>
+      <c r="H272" s="16">
+        <v>-7.3704208984208037</v>
+      </c>
+      <c r="I272" s="16">
+        <v>22.058731044406134</v>
+      </c>
+      <c r="J272" s="16">
+        <v>23.127732934084289</v>
+      </c>
+      <c r="K272" s="16">
+        <v>-8.2105341124732227</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B273" s="22"/>
+      <c r="C273" s="123">
+        <v>0</v>
+      </c>
+      <c r="D273" s="16">
+        <v>25.94896911808814</v>
+      </c>
+      <c r="E273" s="16">
+        <v>22.506074133338913</v>
+      </c>
+      <c r="F273" s="16">
+        <v>26.724585505889848</v>
+      </c>
+      <c r="G273" s="16">
+        <v>9.4299894250378173</v>
+      </c>
+      <c r="H273" s="16">
+        <v>7.1329189614332877</v>
+      </c>
+      <c r="I273" s="16">
+        <v>23.321469766662396</v>
+      </c>
+      <c r="J273" s="16">
+        <v>21.391906657463917</v>
+      </c>
+      <c r="K273" s="16">
+        <v>-19.696609444101025</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="97" t="s">
+        <v>68</v>
+      </c>
+      <c r="B274" s="98"/>
+      <c r="C274" s="139" t="s">
+        <v>59</v>
+      </c>
+      <c r="D274" s="99">
+        <v>96.465627926795918</v>
+      </c>
+      <c r="E274" s="99">
+        <v>96.081544899505886</v>
+      </c>
+      <c r="F274" s="99">
+        <v>94.889449471991455</v>
+      </c>
+      <c r="G274" s="99">
+        <v>-7.8436799752195085</v>
+      </c>
+      <c r="H274" s="99">
+        <v>6.3469945010926399</v>
+      </c>
+      <c r="I274" s="99">
+        <v>98.724455428976327</v>
+      </c>
+      <c r="J274" s="99">
+        <v>93.648126732834129</v>
+      </c>
+      <c r="K274" s="99">
+        <v>-12.45319433195834</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B275" s="100"/>
+      <c r="C275" s="140">
+        <v>0</v>
+      </c>
+      <c r="D275" s="17">
+        <v>3.5343720732040866</v>
+      </c>
+      <c r="E275" s="17">
+        <v>3.9184551004941124</v>
+      </c>
+      <c r="F275" s="17">
+        <v>5.1105505280085275</v>
+      </c>
+      <c r="G275" s="17">
+        <v>21.702636455460887</v>
+      </c>
+      <c r="H275" s="17">
+        <v>17.098880405435189</v>
+      </c>
+      <c r="I275" s="17">
+        <v>1.2755445710236821</v>
+      </c>
+      <c r="J275" s="17">
+        <v>6.351873267165872</v>
+      </c>
+      <c r="K275" s="17">
+        <v>359.59166372306612</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D276" s="60"/>
+    </row>
+    <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D277" s="60"/>
+    </row>
+    <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D278" s="60"/>
+    </row>
+    <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D279" s="60"/>
+    </row>
+    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D280" s="60"/>
+    </row>
+    <row r="281" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="B281" s="122">
+        <v>0</v>
+      </c>
+      <c r="C281" s="122">
+        <v>0</v>
+      </c>
+      <c r="D281" s="122">
+        <v>0</v>
+      </c>
+      <c r="E281" s="122">
+        <v>0</v>
+      </c>
+      <c r="F281" s="122">
+        <v>0</v>
+      </c>
+      <c r="G281" s="122">
+        <v>0</v>
+      </c>
+      <c r="H281" s="122">
+        <v>0</v>
+      </c>
+      <c r="I281" s="122">
+        <v>0</v>
+      </c>
+      <c r="J281" s="122">
+        <v>0</v>
+      </c>
+      <c r="K281" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="122" t="s">
+        <v>72</v>
+      </c>
+      <c r="B282" s="122">
+        <v>0</v>
+      </c>
+      <c r="C282" s="122">
+        <v>0</v>
+      </c>
+      <c r="D282" s="122">
+        <v>0</v>
+      </c>
+      <c r="E282" s="122">
+        <v>0</v>
+      </c>
+      <c r="F282" s="122">
+        <v>0</v>
+      </c>
+      <c r="G282" s="122">
+        <v>0</v>
+      </c>
+      <c r="H282" s="122">
+        <v>0</v>
+      </c>
+      <c r="I282" s="122">
+        <v>0</v>
+      </c>
+      <c r="J282" s="122">
+        <v>0</v>
+      </c>
+      <c r="K282" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="122" t="s">
+        <v>73</v>
+      </c>
+      <c r="B283" s="122">
+        <v>0</v>
+      </c>
+      <c r="C283" s="122">
+        <v>0</v>
+      </c>
+      <c r="D283" s="122">
+        <v>0</v>
+      </c>
+      <c r="E283" s="122">
+        <v>0</v>
+      </c>
+      <c r="F283" s="122">
+        <v>0</v>
+      </c>
+      <c r="G283" s="122">
+        <v>0</v>
+      </c>
+      <c r="H283" s="122">
+        <v>0</v>
+      </c>
+      <c r="I283" s="122">
+        <v>0</v>
+      </c>
+      <c r="J283" s="122">
+        <v>0</v>
+      </c>
+      <c r="K283" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="122" t="s">
+        <v>74</v>
+      </c>
+      <c r="B284" s="122">
+        <v>0</v>
+      </c>
+      <c r="C284" s="122">
+        <v>0</v>
+      </c>
+      <c r="D284" s="122">
+        <v>0</v>
+      </c>
+      <c r="E284" s="122">
+        <v>0</v>
+      </c>
+      <c r="F284" s="122">
+        <v>0</v>
+      </c>
+      <c r="G284" s="122">
+        <v>0</v>
+      </c>
+      <c r="H284" s="122">
+        <v>0</v>
+      </c>
+      <c r="I284" s="122">
+        <v>0</v>
+      </c>
+      <c r="J284" s="122">
+        <v>0</v>
+      </c>
+      <c r="K284" s="122">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="46"/>
+      <c r="B285" s="46"/>
+      <c r="C285" s="46"/>
+      <c r="D285" s="46"/>
+      <c r="E285" s="46"/>
+      <c r="F285" s="83"/>
+      <c r="G285" s="83"/>
+      <c r="H285" s="46"/>
+      <c r="I285" s="46"/>
+      <c r="J285" s="46"/>
+      <c r="K285" s="46"/>
+    </row>
+    <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="46"/>
+      <c r="B286" s="46"/>
+      <c r="C286" s="46"/>
+      <c r="D286" s="46"/>
+      <c r="E286" s="46"/>
+      <c r="F286" s="83"/>
+      <c r="G286" s="83"/>
+      <c r="H286" s="46"/>
+      <c r="I286" s="46"/>
+      <c r="J286" s="46"/>
+      <c r="K286" s="46"/>
+    </row>
+    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="46"/>
+      <c r="B287" s="46"/>
+      <c r="C287" s="46"/>
+      <c r="D287" s="46"/>
+      <c r="E287" s="46"/>
+      <c r="F287" s="83"/>
+      <c r="G287" s="83"/>
+      <c r="H287" s="46"/>
+      <c r="I287" s="46"/>
+      <c r="J287" s="46"/>
+      <c r="K287" s="46"/>
+    </row>
+    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B288" s="22"/>
+      <c r="C288" s="22"/>
+      <c r="D288" s="22"/>
+      <c r="E288" s="22"/>
+      <c r="F288" s="22"/>
+      <c r="G288" s="22"/>
+      <c r="H288" s="22"/>
+      <c r="I288" s="22"/>
+      <c r="J288" s="22"/>
+      <c r="K288" s="22"/>
+    </row>
+    <row r="289" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="12">
+        <v>0</v>
+      </c>
+      <c r="B289" s="12"/>
+      <c r="C289" s="12"/>
+      <c r="D289" s="24">
+        <v>0</v>
+      </c>
+      <c r="E289" s="12">
         <v>2021</v>
       </c>
-      <c r="G237" s="12">
+      <c r="F289" s="12">
         <v>2022</v>
       </c>
-      <c r="H237" s="12">
+      <c r="G289" s="12">
         <v>2023</v>
       </c>
-      <c r="I237" s="12">
+      <c r="H289" s="12">
         <v>2024</v>
       </c>
-      <c r="J237" s="13" t="s">
-[...864 lines deleted...]
-      <c r="I283" s="13" t="s">
+      <c r="I289" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J289" s="13" t="s">
         <v>112</v>
       </c>
-      <c r="J283" s="13" t="s">
+      <c r="K289" s="13" t="s">
         <v>113</v>
       </c>
-      <c r="K283" s="13" t="s">
-[...190 lines deleted...]
-        <v>183</v>
+    </row>
+    <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A290" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="B290" s="102"/>
+      <c r="C290" s="102"/>
+      <c r="D290" s="129" t="s">
+        <v>47</v>
+      </c>
+      <c r="E290" s="103">
+        <v>0.19568593040575855</v>
+      </c>
+      <c r="F290" s="103">
+        <v>0.44587586301538035</v>
+      </c>
+      <c r="G290" s="103">
+        <v>0.66541707949012674</v>
+      </c>
+      <c r="H290" s="103">
+        <v>0.4839121748033236</v>
+      </c>
+      <c r="I290" s="103">
+        <v>0.15658970412151163</v>
+      </c>
+      <c r="J290" s="104">
+        <v>-78.561760060592917</v>
+      </c>
+      <c r="K290" s="104">
+        <v>-11.715723360708241</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B291" s="22"/>
+      <c r="C291" s="22"/>
+      <c r="D291" s="130">
+        <v>0</v>
+      </c>
+      <c r="E291" s="60">
+        <v>5.1702509547014337E-2</v>
+      </c>
+      <c r="F291" s="60">
+        <v>3.3466287302753452E-2</v>
+      </c>
+      <c r="G291" s="60">
+        <v>1.7478395920894462E-2</v>
+      </c>
+      <c r="H291" s="60">
+        <v>4.4015530536533364E-2</v>
+      </c>
+      <c r="I291" s="60">
+        <v>0.21079561149699358</v>
+      </c>
+      <c r="J291" s="16">
+        <v>217.28394496253273</v>
+      </c>
+      <c r="K291" s="16">
+        <v>32.63860568776191</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="15" t="s">
+        <v>62</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="22"/>
-[...12 lines deleted...]
-      <c r="B293" s="13" t="s">
+      <c r="D292" s="130">
+        <v>0</v>
+      </c>
+      <c r="E292" s="60">
+        <v>72.265571672329827</v>
+      </c>
+      <c r="F292" s="60">
+        <v>73.906540361909137</v>
+      </c>
+      <c r="G292" s="60">
+        <v>70.029979700265415</v>
+      </c>
+      <c r="H292" s="60">
+        <v>77.074436003083065</v>
+      </c>
+      <c r="I292" s="60">
+        <v>63.097362958941602</v>
+      </c>
+      <c r="J292" s="16">
+        <v>-45.763291400930115</v>
+      </c>
+      <c r="K292" s="16">
+        <v>-9.7696994292714621</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A293" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B293" s="22"/>
+      <c r="C293" s="22"/>
+      <c r="D293" s="130">
+        <v>0</v>
+      </c>
+      <c r="E293" s="60">
+        <v>26.589607638259231</v>
+      </c>
+      <c r="F293" s="60">
+        <v>24.754748235648545</v>
+      </c>
+      <c r="G293" s="60">
+        <v>27.309414426079986</v>
+      </c>
+      <c r="H293" s="60">
+        <v>20.637502756162025</v>
+      </c>
+      <c r="I293" s="60">
+        <v>32.514405476491945</v>
+      </c>
+      <c r="J293" s="16">
+        <v>4.3785226360097615</v>
+      </c>
+      <c r="K293" s="16">
+        <v>-1.8425122288389106</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A294" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B294" s="73"/>
+      <c r="C294" s="73"/>
+      <c r="D294" s="131">
+        <v>0</v>
+      </c>
+      <c r="E294" s="105">
+        <v>0.89743224945816602</v>
+      </c>
+      <c r="F294" s="105">
+        <v>0.85936925212418158</v>
+      </c>
+      <c r="G294" s="105">
+        <v>1.9777103982435806</v>
+      </c>
+      <c r="H294" s="105">
+        <v>1.7601335354150494</v>
+      </c>
+      <c r="I294" s="105">
+        <v>4.02084624894795</v>
+      </c>
+      <c r="J294" s="17">
+        <v>51.343691072523789</v>
+      </c>
+      <c r="K294" s="17">
+        <v>35.803640143600312</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A295" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="F295" s="60"/>
+      <c r="G295" s="60"/>
+      <c r="H295" s="60"/>
+      <c r="I295" s="60"/>
+      <c r="J295" s="60"/>
+      <c r="K295" s="60"/>
+    </row>
+    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B296" s="84"/>
+      <c r="C296" s="84"/>
+      <c r="D296" s="84"/>
+      <c r="E296" s="84"/>
+      <c r="F296" s="84"/>
+      <c r="G296" s="84"/>
+      <c r="H296" s="84"/>
+      <c r="I296" s="84"/>
+      <c r="J296" s="84"/>
+      <c r="K296" s="84"/>
+    </row>
+    <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B297" s="84"/>
+      <c r="C297" s="84"/>
+      <c r="D297" s="84"/>
+      <c r="E297" s="84"/>
+      <c r="F297" s="84"/>
+      <c r="G297" s="84"/>
+      <c r="H297" s="84"/>
+      <c r="I297" s="84"/>
+      <c r="J297" s="84"/>
+      <c r="K297" s="84"/>
+    </row>
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A298" s="20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="101" t="s">
+        <v>78</v>
+      </c>
+      <c r="B299" s="85"/>
+      <c r="C299" s="85"/>
+      <c r="D299" s="85"/>
+      <c r="E299" s="85"/>
+      <c r="F299" s="85"/>
+      <c r="G299" s="85"/>
+      <c r="H299" s="85"/>
+      <c r="I299" s="85"/>
+      <c r="J299" s="85"/>
+      <c r="K299" s="85"/>
+    </row>
+    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="101" t="s">
+        <v>77</v>
+      </c>
+      <c r="B300" s="84"/>
+      <c r="C300" s="84"/>
+      <c r="D300" s="84"/>
+      <c r="E300" s="84"/>
+      <c r="F300" s="84"/>
+      <c r="G300" s="84"/>
+      <c r="H300" s="84"/>
+      <c r="I300" s="84"/>
+      <c r="J300" s="84"/>
+      <c r="K300" s="84"/>
+    </row>
+    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="46"/>
+    </row>
+    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="46"/>
+    </row>
+    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="B303" s="22"/>
+      <c r="C303" s="22"/>
+      <c r="D303" s="22"/>
+      <c r="E303" s="22"/>
+      <c r="F303" s="22"/>
+      <c r="G303" s="22"/>
+      <c r="H303" s="22"/>
+      <c r="I303" s="22"/>
+      <c r="J303" s="22"/>
+      <c r="K303" s="22"/>
+    </row>
+    <row r="304" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="12">
+        <v>0</v>
+      </c>
+      <c r="B304" s="12"/>
+      <c r="C304" s="12"/>
+      <c r="D304" s="24">
+        <v>0</v>
+      </c>
+      <c r="E304" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F304" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G304" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H304" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I304" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J304" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K304" s="13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="B305" s="102"/>
+      <c r="C305" s="102"/>
+      <c r="D305" s="129" t="s">
+        <v>47</v>
+      </c>
+      <c r="E305" s="103">
+        <v>1.866605857891531</v>
+      </c>
+      <c r="F305" s="103">
+        <v>1.9201556886764979</v>
+      </c>
+      <c r="G305" s="103">
+        <v>4.2612235102304581</v>
+      </c>
+      <c r="H305" s="103">
+        <v>3.012947276279899</v>
+      </c>
+      <c r="I305" s="103">
+        <v>3.9241727506237103</v>
+      </c>
+      <c r="J305" s="104">
+        <v>21.535670273196097</v>
+      </c>
+      <c r="K305" s="104">
+        <v>28.584245593825798</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B306" s="22"/>
+      <c r="C306" s="22"/>
+      <c r="D306" s="130">
+        <v>0</v>
+      </c>
+      <c r="E306" s="60">
+        <v>4.5199124840509648E-2</v>
+      </c>
+      <c r="F306" s="60">
+        <v>6.7898161245232833E-2</v>
+      </c>
+      <c r="G306" s="60">
+        <v>1.2476636360279889E-2</v>
+      </c>
+      <c r="H306" s="60">
+        <v>4.5529810729012472E-2</v>
+      </c>
+      <c r="I306" s="60">
+        <v>0.11474292622862707</v>
+      </c>
+      <c r="J306" s="16">
+        <v>135.16747226975545</v>
+      </c>
+      <c r="K306" s="16">
+        <v>34.791610306416331</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B307" s="22"/>
+      <c r="C307" s="22"/>
+      <c r="D307" s="130">
+        <v>0</v>
+      </c>
+      <c r="E307" s="60">
+        <v>26.594426097871558</v>
+      </c>
+      <c r="F307" s="60">
+        <v>20.785897592175644</v>
+      </c>
+      <c r="G307" s="60">
+        <v>19.069411115564343</v>
+      </c>
+      <c r="H307" s="60">
+        <v>15.04799401578226</v>
+      </c>
+      <c r="I307" s="60">
+        <v>22.545061345316682</v>
+      </c>
+      <c r="J307" s="16">
+        <v>39.804125188853668</v>
+      </c>
+      <c r="K307" s="16">
+        <v>2.465835949138806</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B308" s="22"/>
+      <c r="C308" s="22"/>
+      <c r="D308" s="130">
+        <v>0</v>
+      </c>
+      <c r="E308" s="60">
+        <v>66.809750513902358</v>
+      </c>
+      <c r="F308" s="60">
+        <v>71.432368592667743</v>
+      </c>
+      <c r="G308" s="60">
+        <v>71.665356243253072</v>
+      </c>
+      <c r="H308" s="60">
+        <v>74.250738631403578</v>
+      </c>
+      <c r="I308" s="60">
+        <v>64.921586978235624</v>
+      </c>
+      <c r="J308" s="16">
+        <v>-18.410264750754987</v>
+      </c>
+      <c r="K308" s="16">
+        <v>6.0232730509798049</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B309" s="73"/>
+      <c r="C309" s="73"/>
+      <c r="D309" s="131">
+        <v>0</v>
+      </c>
+      <c r="E309" s="105">
+        <v>4.6840184054940384</v>
+      </c>
+      <c r="F309" s="105">
+        <v>5.7936799652348911</v>
+      </c>
+      <c r="G309" s="105">
+        <v>4.9915324945918531</v>
+      </c>
+      <c r="H309" s="105">
+        <v>7.642790265805262</v>
+      </c>
+      <c r="I309" s="105">
+        <v>8.4944359995953587</v>
+      </c>
+      <c r="J309" s="17">
+        <v>3.7121843968265877</v>
+      </c>
+      <c r="K309" s="17">
+        <v>23.920420022900334</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="F310" s="60"/>
+      <c r="G310" s="60"/>
+      <c r="H310" s="60"/>
+      <c r="I310" s="60"/>
+      <c r="J310" s="60"/>
+      <c r="K310" s="60"/>
+    </row>
+    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B311" s="84"/>
+      <c r="C311" s="84"/>
+      <c r="D311" s="84"/>
+      <c r="E311" s="84"/>
+      <c r="F311" s="84"/>
+      <c r="G311" s="84"/>
+      <c r="H311" s="84"/>
+      <c r="I311" s="84"/>
+      <c r="J311" s="84"/>
+      <c r="K311" s="84"/>
+    </row>
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B312" s="84"/>
+      <c r="C312" s="84"/>
+      <c r="D312" s="84"/>
+      <c r="E312" s="84"/>
+      <c r="F312" s="84"/>
+      <c r="G312" s="84"/>
+      <c r="H312" s="84"/>
+      <c r="I312" s="84"/>
+      <c r="J312" s="84"/>
+      <c r="K312" s="84"/>
+    </row>
+    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="101" t="s">
+        <v>78</v>
+      </c>
+      <c r="B314" s="85"/>
+      <c r="C314" s="85"/>
+      <c r="D314" s="85"/>
+      <c r="E314" s="85"/>
+      <c r="F314" s="85"/>
+      <c r="G314" s="85"/>
+      <c r="H314" s="85"/>
+      <c r="I314" s="85"/>
+      <c r="J314" s="85"/>
+      <c r="K314" s="85"/>
+    </row>
+    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="101" t="s">
+        <v>77</v>
+      </c>
+      <c r="B315" s="84"/>
+      <c r="C315" s="84"/>
+      <c r="D315" s="84"/>
+      <c r="E315" s="84"/>
+      <c r="F315" s="84"/>
+      <c r="G315" s="84"/>
+      <c r="H315" s="84"/>
+      <c r="I315" s="84"/>
+      <c r="J315" s="84"/>
+      <c r="K315" s="84"/>
+    </row>
+    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="82"/>
+    </row>
+    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="82"/>
+    </row>
+    <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A318" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B318" s="8"/>
+      <c r="C318" s="8"/>
+      <c r="D318" s="8"/>
+      <c r="E318" s="8"/>
+      <c r="F318" s="8"/>
+      <c r="G318" s="8"/>
+      <c r="H318" s="8"/>
+      <c r="I318" s="8"/>
+      <c r="J318" s="8"/>
+      <c r="K318" s="9"/>
+    </row>
+    <row r="319" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="11">
+        <v>0</v>
+      </c>
+      <c r="B319" s="11"/>
+      <c r="C319" s="11"/>
+      <c r="D319" s="11"/>
+      <c r="E319" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F319" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G319" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H319" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I319" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J319" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K319" s="13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B320" s="15"/>
+      <c r="C320" s="15"/>
+      <c r="D320" s="15"/>
+      <c r="E320" s="16">
+        <v>227.29</v>
+      </c>
+      <c r="F320" s="16">
+        <v>350.89</v>
+      </c>
+      <c r="G320" s="16">
+        <v>403.94</v>
+      </c>
+      <c r="H320" s="16">
+        <v>382.93</v>
+      </c>
+      <c r="I320" s="16">
+        <v>437.15</v>
+      </c>
+      <c r="J320" s="16">
+        <v>14.159245815162032</v>
+      </c>
+      <c r="K320" s="16">
+        <v>17.76399726873581</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A321" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B321" s="15"/>
+      <c r="C321" s="15"/>
+      <c r="D321" s="15"/>
+      <c r="E321" s="16">
+        <v>62.53</v>
+      </c>
+      <c r="F321" s="16">
+        <v>63.71</v>
+      </c>
+      <c r="G321" s="16">
+        <v>66.89</v>
+      </c>
+      <c r="H321" s="16">
+        <v>89.39</v>
+      </c>
+      <c r="I321" s="16">
+        <v>80.37</v>
+      </c>
+      <c r="J321" s="16">
+        <v>-10.090614162658012</v>
+      </c>
+      <c r="K321" s="16">
+        <v>6.4759159913470921</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B322" s="15"/>
+      <c r="C322" s="15"/>
+      <c r="D322" s="15"/>
+      <c r="E322" s="16">
+        <v>164.76</v>
+      </c>
+      <c r="F322" s="16">
+        <v>287.18</v>
+      </c>
+      <c r="G322" s="16">
+        <v>337.05</v>
+      </c>
+      <c r="H322" s="16">
+        <v>293.54000000000002</v>
+      </c>
+      <c r="I322" s="16">
+        <v>356.78</v>
+      </c>
+      <c r="J322" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K322" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B323" s="1"/>
+      <c r="C323" s="1"/>
+      <c r="D323" s="1"/>
+      <c r="E323" s="17">
+        <v>363.48952502798653</v>
+      </c>
+      <c r="F323" s="17">
+        <v>550.76126196829375</v>
+      </c>
+      <c r="G323" s="17">
+        <v>603.88697862161757</v>
+      </c>
+      <c r="H323" s="17">
+        <v>428.38125069918334</v>
+      </c>
+      <c r="I323" s="17">
+        <v>543.92186139106627</v>
+      </c>
+      <c r="J323" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K323" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B324" s="46"/>
+      <c r="C324" s="46"/>
+      <c r="D324" s="46"/>
+      <c r="E324" s="46"/>
+      <c r="F324" s="46"/>
+      <c r="G324" s="46"/>
+      <c r="H324" s="46"/>
+      <c r="I324" s="46"/>
+      <c r="J324" s="46"/>
+      <c r="K324" s="46"/>
+    </row>
+    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B325" s="46"/>
+      <c r="C325" s="46"/>
+      <c r="D325" s="46"/>
+      <c r="E325" s="46"/>
+      <c r="F325" s="46"/>
+      <c r="G325" s="46"/>
+      <c r="H325" s="46"/>
+      <c r="I325" s="46"/>
+      <c r="J325" s="46"/>
+      <c r="K325" s="46"/>
+    </row>
+    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B326" s="46"/>
+      <c r="C326" s="46"/>
+      <c r="D326" s="46"/>
+      <c r="E326" s="46"/>
+      <c r="F326" s="46"/>
+      <c r="G326" s="46"/>
+      <c r="H326" s="46"/>
+      <c r="I326" s="46"/>
+      <c r="J326" s="46"/>
+      <c r="K326" s="46"/>
+    </row>
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B327" s="46"/>
+      <c r="C327" s="46"/>
+      <c r="D327" s="46"/>
+      <c r="E327" s="46"/>
+      <c r="F327" s="46"/>
+      <c r="G327" s="46"/>
+      <c r="H327" s="46"/>
+      <c r="I327" s="46"/>
+      <c r="J327" s="46"/>
+      <c r="K327" s="46"/>
+    </row>
+    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A328" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B328" s="46"/>
+      <c r="C328" s="46"/>
+      <c r="D328" s="46"/>
+      <c r="E328" s="46"/>
+      <c r="F328" s="46"/>
+      <c r="G328" s="46"/>
+      <c r="H328" s="46"/>
+      <c r="I328" s="46"/>
+      <c r="J328" s="46"/>
+      <c r="K328" s="46"/>
+    </row>
+    <row r="329" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A329" s="46"/>
+      <c r="B329" s="46"/>
+      <c r="C329" s="46"/>
+      <c r="D329" s="46"/>
+      <c r="E329" s="46"/>
+      <c r="F329" s="46"/>
+      <c r="G329" s="46"/>
+      <c r="H329" s="46"/>
+      <c r="I329" s="46"/>
+      <c r="J329" s="46"/>
+      <c r="K329" s="46"/>
+    </row>
+    <row r="330" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B330" s="37"/>
+      <c r="C330" s="37"/>
+      <c r="D330" s="37"/>
+      <c r="E330" s="37"/>
+      <c r="F330" s="37"/>
+      <c r="G330" s="37"/>
+      <c r="H330" s="37"/>
+      <c r="I330" s="37"/>
+      <c r="J330" s="37"/>
+      <c r="K330" s="37"/>
+    </row>
+    <row r="331" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="23"/>
+      <c r="B331" s="23"/>
+      <c r="C331" s="23"/>
+      <c r="D331" s="24"/>
+      <c r="E331" s="12"/>
+      <c r="F331" s="12"/>
+      <c r="G331" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H331" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I331" s="12">
+        <v>2023</v>
+      </c>
+      <c r="J331" s="13">
+        <v>2024</v>
+      </c>
+      <c r="K331" s="13">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="125" t="s">
+        <v>116</v>
+      </c>
+      <c r="B332" s="125"/>
+      <c r="C332" s="125"/>
+      <c r="D332" s="125"/>
+      <c r="E332" s="125"/>
+      <c r="F332" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G332" s="27">
+        <v>16</v>
+      </c>
+      <c r="H332" s="27">
+        <v>17</v>
+      </c>
+      <c r="I332" s="27">
+        <v>18</v>
+      </c>
+      <c r="J332" s="27">
+        <v>19</v>
+      </c>
+      <c r="K332" s="27">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="126"/>
+      <c r="B333" s="126"/>
+      <c r="C333" s="126"/>
+      <c r="D333" s="126"/>
+      <c r="E333" s="126"/>
+      <c r="F333" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G333" s="28">
+        <v>0.81140920813258433</v>
+      </c>
+      <c r="H333" s="28">
+        <v>0.78044703162557583</v>
+      </c>
+      <c r="I333" s="28">
+        <v>0.75693579856220794</v>
+      </c>
+      <c r="J333" s="28">
+        <v>0.66045244951056359</v>
+      </c>
+      <c r="K333" s="28">
+        <v>0.72252854413349454</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="127" t="s">
+        <v>117</v>
+      </c>
+      <c r="B334" s="127"/>
+      <c r="C334" s="127"/>
+      <c r="D334" s="127"/>
+      <c r="E334" s="127"/>
+      <c r="F334" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G334" s="30">
+        <v>34</v>
+      </c>
+      <c r="H334" s="30">
+        <v>35</v>
+      </c>
+      <c r="I334" s="30">
+        <v>37</v>
+      </c>
+      <c r="J334" s="30">
+        <v>34</v>
+      </c>
+      <c r="K334" s="30">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A335" s="128"/>
+      <c r="B335" s="128"/>
+      <c r="C335" s="128"/>
+      <c r="D335" s="128"/>
+      <c r="E335" s="128"/>
+      <c r="F335" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G335" s="32">
+        <v>0.359623686277938</v>
+      </c>
+      <c r="H335" s="32">
+        <v>0.27317624520087097</v>
+      </c>
+      <c r="I335" s="32">
+        <v>0.27796986007174279</v>
+      </c>
+      <c r="J335" s="32">
+        <v>0.3424876658080529</v>
+      </c>
+      <c r="K335" s="32">
+        <v>0.29372477144689696</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B336" s="33"/>
+      <c r="C336" s="34"/>
+    </row>
+    <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B342" s="8"/>
+      <c r="C342" s="8"/>
+      <c r="D342" s="8"/>
+      <c r="E342" s="8"/>
+      <c r="F342" s="8"/>
+      <c r="G342" s="8"/>
+      <c r="H342" s="8"/>
+      <c r="I342" s="8"/>
+      <c r="J342" s="8"/>
+      <c r="K342" s="9"/>
+    </row>
+    <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="11">
+        <v>0</v>
+      </c>
+      <c r="B343" s="11"/>
+      <c r="C343" s="11"/>
+      <c r="D343" s="11"/>
+      <c r="E343" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F343" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G343" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H343" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I343" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J343" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K343" s="13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B344" s="15"/>
+      <c r="C344" s="15"/>
+      <c r="D344" s="15"/>
+      <c r="E344" s="16">
+        <v>650.78</v>
+      </c>
+      <c r="F344" s="16">
+        <v>826.47</v>
+      </c>
+      <c r="G344" s="16">
+        <v>805.97</v>
+      </c>
+      <c r="H344" s="16">
+        <v>878.5</v>
+      </c>
+      <c r="I344" s="16">
+        <v>764.96</v>
+      </c>
+      <c r="J344" s="16">
+        <v>-12.924302788844615</v>
+      </c>
+      <c r="K344" s="16">
+        <v>4.1240692156081282</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A345" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B345" s="15"/>
+      <c r="C345" s="15"/>
+      <c r="D345" s="15"/>
+      <c r="E345" s="16">
+        <v>291.89999999999998</v>
+      </c>
+      <c r="F345" s="16">
+        <v>357.36</v>
+      </c>
+      <c r="G345" s="16">
+        <v>425.48</v>
+      </c>
+      <c r="H345" s="16">
+        <v>411.41</v>
+      </c>
+      <c r="I345" s="16">
+        <v>380.26</v>
+      </c>
+      <c r="J345" s="16">
+        <v>-7.571522325660542</v>
+      </c>
+      <c r="K345" s="16">
+        <v>6.8345283937965684</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B346" s="15"/>
+      <c r="C346" s="15"/>
+      <c r="D346" s="15"/>
+      <c r="E346" s="16">
+        <v>358.88</v>
+      </c>
+      <c r="F346" s="16">
+        <v>469.11</v>
+      </c>
+      <c r="G346" s="16">
+        <v>380.49</v>
+      </c>
+      <c r="H346" s="16">
+        <v>467.09</v>
+      </c>
+      <c r="I346" s="16">
+        <v>384.70000000000005</v>
+      </c>
+      <c r="J346" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K346" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B347" s="1"/>
+      <c r="C347" s="1"/>
+      <c r="D347" s="1"/>
+      <c r="E347" s="17">
+        <v>222.94621445700585</v>
+      </c>
+      <c r="F347" s="17">
+        <v>231.2709872397582</v>
+      </c>
+      <c r="G347" s="17">
+        <v>189.42605997931747</v>
+      </c>
+      <c r="H347" s="17">
+        <v>213.53394424053863</v>
+      </c>
+      <c r="I347" s="17">
+        <v>201.16762215326358</v>
+      </c>
+      <c r="J347" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K347" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A348" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="121" t="s">
+        <v>64</v>
+      </c>
+      <c r="B352" s="121"/>
+      <c r="C352" s="121"/>
+      <c r="D352" s="121"/>
+      <c r="E352" s="121"/>
+      <c r="F352" s="121"/>
+      <c r="G352" s="121"/>
+      <c r="H352" s="121"/>
+      <c r="I352" s="121"/>
+      <c r="J352" s="121"/>
+      <c r="K352" s="121"/>
+    </row>
+    <row r="353" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="121" t="s">
+        <v>128</v>
+      </c>
+      <c r="B353" s="121">
+        <v>0</v>
+      </c>
+      <c r="C353" s="121">
+        <v>0</v>
+      </c>
+      <c r="D353" s="121">
+        <v>0</v>
+      </c>
+      <c r="E353" s="121">
+        <v>0</v>
+      </c>
+      <c r="F353" s="121">
+        <v>0</v>
+      </c>
+      <c r="G353" s="121">
+        <v>0</v>
+      </c>
+      <c r="H353" s="121">
+        <v>0</v>
+      </c>
+      <c r="I353" s="121">
+        <v>0</v>
+      </c>
+      <c r="J353" s="121">
+        <v>0</v>
+      </c>
+      <c r="K353" s="121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A354" s="46"/>
+      <c r="B354" s="46"/>
+      <c r="C354" s="46"/>
+      <c r="D354" s="46"/>
+      <c r="E354" s="46"/>
+      <c r="F354" s="46"/>
+      <c r="G354" s="46"/>
+      <c r="H354" s="46"/>
+      <c r="I354" s="46"/>
+      <c r="J354" s="46"/>
+      <c r="K354" s="46"/>
+    </row>
+    <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A355" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B355" s="37"/>
+      <c r="C355" s="37"/>
+      <c r="D355" s="37"/>
+      <c r="E355" s="37"/>
+      <c r="F355" s="37"/>
+      <c r="G355" s="37"/>
+      <c r="H355" s="37"/>
+      <c r="I355" s="37"/>
+      <c r="J355" s="37"/>
+      <c r="K355" s="37"/>
+    </row>
+    <row r="356" spans="1:11" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A356" s="23">
+        <v>0</v>
+      </c>
+      <c r="B356" s="23">
+        <v>0</v>
+      </c>
+      <c r="C356" s="23">
+        <v>0</v>
+      </c>
+      <c r="D356" s="24"/>
+      <c r="E356" s="12"/>
+      <c r="F356" s="12">
+        <v>0</v>
+      </c>
+      <c r="G356" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H356" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I356" s="12">
+        <v>2023</v>
+      </c>
+      <c r="J356" s="13">
+        <v>2024</v>
+      </c>
+      <c r="K356" s="13">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A357" s="125" t="s">
+        <v>116</v>
+      </c>
+      <c r="B357" s="125"/>
+      <c r="C357" s="125"/>
+      <c r="D357" s="125"/>
+      <c r="E357" s="125"/>
+      <c r="F357" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G357" s="27">
+        <v>19</v>
+      </c>
+      <c r="H357" s="27">
+        <v>19</v>
+      </c>
+      <c r="I357" s="27">
+        <v>21</v>
+      </c>
+      <c r="J357" s="27">
+        <v>20</v>
+      </c>
+      <c r="K357" s="27">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="126">
+        <v>0</v>
+      </c>
+      <c r="B358" s="126">
+        <v>0</v>
+      </c>
+      <c r="C358" s="126">
+        <v>0</v>
+      </c>
+      <c r="D358" s="126"/>
+      <c r="E358" s="126"/>
+      <c r="F358" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G358" s="28">
+        <v>0.72206299782742012</v>
+      </c>
+      <c r="H358" s="28">
+        <v>0.68323311528326025</v>
+      </c>
+      <c r="I358" s="28">
+        <v>0.63103261448265935</v>
+      </c>
+      <c r="J358" s="28">
+        <v>0.65879897459833137</v>
+      </c>
+      <c r="K358" s="28">
+        <v>0.56817717596869621</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="127" t="s">
+        <v>117</v>
+      </c>
+      <c r="B359" s="127"/>
+      <c r="C359" s="127"/>
+      <c r="D359" s="127"/>
+      <c r="E359" s="127"/>
+      <c r="F359" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G359" s="30">
+        <v>33</v>
+      </c>
+      <c r="H359" s="30">
+        <v>32</v>
+      </c>
+      <c r="I359" s="30">
+        <v>30</v>
+      </c>
+      <c r="J359" s="30">
+        <v>31</v>
+      </c>
+      <c r="K359" s="30">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A360" s="128">
+        <v>0</v>
+      </c>
+      <c r="B360" s="128">
+        <v>0</v>
+      </c>
+      <c r="C360" s="128">
+        <v>0</v>
+      </c>
+      <c r="D360" s="128"/>
+      <c r="E360" s="128"/>
+      <c r="F360" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G360" s="32">
+        <v>0.30551580047337679</v>
+      </c>
+      <c r="H360" s="32">
+        <v>0.28408720529609272</v>
+      </c>
+      <c r="I360" s="32">
+        <v>0.3440579331844475</v>
+      </c>
+      <c r="J360" s="32">
+        <v>0.32417852015708648</v>
+      </c>
+      <c r="K360" s="32">
+        <v>0.29053020961021919</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A361" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B361" s="35"/>
+      <c r="C361" s="118"/>
+      <c r="D361" s="46"/>
+      <c r="E361" s="46"/>
+      <c r="F361" s="46"/>
+      <c r="G361" s="46"/>
+      <c r="H361" s="46"/>
+      <c r="I361" s="46"/>
+      <c r="J361" s="46"/>
+      <c r="K361" s="46"/>
+    </row>
+    <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A364" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B364" s="8"/>
+      <c r="C364" s="8"/>
+      <c r="D364" s="8"/>
+      <c r="E364" s="8"/>
+      <c r="F364" s="8"/>
+      <c r="G364" s="8"/>
+      <c r="H364" s="8"/>
+      <c r="I364" s="8"/>
+      <c r="J364" s="8"/>
+      <c r="K364" s="9"/>
+    </row>
+    <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="11">
+        <v>0</v>
+      </c>
+      <c r="B365" s="12"/>
+      <c r="C365" s="12"/>
+      <c r="D365" s="12"/>
+      <c r="E365" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F365" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G365" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H365" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I365" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J365" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="K365" s="13" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B366" s="16"/>
+      <c r="C366" s="16"/>
+      <c r="D366" s="16"/>
+      <c r="E366" s="16">
+        <v>2</v>
+      </c>
+      <c r="F366" s="16">
+        <v>1.7000000000000002</v>
+      </c>
+      <c r="G366" s="16">
+        <v>13.849999999999998</v>
+      </c>
+      <c r="H366" s="16">
+        <v>678.25999999999988</v>
+      </c>
+      <c r="I366" s="16">
+        <v>57.94</v>
+      </c>
+      <c r="J366" s="16">
+        <v>-620.31999999999994</v>
+      </c>
+      <c r="K366" s="16">
+        <v>150.74999999999994</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B367" s="16"/>
+      <c r="C367" s="16"/>
+      <c r="D367" s="16"/>
+      <c r="E367" s="16">
+        <v>8.9999999999999858E-2</v>
+      </c>
+      <c r="F367" s="16">
+        <v>13.870000000000001</v>
+      </c>
+      <c r="G367" s="16">
+        <v>19.490000000000002</v>
+      </c>
+      <c r="H367" s="16">
+        <v>-11.86</v>
+      </c>
+      <c r="I367" s="16">
+        <v>29.36</v>
+      </c>
+      <c r="J367" s="16">
+        <v>41.22</v>
+      </c>
+      <c r="K367" s="16">
+        <v>10.190000000000001</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B368" s="17"/>
+      <c r="C368" s="17"/>
+      <c r="D368" s="17"/>
+      <c r="E368" s="17">
+        <v>1.9100000000000001</v>
+      </c>
+      <c r="F368" s="17">
+        <v>-12.170000000000002</v>
+      </c>
+      <c r="G368" s="17">
+        <v>-5.6400000000000041</v>
+      </c>
+      <c r="H368" s="17">
+        <v>690.11999999999989</v>
+      </c>
+      <c r="I368" s="17">
+        <v>28.58</v>
+      </c>
+      <c r="J368" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K368" s="17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K369" s="60"/>
+    </row>
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B370" s="60"/>
+      <c r="C370" s="60"/>
+      <c r="D370" s="60"/>
+      <c r="E370" s="60"/>
+      <c r="F370" s="60"/>
+      <c r="G370" s="60"/>
+      <c r="H370" s="60"/>
+      <c r="I370" s="60"/>
+    </row>
+    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B371" s="60"/>
+      <c r="C371" s="60"/>
+      <c r="D371" s="60"/>
+      <c r="E371" s="60"/>
+      <c r="F371" s="60"/>
+      <c r="G371" s="60"/>
+      <c r="H371" s="60"/>
+      <c r="I371" s="60"/>
+    </row>
+    <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="124" t="s">
+        <v>37</v>
+      </c>
+      <c r="B372" s="124">
+        <v>0</v>
+      </c>
+      <c r="C372" s="124">
+        <v>0</v>
+      </c>
+      <c r="D372" s="124">
+        <v>0</v>
+      </c>
+      <c r="E372" s="124">
+        <v>0</v>
+      </c>
+      <c r="F372" s="124">
+        <v>0</v>
+      </c>
+      <c r="G372" s="124">
+        <v>0</v>
+      </c>
+      <c r="H372" s="124">
+        <v>0</v>
+      </c>
+      <c r="I372" s="124">
+        <v>0</v>
+      </c>
+      <c r="J372" s="124">
+        <v>0</v>
+      </c>
+      <c r="K372" s="124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A373" s="46"/>
+      <c r="B373" s="46"/>
+      <c r="C373" s="46"/>
+      <c r="D373" s="46"/>
+      <c r="E373" s="46"/>
+      <c r="F373" s="46"/>
+      <c r="G373" s="46"/>
+      <c r="H373" s="46"/>
+      <c r="I373" s="46"/>
+      <c r="J373" s="46"/>
+      <c r="K373" s="46"/>
+    </row>
+    <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B374" s="22"/>
+      <c r="C374" s="22"/>
+      <c r="D374" s="22"/>
+      <c r="E374" s="22"/>
+      <c r="F374" s="22"/>
+      <c r="G374" s="22"/>
+      <c r="H374" s="22"/>
+      <c r="I374" s="22"/>
+      <c r="J374" s="22"/>
+      <c r="K374" s="22"/>
+    </row>
+    <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="11">
+        <v>0</v>
+      </c>
+      <c r="B375" s="13"/>
+      <c r="C375" s="13"/>
+      <c r="D375" s="13"/>
+      <c r="E375" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="F375" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="G375" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="H375" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="I375" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="J375" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K375" s="13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="106" t="s">
+        <v>35</v>
+      </c>
+      <c r="B376" s="16"/>
+      <c r="C376" s="16"/>
+      <c r="D376" s="16"/>
+      <c r="E376" s="16">
+        <v>-19.53</v>
+      </c>
+      <c r="F376" s="16">
+        <v>-15.09</v>
+      </c>
+      <c r="G376" s="16">
+        <v>3.44</v>
+      </c>
+      <c r="H376" s="16">
+        <v>683.7</v>
+      </c>
+      <c r="I376" s="16">
+        <v>750.09</v>
+      </c>
+      <c r="J376" s="16">
+        <v>9.7103992979376894</v>
+      </c>
+      <c r="K376" s="16" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="106" t="s">
+        <v>21</v>
+      </c>
+      <c r="B377" s="49"/>
+      <c r="C377" s="49"/>
+      <c r="D377" s="49"/>
+      <c r="E377" s="49">
+        <v>62</v>
+      </c>
+      <c r="F377" s="49">
+        <v>62</v>
+      </c>
+      <c r="G377" s="49">
+        <v>56</v>
+      </c>
+      <c r="H377" s="49">
+        <v>16</v>
+      </c>
+      <c r="I377" s="49">
+        <v>16</v>
+      </c>
+      <c r="J377" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K377" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B378" s="107"/>
+      <c r="C378" s="107"/>
+      <c r="D378" s="107"/>
+      <c r="E378" s="107" t="s">
+        <v>24</v>
+      </c>
+      <c r="F378" s="107" t="s">
+        <v>24</v>
+      </c>
+      <c r="G378" s="107">
+        <v>4.9521726649858063E-3</v>
+      </c>
+      <c r="H378" s="107">
+        <v>0.94949563686131788</v>
+      </c>
+      <c r="I378" s="107">
+        <v>0.95407360901310767</v>
+      </c>
+      <c r="J378" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K378" s="86" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A379" s="97" t="s">
+        <v>65</v>
+      </c>
+      <c r="B379" s="99"/>
+      <c r="C379" s="99"/>
+      <c r="D379" s="99"/>
+      <c r="E379" s="99">
+        <v>87.72</v>
+      </c>
+      <c r="F379" s="99">
+        <v>101.74</v>
+      </c>
+      <c r="G379" s="99">
+        <v>112.91</v>
+      </c>
+      <c r="H379" s="99">
+        <v>142.79</v>
+      </c>
+      <c r="I379" s="99">
+        <v>172.63</v>
+      </c>
+      <c r="J379" s="99">
+        <v>20.897821976328878</v>
+      </c>
+      <c r="K379" s="99">
+        <v>18.441639910794084</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A380" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B380" s="49"/>
+      <c r="C380" s="49"/>
+      <c r="D380" s="49"/>
+      <c r="E380" s="49">
+        <v>32</v>
+      </c>
+      <c r="F380" s="49">
+        <v>33</v>
+      </c>
+      <c r="G380" s="49">
+        <v>33</v>
+      </c>
+      <c r="H380" s="49">
+        <v>34</v>
+      </c>
+      <c r="I380" s="49">
+        <v>32</v>
+      </c>
+      <c r="J380" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K380" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="108" t="s">
+        <v>43</v>
+      </c>
+      <c r="B381" s="109"/>
+      <c r="C381" s="109"/>
+      <c r="D381" s="109"/>
+      <c r="E381" s="109">
+        <v>5.3430334688785969E-2</v>
+      </c>
+      <c r="F381" s="109">
+        <v>5.789477547735733E-2</v>
+      </c>
+      <c r="G381" s="109">
+        <v>5.8577342039227161E-2</v>
+      </c>
+      <c r="H381" s="109">
+        <v>7.0904429975109706E-2</v>
+      </c>
+      <c r="I381" s="109">
+        <v>8.0769820655720123E-2</v>
+      </c>
+      <c r="J381" s="110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K381" s="110" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="111" t="s">
+        <v>13</v>
+      </c>
+      <c r="B382" s="112"/>
+      <c r="C382" s="112"/>
+      <c r="D382" s="112"/>
+      <c r="E382" s="112">
+        <v>-107.25</v>
+      </c>
+      <c r="F382" s="112">
+        <v>-116.83</v>
+      </c>
+      <c r="G382" s="112">
+        <v>-109.47</v>
+      </c>
+      <c r="H382" s="112">
+        <v>540.91000000000008</v>
+      </c>
+      <c r="I382" s="112">
+        <v>577.46</v>
+      </c>
+      <c r="J382" s="113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K382" s="113" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K383" s="46"/>
+    </row>
+    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B384" s="88"/>
+      <c r="C384" s="88"/>
+      <c r="D384" s="88"/>
+      <c r="E384" s="88"/>
+      <c r="F384" s="88"/>
+      <c r="G384" s="88"/>
+      <c r="H384" s="88"/>
+      <c r="I384" s="88"/>
+      <c r="J384" s="87"/>
+      <c r="K384" s="46"/>
+    </row>
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B385" s="88"/>
+      <c r="C385" s="88"/>
+      <c r="D385" s="88"/>
+      <c r="E385" s="88"/>
+      <c r="F385" s="88"/>
+      <c r="G385" s="88"/>
+      <c r="H385" s="88"/>
+      <c r="I385" s="88"/>
+      <c r="J385" s="87"/>
+      <c r="K385" s="46"/>
+    </row>
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B386" s="88"/>
+      <c r="C386" s="88"/>
+      <c r="D386" s="88"/>
+      <c r="E386" s="88"/>
+      <c r="F386" s="88"/>
+      <c r="G386" s="88"/>
+      <c r="H386" s="88"/>
+      <c r="I386" s="88"/>
+      <c r="J386" s="87"/>
+      <c r="K386" s="46"/>
+    </row>
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B387" s="88"/>
+      <c r="C387" s="88"/>
+      <c r="D387" s="88"/>
+      <c r="E387" s="88"/>
+      <c r="F387" s="88"/>
+      <c r="G387" s="88"/>
+      <c r="H387" s="88"/>
+      <c r="I387" s="88"/>
+      <c r="J387" s="87"/>
+      <c r="K387" s="46"/>
+    </row>
+    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A388" s="121" t="s">
+        <v>187</v>
+      </c>
+      <c r="B388" s="121"/>
+      <c r="C388" s="121"/>
+      <c r="D388" s="121"/>
+      <c r="E388" s="121"/>
+      <c r="F388" s="121"/>
+      <c r="G388" s="121"/>
+      <c r="H388" s="121"/>
+      <c r="I388" s="121"/>
+      <c r="J388" s="121"/>
+      <c r="K388" s="121"/>
+    </row>
+    <row r="391" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B391" s="15"/>
+      <c r="C391" s="15"/>
+      <c r="D391" s="15"/>
+      <c r="E391" s="15"/>
+      <c r="F391" s="15"/>
+      <c r="G391" s="15"/>
+      <c r="H391" s="15"/>
+      <c r="I391" s="15"/>
+      <c r="J391" s="15"/>
+      <c r="K391" s="22"/>
+    </row>
+    <row r="392" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="11">
+        <v>0</v>
+      </c>
+      <c r="B392" s="12"/>
+      <c r="C392" s="12"/>
+      <c r="D392" s="12"/>
+      <c r="E392" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F392" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G392" s="13">
+        <v>2023</v>
+      </c>
+      <c r="H392" s="13">
+        <v>2024</v>
+      </c>
+      <c r="I392" s="13">
+        <v>2025</v>
+      </c>
+      <c r="J392" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="K392" s="13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B393" s="16"/>
+      <c r="C393" s="16"/>
+      <c r="D393" s="16"/>
+      <c r="E393" s="16">
+        <v>31.79</v>
+      </c>
+      <c r="F393" s="16">
+        <v>98.04</v>
+      </c>
+      <c r="G393" s="16">
+        <v>104.5</v>
+      </c>
+      <c r="H393" s="16">
+        <v>107.72</v>
+      </c>
+      <c r="I393" s="16">
+        <v>134.25</v>
+      </c>
+      <c r="J393" s="16">
+        <v>24.628666914222059</v>
+      </c>
+      <c r="K393" s="16">
+        <v>43.352721278340447</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B394" s="49"/>
+      <c r="C394" s="49"/>
+      <c r="D394" s="49"/>
+      <c r="E394" s="49">
+        <v>26</v>
+      </c>
+      <c r="F394" s="49">
+        <v>23</v>
+      </c>
+      <c r="G394" s="89">
+        <v>24</v>
+      </c>
+      <c r="H394" s="89">
+        <v>25</v>
+      </c>
+      <c r="I394" s="49">
+        <v>25</v>
+      </c>
+      <c r="J394" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="C293" s="13" t="s">
-[...2 lines deleted...]
-      <c r="D293" s="13" t="s">
+      <c r="B395" s="16"/>
+      <c r="C395" s="16"/>
+      <c r="D395" s="16"/>
+      <c r="E395" s="16">
+        <v>0.31393934127053097</v>
+      </c>
+      <c r="F395" s="16">
+        <v>0.46201827149369895</v>
+      </c>
+      <c r="G395" s="19">
+        <v>0.41028628952784491</v>
+      </c>
+      <c r="H395" s="19">
+        <v>0.38823950037771537</v>
+      </c>
+      <c r="I395" s="16">
+        <v>0.46084689413222618</v>
+      </c>
+      <c r="J395" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K395" s="114" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="97" t="s">
+        <v>100</v>
+      </c>
+      <c r="B396" s="99"/>
+      <c r="C396" s="99"/>
+      <c r="D396" s="99"/>
+      <c r="E396" s="99">
+        <v>18.260000000000002</v>
+      </c>
+      <c r="F396" s="99">
+        <v>23.21</v>
+      </c>
+      <c r="G396" s="99">
+        <v>29.79</v>
+      </c>
+      <c r="H396" s="99">
+        <v>32.520000000000003</v>
+      </c>
+      <c r="I396" s="99">
+        <v>36.11</v>
+      </c>
+      <c r="J396" s="99">
+        <v>11.039360393603923</v>
+      </c>
+      <c r="K396" s="99">
+        <v>18.585524502836638</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B397" s="49"/>
+      <c r="C397" s="49"/>
+      <c r="D397" s="49"/>
+      <c r="E397" s="49">
+        <v>24</v>
+      </c>
+      <c r="F397" s="49">
+        <v>28</v>
+      </c>
+      <c r="G397" s="89">
+        <v>29</v>
+      </c>
+      <c r="H397" s="89">
+        <v>28</v>
+      </c>
+      <c r="I397" s="49">
+        <v>26</v>
+      </c>
+      <c r="J397" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K397" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B398" s="17"/>
+      <c r="C398" s="17"/>
+      <c r="D398" s="17"/>
+      <c r="E398" s="17">
+        <v>0.51087926630351155</v>
+      </c>
+      <c r="F398" s="17">
+        <v>0.41946263240362386</v>
+      </c>
+      <c r="G398" s="18">
+        <v>0.46675158756645213</v>
+      </c>
+      <c r="H398" s="18">
+        <v>0.47500109548223129</v>
+      </c>
+      <c r="I398" s="17">
+        <v>0.50464606995168759</v>
+      </c>
+      <c r="J398" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" s="115" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="54" t="s">
+        <v>189</v>
+      </c>
+      <c r="C399" s="54"/>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="4" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="121" t="s">
         <v>93</v>
       </c>
-      <c r="E293" s="13" t="s">
-[...590 lines deleted...]
-      <c r="A321" s="126" t="s">
+      <c r="B403" s="121"/>
+      <c r="C403" s="121"/>
+      <c r="D403" s="121"/>
+      <c r="E403" s="121"/>
+      <c r="F403" s="121"/>
+      <c r="G403" s="121"/>
+      <c r="H403" s="121"/>
+      <c r="I403" s="121"/>
+      <c r="J403" s="121"/>
+      <c r="K403" s="121"/>
+    </row>
+    <row r="404" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="120"/>
+      <c r="B404" s="120"/>
+      <c r="C404" s="120"/>
+      <c r="D404" s="120"/>
+      <c r="E404" s="120"/>
+      <c r="F404" s="120"/>
+      <c r="G404" s="120"/>
+      <c r="H404" s="120"/>
+      <c r="I404" s="7"/>
+      <c r="J404" s="7"/>
+      <c r="K404" s="7"/>
+    </row>
+    <row r="405" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A405" s="119"/>
+      <c r="B405" s="119"/>
+      <c r="C405" s="119"/>
+      <c r="D405" s="119"/>
+      <c r="E405" s="119"/>
+      <c r="F405" s="119"/>
+      <c r="G405" s="119"/>
+      <c r="H405" s="119"/>
+      <c r="I405" s="119"/>
+      <c r="J405" s="119"/>
+      <c r="K405" s="119"/>
+    </row>
+    <row r="406" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I406" s="84"/>
+      <c r="J406" s="84"/>
+      <c r="K406" s="84"/>
+    </row>
+    <row r="407" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="117" t="s">
+        <v>44</v>
+      </c>
+      <c r="B407" s="117">
+        <v>46105</v>
+      </c>
+      <c r="I407" s="84"/>
+      <c r="J407" s="84"/>
+      <c r="K407" s="84"/>
+    </row>
+    <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="I408" s="84"/>
+      <c r="J408" s="84"/>
+      <c r="K408" s="84"/>
+    </row>
+    <row r="409" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="116" t="s">
         <v>96</v>
       </c>
-      <c r="B321" s="126"/>
-[...387 lines deleted...]
-      <c r="A343" s="92"/>
+      <c r="I409" s="84"/>
+      <c r="J409" s="84"/>
+      <c r="K409" s="84"/>
+    </row>
+    <row r="410" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="90"/>
     </row>
   </sheetData>
-  <mergeCells count="58">
-[...11 lines deleted...]
-    <mergeCell ref="A200:K200"/>
+  <mergeCells count="45">
+    <mergeCell ref="A281:K281"/>
+    <mergeCell ref="A282:K282"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="F77:K77"/>
-    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="A263:K263"/>
     <mergeCell ref="H68:I68"/>
-    <mergeCell ref="C168:C171"/>
-[...2 lines deleted...]
-    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="C250:C253"/>
+    <mergeCell ref="C254:C255"/>
+    <mergeCell ref="A261:K261"/>
+    <mergeCell ref="A262:K262"/>
     <mergeCell ref="J68:K68"/>
-    <mergeCell ref="D168:D171"/>
-[...2 lines deleted...]
-    <mergeCell ref="D172:D173"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="G49:K49"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A21:C22"/>
     <mergeCell ref="A23:C24"/>
     <mergeCell ref="A29:D30"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="E30:F30"/>
-    <mergeCell ref="A321:K321"/>
-[...13 lines deleted...]
-    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="A388:K388"/>
+    <mergeCell ref="A403:K403"/>
+    <mergeCell ref="A264:K264"/>
+    <mergeCell ref="C270:C273"/>
+    <mergeCell ref="A372:K372"/>
+    <mergeCell ref="A353:K353"/>
+    <mergeCell ref="A357:E358"/>
+    <mergeCell ref="A359:E360"/>
+    <mergeCell ref="A332:E333"/>
+    <mergeCell ref="A334:E335"/>
+    <mergeCell ref="A352:K352"/>
+    <mergeCell ref="D305:D309"/>
+    <mergeCell ref="A283:K283"/>
+    <mergeCell ref="A284:K284"/>
+    <mergeCell ref="D290:D294"/>
+    <mergeCell ref="C274:C275"/>
   </mergeCells>
-  <conditionalFormatting sqref="B312:F312 I312:J312 B315:F315 I315:J315">
-    <cfRule type="cellIs" dxfId="55" priority="11" operator="lessThan">
+  <phoneticPr fontId="1" type="noConversion"/>
+  <conditionalFormatting sqref="B394:F394 I394:J394 B397:F397 I397:J397">
+    <cfRule type="cellIs" dxfId="31" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B326:F326 I326:J326 B329:F329 I329:J329">
-    <cfRule type="cellIs" dxfId="54" priority="9" operator="lessThan">
+  <conditionalFormatting sqref="B377:I377 B380:I381 J381:K381">
+    <cfRule type="cellIs" dxfId="30" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B294:H294 B295:F295 B296:H297 B298:F299 G299:H299 B300:H300">
-    <cfRule type="cellIs" dxfId="53" priority="36" operator="lessThan">
+  <conditionalFormatting sqref="B8:K10">
+    <cfRule type="cellIs" dxfId="29" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B284:K286">
-    <cfRule type="cellIs" dxfId="51" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B366:K368">
+    <cfRule type="cellIs" dxfId="28" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B294:K300">
-    <cfRule type="cellIs" dxfId="50" priority="28" operator="lessThan">
+  <conditionalFormatting sqref="B376:K382">
+    <cfRule type="cellIs" dxfId="27" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B296:K296 B299:K299">
-    <cfRule type="cellIs" dxfId="49" priority="38" operator="lessThan">
+  <conditionalFormatting sqref="B378:K378 B381:K381">
+    <cfRule type="cellIs" dxfId="26" priority="38" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B313:K313 B316:K316">
-    <cfRule type="cellIs" dxfId="46" priority="12" operator="lessThan">
+  <conditionalFormatting sqref="B395:K395 B398:K398">
+    <cfRule type="cellIs" dxfId="25" priority="12" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B327:K327 B330:K330">
-[...10 lines deleted...]
-    <cfRule type="cellIs" dxfId="43" priority="64" operator="lessThan">
+  <conditionalFormatting sqref="D250:K255 D270:K275">
+    <cfRule type="cellIs" dxfId="24" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="42" priority="63" operator="lessThan">
+    <cfRule type="cellIs" dxfId="23" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G22:K22 G24:K24">
-    <cfRule type="cellIs" dxfId="41" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="E22:K22 E24:K24">
+    <cfRule type="cellIs" dxfId="22" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E238:K240">
-    <cfRule type="cellIs" dxfId="40" priority="44" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E320:K322">
+    <cfRule type="cellIs" dxfId="21" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E262:K264">
-    <cfRule type="cellIs" dxfId="39" priority="42" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E344:K346">
+    <cfRule type="cellIs" dxfId="20" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G37:K40">
-    <cfRule type="cellIs" dxfId="38" priority="66" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="F37:K40">
+    <cfRule type="cellIs" dxfId="19" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G294:H294 G297:H297 I295:J295 I298:J298">
-    <cfRule type="cellIs" dxfId="37" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G393:H393">
+    <cfRule type="cellIs" dxfId="18" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G311:H311">
-[...15 lines deleted...]
-    <cfRule type="cellIs" dxfId="33" priority="6" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G396:H396">
+    <cfRule type="cellIs" dxfId="17" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="32" priority="52" operator="lessThan">
+    <cfRule type="cellIs" dxfId="16" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="31" priority="58" operator="lessThan">
+    <cfRule type="cellIs" dxfId="15" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G252:K252 G254:K254">
-    <cfRule type="cellIs" dxfId="30" priority="43" operator="lessThan">
+  <conditionalFormatting sqref="G333:K333 G335:K335">
+    <cfRule type="cellIs" dxfId="14" priority="43" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G276:K276 G278:K278">
-    <cfRule type="cellIs" dxfId="29" priority="41" operator="lessThan">
+  <conditionalFormatting sqref="G358:K358 G360:K360">
+    <cfRule type="cellIs" dxfId="13" priority="41" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I295:J296">
-[...10 lines deleted...]
-    <cfRule type="cellIs" dxfId="24" priority="27" operator="lessThan">
+  <conditionalFormatting sqref="J82:K99">
+    <cfRule type="cellIs" dxfId="12" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="22" priority="51" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J208:K212">
-    <cfRule type="cellIs" dxfId="21" priority="62" operator="lessThan">
+  <conditionalFormatting sqref="J132:K149">
+    <cfRule type="cellIs" dxfId="10" priority="50" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J223:K227">
-    <cfRule type="cellIs" dxfId="20" priority="45" operator="lessThan">
+  <conditionalFormatting sqref="J158:K175">
+    <cfRule type="cellIs" dxfId="9" priority="49" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="19" priority="61" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J183:K192">
+    <cfRule type="cellIs" dxfId="8" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J133:K142">
-    <cfRule type="cellIs" dxfId="16" priority="4" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J201:K210">
+    <cfRule type="cellIs" dxfId="7" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J151:K160">
-    <cfRule type="cellIs" dxfId="15" priority="3" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J217:K226">
+    <cfRule type="cellIs" dxfId="6" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K294">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="11" priority="34" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J233:K242">
+    <cfRule type="cellIs" dxfId="5" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K296:K297">
-    <cfRule type="cellIs" dxfId="10" priority="30" operator="lessThan">
+  <conditionalFormatting sqref="J290:K294">
+    <cfRule type="cellIs" dxfId="4" priority="62" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K297">
-    <cfRule type="cellIs" dxfId="9" priority="33" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J305:K309">
+    <cfRule type="cellIs" dxfId="3" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K299:K300">
-    <cfRule type="cellIs" dxfId="8" priority="29" operator="lessThan">
+  <conditionalFormatting sqref="J376:K376 J379:K379">
+    <cfRule type="cellIs" dxfId="2" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K311:K312">
-    <cfRule type="cellIs" dxfId="4" priority="15" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K393:K394">
+    <cfRule type="cellIs" dxfId="1" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K314:K315">
-[...10 lines deleted...]
-    <cfRule type="cellIs" dxfId="1" priority="5" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K396:K397">
+    <cfRule type="cellIs" dxfId="0" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A342" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
+    <hyperlink ref="A409" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="3" manualBreakCount="3">
+  <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
-    <brk id="147" max="16383" man="1"/>
-    <brk id="203" max="16383" man="1"/>
+    <brk id="153" max="16383" man="1"/>
+    <brk id="197" max="16383" man="1"/>
+    <brk id="285" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>