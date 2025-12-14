--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -6,60 +6,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Eslováquia\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E367373E-E70A-4957-9D2A-00293601CCD6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AB1F529A-00AA-45D9-8533-41D61154EB1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="906" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Eslováquia" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Eslováquia!$A$1:$K$408</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Eslováquia!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
@@ -111,94 +111,91 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="505" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="506" uniqueCount="183">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
     <t>Calçado</t>
   </si>
   <si>
     <t>Minerais e minérios</t>
   </si>
   <si>
     <t>Metais comuns</t>
   </si>
   <si>
     <t>Máquinas e aparelhos</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E. (AICEP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saldo</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Combustíveis minerais</t>
   </si>
   <si>
     <t>Plásticos e borracha</t>
   </si>
   <si>
     <t>Peles e couros</t>
   </si>
   <si>
     <t>Madeira e cortiça</t>
   </si>
   <si>
     <t>Posição</t>
@@ -257,53 +254,50 @@
   <si>
     <t>Outros produtos (a)</t>
   </si>
   <si>
     <t>Nota: (a) Tabaco, chapéus, guarda-chuvas, pedras e metais preciosos, armas, mobiliário, brinquedos, obras de arte, obras diversas.</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros (valores líquidos)</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros (posições em fim de período)</t>
   </si>
   <si>
     <t>% Tot Portugal</t>
   </si>
   <si>
     <t>Atualizado em</t>
   </si>
   <si>
     <t>Exportação</t>
   </si>
   <si>
     <t>Veículos e outro material de transporte</t>
   </si>
   <si>
-    <t>www.portugalexporta.pt; Contact Center: 808 214 214; email: aicep@portugalglobal.pt</t>
-[...1 lines deleted...]
-  <si>
     <t>% Total</t>
   </si>
   <si>
     <t>Empresas</t>
   </si>
   <si>
     <t>Nº</t>
   </si>
   <si>
     <t>Particulares, Estimativas e Operadores Não Identificados</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Baixa-Tecnologia</t>
   </si>
   <si>
     <t>Baixa tecnologia</t>
@@ -405,124 +399,130 @@
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
   </si>
   <si>
     <t>2020 dez</t>
   </si>
   <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>Coeficiente de Cobertura %</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
+  </si>
+  <si>
+    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
+  </si>
+  <si>
+    <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>Nota: Posição entre 62 países</t>
   </si>
   <si>
     <t>Posição entre 62 países</t>
   </si>
   <si>
     <r>
       <t>Exportações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2024 jan/jun</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
-    <t>2024 jun</t>
-[...4 lines deleted...]
-  <si>
     <t>Fonte: GEE - Gabinete de Estratégia e Estudos (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/ago</t>
-[...2 lines deleted...]
-    <t>2025 jan/ago</t>
+    <t>2024 jan/set</t>
+  </si>
+  <si>
+    <t>2025 jan/set</t>
+  </si>
+  <si>
+    <t>2024 set</t>
+  </si>
+  <si>
+    <t>2025 set</t>
+  </si>
+  <si>
+    <t>2024 jan/out</t>
+  </si>
+  <si>
+    <t>2025 jan/out</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM A ESLOVÁQUIA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com a Eslováquia</t>
   </si>
   <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>Posição e Quota da Eslováquia no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Eslováquia como cliente de Portugal</t>
   </si>
   <si>
     <t>Eslováquia como fornecedor de Portugal</t>
   </si>
@@ -638,50 +638,53 @@
     <t>Principais Produtos Importados Provenientes da Eslováquia</t>
   </si>
   <si>
     <t>8528 Monitores e projetores, que não incorporem aparelho recetor de televisão; aparelhos recetores de...</t>
   </si>
   <si>
     <t>8501 Motores e geradores, elétricos (exceto os grupos eletrogéneos)</t>
   </si>
   <si>
     <t>7007 Vidros de segurança, consistindo em vidros temperados ou formados de folhas contracoladas...</t>
   </si>
   <si>
     <t>8302 Guarnições, ferragens e artigos semelhantes, de metais comuns, para móveis, portas, escadas,...</t>
   </si>
   <si>
     <t>0403 Iogurte; leitelho, leite e nata (creme de leite) coalhados, quefir e outros leites e natas...</t>
   </si>
   <si>
     <t>7217 Fios de ferro ou aço não ligado, apresentados em rolos (exceto fio-máquina)</t>
   </si>
   <si>
     <t>8482 Rolamentos de esferas, de roletes ou de agulhas (exceto esferas de aço, da posição 7326)</t>
   </si>
   <si>
     <t>3926 Obras de plástico e obras de outras matérias das posições 3901 a 3914, não especificadas nem...</t>
+  </si>
+  <si>
+    <t>8716 Reboques e semirreboques, para quaisquer veículos e outros veículos não autopropulsionados...</t>
   </si>
   <si>
     <t>8428 Máquinas e aparelhos de elevação, de carga, de descarga ou de movimentação, por exemplo:...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para a Eslováquia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados da Eslováquia por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para a Eslováquia por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens da Eslováquia por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com a Eslováquia</t>
   </si>
   <si>
     <t>Posição e Quota da Eslováquia no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com a Eslováquia</t>
   </si>
@@ -1004,51 +1007,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="143">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1400,53 +1403,50 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2199,216 +2199,216 @@
       </c>
       <c r="E7" s="12">
         <v>2023</v>
       </c>
       <c r="F7" s="12">
         <v>2024</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K7" s="13" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B8" s="16">
         <v>360.18870000000004</v>
       </c>
       <c r="C8" s="16">
         <v>389.73273700000004</v>
       </c>
       <c r="D8" s="16">
         <v>518.99846100000002</v>
       </c>
       <c r="E8" s="16">
         <v>542.99124199999994</v>
       </c>
       <c r="F8" s="16">
         <v>470.44231199999996</v>
       </c>
       <c r="G8" s="16">
         <v>-13.360976087345437</v>
       </c>
       <c r="H8" s="16">
         <v>6.9040289380269293</v>
       </c>
       <c r="I8" s="16">
-        <v>306.55713600000001</v>
+        <v>401.02995199999998</v>
       </c>
       <c r="J8" s="16">
-        <v>314.00550400000003</v>
+        <v>397.202606</v>
       </c>
       <c r="K8" s="16">
-        <v>2.4296834505917406</v>
+        <v>-0.95437908837292473</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B9" s="16">
         <v>226.38443100000001</v>
       </c>
       <c r="C9" s="16">
         <v>214.86534400000002</v>
       </c>
       <c r="D9" s="16">
         <v>279.80455599999999</v>
       </c>
       <c r="E9" s="16">
         <v>323.21096299999999</v>
       </c>
       <c r="F9" s="16">
         <v>324.41747999999995</v>
       </c>
       <c r="G9" s="16">
         <v>0.37329086513688664</v>
       </c>
       <c r="H9" s="16">
         <v>9.4118654176784453</v>
       </c>
       <c r="I9" s="16">
-        <v>207.84491500000001</v>
+        <v>265.75698100000005</v>
       </c>
       <c r="J9" s="16">
-        <v>277.71534100000002</v>
+        <v>359.71878999999996</v>
       </c>
       <c r="K9" s="16">
-        <v>33.616615542410557</v>
+        <v>35.356290038529551</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B10" s="16">
         <v>133.80426900000003</v>
       </c>
       <c r="C10" s="16">
         <v>174.86739300000002</v>
       </c>
       <c r="D10" s="16">
         <v>239.19390500000003</v>
       </c>
       <c r="E10" s="16">
         <v>219.78027899999995</v>
       </c>
       <c r="F10" s="16">
         <v>146.024832</v>
       </c>
       <c r="G10" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H10" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I10" s="16">
-        <v>98.712221</v>
+        <v>135.27297099999993</v>
       </c>
       <c r="J10" s="16">
-        <v>36.290163000000007</v>
+        <v>37.483816000000047</v>
       </c>
       <c r="K10" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B11" s="17">
         <v>159.1048900354813</v>
       </c>
       <c r="C11" s="17">
         <v>181.38464293245912</v>
       </c>
       <c r="D11" s="17">
         <v>185.48606513755269</v>
       </c>
       <c r="E11" s="17">
         <v>167.99901740956724</v>
       </c>
       <c r="F11" s="17">
         <v>145.0113945771356</v>
       </c>
       <c r="G11" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H11" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I11" s="17">
-        <v>147.49320954039217</v>
+        <v>150.90100380091235</v>
       </c>
       <c r="J11" s="17">
-        <v>113.06739586993145</v>
+        <v>110.42031082112783</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
     <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
@@ -2424,177 +2424,177 @@
       </c>
       <c r="H20" s="12">
         <v>2023</v>
       </c>
       <c r="I20" s="12">
         <v>2024</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>112</v>
       </c>
       <c r="K20" s="13" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="123" t="s">
         <v>120</v>
       </c>
       <c r="B21" s="123">
         <v>0</v>
       </c>
       <c r="C21" s="123">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="27">
         <v>22</v>
       </c>
       <c r="F21" s="27">
         <v>23</v>
       </c>
       <c r="G21" s="27">
         <v>22</v>
       </c>
       <c r="H21" s="27">
         <v>19</v>
       </c>
       <c r="I21" s="27">
         <v>24</v>
       </c>
       <c r="J21" s="27">
         <v>23</v>
       </c>
       <c r="K21" s="27">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="123">
         <v>0</v>
       </c>
       <c r="B22" s="123">
         <v>0</v>
       </c>
       <c r="C22" s="123">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E22" s="28">
         <v>0.67002635883275607</v>
       </c>
       <c r="F22" s="28">
         <v>0.61260888276753733</v>
       </c>
       <c r="G22" s="28">
         <v>0.66196471167130777</v>
       </c>
       <c r="H22" s="28">
         <v>0.70208185788599309</v>
       </c>
       <c r="I22" s="28">
         <v>0.59628861397040245</v>
       </c>
       <c r="J22" s="28">
-        <v>0.57962695067822878</v>
+        <v>0.60334504841225689</v>
       </c>
       <c r="K22" s="28">
-        <v>0.59107746768507241</v>
+        <v>0.5916599678119332</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="126" t="s">
         <v>121</v>
       </c>
       <c r="B23" s="126">
         <v>0</v>
       </c>
       <c r="C23" s="126">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E23" s="30">
         <v>32</v>
       </c>
       <c r="F23" s="30">
         <v>34</v>
       </c>
       <c r="G23" s="30">
         <v>38</v>
       </c>
       <c r="H23" s="30">
         <v>34</v>
       </c>
       <c r="I23" s="30">
         <v>33</v>
       </c>
       <c r="J23" s="30">
         <v>35</v>
       </c>
       <c r="K23" s="30">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="127">
         <v>0</v>
       </c>
       <c r="B24" s="127">
         <v>0</v>
       </c>
       <c r="C24" s="127">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E24" s="32">
         <v>0.33220712327618723</v>
       </c>
       <c r="F24" s="32">
         <v>0.25842022585719859</v>
       </c>
       <c r="G24" s="32">
         <v>0.25538569598170752</v>
       </c>
       <c r="H24" s="32">
         <v>0.3073854989692455</v>
       </c>
       <c r="I24" s="32">
         <v>0.30250563601901514</v>
       </c>
       <c r="J24" s="32">
-        <v>0.29615606986739129</v>
+        <v>0.29815213128570223</v>
       </c>
       <c r="K24" s="32">
-        <v>0.37345834461441163</v>
+        <v>0.38255570173943404</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>122</v>
       </c>
@@ -2636,51 +2636,51 @@
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="123" t="s">
         <v>123</v>
       </c>
       <c r="B29" s="123">
         <v>0</v>
       </c>
       <c r="C29" s="123">
         <v>0</v>
       </c>
       <c r="D29" s="123">
         <v>0</v>
       </c>
       <c r="E29" s="124" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F29" s="124">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>29</v>
       </c>
       <c r="H29" s="27">
         <v>33</v>
       </c>
       <c r="I29" s="27">
         <v>30</v>
       </c>
       <c r="J29" s="27">
         <v>31</v>
       </c>
       <c r="K29" s="27">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="123">
         <v>0</v>
       </c>
       <c r="B30" s="123">
@@ -2706,69 +2706,69 @@
       </c>
       <c r="I30" s="28">
         <v>0.29307161448843044</v>
       </c>
       <c r="J30" s="28">
         <v>0.309771521644848</v>
       </c>
       <c r="K30" s="28">
         <v>0.30788944904586496</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="126" t="s">
         <v>125</v>
       </c>
       <c r="B31" s="126">
         <v>0</v>
       </c>
       <c r="C31" s="126">
         <v>0</v>
       </c>
       <c r="D31" s="126">
         <v>0</v>
       </c>
       <c r="E31" s="128" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F31" s="128">
         <v>0</v>
       </c>
       <c r="G31" s="30">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H31" s="30">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="I31" s="30">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="J31" s="30">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K31" s="30">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="127">
         <v>0</v>
       </c>
       <c r="B32" s="127">
         <v>0</v>
       </c>
       <c r="C32" s="127">
         <v>0</v>
       </c>
       <c r="D32" s="127">
         <v>0</v>
       </c>
       <c r="E32" s="125" t="s">
         <v>126</v>
       </c>
       <c r="F32" s="125">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.39442817409042974</v>
       </c>
       <c r="H32" s="32">
@@ -2810,51 +2810,51 @@
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F36" s="13">
         <v>2020</v>
       </c>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="123" t="s">
         <v>129</v>
       </c>
       <c r="B37" s="123">
@@ -2863,176 +2863,176 @@
       <c r="C37" s="123">
         <v>0</v>
       </c>
       <c r="D37" s="123">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="40">
         <v>-9.8530129146156706E-2</v>
       </c>
       <c r="G37" s="40">
         <v>5.495809151239401E-2</v>
       </c>
       <c r="H37" s="40">
         <v>0.2031888092577063</v>
       </c>
       <c r="I37" s="40">
         <v>3.0601968118086201E-2</v>
       </c>
       <c r="J37" s="40">
         <v>-9.3804989145738094E-2</v>
       </c>
       <c r="K37" s="40">
-        <v>1.4083100095798478E-2</v>
+        <v>-5.7581989727800535E-3</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="130" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B38" s="130">
         <v>0</v>
       </c>
       <c r="C38" s="130">
         <v>0</v>
       </c>
       <c r="D38" s="130">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="42">
         <v>-10.258980147584102</v>
       </c>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>0.44538715022671183</v>
+        <v>1.0017378139444362</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="126" t="s">
         <v>130</v>
       </c>
       <c r="B39" s="126">
         <v>0</v>
       </c>
       <c r="C39" s="126">
         <v>0</v>
       </c>
       <c r="D39" s="126">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="44">
         <v>-1.1663650837474936E-2</v>
       </c>
       <c r="G39" s="44">
         <v>-1.6903648091586853E-2</v>
       </c>
       <c r="H39" s="44">
         <v>7.8102897003383159E-2</v>
       </c>
       <c r="I39" s="44">
         <v>3.9618280775100261E-2</v>
       </c>
       <c r="J39" s="44">
         <v>1.1474419884076608E-3</v>
       </c>
       <c r="K39" s="44">
-        <v>9.9557647412833711E-2</v>
+        <v>0.10541553229343037</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="131" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B40" s="131">
         <v>0</v>
       </c>
       <c r="C40" s="131">
         <v>0</v>
       </c>
       <c r="D40" s="131">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="17">
         <v>-14.793679915540103</v>
       </c>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.959265065771004</v>
+        <v>5.4925235055077613</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="46"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
@@ -3047,199 +3047,199 @@
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="132" t="s">
         <v>131</v>
       </c>
       <c r="B46" s="132">
         <v>0</v>
       </c>
       <c r="C46" s="132">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>761</v>
       </c>
       <c r="H46" s="48">
         <v>721</v>
       </c>
       <c r="I46" s="48">
         <v>778</v>
       </c>
       <c r="J46" s="48">
         <v>752</v>
       </c>
       <c r="K46" s="48">
         <v>683</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="123">
         <v>0</v>
       </c>
       <c r="B47" s="123">
         <v>0</v>
       </c>
       <c r="C47" s="123">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>3.6749082480200888</v>
       </c>
       <c r="H47" s="51">
         <v>3.2013142704910758</v>
       </c>
       <c r="I47" s="51">
         <v>3.391455972101133</v>
       </c>
       <c r="J47" s="51">
         <v>3.3306758791744175</v>
       </c>
       <c r="K47" s="51">
         <v>3.226111189835152</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="127">
         <v>0</v>
       </c>
       <c r="B48" s="127">
         <v>0</v>
       </c>
       <c r="C48" s="127">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>38</v>
       </c>
       <c r="H48" s="52">
         <v>39</v>
       </c>
       <c r="I48" s="52">
         <v>36</v>
       </c>
       <c r="J48" s="52">
         <v>37</v>
       </c>
       <c r="K48" s="52">
         <v>39</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="136"/>
-[...3 lines deleted...]
-      <c r="K49" s="136"/>
+      <c r="G49" s="135"/>
+      <c r="H49" s="135"/>
+      <c r="I49" s="135"/>
+      <c r="J49" s="135"/>
+      <c r="K49" s="135"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="129" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B50" s="129">
         <v>0</v>
       </c>
       <c r="C50" s="129">
         <v>0</v>
       </c>
       <c r="D50" s="129">
         <v>0</v>
       </c>
       <c r="E50" s="129">
         <v>0</v>
       </c>
       <c r="F50" s="129">
         <v>0</v>
       </c>
       <c r="G50" s="129">
         <v>0</v>
       </c>
       <c r="H50" s="129">
         <v>0</v>
       </c>
       <c r="I50" s="129">
         <v>0</v>
       </c>
       <c r="J50" s="129">
         <v>0</v>
       </c>
       <c r="K50" s="129">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="C51" s="53"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="133" t="s">
+      <c r="A52" s="129" t="s">
         <v>132</v>
       </c>
-      <c r="B52" s="133"/>
-[...8 lines deleted...]
-      <c r="K52" s="133"/>
+      <c r="B52" s="129"/>
+      <c r="C52" s="129"/>
+      <c r="D52" s="129"/>
+      <c r="E52" s="129"/>
+      <c r="F52" s="129"/>
+      <c r="G52" s="129"/>
+      <c r="H52" s="129"/>
+      <c r="I52" s="129"/>
+      <c r="J52" s="129"/>
+      <c r="K52" s="129"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
@@ -3261,516 +3261,516 @@
       <c r="K55" s="37"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
       <c r="H56" s="122" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I56" s="122">
         <v>0</v>
       </c>
       <c r="J56" s="122" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K56" s="122">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I57" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J57" s="58" t="s">
         <v>134</v>
       </c>
       <c r="K57" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>683</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>470.44231199999996</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>9</v>
       </c>
       <c r="I59" s="60">
         <v>1.3177159590043925</v>
       </c>
       <c r="J59" s="60">
         <v>326.98327599999999</v>
       </c>
       <c r="K59" s="60">
         <v>69.505498901637921</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>31</v>
       </c>
       <c r="I60" s="60">
         <v>4.5387994143484631</v>
       </c>
       <c r="J60" s="60">
         <v>79.608007000000001</v>
       </c>
       <c r="K60" s="60">
         <v>16.921948763826329</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>559</v>
       </c>
       <c r="I61" s="60">
         <v>81.844802342606144</v>
       </c>
       <c r="J61" s="60">
         <v>58.154086999999997</v>
       </c>
       <c r="K61" s="60">
         <v>12.361576651719203</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>84</v>
       </c>
       <c r="I62" s="60">
         <v>12.298682284040996</v>
       </c>
       <c r="J62" s="60">
         <v>3.4590000000000003E-2</v>
       </c>
       <c r="K62" s="60">
         <v>7.352654962719426E-3</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="61" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I63" s="65" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J63" s="66">
         <v>5.6623519999999985</v>
       </c>
       <c r="K63" s="66">
         <v>1.2036230278538227</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="135" t="s">
+      <c r="F64" s="134" t="s">
         <v>132</v>
       </c>
-      <c r="G64" s="135"/>
-[...3 lines deleted...]
-      <c r="K64" s="135"/>
+      <c r="G64" s="134"/>
+      <c r="H64" s="134"/>
+      <c r="I64" s="134"/>
+      <c r="J64" s="134"/>
+      <c r="K64" s="134"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
       <c r="H68" s="122" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I68" s="122">
         <v>0</v>
       </c>
       <c r="J68" s="122" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K68" s="122">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I69" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J69" s="58" t="s">
         <v>134</v>
       </c>
       <c r="K69" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>683</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>470.44231199999996</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>664</v>
       </c>
       <c r="I71" s="60">
         <v>97.218155197657396</v>
       </c>
       <c r="J71" s="60">
         <v>360.37917099999999</v>
       </c>
       <c r="K71" s="67">
         <v>76.604327843708077</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>12</v>
       </c>
       <c r="I72" s="67">
         <v>1.7569546120058566</v>
       </c>
       <c r="J72" s="60">
         <v>92.325143999999995</v>
       </c>
       <c r="K72" s="67">
         <v>19.625178612760497</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>4</v>
       </c>
       <c r="I73" s="67">
         <v>0.58565153733528552</v>
       </c>
       <c r="J73" s="60">
         <v>6.9913860000000003</v>
       </c>
       <c r="K73" s="67">
         <v>1.4861303547032991</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>3</v>
       </c>
       <c r="I74" s="67">
         <v>0.43923865300146414</v>
       </c>
       <c r="J74" s="60">
         <v>5.0842590000000003</v>
       </c>
       <c r="K74" s="67">
         <v>1.0807401609742961</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="50" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>0</v>
       </c>
       <c r="I75" s="71">
         <v>0</v>
       </c>
       <c r="J75" s="72">
         <v>0</v>
       </c>
       <c r="K75" s="71">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="73" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I76" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J76" s="78">
         <v>5.6623520000000553</v>
       </c>
       <c r="K76" s="78">
         <v>1.2036230278538227</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="135" t="s">
+      <c r="F77" s="134" t="s">
         <v>132</v>
       </c>
-      <c r="G77" s="135"/>
-[...3 lines deleted...]
-      <c r="K77" s="135"/>
+      <c r="G77" s="134"/>
+      <c r="H77" s="134"/>
+      <c r="I77" s="134"/>
+      <c r="J77" s="134"/>
+      <c r="K77" s="134"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
     <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
@@ -3819,113 +3819,113 @@
       </c>
       <c r="E82" s="16">
         <v>18.749948846257528</v>
       </c>
       <c r="F82" s="16">
         <v>134.24591199999998</v>
       </c>
       <c r="G82" s="16">
         <v>24.723402813189388</v>
       </c>
       <c r="H82" s="16">
         <v>137.99830199999997</v>
       </c>
       <c r="I82" s="16">
         <v>29.333735184942288</v>
       </c>
       <c r="J82" s="16">
         <v>2.7951614645815002</v>
       </c>
       <c r="K82" s="16">
         <v>3.7523899999999912</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>27.096259999999997</v>
       </c>
       <c r="E83" s="16">
         <v>7.5227956901479685</v>
       </c>
       <c r="F83" s="16">
         <v>89.738663000000003</v>
       </c>
       <c r="G83" s="16">
         <v>16.52672383249968</v>
       </c>
       <c r="H83" s="16">
         <v>91.970611000000005</v>
       </c>
       <c r="I83" s="16">
         <v>19.549816981598376</v>
       </c>
       <c r="J83" s="16">
         <v>2.4871643117749622</v>
       </c>
       <c r="K83" s="16">
         <v>2.2319480000000027</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>74.902671999999995</v>
       </c>
       <c r="E84" s="16">
         <v>20.795397523575833</v>
       </c>
       <c r="F84" s="16">
         <v>112.803382</v>
       </c>
       <c r="G84" s="16">
         <v>20.774438568200704</v>
       </c>
       <c r="H84" s="16">
         <v>84.357539000000003</v>
       </c>
       <c r="I84" s="16">
         <v>17.931537374129732</v>
       </c>
       <c r="J84" s="16">
         <v>-25.217189853403504</v>
       </c>
       <c r="K84" s="16">
         <v>-28.445842999999996</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>82.701850999999991</v>
       </c>
       <c r="E85" s="16">
         <v>22.960701154700295</v>
       </c>
       <c r="F85" s="16">
         <v>62.504106999999998</v>
       </c>
       <c r="G85" s="16">
         <v>11.511070928101637</v>
       </c>
       <c r="H85" s="16">
         <v>31.355667</v>
       </c>
       <c r="I85" s="16">
         <v>6.6651460126316193</v>
       </c>
       <c r="J85" s="16">
         <v>-49.834229293124686</v>
       </c>
       <c r="K85" s="16">
@@ -4005,175 +4005,175 @@
       </c>
       <c r="E88" s="16">
         <v>0.87402353266496147</v>
       </c>
       <c r="F88" s="16">
         <v>7.4393369999999992</v>
       </c>
       <c r="G88" s="16">
         <v>1.3700657440806385</v>
       </c>
       <c r="H88" s="16">
         <v>14.177728</v>
       </c>
       <c r="I88" s="16">
         <v>3.0137017097220631</v>
       </c>
       <c r="J88" s="16">
         <v>90.577843159948273</v>
       </c>
       <c r="K88" s="16">
         <v>6.7383910000000009</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>2.639821</v>
       </c>
       <c r="E89" s="16">
         <v>0.73289944964958642</v>
       </c>
       <c r="F89" s="16">
         <v>2.7286389999999998</v>
       </c>
       <c r="G89" s="16">
         <v>0.50251989147184073</v>
       </c>
       <c r="H89" s="16">
         <v>5.6231719999999994</v>
       </c>
       <c r="I89" s="16">
         <v>1.1952946953461958</v>
       </c>
       <c r="J89" s="16">
         <v>106.07973425579564</v>
       </c>
       <c r="K89" s="16">
         <v>2.8945329999999996</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>1.5260339999999999</v>
       </c>
       <c r="E90" s="16">
         <v>0.42367625636229</v>
       </c>
       <c r="F90" s="16">
         <v>1.9430020000000001</v>
       </c>
       <c r="G90" s="16">
         <v>0.35783302744319406</v>
       </c>
       <c r="H90" s="16">
         <v>3.329796</v>
       </c>
       <c r="I90" s="16">
         <v>0.70780112992897637</v>
       </c>
       <c r="J90" s="16">
         <v>71.37378139600473</v>
       </c>
       <c r="K90" s="16">
         <v>1.3867939999999999</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>1.8625490000000005</v>
       </c>
       <c r="E91" s="16">
         <v>0.51710367371325094</v>
       </c>
       <c r="F91" s="16">
         <v>3.0986100000000003</v>
       </c>
       <c r="G91" s="16">
         <v>0.57065561289476574</v>
       </c>
       <c r="H91" s="16">
         <v>2.4640520000000001</v>
       </c>
       <c r="I91" s="16">
         <v>0.52377346534254776</v>
       </c>
       <c r="J91" s="16">
         <v>-20.478795330809625</v>
       </c>
       <c r="K91" s="16">
         <v>-0.63455800000000018</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>1.956949</v>
       </c>
       <c r="E92" s="16">
         <v>0.54331215832145752</v>
       </c>
       <c r="F92" s="16">
         <v>3.8380999999999998</v>
       </c>
       <c r="G92" s="16">
         <v>0.70684381314570088</v>
       </c>
       <c r="H92" s="16">
         <v>2.3888530000000001</v>
       </c>
       <c r="I92" s="16">
         <v>0.50778872118118501</v>
       </c>
       <c r="J92" s="16">
         <v>-37.759490372840723</v>
       </c>
       <c r="K92" s="16">
         <v>-1.4492469999999997</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>1.9839010000000001</v>
       </c>
       <c r="E93" s="16">
         <v>0.55079490278290233</v>
       </c>
       <c r="F93" s="16">
         <v>1.8357589999999999</v>
       </c>
       <c r="G93" s="16">
         <v>0.33808261680949914</v>
       </c>
       <c r="H93" s="16">
         <v>1.8072399999999997</v>
       </c>
       <c r="I93" s="16">
         <v>0.38415762228462136</v>
       </c>
       <c r="J93" s="16">
         <v>-1.5535263615757942</v>
       </c>
       <c r="K93" s="16">
@@ -4253,82 +4253,82 @@
       </c>
       <c r="E96" s="16">
         <v>0.43040606215575328</v>
       </c>
       <c r="F96" s="16">
         <v>1.2689220000000001</v>
       </c>
       <c r="G96" s="16">
         <v>0.23369106200059123</v>
       </c>
       <c r="H96" s="16">
         <v>0.48739799999999994</v>
       </c>
       <c r="I96" s="16">
         <v>0.10360420131597346</v>
       </c>
       <c r="J96" s="16">
         <v>-61.589601252086425</v>
       </c>
       <c r="K96" s="16">
         <v>-0.78152400000000011</v>
       </c>
     </row>
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0.56667100000000004</v>
       </c>
       <c r="E97" s="16">
         <v>0.15732614598958822</v>
       </c>
       <c r="F97" s="16">
         <v>1.4990000000000001E-3</v>
       </c>
       <c r="G97" s="16">
         <v>2.7606338446246989E-4</v>
       </c>
       <c r="H97" s="16">
         <v>2.287E-3</v>
       </c>
       <c r="I97" s="16">
         <v>4.8613824515002387E-4</v>
       </c>
       <c r="J97" s="16">
         <v>52.568378919279503</v>
       </c>
       <c r="K97" s="16">
         <v>7.8799999999999986E-4</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>62.070499999999996</v>
       </c>
       <c r="E98" s="16">
         <v>17.232772710526451</v>
       </c>
       <c r="F98" s="16">
         <v>77.772001999999986</v>
       </c>
       <c r="G98" s="16">
         <v>14.322883314571028</v>
       </c>
       <c r="H98" s="16">
         <v>52.649137999999994</v>
       </c>
       <c r="I98" s="16">
         <v>11.191412136415144</v>
       </c>
       <c r="J98" s="16">
         <v>-32.303223980269912</v>
       </c>
       <c r="K98" s="16">
@@ -4356,61 +4356,61 @@
       <c r="H99" s="17">
         <v>470.44231199999996</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
         <v>-13.360976087345437</v>
       </c>
       <c r="K99" s="17">
         <v>-72.548929999999984</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
     <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
     <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
     <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46"/>
@@ -4450,51 +4450,51 @@
       </c>
       <c r="E107" s="13" t="s">
         <v>137</v>
       </c>
       <c r="F107" s="13">
         <v>2023</v>
       </c>
       <c r="G107" s="13" t="s">
         <v>138</v>
       </c>
       <c r="H107" s="13">
         <v>2024</v>
       </c>
       <c r="I107" s="13" t="s">
         <v>139</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K107" s="13" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>115.619996</v>
       </c>
       <c r="E108" s="16">
         <v>51.072414957722955</v>
       </c>
       <c r="F108" s="16">
         <v>169.06573700000001</v>
       </c>
       <c r="G108" s="16">
         <v>52.308169076554499</v>
       </c>
       <c r="H108" s="16">
         <v>147.40119499999997</v>
       </c>
       <c r="I108" s="16">
         <v>45.435651309541022</v>
       </c>
       <c r="J108" s="16">
         <v>-12.814271173111816</v>
       </c>
       <c r="K108" s="16">
@@ -4512,51 +4512,51 @@
       </c>
       <c r="E109" s="16">
         <v>23.439729828417398</v>
       </c>
       <c r="F109" s="16">
         <v>69.02275800000001</v>
       </c>
       <c r="G109" s="16">
         <v>21.35532698499463</v>
       </c>
       <c r="H109" s="16">
         <v>83.973662999999988</v>
       </c>
       <c r="I109" s="16">
         <v>25.884444635967213</v>
       </c>
       <c r="J109" s="16">
         <v>21.660833952766673</v>
       </c>
       <c r="K109" s="16">
         <v>14.950904999999977</v>
       </c>
     </row>
     <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>13.093024000000002</v>
       </c>
       <c r="E110" s="16">
         <v>5.7835355294375352</v>
       </c>
       <c r="F110" s="16">
         <v>22.310413999999998</v>
       </c>
       <c r="G110" s="16">
         <v>6.902740486559547</v>
       </c>
       <c r="H110" s="16">
         <v>23.575538000000002</v>
       </c>
       <c r="I110" s="16">
         <v>7.2670369056562558</v>
       </c>
       <c r="J110" s="16">
         <v>5.670553670586318</v>
       </c>
       <c r="K110" s="16">
@@ -4605,113 +4605,113 @@
       </c>
       <c r="E112" s="16">
         <v>2.7283651851482662</v>
       </c>
       <c r="F112" s="16">
         <v>6.8834159999999995</v>
       </c>
       <c r="G112" s="16">
         <v>2.1296975622698788</v>
       </c>
       <c r="H112" s="16">
         <v>10.303927</v>
       </c>
       <c r="I112" s="16">
         <v>3.1761318779740235</v>
       </c>
       <c r="J112" s="16">
         <v>49.692056967064033</v>
       </c>
       <c r="K112" s="16">
         <v>3.4205110000000003</v>
       </c>
     </row>
     <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
         <v>5.4056119999999996</v>
       </c>
       <c r="E113" s="16">
         <v>2.3878020127629713</v>
       </c>
       <c r="F113" s="16">
         <v>8.4940270000000009</v>
       </c>
       <c r="G113" s="16">
         <v>2.6280132707008459</v>
       </c>
       <c r="H113" s="16">
         <v>8.0782899999999991</v>
       </c>
       <c r="I113" s="16">
         <v>2.4900908545371849</v>
       </c>
       <c r="J113" s="16">
         <v>-4.8944628972806621</v>
       </c>
       <c r="K113" s="16">
         <v>-0.4157370000000018</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
         <v>0.79937800000000003</v>
       </c>
       <c r="E114" s="16">
         <v>0.35310643778325901</v>
       </c>
       <c r="F114" s="16">
         <v>3.9764180000000007</v>
       </c>
       <c r="G114" s="16">
         <v>1.2302856199837506</v>
       </c>
       <c r="H114" s="16">
         <v>6.0397230000000004</v>
       </c>
       <c r="I114" s="16">
         <v>1.8617131851218378</v>
       </c>
       <c r="J114" s="16">
         <v>51.888533851320439</v>
       </c>
       <c r="K114" s="16">
         <v>2.0633049999999997</v>
       </c>
     </row>
     <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>1.8231579999999998</v>
       </c>
       <c r="E115" s="16">
         <v>0.80533718328006398</v>
       </c>
       <c r="F115" s="16">
         <v>3.3940359999999994</v>
       </c>
       <c r="G115" s="16">
         <v>1.0500992814405246</v>
       </c>
       <c r="H115" s="16">
         <v>4.2413459999999992</v>
       </c>
       <c r="I115" s="16">
         <v>1.3073728333010908</v>
       </c>
       <c r="J115" s="16">
         <v>24.964673326977081</v>
       </c>
       <c r="K115" s="16">
@@ -4760,82 +4760,82 @@
       </c>
       <c r="E117" s="16">
         <v>1.2673212496666788</v>
       </c>
       <c r="F117" s="16">
         <v>1.9028219999999998</v>
       </c>
       <c r="G117" s="16">
         <v>0.58872446105734344</v>
       </c>
       <c r="H117" s="16">
         <v>3.380725</v>
       </c>
       <c r="I117" s="16">
         <v>1.0420908885674103</v>
       </c>
       <c r="J117" s="16">
         <v>77.669009502728073</v>
       </c>
       <c r="K117" s="16">
         <v>1.4779030000000002</v>
       </c>
     </row>
     <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>1.7119439999999999</v>
       </c>
       <c r="E118" s="16">
         <v>0.75621101346850128</v>
       </c>
       <c r="F118" s="16">
         <v>1.905054</v>
       </c>
       <c r="G118" s="16">
         <v>0.58941503169247389</v>
       </c>
       <c r="H118" s="16">
         <v>2.3201359999999998</v>
       </c>
       <c r="I118" s="16">
         <v>0.71516984843110176</v>
       </c>
       <c r="J118" s="16">
         <v>21.788463739085596</v>
       </c>
       <c r="K118" s="16">
         <v>0.41508199999999973</v>
       </c>
     </row>
     <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>1.3156069999999997</v>
       </c>
       <c r="E119" s="16">
         <v>0.58113846176992612</v>
       </c>
       <c r="F119" s="16">
         <v>0.85347600000000001</v>
       </c>
       <c r="G119" s="16">
         <v>0.26406158753965286</v>
       </c>
       <c r="H119" s="16">
         <v>1.853229</v>
       </c>
       <c r="I119" s="16">
         <v>0.57124819538084082</v>
       </c>
       <c r="J119" s="16">
         <v>117.13897051586687</v>
       </c>
       <c r="K119" s="16">
@@ -4853,82 +4853,82 @@
       </c>
       <c r="E120" s="16">
         <v>0.1233375452395841</v>
       </c>
       <c r="F120" s="16">
         <v>0.85764600000000002</v>
       </c>
       <c r="G120" s="16">
         <v>0.26535176654883458</v>
       </c>
       <c r="H120" s="16">
         <v>1.4192890000000002</v>
       </c>
       <c r="I120" s="16">
         <v>0.43748844852626328</v>
       </c>
       <c r="J120" s="16">
         <v>65.486576046527375</v>
       </c>
       <c r="K120" s="16">
         <v>0.56164300000000023</v>
       </c>
     </row>
     <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>4.4924520000000001</v>
       </c>
       <c r="E121" s="16">
         <v>1.9844350515429217</v>
       </c>
       <c r="F121" s="16">
         <v>0.95069199999999998</v>
       </c>
       <c r="G121" s="16">
         <v>0.2941397752031078</v>
       </c>
       <c r="H121" s="16">
         <v>1.2999100000000001</v>
       </c>
       <c r="I121" s="16">
         <v>0.40069049300302817</v>
       </c>
       <c r="J121" s="16">
         <v>36.733032359586502</v>
       </c>
       <c r="K121" s="16">
         <v>0.34921800000000014</v>
       </c>
     </row>
     <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>0.103536</v>
       </c>
       <c r="E122" s="16">
         <v>4.5734593824608018E-2</v>
       </c>
       <c r="F122" s="16">
         <v>0</v>
       </c>
       <c r="G122" s="16">
         <v>0</v>
       </c>
       <c r="H122" s="16">
         <v>0.17923900000000001</v>
       </c>
       <c r="I122" s="16">
         <v>5.5249489022601385E-2</v>
       </c>
       <c r="J122" s="16" t="s">
         <v>142</v>
       </c>
       <c r="K122" s="16">
@@ -4946,51 +4946,51 @@
       </c>
       <c r="E123" s="16">
         <v>2.2191013656765117E-2</v>
       </c>
       <c r="F123" s="16">
         <v>0.31439899999999998</v>
       </c>
       <c r="G123" s="16">
         <v>9.7273618778828355E-2</v>
       </c>
       <c r="H123" s="16">
         <v>0.10169399999999999</v>
       </c>
       <c r="I123" s="16">
         <v>3.1346646302782458E-2</v>
       </c>
       <c r="J123" s="16">
         <v>-67.654477272510405</v>
       </c>
       <c r="K123" s="16">
         <v>-0.21270499999999998</v>
       </c>
     </row>
     <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>3.5963370000000006</v>
       </c>
       <c r="E124" s="16">
         <v>1.5885973183376736</v>
       </c>
       <c r="F124" s="16">
         <v>3.8799310000000005</v>
       </c>
       <c r="G124" s="16">
         <v>1.2004329816003179</v>
       </c>
       <c r="H124" s="16">
         <v>4.3518040000000004</v>
       </c>
       <c r="I124" s="16">
         <v>1.3414209369975998</v>
       </c>
       <c r="J124" s="16">
         <v>12.161891538792826</v>
       </c>
       <c r="K124" s="16">
@@ -5018,61 +5018,61 @@
       <c r="H125" s="17">
         <v>324.41747999999995</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
         <v>0.37329086513688664</v>
       </c>
       <c r="K125" s="17">
         <v>1.2065169999999625</v>
       </c>
     </row>
     <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
     <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
     <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="46"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B130" s="37"/>
       <c r="C130" s="37"/>
       <c r="D130" s="37"/>
       <c r="E130" s="37"/>
       <c r="F130" s="37"/>
       <c r="G130" s="37"/>
       <c r="H130" s="37"/>
       <c r="I130" s="37"/>
       <c r="J130" s="37"/>
       <c r="K130" s="37"/>
     </row>
@@ -5100,584 +5100,584 @@
       </c>
       <c r="H131" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I131" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K131" s="13" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="132" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B132" s="5"/>
       <c r="C132" s="79"/>
       <c r="D132" s="16"/>
       <c r="E132" s="16">
         <v>0</v>
       </c>
       <c r="F132" s="16">
-        <v>90.413554999999974</v>
+        <v>118.79674199999998</v>
       </c>
       <c r="G132" s="16">
-        <v>29.493214928782468</v>
+        <v>29.622910061341251</v>
       </c>
       <c r="H132" s="16">
-        <v>87.546255000000002</v>
+        <v>110.76874100000003</v>
       </c>
       <c r="I132" s="16">
-        <v>27.88048422234025</v>
+        <v>27.887214063243089</v>
       </c>
       <c r="J132" s="16">
-        <v>-3.1713165133258752</v>
+        <v>-6.7577619258278538</v>
       </c>
       <c r="K132" s="16">
-        <v>-2.8672999999999718</v>
+        <v>-8.0280009999999464</v>
       </c>
     </row>
     <row r="133" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="15" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="79"/>
       <c r="D133" s="16"/>
       <c r="E133" s="16">
         <v>0</v>
       </c>
       <c r="F133" s="16">
-        <v>55.450952000000008</v>
+        <v>77.705247</v>
       </c>
       <c r="G133" s="16">
-        <v>18.088292682901372</v>
+        <v>19.376419794200313</v>
       </c>
       <c r="H133" s="16">
-        <v>67.201289000000003</v>
+        <v>85.08757700000001</v>
       </c>
       <c r="I133" s="16">
-        <v>21.401309258579111</v>
+        <v>21.421706634019419</v>
       </c>
       <c r="J133" s="16">
-        <v>21.190505439834457</v>
+        <v>9.500426657159986</v>
       </c>
       <c r="K133" s="16">
-        <v>11.750336999999995</v>
+        <v>7.3823300000000103</v>
       </c>
     </row>
     <row r="134" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="15" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="79"/>
       <c r="D134" s="16"/>
       <c r="E134" s="16">
         <v>0</v>
       </c>
       <c r="F134" s="16">
-        <v>61.961994999999995</v>
+        <v>72.266541999999987</v>
       </c>
       <c r="G134" s="16">
-        <v>20.212217470612064</v>
+        <v>18.020235555871896</v>
       </c>
       <c r="H134" s="16">
-        <v>66.633013999999989</v>
+        <v>83.818174999999997</v>
       </c>
       <c r="I134" s="16">
-        <v>21.220333131485486</v>
+        <v>21.10212111750344</v>
       </c>
       <c r="J134" s="16">
-        <v>7.5385226056714192</v>
+        <v>15.98475958625502</v>
       </c>
       <c r="K134" s="16">
-        <v>4.671018999999994</v>
+        <v>11.55163300000001</v>
       </c>
     </row>
     <row r="135" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="79"/>
       <c r="D135" s="16"/>
       <c r="E135" s="16">
         <v>0</v>
       </c>
       <c r="F135" s="16">
-        <v>19.273816</v>
+        <v>26.949520999999997</v>
       </c>
       <c r="G135" s="16">
-        <v>6.2871855639987446</v>
+        <v>6.7200768584985884</v>
       </c>
       <c r="H135" s="16">
-        <v>20.76258</v>
+        <v>26.813239000000003</v>
       </c>
       <c r="I135" s="16">
-        <v>6.6121707216953745</v>
+        <v>6.7505194062095359</v>
       </c>
       <c r="J135" s="16">
-        <v>7.7242825188328021</v>
+        <v>-0.50569358913649798</v>
       </c>
       <c r="K135" s="16">
-        <v>1.4887639999999998</v>
+        <v>-0.13628199999999424</v>
       </c>
     </row>
     <row r="136" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="79"/>
       <c r="D136" s="16"/>
       <c r="E136" s="16">
         <v>0</v>
       </c>
       <c r="F136" s="16">
-        <v>16.550222999999995</v>
+        <v>20.955648999999994</v>
       </c>
       <c r="G136" s="16">
-        <v>5.3987400900039706</v>
+        <v>5.2254573244444336</v>
       </c>
       <c r="H136" s="16">
-        <v>14.8192</v>
+        <v>18.915523</v>
       </c>
       <c r="I136" s="16">
-        <v>4.7194077209551075</v>
+        <v>4.7621850195011053</v>
       </c>
       <c r="J136" s="16">
-        <v>-10.459212543540927</v>
+        <v>-9.7354465137299933</v>
       </c>
       <c r="K136" s="16">
-        <v>-1.7310229999999951</v>
+        <v>-2.0401259999999937</v>
       </c>
     </row>
     <row r="137" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="79"/>
       <c r="D137" s="16"/>
       <c r="E137" s="16">
         <v>0</v>
       </c>
       <c r="F137" s="16">
-        <v>9.8583700000000007</v>
+        <v>12.2585</v>
       </c>
       <c r="G137" s="16">
-        <v>3.2158344537769952</v>
+        <v>3.056754224681951</v>
       </c>
       <c r="H137" s="16">
-        <v>8.8216350000000006</v>
+        <v>11.392487000000001</v>
       </c>
       <c r="I137" s="16">
-        <v>2.809388653263861</v>
+        <v>2.8681803260877903</v>
       </c>
       <c r="J137" s="16">
-        <v>-10.516292247095617</v>
+        <v>-7.0645919158135078</v>
       </c>
       <c r="K137" s="16">
-        <v>-1.0367350000000002</v>
+        <v>-0.86601299999999881</v>
       </c>
     </row>
     <row r="138" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="79"/>
       <c r="D138" s="16"/>
       <c r="E138" s="16">
         <v>0</v>
       </c>
       <c r="F138" s="16">
-        <v>9.9011759999999995</v>
+        <v>12.679967000000001</v>
       </c>
       <c r="G138" s="16">
-        <v>3.2297979193020638</v>
+        <v>3.1618503647328571</v>
       </c>
       <c r="H138" s="16">
-        <v>7.9600939999999989</v>
+        <v>9.2689459999999997</v>
       </c>
       <c r="I138" s="16">
-        <v>2.5350173479761673</v>
+        <v>2.3335561902129109</v>
       </c>
       <c r="J138" s="16">
-        <v>-19.60456010477948</v>
+        <v>-26.900866540110091</v>
       </c>
       <c r="K138" s="16">
-        <v>-1.9410820000000006</v>
+        <v>-3.4110210000000016</v>
       </c>
     </row>
     <row r="139" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="79"/>
       <c r="D139" s="16"/>
       <c r="E139" s="16">
         <v>0</v>
       </c>
       <c r="F139" s="16">
-        <v>3.5552570000000006</v>
+        <v>4.5499900000000002</v>
       </c>
       <c r="G139" s="16">
-        <v>1.1597371525548179</v>
+        <v>1.1345761026847192</v>
       </c>
       <c r="H139" s="16">
-        <v>3.142487</v>
+        <v>3.7157640000000001</v>
       </c>
       <c r="I139" s="16">
-        <v>1.0007744959782616</v>
+        <v>0.93548328834479</v>
       </c>
       <c r="J139" s="16">
-        <v>-11.610131138199023</v>
+        <v>-18.33467765863222</v>
       </c>
       <c r="K139" s="16">
-        <v>-0.41277000000000053</v>
+        <v>-0.83422600000000013</v>
       </c>
     </row>
     <row r="140" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="79"/>
       <c r="D140" s="16"/>
       <c r="E140" s="16">
         <v>0</v>
       </c>
       <c r="F140" s="16">
-        <v>1.657179</v>
+        <v>2.6565089999999993</v>
       </c>
       <c r="G140" s="16">
-        <v>0.54057753201347758</v>
+        <v>0.66242159388633381</v>
       </c>
       <c r="H140" s="16">
-        <v>2.0163829999999998</v>
+        <v>2.9324250000000003</v>
       </c>
       <c r="I140" s="16">
-        <v>0.64214893507089599</v>
+        <v>0.73826932545351931</v>
       </c>
       <c r="J140" s="16">
-        <v>21.675630695296032</v>
+        <v>10.386413145974698</v>
       </c>
       <c r="K140" s="16">
-        <v>0.35920399999999986</v>
+        <v>0.27591600000000094</v>
       </c>
     </row>
     <row r="141" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="79"/>
       <c r="D141" s="16"/>
       <c r="E141" s="16">
         <v>0</v>
       </c>
       <c r="F141" s="16">
-        <v>1.1713919999999998</v>
+        <v>1.5148170000000001</v>
       </c>
       <c r="G141" s="16">
-        <v>0.38211212933565497</v>
+        <v>0.37773163636415868</v>
       </c>
       <c r="H141" s="16">
-        <v>1.5289899999999998</v>
+        <v>2.0790550000000003</v>
       </c>
       <c r="I141" s="16">
-        <v>0.48693095519752411</v>
+        <v>0.52342431006104739</v>
       </c>
       <c r="J141" s="16">
-        <v>30.527611593727816</v>
+        <v>37.247931598338297</v>
       </c>
       <c r="K141" s="16">
-        <v>0.35759800000000008</v>
+        <v>0.56423800000000024</v>
       </c>
     </row>
     <row r="142" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="79"/>
       <c r="D142" s="16"/>
       <c r="E142" s="16">
         <v>0</v>
       </c>
       <c r="F142" s="16">
-        <v>1.5532559999999997</v>
+        <v>2.0987709999999997</v>
       </c>
       <c r="G142" s="16">
-        <v>0.50667748931474865</v>
+        <v>0.52334519891421971</v>
       </c>
       <c r="H142" s="16">
-        <v>1.4296209999999998</v>
+        <v>1.7270269999999999</v>
       </c>
       <c r="I142" s="16">
-        <v>0.45528533155902889</v>
+        <v>0.43479749979283866</v>
       </c>
       <c r="J142" s="16">
-        <v>-7.959731042403825</v>
+        <v>-17.712461245176339</v>
       </c>
       <c r="K142" s="16">
-        <v>-0.12363499999999994</v>
+        <v>-0.37174399999999985</v>
       </c>
     </row>
     <row r="143" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="15" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B143" s="5"/>
       <c r="C143" s="79"/>
       <c r="D143" s="16"/>
       <c r="E143" s="16">
         <v>0</v>
       </c>
       <c r="F143" s="16">
-        <v>0.95027399999999973</v>
+        <v>0.98582599999999987</v>
       </c>
       <c r="G143" s="16">
-        <v>0.30998267155001069</v>
+        <v>0.24582353389903402</v>
       </c>
       <c r="H143" s="16">
-        <v>0.95527699999999993</v>
+        <v>1.3679540000000001</v>
       </c>
       <c r="I143" s="16">
-        <v>0.30422301132657847</v>
+        <v>0.34439703550182649</v>
       </c>
       <c r="J143" s="16">
-        <v>0.52647973110915414</v>
+        <v>38.762215644545819</v>
       </c>
       <c r="K143" s="16">
-        <v>5.0030000000002017E-3</v>
+        <v>0.38212800000000025</v>
       </c>
     </row>
     <row r="144" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="15" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="B144" s="5"/>
       <c r="C144" s="79"/>
       <c r="D144" s="16"/>
       <c r="E144" s="16">
         <v>0</v>
       </c>
       <c r="F144" s="16">
-        <v>2.0980380000000003</v>
+        <v>1.3179509999999999</v>
       </c>
       <c r="G144" s="16">
-        <v>0.68438726541338779</v>
+        <v>0.3286415374779787</v>
       </c>
       <c r="H144" s="16">
-        <v>0.95444300000000015</v>
+        <v>1.2371119999999998</v>
       </c>
       <c r="I144" s="16">
-        <v>0.30395741088665762</v>
+        <v>0.3114561640111696</v>
       </c>
       <c r="J144" s="16">
-        <v>-54.507830649397192</v>
+        <v>-6.1336878229919103</v>
       </c>
       <c r="K144" s="16">
-        <v>-1.1435950000000001</v>
+        <v>-8.0839000000000105E-2</v>
       </c>
     </row>
     <row r="145" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="15" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="B145" s="5"/>
       <c r="C145" s="79"/>
       <c r="D145" s="16"/>
       <c r="E145" s="16">
         <v>0</v>
       </c>
       <c r="F145" s="16">
-        <v>0.78434000000000004</v>
+        <v>2.2239860000000005</v>
       </c>
       <c r="G145" s="16">
-        <v>0.25585442577986506</v>
+        <v>0.55456855252547332</v>
       </c>
       <c r="H145" s="16">
-        <v>0.59129600000000004</v>
+        <v>1.08003</v>
       </c>
       <c r="I145" s="16">
-        <v>0.1883075272464014</v>
+        <v>0.27190909215736614</v>
       </c>
       <c r="J145" s="16">
-        <v>-24.612285488436136</v>
+        <v>-51.437194298884982</v>
       </c>
       <c r="K145" s="16">
-        <v>-0.19304399999999999</v>
+        <v>-1.1439560000000004</v>
       </c>
     </row>
     <row r="146" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B146" s="5"/>
       <c r="C146" s="79"/>
       <c r="D146" s="16"/>
       <c r="E146" s="16">
         <v>0</v>
       </c>
       <c r="F146" s="16">
-        <v>0.30519499999999999</v>
+        <v>0.41721900000000006</v>
       </c>
       <c r="G146" s="16">
-        <v>9.9555666516926225E-2</v>
+        <v>0.10403686755048164</v>
       </c>
       <c r="H146" s="16">
-        <v>0.48081799999999997</v>
+        <v>0.54575399999999985</v>
       </c>
       <c r="I146" s="16">
-        <v>0.15312406753226845</v>
+        <v>0.1373994006474368</v>
       </c>
       <c r="J146" s="16">
-        <v>57.544520716263371</v>
+        <v>30.807561496480211</v>
       </c>
       <c r="K146" s="16">
-        <v>0.17562299999999997</v>
+        <v>0.12853499999999979</v>
       </c>
     </row>
     <row r="147" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B147" s="5"/>
       <c r="C147" s="79"/>
       <c r="D147" s="16"/>
       <c r="E147" s="16">
         <v>0</v>
       </c>
       <c r="F147" s="16">
-        <v>1.0149999999999998E-3</v>
+        <v>2.1450000000000002E-3</v>
       </c>
       <c r="G147" s="16">
-        <v>3.310965170290473E-4</v>
+        <v>5.3487276681019578E-4</v>
       </c>
       <c r="H147" s="16">
-        <v>0.19506499999999999</v>
+        <v>0.162825</v>
       </c>
       <c r="I147" s="16">
-        <v>6.2121522557770183E-2</v>
+        <v>4.099293346529554E-2</v>
       </c>
       <c r="J147" s="16" t="s">
         <v>145</v>
       </c>
       <c r="K147" s="16">
-        <v>0.19405</v>
+        <v>0.16067999999999999</v>
       </c>
     </row>
     <row r="148" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="79"/>
       <c r="D148" s="16"/>
       <c r="E148" s="16">
         <v>0</v>
       </c>
       <c r="F148" s="16">
-        <v>31.071102999999997</v>
+        <v>43.650570000000009</v>
       </c>
       <c r="G148" s="16">
-        <v>10.135501461626388</v>
+        <v>10.884615920159503</v>
       </c>
       <c r="H148" s="16">
-        <v>28.967057</v>
+        <v>36.289971999999999</v>
       </c>
       <c r="I148" s="16">
-        <v>9.2250156863492432</v>
+        <v>9.1363881937874289</v>
       </c>
       <c r="J148" s="16">
-        <v>-6.7717132539517406</v>
+        <v>-16.862547270287671</v>
       </c>
       <c r="K148" s="16">
-        <v>-2.1040459999999968</v>
+        <v>-7.3605980000000102</v>
       </c>
     </row>
     <row r="149" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B149" s="93"/>
       <c r="C149" s="94"/>
       <c r="D149" s="17"/>
       <c r="E149" s="17">
         <v>0</v>
       </c>
       <c r="F149" s="17">
-        <v>306.55713600000001</v>
+        <v>401.02995199999998</v>
       </c>
       <c r="G149" s="17">
         <v>100</v>
       </c>
       <c r="H149" s="17">
-        <v>314.00550400000003</v>
+        <v>397.202606</v>
       </c>
       <c r="I149" s="17">
         <v>100</v>
       </c>
       <c r="J149" s="17">
-        <v>2.4296834505917406</v>
+        <v>-0.95437908837292473</v>
       </c>
       <c r="K149" s="17">
-        <v>7.4483680000000163</v>
+        <v>-3.8273459999999773</v>
       </c>
     </row>
     <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E150" s="80"/>
       <c r="F150" s="80"/>
       <c r="G150" s="80"/>
       <c r="H150" s="80"/>
       <c r="I150" s="80"/>
     </row>
     <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E151" s="80"/>
       <c r="F151" s="80"/>
       <c r="G151" s="80"/>
       <c r="H151" s="80"/>
       <c r="I151" s="80"/>
     </row>
     <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E152" s="81"/>
       <c r="F152" s="82"/>
       <c r="G152" s="81"/>
       <c r="H152" s="82"/>
       <c r="I152" s="81"/>
     </row>
     <row r="153" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="46"/>
       <c r="E153" s="81"/>
       <c r="F153" s="82"/>
       <c r="G153" s="81"/>
       <c r="H153" s="82"/>
       <c r="I153" s="81"/>
     </row>
     <row r="154" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="46"/>
       <c r="E154" s="81"/>
       <c r="F154" s="82"/>
       <c r="G154" s="81"/>
       <c r="H154" s="82"/>
       <c r="I154" s="81"/>
     </row>
     <row r="155" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="46"/>
@@ -5717,593 +5717,593 @@
       </c>
       <c r="E157" s="13">
         <v>0</v>
       </c>
       <c r="F157" s="13" t="s">
         <v>112</v>
       </c>
       <c r="G157" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H157" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I157" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J157" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K157" s="13" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="158" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="79"/>
       <c r="D158" s="16"/>
       <c r="E158" s="16">
         <v>0</v>
       </c>
       <c r="F158" s="16">
-        <v>99.206327999999999</v>
+        <v>122.92510399999999</v>
       </c>
       <c r="G158" s="16">
-        <v>47.730938233441982</v>
+        <v>46.254703653485571</v>
       </c>
       <c r="H158" s="16">
-        <v>154.55870299999998</v>
+        <v>200.98012800000004</v>
       </c>
       <c r="I158" s="16">
-        <v>55.653642482789593</v>
+        <v>55.871456700941323</v>
       </c>
       <c r="J158" s="16">
-        <v>55.795205926783197</v>
+        <v>63.498033729546457</v>
       </c>
       <c r="K158" s="16">
-        <v>55.352374999999981</v>
+        <v>78.055024000000046</v>
       </c>
     </row>
     <row r="159" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="79"/>
       <c r="D159" s="16"/>
       <c r="E159" s="16">
         <v>0</v>
       </c>
       <c r="F159" s="16">
-        <v>48.650986999999994</v>
+        <v>65.653926999999996</v>
       </c>
       <c r="G159" s="16">
-        <v>23.407350138924489</v>
+        <v>24.704497602642462</v>
       </c>
       <c r="H159" s="16">
-        <v>59.366323000000001</v>
+        <v>77.04992799999998</v>
       </c>
       <c r="I159" s="16">
-        <v>21.376681167930151</v>
+        <v>21.419489373907876</v>
       </c>
       <c r="J159" s="16">
-        <v>22.024909792683157</v>
+        <v>17.357683722407018</v>
       </c>
       <c r="K159" s="16">
-        <v>10.715336000000008</v>
+        <v>11.396000999999984</v>
       </c>
     </row>
     <row r="160" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="79"/>
       <c r="D160" s="16"/>
       <c r="E160" s="16">
         <v>0</v>
       </c>
       <c r="F160" s="16">
-        <v>13.144760999999999</v>
+        <v>17.205718000000001</v>
       </c>
       <c r="G160" s="16">
-        <v>6.3243120477592623</v>
+        <v>6.4742299281312183</v>
       </c>
       <c r="H160" s="16">
-        <v>21.257385000000003</v>
+        <v>25.835934000000002</v>
       </c>
       <c r="I160" s="16">
-        <v>7.654379093159279</v>
+        <v>7.1822586748943538</v>
       </c>
       <c r="J160" s="16">
-        <v>61.717546633217637</v>
+        <v>50.158999467502611</v>
       </c>
       <c r="K160" s="16">
-        <v>8.1126240000000038</v>
+        <v>8.6302160000000008</v>
       </c>
     </row>
     <row r="161" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B161" s="5"/>
       <c r="C161" s="79"/>
       <c r="D161" s="16"/>
       <c r="E161" s="16">
         <v>0</v>
       </c>
       <c r="F161" s="16">
-        <v>16.080426999999997</v>
+        <v>19.91628</v>
       </c>
       <c r="G161" s="16">
-        <v>7.7367430422822698</v>
+        <v>7.4941700214452673</v>
       </c>
       <c r="H161" s="16">
-        <v>15.913774000000002</v>
+        <v>20.031627</v>
       </c>
       <c r="I161" s="16">
-        <v>5.7302466412901554</v>
+        <v>5.5686907542416684</v>
       </c>
       <c r="J161" s="16">
-        <v>-1.0363717331635216</v>
+        <v>0.57915936108550325</v>
       </c>
       <c r="K161" s="16">
-        <v>-0.16665299999999483</v>
+        <v>0.11534699999999987</v>
       </c>
     </row>
     <row r="162" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B162" s="5"/>
       <c r="C162" s="79"/>
       <c r="D162" s="16"/>
       <c r="E162" s="16">
         <v>0</v>
       </c>
       <c r="F162" s="16">
-        <v>5.5928800000000001</v>
+        <v>7.1147069999999992</v>
       </c>
       <c r="G162" s="16">
-        <v>2.6908909462615429</v>
+        <v>2.6771477359610727</v>
       </c>
       <c r="H162" s="16">
-        <v>5.057055000000001</v>
+        <v>7.4812720000000006</v>
       </c>
       <c r="I162" s="16">
-        <v>1.8209490990992825</v>
+        <v>2.0797556891593016</v>
       </c>
       <c r="J162" s="16">
-        <v>-9.5804844731158028</v>
+        <v>5.1522149822895225</v>
       </c>
       <c r="K162" s="16">
-        <v>-0.53582499999999911</v>
+        <v>0.36656500000000136</v>
       </c>
     </row>
     <row r="163" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B163" s="5"/>
       <c r="C163" s="79"/>
       <c r="D163" s="16"/>
       <c r="E163" s="16">
         <v>0</v>
       </c>
       <c r="F163" s="16">
-        <v>5.9824959999999994</v>
+        <v>7.9462090000000014</v>
       </c>
       <c r="G163" s="16">
-        <v>2.878346097618024</v>
+        <v>2.9900283221534636</v>
       </c>
       <c r="H163" s="16">
-        <v>5.047280999999999</v>
+        <v>6.2866299999999997</v>
       </c>
       <c r="I163" s="16">
-        <v>1.8174296680283135</v>
+        <v>1.7476512694819195</v>
       </c>
       <c r="J163" s="16">
-        <v>-15.632521944018023</v>
+        <v>-20.885166750585107</v>
       </c>
       <c r="K163" s="16">
-        <v>-0.93521500000000035</v>
+        <v>-1.6595790000000017</v>
       </c>
     </row>
     <row r="164" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B164" s="5"/>
       <c r="C164" s="79"/>
       <c r="D164" s="16"/>
       <c r="E164" s="16">
         <v>0</v>
       </c>
       <c r="F164" s="16">
-        <v>3.8451460000000002</v>
+        <v>5.0577950000000005</v>
       </c>
       <c r="G164" s="16">
-        <v>1.8500072518011805</v>
+        <v>1.9031654336861992</v>
       </c>
       <c r="H164" s="16">
-        <v>3.8875000000000002</v>
+        <v>4.794899</v>
       </c>
       <c r="I164" s="16">
-        <v>1.3998146396961195</v>
+        <v>1.3329576139183612</v>
       </c>
       <c r="J164" s="16">
-        <v>1.1014926351301095</v>
+        <v>-5.1978381883805183</v>
       </c>
       <c r="K164" s="16">
-        <v>4.2354000000000003E-2</v>
+        <v>-0.26289600000000046</v>
       </c>
     </row>
     <row r="165" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B165" s="5"/>
       <c r="C165" s="79"/>
       <c r="D165" s="16"/>
       <c r="E165" s="16">
         <v>0</v>
       </c>
       <c r="F165" s="16">
-        <v>0.71725099999999997</v>
+        <v>0.97554799999999997</v>
       </c>
       <c r="G165" s="16">
-        <v>0.34508951060938869</v>
+        <v>0.36708273714171963</v>
       </c>
       <c r="H165" s="16">
-        <v>2.3747919999999998</v>
+        <v>3.108603</v>
       </c>
       <c r="I165" s="16">
-        <v>0.85511732677382035</v>
+        <v>0.86417587471591362</v>
       </c>
       <c r="J165" s="16">
-        <v>231.09636654392949</v>
+        <v>218.65197817021817</v>
       </c>
       <c r="K165" s="16">
-        <v>1.6575409999999997</v>
+        <v>2.1330550000000001</v>
       </c>
     </row>
     <row r="166" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B166" s="5"/>
       <c r="C166" s="79"/>
       <c r="D166" s="16"/>
       <c r="E166" s="16">
         <v>0</v>
       </c>
       <c r="F166" s="16">
-        <v>2.261844</v>
+        <v>3.6030620000000004</v>
       </c>
       <c r="G166" s="16">
-        <v>1.0882363900988388</v>
+        <v>1.3557732280229358</v>
       </c>
       <c r="H166" s="16">
-        <v>1.9729589999999999</v>
+        <v>2.926866</v>
       </c>
       <c r="I166" s="16">
-        <v>0.71042492391516809</v>
+        <v>0.81365391004456566</v>
       </c>
       <c r="J166" s="16">
-        <v>-12.772100993702487</v>
+        <v>-18.767259625285394</v>
       </c>
       <c r="K166" s="16">
-        <v>-0.28888500000000006</v>
+        <v>-0.67619600000000046</v>
       </c>
     </row>
     <row r="167" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B167" s="5"/>
       <c r="C167" s="79"/>
       <c r="D167" s="16"/>
       <c r="E167" s="16">
         <v>0</v>
       </c>
       <c r="F167" s="16">
-        <v>1.539202</v>
+        <v>1.9881169999999999</v>
       </c>
       <c r="G167" s="16">
-        <v>0.74055311865580153</v>
+        <v>0.74809587033952629</v>
       </c>
       <c r="H167" s="16">
-        <v>1.5888230000000001</v>
+        <v>2.0434890000000001</v>
       </c>
       <c r="I167" s="16">
-        <v>0.57210487338544258</v>
+        <v>0.56807958238711975</v>
       </c>
       <c r="J167" s="16">
-        <v>3.2238133786208789</v>
+        <v>2.7851479565840545</v>
       </c>
       <c r="K167" s="16">
-        <v>4.9621000000000137E-2</v>
+        <v>5.5372000000000199E-2</v>
       </c>
     </row>
     <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B168" s="5"/>
       <c r="C168" s="79"/>
       <c r="D168" s="16"/>
       <c r="E168" s="16">
         <v>0</v>
       </c>
       <c r="F168" s="16">
-        <v>2.2714940000000001</v>
+        <v>3.0422469999999997</v>
       </c>
       <c r="G168" s="16">
-        <v>1.0928792749151452</v>
+        <v>1.1447477272478495</v>
       </c>
       <c r="H168" s="16">
-        <v>1.54887</v>
+        <v>1.8662270000000001</v>
       </c>
       <c r="I168" s="16">
-        <v>0.55771855973919704</v>
+        <v>0.51880164502944104</v>
       </c>
       <c r="J168" s="16">
-        <v>-31.81271885375881</v>
+        <v>-38.656295823448907</v>
       </c>
       <c r="K168" s="16">
-        <v>-0.72262400000000016</v>
+        <v>-1.1760199999999996</v>
       </c>
     </row>
     <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B169" s="5"/>
       <c r="C169" s="79"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16">
         <v>0</v>
       </c>
       <c r="F169" s="16">
-        <v>1.625354</v>
+        <v>1.732434</v>
       </c>
       <c r="G169" s="16">
-        <v>0.78200325468631249</v>
+        <v>0.65188654442157423</v>
       </c>
       <c r="H169" s="16">
-        <v>1.0798639999999999</v>
+        <v>1.63741</v>
       </c>
       <c r="I169" s="16">
-        <v>0.38883844014940461</v>
+        <v>0.45519167903350288</v>
       </c>
       <c r="J169" s="16">
-        <v>-33.56130418358093</v>
+        <v>-5.4849997171609415</v>
       </c>
       <c r="K169" s="16">
-        <v>-0.54549000000000003</v>
+        <v>-9.5023999999999997E-2</v>
       </c>
     </row>
     <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="15" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="B170" s="5"/>
       <c r="C170" s="79"/>
       <c r="D170" s="16"/>
       <c r="E170" s="16">
         <v>0</v>
       </c>
       <c r="F170" s="16">
-        <v>1.1578179999999998</v>
+        <v>3.4784029999999997</v>
       </c>
       <c r="G170" s="16">
-        <v>0.55705861266800771</v>
+        <v>1.3088660876983693</v>
       </c>
       <c r="H170" s="16">
-        <v>0.59682699999999989</v>
+        <v>0.94281599999999988</v>
       </c>
       <c r="I170" s="16">
-        <v>0.21490602494300082</v>
+        <v>0.26209806832720639</v>
       </c>
       <c r="J170" s="16">
-        <v>-48.452433802203807</v>
+        <v>-72.895147572032343</v>
       </c>
       <c r="K170" s="16">
-        <v>-0.56099099999999991</v>
+        <v>-2.5355869999999996</v>
       </c>
     </row>
     <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="15" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B171" s="5"/>
       <c r="C171" s="79"/>
       <c r="D171" s="16"/>
       <c r="E171" s="16">
         <v>0</v>
       </c>
       <c r="F171" s="16">
-        <v>2.8110619999999997</v>
+        <v>1.3247340000000001</v>
       </c>
       <c r="G171" s="16">
-        <v>1.3524805261653861</v>
+        <v>0.49847571078480901</v>
       </c>
       <c r="H171" s="16">
-        <v>0.44298999999999999</v>
+        <v>0.83050700000000011</v>
       </c>
       <c r="I171" s="16">
-        <v>0.15951225395215021</v>
+        <v>0.23087673568567274</v>
       </c>
       <c r="J171" s="16">
-        <v>-84.2411871385263</v>
+        <v>-37.307640628231773</v>
       </c>
       <c r="K171" s="16">
-        <v>-2.3680719999999997</v>
+        <v>-0.49422699999999997</v>
       </c>
     </row>
     <row r="172" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B172" s="5"/>
       <c r="C172" s="79"/>
       <c r="D172" s="16"/>
       <c r="E172" s="16">
         <v>0</v>
       </c>
       <c r="F172" s="16">
-        <v>5.0192999999999995E-2</v>
+        <v>8.0667000000000003E-2</v>
       </c>
       <c r="G172" s="16">
-        <v>2.4149255708276526E-2</v>
+        <v>3.0353671123318486E-2</v>
       </c>
       <c r="H172" s="16">
-        <v>0.29983199999999999</v>
+        <v>0.37110100000000001</v>
       </c>
       <c r="I172" s="16">
-        <v>0.10796378727957991</v>
+        <v>0.10316419667707658</v>
       </c>
       <c r="J172" s="16">
-        <v>497.35819735819746</v>
+        <v>360.04066098900421</v>
       </c>
       <c r="K172" s="16">
-        <v>0.249639</v>
+        <v>0.29043400000000003</v>
       </c>
     </row>
     <row r="173" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B173" s="5"/>
       <c r="C173" s="79"/>
       <c r="D173" s="16"/>
       <c r="E173" s="16">
         <v>0</v>
       </c>
       <c r="F173" s="16">
-        <v>1.8179999999999998E-2</v>
+        <v>0.17881799999999998</v>
       </c>
       <c r="G173" s="16">
-        <v>8.7469063171451648E-3</v>
+        <v>6.7286285134312215E-2</v>
       </c>
       <c r="H173" s="16">
-        <v>9.7757000000000011E-2</v>
+        <v>0.145651</v>
       </c>
       <c r="I173" s="16">
-        <v>3.5200432085600919E-2</v>
+        <v>4.0490239611892395E-2</v>
       </c>
       <c r="J173" s="16">
-        <v>437.71727172717283</v>
+        <v>-18.54790904718763</v>
       </c>
       <c r="K173" s="16">
-        <v>7.9577000000000009E-2</v>
+        <v>-3.3166999999999974E-2</v>
       </c>
     </row>
     <row r="174" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B174" s="5"/>
       <c r="C174" s="79"/>
       <c r="D174" s="16"/>
       <c r="E174" s="16">
         <v>0</v>
       </c>
       <c r="F174" s="16">
-        <v>2.8894920000000002</v>
+        <v>3.5332109999999997</v>
       </c>
       <c r="G174" s="16">
-        <v>1.3902153920869318</v>
+        <v>1.3294894405803017</v>
       </c>
       <c r="H174" s="16">
-        <v>2.6246060000000004</v>
+        <v>3.3857019999999998</v>
       </c>
       <c r="I174" s="16">
-        <v>0.94507058578373604</v>
+        <v>0.94120799194281746</v>
       </c>
       <c r="J174" s="16">
-        <v>-9.1672169364026512</v>
+        <v>-4.174927565888364</v>
       </c>
       <c r="K174" s="16">
-        <v>-0.26488599999999973</v>
+        <v>-0.14750899999999989</v>
       </c>
     </row>
     <row r="175" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B175" s="93"/>
       <c r="C175" s="94"/>
       <c r="D175" s="17"/>
       <c r="E175" s="17">
         <v>0</v>
       </c>
       <c r="F175" s="17">
-        <v>207.84491500000001</v>
+        <v>265.75698100000005</v>
       </c>
       <c r="G175" s="17">
         <v>100</v>
       </c>
       <c r="H175" s="17">
-        <v>277.71534100000002</v>
+        <v>359.71878999999996</v>
       </c>
       <c r="I175" s="17">
         <v>100</v>
       </c>
       <c r="J175" s="17">
-        <v>33.616615542410557</v>
+        <v>35.356290038529551</v>
       </c>
       <c r="K175" s="17">
-        <v>69.870426000000009</v>
+        <v>93.961808999999903</v>
       </c>
     </row>
     <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="80"/>
       <c r="F176" s="80"/>
       <c r="G176" s="80"/>
       <c r="H176" s="80"/>
       <c r="I176" s="80"/>
     </row>
     <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E177" s="80"/>
       <c r="F177" s="80"/>
       <c r="G177" s="80"/>
       <c r="H177" s="80"/>
       <c r="I177" s="80"/>
     </row>
     <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E178" s="81"/>
       <c r="F178" s="82"/>
       <c r="G178" s="81"/>
       <c r="H178" s="82"/>
       <c r="I178" s="81"/>
     </row>
     <row r="179" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="46"/>
     </row>
     <row r="180" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A180" s="46"/>
     </row>
     <row r="181" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B181" s="37"/>
       <c r="C181" s="37"/>
       <c r="D181" s="37"/>
       <c r="E181" s="37"/>
       <c r="F181" s="37"/>
       <c r="G181" s="37"/>
       <c r="H181" s="37"/>
       <c r="I181" s="37"/>
@@ -6580,64 +6580,64 @@
         <v>145</v>
       </c>
       <c r="K192" s="16">
         <v>8.180242999999999</v>
       </c>
     </row>
     <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="95" t="s">
         <v>157</v>
       </c>
       <c r="B193" s="93"/>
       <c r="C193" s="93"/>
       <c r="D193" s="96"/>
       <c r="E193" s="96"/>
       <c r="F193" s="96"/>
       <c r="G193" s="17">
         <v>431.56422999999995</v>
       </c>
       <c r="H193" s="17">
         <v>363.74702400000007</v>
       </c>
       <c r="I193" s="17">
         <v>77.32021859462337</v>
       </c>
       <c r="J193" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K193" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="46"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="46"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="46"/>
     </row>
     <row r="199" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B199" s="37"/>
       <c r="C199" s="37"/>
       <c r="D199" s="37"/>
       <c r="E199" s="37"/>
       <c r="F199" s="37"/>
       <c r="G199" s="37"/>
       <c r="H199" s="37"/>
       <c r="I199" s="37"/>
       <c r="J199" s="37"/>
       <c r="K199" s="37"/>
@@ -6912,64 +6912,64 @@
         <v>531.70820635784958</v>
       </c>
       <c r="K210" s="16">
         <v>3.339521</v>
       </c>
     </row>
     <row r="211" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A211" s="95" t="s">
         <v>157</v>
       </c>
       <c r="B211" s="93"/>
       <c r="C211" s="93"/>
       <c r="D211" s="96"/>
       <c r="E211" s="96"/>
       <c r="F211" s="96"/>
       <c r="G211" s="17">
         <v>234.82027400000001</v>
       </c>
       <c r="H211" s="17">
         <v>229.22990300000001</v>
       </c>
       <c r="I211" s="17">
         <v>70.658924728716855</v>
       </c>
       <c r="J211" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K211" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="212" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A212" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A214" s="46"/>
     </row>
     <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B215" s="37"/>
       <c r="C215" s="37"/>
       <c r="D215" s="37"/>
       <c r="E215" s="37"/>
       <c r="F215" s="37"/>
       <c r="G215" s="37"/>
       <c r="H215" s="37"/>
       <c r="I215" s="37"/>
       <c r="J215" s="37"/>
       <c r="K215" s="37"/>
     </row>
     <row r="216" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A216" s="23"/>
       <c r="B216" s="23"/>
       <c r="C216" s="23"/>
       <c r="D216" s="23"/>
@@ -6979,323 +6979,323 @@
         <v>112</v>
       </c>
       <c r="H216" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I216" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J216" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K216" s="13" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A217" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B217" s="5"/>
       <c r="C217" s="5"/>
       <c r="D217" s="37"/>
       <c r="E217" s="5"/>
       <c r="F217" s="5"/>
       <c r="G217" s="16">
-        <v>49.123010000000001</v>
+        <v>62.441496000000001</v>
       </c>
       <c r="H217" s="16">
-        <v>53.000078999999999</v>
+        <v>67.906627999999998</v>
       </c>
       <c r="I217" s="16">
-        <v>16.878710189742403</v>
+        <v>17.096219152197605</v>
       </c>
       <c r="J217" s="16">
-        <v>7.8925721367644179</v>
+        <v>8.7524040103074991</v>
       </c>
       <c r="K217" s="16">
-        <v>3.8770689999999988</v>
+        <v>5.465131999999997</v>
       </c>
     </row>
     <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A218" s="3" t="s">
         <v>147</v>
       </c>
       <c r="B218" s="5"/>
       <c r="C218" s="5"/>
       <c r="D218" s="37"/>
       <c r="E218" s="5"/>
       <c r="F218" s="5"/>
       <c r="G218" s="16">
-        <v>51.490774999999999</v>
+        <v>69.69954700000001</v>
       </c>
       <c r="H218" s="16">
-        <v>46.874502</v>
+        <v>59.422395999999999</v>
       </c>
       <c r="I218" s="16">
-        <v>14.927923683783579</v>
+        <v>14.960223095817252</v>
       </c>
       <c r="J218" s="16">
-        <v>-8.9652428032011553</v>
+        <v>-14.744932273376193</v>
       </c>
       <c r="K218" s="16">
-        <v>-4.6162729999999996</v>
+        <v>-10.277151000000011</v>
       </c>
     </row>
     <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A219" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B219" s="5"/>
       <c r="C219" s="5"/>
       <c r="D219" s="37"/>
       <c r="E219" s="5"/>
       <c r="F219" s="5"/>
       <c r="G219" s="16">
-        <v>44.700972999999998</v>
+        <v>56.609230000000004</v>
       </c>
       <c r="H219" s="16">
-        <v>42.642052999999997</v>
+        <v>52.494294000000004</v>
       </c>
       <c r="I219" s="16">
-        <v>13.580033616226036</v>
+        <v>13.215999393518581</v>
       </c>
       <c r="J219" s="16">
-        <v>-4.6059847511596681</v>
+        <v>-7.269019557411398</v>
       </c>
       <c r="K219" s="16">
-        <v>-2.0589200000000005</v>
+        <v>-4.1149360000000001</v>
       </c>
     </row>
     <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A220" s="3" t="s">
         <v>150</v>
       </c>
       <c r="B220" s="5"/>
       <c r="C220" s="5"/>
       <c r="D220" s="37"/>
       <c r="E220" s="5"/>
       <c r="F220" s="5"/>
       <c r="G220" s="16">
-        <v>27.690472000000003</v>
+        <v>39.558641000000001</v>
       </c>
       <c r="H220" s="16">
-        <v>26.359802999999999</v>
+        <v>32.828830000000004</v>
       </c>
       <c r="I220" s="16">
-        <v>8.3946945719779489</v>
+        <v>8.2650087144695128</v>
       </c>
       <c r="J220" s="16">
-        <v>-4.8055121631729634</v>
+        <v>-17.012240132313945</v>
       </c>
       <c r="K220" s="16">
-        <v>-1.3306690000000039</v>
+        <v>-6.729810999999998</v>
       </c>
     </row>
     <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A221" s="3" t="s">
         <v>151</v>
       </c>
       <c r="B221" s="5"/>
       <c r="C221" s="5"/>
       <c r="D221" s="37"/>
       <c r="E221" s="5"/>
       <c r="F221" s="5"/>
       <c r="G221" s="16">
-        <v>18.808087</v>
+        <v>26.376332999999999</v>
       </c>
       <c r="H221" s="16">
-        <v>20.388630000000003</v>
+        <v>26.265544999999999</v>
       </c>
       <c r="I221" s="16">
-        <v>6.4930804525006032</v>
+        <v>6.61263158983403</v>
       </c>
       <c r="J221" s="16">
-        <v>8.4035287586664307</v>
+        <v>-0.42002806076189375</v>
       </c>
       <c r="K221" s="16">
-        <v>1.5805430000000023</v>
+        <v>-0.11078799999999944</v>
       </c>
     </row>
     <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A222" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B222" s="5"/>
       <c r="C222" s="5"/>
       <c r="D222" s="37"/>
       <c r="E222" s="5"/>
       <c r="F222" s="5"/>
       <c r="G222" s="16">
-        <v>7.7916800000000004</v>
+        <v>11.297746</v>
       </c>
       <c r="H222" s="16">
-        <v>19.100172999999998</v>
+        <v>24.621036</v>
       </c>
       <c r="I222" s="16">
-        <v>6.0827510208228697</v>
+        <v>6.1986088782106323</v>
       </c>
       <c r="J222" s="16">
-        <v>145.13549067723517</v>
+        <v>117.92874437077981</v>
       </c>
       <c r="K222" s="16">
-        <v>11.308492999999999</v>
+        <v>13.32329</v>
       </c>
     </row>
     <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A223" s="3" t="s">
         <v>152</v>
       </c>
       <c r="B223" s="5"/>
       <c r="C223" s="5"/>
       <c r="D223" s="37"/>
       <c r="E223" s="5"/>
       <c r="F223" s="5"/>
       <c r="G223" s="16">
-        <v>12.008567999999999</v>
+        <v>15.164237</v>
       </c>
       <c r="H223" s="16">
-        <v>8.4746360000000003</v>
+        <v>10.767588999999999</v>
       </c>
       <c r="I223" s="16">
-        <v>2.698881354640204</v>
+        <v>2.7108555778206549</v>
       </c>
       <c r="J223" s="16">
-        <v>-29.428421440424856</v>
+        <v>-28.993532612290355</v>
       </c>
       <c r="K223" s="16">
-        <v>-3.5339319999999983</v>
+        <v>-4.3966480000000008</v>
       </c>
     </row>
     <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A224" s="3" t="s">
         <v>153</v>
       </c>
       <c r="B224" s="5"/>
       <c r="C224" s="5"/>
       <c r="D224" s="37"/>
       <c r="E224" s="5"/>
       <c r="F224" s="5"/>
       <c r="G224" s="16">
-        <v>11.982968999999999</v>
+        <v>13.860422</v>
       </c>
       <c r="H224" s="16">
-        <v>8.138167000000001</v>
+        <v>9.980853999999999</v>
       </c>
       <c r="I224" s="16">
-        <v>2.5917275004198652</v>
+        <v>2.5127866356445807</v>
       </c>
       <c r="J224" s="16">
-        <v>-32.085554089307898</v>
+        <v>-27.990258882449616</v>
       </c>
       <c r="K224" s="16">
-        <v>-3.8448019999999978</v>
+        <v>-3.8795680000000008</v>
       </c>
     </row>
     <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A225" s="3" t="s">
         <v>166</v>
       </c>
       <c r="B225" s="5"/>
       <c r="C225" s="5"/>
       <c r="D225" s="37"/>
       <c r="E225" s="5"/>
       <c r="F225" s="5"/>
       <c r="G225" s="16">
-        <v>2.7843110000000002</v>
+        <v>3.25936</v>
       </c>
       <c r="H225" s="16">
-        <v>5.6896840000000006</v>
+        <v>7.559952</v>
       </c>
       <c r="I225" s="16">
-        <v>1.8119695124834498</v>
+        <v>1.9032986908449439</v>
       </c>
       <c r="J225" s="16">
-        <v>104.3480056645971</v>
+        <v>131.94590349025574</v>
       </c>
       <c r="K225" s="16">
-        <v>2.9053730000000004</v>
+        <v>4.300592</v>
       </c>
     </row>
     <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="3" t="s">
         <v>156</v>
       </c>
       <c r="B226" s="5"/>
       <c r="C226" s="5"/>
       <c r="D226" s="37"/>
       <c r="E226" s="5"/>
       <c r="F226" s="5"/>
       <c r="G226" s="16">
-        <v>4.4455219999999995</v>
+        <v>6.4063980000000003</v>
       </c>
       <c r="H226" s="16">
-        <v>5.3073620000000004</v>
+        <v>6.4280649999999993</v>
       </c>
       <c r="I226" s="16">
-        <v>1.6902130479852988</v>
+        <v>1.6183340448677717</v>
       </c>
       <c r="J226" s="16">
-        <v>19.38669969465905</v>
+        <v>0.33820877191830717</v>
       </c>
       <c r="K226" s="16">
-        <v>0.86184000000000083</v>
+        <v>2.1666999999998993E-2</v>
       </c>
     </row>
     <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A227" s="95" t="s">
         <v>157</v>
       </c>
       <c r="B227" s="93"/>
       <c r="C227" s="93"/>
       <c r="D227" s="96"/>
       <c r="E227" s="96"/>
       <c r="F227" s="96"/>
       <c r="G227" s="17">
-        <v>230.82636700000003</v>
+        <v>304.67341000000005</v>
       </c>
       <c r="H227" s="17">
-        <v>235.97508900000005</v>
+        <v>298.27518900000001</v>
       </c>
       <c r="I227" s="17">
-        <v>75.149984950582279</v>
+        <v>75.093965773225563</v>
       </c>
       <c r="J227" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K227" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A230" s="46"/>
     </row>
     <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A231" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B231" s="37"/>
       <c r="C231" s="37"/>
       <c r="D231" s="37"/>
       <c r="E231" s="37"/>
       <c r="F231" s="37"/>
       <c r="G231" s="37"/>
       <c r="H231" s="37"/>
       <c r="I231" s="37"/>
       <c r="J231" s="37"/>
       <c r="K231" s="37"/>
     </row>
     <row r="232" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A232" s="23"/>
       <c r="B232" s="23"/>
       <c r="C232" s="23"/>
       <c r="D232" s="23"/>
@@ -7305,746 +7305,746 @@
         <v>112</v>
       </c>
       <c r="H232" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I232" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J232" s="13" t="s">
         <v>118</v>
       </c>
       <c r="K232" s="13" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A233" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B233" s="5"/>
       <c r="C233" s="5"/>
       <c r="D233" s="37"/>
       <c r="E233" s="5"/>
       <c r="F233" s="5"/>
       <c r="G233" s="16">
-        <v>78.922107999999994</v>
+        <v>97.291311000000007</v>
       </c>
       <c r="H233" s="16">
-        <v>136.11733600000002</v>
+        <v>168.874638</v>
       </c>
       <c r="I233" s="16">
-        <v>49.013257787584742</v>
+        <v>46.946293242007187</v>
       </c>
       <c r="J233" s="16">
-        <v>72.470476840279062</v>
+        <v>73.576279591915451</v>
       </c>
       <c r="K233" s="16">
-        <v>57.195228000000029</v>
+        <v>71.583326999999997</v>
       </c>
     </row>
     <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A234" s="3" t="s">
         <v>159</v>
       </c>
       <c r="B234" s="5"/>
       <c r="C234" s="5"/>
       <c r="D234" s="37"/>
       <c r="E234" s="5"/>
       <c r="F234" s="5"/>
       <c r="G234" s="16">
-        <v>17.904584</v>
+        <v>23.494595</v>
       </c>
       <c r="H234" s="16">
-        <v>20.684631</v>
+        <v>27.267946999999999</v>
       </c>
       <c r="I234" s="16">
-        <v>7.4481412965947733</v>
+        <v>7.5803510292025615</v>
       </c>
       <c r="J234" s="16">
-        <v>15.527012523720183</v>
+        <v>16.060510938792515</v>
       </c>
       <c r="K234" s="16">
-        <v>2.7800469999999997</v>
+        <v>3.7733519999999992</v>
       </c>
     </row>
     <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A235" s="3" t="s">
         <v>149</v>
       </c>
       <c r="B235" s="5"/>
       <c r="C235" s="5"/>
       <c r="D235" s="37"/>
       <c r="E235" s="5"/>
       <c r="F235" s="5"/>
       <c r="G235" s="16">
-        <v>20.043538000000002</v>
+        <v>25.308063999999998</v>
       </c>
       <c r="H235" s="16">
-        <v>18.149956999999997</v>
+        <v>23.889932000000002</v>
       </c>
       <c r="I235" s="16">
-        <v>6.5354535095704325</v>
+        <v>6.6412799842899526</v>
       </c>
       <c r="J235" s="16">
-        <v>-9.4473390875403567</v>
+        <v>-5.6034787963235608</v>
       </c>
       <c r="K235" s="16">
-        <v>-1.8935810000000046</v>
+        <v>-1.4181319999999964</v>
       </c>
     </row>
     <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A236" s="3" t="s">
         <v>160</v>
       </c>
       <c r="B236" s="5"/>
       <c r="C236" s="5"/>
       <c r="D236" s="37"/>
       <c r="E236" s="5"/>
       <c r="F236" s="5"/>
       <c r="G236" s="16">
-        <v>10.019416</v>
+        <v>13.253990999999999</v>
       </c>
       <c r="H236" s="16">
-        <v>11.643894</v>
+        <v>15.194426999999999</v>
       </c>
       <c r="I236" s="16">
-        <v>4.1927442531883745</v>
+        <v>4.2239736767712355</v>
       </c>
       <c r="J236" s="16">
-        <v>16.213300256222517</v>
+        <v>14.640390203977052</v>
       </c>
       <c r="K236" s="16">
-        <v>1.6244779999999999</v>
+        <v>1.940436</v>
       </c>
     </row>
     <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A237" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B237" s="5"/>
       <c r="C237" s="5"/>
       <c r="D237" s="37"/>
       <c r="E237" s="5"/>
       <c r="F237" s="5"/>
       <c r="G237" s="16">
-        <v>8.0271229999999996</v>
+        <v>10.189958000000001</v>
       </c>
       <c r="H237" s="16">
-        <v>10.026566000000001</v>
+        <v>12.465978</v>
       </c>
       <c r="I237" s="16">
-        <v>3.6103752727149487</v>
+        <v>3.4654786868375713</v>
       </c>
       <c r="J237" s="16">
-        <v>24.908588045804223</v>
+        <v>22.335911492471304</v>
       </c>
       <c r="K237" s="16">
-        <v>1.9994430000000012</v>
+        <v>2.276019999999999</v>
       </c>
     </row>
     <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A238" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B238" s="5"/>
       <c r="C238" s="5"/>
       <c r="D238" s="37"/>
       <c r="E238" s="5"/>
       <c r="F238" s="5"/>
       <c r="G238" s="16">
-        <v>3.680361</v>
+        <v>4.3041270000000003</v>
       </c>
       <c r="H238" s="16">
-        <v>4.1938810000000002</v>
+        <v>5.3742169999999998</v>
       </c>
       <c r="I238" s="16">
-        <v>1.5101365970272416</v>
+        <v>1.4940050810245415</v>
       </c>
       <c r="J238" s="16">
-        <v>13.952979069172839</v>
+        <v>24.861952261167001</v>
       </c>
       <c r="K238" s="16">
-        <v>0.5135200000000002</v>
+        <v>1.0700899999999995</v>
       </c>
     </row>
     <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A239" s="3" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B239" s="5"/>
       <c r="C239" s="5"/>
       <c r="D239" s="37"/>
       <c r="E239" s="5"/>
       <c r="F239" s="5"/>
       <c r="G239" s="16">
-        <v>1.5115909999999999</v>
+        <v>4.8092269999999999</v>
       </c>
       <c r="H239" s="16">
-        <v>4.070468</v>
+        <v>5.3671239999999996</v>
       </c>
       <c r="I239" s="16">
-        <v>1.4656979284410505</v>
+        <v>1.4920332629830095</v>
       </c>
       <c r="J239" s="16">
-        <v>169.28368851097952</v>
+        <v>11.600554517389169</v>
       </c>
       <c r="K239" s="16">
-        <v>2.5588769999999998</v>
+        <v>0.55789699999999964</v>
       </c>
     </row>
     <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A240" s="3" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B240" s="5"/>
       <c r="C240" s="5"/>
       <c r="D240" s="37"/>
       <c r="E240" s="5"/>
       <c r="F240" s="5"/>
       <c r="G240" s="16">
-        <v>3.5468380000000002</v>
+        <v>2.380636</v>
       </c>
       <c r="H240" s="16">
-        <v>4.0633800000000004</v>
+        <v>4.9630150000000004</v>
       </c>
       <c r="I240" s="16">
-        <v>1.4631456747648666</v>
+        <v>1.3796930096423379</v>
       </c>
       <c r="J240" s="16">
-        <v>14.563450600224769</v>
+        <v>108.47433206924538</v>
       </c>
       <c r="K240" s="16">
-        <v>0.51654200000000028</v>
+        <v>2.5823790000000004</v>
       </c>
     </row>
     <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A241" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B241" s="5"/>
       <c r="C241" s="5"/>
       <c r="D241" s="37"/>
       <c r="E241" s="5"/>
       <c r="F241" s="5"/>
       <c r="G241" s="16">
-        <v>1.323121</v>
+        <v>4.7085000000000002E-2</v>
       </c>
       <c r="H241" s="16">
-        <v>4.0318659999999999</v>
+        <v>4.9331019999999999</v>
       </c>
       <c r="I241" s="16">
-        <v>1.4517980841396874</v>
-[...2 lines deleted...]
-        <v>204.72390658148421</v>
+        <v>1.3713773472884196</v>
+      </c>
+      <c r="J241" s="16" t="s">
+        <v>145</v>
       </c>
       <c r="K241" s="16">
-        <v>2.708745</v>
+        <v>4.8860169999999998</v>
       </c>
     </row>
     <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A242" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="B242" s="5"/>
       <c r="C242" s="5"/>
       <c r="D242" s="37"/>
       <c r="E242" s="5"/>
       <c r="F242" s="5"/>
       <c r="G242" s="16">
-        <v>3.1687759999999998</v>
+        <v>1.804551</v>
       </c>
       <c r="H242" s="16">
-        <v>3.1833420000000001</v>
+        <v>4.2663649999999995</v>
       </c>
       <c r="I242" s="16">
-        <v>1.1462607677838006</v>
+        <v>1.1860278413590795</v>
       </c>
       <c r="J242" s="16">
-        <v>0.45967275692571208</v>
+        <v>136.42252283254945</v>
       </c>
       <c r="K242" s="16">
-        <v>1.4566000000000301E-2</v>
+        <v>2.4618139999999995</v>
       </c>
     </row>
     <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A243" s="95" t="s">
         <v>157</v>
       </c>
       <c r="B243" s="93"/>
       <c r="C243" s="93"/>
       <c r="D243" s="96"/>
       <c r="E243" s="96"/>
       <c r="F243" s="96"/>
       <c r="G243" s="17">
-        <v>148.14745600000001</v>
+        <v>182.883545</v>
       </c>
       <c r="H243" s="17">
-        <v>216.16532100000003</v>
+        <v>272.596745</v>
       </c>
       <c r="I243" s="17">
-        <v>77.83701117180992</v>
+        <v>75.780513161405892</v>
       </c>
       <c r="J243" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K243" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A246" s="46"/>
     </row>
     <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A247" s="46"/>
     </row>
     <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A248" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B248" s="22"/>
       <c r="C248" s="22"/>
       <c r="D248" s="22"/>
       <c r="E248" s="22"/>
       <c r="F248" s="22"/>
       <c r="G248" s="22"/>
       <c r="H248" s="22"/>
       <c r="I248" s="22"/>
       <c r="J248" s="22"/>
       <c r="K248" s="22"/>
     </row>
     <row r="249" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A249" s="12">
         <v>0</v>
       </c>
       <c r="B249" s="12">
         <v>0</v>
       </c>
       <c r="C249" s="12">
         <v>0</v>
       </c>
       <c r="D249" s="12">
         <v>2020</v>
       </c>
       <c r="E249" s="12">
         <v>2023</v>
       </c>
       <c r="F249" s="12">
         <v>2024</v>
       </c>
       <c r="G249" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H249" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I249" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J249" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K249" s="13" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="250" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A250" s="15" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B250" s="22"/>
-      <c r="C250" s="137" t="s">
-        <v>68</v>
+      <c r="C250" s="136" t="s">
+        <v>66</v>
       </c>
       <c r="D250" s="16">
         <v>34.707001343069251</v>
       </c>
       <c r="E250" s="16">
         <v>29.729914645360385</v>
       </c>
       <c r="F250" s="16">
         <v>27.842525275566913</v>
       </c>
       <c r="G250" s="16">
         <v>-19.0548195053121</v>
       </c>
       <c r="H250" s="16">
         <v>1.1025674441587308</v>
       </c>
       <c r="I250" s="16">
-        <v>27.384826374536896</v>
+        <v>28.275583884987654</v>
       </c>
       <c r="J250" s="16">
-        <v>25.311546424485115</v>
+        <v>25.396600866402718</v>
       </c>
       <c r="K250" s="16">
-        <v>-4.3429784744904696</v>
+        <v>-10.395372840533167</v>
       </c>
     </row>
     <row r="251" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A251" s="15" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B251" s="22"/>
-      <c r="C251" s="137">
+      <c r="C251" s="136">
         <v>0</v>
       </c>
       <c r="D251" s="16">
         <v>29.259355018976592</v>
       </c>
       <c r="E251" s="16">
         <v>28.487105207243612</v>
       </c>
       <c r="F251" s="16">
         <v>28.232540160035963</v>
       </c>
       <c r="G251" s="16">
         <v>-14.340078778069135</v>
       </c>
       <c r="H251" s="16">
         <v>5.8791883514611731</v>
       </c>
       <c r="I251" s="16">
-        <v>28.797422711058356</v>
+        <v>28.19938419563891</v>
       </c>
       <c r="J251" s="16">
-        <v>32.101578768141515</v>
+        <v>31.865416369232879</v>
       </c>
       <c r="K251" s="16">
-        <v>15.366823975250066</v>
+        <v>12.73178878749215</v>
       </c>
     </row>
     <row r="252" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A252" s="15" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B252" s="22"/>
-      <c r="C252" s="137">
+      <c r="C252" s="136">
         <v>0</v>
       </c>
       <c r="D252" s="16">
         <v>10.538651939330071</v>
       </c>
       <c r="E252" s="16">
         <v>19.1756844681484</v>
       </c>
       <c r="F252" s="16">
         <v>22.272556533934754</v>
       </c>
       <c r="G252" s="16">
         <v>0.39110411227374431</v>
       </c>
       <c r="H252" s="16">
         <v>28.805839966055103</v>
       </c>
       <c r="I252" s="16">
-        <v>22.842013713636135</v>
+        <v>22.00847170917336</v>
       </c>
       <c r="J252" s="16">
-        <v>24.151441569867007</v>
+        <v>24.383909258680408</v>
       </c>
       <c r="K252" s="16">
-        <v>9.4250709408484621</v>
+        <v>10.529924403362624</v>
       </c>
     </row>
     <row r="253" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A253" s="15" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B253" s="22"/>
-      <c r="C253" s="137">
+      <c r="C253" s="136">
         <v>0</v>
       </c>
       <c r="D253" s="16">
         <v>25.494991698624087</v>
       </c>
       <c r="E253" s="16">
         <v>22.607295679247603</v>
       </c>
       <c r="F253" s="16">
         <v>21.652378030462359</v>
       </c>
       <c r="G253" s="16">
         <v>-17.218551383064952</v>
       </c>
       <c r="H253" s="16">
         <v>2.5538534068096697</v>
       </c>
       <c r="I253" s="16">
-        <v>20.97573720076862</v>
+        <v>21.516560210200076</v>
       </c>
       <c r="J253" s="16">
-        <v>18.435433237506356</v>
+        <v>18.354073505683989</v>
       </c>
       <c r="K253" s="16">
-        <v>-9.041292338201611</v>
+        <v>-14.900688042492479</v>
       </c>
     </row>
     <row r="254" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A254" s="97" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B254" s="98"/>
-      <c r="C254" s="141" t="s">
-        <v>69</v>
+      <c r="C254" s="140" t="s">
+        <v>67</v>
       </c>
       <c r="D254" s="99">
         <v>99.116011690538869</v>
       </c>
       <c r="E254" s="99">
         <v>99.074582127422246</v>
       </c>
       <c r="F254" s="99">
         <v>98.838178696817565</v>
       </c>
       <c r="G254" s="99">
         <v>-13.56770683540806</v>
       </c>
       <c r="H254" s="99">
         <v>6.8290341460343074</v>
       </c>
       <c r="I254" s="99">
-        <v>98.49222593206899</v>
+        <v>98.797521238513369</v>
       </c>
       <c r="J254" s="99">
-        <v>99.514024123602624</v>
+        <v>99.512398717746578</v>
       </c>
       <c r="K254" s="99">
-        <v>3.4923304191084359</v>
+        <v>-0.23770641360554259</v>
       </c>
     </row>
     <row r="255" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B255" s="100"/>
-      <c r="C255" s="142">
+      <c r="C255" s="141">
         <v>0</v>
       </c>
       <c r="D255" s="17">
         <v>0.88398830946112406</v>
       </c>
       <c r="E255" s="17">
         <v>0.92541787257776809</v>
       </c>
       <c r="F255" s="17">
         <v>1.1618213031824403</v>
       </c>
       <c r="G255" s="17">
         <v>8.771471409199485</v>
       </c>
       <c r="H255" s="17">
         <v>14.463567217196104</v>
       </c>
       <c r="I255" s="17">
-        <v>1.5077740679310103</v>
+        <v>1.2024787614866232</v>
       </c>
       <c r="J255" s="17">
-        <v>0.48597587639737683</v>
+        <v>0.48760128225341992</v>
       </c>
       <c r="K255" s="17">
-        <v>-66.98553434314347</v>
+        <v>-59.837318292101273</v>
       </c>
     </row>
     <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D256" s="60"/>
     </row>
     <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A257" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D257" s="60"/>
     </row>
     <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A258" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D258" s="60"/>
     </row>
     <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A259" s="20" t="s">
         <v>102</v>
       </c>
       <c r="D259" s="60"/>
     </row>
     <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A260" s="101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D260" s="60"/>
+    </row>
+    <row r="261" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="133" t="s">
+        <v>71</v>
+      </c>
+      <c r="B261" s="133">
+        <v>0</v>
+      </c>
+      <c r="C261" s="133">
+        <v>0</v>
+      </c>
+      <c r="D261" s="133">
+        <v>0</v>
+      </c>
+      <c r="E261" s="133">
+        <v>0</v>
+      </c>
+      <c r="F261" s="133">
+        <v>0</v>
+      </c>
+      <c r="G261" s="133">
+        <v>0</v>
+      </c>
+      <c r="H261" s="133">
+        <v>0</v>
+      </c>
+      <c r="I261" s="133">
+        <v>0</v>
+      </c>
+      <c r="J261" s="133">
+        <v>0</v>
+      </c>
+      <c r="K261" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="133" t="s">
         <v>72</v>
       </c>
-      <c r="D260" s="60"/>
-[...2 lines deleted...]
-      <c r="A261" s="134" t="s">
+      <c r="B262" s="133">
+        <v>0</v>
+      </c>
+      <c r="C262" s="133">
+        <v>0</v>
+      </c>
+      <c r="D262" s="133">
+        <v>0</v>
+      </c>
+      <c r="E262" s="133">
+        <v>0</v>
+      </c>
+      <c r="F262" s="133">
+        <v>0</v>
+      </c>
+      <c r="G262" s="133">
+        <v>0</v>
+      </c>
+      <c r="H262" s="133">
+        <v>0</v>
+      </c>
+      <c r="I262" s="133">
+        <v>0</v>
+      </c>
+      <c r="J262" s="133">
+        <v>0</v>
+      </c>
+      <c r="K262" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="133" t="s">
         <v>73</v>
       </c>
-      <c r="B261" s="134">
-[...31 lines deleted...]
-      <c r="A262" s="134" t="s">
+      <c r="B263" s="133">
+        <v>0</v>
+      </c>
+      <c r="C263" s="133">
+        <v>0</v>
+      </c>
+      <c r="D263" s="133">
+        <v>0</v>
+      </c>
+      <c r="E263" s="133">
+        <v>0</v>
+      </c>
+      <c r="F263" s="133">
+        <v>0</v>
+      </c>
+      <c r="G263" s="133">
+        <v>0</v>
+      </c>
+      <c r="H263" s="133">
+        <v>0</v>
+      </c>
+      <c r="I263" s="133">
+        <v>0</v>
+      </c>
+      <c r="J263" s="133">
+        <v>0</v>
+      </c>
+      <c r="K263" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="133" t="s">
         <v>74</v>
       </c>
-      <c r="B262" s="134">
-[...96 lines deleted...]
-      <c r="K264" s="134">
+      <c r="B264" s="133">
+        <v>0</v>
+      </c>
+      <c r="C264" s="133">
+        <v>0</v>
+      </c>
+      <c r="D264" s="133">
+        <v>0</v>
+      </c>
+      <c r="E264" s="133">
+        <v>0</v>
+      </c>
+      <c r="F264" s="133">
+        <v>0</v>
+      </c>
+      <c r="G264" s="133">
+        <v>0</v>
+      </c>
+      <c r="H264" s="133">
+        <v>0</v>
+      </c>
+      <c r="I264" s="133">
+        <v>0</v>
+      </c>
+      <c r="J264" s="133">
+        <v>0</v>
+      </c>
+      <c r="K264" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A265" s="46">
         <v>0</v>
       </c>
       <c r="B265" s="46">
         <v>0</v>
       </c>
       <c r="C265" s="46">
         <v>0</v>
       </c>
       <c r="D265" s="46">
         <v>0</v>
       </c>
       <c r="E265" s="46">
         <v>0</v>
       </c>
       <c r="F265" s="46">
         <v>0</v>
       </c>
       <c r="G265" s="46">
         <v>0</v>
       </c>
@@ -8067,682 +8067,682 @@
       <c r="C266" s="46"/>
       <c r="D266" s="46"/>
       <c r="E266" s="46"/>
       <c r="F266" s="46"/>
       <c r="G266" s="46"/>
       <c r="H266" s="46"/>
       <c r="I266" s="46"/>
       <c r="J266" s="46"/>
       <c r="K266" s="46"/>
     </row>
     <row r="267" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A267" s="46"/>
       <c r="B267" s="46"/>
       <c r="C267" s="46"/>
       <c r="D267" s="46"/>
       <c r="E267" s="46"/>
       <c r="F267" s="46"/>
       <c r="G267" s="46"/>
       <c r="H267" s="46"/>
       <c r="I267" s="46"/>
       <c r="J267" s="46"/>
       <c r="K267" s="46"/>
     </row>
     <row r="268" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B268" s="22"/>
       <c r="C268" s="22"/>
       <c r="D268" s="22"/>
       <c r="E268" s="22"/>
       <c r="F268" s="22"/>
       <c r="G268" s="22"/>
       <c r="H268" s="22"/>
       <c r="I268" s="22"/>
       <c r="J268" s="22"/>
       <c r="K268" s="22"/>
     </row>
     <row r="269" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A269" s="12">
         <v>0</v>
       </c>
       <c r="B269" s="12">
         <v>0</v>
       </c>
       <c r="C269" s="12">
         <v>0</v>
       </c>
       <c r="D269" s="12">
         <v>2020</v>
       </c>
       <c r="E269" s="12">
         <v>2023</v>
       </c>
       <c r="F269" s="12">
         <v>2024</v>
       </c>
       <c r="G269" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H269" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I269" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J269" s="13" t="s">
         <v>113</v>
       </c>
       <c r="K269" s="13" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A270" s="15" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B270" s="22"/>
-      <c r="C270" s="137" t="s">
-        <v>68</v>
+      <c r="C270" s="136" t="s">
+        <v>66</v>
       </c>
       <c r="D270" s="16">
         <v>16.42871012632521</v>
       </c>
       <c r="E270" s="16">
         <v>11.11842641349735</v>
       </c>
       <c r="F270" s="16">
         <v>10.744951549999497</v>
       </c>
       <c r="G270" s="16">
         <v>-2.9924010920493047</v>
       </c>
       <c r="H270" s="16">
         <v>-1.6769395769782092</v>
       </c>
       <c r="I270" s="16">
-        <v>10.559018520981557</v>
+        <v>10.658777098953982</v>
       </c>
       <c r="J270" s="16">
-        <v>8.592498851626857</v>
+        <v>8.8511180903821387</v>
       </c>
       <c r="K270" s="16">
-        <v>9.075559700295921</v>
+        <v>12.736807519642271</v>
       </c>
     </row>
     <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A271" s="15" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B271" s="22"/>
-      <c r="C271" s="137">
+      <c r="C271" s="136">
         <v>0</v>
       </c>
       <c r="D271" s="16">
         <v>63.305936046552326</v>
       </c>
       <c r="E271" s="16">
         <v>65.800498513134357</v>
       </c>
       <c r="F271" s="16">
         <v>64.834643048116149</v>
       </c>
       <c r="G271" s="16">
         <v>-1.0940178291107514</v>
       </c>
       <c r="H271" s="16">
         <v>9.9881283298473669</v>
       </c>
       <c r="I271" s="16">
-        <v>65.289753397920691</v>
+        <v>64.92411370377809</v>
       </c>
       <c r="J271" s="16">
-        <v>71.13504313491309</v>
+        <v>71.373590039866201</v>
       </c>
       <c r="K271" s="16">
-        <v>46.039416810726863</v>
+        <v>49.24730225314233</v>
       </c>
     </row>
     <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A272" s="15" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B272" s="22"/>
-      <c r="C272" s="137">
+      <c r="C272" s="136">
         <v>0</v>
       </c>
       <c r="D272" s="16">
         <v>13.722322088299114</v>
       </c>
       <c r="E272" s="16">
         <v>15.915884539000459</v>
       </c>
       <c r="F272" s="16">
         <v>16.616866783906058</v>
       </c>
       <c r="G272" s="16">
         <v>4.8004091103646243</v>
       </c>
       <c r="H272" s="16">
         <v>14.692632665305849</v>
       </c>
       <c r="I272" s="16">
-        <v>16.281445836378769</v>
+        <v>16.286865508526482</v>
       </c>
       <c r="J272" s="16">
-        <v>15.065934596447978</v>
+        <v>14.368085098157049</v>
       </c>
       <c r="K272" s="16">
-        <v>24.032251700601055</v>
+        <v>19.766775953071665</v>
       </c>
     </row>
     <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="15" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B273" s="22"/>
-      <c r="C273" s="137">
+      <c r="C273" s="136">
         <v>0</v>
       </c>
       <c r="D273" s="16">
         <v>6.5430317388233421</v>
       </c>
       <c r="E273" s="16">
         <v>7.1651905343678175</v>
       </c>
       <c r="F273" s="16">
         <v>7.803538617978278</v>
       </c>
       <c r="G273" s="16">
         <v>9.3222245034139046</v>
       </c>
       <c r="H273" s="16">
         <v>14.257121495997316</v>
       </c>
       <c r="I273" s="16">
-        <v>7.8697822447189818</v>
+        <v>8.1302436887414391</v>
       </c>
       <c r="J273" s="16">
-        <v>5.206523417012086</v>
+        <v>5.4072067715946126</v>
       </c>
       <c r="K273" s="16">
-        <v>-11.321848961245088</v>
+        <v>-9.7090148137498229</v>
       </c>
     </row>
     <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A274" s="97" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B274" s="98"/>
-      <c r="C274" s="141" t="s">
-        <v>61</v>
+      <c r="C274" s="140" t="s">
+        <v>59</v>
       </c>
       <c r="D274" s="99">
         <v>99.834806219514277</v>
       </c>
       <c r="E274" s="99">
         <v>99.544756778562615</v>
       </c>
       <c r="F274" s="99">
         <v>99.550821059333785</v>
       </c>
       <c r="G274" s="99">
         <v>0.37940562032277175</v>
       </c>
       <c r="H274" s="99">
         <v>9.333975385096549</v>
       </c>
       <c r="I274" s="99">
-        <v>99.460270654203882</v>
+        <v>99.505397752843976</v>
       </c>
       <c r="J274" s="99">
-        <v>99.774759292105514</v>
+        <v>99.80290326229553</v>
       </c>
       <c r="K274" s="99">
-        <v>34.03910491577107</v>
+        <v>35.760984084629506</v>
       </c>
     </row>
     <row r="275" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B275" s="100"/>
-      <c r="C275" s="142">
+      <c r="C275" s="141">
         <v>0</v>
       </c>
       <c r="D275" s="17">
         <v>0.16519378048572608</v>
       </c>
       <c r="E275" s="17">
         <v>0.45524322143738682</v>
       </c>
       <c r="F275" s="17">
         <v>0.44917894066620562</v>
       </c>
       <c r="G275" s="17">
         <v>-0.96377861568198098</v>
       </c>
       <c r="H275" s="17">
         <v>40.498227791855946</v>
       </c>
       <c r="I275" s="17">
-        <v>0.53972934579611931</v>
+        <v>0.49460224715602097</v>
       </c>
       <c r="J275" s="17">
-        <v>0.22524070789449116</v>
+        <v>0.19709673770447184</v>
       </c>
       <c r="K275" s="17">
-        <v>-44.238901765020501</v>
+        <v>-46.061136301390718</v>
       </c>
     </row>
     <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D276" s="60"/>
     </row>
     <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A277" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D277" s="60"/>
     </row>
     <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A278" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D278" s="60"/>
     </row>
     <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A279" s="20" t="s">
         <v>102</v>
       </c>
       <c r="D279" s="60"/>
     </row>
     <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A280" s="101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D280" s="60"/>
+    </row>
+    <row r="281" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="133" t="s">
+        <v>71</v>
+      </c>
+      <c r="B281" s="133">
+        <v>0</v>
+      </c>
+      <c r="C281" s="133">
+        <v>0</v>
+      </c>
+      <c r="D281" s="133">
+        <v>0</v>
+      </c>
+      <c r="E281" s="133">
+        <v>0</v>
+      </c>
+      <c r="F281" s="133">
+        <v>0</v>
+      </c>
+      <c r="G281" s="133">
+        <v>0</v>
+      </c>
+      <c r="H281" s="133">
+        <v>0</v>
+      </c>
+      <c r="I281" s="133">
+        <v>0</v>
+      </c>
+      <c r="J281" s="133">
+        <v>0</v>
+      </c>
+      <c r="K281" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="133" t="s">
         <v>72</v>
       </c>
-      <c r="D280" s="60"/>
-[...2 lines deleted...]
-      <c r="A281" s="134" t="s">
+      <c r="B282" s="133">
+        <v>0</v>
+      </c>
+      <c r="C282" s="133">
+        <v>0</v>
+      </c>
+      <c r="D282" s="133">
+        <v>0</v>
+      </c>
+      <c r="E282" s="133">
+        <v>0</v>
+      </c>
+      <c r="F282" s="133">
+        <v>0</v>
+      </c>
+      <c r="G282" s="133">
+        <v>0</v>
+      </c>
+      <c r="H282" s="133">
+        <v>0</v>
+      </c>
+      <c r="I282" s="133">
+        <v>0</v>
+      </c>
+      <c r="J282" s="133">
+        <v>0</v>
+      </c>
+      <c r="K282" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="133" t="s">
         <v>73</v>
       </c>
-      <c r="B281" s="134">
-[...31 lines deleted...]
-      <c r="A282" s="134" t="s">
+      <c r="B283" s="133">
+        <v>0</v>
+      </c>
+      <c r="C283" s="133">
+        <v>0</v>
+      </c>
+      <c r="D283" s="133">
+        <v>0</v>
+      </c>
+      <c r="E283" s="133">
+        <v>0</v>
+      </c>
+      <c r="F283" s="133">
+        <v>0</v>
+      </c>
+      <c r="G283" s="133">
+        <v>0</v>
+      </c>
+      <c r="H283" s="133">
+        <v>0</v>
+      </c>
+      <c r="I283" s="133">
+        <v>0</v>
+      </c>
+      <c r="J283" s="133">
+        <v>0</v>
+      </c>
+      <c r="K283" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="133" t="s">
         <v>74</v>
       </c>
-      <c r="B282" s="134">
-[...96 lines deleted...]
-      <c r="K284" s="134">
+      <c r="B284" s="133">
+        <v>0</v>
+      </c>
+      <c r="C284" s="133">
+        <v>0</v>
+      </c>
+      <c r="D284" s="133">
+        <v>0</v>
+      </c>
+      <c r="E284" s="133">
+        <v>0</v>
+      </c>
+      <c r="F284" s="133">
+        <v>0</v>
+      </c>
+      <c r="G284" s="133">
+        <v>0</v>
+      </c>
+      <c r="H284" s="133">
+        <v>0</v>
+      </c>
+      <c r="I284" s="133">
+        <v>0</v>
+      </c>
+      <c r="J284" s="133">
+        <v>0</v>
+      </c>
+      <c r="K284" s="133">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A285" s="46"/>
       <c r="B285" s="46"/>
       <c r="C285" s="46"/>
       <c r="D285" s="46"/>
       <c r="E285" s="46"/>
       <c r="F285" s="83"/>
       <c r="G285" s="83"/>
       <c r="H285" s="46"/>
       <c r="I285" s="46"/>
       <c r="J285" s="46"/>
       <c r="K285" s="46"/>
     </row>
     <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A286" s="46"/>
       <c r="B286" s="46"/>
       <c r="C286" s="46"/>
       <c r="D286" s="46"/>
       <c r="E286" s="46"/>
       <c r="F286" s="83"/>
       <c r="G286" s="83"/>
       <c r="H286" s="46"/>
       <c r="I286" s="46"/>
       <c r="J286" s="46"/>
       <c r="K286" s="46"/>
     </row>
     <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A287" s="46"/>
       <c r="B287" s="46"/>
       <c r="C287" s="46"/>
       <c r="D287" s="46"/>
       <c r="E287" s="46"/>
       <c r="F287" s="83"/>
       <c r="G287" s="83"/>
       <c r="H287" s="46"/>
       <c r="I287" s="46"/>
       <c r="J287" s="46"/>
       <c r="K287" s="46"/>
     </row>
     <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B288" s="22"/>
       <c r="C288" s="22"/>
       <c r="D288" s="22"/>
       <c r="E288" s="22"/>
       <c r="F288" s="22"/>
       <c r="G288" s="22"/>
       <c r="H288" s="22"/>
       <c r="I288" s="22"/>
       <c r="J288" s="22"/>
       <c r="K288" s="22"/>
     </row>
     <row r="289" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A289" s="12">
         <v>0</v>
       </c>
       <c r="B289" s="12"/>
       <c r="C289" s="12"/>
       <c r="D289" s="24">
         <v>0</v>
       </c>
       <c r="E289" s="12">
         <v>2020</v>
       </c>
       <c r="F289" s="12">
         <v>2021</v>
       </c>
       <c r="G289" s="12">
         <v>2022</v>
       </c>
       <c r="H289" s="12">
         <v>2023</v>
       </c>
       <c r="I289" s="12">
         <v>2024</v>
       </c>
       <c r="J289" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K289" s="13" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A290" s="47" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B290" s="102"/>
       <c r="C290" s="102"/>
       <c r="D290" s="122" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E290" s="103">
         <v>0.19349496527792237</v>
       </c>
       <c r="F290" s="103">
         <v>0.19994112016307217</v>
       </c>
       <c r="G290" s="103">
         <v>0.25861386899180033</v>
       </c>
       <c r="H290" s="103">
         <v>0.16106889620882689</v>
       </c>
       <c r="I290" s="103">
         <v>0.17281821368142586</v>
       </c>
       <c r="J290" s="104">
         <v>-7.0410135034702019</v>
       </c>
       <c r="K290" s="104">
         <v>3.9259572912444751</v>
       </c>
     </row>
     <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A291" s="15" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B291" s="22"/>
       <c r="C291" s="22"/>
-      <c r="D291" s="138">
+      <c r="D291" s="137">
         <v>0</v>
       </c>
       <c r="E291" s="60">
         <v>2.7176865903899814E-2</v>
       </c>
       <c r="F291" s="60">
         <v>2.8326078237558984E-2</v>
       </c>
       <c r="G291" s="60">
         <v>3.0703751932705636E-2</v>
       </c>
       <c r="H291" s="60">
         <v>1.2211799172996606E-2</v>
       </c>
       <c r="I291" s="60">
         <v>7.4957968491575655E-2</v>
       </c>
       <c r="J291" s="16">
         <v>431.80412915290543</v>
       </c>
       <c r="K291" s="16">
         <v>37.768104146935833</v>
       </c>
     </row>
     <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A292" s="15" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="138">
+      <c r="D292" s="137">
         <v>0</v>
       </c>
       <c r="E292" s="60">
         <v>5.1363593583030225</v>
       </c>
       <c r="F292" s="60">
         <v>3.8928772360223873</v>
       </c>
       <c r="G292" s="60">
         <v>3.8747128385030027</v>
       </c>
       <c r="H292" s="60">
         <v>3.2926838624774724</v>
       </c>
       <c r="I292" s="60">
         <v>2.3452367524288507</v>
       </c>
       <c r="J292" s="16">
         <v>-38.290758675618328</v>
       </c>
       <c r="K292" s="16">
         <v>-12.122661416807311</v>
       </c>
     </row>
     <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A293" s="15" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B293" s="22"/>
       <c r="C293" s="22"/>
-      <c r="D293" s="138">
+      <c r="D293" s="137">
         <v>0</v>
       </c>
       <c r="E293" s="60">
         <v>94.176829534074784</v>
       </c>
       <c r="F293" s="60">
         <v>95.036412093860108</v>
       </c>
       <c r="G293" s="60">
         <v>95.445660290695926</v>
       </c>
       <c r="H293" s="60">
         <v>95.775512342425586</v>
       </c>
       <c r="I293" s="60">
         <v>95.983122793597715</v>
       </c>
       <c r="J293" s="16">
         <v>-13.173170599244175</v>
       </c>
       <c r="K293" s="16">
         <v>7.4129824323195148</v>
       </c>
     </row>
     <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B294" s="73"/>
       <c r="C294" s="73"/>
-      <c r="D294" s="139">
+      <c r="D294" s="138">
         <v>0</v>
       </c>
       <c r="E294" s="105">
         <v>0.46613927644037689</v>
       </c>
       <c r="F294" s="105">
         <v>0.8424434717168755</v>
       </c>
       <c r="G294" s="105">
         <v>0.39030924987656179</v>
       </c>
       <c r="H294" s="105">
         <v>0.75852309971511478</v>
       </c>
       <c r="I294" s="105">
         <v>1.4238642718004499</v>
       </c>
       <c r="J294" s="17">
         <v>62.634744728573047</v>
       </c>
       <c r="K294" s="17">
         <v>41.329328892249585</v>
       </c>
     </row>
     <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -8751,281 +8751,281 @@
       </c>
       <c r="F295" s="60"/>
       <c r="G295" s="60"/>
       <c r="H295" s="60"/>
       <c r="I295" s="60"/>
       <c r="J295" s="60"/>
       <c r="K295" s="60"/>
     </row>
     <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B296" s="84"/>
       <c r="C296" s="84"/>
       <c r="D296" s="84"/>
       <c r="E296" s="84"/>
       <c r="F296" s="84"/>
       <c r="G296" s="84"/>
       <c r="H296" s="84"/>
       <c r="I296" s="84"/>
       <c r="J296" s="84"/>
       <c r="K296" s="84"/>
     </row>
     <row r="297" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B297" s="84"/>
       <c r="C297" s="84"/>
       <c r="D297" s="84"/>
       <c r="E297" s="84"/>
       <c r="F297" s="84"/>
       <c r="G297" s="84"/>
       <c r="H297" s="84"/>
       <c r="I297" s="84"/>
       <c r="J297" s="84"/>
       <c r="K297" s="84"/>
     </row>
     <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="101" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B299" s="85"/>
       <c r="C299" s="85"/>
       <c r="D299" s="85"/>
       <c r="E299" s="85"/>
       <c r="F299" s="85"/>
       <c r="G299" s="85"/>
       <c r="H299" s="85"/>
       <c r="I299" s="85"/>
       <c r="J299" s="85"/>
       <c r="K299" s="85"/>
     </row>
     <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="101" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B300" s="84"/>
       <c r="C300" s="84"/>
       <c r="D300" s="84"/>
       <c r="E300" s="84"/>
       <c r="F300" s="84"/>
       <c r="G300" s="84"/>
       <c r="H300" s="84"/>
       <c r="I300" s="84"/>
       <c r="J300" s="84"/>
       <c r="K300" s="84"/>
     </row>
     <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="46"/>
     </row>
     <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="46"/>
     </row>
     <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B303" s="22"/>
       <c r="C303" s="22"/>
       <c r="D303" s="22"/>
       <c r="E303" s="22"/>
       <c r="F303" s="22"/>
       <c r="G303" s="22"/>
       <c r="H303" s="22"/>
       <c r="I303" s="22"/>
       <c r="J303" s="22"/>
       <c r="K303" s="22"/>
     </row>
     <row r="304" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A304" s="12">
         <v>0</v>
       </c>
       <c r="B304" s="12"/>
       <c r="C304" s="12"/>
       <c r="D304" s="24">
         <v>0</v>
       </c>
       <c r="E304" s="12">
         <v>2020</v>
       </c>
       <c r="F304" s="12">
         <v>2021</v>
       </c>
       <c r="G304" s="12">
         <v>2022</v>
       </c>
       <c r="H304" s="12">
         <v>2023</v>
       </c>
       <c r="I304" s="12">
         <v>2024</v>
       </c>
       <c r="J304" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K304" s="13" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A305" s="47" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B305" s="102"/>
       <c r="C305" s="102"/>
       <c r="D305" s="122" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E305" s="103">
         <v>1.0753588439127248</v>
       </c>
       <c r="F305" s="103">
         <v>0.71414262134334694</v>
       </c>
       <c r="G305" s="103">
         <v>0.23814015380078374</v>
       </c>
       <c r="H305" s="103">
         <v>7.9087663867391786E-2</v>
       </c>
       <c r="I305" s="103">
         <v>6.3846744632872446E-2</v>
       </c>
       <c r="J305" s="104">
         <v>-18.969564196854709</v>
       </c>
       <c r="K305" s="104">
         <v>-45.991668646375153</v>
       </c>
     </row>
     <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A306" s="15" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B306" s="22"/>
       <c r="C306" s="22"/>
-      <c r="D306" s="138">
+      <c r="D306" s="137">
         <v>0</v>
       </c>
       <c r="E306" s="60">
         <v>23.953787263754016</v>
       </c>
       <c r="F306" s="60">
         <v>23.499894892309854</v>
       </c>
       <c r="G306" s="60">
         <v>22.080940311779628</v>
       </c>
       <c r="H306" s="60">
         <v>4.3402726410613743</v>
       </c>
       <c r="I306" s="60">
         <v>0.13355414757552522</v>
       </c>
       <c r="J306" s="16">
         <v>-96.911422297755607</v>
       </c>
       <c r="K306" s="16">
         <v>-70.10247618600711</v>
       </c>
     </row>
     <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A307" s="15" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B307" s="22"/>
       <c r="C307" s="22"/>
-      <c r="D307" s="138">
+      <c r="D307" s="137">
         <v>0</v>
       </c>
       <c r="E307" s="60">
         <v>5.3249143268160521</v>
       </c>
       <c r="F307" s="60">
         <v>2.0414399634405442</v>
       </c>
       <c r="G307" s="60">
         <v>2.2981709418627196</v>
       </c>
       <c r="H307" s="60">
         <v>2.1322101626856016</v>
       </c>
       <c r="I307" s="60">
         <v>4.6570610190301709</v>
       </c>
       <c r="J307" s="16">
         <v>119.23004984229206</v>
       </c>
       <c r="K307" s="16">
         <v>5.80696289534679</v>
       </c>
     </row>
     <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A308" s="15" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B308" s="22"/>
       <c r="C308" s="22"/>
-      <c r="D308" s="138">
+      <c r="D308" s="137">
         <v>0</v>
       </c>
       <c r="E308" s="60">
         <v>68.436051594025031</v>
       </c>
       <c r="F308" s="60">
         <v>72.366206715960672</v>
       </c>
       <c r="G308" s="60">
         <v>73.627193189806391</v>
       </c>
       <c r="H308" s="60">
         <v>92.332136951678834</v>
       </c>
       <c r="I308" s="60">
         <v>92.255885533664824</v>
       </c>
       <c r="J308" s="16">
         <v>0.29039875398383652</v>
       </c>
       <c r="K308" s="16">
         <v>17.894001023647242</v>
       </c>
     </row>
     <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B309" s="73"/>
       <c r="C309" s="73"/>
-      <c r="D309" s="139">
+      <c r="D309" s="138">
         <v>0</v>
       </c>
       <c r="E309" s="105">
         <v>1.2098879714921738</v>
       </c>
       <c r="F309" s="105">
         <v>1.3783158069455816</v>
       </c>
       <c r="G309" s="105">
         <v>1.7555554027504829</v>
       </c>
       <c r="H309" s="105">
         <v>1.1162925807067998</v>
       </c>
       <c r="I309" s="105">
         <v>2.8896525550965997</v>
       </c>
       <c r="J309" s="17">
         <v>159.82788152927679</v>
       </c>
       <c r="K309" s="17">
         <v>36.015856197410123</v>
       </c>
     </row>
     <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -9034,312 +9034,312 @@
       </c>
       <c r="F310" s="60"/>
       <c r="G310" s="60"/>
       <c r="H310" s="60"/>
       <c r="I310" s="60"/>
       <c r="J310" s="60"/>
       <c r="K310" s="60"/>
     </row>
     <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A311" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B311" s="84"/>
       <c r="C311" s="84"/>
       <c r="D311" s="84"/>
       <c r="E311" s="84"/>
       <c r="F311" s="84"/>
       <c r="G311" s="84"/>
       <c r="H311" s="84"/>
       <c r="I311" s="84"/>
       <c r="J311" s="84"/>
       <c r="K311" s="84"/>
     </row>
     <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A312" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B312" s="84"/>
       <c r="C312" s="84"/>
       <c r="D312" s="84"/>
       <c r="E312" s="84"/>
       <c r="F312" s="84"/>
       <c r="G312" s="84"/>
       <c r="H312" s="84"/>
       <c r="I312" s="84"/>
       <c r="J312" s="84"/>
       <c r="K312" s="84"/>
     </row>
     <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A313" s="20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="314" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A314" s="101" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B314" s="85"/>
       <c r="C314" s="85"/>
       <c r="D314" s="85"/>
       <c r="E314" s="85"/>
       <c r="F314" s="85"/>
       <c r="G314" s="85"/>
       <c r="H314" s="85"/>
       <c r="I314" s="85"/>
       <c r="J314" s="85"/>
       <c r="K314" s="85"/>
     </row>
     <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A315" s="101" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B315" s="84"/>
       <c r="C315" s="84"/>
       <c r="D315" s="84"/>
       <c r="E315" s="84"/>
       <c r="F315" s="84"/>
       <c r="G315" s="84"/>
       <c r="H315" s="84"/>
       <c r="I315" s="84"/>
       <c r="J315" s="84"/>
       <c r="K315" s="84"/>
     </row>
     <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A316" s="82"/>
     </row>
     <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A317" s="82"/>
     </row>
     <row r="318" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B318" s="8"/>
       <c r="C318" s="8"/>
       <c r="D318" s="8"/>
       <c r="E318" s="8"/>
       <c r="F318" s="8"/>
       <c r="G318" s="8"/>
       <c r="H318" s="8"/>
       <c r="I318" s="8"/>
       <c r="J318" s="8"/>
       <c r="K318" s="9"/>
     </row>
     <row r="319" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A319" s="11">
         <v>0</v>
       </c>
       <c r="B319" s="11"/>
       <c r="C319" s="11"/>
       <c r="D319" s="11"/>
       <c r="E319" s="12">
         <v>2020</v>
       </c>
       <c r="F319" s="12">
         <v>2021</v>
       </c>
       <c r="G319" s="12">
         <v>2022</v>
       </c>
       <c r="H319" s="12">
         <v>2023</v>
       </c>
       <c r="I319" s="12">
         <v>2024</v>
       </c>
       <c r="J319" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K319" s="13" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="320" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A320" s="15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B320" s="15"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="16">
         <v>58</v>
       </c>
       <c r="F320" s="16">
         <v>78.849999999999994</v>
       </c>
       <c r="G320" s="16">
         <v>108.22</v>
       </c>
       <c r="H320" s="16">
         <v>84.1</v>
       </c>
       <c r="I320" s="16">
         <v>149.6</v>
       </c>
       <c r="J320" s="16">
         <v>77.883472057074925</v>
       </c>
       <c r="K320" s="16">
         <v>26.728968503435556</v>
       </c>
     </row>
     <row r="321" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A321" s="15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B321" s="15"/>
       <c r="C321" s="15"/>
       <c r="D321" s="15"/>
       <c r="E321" s="16">
         <v>7.44</v>
       </c>
       <c r="F321" s="16">
         <v>7.65</v>
       </c>
       <c r="G321" s="16">
         <v>9.98</v>
       </c>
       <c r="H321" s="16">
         <v>17.63</v>
       </c>
       <c r="I321" s="16">
         <v>9.41</v>
       </c>
       <c r="J321" s="16">
         <v>-46.625070901871808</v>
       </c>
       <c r="K321" s="16">
         <v>6.0484125669793221</v>
       </c>
     </row>
     <row r="322" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A322" s="15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B322" s="15"/>
       <c r="C322" s="15"/>
       <c r="D322" s="15"/>
       <c r="E322" s="16">
         <v>50.56</v>
       </c>
       <c r="F322" s="16">
         <v>71.199999999999989</v>
       </c>
       <c r="G322" s="16">
         <v>98.24</v>
       </c>
       <c r="H322" s="16">
         <v>66.47</v>
       </c>
       <c r="I322" s="16">
         <v>140.19</v>
       </c>
       <c r="J322" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K322" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B323" s="1"/>
       <c r="C323" s="1"/>
       <c r="D323" s="1"/>
       <c r="E323" s="17">
         <v>779.56989247311822</v>
       </c>
       <c r="F323" s="17" t="s">
         <v>145</v>
       </c>
       <c r="G323" s="17" t="s">
         <v>145</v>
       </c>
       <c r="H323" s="17">
         <v>477.02779353374927</v>
       </c>
       <c r="I323" s="17" t="s">
         <v>145</v>
       </c>
       <c r="J323" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K323" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B324" s="46"/>
       <c r="C324" s="46"/>
       <c r="D324" s="46"/>
       <c r="E324" s="46"/>
       <c r="F324" s="46"/>
       <c r="G324" s="46"/>
       <c r="H324" s="46"/>
       <c r="I324" s="46"/>
       <c r="J324" s="46"/>
       <c r="K324" s="46"/>
     </row>
     <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A325" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B325" s="46"/>
       <c r="C325" s="46"/>
       <c r="D325" s="46"/>
       <c r="E325" s="46"/>
       <c r="F325" s="46"/>
       <c r="G325" s="46"/>
       <c r="H325" s="46"/>
       <c r="I325" s="46"/>
       <c r="J325" s="46"/>
       <c r="K325" s="46"/>
     </row>
     <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A326" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
       <c r="D326" s="46"/>
       <c r="E326" s="46"/>
       <c r="F326" s="46"/>
       <c r="G326" s="46"/>
       <c r="H326" s="46"/>
       <c r="I326" s="46"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
     <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A327" s="4" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
       <c r="D327" s="46"/>
       <c r="E327" s="46"/>
       <c r="F327" s="46"/>
       <c r="G327" s="46"/>
       <c r="H327" s="46"/>
       <c r="I327" s="46"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
     <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A328" s="20" t="s">
         <v>102</v>
       </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
       <c r="D328" s="46"/>
       <c r="E328" s="46"/>
       <c r="F328" s="46"/>
       <c r="G328" s="46"/>
       <c r="H328" s="46"/>
       <c r="I328" s="46"/>
       <c r="J328" s="46"/>
@@ -9373,385 +9373,385 @@
       <c r="I329" s="129">
         <v>0</v>
       </c>
       <c r="J329" s="129">
         <v>0</v>
       </c>
       <c r="K329" s="129">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A330" s="46"/>
       <c r="B330" s="46"/>
       <c r="C330" s="46"/>
       <c r="D330" s="46"/>
       <c r="E330" s="46"/>
       <c r="F330" s="46"/>
       <c r="G330" s="46"/>
       <c r="H330" s="46"/>
       <c r="I330" s="46"/>
       <c r="J330" s="46"/>
       <c r="K330" s="46"/>
     </row>
     <row r="331" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A331" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B331" s="37"/>
       <c r="C331" s="37"/>
       <c r="D331" s="37"/>
       <c r="E331" s="37"/>
       <c r="F331" s="37"/>
       <c r="G331" s="37"/>
       <c r="H331" s="37"/>
       <c r="I331" s="37"/>
       <c r="J331" s="37"/>
       <c r="K331" s="37"/>
     </row>
     <row r="332" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A332" s="23"/>
       <c r="B332" s="23"/>
       <c r="C332" s="23"/>
       <c r="D332" s="24"/>
       <c r="E332" s="12"/>
       <c r="F332" s="12"/>
       <c r="G332" s="12">
         <v>2020</v>
       </c>
       <c r="H332" s="12">
         <v>2021</v>
       </c>
       <c r="I332" s="12">
         <v>2022</v>
       </c>
       <c r="J332" s="13">
         <v>2023</v>
       </c>
       <c r="K332" s="13">
         <v>2024</v>
       </c>
     </row>
     <row r="333" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A333" s="143" t="s">
+      <c r="A333" s="142" t="s">
         <v>120</v>
       </c>
-      <c r="B333" s="143"/>
-[...2 lines deleted...]
-      <c r="E333" s="143"/>
+      <c r="B333" s="142"/>
+      <c r="C333" s="142"/>
+      <c r="D333" s="142"/>
+      <c r="E333" s="142"/>
       <c r="F333" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G333" s="27">
         <v>28</v>
       </c>
       <c r="H333" s="27">
         <v>27</v>
       </c>
       <c r="I333" s="27">
         <v>31</v>
       </c>
       <c r="J333" s="27">
         <v>40</v>
       </c>
       <c r="K333" s="27">
         <v>29</v>
       </c>
     </row>
     <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A334" s="124"/>
       <c r="B334" s="124"/>
       <c r="C334" s="124"/>
       <c r="D334" s="124"/>
       <c r="E334" s="124"/>
       <c r="F334" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G334" s="28">
         <v>0.25198295378762964</v>
       </c>
       <c r="H334" s="28">
         <v>0.28148891751178789</v>
       </c>
       <c r="I334" s="28">
         <v>0.24070215099467018</v>
       </c>
       <c r="J334" s="28">
         <v>0.15746875621402417</v>
       </c>
       <c r="K334" s="28">
         <v>0.25852046113414445</v>
       </c>
     </row>
     <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A335" s="128" t="s">
         <v>121</v>
       </c>
       <c r="B335" s="128"/>
       <c r="C335" s="128"/>
       <c r="D335" s="128"/>
       <c r="E335" s="128"/>
       <c r="F335" s="29" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G335" s="30">
         <v>55</v>
       </c>
       <c r="H335" s="30">
         <v>58</v>
       </c>
       <c r="I335" s="30">
         <v>58</v>
       </c>
       <c r="J335" s="30">
         <v>55</v>
       </c>
       <c r="K335" s="30">
         <v>58</v>
       </c>
     </row>
     <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A336" s="125"/>
       <c r="B336" s="125"/>
       <c r="C336" s="125"/>
       <c r="D336" s="125"/>
       <c r="E336" s="125"/>
       <c r="F336" s="31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G336" s="32">
         <v>5.3008593947045567E-2</v>
       </c>
       <c r="H336" s="32">
         <v>4.399682072647091E-2</v>
       </c>
       <c r="I336" s="32">
         <v>4.2792323451651113E-2</v>
       </c>
       <c r="J336" s="32">
         <v>7.3263696113990501E-2</v>
       </c>
       <c r="K336" s="32">
         <v>3.6496279590202241E-2</v>
       </c>
     </row>
     <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A337" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B337" s="33"/>
       <c r="C337" s="34"/>
     </row>
     <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A338" s="4" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A342" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B342" s="8"/>
       <c r="C342" s="8"/>
       <c r="D342" s="8"/>
       <c r="E342" s="8"/>
       <c r="F342" s="8"/>
       <c r="G342" s="8"/>
       <c r="H342" s="8"/>
       <c r="I342" s="8"/>
       <c r="J342" s="8"/>
       <c r="K342" s="9"/>
     </row>
     <row r="343" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A343" s="11">
         <v>0</v>
       </c>
       <c r="B343" s="11"/>
       <c r="C343" s="11"/>
       <c r="D343" s="11"/>
       <c r="E343" s="12">
         <v>2020</v>
       </c>
       <c r="F343" s="12">
         <v>2021</v>
       </c>
       <c r="G343" s="12">
         <v>2022</v>
       </c>
       <c r="H343" s="12">
         <v>2023</v>
       </c>
       <c r="I343" s="12">
         <v>2024</v>
       </c>
       <c r="J343" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K343" s="13" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="344" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A344" s="15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B344" s="15"/>
       <c r="C344" s="15"/>
       <c r="D344" s="15"/>
       <c r="E344" s="16">
         <v>414.56</v>
       </c>
       <c r="F344" s="16">
         <v>467.26</v>
       </c>
       <c r="G344" s="16">
         <v>626.02</v>
       </c>
       <c r="H344" s="16">
         <v>626.21</v>
       </c>
       <c r="I344" s="16">
         <v>617.17999999999995</v>
       </c>
       <c r="J344" s="16">
         <v>-1.4420082719854499</v>
       </c>
       <c r="K344" s="16">
         <v>10.460272969182395</v>
       </c>
     </row>
     <row r="345" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A345" s="15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B345" s="15"/>
       <c r="C345" s="15"/>
       <c r="D345" s="15"/>
       <c r="E345" s="16">
         <v>231.73</v>
       </c>
       <c r="F345" s="16">
         <v>220.05</v>
       </c>
       <c r="G345" s="16">
         <v>287.72000000000003</v>
       </c>
       <c r="H345" s="16">
         <v>338.51</v>
       </c>
       <c r="I345" s="16">
         <v>332.42</v>
       </c>
       <c r="J345" s="16">
         <v>-1.7990605890520146</v>
       </c>
       <c r="K345" s="16">
         <v>9.4400343988737312</v>
       </c>
     </row>
     <row r="346" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A346" s="15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B346" s="15"/>
       <c r="C346" s="15"/>
       <c r="D346" s="15"/>
       <c r="E346" s="16">
         <v>182.83</v>
       </c>
       <c r="F346" s="16">
         <v>247.20999999999998</v>
       </c>
       <c r="G346" s="16">
         <v>338.29999999999995</v>
       </c>
       <c r="H346" s="16">
         <v>287.70000000000005</v>
       </c>
       <c r="I346" s="16">
         <v>284.75999999999993</v>
       </c>
       <c r="J346" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K346" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="347" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B347" s="1"/>
       <c r="C347" s="1"/>
       <c r="D347" s="1"/>
       <c r="E347" s="17">
         <v>178.8978552625901</v>
       </c>
       <c r="F347" s="17">
         <v>212.34264939786408</v>
       </c>
       <c r="G347" s="17">
         <v>217.57959126928955</v>
       </c>
       <c r="H347" s="17">
         <v>184.990103689699</v>
       </c>
       <c r="I347" s="17">
         <v>185.66271584140543</v>
       </c>
       <c r="J347" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K347" s="18" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="349" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A349" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="350" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A350" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A351" s="4" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="352" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A352" s="129" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B352" s="129"/>
       <c r="C352" s="129"/>
       <c r="D352" s="129"/>
       <c r="E352" s="129"/>
       <c r="F352" s="129"/>
       <c r="G352" s="129"/>
       <c r="H352" s="129"/>
       <c r="I352" s="129"/>
       <c r="J352" s="129"/>
       <c r="K352" s="129"/>
     </row>
     <row r="353" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A353" s="129" t="s">
         <v>132</v>
       </c>
       <c r="B353" s="129">
         <v>0</v>
       </c>
       <c r="C353" s="129">
         <v>0</v>
       </c>
       <c r="D353" s="129">
         <v>0</v>
       </c>
@@ -9770,769 +9770,769 @@
       <c r="I353" s="129">
         <v>0</v>
       </c>
       <c r="J353" s="129">
         <v>0</v>
       </c>
       <c r="K353" s="129">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A354" s="46"/>
       <c r="B354" s="46"/>
       <c r="C354" s="46"/>
       <c r="D354" s="46"/>
       <c r="E354" s="46"/>
       <c r="F354" s="46"/>
       <c r="G354" s="46"/>
       <c r="H354" s="46"/>
       <c r="I354" s="46"/>
       <c r="J354" s="46"/>
       <c r="K354" s="46"/>
     </row>
     <row r="355" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A355" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B355" s="37"/>
       <c r="C355" s="37"/>
       <c r="D355" s="37"/>
       <c r="E355" s="37"/>
       <c r="F355" s="37"/>
       <c r="G355" s="37"/>
       <c r="H355" s="37"/>
       <c r="I355" s="37"/>
       <c r="J355" s="37"/>
       <c r="K355" s="37"/>
     </row>
     <row r="356" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A356" s="23">
         <v>0</v>
       </c>
       <c r="B356" s="23">
         <v>0</v>
       </c>
       <c r="C356" s="23">
         <v>0</v>
       </c>
       <c r="D356" s="24"/>
       <c r="E356" s="12"/>
       <c r="F356" s="12">
         <v>0</v>
       </c>
       <c r="G356" s="12">
         <v>2020</v>
       </c>
       <c r="H356" s="12">
         <v>2021</v>
       </c>
       <c r="I356" s="12">
         <v>2022</v>
       </c>
       <c r="J356" s="13">
         <v>2023</v>
       </c>
       <c r="K356" s="13">
         <v>2024</v>
       </c>
     </row>
     <row r="357" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A357" s="143" t="s">
+      <c r="A357" s="142" t="s">
         <v>120</v>
       </c>
-      <c r="B357" s="143"/>
-[...2 lines deleted...]
-      <c r="E357" s="143"/>
+      <c r="B357" s="142"/>
+      <c r="C357" s="142"/>
+      <c r="D357" s="142"/>
+      <c r="E357" s="142"/>
       <c r="F357" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G357" s="27">
         <v>25</v>
       </c>
       <c r="H357" s="27">
         <v>25</v>
       </c>
       <c r="I357" s="27">
         <v>25</v>
       </c>
       <c r="J357" s="27">
         <v>25</v>
       </c>
       <c r="K357" s="27">
         <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A358" s="124">
         <v>0</v>
       </c>
       <c r="B358" s="124">
         <v>0</v>
       </c>
       <c r="C358" s="124">
         <v>0</v>
       </c>
       <c r="D358" s="124"/>
       <c r="E358" s="124"/>
       <c r="F358" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G358" s="28">
         <v>0.55178934893222586</v>
       </c>
       <c r="H358" s="28">
         <v>0.51844118805869932</v>
       </c>
       <c r="I358" s="28">
         <v>0.51752343682121138</v>
       </c>
       <c r="J358" s="28">
         <v>0.49012770824107388</v>
       </c>
       <c r="K358" s="28">
         <v>0.46360646437986791</v>
       </c>
     </row>
     <row r="359" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A359" s="128" t="s">
         <v>121</v>
       </c>
       <c r="B359" s="128"/>
       <c r="C359" s="128"/>
       <c r="D359" s="128"/>
       <c r="E359" s="128"/>
       <c r="F359" s="29" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G359" s="30">
         <v>31</v>
       </c>
       <c r="H359" s="30">
         <v>35</v>
       </c>
       <c r="I359" s="30">
         <v>35</v>
       </c>
       <c r="J359" s="30">
         <v>34</v>
       </c>
       <c r="K359" s="30">
         <v>33</v>
       </c>
     </row>
     <row r="360" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A360" s="125">
         <v>0</v>
       </c>
       <c r="B360" s="125">
         <v>0</v>
       </c>
       <c r="C360" s="125">
         <v>0</v>
       </c>
       <c r="D360" s="125"/>
       <c r="E360" s="125"/>
       <c r="F360" s="31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G360" s="32">
         <v>0.29418952518727237</v>
       </c>
       <c r="H360" s="32">
         <v>0.23031432646168745</v>
       </c>
       <c r="I360" s="32">
         <v>0.22872613249326113</v>
       </c>
       <c r="J360" s="32">
         <v>0.2737309649390508</v>
       </c>
       <c r="K360" s="32">
         <v>0.26260343634315592</v>
       </c>
     </row>
     <row r="361" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A361" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B361" s="35"/>
       <c r="C361" s="119"/>
       <c r="D361" s="46"/>
       <c r="E361" s="46"/>
       <c r="F361" s="46"/>
       <c r="G361" s="46"/>
       <c r="H361" s="46"/>
       <c r="I361" s="46"/>
       <c r="J361" s="46"/>
       <c r="K361" s="46"/>
     </row>
     <row r="362" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A362" s="4" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="364" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A364" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B364" s="8"/>
       <c r="C364" s="8"/>
       <c r="D364" s="8"/>
       <c r="E364" s="8"/>
       <c r="F364" s="8"/>
       <c r="G364" s="8"/>
       <c r="H364" s="8"/>
       <c r="I364" s="8"/>
       <c r="J364" s="8"/>
       <c r="K364" s="9"/>
     </row>
     <row r="365" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A365" s="11">
         <v>0</v>
       </c>
       <c r="B365" s="12">
         <v>2020</v>
       </c>
       <c r="C365" s="12">
         <v>2021</v>
       </c>
       <c r="D365" s="12">
         <v>2022</v>
       </c>
       <c r="E365" s="12">
         <v>2023</v>
       </c>
       <c r="F365" s="12">
         <v>2024</v>
       </c>
       <c r="G365" s="13" t="s">
         <v>140</v>
       </c>
       <c r="H365" s="13" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I365" s="13" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J365" s="13" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="K365" s="13" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="366" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A366" s="15" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B366" s="16">
         <v>-4.0000000000000008E-2</v>
       </c>
       <c r="C366" s="16">
         <v>3.6599999999999997</v>
       </c>
       <c r="D366" s="16">
         <v>-0.80999999999999983</v>
       </c>
       <c r="E366" s="16">
         <v>3.09</v>
       </c>
       <c r="F366" s="16">
         <v>13.270000000000001</v>
       </c>
       <c r="G366" s="16">
         <v>10.180000000000001</v>
       </c>
       <c r="H366" s="16">
         <v>3.8340000000000005</v>
       </c>
       <c r="I366" s="16">
-        <v>2.81</v>
+        <v>12.120000000000001</v>
       </c>
       <c r="J366" s="16">
-        <v>4.47</v>
+        <v>8.2899999999999991</v>
       </c>
       <c r="K366" s="16">
-        <v>1.6599999999999997</v>
+        <v>-3.8300000000000018</v>
       </c>
     </row>
     <row r="367" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A367" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B367" s="16">
         <v>-3.2999999999999989</v>
       </c>
       <c r="C367" s="16">
         <v>-4.3300000000000018</v>
       </c>
       <c r="D367" s="16">
         <v>-11.760000000000002</v>
       </c>
       <c r="E367" s="16">
         <v>-37.82</v>
       </c>
       <c r="F367" s="16">
         <v>43.339999999999996</v>
       </c>
       <c r="G367" s="16">
         <v>81.16</v>
       </c>
       <c r="H367" s="16">
         <v>-2.7740000000000009</v>
       </c>
       <c r="I367" s="16">
-        <v>41.709999999999994</v>
+        <v>41.41</v>
       </c>
       <c r="J367" s="16">
-        <v>-0.17000000000000004</v>
+        <v>1.1800000000000002</v>
       </c>
       <c r="K367" s="16">
-        <v>-41.879999999999995</v>
+        <v>-40.229999999999997</v>
       </c>
     </row>
     <row r="368" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B368" s="17">
         <v>3.2599999999999989</v>
       </c>
       <c r="C368" s="17">
         <v>7.990000000000002</v>
       </c>
       <c r="D368" s="17">
         <v>10.950000000000001</v>
       </c>
       <c r="E368" s="17">
         <v>40.909999999999997</v>
       </c>
       <c r="F368" s="17">
         <v>-30.069999999999993</v>
       </c>
       <c r="G368" s="17" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H368" s="17" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I368" s="17">
-        <v>-38.899999999999991</v>
+        <v>-29.289999999999996</v>
       </c>
       <c r="J368" s="17">
-        <v>4.6399999999999997</v>
+        <v>7.1099999999999994</v>
       </c>
       <c r="K368" s="17" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A369" s="4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K369" s="60"/>
     </row>
     <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A370" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B370" s="60"/>
       <c r="C370" s="60"/>
       <c r="D370" s="60"/>
       <c r="E370" s="60"/>
       <c r="F370" s="60"/>
       <c r="G370" s="60"/>
       <c r="H370" s="60"/>
       <c r="I370" s="60"/>
     </row>
     <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A371" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B371" s="60"/>
       <c r="C371" s="60"/>
       <c r="D371" s="60"/>
       <c r="E371" s="60"/>
       <c r="F371" s="60"/>
       <c r="G371" s="60"/>
       <c r="H371" s="60"/>
       <c r="I371" s="60"/>
     </row>
     <row r="372" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A372" s="140" t="s">
-[...29 lines deleted...]
-      <c r="K372" s="140">
+      <c r="A372" s="139" t="s">
+        <v>37</v>
+      </c>
+      <c r="B372" s="139">
+        <v>0</v>
+      </c>
+      <c r="C372" s="139">
+        <v>0</v>
+      </c>
+      <c r="D372" s="139">
+        <v>0</v>
+      </c>
+      <c r="E372" s="139">
+        <v>0</v>
+      </c>
+      <c r="F372" s="139">
+        <v>0</v>
+      </c>
+      <c r="G372" s="139">
+        <v>0</v>
+      </c>
+      <c r="H372" s="139">
+        <v>0</v>
+      </c>
+      <c r="I372" s="139">
+        <v>0</v>
+      </c>
+      <c r="J372" s="139">
+        <v>0</v>
+      </c>
+      <c r="K372" s="139">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A373" s="46"/>
       <c r="B373" s="46"/>
       <c r="C373" s="46"/>
       <c r="D373" s="46"/>
       <c r="E373" s="46"/>
       <c r="F373" s="46"/>
       <c r="G373" s="46"/>
       <c r="H373" s="46"/>
       <c r="I373" s="46"/>
       <c r="J373" s="46"/>
       <c r="K373" s="46"/>
     </row>
     <row r="374" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B374" s="22"/>
       <c r="C374" s="22"/>
       <c r="D374" s="22"/>
       <c r="E374" s="22"/>
       <c r="F374" s="22"/>
       <c r="G374" s="22"/>
       <c r="H374" s="22"/>
       <c r="I374" s="22"/>
       <c r="J374" s="22"/>
       <c r="K374" s="22"/>
     </row>
     <row r="375" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A375" s="11">
         <v>0</v>
       </c>
       <c r="B375" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C375" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D375" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="C375" s="13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E375" s="13" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F375" s="13" t="s">
         <v>104</v>
       </c>
       <c r="G375" s="13" t="s">
         <v>116</v>
       </c>
       <c r="H375" s="13" t="s">
         <v>117</v>
       </c>
       <c r="I375" s="13" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J375" s="13" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="K375" s="13" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="376" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A376" s="106" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B376" s="16">
         <v>1.1599999999999999</v>
       </c>
       <c r="C376" s="16">
         <v>4.24</v>
       </c>
       <c r="D376" s="16">
         <v>25.23</v>
       </c>
       <c r="E376" s="16">
         <v>29.03</v>
       </c>
       <c r="F376" s="16">
         <v>42.3</v>
       </c>
       <c r="G376" s="16">
         <v>45.711333103685824</v>
       </c>
       <c r="H376" s="16">
         <v>145.73702405308671</v>
       </c>
       <c r="I376" s="60">
-        <v>31.84</v>
+        <v>41.15</v>
       </c>
       <c r="J376" s="60">
-        <v>46.77</v>
+        <v>50.59</v>
       </c>
       <c r="K376" s="16">
-        <v>46.890703517587951</v>
+        <v>22.940461725394908</v>
       </c>
     </row>
     <row r="377" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A377" s="106" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B377" s="49">
         <v>58</v>
       </c>
       <c r="C377" s="49">
         <v>57</v>
       </c>
       <c r="D377" s="49">
         <v>49</v>
       </c>
       <c r="E377" s="49">
         <v>47</v>
       </c>
       <c r="F377" s="49">
         <v>51</v>
       </c>
       <c r="G377" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H377" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I377" s="49">
         <v>49</v>
       </c>
       <c r="J377" s="49">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="K377" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="378" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A378" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B378" s="107">
         <v>2.1821685601054815E-3</v>
       </c>
       <c r="C378" s="107">
         <v>7.3979518840001143E-3</v>
       </c>
       <c r="D378" s="107">
         <v>3.9758874951483301E-2</v>
       </c>
       <c r="E378" s="107">
         <v>4.1791154786202898E-2</v>
       </c>
       <c r="F378" s="107">
         <v>5.7618390809607858E-2</v>
       </c>
       <c r="G378" s="86" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H378" s="86" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I378" s="107">
-        <v>4.460660726964414E-2</v>
+        <v>5.6239941045781359E-2</v>
       </c>
       <c r="J378" s="107">
-        <v>6.1487233806751293E-2</v>
+        <v>6.4493502907434427E-2</v>
       </c>
       <c r="K378" s="86" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A379" s="97" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B379" s="99">
         <v>16.03</v>
       </c>
       <c r="C379" s="99">
         <v>21.46</v>
       </c>
       <c r="D379" s="99">
         <v>15.25</v>
       </c>
       <c r="E379" s="99">
         <v>-18.53</v>
       </c>
       <c r="F379" s="99">
         <v>24.82</v>
       </c>
       <c r="G379" s="99" t="s">
         <v>142</v>
       </c>
       <c r="H379" s="99" t="s">
         <v>142</v>
       </c>
       <c r="I379" s="108">
-        <v>23.18</v>
+        <v>22.89</v>
       </c>
       <c r="J379" s="108">
-        <v>24.65</v>
+        <v>26</v>
       </c>
       <c r="K379" s="99">
-        <v>6.3416738567730748</v>
+        <v>13.586719091306247</v>
       </c>
     </row>
     <row r="380" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A380" s="15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B380" s="49">
         <v>45</v>
       </c>
       <c r="C380" s="49">
         <v>48</v>
       </c>
       <c r="D380" s="49">
         <v>51</v>
       </c>
       <c r="E380" s="49">
         <v>61</v>
       </c>
       <c r="F380" s="49">
         <v>49</v>
       </c>
       <c r="G380" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H380" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I380" s="49">
+        <v>50</v>
+      </c>
+      <c r="J380" s="49">
         <v>49</v>
       </c>
-      <c r="J380" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="K380" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="381" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A381" s="109" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B381" s="110">
         <v>1.065982026465747E-2</v>
       </c>
       <c r="C381" s="110">
         <v>1.307130622915352E-2</v>
       </c>
       <c r="D381" s="110">
         <v>8.6779568117721587E-3</v>
       </c>
       <c r="E381" s="110" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F381" s="110">
         <v>1.2379090031146728E-2</v>
       </c>
       <c r="G381" s="111" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H381" s="111" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I381" s="110">
-        <v>1.1801777588017051E-2</v>
+        <v>1.1350168209592037E-2</v>
       </c>
       <c r="J381" s="110">
-        <v>1.2131321033436971E-2</v>
+        <v>1.2491926491931203E-2</v>
       </c>
       <c r="K381" s="111" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="382" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A382" s="112" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B382" s="113">
         <v>-14.870000000000001</v>
       </c>
       <c r="C382" s="113">
         <v>-17.22</v>
       </c>
       <c r="D382" s="113">
         <v>9.98</v>
       </c>
       <c r="E382" s="113">
         <v>47.56</v>
       </c>
       <c r="F382" s="113">
         <v>17.479999999999997</v>
       </c>
       <c r="G382" s="114" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H382" s="114" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I382" s="113">
-        <v>8.66</v>
+        <v>18.259999999999998</v>
       </c>
       <c r="J382" s="113">
-        <v>22.120000000000005</v>
+        <v>24.590000000000003</v>
       </c>
       <c r="K382" s="114" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A383" s="54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="K383" s="46"/>
     </row>
     <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A384" s="54" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B384" s="88"/>
       <c r="C384" s="88"/>
       <c r="D384" s="88"/>
       <c r="E384" s="88"/>
       <c r="F384" s="88"/>
       <c r="G384" s="88"/>
       <c r="H384" s="88"/>
       <c r="I384" s="88"/>
       <c r="J384" s="87"/>
       <c r="K384" s="46"/>
     </row>
     <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A385" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B385" s="88"/>
       <c r="C385" s="88"/>
       <c r="D385" s="88"/>
       <c r="E385" s="88"/>
       <c r="F385" s="88"/>
       <c r="G385" s="88"/>
       <c r="H385" s="88"/>
       <c r="I385" s="88"/>
       <c r="J385" s="87"/>
@@ -10546,68 +10546,71 @@
       <c r="C386" s="88"/>
       <c r="D386" s="88"/>
       <c r="E386" s="88"/>
       <c r="F386" s="88"/>
       <c r="G386" s="88"/>
       <c r="H386" s="88"/>
       <c r="I386" s="88"/>
       <c r="J386" s="87"/>
       <c r="K386" s="46"/>
     </row>
     <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A387" s="20" t="s">
         <v>99</v>
       </c>
       <c r="B387" s="88"/>
       <c r="C387" s="88"/>
       <c r="D387" s="88"/>
       <c r="E387" s="88"/>
       <c r="F387" s="88"/>
       <c r="G387" s="88"/>
       <c r="H387" s="88"/>
       <c r="I387" s="88"/>
       <c r="J387" s="87"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A388" s="129" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B388" s="129"/>
       <c r="C388" s="129"/>
       <c r="D388" s="129"/>
       <c r="E388" s="129"/>
       <c r="F388" s="129"/>
       <c r="G388" s="129"/>
       <c r="H388" s="129"/>
       <c r="I388" s="129"/>
       <c r="J388" s="129"/>
       <c r="K388" s="129"/>
     </row>
+    <row r="389" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="90"/>
+    </row>
     <row r="390" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A390" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B390" s="15"/>
       <c r="C390" s="15"/>
       <c r="D390" s="15"/>
       <c r="E390" s="15"/>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15"/>
       <c r="I390" s="15"/>
       <c r="J390" s="15"/>
       <c r="K390" s="22"/>
     </row>
     <row r="391" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A391" s="11">
         <v>0</v>
       </c>
       <c r="B391" s="12"/>
       <c r="C391" s="12"/>
       <c r="D391" s="12"/>
       <c r="E391" s="12">
         <v>2020</v>
       </c>
       <c r="F391" s="12">
         <v>2021</v>
       </c>
@@ -10636,282 +10639,282 @@
       <c r="D392" s="16"/>
       <c r="E392" s="16">
         <v>5.59</v>
       </c>
       <c r="F392" s="16">
         <v>11.88</v>
       </c>
       <c r="G392" s="16">
         <v>27</v>
       </c>
       <c r="H392" s="16">
         <v>37.61</v>
       </c>
       <c r="I392" s="16">
         <v>45.63</v>
       </c>
       <c r="J392" s="16">
         <v>21.324115926615271</v>
       </c>
       <c r="K392" s="16">
         <v>69.028394048372846</v>
       </c>
     </row>
     <row r="393" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A393" s="15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B393" s="49"/>
       <c r="C393" s="49"/>
       <c r="D393" s="49"/>
       <c r="E393" s="49">
         <v>44</v>
       </c>
       <c r="F393" s="49">
         <v>35</v>
       </c>
       <c r="G393" s="89">
         <v>40</v>
       </c>
       <c r="H393" s="89">
         <v>40</v>
       </c>
       <c r="I393" s="49">
         <v>39</v>
       </c>
       <c r="J393" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K393" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A394" s="15" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B394" s="16"/>
       <c r="C394" s="16"/>
       <c r="D394" s="16"/>
       <c r="E394" s="16">
         <v>7.1976164172608881E-2</v>
       </c>
       <c r="F394" s="16">
         <v>0.11731989223950641</v>
       </c>
       <c r="G394" s="19">
         <v>0.12723881405885221</v>
       </c>
       <c r="H394" s="19">
         <v>0.14766380238413632</v>
       </c>
       <c r="I394" s="16">
         <v>0.16459762320022076</v>
       </c>
       <c r="J394" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K394" s="115" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="395" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A395" s="97" t="s">
         <v>101</v>
       </c>
       <c r="B395" s="99"/>
       <c r="C395" s="99"/>
       <c r="D395" s="99"/>
       <c r="E395" s="99">
         <v>2.29</v>
       </c>
       <c r="F395" s="99">
         <v>1.3</v>
       </c>
       <c r="G395" s="99">
         <v>1.64</v>
       </c>
       <c r="H395" s="99">
         <v>4.41</v>
       </c>
       <c r="I395" s="99">
         <v>2.62</v>
       </c>
       <c r="J395" s="99">
         <v>-40.589569160997726</v>
       </c>
       <c r="K395" s="99">
         <v>3.422838304845488</v>
       </c>
     </row>
     <row r="396" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A396" s="15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B396" s="49"/>
       <c r="C396" s="49"/>
       <c r="D396" s="49"/>
       <c r="E396" s="49">
         <v>51</v>
       </c>
       <c r="F396" s="49">
         <v>57</v>
       </c>
       <c r="G396" s="89">
         <v>56</v>
       </c>
       <c r="H396" s="89">
         <v>50</v>
       </c>
       <c r="I396" s="49">
         <v>54</v>
       </c>
       <c r="J396" s="49" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K396" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B397" s="17"/>
       <c r="C397" s="17"/>
       <c r="D397" s="17"/>
       <c r="E397" s="17">
         <v>8.3478539818169897E-2</v>
       </c>
       <c r="F397" s="17">
         <v>3.6371470218760409E-2</v>
       </c>
       <c r="G397" s="18">
         <v>2.9638893457214269E-2</v>
       </c>
       <c r="H397" s="18">
         <v>6.9096156467541262E-2</v>
       </c>
       <c r="I397" s="17">
         <v>3.8268845945985425E-2</v>
       </c>
       <c r="J397" s="17" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K397" s="116" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A398" s="54" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C398" s="54"/>
     </row>
     <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A399" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A400" s="4" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A401" s="4" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="402" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A402" s="129" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B402" s="129"/>
       <c r="C402" s="129"/>
       <c r="D402" s="129"/>
       <c r="E402" s="129"/>
       <c r="F402" s="129"/>
       <c r="G402" s="129"/>
       <c r="H402" s="129"/>
       <c r="I402" s="129"/>
       <c r="J402" s="129"/>
       <c r="K402" s="129"/>
     </row>
     <row r="403" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A403" s="121"/>
       <c r="B403" s="121"/>
       <c r="C403" s="121"/>
       <c r="D403" s="121"/>
       <c r="E403" s="121"/>
       <c r="F403" s="121"/>
       <c r="G403" s="121"/>
       <c r="H403" s="121"/>
       <c r="I403" s="7"/>
       <c r="J403" s="7"/>
       <c r="K403" s="7"/>
     </row>
     <row r="404" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A404" s="120"/>
       <c r="B404" s="120"/>
       <c r="C404" s="120"/>
       <c r="D404" s="120"/>
       <c r="E404" s="120"/>
       <c r="F404" s="120"/>
       <c r="G404" s="120"/>
       <c r="H404" s="120"/>
       <c r="I404" s="120"/>
       <c r="J404" s="120"/>
       <c r="K404" s="120"/>
     </row>
     <row r="405" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="I405" s="84"/>
       <c r="J405" s="84"/>
       <c r="K405" s="84"/>
     </row>
     <row r="406" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A406" s="118" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B406" s="118">
-        <v>45964</v>
+        <v>46003</v>
       </c>
       <c r="I406" s="84"/>
       <c r="J406" s="84"/>
       <c r="K406" s="84"/>
     </row>
     <row r="407" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A407" s="91" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="I407" s="84"/>
       <c r="J407" s="84"/>
       <c r="K407" s="84"/>
     </row>
     <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A408" s="117" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="I408" s="84"/>
       <c r="J408" s="84"/>
       <c r="K408" s="84"/>
     </row>
     <row r="409" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A409" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="46">
     <mergeCell ref="A402:K402"/>
     <mergeCell ref="A264:K264"/>
     <mergeCell ref="C270:C273"/>
     <mergeCell ref="A372:K372"/>
     <mergeCell ref="A353:K353"/>
     <mergeCell ref="A357:E358"/>
     <mergeCell ref="A359:E360"/>
     <mergeCell ref="A333:E334"/>
     <mergeCell ref="A335:E336"/>
     <mergeCell ref="A352:K352"/>
     <mergeCell ref="D305:D309"/>
     <mergeCell ref="A329:K329"/>
     <mergeCell ref="A283:K283"/>
     <mergeCell ref="A284:K284"/>
     <mergeCell ref="D290:D294"/>
@@ -11124,51 +11127,51 @@
     <cfRule type="cellIs" dxfId="4" priority="30" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K379">
     <cfRule type="cellIs" dxfId="3" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K381:K382">
     <cfRule type="cellIs" dxfId="2" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K392:K393">
     <cfRule type="cellIs" dxfId="1" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K395:K396">
     <cfRule type="cellIs" dxfId="0" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A408" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{61DB4B54-C234-49DA-85F2-81C9B4C71A7A}"/>
+    <hyperlink ref="A408" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
     <brk id="153" max="16383" man="1"/>
     <brk id="197" max="16383" man="1"/>
     <brk id="285" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>