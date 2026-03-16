--- v0 (2026-01-24)
+++ v1 (2026-03-16)
@@ -6,66 +6,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Cazaquistao\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F038B13-C8B2-400A-8545-AABF7858DC9A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EADDC2DA-BFE6-4478-A147-ADF3B8E9FF00}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cazaquistão" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Cazaquistão!$A$1:$K$321</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Cazaquistão!$A$1:$K$239</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Cazaquistão!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="139">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
@@ -164,53 +164,50 @@
   <si>
     <t>Minerais e minérios</t>
   </si>
   <si>
     <t>Metais comuns</t>
   </si>
   <si>
     <t>Máquinas e aparelhos</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Saldo</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
-    <t>Combustíveis minerais</t>
-[...1 lines deleted...]
-  <si>
     <t>Plásticos e borracha</t>
   </si>
   <si>
     <t>Peles e couros</t>
   </si>
   <si>
     <t>Madeira e cortiça</t>
   </si>
   <si>
     <t>Posição</t>
   </si>
   <si>
     <t>Unid.</t>
   </si>
   <si>
     <t>--</t>
   </si>
   <si>
     <t>Exportações</t>
   </si>
   <si>
     <t>Importações</t>
   </si>
   <si>
     <t>Nº Empresas</t>
@@ -356,80 +353,71 @@
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
-    <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/nov</t>
-[...2 lines deleted...]
-    <t>2025 jan/nov</t>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O CAZAQUISTÃO</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Cazaquistão</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
     <t>&gt;1000%</t>
   </si>
   <si>
     <t>Unidade: Milhares de euros</t>
   </si>
   <si>
     <t>Posição e Quota do Cazaquistão no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Cazaquistão como cliente de Portugal</t>
   </si>
   <si>
     <t>Cazaquistão como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Cazaquistão</t>
   </si>
   <si>
     <t>Portugal como cliente do Cazaquistão</t>
   </si>
   <si>
     <t>% Export. Cazaquistão</t>
   </si>
   <si>
     <t>Portugal como fornecedor do Cazaquistão</t>
@@ -446,162 +434,129 @@
   <si>
     <t>Cazaquistão - contribuição p/ o cresc. das exportações globais de Portugal</t>
   </si>
   <si>
     <t>Cazaquistão - contribuição p/ o cresc. das importações globais de Portugal</t>
   </si>
   <si>
     <t>Empresas exportadoras de bens para o Cazaquistão</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para o Cazaquistão por Escalão de Exportação Individual em Valor em 2024</t>
   </si>
   <si>
     <t>Mil €</t>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para o Cazaquistão por Nível de Exposição ao Mercado em 2024</t>
   </si>
   <si>
     <t>Exportações de Portugal para o Cazaquistão por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 20</t>
-[...2 lines deleted...]
-    <t>% Tot 23</t>
+    <t>% Tot 21</t>
   </si>
   <si>
     <t>% Tot 24</t>
   </si>
   <si>
-    <t>vh mil € 24/23</t>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh mil € 25/24</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes do Cazaquistão por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 25</t>
-[...4 lines deleted...]
-  <si>
     <t>Principais Produtos Exportados para o Cazaquistão</t>
   </si>
   <si>
-    <t>8209 Plaquetas, varetas, pontas e objetos semelhantes para ferramentas, não montados, de carbonetos...</t>
+    <t>4504 Cortiça aglomerada, com ou sem aglutinantes, e suas obras (exceto calçado e suas partes,...</t>
+  </si>
+  <si>
+    <t>5911 Produtos e artigos, de matérias têxteis, para usos técnicos, indicados na Nota 8 do Capítulo 59</t>
+  </si>
+  <si>
+    <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
   </si>
   <si>
     <t>8501 Motores e geradores, elétricos (exceto os grupos eletrogéneos)</t>
   </si>
   <si>
-    <t>4504 Cortiça aglomerada, com ou sem aglutinantes, e suas obras (exceto calçado e suas partes,...</t>
-[...7 lines deleted...]
-  <si>
     <t>4011 Pneumáticos novos, de borracha</t>
   </si>
   <si>
-    <t>8207 Ferramentas intercambiáveis para ferramentas manuais, mesmo mecânicas, ou para...</t>
+    <t>4503 Obras de cortiça natural (exceto em blocos, chapas, folhas ou tiras, de forma quadrada ou...</t>
+  </si>
+  <si>
+    <t>1806 Chocolate e outras preparações alimentícias contendo cacau</t>
+  </si>
+  <si>
+    <t>Ind</t>
   </si>
   <si>
     <t>7616 Obras de alumínio, não especificadas nem compreendidas noutras posições</t>
   </si>
   <si>
-    <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
-[...2 lines deleted...]
-    <t>8702 Veículos automóveis para o transporte de = &gt; 10 pessoas, incluindo o motorista</t>
+    <t>6911 Serviços de mesa, artigos de cozinha, outros artigos de uso doméstico e artigos de higiene ou de...</t>
+  </si>
+  <si>
+    <t>0504 Tripas, bexigas e estômagos, de animais (exceto de peixes), inteiros ou em pedaços, frescos,...</t>
   </si>
   <si>
     <t>Amostra</t>
   </si>
   <si>
     <t>Principais Produtos Importados Provenientes do Cazaquistão</t>
   </si>
   <si>
-    <t>2902 Hidrocarbonetos cíclicos</t>
-[...2 lines deleted...]
-    <t>Ind</t>
+    <t>1001 Trigo e mistura de trigo com centeio</t>
+  </si>
+  <si>
+    <t>3902 Polímeros de propileno ou de outras olefinas, em formas primárias</t>
   </si>
   <si>
     <t>4104 Couros e peles curtidos ou em crosta, de bovinos, incluídos os búfalos, ou de equídeos,...</t>
   </si>
   <si>
-    <t>3902 Polímeros de propileno ou de outras olefinas, em formas primárias</t>
+    <t>0713 Legumes de vagem, secos, em grão, mesmo pelados ou partidos</t>
+  </si>
+  <si>
+    <t>4107 Couros preparados após curtimenta ou após secagem e couros e peles apergaminhados, de bovinos...</t>
+  </si>
+  <si>
+    <t>1207 Sementes e frutos oleaginosos, mesmo triturados (exceto frutas de casca rija, azeitonas, soja,...</t>
+  </si>
+  <si>
+    <t>7210 Produtos laminados planos, de ferro ou aço não ligado, de largura = &gt; 600 mm, laminados a quente...</t>
   </si>
   <si>
     <t>4412 Madeira contraplacada, madeira folheada e madeiras estratificadas semelhantes (exceto painéis de...</t>
-  </si>
-[...37 lines deleted...]
-    <t>7210 Produtos laminados planos, de ferro ou aço não ligado, de largura = &gt; 600 mm, laminados a quente...</t>
   </si>
   <si>
     <t>2503 Enxofre de qualquer espécie (exceto o enxofre sublimado, precipitado e coloidal)</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para o Cazaquistão por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados do Cazaquistão por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para o Cazaquistão por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens do Cazaquistão por Meios de Transporte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
@@ -1253,119 +1208,99 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="17">
-[...14 lines deleted...]
-    </dxf>
+  <dxfs count="13">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
-      <numFmt numFmtId="2" formatCode="0.00"/>
-[...1 lines deleted...]
-    <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
-      <font>
-[...1 lines deleted...]
-      </font>
+      <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
@@ -1374,57 +1309,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>318</xdr:row>
+      <xdr:row>236</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>320</xdr:row>
+      <xdr:row>238</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -1812,7222 +1747,5205 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K322"/>
+  <dimension ref="A2:K240"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A317" sqref="A317"/>
+      <selection activeCell="A235" sqref="A235"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
     <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="87" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
     <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
     <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>0</v>
       </c>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
-[...6 lines deleted...]
-        <v>84</v>
+      <c r="I7" s="12">
+        <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>24</v>
-[...4 lines deleted...]
-      <c r="C8" s="16">
+        <v>23</v>
+      </c>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="16">
         <v>4827.3140000000003</v>
       </c>
-      <c r="D8" s="16">
+      <c r="F8" s="16">
         <v>8795.5650000000005</v>
       </c>
-      <c r="E8" s="16">
+      <c r="G8" s="16">
         <v>14423.733</v>
       </c>
-      <c r="F8" s="16">
+      <c r="H8" s="16">
         <v>13155.92</v>
       </c>
-      <c r="G8" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="16">
-        <v>12349.3</v>
+        <v>14126.91</v>
       </c>
       <c r="J8" s="16">
-        <v>12410.724</v>
+        <v>7.3806316852033138</v>
       </c>
       <c r="K8" s="16">
-        <v>0.4973885159482796</v>
+        <v>30.793272856639888</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="C9" s="16">
+        <v>24</v>
+      </c>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="16">
         <v>27427.008000000002</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>104.306</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>6793.665</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>7954.6880000000001</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>7949.7510000000002</v>
+        <v>8616.0439999999999</v>
       </c>
       <c r="J9" s="16">
-        <v>8021.9709999999995</v>
+        <v>8.3140407266758896</v>
       </c>
       <c r="K9" s="16">
-        <v>0.90845612648747542</v>
+        <v>-25.134389794143665</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="16">
-[...2 lines deleted...]
-      <c r="C10" s="16">
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="16">
         <v>-22599.694000000003</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>8691.259</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>7630.0680000000002</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>5201.232</v>
       </c>
-      <c r="G10" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I10" s="16">
-        <v>4399.5489999999991</v>
-[...2 lines deleted...]
-        <v>4388.7530000000006</v>
+        <v>5510.866</v>
+      </c>
+      <c r="J10" s="16" t="s">
+        <v>22</v>
       </c>
       <c r="K10" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="C11" s="17">
+        <v>26</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="17">
         <v>17.600585525041595</v>
       </c>
-      <c r="D11" s="17" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="17">
+      <c r="F11" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G11" s="17">
         <v>212.31151374111028</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>165.38574485888068</v>
       </c>
-      <c r="G11" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I11" s="17">
-        <v>155.3419723460521</v>
-[...2 lines deleted...]
-        <v>154.7091606289776</v>
+        <v>163.96051366497198</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>22</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="I12" s="8"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="9"/>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>92</v>
-      </c>
+        <v>88</v>
+      </c>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="9"/>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="19" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="20"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
     </row>
     <row r="20" spans="1:11" s="24" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="22">
         <v>0</v>
       </c>
       <c r="B20" s="22">
         <v>0</v>
       </c>
       <c r="C20" s="22">
         <v>0</v>
       </c>
       <c r="D20" s="23">
         <v>0</v>
       </c>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="K20" s="12">
+        <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="110" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="B21" s="110">
         <v>0</v>
       </c>
       <c r="C21" s="110">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="F21" s="26">
+        <v>20</v>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="26">
         <v>125</v>
       </c>
-      <c r="G21" s="26">
+      <c r="H21" s="26">
         <v>115</v>
       </c>
-      <c r="H21" s="26">
+      <c r="I21" s="26">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J21" s="26">
         <v>100</v>
       </c>
       <c r="K21" s="26">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="110">
         <v>0</v>
       </c>
       <c r="B22" s="110">
         <v>0</v>
       </c>
       <c r="C22" s="110">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-      <c r="F22" s="27">
+        <v>27</v>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="27">
         <v>7.5879061612114255E-3</v>
       </c>
-      <c r="G22" s="27">
+      <c r="H22" s="27">
         <v>1.1218441068192777E-2</v>
       </c>
-      <c r="H22" s="27">
+      <c r="I22" s="27">
         <v>1.8649732222184735E-2</v>
       </c>
-      <c r="I22" s="27">
+      <c r="J22" s="27">
         <v>1.6675212033873128E-2</v>
       </c>
-      <c r="J22" s="27">
-[...1 lines deleted...]
-      </c>
       <c r="K22" s="27">
-        <v>1.6838344478394801E-2</v>
+        <v>1.7811812450616631E-2</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="111" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="B23" s="111">
         <v>0</v>
       </c>
       <c r="C23" s="111">
         <v>0</v>
       </c>
       <c r="D23" s="28" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="F23" s="29">
+        <v>20</v>
+      </c>
+      <c r="E23" s="28"/>
+      <c r="F23" s="28"/>
+      <c r="G23" s="29">
         <v>78</v>
       </c>
-      <c r="G23" s="29">
+      <c r="H23" s="29">
         <v>159</v>
       </c>
-      <c r="H23" s="29">
+      <c r="I23" s="29">
         <v>112</v>
       </c>
-      <c r="I23" s="29">
+      <c r="J23" s="29">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="K23" s="29">
         <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="112">
         <v>0</v>
       </c>
       <c r="B24" s="112">
         <v>0</v>
       </c>
       <c r="C24" s="112">
         <v>0</v>
       </c>
       <c r="D24" s="30" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="F24" s="31">
+        <v>28</v>
+      </c>
+      <c r="E24" s="30"/>
+      <c r="F24" s="30"/>
+      <c r="G24" s="31">
         <v>3.2986676538898675E-2</v>
       </c>
-      <c r="G24" s="31">
+      <c r="H24" s="31">
         <v>9.5203097425861747E-5</v>
       </c>
-      <c r="H24" s="31">
+      <c r="I24" s="31">
         <v>6.4610249803157185E-3</v>
       </c>
-      <c r="I24" s="31">
+      <c r="J24" s="31">
         <v>7.4174115179392553E-3</v>
       </c>
-      <c r="J24" s="31">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="31">
-        <v>7.8046411619089066E-3</v>
+        <v>7.733499996120996E-3</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="32"/>
       <c r="C25" s="33"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="34"/>
       <c r="B26" s="35"/>
       <c r="C26" s="35"/>
       <c r="D26" s="35"/>
       <c r="E26" s="35"/>
       <c r="F26" s="35"/>
       <c r="G26" s="35"/>
       <c r="H26" s="35"/>
       <c r="I26" s="35"/>
       <c r="J26" s="35"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="37"/>
       <c r="D27" s="36"/>
       <c r="E27" s="36"/>
       <c r="F27" s="36"/>
       <c r="G27" s="36"/>
       <c r="H27" s="36"/>
       <c r="I27" s="36"/>
       <c r="J27" s="36"/>
       <c r="K27" s="36"/>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="22">
         <v>0</v>
       </c>
       <c r="B28" s="22">
         <v>0</v>
       </c>
       <c r="C28" s="22">
         <v>0</v>
       </c>
       <c r="D28" s="23">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="110" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B29" s="110">
         <v>0</v>
       </c>
       <c r="C29" s="110">
         <v>0</v>
       </c>
       <c r="D29" s="110">
         <v>0</v>
       </c>
       <c r="E29" s="121" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F29" s="121">
         <v>0</v>
       </c>
       <c r="G29" s="26">
         <v>106</v>
       </c>
       <c r="H29" s="26">
         <v>112</v>
       </c>
       <c r="I29" s="26">
         <v>90</v>
       </c>
       <c r="J29" s="26">
         <v>68</v>
       </c>
       <c r="K29" s="26">
         <v>69</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="110">
         <v>0</v>
       </c>
       <c r="B30" s="110">
         <v>0</v>
       </c>
       <c r="C30" s="110">
         <v>0</v>
       </c>
       <c r="D30" s="110">
         <v>0</v>
       </c>
       <c r="E30" s="121" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F30" s="121">
         <v>0</v>
       </c>
       <c r="G30" s="27">
         <v>1.2779635191255866E-5</v>
       </c>
       <c r="H30" s="27">
         <v>1.8235764697893722E-5</v>
       </c>
       <c r="I30" s="27">
         <v>4.5968071496899687E-5</v>
       </c>
       <c r="J30" s="27">
         <v>6.2386018033445635E-3</v>
       </c>
       <c r="K30" s="27">
         <v>5.8062875686501004E-3</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="111" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B31" s="111">
         <v>0</v>
       </c>
       <c r="C31" s="111">
         <v>0</v>
       </c>
       <c r="D31" s="111">
         <v>0</v>
       </c>
       <c r="E31" s="123" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F31" s="123">
         <v>0</v>
       </c>
       <c r="G31" s="29">
         <v>61</v>
       </c>
       <c r="H31" s="29">
         <v>61</v>
       </c>
       <c r="I31" s="29">
         <v>58</v>
       </c>
       <c r="J31" s="29">
         <v>59</v>
       </c>
       <c r="K31" s="29">
         <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="112">
         <v>0</v>
       </c>
       <c r="B32" s="112">
         <v>0</v>
       </c>
       <c r="C32" s="112">
         <v>0</v>
       </c>
       <c r="D32" s="112">
         <v>0</v>
       </c>
       <c r="E32" s="122" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F32" s="122">
         <v>0</v>
       </c>
       <c r="G32" s="31">
         <v>4.9599002515951937E-2</v>
       </c>
       <c r="H32" s="31">
         <v>4.8122155423455049E-2</v>
       </c>
       <c r="I32" s="31">
         <v>6.2441577128141704E-2</v>
       </c>
       <c r="J32" s="31">
         <v>7.4657661813463561E-2</v>
       </c>
       <c r="K32" s="31">
         <v>7.4662999980045927E-2</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B33" s="32"/>
       <c r="C33" s="33"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="34"/>
       <c r="B34" s="35"/>
       <c r="C34" s="35"/>
       <c r="D34" s="35"/>
       <c r="E34" s="35"/>
       <c r="F34" s="35"/>
       <c r="G34" s="35"/>
       <c r="H34" s="35"/>
       <c r="I34" s="35"/>
       <c r="J34" s="35"/>
     </row>
     <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B35" s="36"/>
       <c r="C35" s="36"/>
       <c r="D35" s="36"/>
       <c r="E35" s="36"/>
       <c r="F35" s="36"/>
       <c r="G35" s="36"/>
       <c r="H35" s="36"/>
       <c r="I35" s="36"/>
       <c r="J35" s="36"/>
       <c r="K35" s="36"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="22">
         <v>0</v>
       </c>
       <c r="B36" s="22">
         <v>0</v>
       </c>
       <c r="C36" s="22">
         <v>0</v>
       </c>
       <c r="D36" s="22">
         <v>0</v>
       </c>
       <c r="E36" s="38" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="F36" s="38"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-        <v>85</v>
+      <c r="K36" s="13">
+        <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="110" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B37" s="110">
         <v>0</v>
       </c>
       <c r="C37" s="110">
         <v>0</v>
       </c>
       <c r="D37" s="110">
         <v>0</v>
       </c>
       <c r="E37" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="F37" s="39">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="25"/>
       <c r="G37" s="39">
         <v>5.4874313267483182E-4</v>
       </c>
       <c r="H37" s="39">
         <v>6.2375714967233117E-3</v>
       </c>
       <c r="I37" s="39">
         <v>7.1785349809692037E-3</v>
       </c>
       <c r="J37" s="39">
         <v>-1.6392686246899256E-3</v>
       </c>
       <c r="K37" s="39">
-        <v>8.385589198048767E-5</v>
+        <v>1.230735982946876E-3</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="116" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B38" s="116">
         <v>0</v>
       </c>
       <c r="C38" s="116">
         <v>0</v>
       </c>
       <c r="D38" s="116">
         <v>0</v>
       </c>
       <c r="E38" s="40" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="41">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="40"/>
       <c r="G38" s="41">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="41">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="41">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="41">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="41">
-        <v>0.6220626341558757</v>
+        <v>0.5285007714086577</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="111" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B39" s="111">
         <v>0</v>
       </c>
       <c r="C39" s="111">
         <v>0</v>
       </c>
       <c r="D39" s="111">
         <v>0</v>
       </c>
       <c r="E39" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="43">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="42"/>
       <c r="G39" s="43">
         <v>3.3745839508519226E-2</v>
       </c>
       <c r="H39" s="43">
         <v>-3.2861226898782389E-2</v>
       </c>
       <c r="I39" s="43">
         <v>6.1055710754277332E-3</v>
       </c>
       <c r="J39" s="43">
         <v>1.1041755231853642E-3</v>
       </c>
       <c r="K39" s="43">
-        <v>7.3292562919410293E-5</v>
+        <v>6.1668661446661786E-4</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="117" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B40" s="117">
         <v>0</v>
       </c>
       <c r="C40" s="117">
         <v>0</v>
       </c>
       <c r="D40" s="117">
         <v>0</v>
       </c>
       <c r="E40" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="44"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>4.3111112335369164</v>
+        <v>3.886961096989102</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="32"/>
       <c r="C41" s="33"/>
+      <c r="K41" s="36"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="45"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B44" s="36"/>
       <c r="C44" s="36"/>
       <c r="D44" s="36"/>
       <c r="E44" s="36"/>
       <c r="F44" s="36"/>
       <c r="G44" s="36"/>
       <c r="H44" s="36"/>
       <c r="I44" s="36"/>
       <c r="J44" s="36"/>
       <c r="K44" s="36"/>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="22">
         <v>0</v>
       </c>
       <c r="B45" s="22">
         <v>0</v>
       </c>
       <c r="C45" s="22">
         <v>0</v>
       </c>
       <c r="D45" s="22">
         <v>0</v>
       </c>
       <c r="E45" s="22">
         <v>0</v>
       </c>
       <c r="F45" s="22">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="118" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B46" s="118">
         <v>0</v>
       </c>
       <c r="C46" s="118">
         <v>0</v>
       </c>
       <c r="D46" s="46" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E46" s="46"/>
       <c r="F46" s="46"/>
       <c r="G46" s="47">
         <v>116</v>
       </c>
       <c r="H46" s="47">
         <v>88</v>
       </c>
       <c r="I46" s="47">
         <v>123</v>
       </c>
       <c r="J46" s="47">
         <v>138</v>
       </c>
       <c r="K46" s="47">
         <v>158</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="110">
         <v>0</v>
       </c>
       <c r="B47" s="110">
         <v>0</v>
       </c>
       <c r="C47" s="110">
         <v>0</v>
       </c>
       <c r="D47" s="49" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E47" s="49"/>
       <c r="F47" s="49"/>
       <c r="G47" s="50">
         <v>0.56016998261541429</v>
       </c>
       <c r="H47" s="50">
         <v>0.39072906491430603</v>
       </c>
       <c r="I47" s="50">
         <v>0.53618134263295547</v>
       </c>
       <c r="J47" s="50">
         <v>0.61121445655062445</v>
       </c>
       <c r="K47" s="50">
         <v>0.74630390628690191</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="112">
         <v>0</v>
       </c>
       <c r="B48" s="112">
         <v>0</v>
       </c>
       <c r="C48" s="112">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="51">
         <v>94</v>
       </c>
       <c r="H48" s="51">
         <v>105</v>
       </c>
       <c r="I48" s="51">
         <v>95</v>
       </c>
       <c r="J48" s="51">
         <v>91</v>
       </c>
       <c r="K48" s="51">
         <v>88</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="52"/>
       <c r="F49" s="53"/>
       <c r="G49" s="120"/>
       <c r="H49" s="120"/>
       <c r="I49" s="120"/>
       <c r="J49" s="120"/>
       <c r="K49" s="120"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="106" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B50" s="106">
         <v>0</v>
       </c>
       <c r="C50" s="106">
         <v>0</v>
       </c>
       <c r="D50" s="106">
         <v>0</v>
       </c>
       <c r="E50" s="106">
         <v>0</v>
       </c>
       <c r="F50" s="106">
         <v>0</v>
       </c>
       <c r="G50" s="106">
         <v>0</v>
       </c>
       <c r="H50" s="106">
         <v>0</v>
       </c>
       <c r="I50" s="106">
         <v>0</v>
       </c>
       <c r="J50" s="106">
         <v>0</v>
       </c>
       <c r="K50" s="106">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C51" s="52"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="106" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B52" s="106"/>
       <c r="C52" s="106"/>
       <c r="D52" s="106"/>
       <c r="E52" s="106"/>
       <c r="F52" s="106"/>
       <c r="G52" s="106"/>
       <c r="H52" s="106"/>
       <c r="I52" s="106"/>
       <c r="J52" s="106"/>
       <c r="K52" s="106"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="54"/>
       <c r="B53" s="54"/>
       <c r="C53" s="54"/>
       <c r="D53" s="54"/>
       <c r="E53" s="54"/>
       <c r="F53" s="54"/>
       <c r="G53" s="54"/>
       <c r="H53" s="54"/>
       <c r="I53" s="54"/>
       <c r="J53" s="54"/>
       <c r="K53" s="54"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="45"/>
       <c r="B54" s="45"/>
       <c r="C54" s="55"/>
       <c r="D54" s="45"/>
       <c r="E54" s="45"/>
       <c r="F54" s="45"/>
       <c r="G54" s="45"/>
       <c r="H54" s="45"/>
       <c r="I54" s="45"/>
       <c r="J54" s="45"/>
       <c r="K54" s="45"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B55" s="36"/>
       <c r="C55" s="37"/>
       <c r="D55" s="36"/>
       <c r="E55" s="36"/>
       <c r="F55" s="36"/>
       <c r="G55" s="36"/>
       <c r="H55" s="36"/>
       <c r="I55" s="36"/>
       <c r="J55" s="36"/>
       <c r="K55" s="36"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="46">
         <v>0</v>
       </c>
       <c r="B56" s="46">
         <v>0</v>
       </c>
       <c r="C56" s="56">
         <v>0</v>
       </c>
       <c r="D56" s="46">
         <v>0</v>
       </c>
       <c r="E56" s="46">
         <v>0</v>
       </c>
       <c r="F56" s="46">
         <v>0</v>
       </c>
       <c r="G56" s="46">
         <v>0</v>
       </c>
       <c r="H56" s="113" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I56" s="113">
         <v>0</v>
       </c>
       <c r="J56" s="113" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="K56" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="57">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="57" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I57" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J57" s="57" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="K57" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="21"/>
       <c r="C58" s="58"/>
       <c r="D58" s="21"/>
       <c r="E58" s="21"/>
       <c r="F58" s="36"/>
       <c r="G58" s="36"/>
       <c r="H58" s="48">
         <v>158</v>
       </c>
       <c r="I58" s="59">
         <v>100</v>
       </c>
       <c r="J58" s="59">
         <v>13155.92</v>
       </c>
       <c r="K58" s="59">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B59" s="21"/>
       <c r="C59" s="58"/>
       <c r="D59" s="21"/>
       <c r="E59" s="21"/>
       <c r="F59" s="36"/>
       <c r="G59" s="36"/>
       <c r="H59" s="48">
         <v>0</v>
       </c>
       <c r="I59" s="59">
         <v>0</v>
       </c>
       <c r="J59" s="59">
         <v>0</v>
       </c>
       <c r="K59" s="59">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B60" s="21"/>
       <c r="C60" s="58"/>
       <c r="D60" s="21"/>
       <c r="E60" s="21"/>
       <c r="F60" s="36"/>
       <c r="G60" s="36"/>
       <c r="H60" s="48">
         <v>3</v>
       </c>
       <c r="I60" s="59">
         <v>1.89873417721519</v>
       </c>
       <c r="J60" s="59">
         <v>5158.09</v>
       </c>
       <c r="K60" s="59">
         <v>39.207368241825733</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B61" s="21"/>
       <c r="C61" s="58"/>
       <c r="D61" s="21"/>
       <c r="E61" s="21"/>
       <c r="F61" s="36"/>
       <c r="G61" s="36"/>
       <c r="H61" s="48">
         <v>115</v>
       </c>
       <c r="I61" s="59">
         <v>72.784810126582272</v>
       </c>
       <c r="J61" s="59">
         <v>5835.3249999999998</v>
       </c>
       <c r="K61" s="59">
         <v>44.355126817432762</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B62" s="21"/>
       <c r="C62" s="58"/>
       <c r="D62" s="21"/>
       <c r="E62" s="21"/>
       <c r="F62" s="36"/>
       <c r="G62" s="36"/>
       <c r="H62" s="48">
         <v>40</v>
       </c>
       <c r="I62" s="59">
         <v>25.316455696202532</v>
       </c>
       <c r="J62" s="59">
         <v>10.321</v>
       </c>
       <c r="K62" s="59">
         <v>7.8451373982207251E-2</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="60" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B63" s="60"/>
       <c r="C63" s="61"/>
       <c r="D63" s="60"/>
       <c r="E63" s="60"/>
       <c r="F63" s="62"/>
       <c r="G63" s="62"/>
       <c r="H63" s="63" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I63" s="64" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J63" s="65">
         <v>2152.1839999999993</v>
       </c>
       <c r="K63" s="65">
         <v>16.3590535667593</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="52"/>
       <c r="F64" s="119" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G64" s="119"/>
       <c r="H64" s="119"/>
       <c r="I64" s="119"/>
       <c r="J64" s="119"/>
       <c r="K64" s="119"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="45"/>
       <c r="C65" s="52"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="45"/>
       <c r="C66" s="52"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B67" s="36"/>
       <c r="C67" s="37"/>
       <c r="D67" s="36"/>
       <c r="E67" s="36"/>
       <c r="F67" s="36"/>
       <c r="G67" s="36"/>
       <c r="H67" s="36"/>
       <c r="I67" s="36"/>
       <c r="J67" s="36"/>
       <c r="K67" s="36"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="46">
         <v>0</v>
       </c>
       <c r="B68" s="46">
         <v>0</v>
       </c>
       <c r="C68" s="56">
         <v>0</v>
       </c>
       <c r="D68" s="46">
         <v>0</v>
       </c>
       <c r="E68" s="46">
         <v>0</v>
       </c>
       <c r="F68" s="46">
         <v>0</v>
       </c>
       <c r="G68" s="46">
         <v>0</v>
       </c>
       <c r="H68" s="113" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I68" s="113">
         <v>0</v>
       </c>
       <c r="J68" s="113" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="K68" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="57">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="57" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I69" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J69" s="57" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="K69" s="57" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="21"/>
       <c r="C70" s="58"/>
       <c r="D70" s="21"/>
       <c r="E70" s="21"/>
       <c r="F70" s="21"/>
       <c r="G70" s="21"/>
       <c r="H70" s="48">
         <v>158</v>
       </c>
       <c r="I70" s="66">
         <v>100</v>
       </c>
       <c r="J70" s="59">
         <v>13155.92</v>
       </c>
       <c r="K70" s="66">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B71" s="21"/>
       <c r="C71" s="58"/>
       <c r="D71" s="21"/>
       <c r="E71" s="21"/>
       <c r="F71" s="21"/>
       <c r="G71" s="21"/>
       <c r="H71" s="48">
         <v>149</v>
       </c>
       <c r="I71" s="59">
         <v>94.303797468354432</v>
       </c>
       <c r="J71" s="59">
         <v>10903.135</v>
       </c>
       <c r="K71" s="66">
         <v>82.876264069711581</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B72" s="21"/>
       <c r="C72" s="58"/>
       <c r="D72" s="21"/>
       <c r="E72" s="21"/>
       <c r="F72" s="21"/>
       <c r="G72" s="21"/>
       <c r="H72" s="48">
         <v>4</v>
       </c>
       <c r="I72" s="66">
         <v>2.5316455696202533</v>
       </c>
       <c r="J72" s="59">
         <v>49.234999999999999</v>
       </c>
       <c r="K72" s="66">
         <v>0.37424216626431295</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B73" s="21"/>
       <c r="C73" s="58"/>
       <c r="D73" s="21"/>
       <c r="E73" s="21"/>
       <c r="F73" s="21"/>
       <c r="G73" s="21"/>
       <c r="H73" s="48">
         <v>0</v>
       </c>
       <c r="I73" s="66">
         <v>0</v>
       </c>
       <c r="J73" s="59">
         <v>0</v>
       </c>
       <c r="K73" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B74" s="21"/>
       <c r="C74" s="58"/>
       <c r="D74" s="21"/>
       <c r="E74" s="21"/>
       <c r="F74" s="21"/>
       <c r="G74" s="21"/>
       <c r="H74" s="48">
         <v>5</v>
       </c>
       <c r="I74" s="66">
         <v>3.1645569620253164</v>
       </c>
       <c r="J74" s="59">
         <v>51.366</v>
       </c>
       <c r="K74" s="66">
         <v>0.3904401972648055</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="49" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B75" s="67"/>
       <c r="C75" s="68"/>
       <c r="D75" s="67"/>
       <c r="E75" s="67"/>
       <c r="F75" s="67"/>
       <c r="G75" s="67"/>
       <c r="H75" s="69">
         <v>5</v>
       </c>
       <c r="I75" s="70">
         <v>3.1645569620253164</v>
       </c>
       <c r="J75" s="71">
         <v>51.366</v>
       </c>
       <c r="K75" s="70">
         <v>0.3904401972648055</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="72" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B76" s="72"/>
       <c r="C76" s="73"/>
       <c r="D76" s="72"/>
       <c r="E76" s="72"/>
       <c r="F76" s="74"/>
       <c r="G76" s="74"/>
       <c r="H76" s="75" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I76" s="76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J76" s="77">
         <v>2152.1839999999993</v>
       </c>
       <c r="K76" s="77">
         <v>16.3590535667593</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="52"/>
       <c r="F77" s="119" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="G77" s="119"/>
       <c r="H77" s="119"/>
       <c r="I77" s="119"/>
       <c r="J77" s="119"/>
       <c r="K77" s="119"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="45"/>
       <c r="C78" s="33"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="45"/>
       <c r="C79" s="33"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B80" s="36"/>
       <c r="C80" s="36"/>
       <c r="D80" s="36"/>
       <c r="E80" s="36"/>
       <c r="F80" s="36"/>
       <c r="G80" s="36"/>
       <c r="H80" s="36"/>
       <c r="I80" s="36"/>
       <c r="J80" s="36"/>
       <c r="K80" s="36"/>
     </row>
     <row r="81" spans="1:11" s="24" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="22">
         <v>0</v>
       </c>
       <c r="B81" s="22">
         <v>0</v>
       </c>
       <c r="C81" s="22">
         <v>0</v>
       </c>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F81" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H81" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="78"/>
       <c r="D82" s="16">
-        <v>47.290000000000006</v>
+        <v>1037.6209999999999</v>
       </c>
       <c r="E82" s="16">
-        <v>1.0433940733275029</v>
+        <v>21.494789856222319</v>
       </c>
       <c r="F82" s="16">
-        <v>4213.1109999999999</v>
+        <v>1815.18</v>
       </c>
       <c r="G82" s="16">
-        <v>29.209574248219926</v>
+        <v>13.79743871960304</v>
       </c>
       <c r="H82" s="16">
-        <v>3055.0639999999999</v>
+        <v>5593.4869999999992</v>
       </c>
       <c r="I82" s="16">
-        <v>23.221971553490746</v>
+        <v>39.5945539399628</v>
       </c>
       <c r="J82" s="16">
-        <v>-27.486743169121347</v>
+        <v>208.15054154408924</v>
       </c>
       <c r="K82" s="16">
-        <v>-1158.047</v>
+        <v>3778.3069999999989</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="78"/>
       <c r="D83" s="16">
-        <v>1422.4539999999997</v>
+        <v>908.84299999999996</v>
       </c>
       <c r="E83" s="16">
-        <v>31.384649464601377</v>
+        <v>18.827095150636563</v>
       </c>
       <c r="F83" s="16">
-        <v>3390.7979999999998</v>
+        <v>1258.5320000000002</v>
       </c>
       <c r="G83" s="16">
-        <v>23.508463447014723</v>
+        <v>9.5662789071383845</v>
       </c>
       <c r="H83" s="16">
-        <v>2398.3990000000003</v>
+        <v>1867.0170000000001</v>
       </c>
       <c r="I83" s="16">
-        <v>18.230568443712034</v>
+        <v>13.216032380754179</v>
       </c>
       <c r="J83" s="16">
-        <v>-29.267417286432263</v>
+        <v>48.348790495593263</v>
       </c>
       <c r="K83" s="16">
-        <v>-992.39899999999943</v>
+        <v>608.4849999999999</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="78"/>
       <c r="D84" s="16">
-        <v>834.91099999999994</v>
+        <v>264.87299999999993</v>
       </c>
       <c r="E84" s="16">
-        <v>18.421255850199589</v>
+        <v>5.4869643864061857</v>
       </c>
       <c r="F84" s="16">
-        <v>1159.1870000000001</v>
+        <v>2398.3990000000003</v>
       </c>
       <c r="G84" s="16">
-        <v>8.0366642948812217</v>
+        <v>18.230568443712034</v>
       </c>
       <c r="H84" s="16">
-        <v>1815.18</v>
+        <v>1148.9010000000001</v>
       </c>
       <c r="I84" s="16">
-        <v>13.79743871960304</v>
+        <v>8.1327126738968403</v>
       </c>
       <c r="J84" s="16">
-        <v>56.590783022928989</v>
+        <v>-52.097169820367675</v>
       </c>
       <c r="K84" s="16">
-        <v>655.99299999999994</v>
+        <v>-1249.4980000000003</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="78"/>
       <c r="D85" s="16">
-        <v>170.262</v>
+        <v>577.86700000000008</v>
       </c>
       <c r="E85" s="16">
-        <v>3.7566158112262058</v>
+        <v>11.970777123675818</v>
       </c>
       <c r="F85" s="16">
-        <v>319.51000000000005</v>
+        <v>571.55299999999988</v>
       </c>
       <c r="G85" s="16">
-        <v>2.2151685697454333</v>
+        <v>4.344454815778751</v>
       </c>
       <c r="H85" s="16">
-        <v>1258.5320000000002</v>
+        <v>1044.7629999999999</v>
       </c>
       <c r="I85" s="16">
-        <v>9.5662789071383845</v>
+        <v>7.395552176661421</v>
       </c>
       <c r="J85" s="16">
-        <v>293.89440080122688</v>
+        <v>82.793721667107008</v>
       </c>
       <c r="K85" s="16">
-        <v>939.02200000000016</v>
+        <v>473.21000000000004</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="78"/>
       <c r="D86" s="16">
-        <v>174.63500000000002</v>
+        <v>277.91199999999998</v>
       </c>
       <c r="E86" s="16">
-        <v>3.8531005285588593</v>
+        <v>5.7570731881124777</v>
       </c>
       <c r="F86" s="16">
-        <v>438.76900000000001</v>
+        <v>809.45</v>
       </c>
       <c r="G86" s="16">
-        <v>3.0419933591394126</v>
+        <v>6.1527434037300317</v>
       </c>
       <c r="H86" s="16">
-        <v>1080.501</v>
+        <v>826.53</v>
       </c>
       <c r="I86" s="16">
-        <v>8.2130402130751783</v>
+        <v>5.850748677523959</v>
       </c>
       <c r="J86" s="16">
-        <v>146.25737005121144</v>
+        <v>2.1100747421088304</v>
       </c>
       <c r="K86" s="16">
-        <v>641.73199999999997</v>
+        <v>17.079999999999927</v>
       </c>
     </row>
     <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="78"/>
       <c r="D87" s="16">
-        <v>259.66899999999998</v>
+        <v>259.02099999999996</v>
       </c>
       <c r="E87" s="16">
-        <v>5.729268251784295</v>
+        <v>5.3657375509444787</v>
       </c>
       <c r="F87" s="16">
-        <v>629.96100000000001</v>
+        <v>307.14699999999999</v>
       </c>
       <c r="G87" s="16">
-        <v>4.3675309297530678</v>
+        <v>2.3346675869114439</v>
       </c>
       <c r="H87" s="16">
-        <v>809.45</v>
+        <v>776.93700000000001</v>
       </c>
       <c r="I87" s="16">
-        <v>6.1527434037300317</v>
+        <v>5.4996952624459281</v>
       </c>
       <c r="J87" s="16">
-        <v>28.492081255823777</v>
+        <v>152.95282063637282</v>
       </c>
       <c r="K87" s="16">
-        <v>179.48900000000003</v>
+        <v>469.79</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="78"/>
       <c r="D88" s="16">
-        <v>814.95699999999999</v>
+        <v>154.02000000000001</v>
       </c>
       <c r="E88" s="16">
-        <v>17.980996062946957</v>
+        <v>3.190594189646665</v>
       </c>
       <c r="F88" s="16">
-        <v>704.923</v>
+        <v>3055.0639999999999</v>
       </c>
       <c r="G88" s="16">
-        <v>4.8872438223863401</v>
+        <v>23.221971553490746</v>
       </c>
       <c r="H88" s="16">
-        <v>571.55299999999988</v>
+        <v>685.51400000000001</v>
       </c>
       <c r="I88" s="16">
-        <v>4.344454815778751</v>
+        <v>4.8525402936664852</v>
       </c>
       <c r="J88" s="16">
-        <v>-18.919796913989202</v>
+        <v>-77.561386602702925</v>
       </c>
       <c r="K88" s="16">
-        <v>-133.37000000000012</v>
+        <v>-2369.5499999999997</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="78"/>
       <c r="D89" s="16">
-        <v>27.075000000000003</v>
+        <v>77.843999999999994</v>
       </c>
       <c r="E89" s="16">
-        <v>0.59737565099052947</v>
+        <v>1.6125737832674649</v>
       </c>
       <c r="F89" s="16">
-        <v>1333.9969999999998</v>
+        <v>336.339</v>
       </c>
       <c r="G89" s="16">
-        <v>9.2486251652051497</v>
+        <v>2.5565600885380877</v>
       </c>
       <c r="H89" s="16">
-        <v>443.65099999999995</v>
+        <v>584.40299999999991</v>
       </c>
       <c r="I89" s="16">
-        <v>3.3722537078364714</v>
+        <v>4.1368069875153157</v>
       </c>
       <c r="J89" s="16">
-        <v>-66.742728806736451</v>
+        <v>73.754158750546296</v>
       </c>
       <c r="K89" s="16">
-        <v>-890.34599999999989</v>
+        <v>248.06399999999991</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="78"/>
       <c r="D90" s="16">
-        <v>44.041999999999994</v>
+        <v>256.89600000000002</v>
       </c>
       <c r="E90" s="16">
-        <v>0.97173105894459433</v>
+        <v>5.3217172116833504</v>
       </c>
       <c r="F90" s="16">
-        <v>234.398</v>
+        <v>1080.501</v>
       </c>
       <c r="G90" s="16">
-        <v>1.6250855447754058</v>
+        <v>8.2130402130751783</v>
       </c>
       <c r="H90" s="16">
-        <v>336.339</v>
+        <v>468.80200000000008</v>
       </c>
       <c r="I90" s="16">
-        <v>2.5565600885380877</v>
+        <v>3.3185034802373634</v>
       </c>
       <c r="J90" s="16">
-        <v>43.490558793163764</v>
+        <v>-56.612534370629909</v>
       </c>
       <c r="K90" s="16">
-        <v>101.941</v>
+        <v>-611.69899999999984</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="78"/>
       <c r="D91" s="16">
-        <v>191.03200000000001</v>
+        <v>144.00199999999998</v>
       </c>
       <c r="E91" s="16">
-        <v>4.2148796070183865</v>
+        <v>2.9830667737793726</v>
       </c>
       <c r="F91" s="16">
-        <v>265.60000000000002</v>
+        <v>174.54700000000003</v>
       </c>
       <c r="G91" s="16">
-        <v>1.8414095712947542</v>
+        <v>1.326756319588444</v>
       </c>
       <c r="H91" s="16">
-        <v>307.14699999999999</v>
+        <v>215.00900000000001</v>
       </c>
       <c r="I91" s="16">
-        <v>2.3346675869114439</v>
+        <v>1.521981806353973</v>
       </c>
       <c r="J91" s="16">
-        <v>15.642695783132519</v>
+        <v>23.181148916910622</v>
       </c>
       <c r="K91" s="16">
-        <v>41.546999999999969</v>
+        <v>40.461999999999989</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="78"/>
       <c r="D92" s="16">
-        <v>187.22499999999999</v>
+        <v>304.40899999999999</v>
       </c>
       <c r="E92" s="16">
-        <v>4.1308829642364495</v>
+        <v>6.3059705666546648</v>
       </c>
       <c r="F92" s="16">
-        <v>153.41499999999999</v>
+        <v>203.87199999999999</v>
       </c>
       <c r="G92" s="16">
-        <v>1.0636289509796111</v>
+        <v>1.5496597729387225</v>
       </c>
       <c r="H92" s="16">
-        <v>203.87199999999999</v>
+        <v>196.03399999999999</v>
       </c>
       <c r="I92" s="16">
-        <v>1.5496597729387225</v>
+        <v>1.3876636858308009</v>
       </c>
       <c r="J92" s="16">
-        <v>32.889222044780496</v>
+        <v>-3.844569141422066</v>
       </c>
       <c r="K92" s="16">
-        <v>50.456999999999994</v>
+        <v>-7.8379999999999939</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="78"/>
       <c r="D93" s="16">
-        <v>118.29399999999998</v>
+        <v>311.63400000000001</v>
       </c>
       <c r="E93" s="16">
-        <v>2.6100075810996741</v>
+        <v>6.4556397201425062</v>
       </c>
       <c r="F93" s="16">
-        <v>488.82600000000002</v>
+        <v>443.65099999999995</v>
       </c>
       <c r="G93" s="16">
-        <v>3.3890394393739816</v>
+        <v>3.3722537078364714</v>
       </c>
       <c r="H93" s="16">
-        <v>174.54700000000003</v>
+        <v>169.49900000000002</v>
       </c>
       <c r="I93" s="16">
-        <v>1.326756319588444</v>
+        <v>1.1998306777632195</v>
       </c>
       <c r="J93" s="16">
-        <v>-64.292611276814242</v>
+        <v>-61.794518664445697</v>
       </c>
       <c r="K93" s="16">
-        <v>-314.279</v>
+        <v>-274.15199999999993</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="78"/>
       <c r="D94" s="16">
-        <v>37.919999999999995</v>
+        <v>26.658000000000001</v>
       </c>
       <c r="E94" s="16">
-        <v>0.83665686742607093</v>
+        <v>0.5522325665991481</v>
       </c>
       <c r="F94" s="16">
-        <v>248.84499999999997</v>
+        <v>119.27799999999999</v>
       </c>
       <c r="G94" s="16">
-        <v>1.7252468553043792</v>
+        <v>0.90664886986238891</v>
       </c>
       <c r="H94" s="16">
-        <v>119.27799999999999</v>
+        <v>105.39700000000001</v>
       </c>
       <c r="I94" s="16">
-        <v>0.90664886986238891</v>
+        <v>0.74607256647065789</v>
       </c>
       <c r="J94" s="16">
-        <v>-52.067351162370144</v>
+        <v>-11.637519073089745</v>
       </c>
       <c r="K94" s="16">
-        <v>-129.56699999999998</v>
+        <v>-13.880999999999986</v>
       </c>
     </row>
     <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="78"/>
       <c r="D95" s="16">
-        <v>53.513000000000005</v>
+        <v>71.498999999999995</v>
       </c>
       <c r="E95" s="16">
-        <v>1.1806967021775143</v>
+        <v>1.4811342290971747</v>
       </c>
       <c r="F95" s="16">
-        <v>51.942</v>
+        <v>99.131</v>
       </c>
       <c r="G95" s="16">
-        <v>0.36011481909710891</v>
+        <v>0.75350868658368253</v>
       </c>
       <c r="H95" s="16">
-        <v>99.131</v>
+        <v>99.514999999999986</v>
       </c>
       <c r="I95" s="16">
-        <v>0.75350868658368253</v>
+        <v>0.70443571878068167</v>
       </c>
       <c r="J95" s="16">
-        <v>90.849408956143392</v>
+        <v>0.38736621238561714</v>
       </c>
       <c r="K95" s="16">
-        <v>47.189</v>
+        <v>0.38399999999998613</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="78"/>
       <c r="D96" s="16">
-        <v>4.0380000000000003</v>
+        <v>5.5649999999999995</v>
       </c>
       <c r="E96" s="16">
-        <v>8.909336578761802E-2</v>
+        <v>0.11528150022973437</v>
       </c>
       <c r="F96" s="16">
-        <v>64.662000000000006</v>
+        <v>6.2159999999999993</v>
       </c>
       <c r="G96" s="16">
-        <v>0.4483028076018879</v>
+        <v>4.7248691083557816E-2</v>
       </c>
       <c r="H96" s="16">
-        <v>6.2159999999999993</v>
+        <v>9.5269999999999992</v>
       </c>
       <c r="I96" s="16">
-        <v>4.7248691083557816E-2</v>
+        <v>6.7438668470316571E-2</v>
       </c>
       <c r="J96" s="16">
-        <v>-90.386935139649253</v>
+        <v>53.265765765765771</v>
       </c>
       <c r="K96" s="16">
-        <v>-58.446000000000005</v>
+        <v>3.3109999999999999</v>
       </c>
     </row>
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="78"/>
       <c r="D97" s="16">
         <v>0</v>
       </c>
       <c r="E97" s="16">
         <v>0</v>
       </c>
       <c r="F97" s="16">
-        <v>0.36399999999999999</v>
+        <v>0</v>
       </c>
       <c r="G97" s="16">
-        <v>2.5236185389732324E-3</v>
+        <v>0</v>
       </c>
       <c r="H97" s="16">
         <v>0</v>
       </c>
       <c r="I97" s="16">
         <v>0</v>
       </c>
-      <c r="J97" s="16">
-        <v>-100</v>
+      <c r="J97" s="16" t="s">
+        <v>102</v>
       </c>
       <c r="K97" s="16">
-        <v>-0.36399999999999999</v>
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="78"/>
       <c r="D98" s="16">
-        <v>145.00699999999998</v>
+        <v>148.65</v>
       </c>
       <c r="E98" s="16">
-        <v>3.1993961596743747</v>
+        <v>3.0793522029020695</v>
       </c>
       <c r="F98" s="16">
-        <v>725.42499999999995</v>
+        <v>477.05999999999995</v>
       </c>
       <c r="G98" s="16">
-        <v>5.0293845566886182</v>
+        <v>3.6262002201290366</v>
       </c>
       <c r="H98" s="16">
-        <v>477.05999999999995</v>
+        <v>335.57499999999999</v>
       </c>
       <c r="I98" s="16">
-        <v>3.6262002201290366</v>
+        <v>2.3754310036660531</v>
       </c>
       <c r="J98" s="16">
-        <v>-34.23717131336803</v>
+        <v>-29.657695048840811</v>
       </c>
       <c r="K98" s="16">
-        <v>-248.36500000000001</v>
+        <v>-141.48499999999996</v>
       </c>
     </row>
     <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="88"/>
       <c r="C99" s="89"/>
       <c r="D99" s="17">
-        <v>4532.3239999999996</v>
+        <v>4827.3140000000003</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>14423.733</v>
+        <v>13155.92</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>13155.92</v>
+        <v>14126.91</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>-8.789770304261733</v>
+        <v>7.3806316852033138</v>
       </c>
       <c r="K99" s="17">
-        <v>-1267.8130000000001</v>
+        <v>970.98999999999978</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="79"/>
       <c r="F100" s="79"/>
       <c r="G100" s="79"/>
       <c r="H100" s="79"/>
       <c r="I100" s="79"/>
     </row>
     <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E101" s="79"/>
       <c r="F101" s="79"/>
       <c r="G101" s="79"/>
       <c r="H101" s="79"/>
       <c r="I101" s="79"/>
     </row>
     <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E102" s="80"/>
       <c r="F102" s="81"/>
       <c r="G102" s="80"/>
       <c r="H102" s="81"/>
       <c r="I102" s="80"/>
     </row>
     <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="45"/>
       <c r="E103" s="80"/>
       <c r="F103" s="81"/>
       <c r="G103" s="80"/>
       <c r="H103" s="81"/>
       <c r="I103" s="80"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="45"/>
       <c r="E104" s="80"/>
       <c r="F104" s="81"/>
       <c r="G104" s="80"/>
       <c r="H104" s="81"/>
       <c r="I104" s="80"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="45"/>
       <c r="E105" s="80"/>
       <c r="F105" s="81"/>
       <c r="G105" s="80"/>
       <c r="H105" s="81"/>
       <c r="I105" s="80"/>
     </row>
     <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B106" s="36"/>
       <c r="C106" s="36"/>
       <c r="D106" s="36"/>
       <c r="E106" s="36"/>
       <c r="F106" s="36"/>
       <c r="G106" s="36"/>
       <c r="H106" s="36"/>
       <c r="I106" s="36"/>
       <c r="J106" s="36"/>
       <c r="K106" s="36"/>
     </row>
     <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="22">
         <v>0</v>
       </c>
       <c r="B107" s="22">
         <v>0</v>
       </c>
       <c r="C107" s="22">
         <v>0</v>
       </c>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F107" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H107" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="78"/>
       <c r="D108" s="16">
-        <v>4126.7929999999997</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="E108" s="16">
-        <v>93.140586370503712</v>
+        <v>2.6616100451059042E-4</v>
       </c>
       <c r="F108" s="16">
-        <v>0.94899999999999995</v>
+        <v>0.14100000000000001</v>
       </c>
       <c r="G108" s="16">
-        <v>1.3968896022986121E-2</v>
+        <v>1.7725396646606378E-3</v>
       </c>
       <c r="H108" s="16">
-        <v>5435.3909999999996</v>
+        <v>4405.5960000000005</v>
       </c>
       <c r="I108" s="16">
-        <v>68.329405251343601</v>
+        <v>51.13246868284331</v>
       </c>
       <c r="J108" s="16" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="K108" s="16">
-        <v>5434.442</v>
+        <v>4405.4550000000008</v>
       </c>
     </row>
     <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="78"/>
       <c r="D109" s="16">
-        <v>1.7000000000000001E-2</v>
+        <v>1.4939999999999998</v>
       </c>
       <c r="E109" s="16">
-        <v>3.836853382998767E-4</v>
+        <v>5.4471854895729041E-3</v>
       </c>
       <c r="F109" s="16">
-        <v>6.01</v>
+        <v>605.18200000000002</v>
       </c>
       <c r="G109" s="16">
-        <v>8.846476828044951E-2</v>
+        <v>7.6078659527564128</v>
       </c>
       <c r="H109" s="16">
-        <v>1740.2250000000001</v>
+        <v>2562.3040000000001</v>
       </c>
       <c r="I109" s="16">
-        <v>21.876722254851479</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>29.73875249476442</v>
+      </c>
+      <c r="J109" s="16">
+        <v>323.39395421542611</v>
       </c>
       <c r="K109" s="16">
-        <v>1734.2150000000001</v>
+        <v>1957.1220000000001</v>
       </c>
     </row>
     <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="78"/>
       <c r="D110" s="16">
-        <v>0</v>
+        <v>0.41199999999999998</v>
       </c>
       <c r="E110" s="16">
-        <v>0</v>
+        <v>1.50216895696388E-3</v>
       </c>
       <c r="F110" s="16">
-        <v>589.97199999999998</v>
+        <v>1740.2250000000001</v>
       </c>
       <c r="G110" s="16">
-        <v>8.684149130108711</v>
+        <v>21.876722254851479</v>
       </c>
       <c r="H110" s="16">
-        <v>605.18200000000002</v>
+        <v>1538.87</v>
       </c>
       <c r="I110" s="16">
-        <v>7.6078659527564128</v>
+        <v>17.860516961148292</v>
       </c>
       <c r="J110" s="16">
-        <v>2.5780884516553391</v>
+        <v>-11.570630234596115</v>
       </c>
       <c r="K110" s="16">
-        <v>15.210000000000036</v>
+        <v>-201.35500000000025</v>
       </c>
     </row>
     <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="78"/>
       <c r="D111" s="16">
-        <v>0.68700000000000006</v>
+        <v>891.61099999999988</v>
       </c>
       <c r="E111" s="16">
-        <v>1.550540161247149E-2</v>
+        <v>3.2508504026396166</v>
       </c>
       <c r="F111" s="16">
-        <v>1404.5859999999998</v>
+        <v>0.18</v>
       </c>
       <c r="G111" s="16">
-        <v>20.674937607315048</v>
+        <v>2.2628165931837928E-3</v>
       </c>
       <c r="H111" s="16">
-        <v>83.507000000000005</v>
+        <v>22.502999999999997</v>
       </c>
       <c r="I111" s="16">
-        <v>1.0497834735944389</v>
-[...2 lines deleted...]
-        <v>-94.054689424499458</v>
+        <v>0.26117554645728364</v>
+      </c>
+      <c r="J111" s="16" t="s">
+        <v>87</v>
       </c>
       <c r="K111" s="16">
-        <v>-1321.0789999999997</v>
+        <v>22.322999999999997</v>
       </c>
     </row>
     <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="78"/>
       <c r="D112" s="16">
-        <v>6.1859999999999999</v>
+        <v>2.0190000000000001</v>
       </c>
       <c r="E112" s="16">
-        <v>0.13961632368959043</v>
+        <v>7.3613570973545487E-3</v>
       </c>
       <c r="F112" s="16">
-        <v>5.726</v>
+        <v>12.292000000000002</v>
       </c>
       <c r="G112" s="16">
-        <v>8.4284403190325097E-2</v>
+        <v>0.15452523090786213</v>
       </c>
       <c r="H112" s="16">
-        <v>28.597000000000001</v>
+        <v>15.379999999999999</v>
       </c>
       <c r="I112" s="16">
-        <v>0.35949870064042738</v>
+        <v>0.17850419519677474</v>
       </c>
       <c r="J112" s="16">
-        <v>399.42368145302135</v>
+        <v>25.122030589000953</v>
       </c>
       <c r="K112" s="16">
-        <v>22.871000000000002</v>
+        <v>3.0879999999999974</v>
       </c>
     </row>
     <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="78"/>
       <c r="D113" s="16">
-        <v>0</v>
+        <v>0.93399999999999994</v>
       </c>
       <c r="E113" s="16">
-        <v>0</v>
+        <v>3.4054024412724856E-3</v>
       </c>
       <c r="F113" s="16">
-        <v>15.913999999999998</v>
+        <v>4.9119999999999999</v>
       </c>
       <c r="G113" s="16">
-        <v>0.23424764100084414</v>
+        <v>6.1749750587326617E-2</v>
       </c>
       <c r="H113" s="16">
-        <v>24.516999999999996</v>
+        <v>10.159999999999998</v>
       </c>
       <c r="I113" s="16">
-        <v>0.30820819119492804</v>
+        <v>0.11791954637186158</v>
       </c>
       <c r="J113" s="16">
-        <v>54.059318838758315</v>
+        <v>106.8403908794788</v>
       </c>
       <c r="K113" s="16">
-        <v>8.602999999999998</v>
+        <v>5.2479999999999984</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="78"/>
       <c r="D114" s="16">
-        <v>3.2240000000000002</v>
+        <v>0</v>
       </c>
       <c r="E114" s="16">
-        <v>7.2764795922282507E-2</v>
+        <v>0</v>
       </c>
       <c r="F114" s="16">
-        <v>18.341000000000001</v>
+        <v>0.45500000000000002</v>
       </c>
       <c r="G114" s="16">
-        <v>0.26997209900694252</v>
+        <v>5.7198974994368103E-3</v>
       </c>
       <c r="H114" s="16">
-        <v>12.292000000000002</v>
+        <v>10.029</v>
       </c>
       <c r="I114" s="16">
-        <v>0.15452523090786213</v>
-[...2 lines deleted...]
-        <v>-32.980753503080521</v>
+        <v>0.11639912702395672</v>
+      </c>
+      <c r="J114" s="16" t="s">
+        <v>87</v>
       </c>
       <c r="K114" s="16">
-        <v>-6.0489999999999995</v>
+        <v>9.5739999999999998</v>
       </c>
     </row>
     <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="78"/>
       <c r="D115" s="16">
-        <v>3.2589999999999999</v>
+        <v>0.04</v>
       </c>
       <c r="E115" s="16">
-        <v>7.3554736324664596E-2</v>
+        <v>1.4584164630717283E-4</v>
       </c>
       <c r="F115" s="16">
-        <v>14.365000000000002</v>
+        <v>83.507000000000005</v>
       </c>
       <c r="G115" s="16">
-        <v>0.2114469877452009</v>
+        <v>1.0497834735944389</v>
       </c>
       <c r="H115" s="16">
-        <v>7.9690000000000003</v>
+        <v>9.6460000000000008</v>
       </c>
       <c r="I115" s="16">
-        <v>0.1001799190615647</v>
+        <v>0.11195393152588359</v>
       </c>
       <c r="J115" s="16">
-        <v>-44.52488687782806</v>
+        <v>-88.448872549606619</v>
       </c>
       <c r="K115" s="16">
-        <v>-6.3960000000000017</v>
+        <v>-73.861000000000004</v>
       </c>
     </row>
     <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
-        <v>6</v>
+        <v>31</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="78"/>
       <c r="D116" s="16">
-        <v>0.66200000000000003</v>
+        <v>2.278</v>
       </c>
       <c r="E116" s="16">
-        <v>1.4941158467912847E-2</v>
+        <v>8.3056817571934925E-3</v>
       </c>
       <c r="F116" s="16">
-        <v>79.117999999999981</v>
+        <v>24.516999999999996</v>
       </c>
       <c r="G116" s="16">
-        <v>1.1645849478889521</v>
+        <v>0.30820819119492804</v>
       </c>
       <c r="H116" s="16">
-        <v>4.9119999999999999</v>
+        <v>8.1009999999999991</v>
       </c>
       <c r="I116" s="16">
-        <v>6.1749750587326617E-2</v>
+        <v>9.4022268224256966E-2</v>
       </c>
       <c r="J116" s="16">
-        <v>-93.791551859248202</v>
+        <v>-66.957621242403235</v>
       </c>
       <c r="K116" s="16">
-        <v>-74.205999999999975</v>
+        <v>-16.415999999999997</v>
       </c>
     </row>
     <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="78"/>
       <c r="D117" s="16">
-        <v>1.147</v>
+        <v>2.3929999999999998</v>
       </c>
       <c r="E117" s="16">
-        <v>2.5887475472350506E-2</v>
+        <v>8.7249764903266133E-3</v>
       </c>
       <c r="F117" s="16">
-        <v>3.2749999999999999</v>
+        <v>7.9690000000000003</v>
       </c>
       <c r="G117" s="16">
-        <v>4.8206674894920483E-2</v>
+        <v>0.1001799190615647</v>
       </c>
       <c r="H117" s="16">
-        <v>2.6829999999999998</v>
+        <v>6.7190000000000003</v>
       </c>
       <c r="I117" s="16">
-        <v>3.3728538441733978E-2</v>
+        <v>7.7982424416588411E-2</v>
       </c>
       <c r="J117" s="16">
-        <v>-18.076335877862597</v>
+        <v>-15.685782406826451</v>
       </c>
       <c r="K117" s="16">
-        <v>-0.59200000000000008</v>
+        <v>-1.25</v>
       </c>
     </row>
     <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="78"/>
       <c r="D118" s="16">
-        <v>0.59899999999999998</v>
+        <v>0.95700000000000007</v>
       </c>
       <c r="E118" s="16">
-        <v>1.3519265743625067E-2</v>
+        <v>3.48926138789911E-3</v>
       </c>
       <c r="F118" s="16">
-        <v>1.841</v>
+        <v>28.597000000000001</v>
       </c>
       <c r="G118" s="16">
-        <v>2.7098775108869808E-2</v>
+        <v>0.35949870064042738</v>
       </c>
       <c r="H118" s="16">
-        <v>2.4449999999999998</v>
+        <v>5.6989999999999998</v>
       </c>
       <c r="I118" s="16">
-        <v>3.0736592057413189E-2</v>
+        <v>6.6144044761145604E-2</v>
       </c>
       <c r="J118" s="16">
-        <v>32.808256382400863</v>
+        <v>-80.071336154142045</v>
       </c>
       <c r="K118" s="16">
-        <v>0.60399999999999987</v>
+        <v>-22.898000000000003</v>
       </c>
     </row>
     <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="78"/>
       <c r="D119" s="16">
-        <v>0.184</v>
+        <v>26514.673999999999</v>
       </c>
       <c r="E119" s="16">
-        <v>4.1528295439516071E-3</v>
+        <v>96.67359268644978</v>
       </c>
       <c r="F119" s="16">
-        <v>2.5869999999999997</v>
+        <v>5435.3909999999996</v>
       </c>
       <c r="G119" s="16">
-        <v>3.8079593268140241E-2</v>
+        <v>68.329405251343601</v>
       </c>
       <c r="H119" s="16">
-        <v>1.0249999999999999</v>
+        <v>4.931</v>
       </c>
       <c r="I119" s="16">
-        <v>1.2885483377852154E-2</v>
+        <v>5.7230441255871019E-2</v>
       </c>
       <c r="J119" s="16">
-        <v>-60.378817162736766</v>
+        <v>-99.90927975558705</v>
       </c>
       <c r="K119" s="16">
-        <v>-1.5619999999999998</v>
+        <v>-5430.46</v>
       </c>
     </row>
     <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="15" t="s">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="78"/>
       <c r="D120" s="16">
-        <v>0</v>
+        <v>4.4050000000000002</v>
       </c>
       <c r="E120" s="16">
-        <v>0</v>
+        <v>1.6060811299577409E-2</v>
       </c>
       <c r="F120" s="16">
-        <v>0.52400000000000002</v>
+        <v>2.6829999999999998</v>
       </c>
       <c r="G120" s="16">
-        <v>7.7130679831872795E-3</v>
+        <v>3.3728538441733978E-2</v>
       </c>
       <c r="H120" s="16">
-        <v>0.45500000000000002</v>
+        <v>4.5549999999999997</v>
       </c>
       <c r="I120" s="16">
-        <v>5.7198974994368103E-3</v>
+        <v>5.2866489539747014E-2</v>
       </c>
       <c r="J120" s="16">
-        <v>-13.16793893129771</v>
+        <v>69.77264256429369</v>
       </c>
       <c r="K120" s="16">
-        <v>-6.9000000000000006E-2</v>
+        <v>1.8719999999999999</v>
       </c>
     </row>
     <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="78"/>
       <c r="D121" s="16">
-        <v>287.14499999999998</v>
+        <v>1.3339999999999999</v>
       </c>
       <c r="E121" s="16">
-        <v>6.4807839097716524</v>
+        <v>4.863818904344213E-3</v>
       </c>
       <c r="F121" s="16">
-        <v>1331.1759999999999</v>
+        <v>2.4449999999999998</v>
       </c>
       <c r="G121" s="16">
-        <v>19.594372109899442</v>
+        <v>3.0736592057413189E-2</v>
       </c>
       <c r="H121" s="16">
-        <v>0.18</v>
+        <v>2.5639999999999996</v>
       </c>
       <c r="I121" s="16">
-        <v>2.2628165931837928E-3</v>
+        <v>2.9758436702505227E-2</v>
       </c>
       <c r="J121" s="16">
-        <v>-99.98647812160074</v>
+        <v>4.8670756646216677</v>
       </c>
       <c r="K121" s="16">
-        <v>-1330.9959999999999</v>
+        <v>0.11899999999999977</v>
       </c>
     </row>
     <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="78"/>
       <c r="D122" s="16">
-        <v>0</v>
+        <v>0.14200000000000002</v>
       </c>
       <c r="E122" s="16">
-        <v>0</v>
+        <v>5.1773784439046358E-4</v>
       </c>
       <c r="F122" s="16">
-        <v>3315.71</v>
+        <v>1.0249999999999999</v>
       </c>
       <c r="G122" s="16">
-        <v>48.805909623156282</v>
+        <v>1.2885483377852154E-2</v>
       </c>
       <c r="H122" s="16">
-        <v>0.14100000000000001</v>
+        <v>0.92200000000000004</v>
       </c>
       <c r="I122" s="16">
-        <v>1.7725396646606378E-3</v>
+        <v>1.0700966708155159E-2</v>
       </c>
       <c r="J122" s="16">
-        <v>-99.995747517123021</v>
+        <v>-10.048780487804866</v>
       </c>
       <c r="K122" s="16">
-        <v>-3315.569</v>
+        <v>-0.10299999999999987</v>
       </c>
     </row>
     <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="78"/>
       <c r="D123" s="16">
         <v>0</v>
       </c>
       <c r="E123" s="16">
         <v>0</v>
       </c>
       <c r="F123" s="16">
         <v>0</v>
       </c>
       <c r="G123" s="16">
         <v>0</v>
       </c>
       <c r="H123" s="16">
         <v>0</v>
       </c>
       <c r="I123" s="16">
         <v>0</v>
       </c>
       <c r="J123" s="16" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="K123" s="16">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="78"/>
       <c r="D124" s="16">
-        <v>0.81099999999999994</v>
+        <v>4.242</v>
       </c>
       <c r="E124" s="16">
-        <v>1.8304047609482354E-2</v>
+        <v>1.546650659087568E-2</v>
       </c>
       <c r="F124" s="16">
-        <v>3.5709999999999997</v>
+        <v>5.1669999999999998</v>
       </c>
       <c r="G124" s="16">
-        <v>5.2563675129698034E-2</v>
+        <v>6.4955407427670322E-2</v>
       </c>
       <c r="H124" s="16">
-        <v>5.1669999999999998</v>
+        <v>8.0649999999999995</v>
       </c>
       <c r="I124" s="16">
-        <v>6.4955407427670322E-2</v>
+        <v>9.3604443059947237E-2</v>
       </c>
       <c r="J124" s="16">
-        <v>44.693363203584433</v>
+        <v>56.086704083607508</v>
       </c>
       <c r="K124" s="16">
-        <v>1.5960000000000001</v>
+        <v>2.8979999999999997</v>
       </c>
     </row>
     <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B125" s="88"/>
       <c r="C125" s="89"/>
       <c r="D125" s="17">
-        <v>4430.7139999999999</v>
+        <v>27427.008000000002</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
-        <v>6793.665</v>
+        <v>7954.6880000000001</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>7954.6880000000001</v>
+        <v>8616.0439999999999</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>17.089788795885578</v>
+        <v>8.3140407266758896</v>
       </c>
       <c r="K125" s="17">
-        <v>1161.0230000000001</v>
+        <v>661.35599999999977</v>
       </c>
     </row>
     <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="79"/>
       <c r="F126" s="79"/>
       <c r="G126" s="79"/>
       <c r="H126" s="79"/>
       <c r="I126" s="79"/>
     </row>
     <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="E127" s="79"/>
       <c r="F127" s="79"/>
       <c r="G127" s="79"/>
       <c r="H127" s="79"/>
       <c r="I127" s="79"/>
     </row>
     <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E128" s="80"/>
       <c r="F128" s="81"/>
       <c r="G128" s="80"/>
       <c r="H128" s="81"/>
       <c r="I128" s="80"/>
     </row>
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="45"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="2" t="s">
+      <c r="A130" s="45"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B131" s="36"/>
+      <c r="C131" s="36"/>
+      <c r="D131" s="36"/>
+      <c r="E131" s="36"/>
+      <c r="F131" s="36"/>
+      <c r="G131" s="36"/>
+      <c r="H131" s="36"/>
+      <c r="I131" s="36"/>
+      <c r="J131" s="36"/>
+      <c r="K131" s="36"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="22"/>
+      <c r="B132" s="22"/>
+      <c r="C132" s="22"/>
+      <c r="D132" s="22"/>
+      <c r="E132" s="22"/>
+      <c r="F132" s="22"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="J132" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K132" s="13" t="s">
         <v>110</v>
       </c>
-      <c r="B130" s="36"/>
-[...29 lines deleted...]
-      <c r="G131" s="13" t="s">
+    </row>
+    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="H131" s="13" t="s">
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="36"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>1635.646</v>
+      </c>
+      <c r="H133" s="16">
+        <v>4825.8159999999998</v>
+      </c>
+      <c r="I133" s="16">
+        <v>34.160449808202927</v>
+      </c>
+      <c r="J133" s="16">
+        <v>195.04036937087855</v>
+      </c>
+      <c r="K133" s="16">
+        <v>3190.17</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="36"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="16">
+        <v>1152.114</v>
+      </c>
+      <c r="H134" s="16">
+        <v>1720.4</v>
+      </c>
+      <c r="I134" s="16">
+        <v>12.178176260767572</v>
+      </c>
+      <c r="J134" s="16">
+        <v>49.325500775096913</v>
+      </c>
+      <c r="K134" s="16">
+        <v>568.28600000000006</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="36"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="16">
+        <v>423.84699999999998</v>
+      </c>
+      <c r="H135" s="16">
+        <v>856.06700000000001</v>
+      </c>
+      <c r="I135" s="16">
+        <v>6.0598319094550757</v>
+      </c>
+      <c r="J135" s="16">
+        <v>101.97547699995519</v>
+      </c>
+      <c r="K135" s="16">
+        <v>432.22</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B136" s="5"/>
+      <c r="C136" s="5"/>
+      <c r="D136" s="36"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
+      <c r="G136" s="16">
+        <v>1713.24</v>
+      </c>
+      <c r="H136" s="16">
+        <v>778.95</v>
+      </c>
+      <c r="I136" s="16">
+        <v>5.5139446630579512</v>
+      </c>
+      <c r="J136" s="16">
+        <v>-54.533515444421099</v>
+      </c>
+      <c r="K136" s="16">
+        <v>-934.29</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B137" s="5"/>
+      <c r="C137" s="5"/>
+      <c r="D137" s="36"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
+      <c r="G137" s="16">
+        <v>727.452</v>
+      </c>
+      <c r="H137" s="16">
+        <v>734.47299999999996</v>
+      </c>
+      <c r="I137" s="16">
+        <v>5.1991058200271683</v>
+      </c>
+      <c r="J137" s="16">
+        <v>0.965149590625905</v>
+      </c>
+      <c r="K137" s="16">
+        <v>7.0209999999999582</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="B138" s="5"/>
+      <c r="C138" s="5"/>
+      <c r="D138" s="36"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
+      <c r="G138" s="16">
+        <v>99.625</v>
+      </c>
+      <c r="H138" s="16">
+        <v>605.83100000000002</v>
+      </c>
+      <c r="I138" s="16">
+        <v>4.2884891317351066</v>
+      </c>
+      <c r="J138" s="16">
+        <v>508.11141781681306</v>
+      </c>
+      <c r="K138" s="16">
+        <v>506.20600000000002</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B139" s="5"/>
+      <c r="C139" s="5"/>
+      <c r="D139" s="36"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="16">
+        <v>0</v>
+      </c>
+      <c r="H139" s="16">
+        <v>456.76499999999999</v>
+      </c>
+      <c r="I139" s="16">
+        <v>3.2332973028071956</v>
+      </c>
+      <c r="J139" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K139" s="16">
+        <v>456.76499999999999</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B140" s="5"/>
+      <c r="C140" s="5"/>
+      <c r="D140" s="36"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
+      <c r="G140" s="16">
+        <v>490.79399999999998</v>
+      </c>
+      <c r="H140" s="16">
+        <v>433.62099999999998</v>
+      </c>
+      <c r="I140" s="16">
+        <v>3.0694681285574834</v>
+      </c>
+      <c r="J140" s="16">
+        <v>-11.64908291462406</v>
+      </c>
+      <c r="K140" s="16">
+        <v>-57.173000000000002</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B141" s="5"/>
+      <c r="C141" s="5"/>
+      <c r="D141" s="36"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
+      <c r="G141" s="16">
+        <v>144.18299999999999</v>
+      </c>
+      <c r="H141" s="16">
+        <v>346.01</v>
+      </c>
+      <c r="I141" s="16">
+        <v>2.4492971215927617</v>
+      </c>
+      <c r="J141" s="16">
+        <v>139.97974795919075</v>
+      </c>
+      <c r="K141" s="16">
+        <v>201.827</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B142" s="5"/>
+      <c r="C142" s="5"/>
+      <c r="D142" s="36"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="16">
+        <v>0</v>
+      </c>
+      <c r="H142" s="16">
+        <v>335.99400000000003</v>
+      </c>
+      <c r="I142" s="16">
+        <v>2.3783969742852471</v>
+      </c>
+      <c r="J142" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K142" s="16">
+        <v>335.99400000000003</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="90" t="s">
+        <v>124</v>
+      </c>
+      <c r="B143" s="88"/>
+      <c r="C143" s="88"/>
+      <c r="D143" s="91"/>
+      <c r="E143" s="91"/>
+      <c r="F143" s="91"/>
+      <c r="G143" s="17">
+        <v>6386.9009999999998</v>
+      </c>
+      <c r="H143" s="17">
+        <v>11093.927</v>
+      </c>
+      <c r="I143" s="17">
+        <v>78.530457120488478</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="45"/>
+    </row>
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="45"/>
+    </row>
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="45"/>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B149" s="36"/>
+      <c r="C149" s="36"/>
+      <c r="D149" s="36"/>
+      <c r="E149" s="36"/>
+      <c r="F149" s="36"/>
+      <c r="G149" s="36"/>
+      <c r="H149" s="36"/>
+      <c r="I149" s="36"/>
+      <c r="J149" s="36"/>
+      <c r="K149" s="36"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="22"/>
+      <c r="B150" s="22"/>
+      <c r="C150" s="22"/>
+      <c r="D150" s="22"/>
+      <c r="E150" s="22"/>
+      <c r="F150" s="22"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="J150" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="I131" s="13" t="s">
-[...532 lines deleted...]
-      <c r="A150" s="4" t="s">
+      <c r="K150" s="13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="36"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>0</v>
+      </c>
+      <c r="H151" s="16">
+        <v>4056.47</v>
+      </c>
+      <c r="I151" s="16">
+        <v>47.08042345187652</v>
+      </c>
+      <c r="J151" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K151" s="16">
+        <v>4056.47</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="36"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="16">
+        <v>602.66300000000001</v>
+      </c>
+      <c r="H152" s="16">
+        <v>2561.9290000000001</v>
+      </c>
+      <c r="I152" s="16">
+        <v>29.734400149302857</v>
+      </c>
+      <c r="J152" s="16">
+        <v>325.10142484273968</v>
+      </c>
+      <c r="K152" s="16">
+        <v>1959.2660000000001</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="36"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="16">
+        <v>1716.973</v>
+      </c>
+      <c r="H153" s="16">
+        <v>1415.0989999999999</v>
+      </c>
+      <c r="I153" s="16">
+        <v>16.423999227487695</v>
+      </c>
+      <c r="J153" s="16">
+        <v>-17.58175579930494</v>
+      </c>
+      <c r="K153" s="16">
+        <v>-301.87400000000002</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="36"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="16">
+        <v>0</v>
+      </c>
+      <c r="H154" s="16">
+        <v>168.815</v>
+      </c>
+      <c r="I154" s="16">
+        <v>1.959309864248604</v>
+      </c>
+      <c r="J154" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K154" s="16">
+        <v>168.815</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="36"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="16">
+        <v>0</v>
+      </c>
+      <c r="H155" s="16">
+        <v>153.857</v>
+      </c>
+      <c r="I155" s="16">
+        <v>1.7857035084779049</v>
+      </c>
+      <c r="J155" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K155" s="16">
+        <v>153.857</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
+      <c r="D156" s="36"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="16">
+        <v>19.382999999999999</v>
+      </c>
+      <c r="H156" s="16">
+        <v>121.932</v>
+      </c>
+      <c r="I156" s="16">
+        <v>1.4151738315171092</v>
+      </c>
+      <c r="J156" s="16">
+        <v>529.06670793994749</v>
+      </c>
+      <c r="K156" s="16">
+        <v>102.54900000000001</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="36"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="16">
+        <v>0</v>
+      </c>
+      <c r="H157" s="16">
+        <v>26.411999999999999</v>
+      </c>
+      <c r="I157" s="16">
+        <v>0.30654439554858354</v>
+      </c>
+      <c r="J157" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K157" s="16">
+        <v>26.411999999999999</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5"/>
+      <c r="D158" s="36"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="16">
+        <v>0</v>
+      </c>
+      <c r="H158" s="16">
+        <v>20.475999999999999</v>
+      </c>
+      <c r="I158" s="16">
+        <v>0.2376496684557321</v>
+      </c>
+      <c r="J158" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="K158" s="16">
+        <v>20.475999999999999</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="36"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="16">
+        <v>83.316999999999993</v>
+      </c>
+      <c r="H159" s="16">
+        <v>9.4090000000000007</v>
+      </c>
+      <c r="I159" s="16">
+        <v>0.10920324919417776</v>
+      </c>
+      <c r="J159" s="16">
+        <v>-88.706986569367587</v>
+      </c>
+      <c r="K159" s="16">
+        <v>-73.907999999999987</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="36"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="16">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="H160" s="16">
+        <v>9.1</v>
+      </c>
+      <c r="I160" s="16">
+        <v>0.10561691653385241</v>
+      </c>
+      <c r="J160" s="16" t="s">
+        <v>87</v>
+      </c>
+      <c r="K160" s="16">
+        <v>9.0779999999999994</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="90" t="s">
+        <v>124</v>
+      </c>
+      <c r="B161" s="88"/>
+      <c r="C161" s="88"/>
+      <c r="D161" s="91"/>
+      <c r="E161" s="91"/>
+      <c r="F161" s="91"/>
+      <c r="G161" s="17">
+        <v>2422.3579999999997</v>
+      </c>
+      <c r="H161" s="17">
+        <v>8543.4990000000016</v>
+      </c>
+      <c r="I161" s="17">
+        <v>99.158024262643067</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E150" s="79"/>
-[...86 lines deleted...]
-      <c r="H157" s="13" t="s">
+    </row>
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="45"/>
+    </row>
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="45"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B166" s="21"/>
+      <c r="C166" s="21"/>
+      <c r="D166" s="21"/>
+      <c r="E166" s="21"/>
+      <c r="F166" s="21"/>
+      <c r="G166" s="21"/>
+      <c r="H166" s="21"/>
+      <c r="I166" s="21"/>
+      <c r="J166" s="21"/>
+      <c r="K166" s="21"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="12">
+        <v>0</v>
+      </c>
+      <c r="B167" s="12">
+        <v>0</v>
+      </c>
+      <c r="C167" s="12">
+        <v>0</v>
+      </c>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="I157" s="13" t="s">
-[...299 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K167" s="13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="15" t="s">
-        <v>8</v>
-[...9 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="B168" s="21"/>
+      <c r="C168" s="109" t="s">
+        <v>55</v>
+      </c>
+      <c r="D168" s="109"/>
+      <c r="E168" s="109"/>
+      <c r="F168" s="109"/>
       <c r="G168" s="16">
-        <v>0.10001571118391005</v>
+        <v>5.0727964050552927</v>
       </c>
       <c r="H168" s="16">
-        <v>4.8490000000000002</v>
+        <v>2.7894320642580688</v>
       </c>
       <c r="I168" s="16">
-        <v>6.0446491267545102E-2</v>
+        <v>1.161895622923476</v>
       </c>
       <c r="J168" s="16">
-        <v>-39.013960508112191</v>
+        <v>-52.463810281561351</v>
       </c>
       <c r="K168" s="16">
-        <v>-3.1020000000000003</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-8.8388324449155675</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="15" t="s">
-        <v>38</v>
-[...9 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="B169" s="21"/>
+      <c r="C169" s="109">
+        <v>0</v>
+      </c>
+      <c r="D169" s="109"/>
+      <c r="E169" s="109"/>
+      <c r="F169" s="109"/>
       <c r="G169" s="16">
-        <v>3.3749484732289101E-2</v>
+        <v>18.553423341147354</v>
       </c>
       <c r="H169" s="16">
-        <v>4.5549999999999997</v>
+        <v>23.426596793671912</v>
       </c>
       <c r="I169" s="16">
-        <v>5.6781556552622792E-2</v>
+        <v>10.944592500226037</v>
       </c>
       <c r="J169" s="16">
-        <v>69.77264256429369</v>
+        <v>-46.683278758992564</v>
       </c>
       <c r="K169" s="16">
-        <v>1.8719999999999999</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15.484538588989928</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="15" t="s">
-        <v>5</v>
-[...9 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="B170" s="21"/>
+      <c r="C170" s="109">
+        <v>0</v>
+      </c>
+      <c r="D170" s="109"/>
+      <c r="E170" s="109"/>
+      <c r="F170" s="109"/>
       <c r="G170" s="16">
-        <v>2.5950498323783981E-2</v>
+        <v>6.310604412988047</v>
       </c>
       <c r="H170" s="16">
-        <v>2.2069999999999999</v>
+        <v>36.178901410823123</v>
       </c>
       <c r="I170" s="16">
-        <v>2.7511941890590232E-2</v>
+        <v>15.419326337244124</v>
       </c>
       <c r="J170" s="16">
-        <v>6.980126030053305</v>
+        <v>-51.361176022756119</v>
       </c>
       <c r="K170" s="16">
-        <v>0.14399999999999968</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>64.75119326682352</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="15" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="B171" s="21"/>
+      <c r="C171" s="109">
+        <v>0</v>
+      </c>
+      <c r="D171" s="109"/>
+      <c r="E171" s="109"/>
+      <c r="F171" s="109"/>
       <c r="G171" s="16">
-        <v>68.371839570824292</v>
+        <v>70.063175840809294</v>
       </c>
       <c r="H171" s="16">
-        <v>1.2579999999999998</v>
+        <v>37.605069731246907</v>
       </c>
       <c r="I171" s="16">
-        <v>1.5681931535279792E-2</v>
+        <v>72.474185539606367</v>
       </c>
       <c r="J171" s="16">
-        <v>-99.976855390900127</v>
+        <v>119.9429197474111</v>
       </c>
       <c r="K171" s="16">
-        <v>-5434.1329999999998</v>
-[...118 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>32.893377456557005</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="92" t="s">
+        <v>57</v>
+      </c>
+      <c r="B172" s="93"/>
+      <c r="C172" s="107" t="s">
+        <v>56</v>
+      </c>
+      <c r="D172" s="107"/>
+      <c r="E172" s="107"/>
+      <c r="F172" s="107"/>
+      <c r="G172" s="94">
+        <v>94.678282788316665</v>
+      </c>
+      <c r="H172" s="94">
+        <v>91.787066202895744</v>
+      </c>
+      <c r="I172" s="94">
+        <v>97.550292314455177</v>
+      </c>
+      <c r="J172" s="94">
+        <v>14.122963540934736</v>
+      </c>
+      <c r="K172" s="94">
+        <v>31.774069439449203</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B173" s="95"/>
+      <c r="C173" s="108">
+        <v>0</v>
+      </c>
+      <c r="D173" s="108"/>
+      <c r="E173" s="108"/>
+      <c r="F173" s="108"/>
+      <c r="G173" s="17">
+        <v>5.3217172116833513</v>
+      </c>
+      <c r="H173" s="17">
+        <v>8.212933797104272</v>
+      </c>
+      <c r="I173" s="17">
+        <v>2.4497076855448223</v>
+      </c>
+      <c r="J173" s="17">
+        <v>-67.971109323851195</v>
+      </c>
+      <c r="K173" s="17">
+        <v>7.7335635016177129</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D174" s="59"/>
+      <c r="I174" s="21"/>
+      <c r="J174" s="21"/>
+      <c r="K174" s="21"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="59"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>1</v>
-[...46 lines deleted...]
-      <c r="K181" s="36"/>
+        <v>42</v>
+      </c>
+      <c r="D176" s="59"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D177" s="59"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="D178" s="59"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="105" t="s">
+        <v>60</v>
+      </c>
+      <c r="B179" s="105">
+        <v>0</v>
+      </c>
+      <c r="C179" s="105">
+        <v>0</v>
+      </c>
+      <c r="D179" s="105">
+        <v>0</v>
+      </c>
+      <c r="E179" s="105">
+        <v>0</v>
+      </c>
+      <c r="F179" s="105">
+        <v>0</v>
+      </c>
+      <c r="G179" s="105">
+        <v>0</v>
+      </c>
+      <c r="H179" s="105">
+        <v>0</v>
+      </c>
+      <c r="I179" s="105">
+        <v>0</v>
+      </c>
+      <c r="J179" s="105">
+        <v>0</v>
+      </c>
+      <c r="K179" s="105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="105" t="s">
+        <v>61</v>
+      </c>
+      <c r="B180" s="105">
+        <v>0</v>
+      </c>
+      <c r="C180" s="105">
+        <v>0</v>
+      </c>
+      <c r="D180" s="105">
+        <v>0</v>
+      </c>
+      <c r="E180" s="105">
+        <v>0</v>
+      </c>
+      <c r="F180" s="105">
+        <v>0</v>
+      </c>
+      <c r="G180" s="105">
+        <v>0</v>
+      </c>
+      <c r="H180" s="105">
+        <v>0</v>
+      </c>
+      <c r="I180" s="105">
+        <v>0</v>
+      </c>
+      <c r="J180" s="105">
+        <v>0</v>
+      </c>
+      <c r="K180" s="105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="105" t="s">
+        <v>62</v>
+      </c>
+      <c r="B181" s="105">
+        <v>0</v>
+      </c>
+      <c r="C181" s="105">
+        <v>0</v>
+      </c>
+      <c r="D181" s="105">
+        <v>0</v>
+      </c>
+      <c r="E181" s="105">
+        <v>0</v>
+      </c>
+      <c r="F181" s="105">
+        <v>0</v>
+      </c>
+      <c r="G181" s="105">
+        <v>0</v>
+      </c>
+      <c r="H181" s="105">
+        <v>0</v>
+      </c>
+      <c r="I181" s="105">
+        <v>0</v>
+      </c>
+      <c r="J181" s="105">
+        <v>0</v>
+      </c>
+      <c r="K181" s="105">
+        <v>0</v>
+      </c>
     </row>
     <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="22"/>
-[...8 lines deleted...]
-      <c r="H182" s="13">
+      <c r="A182" s="105" t="s">
+        <v>63</v>
+      </c>
+      <c r="B182" s="105">
+        <v>0</v>
+      </c>
+      <c r="C182" s="105">
+        <v>0</v>
+      </c>
+      <c r="D182" s="105">
+        <v>0</v>
+      </c>
+      <c r="E182" s="105">
+        <v>0</v>
+      </c>
+      <c r="F182" s="105">
+        <v>0</v>
+      </c>
+      <c r="G182" s="105">
+        <v>0</v>
+      </c>
+      <c r="H182" s="105">
+        <v>0</v>
+      </c>
+      <c r="I182" s="105">
+        <v>0</v>
+      </c>
+      <c r="J182" s="105">
+        <v>0</v>
+      </c>
+      <c r="K182" s="105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="45">
+        <v>0</v>
+      </c>
+      <c r="B183" s="45">
+        <v>0</v>
+      </c>
+      <c r="C183" s="45">
+        <v>0</v>
+      </c>
+      <c r="D183" s="45">
+        <v>0</v>
+      </c>
+      <c r="E183" s="45">
+        <v>0</v>
+      </c>
+      <c r="F183" s="45">
+        <v>0</v>
+      </c>
+      <c r="G183" s="45">
+        <v>0</v>
+      </c>
+      <c r="H183" s="45">
+        <v>0</v>
+      </c>
+      <c r="I183" s="45">
+        <v>0</v>
+      </c>
+      <c r="J183" s="45">
+        <v>0</v>
+      </c>
+      <c r="K183" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="45"/>
+      <c r="B184" s="45"/>
+      <c r="C184" s="45"/>
+      <c r="D184" s="45"/>
+      <c r="E184" s="45"/>
+      <c r="F184" s="45"/>
+      <c r="G184" s="45"/>
+      <c r="H184" s="45"/>
+      <c r="I184" s="45"/>
+      <c r="J184" s="45"/>
+      <c r="K184" s="45"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="45"/>
+      <c r="B185" s="45"/>
+      <c r="C185" s="45"/>
+      <c r="D185" s="45"/>
+      <c r="E185" s="45"/>
+      <c r="F185" s="45"/>
+      <c r="G185" s="45"/>
+      <c r="H185" s="45"/>
+      <c r="I185" s="45"/>
+      <c r="J185" s="45"/>
+      <c r="K185" s="45"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B186" s="21"/>
+      <c r="C186" s="21"/>
+      <c r="D186" s="21"/>
+      <c r="E186" s="21"/>
+      <c r="F186" s="21"/>
+      <c r="G186" s="21"/>
+      <c r="H186" s="21"/>
+      <c r="I186" s="21"/>
+      <c r="J186" s="21"/>
+      <c r="K186" s="21"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="12">
+        <v>0</v>
+      </c>
+      <c r="B187" s="12">
+        <v>0</v>
+      </c>
+      <c r="C187" s="12">
+        <v>0</v>
+      </c>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
         <v>2024</v>
       </c>
-      <c r="I182" s="13" t="s">
-[...131 lines deleted...]
-        <v>988.73</v>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K187" s="13" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F188" s="5"/>
+      <c r="A188" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B188" s="21"/>
+      <c r="C188" s="109" t="s">
+        <v>55</v>
+      </c>
+      <c r="D188" s="109"/>
+      <c r="E188" s="109"/>
+      <c r="F188" s="109"/>
       <c r="G188" s="16">
-        <v>225.53</v>
+        <v>1.147076710007522E-2</v>
       </c>
       <c r="H188" s="16">
-        <v>727.452</v>
+        <v>0.45679072909158835</v>
       </c>
       <c r="I188" s="16">
-        <v>5.5294650621165227</v>
+        <v>0.25264872125121995</v>
       </c>
       <c r="J188" s="16">
-        <v>222.55221034895581</v>
+        <v>-70.744871265317371</v>
       </c>
       <c r="K188" s="16">
-        <v>501.92200000000003</v>
+        <v>35.560242147484303</v>
       </c>
     </row>
     <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F189" s="5"/>
+      <c r="A189" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="B189" s="21"/>
+      <c r="C189" s="109">
+        <v>0</v>
+      </c>
+      <c r="D189" s="109"/>
+      <c r="E189" s="109"/>
+      <c r="F189" s="109"/>
       <c r="G189" s="16">
-        <v>606.55399999999997</v>
+        <v>96.692689070491937</v>
       </c>
       <c r="H189" s="16">
-        <v>519.50099999999998</v>
+        <v>76.194152726467692</v>
       </c>
       <c r="I189" s="16">
-        <v>3.9488002359394101</v>
+        <v>61.38122561264462</v>
       </c>
       <c r="J189" s="16">
-        <v>-14.352060987150361</v>
+        <v>-57.389551854919986</v>
       </c>
       <c r="K189" s="16">
-        <v>-87.052999999999997</v>
+        <v>-44.145051630204748</v>
       </c>
     </row>
     <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F190" s="5"/>
+      <c r="A190" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B190" s="21"/>
+      <c r="C190" s="109">
+        <v>0</v>
+      </c>
+      <c r="D190" s="109"/>
+      <c r="E190" s="109"/>
+      <c r="F190" s="109"/>
       <c r="G190" s="16">
-        <v>463.30599999999998</v>
+        <v>3.2563888909449084</v>
       </c>
       <c r="H190" s="16">
-        <v>490.79399999999998</v>
+        <v>3.0138251050624967E-2</v>
       </c>
       <c r="I190" s="16">
-        <v>3.7305942875906815</v>
+        <v>0.55759173260329031</v>
       </c>
       <c r="J190" s="16">
-        <v>5.9330118755207142</v>
+        <v>878.5893155258766</v>
       </c>
       <c r="K190" s="16">
-        <v>27.488</v>
+        <v>-59.74719117366778</v>
       </c>
     </row>
     <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F191" s="5"/>
+      <c r="A191" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B191" s="21"/>
+      <c r="C191" s="109">
+        <v>0</v>
+      </c>
+      <c r="D191" s="109"/>
+      <c r="E191" s="109"/>
+      <c r="F191" s="109"/>
       <c r="G191" s="16">
-        <v>582.96799999999996</v>
+        <v>3.9451271463068628E-2</v>
       </c>
       <c r="H191" s="16">
-        <v>423.84699999999998</v>
+        <v>23.318918293390094</v>
       </c>
       <c r="I191" s="16">
-        <v>3.2217207158450343</v>
+        <v>37.808533933500868</v>
       </c>
       <c r="J191" s="16">
-        <v>-27.294980170438173</v>
+        <v>-14.240226208976875</v>
       </c>
       <c r="K191" s="16">
-        <v>-159.12099999999998</v>
+        <v>248.16361544632329</v>
       </c>
     </row>
     <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
-[...20 lines deleted...]
-        <v>-945.3</v>
+      <c r="A192" s="92" t="s">
+        <v>57</v>
+      </c>
+      <c r="B192" s="93"/>
+      <c r="C192" s="107" t="s">
+        <v>50</v>
+      </c>
+      <c r="D192" s="107"/>
+      <c r="E192" s="107"/>
+      <c r="F192" s="107"/>
+      <c r="G192" s="94">
+        <v>99.99719619434974</v>
+      </c>
+      <c r="H192" s="94">
+        <v>99.941443335049712</v>
+      </c>
+      <c r="I192" s="94">
+        <v>48.814352950791047</v>
+      </c>
+      <c r="J192" s="94">
+        <v>-47.106514063468943</v>
+      </c>
+      <c r="K192" s="94">
+        <v>-37.424954318283987</v>
       </c>
     </row>
     <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="90" t="s">
-[...6 lines deleted...]
-      <c r="F193" s="91"/>
+      <c r="A193" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B193" s="95"/>
+      <c r="C193" s="108">
+        <v>0</v>
+      </c>
+      <c r="D193" s="108"/>
+      <c r="E193" s="108"/>
+      <c r="F193" s="108"/>
       <c r="G193" s="17">
-        <v>9498.8629999999994</v>
+        <v>2.8038056502553985E-3</v>
       </c>
       <c r="H193" s="17">
-        <v>9807.5360000000001</v>
+        <v>5.8556664950278385E-2</v>
       </c>
       <c r="I193" s="17">
-        <v>74.548461833151919</v>
-[...5 lines deleted...]
-        <v>23</v>
+        <v>51.18564704920896</v>
+      </c>
+      <c r="J193" s="17" t="s">
+        <v>87</v>
+      </c>
+      <c r="K193" s="17">
+        <v>770.18445267204379</v>
       </c>
     </row>
     <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D194" s="59"/>
+      <c r="I194" s="21"/>
+      <c r="J194" s="21"/>
+      <c r="K194" s="21"/>
     </row>
     <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>92</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D195" s="59"/>
+      <c r="I195" s="21"/>
+      <c r="J195" s="21"/>
+      <c r="K195" s="21"/>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="45"/>
+      <c r="A196" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D196" s="59"/>
+      <c r="I196" s="21"/>
+      <c r="J196" s="21"/>
+      <c r="K196" s="21"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="45"/>
+      <c r="A197" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D197" s="59"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="45"/>
-[...14 lines deleted...]
-      <c r="K199" s="36"/>
+      <c r="A198" s="96" t="s">
+        <v>59</v>
+      </c>
+      <c r="D198" s="59"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="105" t="s">
+        <v>60</v>
+      </c>
+      <c r="B199" s="105">
+        <v>0</v>
+      </c>
+      <c r="C199" s="105">
+        <v>0</v>
+      </c>
+      <c r="D199" s="105">
+        <v>0</v>
+      </c>
+      <c r="E199" s="105">
+        <v>0</v>
+      </c>
+      <c r="F199" s="105">
+        <v>0</v>
+      </c>
+      <c r="G199" s="105">
+        <v>0</v>
+      </c>
+      <c r="H199" s="105">
+        <v>0</v>
+      </c>
+      <c r="I199" s="105">
+        <v>0</v>
+      </c>
+      <c r="J199" s="105">
+        <v>0</v>
+      </c>
+      <c r="K199" s="105">
+        <v>0</v>
+      </c>
     </row>
     <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="22"/>
-[...5 lines deleted...]
-      <c r="G200" s="13">
+      <c r="A200" s="105" t="s">
+        <v>61</v>
+      </c>
+      <c r="B200" s="105">
+        <v>0</v>
+      </c>
+      <c r="C200" s="105">
+        <v>0</v>
+      </c>
+      <c r="D200" s="105">
+        <v>0</v>
+      </c>
+      <c r="E200" s="105">
+        <v>0</v>
+      </c>
+      <c r="F200" s="105">
+        <v>0</v>
+      </c>
+      <c r="G200" s="105">
+        <v>0</v>
+      </c>
+      <c r="H200" s="105">
+        <v>0</v>
+      </c>
+      <c r="I200" s="105">
+        <v>0</v>
+      </c>
+      <c r="J200" s="105">
+        <v>0</v>
+      </c>
+      <c r="K200" s="105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="105" t="s">
+        <v>62</v>
+      </c>
+      <c r="B201" s="105">
+        <v>0</v>
+      </c>
+      <c r="C201" s="105">
+        <v>0</v>
+      </c>
+      <c r="D201" s="105">
+        <v>0</v>
+      </c>
+      <c r="E201" s="105">
+        <v>0</v>
+      </c>
+      <c r="F201" s="105">
+        <v>0</v>
+      </c>
+      <c r="G201" s="105">
+        <v>0</v>
+      </c>
+      <c r="H201" s="105">
+        <v>0</v>
+      </c>
+      <c r="I201" s="105">
+        <v>0</v>
+      </c>
+      <c r="J201" s="105">
+        <v>0</v>
+      </c>
+      <c r="K201" s="105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="105" t="s">
+        <v>63</v>
+      </c>
+      <c r="B202" s="105">
+        <v>0</v>
+      </c>
+      <c r="C202" s="105">
+        <v>0</v>
+      </c>
+      <c r="D202" s="105">
+        <v>0</v>
+      </c>
+      <c r="E202" s="105">
+        <v>0</v>
+      </c>
+      <c r="F202" s="105">
+        <v>0</v>
+      </c>
+      <c r="G202" s="105">
+        <v>0</v>
+      </c>
+      <c r="H202" s="105">
+        <v>0</v>
+      </c>
+      <c r="I202" s="105">
+        <v>0</v>
+      </c>
+      <c r="J202" s="105">
+        <v>0</v>
+      </c>
+      <c r="K202" s="105">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="45"/>
+      <c r="B203" s="45"/>
+      <c r="C203" s="45"/>
+      <c r="D203" s="45"/>
+      <c r="E203" s="45"/>
+      <c r="F203" s="82"/>
+      <c r="G203" s="82"/>
+      <c r="H203" s="45"/>
+      <c r="I203" s="45"/>
+      <c r="J203" s="45"/>
+      <c r="K203" s="45"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="45"/>
+      <c r="B204" s="45"/>
+      <c r="C204" s="45"/>
+      <c r="D204" s="45"/>
+      <c r="E204" s="45"/>
+      <c r="F204" s="82"/>
+      <c r="G204" s="82"/>
+      <c r="H204" s="45"/>
+      <c r="I204" s="45"/>
+      <c r="J204" s="45"/>
+      <c r="K204" s="45"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="45"/>
+      <c r="B205" s="45"/>
+      <c r="C205" s="45"/>
+      <c r="D205" s="45"/>
+      <c r="E205" s="45"/>
+      <c r="F205" s="82"/>
+      <c r="G205" s="82"/>
+      <c r="H205" s="45"/>
+      <c r="I205" s="45"/>
+      <c r="J205" s="45"/>
+      <c r="K205" s="45"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B206" s="21"/>
+      <c r="C206" s="21"/>
+      <c r="D206" s="21"/>
+      <c r="E206" s="21"/>
+      <c r="F206" s="21"/>
+      <c r="G206" s="21"/>
+      <c r="H206" s="21"/>
+      <c r="I206" s="21"/>
+      <c r="J206" s="21"/>
+      <c r="K206" s="21"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="12">
+        <v>0</v>
+      </c>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="23">
+        <v>0</v>
+      </c>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
         <v>2023</v>
       </c>
-      <c r="H200" s="13">
+      <c r="H207" s="12">
         <v>2024</v>
       </c>
-      <c r="I200" s="13" t="s">
-[...225 lines deleted...]
-        <v>6.8223920284491354E-2</v>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B208" s="97"/>
+      <c r="C208" s="97"/>
+      <c r="D208" s="113" t="s">
+        <v>38</v>
+      </c>
+      <c r="E208" s="98">
+        <v>16.451074034131608</v>
+      </c>
+      <c r="F208" s="98">
+        <v>40.662606665973136</v>
+      </c>
+      <c r="G208" s="98">
+        <v>35.300632644822251</v>
+      </c>
+      <c r="H208" s="98">
+        <v>27.393941282707711</v>
+      </c>
+      <c r="I208" s="98">
+        <v>12.153422085933867</v>
+      </c>
+      <c r="J208" s="99">
+        <v>-52.360190625498589</v>
+      </c>
+      <c r="K208" s="99">
+        <v>21.258303662478806</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B209" s="21"/>
+      <c r="C209" s="21"/>
+      <c r="D209" s="114">
+        <v>0</v>
+      </c>
+      <c r="E209" s="59">
+        <v>0</v>
+      </c>
+      <c r="F209" s="59">
+        <v>0</v>
+      </c>
+      <c r="G209" s="59">
+        <v>0</v>
+      </c>
+      <c r="H209" s="59">
+        <v>0.20249439035810493</v>
+      </c>
+      <c r="I209" s="59">
+        <v>6.3708199457630857E-2</v>
       </c>
       <c r="J209" s="16">
-        <v>-35.161290322580648</v>
-[...24 lines deleted...]
-        <v>132</v>
+        <v>-66.21621621621621</v>
+      </c>
+      <c r="K209" s="16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B210" s="21"/>
+      <c r="C210" s="21"/>
+      <c r="D210" s="114">
+        <v>0</v>
+      </c>
+      <c r="E210" s="59">
+        <v>19.324949651089611</v>
+      </c>
+      <c r="F210" s="59">
+        <v>9.632559136337461</v>
+      </c>
+      <c r="G210" s="59">
+        <v>15.921523228418053</v>
+      </c>
+      <c r="H210" s="59">
+        <v>8.4798022487214872</v>
+      </c>
+      <c r="I210" s="59">
+        <v>5.7199203505933003</v>
+      </c>
+      <c r="J210" s="16">
+        <v>-27.568044345802601</v>
       </c>
       <c r="K210" s="16">
-        <v>4.5599999999999996</v>
-[...29 lines deleted...]
-        <v>1</v>
+        <v>-3.5275495702526194</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B211" s="21"/>
+      <c r="C211" s="21"/>
+      <c r="D211" s="114">
+        <v>0</v>
+      </c>
+      <c r="E211" s="59">
+        <v>62.920829264472957</v>
+      </c>
+      <c r="F211" s="59">
+        <v>49.679196276759932</v>
+      </c>
+      <c r="G211" s="59">
+        <v>48.742464936088318</v>
+      </c>
+      <c r="H211" s="59">
+        <v>63.890917548905747</v>
+      </c>
+      <c r="I211" s="59">
+        <v>82.036857316992879</v>
+      </c>
+      <c r="J211" s="16">
+        <v>37.878275944691985</v>
+      </c>
+      <c r="K211" s="16">
+        <v>39.761982245752272</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B212" s="72"/>
+      <c r="C212" s="72"/>
+      <c r="D212" s="115">
+        <v>0</v>
+      </c>
+      <c r="E212" s="100">
+        <v>1.3031470503058222</v>
+      </c>
+      <c r="F212" s="100">
+        <v>2.5637920929468427E-2</v>
+      </c>
+      <c r="G212" s="100">
+        <v>3.5379190671374738E-2</v>
+      </c>
+      <c r="H212" s="100">
+        <v>3.2844529306958387E-2</v>
+      </c>
+      <c r="I212" s="100">
+        <v>2.6092047022314151E-2</v>
+      </c>
+      <c r="J212" s="17">
+        <v>-14.695672298079144</v>
+      </c>
+      <c r="K212" s="17">
+        <v>-50.800114833474971</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>92</v>
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F213" s="59"/>
+      <c r="G213" s="59"/>
+      <c r="H213" s="59"/>
+      <c r="I213" s="59"/>
+      <c r="J213" s="59"/>
+      <c r="K213" s="59"/>
     </row>
     <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A214" s="45"/>
-[...26 lines deleted...]
-      <c r="H216" s="13" t="s">
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="83"/>
+      <c r="C214" s="83"/>
+      <c r="D214" s="83"/>
+      <c r="E214" s="83"/>
+      <c r="F214" s="83"/>
+      <c r="G214" s="83"/>
+      <c r="H214" s="83"/>
+      <c r="I214" s="83"/>
+      <c r="J214" s="83"/>
+      <c r="K214" s="83"/>
+    </row>
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B215" s="83"/>
+      <c r="C215" s="83"/>
+      <c r="D215" s="83"/>
+      <c r="E215" s="83"/>
+      <c r="F215" s="83"/>
+      <c r="G215" s="83"/>
+      <c r="H215" s="83"/>
+      <c r="I215" s="83"/>
+      <c r="J215" s="83"/>
+      <c r="K215" s="83"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="19" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="96" t="s">
+        <v>67</v>
+      </c>
+      <c r="B217" s="84"/>
+      <c r="C217" s="84"/>
+      <c r="D217" s="84"/>
+      <c r="E217" s="84"/>
+      <c r="F217" s="84"/>
+      <c r="G217" s="84"/>
+      <c r="H217" s="84"/>
+      <c r="I217" s="84"/>
+      <c r="J217" s="84"/>
+      <c r="K217" s="84"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="96" t="s">
+        <v>66</v>
+      </c>
+      <c r="B218" s="83"/>
+      <c r="C218" s="83"/>
+      <c r="D218" s="83"/>
+      <c r="E218" s="83"/>
+      <c r="F218" s="83"/>
+      <c r="G218" s="83"/>
+      <c r="H218" s="83"/>
+      <c r="I218" s="83"/>
+      <c r="J218" s="83"/>
+      <c r="K218" s="83"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="45"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="45"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B221" s="21"/>
+      <c r="C221" s="21"/>
+      <c r="D221" s="21"/>
+      <c r="E221" s="21"/>
+      <c r="F221" s="21"/>
+      <c r="G221" s="21"/>
+      <c r="H221" s="21"/>
+      <c r="I221" s="21"/>
+      <c r="J221" s="21"/>
+      <c r="K221" s="21"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="12">
+        <v>0</v>
+      </c>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="23">
+        <v>0</v>
+      </c>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H222" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="I216" s="13" t="s">
-[...85 lines deleted...]
-      <c r="A220" s="3" t="s">
+      <c r="K222" s="13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="B223" s="97"/>
+      <c r="C223" s="97"/>
+      <c r="D223" s="113" t="s">
+        <v>38</v>
+      </c>
+      <c r="E223" s="98">
+        <v>5.9736738327418E-2</v>
+      </c>
+      <c r="F223" s="98">
+        <v>27.493145169021915</v>
+      </c>
+      <c r="G223" s="98">
+        <v>0.8688093981672631</v>
+      </c>
+      <c r="H223" s="98">
+        <v>0.73682336755382483</v>
+      </c>
+      <c r="I223" s="98">
+        <v>0.60555633188502755</v>
+      </c>
+      <c r="J223" s="99">
+        <v>-10.982392684092003</v>
+      </c>
+      <c r="K223" s="99">
+        <v>33.585902725669015</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B224" s="21"/>
+      <c r="C224" s="21"/>
+      <c r="D224" s="114">
+        <v>0</v>
+      </c>
+      <c r="E224" s="59">
+        <v>0</v>
+      </c>
+      <c r="F224" s="59">
+        <v>0</v>
+      </c>
+      <c r="G224" s="59">
+        <v>0</v>
+      </c>
+      <c r="H224" s="59">
+        <v>0</v>
+      </c>
+      <c r="I224" s="59">
+        <v>0</v>
+      </c>
+      <c r="J224" s="16" t="s">
         <v>120</v>
       </c>
-      <c r="B220" s="5"/>
-[...136 lines deleted...]
-        <v>2.666822660789169</v>
+      <c r="K224" s="16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B225" s="21"/>
+      <c r="C225" s="21"/>
+      <c r="D225" s="114">
+        <v>0</v>
+      </c>
+      <c r="E225" s="59">
+        <v>99.920228265511142</v>
+      </c>
+      <c r="F225" s="59">
+        <v>0</v>
+      </c>
+      <c r="G225" s="59">
+        <v>95.1950383187867</v>
+      </c>
+      <c r="H225" s="59">
+        <v>78.772064976024197</v>
+      </c>
+      <c r="I225" s="59">
+        <v>79.359541339389637</v>
       </c>
       <c r="J225" s="16">
-        <v>200.16052237790777</v>
+        <v>9.1218390085527297</v>
       </c>
       <c r="K225" s="16">
-        <v>220.70699999999999</v>
-[...18 lines deleted...]
-        <v>1.2422482362833949</v>
+        <v>-29.324514318425376</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B226" s="21"/>
+      <c r="C226" s="21"/>
+      <c r="D226" s="114">
+        <v>0</v>
+      </c>
+      <c r="E226" s="59">
+        <v>1.4810219182493404E-2</v>
+      </c>
+      <c r="F226" s="59">
+        <v>52.441853776388704</v>
+      </c>
+      <c r="G226" s="59">
+        <v>3.6857866850956005</v>
+      </c>
+      <c r="H226" s="59">
+        <v>20.19250786454478</v>
+      </c>
+      <c r="I226" s="59">
+        <v>19.825664771442671</v>
       </c>
       <c r="J226" s="16">
-        <v>-47.75955543507726</v>
+        <v>6.3462684225566317</v>
       </c>
       <c r="K226" s="16">
-        <v>-140.94800000000001</v>
-[...24 lines deleted...]
-        <v>23</v>
+        <v>352.84433262441388</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B227" s="72"/>
+      <c r="C227" s="72"/>
+      <c r="D227" s="115">
+        <v>0</v>
+      </c>
+      <c r="E227" s="100">
+        <v>5.2247769789544674E-3</v>
+      </c>
+      <c r="F227" s="100">
+        <v>20.065001054589381</v>
+      </c>
+      <c r="G227" s="100">
+        <v>0.25036559795044355</v>
+      </c>
+      <c r="H227" s="100">
+        <v>0.29860379187719238</v>
+      </c>
+      <c r="I227" s="100">
+        <v>0.20923755728266938</v>
+      </c>
+      <c r="J227" s="17">
+        <v>-24.102218667115739</v>
+      </c>
+      <c r="K227" s="17">
+        <v>88.332529623556184</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="F228" s="59"/>
+      <c r="G228" s="59"/>
+      <c r="H228" s="59"/>
+      <c r="I228" s="59"/>
+      <c r="J228" s="59"/>
+      <c r="K228" s="59"/>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>92</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="B229" s="83"/>
+      <c r="C229" s="83"/>
+      <c r="D229" s="83"/>
+      <c r="E229" s="83"/>
+      <c r="F229" s="83"/>
+      <c r="G229" s="83"/>
+      <c r="H229" s="83"/>
+      <c r="I229" s="83"/>
+      <c r="J229" s="83"/>
+      <c r="K229" s="83"/>
     </row>
     <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A230" s="45"/>
+      <c r="A230" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B230" s="83"/>
+      <c r="C230" s="83"/>
+      <c r="D230" s="83"/>
+      <c r="E230" s="83"/>
+      <c r="F230" s="83"/>
+      <c r="G230" s="83"/>
+      <c r="H230" s="83"/>
+      <c r="I230" s="83"/>
+      <c r="J230" s="83"/>
+      <c r="K230" s="83"/>
     </row>
     <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A231" s="2" t="s">
-[...1434 lines deleted...]
-      <c r="A294" s="1" t="s">
+      <c r="A231" s="19" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="96" t="s">
+        <v>67</v>
+      </c>
+      <c r="B232" s="84"/>
+      <c r="C232" s="84"/>
+      <c r="D232" s="84"/>
+      <c r="E232" s="84"/>
+      <c r="F232" s="84"/>
+      <c r="G232" s="84"/>
+      <c r="H232" s="84"/>
+      <c r="I232" s="84"/>
+      <c r="J232" s="84"/>
+      <c r="K232" s="84"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="96" t="s">
         <v>66</v>
       </c>
-      <c r="B294" s="72"/>
-[...428 lines deleted...]
-      <c r="A320" s="86" t="s">
+      <c r="B233" s="83"/>
+      <c r="C233" s="83"/>
+      <c r="D233" s="83"/>
+      <c r="E233" s="83"/>
+      <c r="F233" s="83"/>
+      <c r="G233" s="83"/>
+      <c r="H233" s="83"/>
+      <c r="I233" s="83"/>
+      <c r="J233" s="83"/>
+      <c r="K233" s="83"/>
+    </row>
+    <row r="234" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="104"/>
+      <c r="B234" s="104"/>
+      <c r="C234" s="104"/>
+      <c r="D234" s="104"/>
+      <c r="E234" s="104"/>
+      <c r="F234" s="104"/>
+      <c r="G234" s="104"/>
+      <c r="H234" s="104"/>
+      <c r="I234" s="7"/>
+      <c r="J234" s="7"/>
+      <c r="K234" s="7"/>
+    </row>
+    <row r="235" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="103"/>
+      <c r="B235" s="103"/>
+      <c r="C235" s="103"/>
+      <c r="D235" s="103"/>
+      <c r="E235" s="103"/>
+      <c r="F235" s="103"/>
+      <c r="G235" s="103"/>
+      <c r="H235" s="103"/>
+      <c r="I235" s="103"/>
+      <c r="J235" s="103"/>
+      <c r="K235" s="103"/>
+    </row>
+    <row r="236" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I236" s="83"/>
+      <c r="J236" s="83"/>
+      <c r="K236" s="83"/>
+    </row>
+    <row r="237" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="102" t="s">
+        <v>35</v>
+      </c>
+      <c r="B237" s="102">
+        <v>46063</v>
+      </c>
+      <c r="I237" s="83"/>
+      <c r="J237" s="83"/>
+      <c r="K237" s="83"/>
+    </row>
+    <row r="238" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="86" t="s">
+        <v>77</v>
+      </c>
+      <c r="I238" s="83"/>
+      <c r="J238" s="83"/>
+      <c r="K238" s="83"/>
+    </row>
+    <row r="239" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="101" t="s">
         <v>78</v>
       </c>
-      <c r="I320" s="83"/>
-[...12 lines deleted...]
-      <c r="A322" s="85"/>
+      <c r="I239" s="83"/>
+      <c r="J239" s="83"/>
+      <c r="K239" s="83"/>
+    </row>
+    <row r="240" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="85"/>
     </row>
   </sheetData>
-  <mergeCells count="36">
+  <mergeCells count="48">
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="F77:K77"/>
-    <mergeCell ref="A263:K263"/>
+    <mergeCell ref="A181:K181"/>
     <mergeCell ref="H68:I68"/>
-    <mergeCell ref="C250:C253"/>
-[...2 lines deleted...]
-    <mergeCell ref="A262:K262"/>
+    <mergeCell ref="C168:C171"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
     <mergeCell ref="J68:K68"/>
-    <mergeCell ref="A39:D39"/>
-    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="D168:D171"/>
+    <mergeCell ref="E168:E171"/>
+    <mergeCell ref="F168:F171"/>
+    <mergeCell ref="D172:D173"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="G49:K49"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
-    <mergeCell ref="A21:C22"/>
-[...12 lines deleted...]
-    <mergeCell ref="A282:K282"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="E188:E191"/>
+    <mergeCell ref="F188:F191"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="C192:C193"/>
   </mergeCells>
-  <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="16" priority="65" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E46:E48">
+    <cfRule type="cellIs" dxfId="12" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D250:K255 D270:K275">
-    <cfRule type="cellIs" dxfId="15" priority="64" operator="lessThan">
+  <conditionalFormatting sqref="E8:K10">
+    <cfRule type="cellIs" dxfId="11" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="14" priority="63" operator="lessThan">
+  <conditionalFormatting sqref="G22:K22 G24:K24">
+    <cfRule type="cellIs" dxfId="10" priority="59" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G30:K30 G32:K32">
+    <cfRule type="cellIs" dxfId="9" priority="52" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G37:K40">
+    <cfRule type="cellIs" dxfId="8" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E22:K22 E24:K24">
-    <cfRule type="cellIs" dxfId="13" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="G47:K47">
+    <cfRule type="cellIs" dxfId="7" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="12" priority="66" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G168:K173 G188:K193">
+    <cfRule type="cellIs" dxfId="6" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G30:K30 G32:K32">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="9" priority="61" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="5" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="8" priority="51" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="7" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="3" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="6" priority="49" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="2" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J183:K192">
-[...19 lines deleted...]
-  <conditionalFormatting sqref="J290:K294">
+  <conditionalFormatting sqref="J208:K212">
     <cfRule type="cellIs" dxfId="1" priority="62" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J305:K309">
+  <conditionalFormatting sqref="J223:K227">
     <cfRule type="cellIs" dxfId="0" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A321" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
+    <hyperlink ref="A239" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="4" manualBreakCount="4">
+  <rowBreaks count="3" manualBreakCount="3">
     <brk id="103" max="16383" man="1"/>
-    <brk id="153" max="16383" man="1"/>
-[...1 lines deleted...]
-    <brk id="285" max="16383" man="1"/>
+    <brk id="147" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>