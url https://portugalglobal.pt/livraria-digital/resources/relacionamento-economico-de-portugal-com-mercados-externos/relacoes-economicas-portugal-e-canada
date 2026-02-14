--- v0 (2025-12-07)
+++ v1 (2026-02-14)
@@ -6,87 +6,87 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Canadá\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Canadá\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18E77EF2-A6DB-4509-BE23-6F10365C503A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{658AA983-48E2-4FC0-A044-985C7ADF7641}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Canadá" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Canadá!$A$1:$K$436</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Canadá!$A$1:$K$354</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Canadá!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,94 +111,91 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="552" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="194">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
     <t>Calçado</t>
   </si>
   <si>
     <t>Minerais e minérios</t>
   </si>
   <si>
     <t>Metais comuns</t>
   </si>
   <si>
     <t>Máquinas e aparelhos</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E. (AICEP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saldo</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Combustíveis minerais</t>
   </si>
   <si>
     <t>Plásticos e borracha</t>
   </si>
   <si>
     <t>Peles e couros</t>
   </si>
   <si>
     <t>Madeira e cortiça</t>
   </si>
   <si>
     <t>Posição</t>
@@ -257,53 +254,50 @@
   <si>
     <t>Outros produtos (a)</t>
   </si>
   <si>
     <t>Nota: (a) Tabaco, chapéus, guarda-chuvas, pedras e metais preciosos, armas, mobiliário, brinquedos, obras de arte, obras diversas.</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros (valores líquidos)</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros (posições em fim de período)</t>
   </si>
   <si>
     <t>% Tot Portugal</t>
   </si>
   <si>
     <t>Atualizado em</t>
   </si>
   <si>
     <t>Exportação</t>
   </si>
   <si>
     <t>Veículos e outro material de transporte</t>
   </si>
   <si>
-    <t>www.portugalexporta.pt; Contact Center: 808 214 214; email: aicep@portugalglobal.pt</t>
-[...1 lines deleted...]
-  <si>
     <t>% Total</t>
   </si>
   <si>
     <t>Empresas</t>
   </si>
   <si>
     <t>Nº</t>
   </si>
   <si>
     <t>Particulares, Estimativas e Operadores Não Identificados</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Baixa-Tecnologia</t>
   </si>
   <si>
     <t>Baixa tecnologia</t>
@@ -420,50 +414,56 @@
     <t>Exportação &lt; mil €</t>
   </si>
   <si>
     <t>2020 dez</t>
   </si>
   <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>Coeficiente de Cobertura %</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Final / Imediato %</t>
+  </si>
+  <si>
+    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
+  </si>
+  <si>
+    <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>Nota: Posição entre 62 países</t>
   </si>
   <si>
     <t>Posição entre 19 países</t>
   </si>
   <si>
     <t>Posição entre 62 países</t>
   </si>
   <si>
     <r>
       <t>Exportações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
@@ -520,282 +520,258 @@
     <r>
       <t>Dormidas</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2024 jan/jun</t>
-[...16 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
     <t>Posição entre 27 países</t>
   </si>
   <si>
-    <t>2024 jan/ago</t>
-[...2 lines deleted...]
-    <t>2025 jan/ago</t>
+    <t>2024 jan/set</t>
+  </si>
+  <si>
+    <t>2025 jan/set</t>
+  </si>
+  <si>
+    <t>2024 set</t>
+  </si>
+  <si>
+    <t>2025 set</t>
+  </si>
+  <si>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O CANADÁ</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Canadá</t>
   </si>
   <si>
+    <t>tvh % 25/24</t>
+  </si>
+  <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
+    <t>Posição e Quota do Canadá no Comércio Internacional Português de Bens</t>
+  </si>
+  <si>
+    <t>Canadá como cliente de Portugal</t>
+  </si>
+  <si>
+    <t>Canadá como fornecedor de Portugal</t>
+  </si>
+  <si>
+    <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Canadá</t>
+  </si>
+  <si>
+    <t>Portugal como cliente do Canadá</t>
+  </si>
+  <si>
+    <t>% Export. Canadá</t>
+  </si>
+  <si>
+    <t>Portugal como fornecedor do Canadá</t>
+  </si>
+  <si>
+    <t>% Import. Canadá</t>
+  </si>
+  <si>
+    <t>Fonte: ITC - International Trade Centre</t>
+  </si>
+  <si>
+    <t>Contributo do Canadá para o Crescimento do Comércio Internacional Português de Bens</t>
+  </si>
+  <si>
+    <t>Canadá - contribuição p/ o cresc. das exportações globais de Portugal</t>
+  </si>
+  <si>
+    <t>Canadá - contribuição p/ o cresc. das importações globais de Portugal</t>
+  </si>
+  <si>
+    <t>Empresas exportadoras de bens para o Canadá</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Empresas Portuguesas Exportadoras de Bens para o Canadá por Escalão de Exportação Individual em Valor em 2024</t>
+  </si>
+  <si>
+    <t>M€</t>
+  </si>
+  <si>
+    <t>Empresas Portuguesas Exportadoras de Bens para o Canadá por Nível de Exposição ao Mercado em 2024</t>
+  </si>
+  <si>
+    <t>Exportações de Portugal para o Canadá por Grupos de Produtos</t>
+  </si>
+  <si>
+    <t>% Tot 21</t>
+  </si>
+  <si>
+    <t>% Tot 24</t>
+  </si>
+  <si>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh M€ 25/24</t>
+  </si>
+  <si>
+    <t>&gt;1000%</t>
+  </si>
+  <si>
+    <t>Importações de Portugal Provenientes do Canadá por Grupos de Produtos</t>
+  </si>
+  <si>
+    <t>Principais Produtos Exportados para o Canadá</t>
+  </si>
+  <si>
+    <t>2204 Vinhos de uvas frescas, incluídos os vinhos enriquecidos com álcool; mosto de uvas excluídos os...</t>
+  </si>
+  <si>
+    <t>7214 Barras de ferro ou aço não ligado, simplesmente forjadas, laminadas, estiradas ou extrudadas, a...</t>
+  </si>
+  <si>
+    <t>6302 Roupa de cama, mesa, toucador ou cozinha, de qualquer matéria têxtil (exceto rodilhas,...</t>
+  </si>
+  <si>
+    <t>4011 Pneumáticos novos, de borracha</t>
+  </si>
+  <si>
+    <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
+  </si>
+  <si>
+    <t>8542 Circuitos integrados eletrónicos, e suas partes</t>
+  </si>
+  <si>
+    <t>9403 Móveis e suas partes, não especificadas nem compreendidas noutras posições (exceto assentos e...</t>
+  </si>
+  <si>
+    <t>3920 Chapas, folhas, películas, tiras e lâminas, de plástico não alveolar, não reforçadas nem...</t>
+  </si>
+  <si>
+    <t>6203 Fatos, conjuntos, casacos, calças, jardineiras, bermudas e calções (shorts), de uso masculino...</t>
+  </si>
+  <si>
+    <t>4802 Papel e cartão, não revestidos, do tipo utilizado para escrita, impressão ou outros fins...</t>
+  </si>
+  <si>
+    <t>Amostra</t>
+  </si>
+  <si>
+    <t>Principais Produtos Importados Provenientes do Canadá</t>
+  </si>
+  <si>
+    <t>1005 Milho</t>
+  </si>
+  <si>
+    <t>1211 Plantas, partes de plantas, sementes e frutos, das espécies utilizadas principalmente em...</t>
+  </si>
+  <si>
+    <t>1001 Trigo e mistura de trigo com centeio</t>
+  </si>
+  <si>
+    <t>1205 Sementes de nabo silvestre ou de colza, mesmo trituradas</t>
+  </si>
+  <si>
+    <t>0713 Legumes de vagem, secos, em grão, mesmo pelados ou partidos</t>
+  </si>
+  <si>
+    <t>3901 Polímeros de etileno, em formas primárias</t>
+  </si>
+  <si>
+    <t>2710 Óleos de petróleo ou de minerais betuminosos (exceto óleos brutos) e preparações não...</t>
+  </si>
+  <si>
+    <t>3902 Polímeros de propileno ou de outras olefinas, em formas primárias</t>
+  </si>
+  <si>
+    <t>0305 Peixes secos, salgados ou em salmoura; peixes fumados, mesmo cozidos antes ou durante a defumação</t>
+  </si>
+  <si>
+    <t>2829 Cloratos e percloratos; bromatos e perbromatos; iodatos e periodatos (exceto compostos...</t>
+  </si>
+  <si>
+    <t>Exportação de Produtos Industriais Transformados para o Canadá por Graus de Intensidade Tecnológica</t>
+  </si>
+  <si>
+    <t>Importação de Produtos Industriais Transformados do Canadá por Graus de Intensidade Tecnológica</t>
+  </si>
+  <si>
+    <t>Exportação de Bens para o Canadá por Meios de Transporte</t>
+  </si>
+  <si>
+    <t>Importação de Bens do Canadá por Meios de Transporte</t>
+  </si>
+  <si>
+    <t>Balança Comercial de Serviços de Portugal com o Canadá</t>
+  </si>
+  <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
-    <t>tvh % 25/24</t>
-[...62 lines deleted...]
-    <t>% Tot 24</t>
+    <t>Posição e Quota do Canadá no Comércio Internacional Português de Serviços</t>
+  </si>
+  <si>
+    <t>Balança Comercial de Bens e Serviços de Portugal com o Canadá</t>
+  </si>
+  <si>
+    <t>Quota do Canadá no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
     <t>vh M€ 24/23</t>
-  </si>
-[...121 lines deleted...]
-    <t>Quota do Canadá no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
     <t>média anual M€ 24/20</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Canadá - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Canadá - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto do Canadá em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
     <t>tvma % 24/21</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com o Canadá</t>
   </si>
   <si>
     <t>Indicadores de Turismo do Canadá em Portugal</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de Euros (posições em fim de período)</t>
   </si>
@@ -1477,140 +1453,120 @@
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="55">
-[...19 lines deleted...]
-    </dxf>
+  <dxfs count="51">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1694,129 +1650,129 @@
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <numFmt numFmtId="2" formatCode="0.00"/>
-[...6 lines deleted...]
-    <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...3 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
@@ -1845,57 +1801,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>433</xdr:row>
+      <xdr:row>351</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>435</xdr:row>
+      <xdr:row>353</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2283,9717 +2239,7695 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K437"/>
+  <dimension ref="A2:K355"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A432" sqref="A432"/>
+      <selection activeCell="A350" sqref="A350"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="12" max="16384" width="9.140625" style="4"/>
+    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="94" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>0</v>
       </c>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
-[...6 lines deleted...]
-        <v>122</v>
+      <c r="I7" s="12">
+        <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="16">
+        <v>351.58293199999997</v>
+      </c>
+      <c r="F8" s="16">
+        <v>431.41871999999995</v>
+      </c>
+      <c r="G8" s="16">
+        <v>387.61458799999997</v>
+      </c>
+      <c r="H8" s="16">
+        <v>395.30710999999997</v>
+      </c>
+      <c r="I8" s="16">
+        <v>434.78188400000005</v>
+      </c>
+      <c r="J8" s="16">
+        <v>9.9858497359180021</v>
+      </c>
+      <c r="K8" s="16">
+        <v>5.4534795031599748</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="16">
-[...37 lines deleted...]
-      <c r="C9" s="16">
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="16">
         <v>180.18317300000001</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>478.16576700000002</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>298.04042099999998</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>289.92653999999999</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>163.575851</v>
+        <v>354.06473199999999</v>
       </c>
       <c r="J9" s="16">
-        <v>254.88818900000001</v>
+        <v>22.122221718646387</v>
       </c>
       <c r="K9" s="16">
-        <v>55.822627509973955</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>18.397384812379048</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="C10" s="16">
+        <v>13</v>
+      </c>
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="16">
         <v>171.39975899999996</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>-46.747047000000066</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>89.574166999999989</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>105.38056999999998</v>
       </c>
-      <c r="G10" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I10" s="16">
-        <v>103.31210199999998</v>
-[...2 lines deleted...]
-        <v>50.817570999999987</v>
+        <v>80.717152000000056</v>
+      </c>
+      <c r="J10" s="16" t="s">
+        <v>24</v>
       </c>
       <c r="K10" s="16" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="C11" s="17">
+        <v>28</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="17">
         <v>195.12528619972741</v>
       </c>
-      <c r="D11" s="17">
+      <c r="F11" s="17">
         <v>90.223673414914273</v>
       </c>
-      <c r="E11" s="17">
+      <c r="G11" s="17">
         <v>130.05436869920405</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>136.34733474210398</v>
       </c>
-      <c r="G11" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I11" s="17">
-        <v>163.15852943354088</v>
-[...2 lines deleted...]
-        <v>119.93720117019623</v>
+        <v>122.79728668372427</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>24</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I12" s="8"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="9"/>
+    </row>
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>33</v>
+      </c>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="9"/>
+    </row>
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...13 lines deleted...]
-      <c r="C21" s="134">
+      <c r="K20" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="130" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" s="130">
+        <v>0</v>
+      </c>
+      <c r="C21" s="130">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
       <c r="G21" s="27">
         <v>26</v>
       </c>
       <c r="H21" s="27">
         <v>26</v>
       </c>
       <c r="I21" s="27">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J21" s="27">
         <v>27</v>
       </c>
       <c r="K21" s="27">
-        <v>25</v>
-[...9 lines deleted...]
-      <c r="C22" s="134">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="130">
+        <v>0</v>
+      </c>
+      <c r="B22" s="130">
+        <v>0</v>
+      </c>
+      <c r="C22" s="130">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="F22" s="28">
+        <v>29</v>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="28">
         <v>0.55264237957165763</v>
       </c>
-      <c r="G22" s="28">
+      <c r="H22" s="28">
         <v>0.550259760008045</v>
       </c>
-      <c r="H22" s="28">
+      <c r="I22" s="28">
         <v>0.50118150908731185</v>
       </c>
-      <c r="I22" s="28">
+      <c r="J22" s="28">
         <v>0.5010542689334998</v>
       </c>
-      <c r="J22" s="28">
-[...1 lines deleted...]
-      </c>
       <c r="K22" s="28">
-        <v>0.57545420120260227</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.54819159849774346</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="131" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B23" s="131">
         <v>0</v>
       </c>
       <c r="C23" s="131">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="F23" s="30">
+        <v>21</v>
+      </c>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="30">
         <v>37</v>
       </c>
-      <c r="G23" s="30">
+      <c r="H23" s="30">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="I23" s="30">
         <v>36</v>
       </c>
       <c r="J23" s="30">
         <v>36</v>
       </c>
       <c r="K23" s="30">
-        <v>32</v>
-[...9 lines deleted...]
-      <c r="C24" s="135">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="132">
+        <v>0</v>
+      </c>
+      <c r="B24" s="132">
+        <v>0</v>
+      </c>
+      <c r="C24" s="132">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="F24" s="32">
+        <v>30</v>
+      </c>
+      <c r="E24" s="31"/>
+      <c r="F24" s="31"/>
+      <c r="G24" s="32">
         <v>0.21670770816501092</v>
       </c>
-      <c r="G24" s="32">
+      <c r="H24" s="32">
         <v>0.43643569978153612</v>
       </c>
-      <c r="H24" s="32">
+      <c r="I24" s="32">
         <v>0.28344738888726678</v>
       </c>
-      <c r="I24" s="32">
+      <c r="J24" s="32">
         <v>0.2703442871866597</v>
       </c>
-      <c r="J24" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="32">
-        <v>0.34276147937288526</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.31779777396083186</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="F29" s="141">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="130" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" s="130">
+        <v>0</v>
+      </c>
+      <c r="C29" s="130">
+        <v>0</v>
+      </c>
+      <c r="D29" s="130">
+        <v>0</v>
+      </c>
+      <c r="E29" s="142" t="s">
+        <v>21</v>
+      </c>
+      <c r="F29" s="142">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>59</v>
       </c>
       <c r="H29" s="27">
         <v>55</v>
       </c>
       <c r="I29" s="27">
         <v>45</v>
       </c>
       <c r="J29" s="27">
         <v>52</v>
       </c>
       <c r="K29" s="27">
         <v>41</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="F30" s="141">
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="130">
+        <v>0</v>
+      </c>
+      <c r="B30" s="130">
+        <v>0</v>
+      </c>
+      <c r="C30" s="130">
+        <v>0</v>
+      </c>
+      <c r="D30" s="130">
+        <v>0</v>
+      </c>
+      <c r="E30" s="142" t="s">
+        <v>131</v>
+      </c>
+      <c r="F30" s="142">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>3.7385774465717871E-2</v>
       </c>
       <c r="H30" s="28">
         <v>4.6103537077175086E-2</v>
       </c>
       <c r="I30" s="28">
         <v>6.3115237915947975E-2</v>
       </c>
       <c r="J30" s="28">
         <v>4.9924605626130332E-2</v>
       </c>
       <c r="K30" s="28">
         <v>6.9209857988994844E-2</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="131" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B31" s="131">
         <v>0</v>
       </c>
       <c r="C31" s="131">
         <v>0</v>
       </c>
       <c r="D31" s="131">
         <v>0</v>
       </c>
-      <c r="E31" s="138" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="138">
+      <c r="E31" s="144" t="s">
+        <v>21</v>
+      </c>
+      <c r="F31" s="144">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>52</v>
       </c>
       <c r="H31" s="30">
         <v>50</v>
       </c>
       <c r="I31" s="30">
         <v>34</v>
       </c>
       <c r="J31" s="30">
         <v>23</v>
       </c>
       <c r="K31" s="30">
         <v>35</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="F32" s="139">
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="132">
+        <v>0</v>
+      </c>
+      <c r="B32" s="132">
+        <v>0</v>
+      </c>
+      <c r="C32" s="132">
+        <v>0</v>
+      </c>
+      <c r="D32" s="132">
+        <v>0</v>
+      </c>
+      <c r="E32" s="143" t="s">
+        <v>133</v>
+      </c>
+      <c r="F32" s="143">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.10976996492264166</v>
       </c>
       <c r="H32" s="32">
         <v>0.12158231340549208</v>
       </c>
       <c r="I32" s="32">
         <v>0.30460736493164553</v>
       </c>
       <c r="J32" s="32">
         <v>0.45545933777644393</v>
       </c>
       <c r="K32" s="32">
         <v>0.28523449616957647</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F36" s="39"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-[...13 lines deleted...]
-      <c r="D37" s="134">
+      <c r="K36" s="13">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="130" t="s">
+        <v>136</v>
+      </c>
+      <c r="B37" s="130">
+        <v>0</v>
+      </c>
+      <c r="C37" s="130">
+        <v>0</v>
+      </c>
+      <c r="D37" s="130">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="F37" s="40">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="26"/>
       <c r="G37" s="40">
         <v>7.2409012311484819E-2</v>
       </c>
       <c r="H37" s="40">
         <v>0.12549141565068464</v>
       </c>
       <c r="I37" s="40">
         <v>-5.5870665885061066E-2</v>
       </c>
       <c r="J37" s="40">
         <v>9.9463485224847749E-3</v>
       </c>
       <c r="K37" s="40">
-        <v>7.3395280883058675E-2</v>
-[...12 lines deleted...]
-      <c r="D38" s="140">
+        <v>5.0034526391101695E-2</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="137" t="s">
+        <v>31</v>
+      </c>
+      <c r="B38" s="137">
+        <v>0</v>
+      </c>
+      <c r="C38" s="137">
+        <v>0</v>
+      </c>
+      <c r="D38" s="137">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="41"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>0.44538715022671183</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.5285007714086577</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="131" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B39" s="131">
         <v>0</v>
       </c>
       <c r="C39" s="131">
         <v>0</v>
       </c>
       <c r="D39" s="131">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="44">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="43"/>
       <c r="G39" s="44">
         <v>6.8850926621197531E-2</v>
       </c>
       <c r="H39" s="44">
         <v>0.3583859910092988</v>
       </c>
       <c r="I39" s="44">
         <v>-0.16440560336035376</v>
       </c>
       <c r="J39" s="44">
         <v>-7.7165988944566805E-3</v>
       </c>
       <c r="K39" s="44">
-        <v>0.13011000607103065</v>
-[...12 lines deleted...]
-      <c r="D40" s="132">
+        <v>5.9806162615127029E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="138" t="s">
+        <v>32</v>
+      </c>
+      <c r="B40" s="138">
+        <v>0</v>
+      </c>
+      <c r="C40" s="138">
+        <v>0</v>
+      </c>
+      <c r="D40" s="138">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="45"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.959265065771004</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.886961096989102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
-    </row>
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K41" s="37"/>
+    </row>
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C46" s="133">
+    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="139" t="s">
+        <v>138</v>
+      </c>
+      <c r="B46" s="139">
+        <v>0</v>
+      </c>
+      <c r="C46" s="139">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>1765</v>
       </c>
       <c r="H46" s="48">
         <v>1849</v>
       </c>
       <c r="I46" s="48">
         <v>1946</v>
       </c>
       <c r="J46" s="48">
         <v>1924</v>
       </c>
       <c r="K46" s="48">
         <v>2008</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C47" s="134">
+    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="130">
+        <v>0</v>
+      </c>
+      <c r="B47" s="130">
+        <v>0</v>
+      </c>
+      <c r="C47" s="130">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>8.5232760285879845</v>
       </c>
       <c r="H47" s="51">
         <v>8.2097504662108154</v>
       </c>
       <c r="I47" s="51">
         <v>8.4829991281604187</v>
       </c>
       <c r="J47" s="51">
         <v>8.5215696695898657</v>
       </c>
       <c r="K47" s="51">
         <v>9.4846724292664497</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="C48" s="135">
+    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="132">
+        <v>0</v>
+      </c>
+      <c r="B48" s="132">
+        <v>0</v>
+      </c>
+      <c r="C48" s="132">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>12</v>
       </c>
       <c r="H48" s="52">
         <v>13</v>
       </c>
       <c r="I48" s="52">
         <v>13</v>
       </c>
       <c r="J48" s="52">
         <v>13</v>
       </c>
       <c r="K48" s="52">
         <v>12</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="137"/>
-[...40 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="G49" s="141"/>
+      <c r="H49" s="141"/>
+      <c r="I49" s="141"/>
+      <c r="J49" s="141"/>
+      <c r="K49" s="141"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="126" t="s">
+        <v>38</v>
+      </c>
+      <c r="B50" s="126">
+        <v>0</v>
+      </c>
+      <c r="C50" s="126">
+        <v>0</v>
+      </c>
+      <c r="D50" s="126">
+        <v>0</v>
+      </c>
+      <c r="E50" s="126">
+        <v>0</v>
+      </c>
+      <c r="F50" s="126">
+        <v>0</v>
+      </c>
+      <c r="G50" s="126">
+        <v>0</v>
+      </c>
+      <c r="H50" s="126">
+        <v>0</v>
+      </c>
+      <c r="I50" s="126">
+        <v>0</v>
+      </c>
+      <c r="J50" s="126">
+        <v>0</v>
+      </c>
+      <c r="K50" s="126">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="126" t="s">
+        <v>139</v>
+      </c>
+      <c r="B52" s="126"/>
+      <c r="C52" s="126"/>
+      <c r="D52" s="126"/>
+      <c r="E52" s="126"/>
+      <c r="F52" s="126"/>
+      <c r="G52" s="126"/>
+      <c r="H52" s="126"/>
+      <c r="I52" s="126"/>
+      <c r="J52" s="126"/>
+      <c r="K52" s="126"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="129" t="s">
-[...12 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H56" s="133" t="s">
+        <v>48</v>
+      </c>
+      <c r="I56" s="133">
+        <v>0</v>
+      </c>
+      <c r="J56" s="133" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I57" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="K57" s="58" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>2008</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>395.30710999999997</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>3</v>
       </c>
       <c r="I59" s="60">
         <v>0.14940239043824702</v>
       </c>
       <c r="J59" s="60">
         <v>40.263112</v>
       </c>
       <c r="K59" s="60">
         <v>10.185273925379182</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>83</v>
       </c>
       <c r="I60" s="60">
         <v>4.1334661354581668</v>
       </c>
       <c r="J60" s="60">
         <v>202.67413300000001</v>
       </c>
       <c r="K60" s="60">
         <v>51.270044953150482</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>1538</v>
       </c>
       <c r="I61" s="60">
         <v>76.593625498007967</v>
       </c>
       <c r="J61" s="60">
         <v>136.20673000000002</v>
       </c>
       <c r="K61" s="60">
         <v>34.455927190381182</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>384</v>
       </c>
       <c r="I62" s="60">
         <v>19.123505976095618</v>
       </c>
       <c r="J62" s="60">
         <v>0.12864300000000001</v>
       </c>
       <c r="K62" s="60">
         <v>3.2542546477345176E-2</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="61" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I63" s="65" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J63" s="66">
         <v>16.034491999999887</v>
       </c>
       <c r="K63" s="66">
         <v>4.0562113846117995</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="128" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F64" s="140" t="s">
+        <v>139</v>
+      </c>
+      <c r="G64" s="140"/>
+      <c r="H64" s="140"/>
+      <c r="I64" s="140"/>
+      <c r="J64" s="140"/>
+      <c r="K64" s="140"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="129" t="s">
-[...12 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="H68" s="133" t="s">
+        <v>48</v>
+      </c>
+      <c r="I68" s="133">
+        <v>0</v>
+      </c>
+      <c r="J68" s="133" t="s">
+        <v>45</v>
+      </c>
+      <c r="K68" s="133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I69" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="K69" s="58" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>2008</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>395.30710999999997</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>1648</v>
       </c>
       <c r="I71" s="60">
         <v>82.071713147410364</v>
       </c>
       <c r="J71" s="60">
         <v>300.28560900000002</v>
       </c>
       <c r="K71" s="67">
         <v>75.962612713947905</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>124</v>
       </c>
       <c r="I72" s="67">
         <v>6.1752988047808763</v>
       </c>
       <c r="J72" s="60">
         <v>43.251029000000003</v>
       </c>
       <c r="K72" s="67">
         <v>10.9411209426514</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>63</v>
       </c>
       <c r="I73" s="67">
         <v>3.1374501992031871</v>
       </c>
       <c r="J73" s="60">
         <v>19.080019</v>
       </c>
       <c r="K73" s="67">
         <v>4.8266318812226778</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>173</v>
       </c>
       <c r="I74" s="67">
         <v>8.6155378486055785</v>
       </c>
       <c r="J74" s="60">
         <v>16.655960999999998</v>
       </c>
       <c r="K74" s="67">
         <v>4.2134230775661985</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="50" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>132</v>
       </c>
       <c r="I75" s="71">
         <v>6.573705179282868</v>
       </c>
       <c r="J75" s="72">
         <v>7.2102490000000001</v>
       </c>
       <c r="K75" s="71">
         <v>1.8239613752456922</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="73" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I76" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J76" s="78">
         <v>16.034491999999943</v>
       </c>
       <c r="K76" s="78">
         <v>4.0562113846118137</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="128" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F77" s="140" t="s">
+        <v>139</v>
+      </c>
+      <c r="G77" s="140"/>
+      <c r="H77" s="140"/>
+      <c r="I77" s="140"/>
+      <c r="J77" s="140"/>
+      <c r="K77" s="140"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="F81" s="13">
+        <v>2024</v>
+      </c>
+      <c r="G81" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="H81" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I81" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="J81" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K81" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="F81" s="13">
-[...18 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
-        <v>64.364871000000008</v>
+        <v>63.789508999999995</v>
       </c>
       <c r="E82" s="16">
-        <v>20.586367709725785</v>
+        <v>18.143516989613136</v>
       </c>
       <c r="F82" s="16">
-        <v>65.924690999999996</v>
+        <v>67.871460999999996</v>
       </c>
       <c r="G82" s="16">
-        <v>17.007794092620685</v>
+        <v>17.169299332865528</v>
       </c>
       <c r="H82" s="16">
-        <v>67.871460999999996</v>
+        <v>66.247492000000008</v>
       </c>
       <c r="I82" s="16">
-        <v>17.169299332865528</v>
+        <v>15.236948556945856</v>
       </c>
       <c r="J82" s="16">
-        <v>2.953021046393681</v>
+        <v>-2.39271260125075</v>
       </c>
       <c r="K82" s="16">
-        <v>1.9467700000000008</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.6239689999999882</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
-        <v>34.793728000000002</v>
+        <v>39.187201999999999</v>
       </c>
       <c r="E83" s="16">
-        <v>11.128375890012766</v>
+        <v>11.145934126290296</v>
       </c>
       <c r="F83" s="16">
-        <v>54.76779299999999</v>
+        <v>30.226107000000003</v>
       </c>
       <c r="G83" s="16">
-        <v>14.129445767918311</v>
+        <v>7.6462340887316707</v>
       </c>
       <c r="H83" s="16">
-        <v>49.955369999999995</v>
+        <v>58.140813000000001</v>
       </c>
       <c r="I83" s="16">
-        <v>12.637103845665715</v>
+        <v>13.372409279131785</v>
       </c>
       <c r="J83" s="16">
-        <v>-8.7869580576306898</v>
+        <v>92.352964938554592</v>
       </c>
       <c r="K83" s="16">
-        <v>-4.8124229999999955</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>27.914705999999999</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
-        <v>9.2628450000000004</v>
+        <v>50.820541000000013</v>
       </c>
       <c r="E84" s="16">
-        <v>2.9626150141463796</v>
+        <v>14.454780472676648</v>
       </c>
       <c r="F84" s="16">
-        <v>44.354622999999997</v>
+        <v>49.955369999999995</v>
       </c>
       <c r="G84" s="16">
-        <v>11.442970510697084</v>
+        <v>12.637103845665715</v>
       </c>
       <c r="H84" s="16">
-        <v>48.273555999999999</v>
+        <v>53.057635999999995</v>
       </c>
       <c r="I84" s="16">
-        <v>12.211658930192277</v>
+        <v>12.20327662042147</v>
       </c>
       <c r="J84" s="16">
-        <v>8.835455551048204</v>
+        <v>6.2100751130459058</v>
       </c>
       <c r="K84" s="16">
-        <v>3.9189330000000027</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.1022660000000002</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
-        <v>24.624493999999999</v>
+        <v>15.644017</v>
       </c>
       <c r="E85" s="16">
-        <v>7.8758627225390718</v>
+        <v>4.4495951242593312</v>
       </c>
       <c r="F85" s="16">
-        <v>40.806902000000001</v>
+        <v>48.273555999999999</v>
       </c>
       <c r="G85" s="16">
-        <v>10.527700262921993</v>
+        <v>12.211658930192277</v>
       </c>
       <c r="H85" s="16">
-        <v>39.969290000000008</v>
+        <v>48.843323999999996</v>
       </c>
       <c r="I85" s="16">
-        <v>10.110946398105517</v>
+        <v>11.233983244803269</v>
       </c>
       <c r="J85" s="16">
-        <v>-2.0526233527847637</v>
+        <v>1.1802900950574187</v>
       </c>
       <c r="K85" s="16">
-        <v>-0.83761199999999292</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.56976799999999628</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
-        <v>14.184979999999998</v>
+        <v>39.866339999999994</v>
       </c>
       <c r="E86" s="16">
-        <v>4.5369035888397251</v>
+        <v>11.33909993105126</v>
       </c>
       <c r="F86" s="16">
-        <v>23.838424000000003</v>
+        <v>39.969290000000008</v>
       </c>
       <c r="G86" s="16">
-        <v>6.1500327227106331</v>
+        <v>10.110946398105517</v>
       </c>
       <c r="H86" s="16">
-        <v>30.226107000000003</v>
+        <v>42.097746000000001</v>
       </c>
       <c r="I86" s="16">
-        <v>7.6462340887316707</v>
+        <v>9.6824977187871966</v>
       </c>
       <c r="J86" s="16">
-        <v>26.795743711916518</v>
+        <v>5.3252284441379683</v>
       </c>
       <c r="K86" s="16">
-        <v>6.3876829999999991</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.1284559999999928</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
-        <v>30.498857999999998</v>
+        <v>15.287961000000001</v>
       </c>
       <c r="E87" s="16">
-        <v>9.7547108501889461</v>
+        <v>4.3483228588582339</v>
       </c>
       <c r="F87" s="16">
-        <v>28.795739000000001</v>
+        <v>24.631216999999999</v>
       </c>
       <c r="G87" s="16">
-        <v>7.4289616261811089</v>
+        <v>6.230906648757216</v>
       </c>
       <c r="H87" s="16">
-        <v>24.631216999999999</v>
+        <v>33.245606000000002</v>
       </c>
       <c r="I87" s="16">
-        <v>6.230906648757216</v>
+        <v>7.6465021251897412</v>
       </c>
       <c r="J87" s="16">
-        <v>-14.462285548566756</v>
+        <v>34.973460710447249</v>
       </c>
       <c r="K87" s="16">
-        <v>-4.1645220000000016</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>8.6143890000000027</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
-        <v>37.274543999999999</v>
+        <v>21.279487</v>
       </c>
       <c r="E88" s="16">
-        <v>11.921836509178318</v>
+        <v>6.0524801016222254</v>
       </c>
       <c r="F88" s="16">
-        <v>29.755471999999994</v>
+        <v>22.801312999999993</v>
       </c>
       <c r="G88" s="16">
-        <v>7.6765614404584781</v>
+        <v>5.7679997205210896</v>
       </c>
       <c r="H88" s="16">
-        <v>23.807210000000005</v>
+        <v>23.830938999999994</v>
       </c>
       <c r="I88" s="16">
-        <v>6.0224593481255635</v>
+        <v>5.4811251059393244</v>
       </c>
       <c r="J88" s="16">
-        <v>-19.990481078572675</v>
+        <v>4.515643463163725</v>
       </c>
       <c r="K88" s="16">
-        <v>-5.9482619999999891</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.0296260000000004</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
-        <v>17.818614999999998</v>
+        <v>24.249190000000002</v>
       </c>
       <c r="E89" s="16">
-        <v>5.6990801778820526</v>
+        <v>6.897146531561436</v>
       </c>
       <c r="F89" s="16">
-        <v>26.702905000000001</v>
+        <v>23.807210000000005</v>
       </c>
       <c r="G89" s="16">
-        <v>6.8890350948298167</v>
+        <v>6.0224593481255635</v>
       </c>
       <c r="H89" s="16">
-        <v>23.416377000000001</v>
+        <v>21.599051000000006</v>
       </c>
       <c r="I89" s="16">
-        <v>5.9235911542294302</v>
+        <v>4.96779001031239</v>
       </c>
       <c r="J89" s="16">
-        <v>-12.307754530827266</v>
+        <v>-9.2751691609390523</v>
       </c>
       <c r="K89" s="16">
-        <v>-3.2865280000000006</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-2.2081589999999984</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
-        <v>18.939961000000004</v>
+        <v>22.494353</v>
       </c>
       <c r="E90" s="16">
-        <v>6.0577298687332988</v>
+        <v>6.3980219039757031</v>
       </c>
       <c r="F90" s="16">
-        <v>20.378707000000002</v>
+        <v>23.416377000000001</v>
       </c>
       <c r="G90" s="16">
-        <v>5.2574664707923748</v>
+        <v>5.9235911542294302</v>
       </c>
       <c r="H90" s="16">
-        <v>22.801312999999993</v>
+        <v>19.932186000000002</v>
       </c>
       <c r="I90" s="16">
-        <v>5.7679997205210896</v>
+        <v>4.5844104212952903</v>
       </c>
       <c r="J90" s="16">
-        <v>11.887927923984535</v>
+        <v>-14.879291531734387</v>
       </c>
       <c r="K90" s="16">
-        <v>2.4226059999999912</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-3.4841909999999991</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
-        <v>16.706092999999996</v>
+        <v>20.939178999999999</v>
       </c>
       <c r="E91" s="16">
-        <v>5.3432527424917202</v>
+        <v>5.9556870070131849</v>
       </c>
       <c r="F91" s="16">
-        <v>13.63489</v>
+        <v>15.344493</v>
       </c>
       <c r="G91" s="16">
-        <v>3.5176410852730862</v>
+        <v>3.8816638031124713</v>
       </c>
       <c r="H91" s="16">
-        <v>15.344493</v>
+        <v>14.451276000000002</v>
       </c>
       <c r="I91" s="16">
-        <v>3.8816638031124713</v>
+        <v>3.3237990201082068</v>
       </c>
       <c r="J91" s="16">
-        <v>12.538443654477591</v>
+        <v>-5.8210916450611832</v>
       </c>
       <c r="K91" s="16">
-        <v>1.7096029999999995</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.89321699999999815</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
-        <v>10.299668</v>
+        <v>4.3699220000000008</v>
       </c>
       <c r="E92" s="16">
-        <v>3.2942309903191749</v>
+        <v>1.2429277994643952</v>
       </c>
       <c r="F92" s="16">
-        <v>10.817150999999999</v>
+        <v>8.4519119999999983</v>
       </c>
       <c r="G92" s="16">
-        <v>2.7906975988220548</v>
+        <v>2.1380622271124845</v>
       </c>
       <c r="H92" s="16">
-        <v>10.421932</v>
+        <v>12.365983000000002</v>
       </c>
       <c r="I92" s="16">
-        <v>2.636414002267756</v>
+        <v>2.8441808306806085</v>
       </c>
       <c r="J92" s="16">
-        <v>-3.6536330129809516</v>
+        <v>46.309888224108391</v>
       </c>
       <c r="K92" s="16">
-        <v>-0.3952189999999991</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.9140710000000034</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
-        <v>3.1175420000000003</v>
+        <v>11.123337000000001</v>
       </c>
       <c r="E93" s="16">
-        <v>0.99711014665925346</v>
+        <v>3.1637875413132974</v>
       </c>
       <c r="F93" s="16">
-        <v>3.1221840000000003</v>
+        <v>10.421932</v>
       </c>
       <c r="G93" s="16">
-        <v>0.80548671197070643</v>
+        <v>2.636414002267756</v>
       </c>
       <c r="H93" s="16">
-        <v>8.4519119999999983</v>
+        <v>10.402702999999999</v>
       </c>
       <c r="I93" s="16">
-        <v>2.1380622271124845</v>
+        <v>2.3926256780284794</v>
       </c>
       <c r="J93" s="16">
-        <v>170.70512179935577</v>
+        <v>-0.18450513781898645</v>
       </c>
       <c r="K93" s="16">
-        <v>5.3297279999999976</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.9229000000001051E-2</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
-        <v>7.5877140000000001</v>
+        <v>2.8127409999999999</v>
       </c>
       <c r="E94" s="16">
-        <v>2.4268435258766266</v>
+        <v>0.80002205567817497</v>
       </c>
       <c r="F94" s="16">
-        <v>3.2880869999999995</v>
+        <v>6.9140360000000003</v>
       </c>
       <c r="G94" s="16">
-        <v>0.84828773265881319</v>
+        <v>1.7490290017804135</v>
       </c>
       <c r="H94" s="16">
-        <v>6.9140360000000003</v>
+        <v>7.1380259999999991</v>
       </c>
       <c r="I94" s="16">
-        <v>1.7490290017804135</v>
+        <v>1.6417487164667603</v>
       </c>
       <c r="J94" s="16">
-        <v>110.27533638860534</v>
+        <v>3.2396417953276324</v>
       </c>
       <c r="K94" s="16">
-        <v>3.6259490000000008</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.2239899999999988</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
-        <v>1.066678</v>
+        <v>3.2445729999999999</v>
       </c>
       <c r="E95" s="16">
-        <v>0.3411647564068741</v>
+        <v>0.92284713070201041</v>
       </c>
       <c r="F95" s="16">
-        <v>2.3330869999999999</v>
+        <v>1.8823319999999999</v>
       </c>
       <c r="G95" s="16">
-        <v>0.601908976655956</v>
+        <v>0.47616952804112228</v>
       </c>
       <c r="H95" s="16">
-        <v>1.8823319999999999</v>
+        <v>1.7685730000000002</v>
       </c>
       <c r="I95" s="16">
-        <v>0.47616952804112228</v>
+        <v>0.40677246800834965</v>
       </c>
       <c r="J95" s="16">
-        <v>-19.320111080298336</v>
+        <v>-6.0435141090944491</v>
       </c>
       <c r="K95" s="16">
-        <v>-0.45075500000000002</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.11375899999999972</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
-        <v>0.500386</v>
+        <v>0.39684399999999997</v>
       </c>
       <c r="E96" s="16">
-        <v>0.16004273810785458</v>
+        <v>0.11287351116350552</v>
       </c>
       <c r="F96" s="16">
-        <v>0.7206269999999998</v>
+        <v>1.0405810000000002</v>
       </c>
       <c r="G96" s="16">
-        <v>0.18591328146813707</v>
+        <v>0.26323356541702481</v>
       </c>
       <c r="H96" s="16">
-        <v>1.0405810000000002</v>
+        <v>0.865039</v>
       </c>
       <c r="I96" s="16">
-        <v>0.26323356541702481</v>
+        <v>0.1989593016253639</v>
       </c>
       <c r="J96" s="16">
-        <v>44.399391085818394</v>
+        <v>-16.869614186689951</v>
       </c>
       <c r="K96" s="16">
-        <v>0.3199540000000004</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.1755420000000002</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
-        <v>8.9855759999999982</v>
+        <v>0</v>
       </c>
       <c r="E97" s="16">
-        <v>2.8739336962189657</v>
+        <v>0</v>
       </c>
       <c r="F97" s="16">
-        <v>7.1999999999999994E-4</v>
+        <v>1.3189999999999999E-3</v>
       </c>
       <c r="G97" s="16">
-        <v>1.8575152285032161E-4</v>
+        <v>3.3366462849605713E-4</v>
       </c>
       <c r="H97" s="16">
-        <v>1.3189999999999999E-3</v>
+        <v>3.2982999999999998E-2</v>
       </c>
       <c r="I97" s="16">
-        <v>3.3366462849605713E-4</v>
-[...2 lines deleted...]
-        <v>83.194444444444443</v>
+        <v>7.5861026445158877E-3</v>
+      </c>
+      <c r="J97" s="16" t="s">
+        <v>148</v>
       </c>
       <c r="K97" s="16">
-        <v>5.9899999999999992E-4</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.1663999999999998E-2</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
-        <v>12.631182000000001</v>
+        <v>16.077736000000005</v>
       </c>
       <c r="E98" s="16">
-        <v>4.0399390726731905</v>
+        <v>4.5729569147571727</v>
       </c>
       <c r="F98" s="16">
-        <v>18.372585999999998</v>
+        <v>20.298604000000001</v>
       </c>
       <c r="G98" s="16">
-        <v>4.7399108724979158</v>
+        <v>5.1348947404462324</v>
       </c>
       <c r="H98" s="16">
-        <v>20.298604000000001</v>
+        <v>20.762507999999993</v>
       </c>
       <c r="I98" s="16">
-        <v>5.1348947404462324</v>
+        <v>4.7753847996113823</v>
       </c>
       <c r="J98" s="16">
-        <v>10.483107821620772</v>
+        <v>2.2853985426780694</v>
       </c>
       <c r="K98" s="16">
-        <v>1.9260180000000027</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.46390399999999232</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B99" s="95"/>
       <c r="C99" s="96"/>
       <c r="D99" s="17">
-        <v>312.657735</v>
+        <v>351.58293199999997</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>387.61458799999997</v>
+        <v>395.30710999999997</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>395.30710999999997</v>
+        <v>434.78188400000005</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>1.9845801056383352</v>
+        <v>9.9858497359180021</v>
       </c>
       <c r="K99" s="17">
-        <v>7.6925219999999968</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+        <v>39.474774000000082</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="F107" s="13">
+        <v>2024</v>
+      </c>
+      <c r="G107" s="13" t="s">
+        <v>145</v>
+      </c>
+      <c r="H107" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I107" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="J107" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K107" s="13" t="s">
         <v>147</v>
       </c>
-      <c r="F107" s="13">
-[...18 lines deleted...]
-    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
-        <v>90.763672000000014</v>
+        <v>115.294656</v>
       </c>
       <c r="E108" s="16">
-        <v>68.108007726419316</v>
+        <v>63.987471238504604</v>
       </c>
       <c r="F108" s="16">
-        <v>120.19700900000001</v>
+        <v>124.38034700000001</v>
       </c>
       <c r="G108" s="16">
-        <v>40.329096501980857</v>
+        <v>42.900642004005576</v>
       </c>
       <c r="H108" s="16">
-        <v>124.38034700000001</v>
+        <v>251.92060700000005</v>
       </c>
       <c r="I108" s="16">
-        <v>42.900642004005576</v>
+        <v>71.151002692920017</v>
       </c>
       <c r="J108" s="16">
-        <v>3.4804010805293881</v>
+        <v>102.54052434827186</v>
       </c>
       <c r="K108" s="16">
-        <v>4.1833380000000062</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127.54026000000003</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
-        <v>1.2582610000000001</v>
+        <v>4.1359050000000002</v>
       </c>
       <c r="E109" s="16">
-        <v>0.94418447404653361</v>
+        <v>2.2953891482419393</v>
       </c>
       <c r="F109" s="16">
-        <v>98.763779</v>
+        <v>14.182748999999999</v>
       </c>
       <c r="G109" s="16">
-        <v>33.137712887608629</v>
+        <v>4.891842257697415</v>
       </c>
       <c r="H109" s="16">
-        <v>111.26561500000001</v>
+        <v>27.754369999999998</v>
       </c>
       <c r="I109" s="16">
-        <v>38.377174783653821</v>
+        <v>7.8387841238025366</v>
       </c>
       <c r="J109" s="16">
-        <v>12.658320820227031</v>
+        <v>95.691046919042279</v>
       </c>
       <c r="K109" s="16">
-        <v>12.501836000000011</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>13.571620999999999</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
-        <v>11.205618000000005</v>
+        <v>14.074011000000004</v>
       </c>
       <c r="E110" s="16">
-        <v>8.4085658998382478</v>
+        <v>7.8109463640092542</v>
       </c>
       <c r="F110" s="16">
-        <v>15.204838000000002</v>
+        <v>15.316891999999999</v>
       </c>
       <c r="G110" s="16">
-        <v>5.1016026446963059</v>
+        <v>5.2830251414720433</v>
       </c>
       <c r="H110" s="16">
-        <v>15.316891999999999</v>
+        <v>21.389902000000003</v>
       </c>
       <c r="I110" s="16">
-        <v>5.2830251414720433</v>
+        <v>6.0412405040104371</v>
       </c>
       <c r="J110" s="16">
-        <v>0.73696280091900335</v>
+        <v>39.649101136183532</v>
       </c>
       <c r="K110" s="16">
-        <v>0.11205399999999699</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>6.0730100000000036</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
-        <v>2.2328749999999999</v>
+        <v>4.8816999999999999E-2</v>
       </c>
       <c r="E111" s="16">
-        <v>1.6755235261099672</v>
+        <v>2.7092984981455508E-2</v>
       </c>
       <c r="F111" s="16">
-        <v>12.152214000000001</v>
+        <v>1.2900999999999999E-2</v>
       </c>
       <c r="G111" s="16">
-        <v>4.0773711026263788</v>
+        <v>4.4497478568191794E-3</v>
       </c>
       <c r="H111" s="16">
-        <v>14.182748999999999</v>
+        <v>13.358314999999999</v>
       </c>
       <c r="I111" s="16">
-        <v>4.891842257697415</v>
-[...2 lines deleted...]
-        <v>16.709177438777811</v>
+        <v>3.7728454129116704</v>
+      </c>
+      <c r="J111" s="16" t="s">
+        <v>148</v>
       </c>
       <c r="K111" s="16">
-        <v>2.0305349999999986</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>13.345414</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
-        <v>14.08053</v>
+        <v>12.058348999999998</v>
       </c>
       <c r="E112" s="16">
-        <v>10.565866551014803</v>
+        <v>6.6922725353493462</v>
       </c>
       <c r="F112" s="16">
-        <v>20.465060000000005</v>
+        <v>9.1274589999999964</v>
       </c>
       <c r="G112" s="16">
-        <v>6.866538414935337</v>
+        <v>3.1481971260720032</v>
       </c>
       <c r="H112" s="16">
-        <v>9.1274589999999964</v>
+        <v>12.464613000000003</v>
       </c>
       <c r="I112" s="16">
-        <v>3.1481971260720032</v>
+        <v>3.5204333765725084</v>
       </c>
       <c r="J112" s="16">
-        <v>-55.399793599432421</v>
+        <v>36.561698058572581</v>
       </c>
       <c r="K112" s="16">
-        <v>-11.337601000000008</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.3371540000000071</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
-        <v>4.0222980000000002</v>
+        <v>2.9539050000000002</v>
       </c>
       <c r="E113" s="16">
-        <v>3.018285810009548</v>
+        <v>1.6393900444854528</v>
       </c>
       <c r="F113" s="16">
-        <v>4.9966170000000005</v>
+        <v>5.2809779999999993</v>
       </c>
       <c r="G113" s="16">
-        <v>1.6764897134540018</v>
+        <v>1.8214882983806862</v>
       </c>
       <c r="H113" s="16">
-        <v>5.2809779999999993</v>
+        <v>9.0055759999999996</v>
       </c>
       <c r="I113" s="16">
-        <v>1.8214882983806862</v>
+        <v>2.5434829244726922</v>
       </c>
       <c r="J113" s="16">
-        <v>5.6910705783532887</v>
+        <v>70.528564974139272</v>
       </c>
       <c r="K113" s="16">
-        <v>0.28436099999999875</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.7245980000000003</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
-        <v>1.8850210000000001</v>
+        <v>21.559540999999999</v>
       </c>
       <c r="E114" s="16">
-        <v>1.4144979153384478</v>
+        <v>11.965346508799685</v>
       </c>
       <c r="F114" s="16">
-        <v>4.0926770000000001</v>
+        <v>111.26561500000001</v>
       </c>
       <c r="G114" s="16">
-        <v>1.3731952821258431</v>
+        <v>38.377174783653821</v>
       </c>
       <c r="H114" s="16">
-        <v>2.6227870000000006</v>
+        <v>5.3831989999999994</v>
       </c>
       <c r="I114" s="16">
-        <v>0.90463846462624664</v>
+        <v>1.5203996652227987</v>
       </c>
       <c r="J114" s="16">
-        <v>-35.915123524284951</v>
+        <v>-95.161848518969677</v>
       </c>
       <c r="K114" s="16">
-        <v>-1.4698899999999995</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-105.88241600000001</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
-        <v>3.2458550000000006</v>
+        <v>1.7801409999999995</v>
       </c>
       <c r="E115" s="16">
-        <v>2.4356519799996277</v>
+        <v>0.98796184480556326</v>
       </c>
       <c r="F115" s="16">
-        <v>4.6653170000000008</v>
+        <v>2.6227870000000006</v>
       </c>
       <c r="G115" s="16">
-        <v>1.5653302945777281</v>
+        <v>0.90463846462624664</v>
       </c>
       <c r="H115" s="16">
-        <v>2.4301399999999997</v>
+        <v>3.9390579999999997</v>
       </c>
       <c r="I115" s="16">
-        <v>0.83819163295640342</v>
+        <v>1.1125248136829398</v>
       </c>
       <c r="J115" s="16">
-        <v>-47.910506402887535</v>
+        <v>50.185966302257825</v>
       </c>
       <c r="K115" s="16">
-        <v>-2.2351770000000011</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.3162709999999991</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
-        <v>0.22405200000000003</v>
+        <v>4.9173900000000001</v>
       </c>
       <c r="E116" s="16">
-        <v>0.16812602455219861</v>
+        <v>2.7291061191379953</v>
       </c>
       <c r="F116" s="16">
-        <v>0.72199900000000006</v>
+        <v>2.4301399999999997</v>
       </c>
       <c r="G116" s="16">
-        <v>0.24224868478494066</v>
+        <v>0.83819163295640342</v>
       </c>
       <c r="H116" s="16">
-        <v>0.9496420000000001</v>
+        <v>3.7440099999999998</v>
       </c>
       <c r="I116" s="16">
-        <v>0.32754572934233622</v>
+        <v>1.057436581963775</v>
       </c>
       <c r="J116" s="16">
-        <v>31.529545054771546</v>
+        <v>54.065609388759505</v>
       </c>
       <c r="K116" s="16">
-        <v>0.22764300000000004</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.3138700000000001</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
-        <v>0.35694999999999999</v>
+        <v>0.47131899999999993</v>
       </c>
       <c r="E117" s="16">
-        <v>0.26785114376978236</v>
+        <v>0.26157770015516368</v>
       </c>
       <c r="F117" s="16">
-        <v>0.93958800000000009</v>
+        <v>0.89390100000000006</v>
       </c>
       <c r="G117" s="16">
-        <v>0.31525522506224085</v>
+        <v>0.30831982473905289</v>
       </c>
       <c r="H117" s="16">
-        <v>0.89390100000000006</v>
+        <v>0.90687299999999982</v>
       </c>
       <c r="I117" s="16">
-        <v>0.30831982473905289</v>
+        <v>0.25613197758425704</v>
       </c>
       <c r="J117" s="16">
-        <v>-4.8624503505791932</v>
+        <v>1.4511674111562423</v>
       </c>
       <c r="K117" s="16">
-        <v>-4.5687000000000033E-2</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.2971999999999761E-2</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
-        <v>0.20051600000000003</v>
+        <v>0.50730700000000006</v>
       </c>
       <c r="E118" s="16">
-        <v>0.15046488288035215</v>
+        <v>0.28155070840050089</v>
       </c>
       <c r="F118" s="16">
-        <v>2.256818</v>
+        <v>0.9496420000000001</v>
       </c>
       <c r="G118" s="16">
-        <v>0.7572187666450787</v>
+        <v>0.32754572934233622</v>
       </c>
       <c r="H118" s="16">
-        <v>0.4006309999999999</v>
+        <v>0.67480200000000012</v>
       </c>
       <c r="I118" s="16">
-        <v>0.13818362403110798</v>
+        <v>0.19058718336284342</v>
       </c>
       <c r="J118" s="16">
-        <v>-82.24797037244474</v>
+        <v>-28.941432666204729</v>
       </c>
       <c r="K118" s="16">
-        <v>-1.856187</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.27483999999999997</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
-        <v>0.41584100000000002</v>
+        <v>0.87594799999999984</v>
       </c>
       <c r="E119" s="16">
-        <v>0.31204226775842575</v>
+        <v>0.48614306509076721</v>
       </c>
       <c r="F119" s="16">
-        <v>0.19955300000000009</v>
+        <v>0.38086799999999998</v>
       </c>
       <c r="G119" s="16">
-        <v>6.6955012118977017E-2</v>
+        <v>0.1313670697411834</v>
       </c>
       <c r="H119" s="16">
-        <v>0.38086799999999998</v>
+        <v>0.6378370000000001</v>
       </c>
       <c r="I119" s="16">
-        <v>0.1313670697411834</v>
+        <v>0.18014700204594228</v>
       </c>
       <c r="J119" s="16">
-        <v>90.860573381507564</v>
+        <v>67.469306951489784</v>
       </c>
       <c r="K119" s="16">
-        <v>0.18131499999999989</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.25696900000000011</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
-        <v>2.2683999999999996E-2</v>
+        <v>0.13845700000000002</v>
       </c>
       <c r="E120" s="16">
-        <v>1.7021810744568548E-2</v>
+        <v>7.6842358636896702E-2</v>
       </c>
       <c r="F120" s="16">
-        <v>10.852899000000001</v>
+        <v>0.28254899999999999</v>
       </c>
       <c r="G120" s="16">
-        <v>3.6414184906818399</v>
+        <v>9.7455376110100161E-2</v>
       </c>
       <c r="H120" s="16">
-        <v>0.28254899999999999</v>
+        <v>0.31517600000000001</v>
       </c>
       <c r="I120" s="16">
-        <v>9.7455376110100161E-2</v>
+        <v>8.9016490916694863E-2</v>
       </c>
       <c r="J120" s="16">
-        <v>-97.39655736223105</v>
+        <v>11.547377622996372</v>
       </c>
       <c r="K120" s="16">
-        <v>-10.570350000000001</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.2627000000000017E-2</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
-        <v>0.10114100000000001</v>
+        <v>0.15646000000000002</v>
       </c>
       <c r="E121" s="16">
-        <v>7.5895034408235224E-2</v>
+        <v>8.6833857676598916E-2</v>
       </c>
       <c r="F121" s="16">
-        <v>0.26852199999999998</v>
+        <v>0.25237699999999996</v>
       </c>
       <c r="G121" s="16">
-        <v>9.0095833007832193E-2</v>
+        <v>8.7048602035536313E-2</v>
       </c>
       <c r="H121" s="16">
-        <v>0.25237699999999996</v>
+        <v>0.23859</v>
       </c>
       <c r="I121" s="16">
-        <v>8.7048602035536313E-2</v>
+        <v>6.7385982967656882E-2</v>
       </c>
       <c r="J121" s="16">
-        <v>-6.012542733928699</v>
+        <v>-5.462859135341164</v>
       </c>
       <c r="K121" s="16">
-        <v>-1.614500000000002E-2</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.3786999999999966E-2</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
-        <v>0.169291</v>
+        <v>0.16601199999999999</v>
       </c>
       <c r="E122" s="16">
-        <v>0.12703400470634607</v>
+        <v>9.2135129621676706E-2</v>
       </c>
       <c r="F122" s="16">
-        <v>0.39942199999999994</v>
+        <v>0.16469400000000001</v>
       </c>
       <c r="G122" s="16">
-        <v>0.13401605012495937</v>
+        <v>5.6805423884270824E-2</v>
       </c>
       <c r="H122" s="16">
-        <v>0.16469400000000001</v>
+        <v>0.191964</v>
       </c>
       <c r="I122" s="16">
-        <v>5.6805423884270824E-2</v>
+        <v>5.4217204553431771E-2</v>
       </c>
       <c r="J122" s="16">
-        <v>-58.766918196794357</v>
+        <v>16.557980254289767</v>
       </c>
       <c r="K122" s="16">
-        <v>-0.23472799999999994</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.7269999999999989E-2</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
-        <v>5.0972000000000003E-2</v>
+        <v>0.13070699999999999</v>
       </c>
       <c r="E123" s="16">
-        <v>3.8248798151655272E-2</v>
+        <v>7.2541180080117687E-2</v>
       </c>
       <c r="F123" s="16">
-        <v>5.7726999999999994E-2</v>
+        <v>0.4006309999999999</v>
       </c>
       <c r="G123" s="16">
-        <v>1.9368849301148985E-2</v>
+        <v>0.13818362403110798</v>
       </c>
       <c r="H123" s="16">
-        <v>1.2900999999999999E-2</v>
+        <v>0.12912700000000002</v>
       </c>
       <c r="I123" s="16">
-        <v>4.4497478568191794E-3</v>
+        <v>3.6469884834505355E-2</v>
       </c>
       <c r="J123" s="16">
-        <v>-77.651705441128058</v>
+        <v>-67.769094253814586</v>
       </c>
       <c r="K123" s="16">
-        <v>-4.4825999999999991E-2</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-0.27150399999999986</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
-        <v>3.0287410000000001</v>
+        <v>0.91424799999999995</v>
       </c>
       <c r="E124" s="16">
-        <v>2.2727321502519526</v>
+        <v>0.50739921202297844</v>
       </c>
       <c r="F124" s="16">
-        <v>1.8063820000000004</v>
+        <v>1.98201</v>
       </c>
       <c r="G124" s="16">
-        <v>0.60608624626791829</v>
+        <v>0.68362489339540977</v>
       </c>
       <c r="H124" s="16">
-        <v>1.98201</v>
+        <v>2.0107129999999995</v>
       </c>
       <c r="I124" s="16">
-        <v>0.68362489339540977</v>
+        <v>0.56789417817530596</v>
       </c>
       <c r="J124" s="16">
-        <v>9.7226389545511225</v>
+        <v>1.448176346234352</v>
       </c>
       <c r="K124" s="16">
-        <v>0.17562799999999967</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.8702999999999479E-2</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B125" s="95"/>
       <c r="C125" s="96"/>
       <c r="D125" s="17">
-        <v>133.264318</v>
+        <v>180.18317300000001</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
-        <v>298.04042099999998</v>
+        <v>289.92653999999999</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>289.92653999999999</v>
+        <v>354.06473199999999</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>-2.7224095888657978</v>
+        <v>22.122221718646387</v>
       </c>
       <c r="K125" s="17">
-        <v>-8.1138809999999921</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+        <v>64.138192000000004</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="2" t="s">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="46"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B131" s="37"/>
+      <c r="C131" s="37"/>
+      <c r="D131" s="37"/>
+      <c r="E131" s="37"/>
+      <c r="F131" s="37"/>
+      <c r="G131" s="37"/>
+      <c r="H131" s="37"/>
+      <c r="I131" s="37"/>
+      <c r="J131" s="37"/>
+      <c r="K131" s="37"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="23"/>
+      <c r="B132" s="23"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="23"/>
+      <c r="E132" s="23"/>
+      <c r="F132" s="23"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
         <v>146</v>
       </c>
-      <c r="B130" s="37"/>
-[...35 lines deleted...]
-      <c r="I131" s="13" t="s">
+      <c r="J132" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K132" s="13" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="37"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>51.195946999999997</v>
+      </c>
+      <c r="H133" s="16">
+        <v>50.032843999999997</v>
+      </c>
+      <c r="I133" s="16">
+        <v>11.507573300823177</v>
+      </c>
+      <c r="J133" s="16">
+        <v>-2.2718653880941</v>
+      </c>
+      <c r="K133" s="16">
+        <v>-1.1631029999999996</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="J131" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K131" s="13" t="s">
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="37"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="16">
+        <v>4.3569700000000005</v>
+      </c>
+      <c r="H134" s="16">
+        <v>35.898339999999997</v>
+      </c>
+      <c r="I134" s="16">
+        <v>8.2566319621541524</v>
+      </c>
+      <c r="J134" s="16">
+        <v>723.92901488878726</v>
+      </c>
+      <c r="K134" s="16">
+        <v>31.541369999999997</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
         <v>153</v>
       </c>
-    </row>
-[...90 lines deleted...]
-      </c>
       <c r="B135" s="5"/>
-      <c r="C135" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C135" s="5"/>
+      <c r="D135" s="37"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
       <c r="G135" s="16">
-        <v>12.523618104261159</v>
+        <v>26.623795999999999</v>
       </c>
       <c r="H135" s="16">
-        <v>35.138170000000002</v>
+        <v>28.997212000000001</v>
       </c>
       <c r="I135" s="16">
-        <v>11.494114471379277</v>
+        <v>6.6693698765057094</v>
       </c>
       <c r="J135" s="16">
-        <v>5.1284722475699072</v>
+        <v>8.9146416236061992</v>
       </c>
       <c r="K135" s="16">
-        <v>1.7141419999999954</v>
-[...4 lines deleted...]
-        <v>19</v>
+        <v>2.3734160000000024</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
+        <v>154</v>
       </c>
       <c r="B136" s="5"/>
-      <c r="C136" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C136" s="5"/>
+      <c r="D136" s="37"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
       <c r="G136" s="16">
-        <v>9.9558004403443441</v>
+        <v>17.105024</v>
       </c>
       <c r="H136" s="16">
-        <v>29.104982000000003</v>
+        <v>18.923488000000003</v>
       </c>
       <c r="I136" s="16">
-        <v>9.5205867236521815</v>
+        <v>4.3524094945961451</v>
       </c>
       <c r="J136" s="16">
-        <v>9.5373377845300453</v>
+        <v>10.631168947789856</v>
       </c>
       <c r="K136" s="16">
-        <v>2.5341500000000003</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>1.8184640000000023</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>155</v>
       </c>
       <c r="B137" s="5"/>
-      <c r="C137" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C137" s="5"/>
+      <c r="D137" s="37"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
       <c r="G137" s="16">
-        <v>5.8215756182895229</v>
+        <v>19.752787999999999</v>
       </c>
       <c r="H137" s="16">
-        <v>26.152469</v>
+        <v>16.720271</v>
       </c>
       <c r="I137" s="16">
-        <v>8.5547845091306094</v>
+        <v>3.8456687399606553</v>
       </c>
       <c r="J137" s="16">
-        <v>68.322891219484944</v>
+        <v>-15.352349248116258</v>
       </c>
       <c r="K137" s="16">
-        <v>10.615385</v>
-[...4 lines deleted...]
-        <v>15</v>
+        <v>-3.0325169999999986</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>156</v>
       </c>
       <c r="B138" s="5"/>
-      <c r="C138" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C138" s="5"/>
+      <c r="D138" s="37"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
       <c r="G138" s="16">
-        <v>4.9895054648645001</v>
+        <v>2.6154099999999998</v>
       </c>
       <c r="H138" s="16">
-        <v>15.447008999999998</v>
+        <v>15.820461</v>
       </c>
       <c r="I138" s="16">
-        <v>5.0529008678148548</v>
+        <v>3.63871209500532</v>
       </c>
       <c r="J138" s="16">
-        <v>15.999983178622978</v>
+        <v>504.89410838071285</v>
       </c>
       <c r="K138" s="16">
-        <v>2.1306200000000004</v>
-[...4 lines deleted...]
-        <v>17</v>
+        <v>13.205051000000001</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
+        <v>157</v>
       </c>
       <c r="B139" s="5"/>
-      <c r="C139" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C139" s="5"/>
+      <c r="D139" s="37"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
       <c r="G139" s="16">
-        <v>7.3027694884377201</v>
+        <v>14.066675</v>
       </c>
       <c r="H139" s="16">
-        <v>14.655229000000006</v>
+        <v>15.557377000000001</v>
       </c>
       <c r="I139" s="16">
-        <v>4.7939001868986715</v>
+        <v>3.5782026741482169</v>
       </c>
       <c r="J139" s="16">
-        <v>-24.807236575979765</v>
+        <v>10.597401304857051</v>
       </c>
       <c r="K139" s="16">
-        <v>-4.8349829999999976</v>
-[...4 lines deleted...]
-        <v>8</v>
+        <v>1.4907020000000006</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>158</v>
       </c>
       <c r="B140" s="5"/>
-      <c r="C140" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C140" s="5"/>
+      <c r="D140" s="37"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
       <c r="G140" s="16">
-        <v>6.2427725990314746</v>
+        <v>13.176959999999999</v>
       </c>
       <c r="H140" s="16">
-        <v>13.624690000000003</v>
+        <v>14.371238999999999</v>
       </c>
       <c r="I140" s="16">
-        <v>4.4567985895980513</v>
+        <v>3.3053904794248501</v>
       </c>
       <c r="J140" s="16">
-        <v>-18.225077077244315</v>
+        <v>9.0633879134489277</v>
       </c>
       <c r="K140" s="16">
-        <v>-3.0365179999999956</v>
-[...4 lines deleted...]
-        <v>9</v>
+        <v>1.1942789999999999</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
+        <v>159</v>
       </c>
       <c r="B141" s="5"/>
-      <c r="C141" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C141" s="5"/>
+      <c r="D141" s="37"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
       <c r="G141" s="16">
-        <v>4.0027760263873731</v>
+        <v>8.8804569999999998</v>
       </c>
       <c r="H141" s="16">
-        <v>9.1727369999999997</v>
+        <v>9.1227980000000013</v>
       </c>
       <c r="I141" s="16">
-        <v>3.0005116684749411</v>
+        <v>2.0982470373581621</v>
       </c>
       <c r="J141" s="16">
-        <v>-14.136481509234311</v>
+        <v>2.7289248740239547</v>
       </c>
       <c r="K141" s="16">
-        <v>-1.5101899999999997</v>
-[...4 lines deleted...]
-        <v>5</v>
+        <v>0.24234100000000147</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
+        <v>160</v>
       </c>
       <c r="B142" s="5"/>
-      <c r="C142" s="79"/>
-[...6 lines deleted...]
-      </c>
+      <c r="C142" s="5"/>
+      <c r="D142" s="37"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
       <c r="G142" s="16">
-        <v>1.7463058739110642</v>
+        <v>4.0465330000000002</v>
       </c>
       <c r="H142" s="16">
-        <v>7.6646790000000005</v>
+        <v>8.6985349999999997</v>
       </c>
       <c r="I142" s="16">
-        <v>2.5072079112935262</v>
+        <v>2.0006663847107298</v>
       </c>
       <c r="J142" s="16">
-        <v>64.454092535853164</v>
+        <v>114.96266062824643</v>
       </c>
       <c r="K142" s="16">
-        <v>3.0039990000000012</v>
-[...32 lines deleted...]
-      <c r="A144" s="15" t="s">
+        <v>4.6520019999999995</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="97" t="s">
+        <v>161</v>
+      </c>
+      <c r="B143" s="95"/>
+      <c r="C143" s="95"/>
+      <c r="D143" s="98"/>
+      <c r="E143" s="98"/>
+      <c r="F143" s="98"/>
+      <c r="G143" s="17">
+        <v>161.82056</v>
+      </c>
+      <c r="H143" s="17">
+        <v>214.14256499999999</v>
+      </c>
+      <c r="I143" s="17">
+        <v>49.252872044687116</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="46"/>
+    </row>
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="46"/>
+    </row>
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="46"/>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B149" s="37"/>
+      <c r="C149" s="37"/>
+      <c r="D149" s="37"/>
+      <c r="E149" s="37"/>
+      <c r="F149" s="37"/>
+      <c r="G149" s="37"/>
+      <c r="H149" s="37"/>
+      <c r="I149" s="37"/>
+      <c r="J149" s="37"/>
+      <c r="K149" s="37"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="23"/>
+      <c r="B150" s="23"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="23"/>
+      <c r="E150" s="23"/>
+      <c r="F150" s="23"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="J150" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K150" s="13" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="37"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>24.207886999999999</v>
+      </c>
+      <c r="H151" s="16">
+        <v>79.975403</v>
+      </c>
+      <c r="I151" s="16">
+        <v>22.587791375956641</v>
+      </c>
+      <c r="J151" s="16">
+        <v>230.36920157467691</v>
+      </c>
+      <c r="K151" s="16">
+        <v>55.767516000000001</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="37"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="16">
+        <v>23.543598999999997</v>
+      </c>
+      <c r="H152" s="16">
+        <v>67.637726999999998</v>
+      </c>
+      <c r="I152" s="16">
+        <v>19.103209353254648</v>
+      </c>
+      <c r="J152" s="16">
+        <v>187.28711782765245</v>
+      </c>
+      <c r="K152" s="16">
+        <v>44.094127999999998</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="37"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="16">
+        <v>24.216008000000002</v>
+      </c>
+      <c r="H153" s="16">
+        <v>39.354002000000001</v>
+      </c>
+      <c r="I153" s="16">
+        <v>11.11491725755956</v>
+      </c>
+      <c r="J153" s="16">
+        <v>62.512343074878395</v>
+      </c>
+      <c r="K153" s="16">
+        <v>15.137993999999999</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="37"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="16">
+        <v>7.5955590000000006</v>
+      </c>
+      <c r="H154" s="16">
+        <v>26.634258999999997</v>
+      </c>
+      <c r="I154" s="16">
+        <v>7.5224264358529771</v>
+      </c>
+      <c r="J154" s="16">
+        <v>250.65567919359185</v>
+      </c>
+      <c r="K154" s="16">
+        <v>19.038699999999995</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="37"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="16">
+        <v>12.398662</v>
+      </c>
+      <c r="H155" s="16">
+        <v>22.55668</v>
+      </c>
+      <c r="I155" s="16">
+        <v>6.370778550177655</v>
+      </c>
+      <c r="J155" s="16">
+        <v>81.928340332206815</v>
+      </c>
+      <c r="K155" s="16">
+        <v>10.158018</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
+      <c r="D156" s="37"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="16">
+        <v>6.3131659999999998</v>
+      </c>
+      <c r="H156" s="16">
+        <v>17.953503000000001</v>
+      </c>
+      <c r="I156" s="16">
+        <v>5.0706837980123929</v>
+      </c>
+      <c r="J156" s="16">
+        <v>184.38192501195124</v>
+      </c>
+      <c r="K156" s="16">
+        <v>11.640337000000002</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="37"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="16">
+        <v>4.5750000000000001E-3</v>
+      </c>
+      <c r="H157" s="16">
+        <v>13.307866000000001</v>
+      </c>
+      <c r="I157" s="16">
+        <v>3.758596888435644</v>
+      </c>
+      <c r="J157" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="K157" s="16">
+        <v>13.303291</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5"/>
+      <c r="D158" s="37"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="16">
+        <v>6.6130150000000008</v>
+      </c>
+      <c r="H158" s="16">
+        <v>8.668609</v>
+      </c>
+      <c r="I158" s="16">
+        <v>2.4483119092471486</v>
+      </c>
+      <c r="J158" s="16">
+        <v>31.084066798578242</v>
+      </c>
+      <c r="K158" s="16">
+        <v>2.0555939999999993</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="37"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="16">
+        <v>2.9126979999999998</v>
+      </c>
+      <c r="H159" s="16">
+        <v>7.8335840000000001</v>
+      </c>
+      <c r="I159" s="16">
+        <v>2.2124722662295553</v>
+      </c>
+      <c r="J159" s="16">
+        <v>168.9459738016094</v>
+      </c>
+      <c r="K159" s="16">
+        <v>4.9208860000000003</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="37"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="16">
+        <v>3.3641939999999999</v>
+      </c>
+      <c r="H160" s="16">
+        <v>4.9668220000000005</v>
+      </c>
+      <c r="I160" s="16">
+        <v>1.4028005477823191</v>
+      </c>
+      <c r="J160" s="16">
+        <v>47.637799722608172</v>
+      </c>
+      <c r="K160" s="16">
+        <v>1.6026280000000006</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="97" t="s">
+        <v>161</v>
+      </c>
+      <c r="B161" s="95"/>
+      <c r="C161" s="95"/>
+      <c r="D161" s="98"/>
+      <c r="E161" s="98"/>
+      <c r="F161" s="98"/>
+      <c r="G161" s="17">
+        <v>111.169363</v>
+      </c>
+      <c r="H161" s="17">
+        <v>288.88845499999996</v>
+      </c>
+      <c r="I161" s="17">
+        <v>81.591988382508532</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="46"/>
+    </row>
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="46"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="B166" s="22"/>
+      <c r="C166" s="22"/>
+      <c r="D166" s="22"/>
+      <c r="E166" s="22"/>
+      <c r="F166" s="22"/>
+      <c r="G166" s="22"/>
+      <c r="H166" s="22"/>
+      <c r="I166" s="22"/>
+      <c r="J166" s="22"/>
+      <c r="K166" s="22"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="12">
+        <v>0</v>
+      </c>
+      <c r="B167" s="12">
+        <v>0</v>
+      </c>
+      <c r="C167" s="12">
+        <v>0</v>
+      </c>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K167" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B168" s="22"/>
+      <c r="C168" s="129" t="s">
+        <v>68</v>
+      </c>
+      <c r="D168" s="129"/>
+      <c r="E168" s="129"/>
+      <c r="F168" s="129"/>
+      <c r="G168" s="16">
+        <v>5.8482144020363016</v>
+      </c>
+      <c r="H168" s="16">
+        <v>6.5961138085360593</v>
+      </c>
+      <c r="I168" s="16">
+        <v>8.4305482452158351</v>
+      </c>
+      <c r="J168" s="16">
+        <v>40.463641452789126</v>
+      </c>
+      <c r="K168" s="16">
+        <v>15.520385135180771</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B169" s="22"/>
+      <c r="C169" s="129">
+        <v>0</v>
+      </c>
+      <c r="D169" s="129"/>
+      <c r="E169" s="129"/>
+      <c r="F169" s="129"/>
+      <c r="G169" s="16">
+        <v>7.98756676439986</v>
+      </c>
+      <c r="H169" s="16">
+        <v>8.1496811310967008</v>
+      </c>
+      <c r="I169" s="16">
+        <v>6.2500535171133933</v>
+      </c>
+      <c r="J169" s="16">
+        <v>-15.717120487631409</v>
+      </c>
+      <c r="K169" s="16">
+        <v>-0.84427283440630108</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B170" s="22"/>
+      <c r="C170" s="129">
+        <v>0</v>
+      </c>
+      <c r="D170" s="129"/>
+      <c r="E170" s="129"/>
+      <c r="F170" s="129"/>
+      <c r="G170" s="16">
+        <v>28.890127085735966</v>
+      </c>
+      <c r="H170" s="16">
+        <v>22.266500271859929</v>
+      </c>
+      <c r="I170" s="16">
+        <v>27.327785152388635</v>
+      </c>
+      <c r="J170" s="16">
+        <v>34.880360383230027</v>
+      </c>
+      <c r="K170" s="16">
+        <v>3.9714835053714204</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B171" s="22"/>
+      <c r="C171" s="129">
+        <v>0</v>
+      </c>
+      <c r="D171" s="129"/>
+      <c r="E171" s="129"/>
+      <c r="F171" s="129"/>
+      <c r="G171" s="16">
+        <v>57.274091747827867</v>
+      </c>
+      <c r="H171" s="16">
+        <v>62.987704788507315</v>
+      </c>
+      <c r="I171" s="16">
+        <v>57.991613085282133</v>
+      </c>
+      <c r="J171" s="16">
+        <v>1.1825571933710812</v>
+      </c>
+      <c r="K171" s="16">
+        <v>5.7553238932618545</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="99" t="s">
+        <v>70</v>
+      </c>
+      <c r="B172" s="100"/>
+      <c r="C172" s="127" t="s">
+        <v>69</v>
+      </c>
+      <c r="D172" s="127"/>
+      <c r="E172" s="127"/>
+      <c r="F172" s="127"/>
+      <c r="G172" s="101">
+        <v>98.571197705353924</v>
+      </c>
+      <c r="H172" s="101">
+        <v>98.548252268976384</v>
+      </c>
+      <c r="I172" s="101">
+        <v>98.471002071466259</v>
+      </c>
+      <c r="J172" s="101">
+        <v>9.8996338120452094</v>
+      </c>
+      <c r="K172" s="101">
+        <v>5.4266714486795431</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B173" s="102"/>
+      <c r="C173" s="128">
+        <v>0</v>
+      </c>
+      <c r="D173" s="128"/>
+      <c r="E173" s="128"/>
+      <c r="F173" s="128"/>
+      <c r="G173" s="17">
+        <v>1.4288022946460899</v>
+      </c>
+      <c r="H173" s="17">
+        <v>1.4517477310236089</v>
+      </c>
+      <c r="I173" s="17">
+        <v>1.5289979285337474</v>
+      </c>
+      <c r="J173" s="17">
+        <v>15.838401411290237</v>
+      </c>
+      <c r="K173" s="17">
+        <v>7.2555078621994618</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D174" s="60"/>
+      <c r="I174" s="22"/>
+      <c r="J174" s="22"/>
+      <c r="K174" s="22"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="60"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D176" s="60"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D177" s="60"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="103" t="s">
+        <v>72</v>
+      </c>
+      <c r="D178" s="60"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="125" t="s">
+        <v>73</v>
+      </c>
+      <c r="B179" s="125">
+        <v>0</v>
+      </c>
+      <c r="C179" s="125">
+        <v>0</v>
+      </c>
+      <c r="D179" s="125">
+        <v>0</v>
+      </c>
+      <c r="E179" s="125">
+        <v>0</v>
+      </c>
+      <c r="F179" s="125">
+        <v>0</v>
+      </c>
+      <c r="G179" s="125">
+        <v>0</v>
+      </c>
+      <c r="H179" s="125">
+        <v>0</v>
+      </c>
+      <c r="I179" s="125">
+        <v>0</v>
+      </c>
+      <c r="J179" s="125">
+        <v>0</v>
+      </c>
+      <c r="K179" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="125" t="s">
+        <v>74</v>
+      </c>
+      <c r="B180" s="125">
+        <v>0</v>
+      </c>
+      <c r="C180" s="125">
+        <v>0</v>
+      </c>
+      <c r="D180" s="125">
+        <v>0</v>
+      </c>
+      <c r="E180" s="125">
+        <v>0</v>
+      </c>
+      <c r="F180" s="125">
+        <v>0</v>
+      </c>
+      <c r="G180" s="125">
+        <v>0</v>
+      </c>
+      <c r="H180" s="125">
+        <v>0</v>
+      </c>
+      <c r="I180" s="125">
+        <v>0</v>
+      </c>
+      <c r="J180" s="125">
+        <v>0</v>
+      </c>
+      <c r="K180" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="125" t="s">
+        <v>75</v>
+      </c>
+      <c r="B181" s="125">
+        <v>0</v>
+      </c>
+      <c r="C181" s="125">
+        <v>0</v>
+      </c>
+      <c r="D181" s="125">
+        <v>0</v>
+      </c>
+      <c r="E181" s="125">
+        <v>0</v>
+      </c>
+      <c r="F181" s="125">
+        <v>0</v>
+      </c>
+      <c r="G181" s="125">
+        <v>0</v>
+      </c>
+      <c r="H181" s="125">
+        <v>0</v>
+      </c>
+      <c r="I181" s="125">
+        <v>0</v>
+      </c>
+      <c r="J181" s="125">
+        <v>0</v>
+      </c>
+      <c r="K181" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="125" t="s">
+        <v>76</v>
+      </c>
+      <c r="B182" s="125">
+        <v>0</v>
+      </c>
+      <c r="C182" s="125">
+        <v>0</v>
+      </c>
+      <c r="D182" s="125">
+        <v>0</v>
+      </c>
+      <c r="E182" s="125">
+        <v>0</v>
+      </c>
+      <c r="F182" s="125">
+        <v>0</v>
+      </c>
+      <c r="G182" s="125">
+        <v>0</v>
+      </c>
+      <c r="H182" s="125">
+        <v>0</v>
+      </c>
+      <c r="I182" s="125">
+        <v>0</v>
+      </c>
+      <c r="J182" s="125">
+        <v>0</v>
+      </c>
+      <c r="K182" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="46">
+        <v>0</v>
+      </c>
+      <c r="B183" s="46">
+        <v>0</v>
+      </c>
+      <c r="C183" s="46">
+        <v>0</v>
+      </c>
+      <c r="D183" s="46">
+        <v>0</v>
+      </c>
+      <c r="E183" s="46">
+        <v>0</v>
+      </c>
+      <c r="F183" s="46">
+        <v>0</v>
+      </c>
+      <c r="G183" s="46">
+        <v>0</v>
+      </c>
+      <c r="H183" s="46">
+        <v>0</v>
+      </c>
+      <c r="I183" s="46">
+        <v>0</v>
+      </c>
+      <c r="J183" s="46">
+        <v>0</v>
+      </c>
+      <c r="K183" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="46"/>
+      <c r="B184" s="46"/>
+      <c r="C184" s="46"/>
+      <c r="D184" s="46"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="46"/>
+      <c r="G184" s="46"/>
+      <c r="H184" s="46"/>
+      <c r="I184" s="46"/>
+      <c r="J184" s="46"/>
+      <c r="K184" s="46"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="46"/>
+      <c r="B185" s="46"/>
+      <c r="C185" s="46"/>
+      <c r="D185" s="46"/>
+      <c r="E185" s="46"/>
+      <c r="F185" s="46"/>
+      <c r="G185" s="46"/>
+      <c r="H185" s="46"/>
+      <c r="I185" s="46"/>
+      <c r="J185" s="46"/>
+      <c r="K185" s="46"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B186" s="22"/>
+      <c r="C186" s="22"/>
+      <c r="D186" s="22"/>
+      <c r="E186" s="22"/>
+      <c r="F186" s="22"/>
+      <c r="G186" s="22"/>
+      <c r="H186" s="22"/>
+      <c r="I186" s="22"/>
+      <c r="J186" s="22"/>
+      <c r="K186" s="22"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="12">
+        <v>0</v>
+      </c>
+      <c r="B187" s="12">
+        <v>0</v>
+      </c>
+      <c r="C187" s="12">
+        <v>0</v>
+      </c>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K187" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B188" s="22"/>
+      <c r="C188" s="129" t="s">
+        <v>68</v>
+      </c>
+      <c r="D188" s="129"/>
+      <c r="E188" s="129"/>
+      <c r="F188" s="129"/>
+      <c r="G188" s="16">
+        <v>40.523343415641769</v>
+      </c>
+      <c r="H188" s="16">
+        <v>72.343036407125126</v>
+      </c>
+      <c r="I188" s="16">
+        <v>19.475157787835613</v>
+      </c>
+      <c r="J188" s="16">
+        <v>-81.95548276858834</v>
+      </c>
+      <c r="K188" s="16">
+        <v>-4.419334053743162</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B189" s="22"/>
+      <c r="C189" s="129">
+        <v>0</v>
+      </c>
+      <c r="D189" s="129"/>
+      <c r="E189" s="129"/>
+      <c r="F189" s="129"/>
+      <c r="G189" s="16">
+        <v>42.161408254886972</v>
+      </c>
+      <c r="H189" s="16">
+        <v>18.354086790593403</v>
+      </c>
+      <c r="I189" s="16">
+        <v>46.359812554888897</v>
+      </c>
+      <c r="J189" s="16">
+        <v>69.305047430983819</v>
+      </c>
+      <c r="K189" s="16">
+        <v>17.552742063916593</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B190" s="22"/>
+      <c r="C190" s="129">
+        <v>0</v>
+      </c>
+      <c r="D190" s="129"/>
+      <c r="E190" s="129"/>
+      <c r="F190" s="129"/>
+      <c r="G190" s="16">
+        <v>8.5718101649526979</v>
+      </c>
+      <c r="H190" s="16">
+        <v>1.9075400625787036</v>
+      </c>
+      <c r="I190" s="16">
+        <v>15.887539939997305</v>
+      </c>
+      <c r="J190" s="16">
+        <v>458.2696302022855</v>
+      </c>
+      <c r="K190" s="16">
+        <v>33.943656685276039</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B191" s="22"/>
+      <c r="C191" s="129">
+        <v>0</v>
+      </c>
+      <c r="D191" s="129"/>
+      <c r="E191" s="129"/>
+      <c r="F191" s="129"/>
+      <c r="G191" s="16">
+        <v>8.743438164518551</v>
+      </c>
+      <c r="H191" s="16">
+        <v>7.395336739702743</v>
+      </c>
+      <c r="I191" s="16">
+        <v>18.277489717278169</v>
+      </c>
+      <c r="J191" s="16">
+        <v>65.660744853566683</v>
+      </c>
+      <c r="K191" s="16">
+        <v>38.033563406870229</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="99" t="s">
+        <v>70</v>
+      </c>
+      <c r="B192" s="100"/>
+      <c r="C192" s="127" t="s">
+        <v>61</v>
+      </c>
+      <c r="D192" s="127"/>
+      <c r="E192" s="127"/>
+      <c r="F192" s="127"/>
+      <c r="G192" s="101">
+        <v>36.488894553988111</v>
+      </c>
+      <c r="H192" s="101">
+        <v>58.753053445883232</v>
+      </c>
+      <c r="I192" s="101">
+        <v>32.259093136034181</v>
+      </c>
+      <c r="J192" s="101">
+        <v>-32.971266202712187</v>
+      </c>
+      <c r="K192" s="101">
+        <v>14.795832880366433</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B193" s="102"/>
+      <c r="C193" s="128">
+        <v>0</v>
+      </c>
+      <c r="D193" s="128"/>
+      <c r="E193" s="128"/>
+      <c r="F193" s="128"/>
+      <c r="G193" s="17">
+        <v>63.511105446011882</v>
+      </c>
+      <c r="H193" s="17">
+        <v>41.246946554116768</v>
+      </c>
+      <c r="I193" s="17">
+        <v>67.740906863965819</v>
+      </c>
+      <c r="J193" s="17">
+        <v>100.49267285772829</v>
+      </c>
+      <c r="K193" s="17">
+        <v>20.310517526961071</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D194" s="60"/>
+      <c r="I194" s="22"/>
+      <c r="J194" s="22"/>
+      <c r="K194" s="22"/>
+    </row>
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D195" s="60"/>
+    </row>
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D196" s="60"/>
+    </row>
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D197" s="60"/>
+    </row>
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="103" t="s">
+        <v>72</v>
+      </c>
+      <c r="D198" s="60"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="125" t="s">
+        <v>73</v>
+      </c>
+      <c r="B199" s="125">
+        <v>0</v>
+      </c>
+      <c r="C199" s="125">
+        <v>0</v>
+      </c>
+      <c r="D199" s="125">
+        <v>0</v>
+      </c>
+      <c r="E199" s="125">
+        <v>0</v>
+      </c>
+      <c r="F199" s="125">
+        <v>0</v>
+      </c>
+      <c r="G199" s="125">
+        <v>0</v>
+      </c>
+      <c r="H199" s="125">
+        <v>0</v>
+      </c>
+      <c r="I199" s="125">
+        <v>0</v>
+      </c>
+      <c r="J199" s="125">
+        <v>0</v>
+      </c>
+      <c r="K199" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="125" t="s">
+        <v>74</v>
+      </c>
+      <c r="B200" s="125">
+        <v>0</v>
+      </c>
+      <c r="C200" s="125">
+        <v>0</v>
+      </c>
+      <c r="D200" s="125">
+        <v>0</v>
+      </c>
+      <c r="E200" s="125">
+        <v>0</v>
+      </c>
+      <c r="F200" s="125">
+        <v>0</v>
+      </c>
+      <c r="G200" s="125">
+        <v>0</v>
+      </c>
+      <c r="H200" s="125">
+        <v>0</v>
+      </c>
+      <c r="I200" s="125">
+        <v>0</v>
+      </c>
+      <c r="J200" s="125">
+        <v>0</v>
+      </c>
+      <c r="K200" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="125" t="s">
+        <v>75</v>
+      </c>
+      <c r="B201" s="125">
+        <v>0</v>
+      </c>
+      <c r="C201" s="125">
+        <v>0</v>
+      </c>
+      <c r="D201" s="125">
+        <v>0</v>
+      </c>
+      <c r="E201" s="125">
+        <v>0</v>
+      </c>
+      <c r="F201" s="125">
+        <v>0</v>
+      </c>
+      <c r="G201" s="125">
+        <v>0</v>
+      </c>
+      <c r="H201" s="125">
+        <v>0</v>
+      </c>
+      <c r="I201" s="125">
+        <v>0</v>
+      </c>
+      <c r="J201" s="125">
+        <v>0</v>
+      </c>
+      <c r="K201" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="125" t="s">
+        <v>76</v>
+      </c>
+      <c r="B202" s="125">
+        <v>0</v>
+      </c>
+      <c r="C202" s="125">
+        <v>0</v>
+      </c>
+      <c r="D202" s="125">
+        <v>0</v>
+      </c>
+      <c r="E202" s="125">
+        <v>0</v>
+      </c>
+      <c r="F202" s="125">
+        <v>0</v>
+      </c>
+      <c r="G202" s="125">
+        <v>0</v>
+      </c>
+      <c r="H202" s="125">
+        <v>0</v>
+      </c>
+      <c r="I202" s="125">
+        <v>0</v>
+      </c>
+      <c r="J202" s="125">
+        <v>0</v>
+      </c>
+      <c r="K202" s="125">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="46"/>
+      <c r="B203" s="46"/>
+      <c r="C203" s="46"/>
+      <c r="D203" s="46"/>
+      <c r="E203" s="46"/>
+      <c r="F203" s="83"/>
+      <c r="G203" s="83"/>
+      <c r="H203" s="46"/>
+      <c r="I203" s="46"/>
+      <c r="J203" s="46"/>
+      <c r="K203" s="46"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="46"/>
+      <c r="B204" s="46"/>
+      <c r="C204" s="46"/>
+      <c r="D204" s="46"/>
+      <c r="E204" s="46"/>
+      <c r="F204" s="83"/>
+      <c r="G204" s="83"/>
+      <c r="H204" s="46"/>
+      <c r="I204" s="46"/>
+      <c r="J204" s="46"/>
+      <c r="K204" s="46"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="46"/>
+      <c r="B205" s="46"/>
+      <c r="C205" s="46"/>
+      <c r="D205" s="46"/>
+      <c r="E205" s="46"/>
+      <c r="F205" s="83"/>
+      <c r="G205" s="83"/>
+      <c r="H205" s="46"/>
+      <c r="I205" s="46"/>
+      <c r="J205" s="46"/>
+      <c r="K205" s="46"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B206" s="22"/>
+      <c r="C206" s="22"/>
+      <c r="D206" s="22"/>
+      <c r="E206" s="22"/>
+      <c r="F206" s="22"/>
+      <c r="G206" s="22"/>
+      <c r="H206" s="22"/>
+      <c r="I206" s="22"/>
+      <c r="J206" s="22"/>
+      <c r="K206" s="22"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="12">
+        <v>0</v>
+      </c>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="24">
+        <v>0</v>
+      </c>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H207" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="B208" s="104"/>
+      <c r="C208" s="104"/>
+      <c r="D208" s="133" t="s">
         <v>47</v>
       </c>
-      <c r="B144" s="5"/>
-[...104 lines deleted...]
-      <c r="J147" s="16">
+      <c r="E208" s="105">
+        <v>12.526367178711622</v>
+      </c>
+      <c r="F208" s="105">
+        <v>17.782316910123885</v>
+      </c>
+      <c r="G208" s="105">
+        <v>17.672228837785642</v>
+      </c>
+      <c r="H208" s="105">
+        <v>18.797739812977309</v>
+      </c>
+      <c r="I208" s="105">
+        <v>19.987857405760721</v>
+      </c>
+      <c r="J208" s="106">
+        <v>16.949245124420123</v>
+      </c>
+      <c r="K208" s="106">
+        <v>18.521241029682155</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B209" s="22"/>
+      <c r="C209" s="22"/>
+      <c r="D209" s="134">
+        <v>0</v>
+      </c>
+      <c r="E209" s="60">
+        <v>0.12905774390663538</v>
+      </c>
+      <c r="F209" s="60">
+        <v>0.68316344733487699</v>
+      </c>
+      <c r="G209" s="60">
+        <v>4.8194264556420667E-2</v>
+      </c>
+      <c r="H209" s="60">
+        <v>5.2767075198824537E-2</v>
+      </c>
+      <c r="I209" s="60">
+        <v>2.2979108301577716E-2</v>
+      </c>
+      <c r="J209" s="16">
+        <v>-52.103148730536162</v>
+      </c>
+      <c r="K209" s="16">
+        <v>-31.498798356778714</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B210" s="22"/>
+      <c r="C210" s="22"/>
+      <c r="D210" s="134">
+        <v>0</v>
+      </c>
+      <c r="E210" s="60">
+        <v>86.160051136953371</v>
+      </c>
+      <c r="F210" s="60">
+        <v>80.12468629084988</v>
+      </c>
+      <c r="G210" s="60">
+        <v>78.737488332095481</v>
+      </c>
+      <c r="H210" s="60">
+        <v>79.045983007995986</v>
+      </c>
+      <c r="I210" s="60">
+        <v>78.685481292960219</v>
+      </c>
+      <c r="J210" s="16">
+        <v>9.4842418622395179</v>
+      </c>
+      <c r="K210" s="16">
+        <v>3.0879915766768518</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B211" s="22"/>
+      <c r="C211" s="22"/>
+      <c r="D211" s="134">
+        <v>0</v>
+      </c>
+      <c r="E211" s="60">
+        <v>1.0388490644932673</v>
+      </c>
+      <c r="F211" s="60">
+        <v>1.2489852086158895</v>
+      </c>
+      <c r="G211" s="60">
+        <v>3.3190799310164247</v>
+      </c>
+      <c r="H211" s="60">
+        <v>1.7872008424032648</v>
+      </c>
+      <c r="I211" s="60">
+        <v>1.0072645989086335</v>
+      </c>
+      <c r="J211" s="16">
+        <v>-38.012085608184186</v>
+      </c>
+      <c r="K211" s="16">
+        <v>4.6426413759776075</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B212" s="73"/>
+      <c r="C212" s="73"/>
+      <c r="D212" s="135">
+        <v>0</v>
+      </c>
+      <c r="E212" s="107">
+        <v>0.1456748759351037</v>
+      </c>
+      <c r="F212" s="107">
+        <v>0.16084814307547896</v>
+      </c>
+      <c r="G212" s="107">
+        <v>0.2230086345460249</v>
+      </c>
+      <c r="H212" s="107">
+        <v>0.31630926142461746</v>
+      </c>
+      <c r="I212" s="107">
+        <v>0.29641759406884577</v>
+      </c>
+      <c r="J212" s="17">
+        <v>3.0691950450778238</v>
+      </c>
+      <c r="K212" s="17">
+        <v>25.947845979453543</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="F213" s="60"/>
+      <c r="G213" s="60"/>
+      <c r="H213" s="60"/>
+      <c r="I213" s="60"/>
+      <c r="J213" s="60"/>
+      <c r="K213" s="60"/>
+    </row>
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="84"/>
+      <c r="C214" s="84"/>
+      <c r="D214" s="84"/>
+      <c r="E214" s="84"/>
+      <c r="F214" s="84"/>
+      <c r="G214" s="84"/>
+      <c r="H214" s="84"/>
+      <c r="I214" s="84"/>
+      <c r="J214" s="84"/>
+      <c r="K214" s="84"/>
+    </row>
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B215" s="84"/>
+      <c r="C215" s="84"/>
+      <c r="D215" s="84"/>
+      <c r="E215" s="84"/>
+      <c r="F215" s="84"/>
+      <c r="G215" s="84"/>
+      <c r="H215" s="84"/>
+      <c r="I215" s="84"/>
+      <c r="J215" s="84"/>
+      <c r="K215" s="84"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="103" t="s">
+        <v>80</v>
+      </c>
+      <c r="B217" s="85"/>
+      <c r="C217" s="85"/>
+      <c r="D217" s="85"/>
+      <c r="E217" s="85"/>
+      <c r="F217" s="85"/>
+      <c r="G217" s="85"/>
+      <c r="H217" s="85"/>
+      <c r="I217" s="85"/>
+      <c r="J217" s="85"/>
+      <c r="K217" s="85"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="103" t="s">
+        <v>79</v>
+      </c>
+      <c r="B218" s="84"/>
+      <c r="C218" s="84"/>
+      <c r="D218" s="84"/>
+      <c r="E218" s="84"/>
+      <c r="F218" s="84"/>
+      <c r="G218" s="84"/>
+      <c r="H218" s="84"/>
+      <c r="I218" s="84"/>
+      <c r="J218" s="84"/>
+      <c r="K218" s="84"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="46"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="46"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B221" s="22"/>
+      <c r="C221" s="22"/>
+      <c r="D221" s="22"/>
+      <c r="E221" s="22"/>
+      <c r="F221" s="22"/>
+      <c r="G221" s="22"/>
+      <c r="H221" s="22"/>
+      <c r="I221" s="22"/>
+      <c r="J221" s="22"/>
+      <c r="K221" s="22"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="12">
+        <v>0</v>
+      </c>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="24">
+        <v>0</v>
+      </c>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H222" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="K222" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="B223" s="104"/>
+      <c r="C223" s="104"/>
+      <c r="D223" s="133" t="s">
+        <v>47</v>
+      </c>
+      <c r="E223" s="105">
+        <v>10.404601988000289</v>
+      </c>
+      <c r="F223" s="105">
+        <v>4.396661043282089</v>
+      </c>
+      <c r="G223" s="105">
+        <v>12.0677144661529</v>
+      </c>
+      <c r="H223" s="105">
+        <v>16.272721014088603</v>
+      </c>
+      <c r="I223" s="105">
+        <v>28.27960876939305</v>
+      </c>
+      <c r="J223" s="106">
+        <v>112.23055746253885</v>
+      </c>
+      <c r="K223" s="106">
+        <v>52.021177132365402</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B224" s="22"/>
+      <c r="C224" s="22"/>
+      <c r="D224" s="134">
+        <v>0</v>
+      </c>
+      <c r="E224" s="60">
+        <v>1.5929900401964837E-2</v>
+      </c>
+      <c r="F224" s="60">
+        <v>0</v>
+      </c>
+      <c r="G224" s="60">
+        <v>4.0799834999562029E-3</v>
+      </c>
+      <c r="H224" s="60">
+        <v>6.6551340901733255E-3</v>
+      </c>
+      <c r="I224" s="60">
+        <v>0</v>
+      </c>
+      <c r="J224" s="16">
         <v>-100</v>
       </c>
-      <c r="K147" s="16">
-[...1614 lines deleted...]
-      </c>
       <c r="K224" s="16">
-        <v>-0.10123799999999861</v>
-[...18 lines deleted...]
-        <v>2.3556513949884361</v>
+        <v>-100</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B225" s="22"/>
+      <c r="C225" s="22"/>
+      <c r="D225" s="134">
+        <v>0</v>
+      </c>
+      <c r="E225" s="60">
+        <v>76.347642629203776</v>
+      </c>
+      <c r="F225" s="60">
+        <v>57.67920291123643</v>
+      </c>
+      <c r="G225" s="60">
+        <v>55.144110133974088</v>
+      </c>
+      <c r="H225" s="60">
+        <v>44.515823904910533</v>
+      </c>
+      <c r="I225" s="60">
+        <v>69.224317433570306</v>
       </c>
       <c r="J225" s="16">
-        <v>24.204671282067213</v>
+        <v>89.906121023447838</v>
       </c>
       <c r="K225" s="16">
-        <v>1.4033820000000006</v>
-[...18 lines deleted...]
-        <v>1.7872931147911639</v>
+        <v>15.533484595115056</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B226" s="22"/>
+      <c r="C226" s="22"/>
+      <c r="D226" s="134">
+        <v>0</v>
+      </c>
+      <c r="E226" s="60">
+        <v>4.0216274801643106</v>
+      </c>
+      <c r="F226" s="60">
+        <v>0.52801793316166024</v>
+      </c>
+      <c r="G226" s="60">
+        <v>1.0675498274108264</v>
+      </c>
+      <c r="H226" s="60">
+        <v>1.4833605781657659</v>
+      </c>
+      <c r="I226" s="60">
+        <v>2.275886094184608</v>
       </c>
       <c r="J226" s="16">
-        <v>1.7247105871664166</v>
+        <v>87.369322261534037</v>
       </c>
       <c r="K226" s="16">
-        <v>9.2637999999999998E-2</v>
-[...27 lines deleted...]
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+        <v>2.690266353940185</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B227" s="73"/>
+      <c r="C227" s="73"/>
+      <c r="D227" s="135">
+        <v>0</v>
+      </c>
+      <c r="E227" s="107">
+        <v>9.210198002229653</v>
+      </c>
+      <c r="F227" s="107">
+        <v>37.396118112319819</v>
+      </c>
+      <c r="G227" s="107">
+        <v>31.716545588962248</v>
+      </c>
+      <c r="H227" s="107">
+        <v>37.721439368744932</v>
+      </c>
+      <c r="I227" s="107">
+        <v>0.22018770285203099</v>
+      </c>
+      <c r="J227" s="17">
+        <v>-99.287147788700352</v>
+      </c>
+      <c r="K227" s="17">
+        <v>-53.444270823487393</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
-    </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F228" s="60"/>
+      <c r="G228" s="60"/>
+      <c r="H228" s="60"/>
+      <c r="I228" s="60"/>
+      <c r="J228" s="60"/>
+      <c r="K228" s="60"/>
+    </row>
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B229" s="84"/>
+      <c r="C229" s="84"/>
+      <c r="D229" s="84"/>
+      <c r="E229" s="84"/>
+      <c r="F229" s="84"/>
+      <c r="G229" s="84"/>
+      <c r="H229" s="84"/>
+      <c r="I229" s="84"/>
+      <c r="J229" s="84"/>
+      <c r="K229" s="84"/>
+    </row>
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B230" s="84"/>
+      <c r="C230" s="84"/>
+      <c r="D230" s="84"/>
+      <c r="E230" s="84"/>
+      <c r="F230" s="84"/>
+      <c r="G230" s="84"/>
+      <c r="H230" s="84"/>
+      <c r="I230" s="84"/>
+      <c r="J230" s="84"/>
+      <c r="K230" s="84"/>
+    </row>
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="103" t="s">
+        <v>80</v>
+      </c>
+      <c r="B232" s="85"/>
+      <c r="C232" s="85"/>
+      <c r="D232" s="85"/>
+      <c r="E232" s="85"/>
+      <c r="F232" s="85"/>
+      <c r="G232" s="85"/>
+      <c r="H232" s="85"/>
+      <c r="I232" s="85"/>
+      <c r="J232" s="85"/>
+      <c r="K232" s="85"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="103" t="s">
+        <v>79</v>
+      </c>
+      <c r="B233" s="84"/>
+      <c r="C233" s="84"/>
+      <c r="D233" s="84"/>
+      <c r="E233" s="84"/>
+      <c r="F233" s="84"/>
+      <c r="G233" s="84"/>
+      <c r="H233" s="84"/>
+      <c r="I233" s="84"/>
+      <c r="J233" s="84"/>
+      <c r="K233" s="84"/>
+    </row>
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="82"/>
+    </row>
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="82"/>
+    </row>
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A236" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="8"/>
+      <c r="G236" s="8"/>
+      <c r="H236" s="8"/>
+      <c r="I236" s="8"/>
+      <c r="J236" s="8"/>
+      <c r="K236" s="9"/>
+    </row>
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="11">
+        <v>0</v>
+      </c>
+      <c r="B237" s="11"/>
+      <c r="C237" s="11"/>
+      <c r="D237" s="11"/>
+      <c r="E237" s="12">
+        <v>2020</v>
+      </c>
+      <c r="F237" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G237" s="12">
+        <v>2022</v>
+      </c>
+      <c r="H237" s="12">
+        <v>2023</v>
+      </c>
+      <c r="I237" s="12">
+        <v>2024</v>
+      </c>
+      <c r="J237" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="K237" s="13" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B238" s="15"/>
+      <c r="C238" s="15"/>
+      <c r="D238" s="15"/>
+      <c r="E238" s="16">
+        <v>163.46</v>
+      </c>
+      <c r="F238" s="16">
+        <v>182.79</v>
+      </c>
+      <c r="G238" s="16">
+        <v>594.83000000000004</v>
+      </c>
+      <c r="H238" s="16">
+        <v>823.04</v>
+      </c>
+      <c r="I238" s="16">
+        <v>893.83</v>
+      </c>
+      <c r="J238" s="16">
+        <v>8.6010400466563084</v>
+      </c>
+      <c r="K238" s="16">
+        <v>52.918791823743327</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B239" s="15"/>
+      <c r="C239" s="15"/>
+      <c r="D239" s="15"/>
+      <c r="E239" s="16">
+        <v>95.48</v>
+      </c>
+      <c r="F239" s="16">
+        <v>149.27000000000001</v>
+      </c>
+      <c r="G239" s="16">
+        <v>242.1</v>
+      </c>
+      <c r="H239" s="16">
+        <v>287.01</v>
+      </c>
+      <c r="I239" s="16">
+        <v>203.16</v>
+      </c>
+      <c r="J239" s="16">
+        <v>-29.215009929967593</v>
+      </c>
+      <c r="K239" s="16">
+        <v>20.776224261705913</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B240" s="15"/>
+      <c r="C240" s="15"/>
+      <c r="D240" s="15"/>
+      <c r="E240" s="16">
+        <v>67.98</v>
+      </c>
+      <c r="F240" s="16">
+        <v>33.519999999999982</v>
+      </c>
+      <c r="G240" s="16">
+        <v>352.73</v>
+      </c>
+      <c r="H240" s="16">
+        <v>536.03</v>
+      </c>
+      <c r="I240" s="16">
+        <v>690.67000000000007</v>
+      </c>
+      <c r="J240" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B241" s="1"/>
+      <c r="C241" s="1"/>
+      <c r="D241" s="1"/>
+      <c r="E241" s="17">
+        <v>171.19815668202764</v>
+      </c>
+      <c r="F241" s="17">
+        <v>122.45595230119915</v>
+      </c>
+      <c r="G241" s="17">
+        <v>245.6959933911607</v>
+      </c>
+      <c r="H241" s="17">
+        <v>286.76352740322636</v>
+      </c>
+      <c r="I241" s="17">
+        <v>439.96357550698963</v>
+      </c>
+      <c r="J241" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B242" s="46"/>
+      <c r="C242" s="46"/>
+      <c r="D242" s="46"/>
+      <c r="E242" s="46"/>
+      <c r="F242" s="46"/>
+      <c r="G242" s="46"/>
+      <c r="H242" s="46"/>
+      <c r="I242" s="46"/>
+      <c r="J242" s="46"/>
+      <c r="K242" s="46"/>
+    </row>
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B243" s="46"/>
+      <c r="C243" s="46"/>
+      <c r="D243" s="46"/>
+      <c r="E243" s="46"/>
+      <c r="F243" s="46"/>
+      <c r="G243" s="46"/>
+      <c r="H243" s="46"/>
+      <c r="I243" s="46"/>
+      <c r="J243" s="46"/>
+      <c r="K243" s="46"/>
+    </row>
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B244" s="46"/>
+      <c r="C244" s="46"/>
+      <c r="D244" s="46"/>
+      <c r="E244" s="46"/>
+      <c r="F244" s="46"/>
+      <c r="G244" s="46"/>
+      <c r="H244" s="46"/>
+      <c r="I244" s="46"/>
+      <c r="J244" s="46"/>
+      <c r="K244" s="46"/>
+    </row>
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B245" s="46"/>
+      <c r="C245" s="46"/>
+      <c r="D245" s="46"/>
+      <c r="E245" s="46"/>
+      <c r="F245" s="46"/>
+      <c r="G245" s="46"/>
+      <c r="H245" s="46"/>
+      <c r="I245" s="46"/>
+      <c r="J245" s="46"/>
+      <c r="K245" s="46"/>
+    </row>
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A246" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B246" s="46"/>
+      <c r="C246" s="46"/>
+      <c r="D246" s="46"/>
+      <c r="E246" s="46"/>
+      <c r="F246" s="46"/>
+      <c r="G246" s="46"/>
+      <c r="H246" s="46"/>
+      <c r="I246" s="46"/>
+      <c r="J246" s="46"/>
+      <c r="K246" s="46"/>
+    </row>
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="126" t="s">
+        <v>139</v>
+      </c>
+      <c r="B247" s="126">
+        <v>0</v>
+      </c>
+      <c r="C247" s="126">
+        <v>0</v>
+      </c>
+      <c r="D247" s="126">
+        <v>0</v>
+      </c>
+      <c r="E247" s="126">
+        <v>0</v>
+      </c>
+      <c r="F247" s="126">
+        <v>0</v>
+      </c>
+      <c r="G247" s="126">
+        <v>0</v>
+      </c>
+      <c r="H247" s="126">
+        <v>0</v>
+      </c>
+      <c r="I247" s="126">
+        <v>0</v>
+      </c>
+      <c r="J247" s="126">
+        <v>0</v>
+      </c>
+      <c r="K247" s="126">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A248" s="46"/>
+      <c r="B248" s="46"/>
+      <c r="C248" s="46"/>
+      <c r="D248" s="46"/>
+      <c r="E248" s="46"/>
+      <c r="F248" s="46"/>
+      <c r="G248" s="46"/>
+      <c r="H248" s="46"/>
+      <c r="I248" s="46"/>
+      <c r="J248" s="46"/>
+      <c r="K248" s="46"/>
+    </row>
+    <row r="249" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="B249" s="37"/>
+      <c r="C249" s="37"/>
+      <c r="D249" s="37"/>
+      <c r="E249" s="37"/>
+      <c r="F249" s="37"/>
+      <c r="G249" s="37"/>
+      <c r="H249" s="37"/>
+      <c r="I249" s="37"/>
+      <c r="J249" s="37"/>
+      <c r="K249" s="37"/>
+    </row>
+    <row r="250" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="23"/>
+      <c r="B250" s="23"/>
+      <c r="C250" s="23"/>
+      <c r="D250" s="24"/>
+      <c r="E250" s="12"/>
+      <c r="F250" s="12"/>
+      <c r="G250" s="12">
+        <v>2020</v>
+      </c>
+      <c r="H250" s="12">
+        <v>2021</v>
+      </c>
+      <c r="I250" s="12">
+        <v>2022</v>
+      </c>
+      <c r="J250" s="13">
+        <v>2023</v>
+      </c>
+      <c r="K250" s="13">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="145" t="s">
+        <v>127</v>
+      </c>
+      <c r="B251" s="145"/>
+      <c r="C251" s="145"/>
+      <c r="D251" s="145"/>
+      <c r="E251" s="145"/>
+      <c r="F251" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" s="27">
+        <v>19</v>
+      </c>
+      <c r="H251" s="27">
+        <v>20</v>
+      </c>
+      <c r="I251" s="27">
+        <v>14</v>
+      </c>
+      <c r="J251" s="27">
+        <v>13</v>
+      </c>
+      <c r="K251" s="27">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="142"/>
+      <c r="B252" s="142"/>
+      <c r="C252" s="142"/>
+      <c r="D252" s="142"/>
+      <c r="E252" s="142"/>
+      <c r="F252" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G252" s="28">
+        <v>0.71015747631251624</v>
+      </c>
+      <c r="H252" s="28">
+        <v>0.65254735868078262</v>
+      </c>
+      <c r="I252" s="28">
+        <v>1.3230166371849905</v>
+      </c>
+      <c r="J252" s="28">
+        <v>1.5410592760331803</v>
+      </c>
+      <c r="K252" s="28">
+        <v>1.5446079129380503</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="144" t="s">
+        <v>128</v>
+      </c>
+      <c r="B253" s="144"/>
+      <c r="C253" s="144"/>
+      <c r="D253" s="144"/>
+      <c r="E253" s="144"/>
+      <c r="F253" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" s="30">
+        <v>17</v>
+      </c>
+      <c r="H253" s="30">
+        <v>18</v>
+      </c>
+      <c r="I253" s="30">
+        <v>15</v>
+      </c>
+      <c r="J253" s="30">
+        <v>14</v>
+      </c>
+      <c r="K253" s="30">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="143"/>
+      <c r="B254" s="143"/>
+      <c r="C254" s="143"/>
+      <c r="D254" s="143"/>
+      <c r="E254" s="143"/>
+      <c r="F254" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G254" s="32">
+        <v>0.68027695565375135</v>
+      </c>
+      <c r="H254" s="32">
+        <v>0.85848436991376631</v>
+      </c>
+      <c r="I254" s="32">
+        <v>1.0380783073792317</v>
+      </c>
+      <c r="J254" s="32">
+        <v>1.1927063767258317</v>
+      </c>
+      <c r="K254" s="32">
+        <v>0.78794730728432383</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B255" s="33"/>
+      <c r="C255" s="34"/>
+    </row>
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B260" s="8"/>
+      <c r="C260" s="8"/>
+      <c r="D260" s="8"/>
+      <c r="E260" s="8"/>
+      <c r="F260" s="8"/>
+      <c r="G260" s="8"/>
+      <c r="H260" s="8"/>
+      <c r="I260" s="8"/>
+      <c r="J260" s="8"/>
+      <c r="K260" s="9"/>
+    </row>
+    <row r="261" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="11">
+        <v>0</v>
+      </c>
+      <c r="B261" s="11"/>
+      <c r="C261" s="11"/>
+      <c r="D261" s="11"/>
+      <c r="E261" s="12">
+        <v>2020</v>
+      </c>
+      <c r="F261" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G261" s="12">
+        <v>2022</v>
+      </c>
+      <c r="H261" s="12">
+        <v>2023</v>
+      </c>
+      <c r="I261" s="12">
+        <v>2024</v>
+      </c>
+      <c r="J261" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="K261" s="13" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B262" s="15"/>
+      <c r="C262" s="15"/>
+      <c r="D262" s="15"/>
+      <c r="E262" s="16">
+        <v>455.16</v>
+      </c>
+      <c r="F262" s="16">
+        <v>523.91</v>
+      </c>
+      <c r="G262" s="16">
+        <v>1002.67</v>
+      </c>
+      <c r="H262" s="16">
+        <v>1196.49</v>
+      </c>
+      <c r="I262" s="16">
+        <v>1278.3399999999999</v>
+      </c>
+      <c r="J262" s="16">
+        <v>6.8408427985189935</v>
+      </c>
+      <c r="K262" s="16">
+        <v>29.455519668809281</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B263" s="15"/>
+      <c r="C263" s="15"/>
+      <c r="D263" s="15"/>
+      <c r="E263" s="16">
+        <v>212.13</v>
+      </c>
+      <c r="F263" s="16">
+        <v>297.37</v>
+      </c>
+      <c r="G263" s="16">
+        <v>517.80999999999995</v>
+      </c>
+      <c r="H263" s="16">
+        <v>496.37</v>
+      </c>
+      <c r="I263" s="16">
+        <v>458.22</v>
+      </c>
+      <c r="J263" s="16">
+        <v>-7.6857989000140972</v>
+      </c>
+      <c r="K263" s="16">
+        <v>21.232200246345336</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B264" s="15"/>
+      <c r="C264" s="15"/>
+      <c r="D264" s="15"/>
+      <c r="E264" s="16">
+        <v>243.03000000000003</v>
+      </c>
+      <c r="F264" s="16">
+        <v>226.53999999999996</v>
+      </c>
+      <c r="G264" s="16">
+        <v>484.86</v>
+      </c>
+      <c r="H264" s="16">
+        <v>700.12</v>
+      </c>
+      <c r="I264" s="16">
+        <v>820.11999999999989</v>
+      </c>
+      <c r="J264" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="B265" s="1"/>
+      <c r="C265" s="1"/>
+      <c r="D265" s="1"/>
+      <c r="E265" s="17">
+        <v>214.56653938622546</v>
+      </c>
+      <c r="F265" s="17">
+        <v>176.18118841846857</v>
+      </c>
+      <c r="G265" s="17">
+        <v>193.63666209613567</v>
+      </c>
+      <c r="H265" s="17">
+        <v>241.04800854201503</v>
+      </c>
+      <c r="I265" s="17">
+        <v>278.97952948365412</v>
+      </c>
+      <c r="J265" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="126" t="s">
+        <v>66</v>
+      </c>
+      <c r="B270" s="126"/>
+      <c r="C270" s="126"/>
+      <c r="D270" s="126"/>
+      <c r="E270" s="126"/>
+      <c r="F270" s="126"/>
+      <c r="G270" s="126"/>
+      <c r="H270" s="126"/>
+      <c r="I270" s="126"/>
+      <c r="J270" s="126"/>
+      <c r="K270" s="126"/>
+    </row>
+    <row r="271" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="126" t="s">
+        <v>139</v>
+      </c>
+      <c r="B271" s="126">
+        <v>0</v>
+      </c>
+      <c r="C271" s="126">
+        <v>0</v>
+      </c>
+      <c r="D271" s="126">
+        <v>0</v>
+      </c>
+      <c r="E271" s="126">
+        <v>0</v>
+      </c>
+      <c r="F271" s="126">
+        <v>0</v>
+      </c>
+      <c r="G271" s="126">
+        <v>0</v>
+      </c>
+      <c r="H271" s="126">
+        <v>0</v>
+      </c>
+      <c r="I271" s="126">
+        <v>0</v>
+      </c>
+      <c r="J271" s="126">
+        <v>0</v>
+      </c>
+      <c r="K271" s="126">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="46"/>
+      <c r="B272" s="46"/>
+      <c r="C272" s="46"/>
+      <c r="D272" s="46"/>
+      <c r="E272" s="46"/>
+      <c r="F272" s="46"/>
+      <c r="G272" s="46"/>
+      <c r="H272" s="46"/>
+      <c r="I272" s="46"/>
+      <c r="J272" s="46"/>
+      <c r="K272" s="46"/>
+    </row>
+    <row r="273" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="B273" s="37"/>
+      <c r="C273" s="37"/>
+      <c r="D273" s="37"/>
+      <c r="E273" s="37"/>
+      <c r="F273" s="37"/>
+      <c r="G273" s="37"/>
+      <c r="H273" s="37"/>
+      <c r="I273" s="37"/>
+      <c r="J273" s="37"/>
+      <c r="K273" s="37"/>
+    </row>
+    <row r="274" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="23">
+        <v>0</v>
+      </c>
+      <c r="B274" s="23">
+        <v>0</v>
+      </c>
+      <c r="C274" s="23">
+        <v>0</v>
+      </c>
+      <c r="D274" s="24"/>
+      <c r="E274" s="12"/>
+      <c r="F274" s="12">
+        <v>0</v>
+      </c>
+      <c r="G274" s="12">
+        <v>2020</v>
+      </c>
+      <c r="H274" s="12">
+        <v>2021</v>
+      </c>
+      <c r="I274" s="12">
+        <v>2022</v>
+      </c>
+      <c r="J274" s="13">
+        <v>2023</v>
+      </c>
+      <c r="K274" s="13">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="145" t="s">
+        <v>127</v>
+      </c>
+      <c r="B275" s="145"/>
+      <c r="C275" s="145"/>
+      <c r="D275" s="145"/>
+      <c r="E275" s="145"/>
+      <c r="F275" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" s="27">
+        <v>23</v>
+      </c>
+      <c r="H275" s="27">
+        <v>23</v>
+      </c>
+      <c r="I275" s="27">
+        <v>15</v>
+      </c>
+      <c r="J275" s="27">
+        <v>15</v>
+      </c>
+      <c r="K275" s="27">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="142">
+        <v>0</v>
+      </c>
+      <c r="B276" s="142">
+        <v>0</v>
+      </c>
+      <c r="C276" s="142">
+        <v>0</v>
+      </c>
+      <c r="D276" s="142"/>
+      <c r="E276" s="142"/>
+      <c r="F276" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G276" s="28">
+        <v>0.60582892719990344</v>
+      </c>
+      <c r="H276" s="28">
+        <v>0.58129632931522734</v>
+      </c>
+      <c r="I276" s="28">
+        <v>0.82889560141452978</v>
+      </c>
+      <c r="J276" s="28">
+        <v>0.93647961807279101</v>
+      </c>
+      <c r="K276" s="28">
+        <v>0.96024934002294371</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="144" t="s">
+        <v>128</v>
+      </c>
+      <c r="B277" s="144"/>
+      <c r="C277" s="144"/>
+      <c r="D277" s="144"/>
+      <c r="E277" s="144"/>
+      <c r="F277" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" s="30">
         <v>34</v>
       </c>
-    </row>
-[...267 lines deleted...]
-      <c r="A242" s="3" t="s">
+      <c r="H277" s="30">
+        <v>31</v>
+      </c>
+      <c r="I277" s="30">
+        <v>27</v>
+      </c>
+      <c r="J277" s="30">
+        <v>28</v>
+      </c>
+      <c r="K277" s="30">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="143">
+        <v>0</v>
+      </c>
+      <c r="B278" s="143">
+        <v>0</v>
+      </c>
+      <c r="C278" s="143">
+        <v>0</v>
+      </c>
+      <c r="D278" s="143"/>
+      <c r="E278" s="143"/>
+      <c r="F278" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G278" s="32">
+        <v>0.26930662399333749</v>
+      </c>
+      <c r="H278" s="32">
+        <v>0.3112409509652897</v>
+      </c>
+      <c r="I278" s="32">
+        <v>0.41163867185574698</v>
+      </c>
+      <c r="J278" s="32">
+        <v>0.40138205390327208</v>
+      </c>
+      <c r="K278" s="32">
+        <v>0.36198227122664373</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A279" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B279" s="35"/>
+      <c r="C279" s="121"/>
+      <c r="D279" s="46"/>
+      <c r="E279" s="46"/>
+      <c r="F279" s="46"/>
+      <c r="G279" s="46"/>
+      <c r="H279" s="46"/>
+      <c r="I279" s="46"/>
+      <c r="J279" s="46"/>
+      <c r="K279" s="46"/>
+    </row>
+    <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A282" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B282" s="8"/>
+      <c r="C282" s="8"/>
+      <c r="D282" s="8"/>
+      <c r="E282" s="8"/>
+      <c r="F282" s="8"/>
+      <c r="G282" s="8"/>
+      <c r="H282" s="8"/>
+      <c r="I282" s="8"/>
+      <c r="J282" s="8"/>
+      <c r="K282" s="9"/>
+    </row>
+    <row r="283" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="11">
+        <v>0</v>
+      </c>
+      <c r="B283" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C283" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D283" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E283" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F283" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G283" s="13" t="s">
         <v>183</v>
       </c>
-      <c r="B242" s="5"/>
-[...62 lines deleted...]
-      <c r="A248" s="2" t="s">
+      <c r="H283" s="13" t="s">
         <v>184</v>
       </c>
-      <c r="B248" s="22"/>
-[...932 lines deleted...]
-      <c r="A288" s="2" t="s">
+      <c r="I283" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="J283" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K283" s="13" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B284" s="16">
+        <v>-29.119999999999997</v>
+      </c>
+      <c r="C284" s="16">
+        <v>43.65</v>
+      </c>
+      <c r="D284" s="16">
+        <v>3.6300000000000012</v>
+      </c>
+      <c r="E284" s="16">
+        <v>10.66</v>
+      </c>
+      <c r="F284" s="16">
+        <v>116</v>
+      </c>
+      <c r="G284" s="16">
+        <v>105.34</v>
+      </c>
+      <c r="H284" s="16">
+        <v>28.963999999999999</v>
+      </c>
+      <c r="I284" s="16">
+        <v>87.57</v>
+      </c>
+      <c r="J284" s="16">
+        <v>18.95</v>
+      </c>
+      <c r="K284" s="16">
+        <v>-68.61999999999999</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B285" s="16">
+        <v>21.72</v>
+      </c>
+      <c r="C285" s="16">
+        <v>40.15</v>
+      </c>
+      <c r="D285" s="16">
+        <v>31.259999999999998</v>
+      </c>
+      <c r="E285" s="16">
+        <v>71.47</v>
+      </c>
+      <c r="F285" s="16">
+        <v>84.11</v>
+      </c>
+      <c r="G285" s="16">
+        <v>12.64</v>
+      </c>
+      <c r="H285" s="16">
+        <v>49.741999999999997</v>
+      </c>
+      <c r="I285" s="16">
+        <v>56.53</v>
+      </c>
+      <c r="J285" s="16">
+        <v>47.69</v>
+      </c>
+      <c r="K285" s="16">
+        <v>-8.8400000000000034</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B286" s="17">
+        <v>-50.839999999999996</v>
+      </c>
+      <c r="C286" s="17">
+        <v>3.5</v>
+      </c>
+      <c r="D286" s="17">
+        <v>-27.629999999999995</v>
+      </c>
+      <c r="E286" s="17">
+        <v>-60.81</v>
+      </c>
+      <c r="F286" s="17">
+        <v>31.89</v>
+      </c>
+      <c r="G286" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="H286" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="I286" s="17">
+        <v>31.039999999999992</v>
+      </c>
+      <c r="J286" s="17">
+        <v>-28.74</v>
+      </c>
+      <c r="K286" s="17" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K287" s="60"/>
+    </row>
+    <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B288" s="60"/>
+      <c r="C288" s="60"/>
+      <c r="D288" s="60"/>
+      <c r="E288" s="60"/>
+      <c r="F288" s="60"/>
+      <c r="G288" s="60"/>
+      <c r="H288" s="60"/>
+      <c r="I288" s="60"/>
+    </row>
+    <row r="289" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B289" s="60"/>
+      <c r="C289" s="60"/>
+      <c r="D289" s="60"/>
+      <c r="E289" s="60"/>
+      <c r="F289" s="60"/>
+      <c r="G289" s="60"/>
+      <c r="H289" s="60"/>
+      <c r="I289" s="60"/>
+    </row>
+    <row r="290" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="136" t="s">
+        <v>37</v>
+      </c>
+      <c r="B290" s="136">
+        <v>0</v>
+      </c>
+      <c r="C290" s="136">
+        <v>0</v>
+      </c>
+      <c r="D290" s="136">
+        <v>0</v>
+      </c>
+      <c r="E290" s="136">
+        <v>0</v>
+      </c>
+      <c r="F290" s="136">
+        <v>0</v>
+      </c>
+      <c r="G290" s="136">
+        <v>0</v>
+      </c>
+      <c r="H290" s="136">
+        <v>0</v>
+      </c>
+      <c r="I290" s="136">
+        <v>0</v>
+      </c>
+      <c r="J290" s="136">
+        <v>0</v>
+      </c>
+      <c r="K290" s="136">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="46"/>
+      <c r="B291" s="46"/>
+      <c r="C291" s="46"/>
+      <c r="D291" s="46"/>
+      <c r="E291" s="46"/>
+      <c r="F291" s="46"/>
+      <c r="G291" s="46"/>
+      <c r="H291" s="46"/>
+      <c r="I291" s="46"/>
+      <c r="J291" s="46"/>
+      <c r="K291" s="46"/>
+    </row>
+    <row r="292" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="2" t="s">
         <v>186</v>
-      </c>
-[...106 lines deleted...]
-        <v>66</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="144">
-[...169 lines deleted...]
-      <c r="A303" s="2" t="s">
+      <c r="D292" s="22"/>
+      <c r="E292" s="22"/>
+      <c r="F292" s="22"/>
+      <c r="G292" s="22"/>
+      <c r="H292" s="22"/>
+      <c r="I292" s="22"/>
+      <c r="J292" s="22"/>
+      <c r="K292" s="22"/>
+    </row>
+    <row r="293" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="11">
+        <v>0</v>
+      </c>
+      <c r="B293" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C293" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D293" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E293" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="F293" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="G293" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="H293" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="I293" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="J293" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K293" s="13" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="108" t="s">
+        <v>35</v>
+      </c>
+      <c r="B294" s="16">
+        <v>17.5</v>
+      </c>
+      <c r="C294" s="16">
+        <v>69.19</v>
+      </c>
+      <c r="D294" s="16">
+        <v>74.67</v>
+      </c>
+      <c r="E294" s="16">
+        <v>130.85</v>
+      </c>
+      <c r="F294" s="16">
+        <v>244.46</v>
+      </c>
+      <c r="G294" s="16">
+        <v>86.824608330149047</v>
+      </c>
+      <c r="H294" s="16">
+        <v>93.326967932449705</v>
+      </c>
+      <c r="I294" s="60">
+        <v>213.91</v>
+      </c>
+      <c r="J294" s="60">
+        <v>242.47</v>
+      </c>
+      <c r="K294" s="16">
+        <v>13.351409471272966</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="108" t="s">
+        <v>21</v>
+      </c>
+      <c r="B295" s="49">
+        <v>50</v>
+      </c>
+      <c r="C295" s="49">
+        <v>31</v>
+      </c>
+      <c r="D295" s="49">
+        <v>36</v>
+      </c>
+      <c r="E295" s="49">
+        <v>30</v>
+      </c>
+      <c r="F295" s="49">
+        <v>26</v>
+      </c>
+      <c r="G295" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="H295" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="I295" s="49">
+        <v>27</v>
+      </c>
+      <c r="J295" s="49">
+        <v>26</v>
+      </c>
+      <c r="K295" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B296" s="109">
+        <v>3.2920646380901662E-2</v>
+      </c>
+      <c r="C296" s="109">
+        <v>0.12072271010706789</v>
+      </c>
+      <c r="D296" s="109">
+        <v>0.11766925059957425</v>
+      </c>
+      <c r="E296" s="109">
+        <v>0.18836970732947464</v>
+      </c>
+      <c r="F296" s="109">
+        <v>0.33298798622498199</v>
+      </c>
+      <c r="G296" s="88" t="s">
+        <v>24</v>
+      </c>
+      <c r="H296" s="88" t="s">
+        <v>24</v>
+      </c>
+      <c r="I296" s="109">
+        <v>0.2923520240365271</v>
+      </c>
+      <c r="J296" s="109">
+        <v>0.30910732654606887</v>
+      </c>
+      <c r="K296" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="99" t="s">
+        <v>67</v>
+      </c>
+      <c r="B297" s="101">
+        <v>677.82</v>
+      </c>
+      <c r="C297" s="101">
+        <v>765.93</v>
+      </c>
+      <c r="D297" s="101">
+        <v>780.34</v>
+      </c>
+      <c r="E297" s="101">
+        <v>857.12</v>
+      </c>
+      <c r="F297" s="101">
+        <v>933.78</v>
+      </c>
+      <c r="G297" s="101">
+        <v>8.9439051708045518</v>
+      </c>
+      <c r="H297" s="101">
+        <v>8.3384323724787315</v>
+      </c>
+      <c r="I297" s="110">
+        <v>906.02</v>
+      </c>
+      <c r="J297" s="110">
+        <v>981.9</v>
+      </c>
+      <c r="K297" s="101">
+        <v>8.375091057592547</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B298" s="49">
+        <v>20</v>
+      </c>
+      <c r="C298" s="49">
+        <v>21</v>
+      </c>
+      <c r="D298" s="49">
+        <v>21</v>
+      </c>
+      <c r="E298" s="49">
+        <v>20</v>
+      </c>
+      <c r="F298" s="49">
+        <v>19</v>
+      </c>
+      <c r="G298" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="H298" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="I298" s="49">
+        <v>19</v>
+      </c>
+      <c r="J298" s="49">
+        <v>19</v>
+      </c>
+      <c r="K298" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="111" t="s">
+        <v>43</v>
+      </c>
+      <c r="B299" s="112">
+        <v>0.45074481421023871</v>
+      </c>
+      <c r="C299" s="112">
+        <v>0.46652868499979289</v>
+      </c>
+      <c r="D299" s="112">
+        <v>0.44404962744251053</v>
+      </c>
+      <c r="E299" s="112">
+        <v>0.44467107792633409</v>
+      </c>
+      <c r="F299" s="112">
+        <v>0.46572710271088602</v>
+      </c>
+      <c r="G299" s="113" t="s">
+        <v>24</v>
+      </c>
+      <c r="H299" s="113" t="s">
+        <v>24</v>
+      </c>
+      <c r="I299" s="112">
+        <v>0.44925641770443769</v>
+      </c>
+      <c r="J299" s="112">
+        <v>0.47176240855489404</v>
+      </c>
+      <c r="K299" s="113" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="114" t="s">
+        <v>13</v>
+      </c>
+      <c r="B300" s="115">
+        <v>-660.32</v>
+      </c>
+      <c r="C300" s="115">
+        <v>-696.74</v>
+      </c>
+      <c r="D300" s="115">
+        <v>-705.67000000000007</v>
+      </c>
+      <c r="E300" s="115">
+        <v>-726.27</v>
+      </c>
+      <c r="F300" s="115">
+        <v>-689.31999999999994</v>
+      </c>
+      <c r="G300" s="116" t="s">
+        <v>24</v>
+      </c>
+      <c r="H300" s="116" t="s">
+        <v>24</v>
+      </c>
+      <c r="I300" s="115">
+        <v>-692.11</v>
+      </c>
+      <c r="J300" s="115">
+        <v>-739.43</v>
+      </c>
+      <c r="K300" s="116" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K301" s="46"/>
+    </row>
+    <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B302" s="90"/>
+      <c r="C302" s="90"/>
+      <c r="D302" s="90"/>
+      <c r="E302" s="90"/>
+      <c r="F302" s="90"/>
+      <c r="G302" s="90"/>
+      <c r="H302" s="90"/>
+      <c r="I302" s="90"/>
+      <c r="J302" s="89"/>
+      <c r="K302" s="46"/>
+    </row>
+    <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B303" s="90"/>
+      <c r="C303" s="90"/>
+      <c r="D303" s="90"/>
+      <c r="E303" s="90"/>
+      <c r="F303" s="90"/>
+      <c r="G303" s="90"/>
+      <c r="H303" s="90"/>
+      <c r="I303" s="90"/>
+      <c r="J303" s="89"/>
+      <c r="K303" s="46"/>
+    </row>
+    <row r="304" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B304" s="90"/>
+      <c r="C304" s="90"/>
+      <c r="D304" s="90"/>
+      <c r="E304" s="90"/>
+      <c r="F304" s="90"/>
+      <c r="G304" s="90"/>
+      <c r="H304" s="90"/>
+      <c r="I304" s="90"/>
+      <c r="J304" s="89"/>
+      <c r="K304" s="46"/>
+    </row>
+    <row r="305" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="20" t="s">
+        <v>105</v>
+      </c>
+      <c r="B305" s="90"/>
+      <c r="C305" s="90"/>
+      <c r="D305" s="90"/>
+      <c r="E305" s="90"/>
+      <c r="F305" s="90"/>
+      <c r="G305" s="90"/>
+      <c r="H305" s="90"/>
+      <c r="I305" s="90"/>
+      <c r="J305" s="89"/>
+      <c r="K305" s="46"/>
+    </row>
+    <row r="306" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B306" s="90"/>
+      <c r="C306" s="90"/>
+      <c r="D306" s="90"/>
+      <c r="E306" s="90"/>
+      <c r="F306" s="90"/>
+      <c r="G306" s="90"/>
+      <c r="H306" s="90"/>
+      <c r="I306" s="90"/>
+      <c r="J306" s="89"/>
+      <c r="K306" s="46"/>
+    </row>
+    <row r="309" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="B303" s="22"/>
-[...279 lines deleted...]
-      <c r="A318" s="2" t="s">
+      <c r="B309" s="22"/>
+      <c r="C309" s="22"/>
+      <c r="D309" s="22"/>
+      <c r="E309" s="22"/>
+      <c r="F309" s="22"/>
+      <c r="G309" s="22"/>
+      <c r="H309" s="22"/>
+      <c r="I309" s="22"/>
+      <c r="J309" s="22"/>
+      <c r="K309" s="22"/>
+    </row>
+    <row r="310" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="11">
+        <v>0</v>
+      </c>
+      <c r="B310" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C310" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D310" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E310" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="F310" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="G310" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="H310" s="13" t="s">
         <v>188</v>
       </c>
-      <c r="B318" s="8"/>
-[...70 lines deleted...]
-        <v>27</v>
+      <c r="I310" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="J310" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K310" s="13" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="108" t="s">
+        <v>57</v>
+      </c>
+      <c r="B311" s="16">
+        <v>1694.42</v>
+      </c>
+      <c r="C311" s="16">
+        <v>2025.45</v>
+      </c>
+      <c r="D311" s="16">
+        <v>2218.5100000000002</v>
+      </c>
+      <c r="E311" s="16">
+        <v>2192.31</v>
+      </c>
+      <c r="F311" s="16">
+        <v>2432.14</v>
+      </c>
+      <c r="G311" s="16">
+        <v>10.939602519716644</v>
+      </c>
+      <c r="H311" s="16">
+        <v>9.4565802477891481</v>
+      </c>
+      <c r="I311" s="60">
+        <v>2379.2399999999998</v>
+      </c>
+      <c r="J311" s="60">
+        <v>2561.0100000000002</v>
+      </c>
+      <c r="K311" s="16">
+        <v>7.6398345690220593</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="108" t="s">
+        <v>21</v>
+      </c>
+      <c r="B312" s="49">
+        <v>14</v>
+      </c>
+      <c r="C312" s="49">
+        <v>14</v>
+      </c>
+      <c r="D312" s="49">
+        <v>14</v>
+      </c>
+      <c r="E312" s="49">
+        <v>14</v>
+      </c>
+      <c r="F312" s="49">
+        <v>14</v>
+      </c>
+      <c r="G312" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="H312" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="I312" s="49">
+        <v>14</v>
+      </c>
+      <c r="J312" s="49">
+        <v>14</v>
+      </c>
+      <c r="K312" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B313" s="109">
+        <v>1.1267755865777238</v>
+      </c>
+      <c r="C313" s="109">
+        <v>1.2337035042795435</v>
+      </c>
+      <c r="D313" s="109">
+        <v>1.262435014195715</v>
+      </c>
+      <c r="E313" s="109">
+        <v>1.1373633223453909</v>
+      </c>
+      <c r="F313" s="109">
+        <v>1.2130410970327639</v>
+      </c>
+      <c r="G313" s="88" t="s">
+        <v>24</v>
+      </c>
+      <c r="H313" s="88" t="s">
+        <v>24</v>
+      </c>
+      <c r="I313" s="109">
+        <v>1.1797629624722481</v>
+      </c>
+      <c r="J313" s="109">
+        <v>1.2304595640423357</v>
+      </c>
+      <c r="K313" s="88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B314" s="78">
+        <v>249.98082086689681</v>
+      </c>
+      <c r="C314" s="78">
+        <v>264.44322588226078</v>
+      </c>
+      <c r="D314" s="78">
+        <v>284.30043314452678</v>
+      </c>
+      <c r="E314" s="78">
+        <v>255.77632070188537</v>
+      </c>
+      <c r="F314" s="78">
+        <v>260.46177900576151</v>
+      </c>
+      <c r="G314" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="H314" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="I314" s="78">
+        <v>262.60347453698591</v>
+      </c>
+      <c r="J314" s="78">
+        <v>260.82187595478155</v>
+      </c>
+      <c r="K314" s="77" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="54" t="s">
+        <v>191</v>
+      </c>
+      <c r="C315" s="54"/>
+    </row>
+    <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="20" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="54.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="136" t="s">
+        <v>58</v>
+      </c>
+      <c r="B319" s="136">
+        <v>0</v>
+      </c>
+      <c r="C319" s="136">
+        <v>0</v>
+      </c>
+      <c r="D319" s="136">
+        <v>0</v>
+      </c>
+      <c r="E319" s="136">
+        <v>0</v>
+      </c>
+      <c r="F319" s="136">
+        <v>0</v>
+      </c>
+      <c r="G319" s="136">
+        <v>0</v>
+      </c>
+      <c r="H319" s="136">
+        <v>0</v>
+      </c>
+      <c r="I319" s="136">
+        <v>0</v>
+      </c>
+      <c r="J319" s="136">
+        <v>0</v>
+      </c>
+      <c r="K319" s="136">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="92"/>
+    </row>
+    <row r="321" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="2" t="s">
+        <v>189</v>
       </c>
       <c r="B321" s="15"/>
       <c r="C321" s="15"/>
       <c r="D321" s="15"/>
-      <c r="E321" s="16">
-[...43 lines deleted...]
-      <c r="J322" s="16" t="s">
+      <c r="E321" s="15"/>
+      <c r="F321" s="15"/>
+      <c r="G321" s="15"/>
+      <c r="H321" s="15"/>
+      <c r="I321" s="15"/>
+      <c r="J321" s="15"/>
+      <c r="K321" s="22"/>
+    </row>
+    <row r="322" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="11">
+        <v>0</v>
+      </c>
+      <c r="B322" s="12"/>
+      <c r="C322" s="12"/>
+      <c r="D322" s="12"/>
+      <c r="E322" s="12">
+        <v>2020</v>
+      </c>
+      <c r="F322" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G322" s="13">
+        <v>2022</v>
+      </c>
+      <c r="H322" s="13">
+        <v>2023</v>
+      </c>
+      <c r="I322" s="13">
+        <v>2024</v>
+      </c>
+      <c r="J322" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="K322" s="13" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B323" s="16"/>
+      <c r="C323" s="16"/>
+      <c r="D323" s="16"/>
+      <c r="E323" s="16">
+        <v>85.23</v>
+      </c>
+      <c r="F323" s="16">
+        <v>81.099999999999994</v>
+      </c>
+      <c r="G323" s="16">
+        <v>403.85</v>
+      </c>
+      <c r="H323" s="16">
+        <v>600.99</v>
+      </c>
+      <c r="I323" s="16">
+        <v>696.7</v>
+      </c>
+      <c r="J323" s="16">
+        <v>15.92538977354033</v>
+      </c>
+      <c r="K323" s="16">
+        <v>69.088211512946017</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B324" s="49"/>
+      <c r="C324" s="49"/>
+      <c r="D324" s="49"/>
+      <c r="E324" s="49">
+        <v>15</v>
+      </c>
+      <c r="F324" s="49">
+        <v>18</v>
+      </c>
+      <c r="G324" s="91">
+        <v>12</v>
+      </c>
+      <c r="H324" s="91">
+        <v>11</v>
+      </c>
+      <c r="I324" s="49">
+        <v>11</v>
+      </c>
+      <c r="J324" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K324" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="B325" s="16"/>
+      <c r="C325" s="16"/>
+      <c r="D325" s="16"/>
+      <c r="E325" s="16">
+        <v>1.0974111757480243</v>
+      </c>
+      <c r="F325" s="16">
+        <v>0.80089589735891986</v>
+      </c>
+      <c r="G325" s="19">
+        <v>1.9031627799136097</v>
+      </c>
+      <c r="H325" s="19">
+        <v>2.3595976760128181</v>
+      </c>
+      <c r="I325" s="16">
+        <v>2.5131528398771379</v>
+      </c>
+      <c r="J325" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K325" s="117" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="99" t="s">
+        <v>107</v>
+      </c>
+      <c r="B326" s="101"/>
+      <c r="C326" s="101"/>
+      <c r="D326" s="101"/>
+      <c r="E326" s="101">
+        <v>13.35</v>
+      </c>
+      <c r="F326" s="101">
+        <v>13.05</v>
+      </c>
+      <c r="G326" s="101">
+        <v>26.94</v>
+      </c>
+      <c r="H326" s="101">
+        <v>32.18</v>
+      </c>
+      <c r="I326" s="101">
+        <v>28.63</v>
+      </c>
+      <c r="J326" s="101">
+        <v>-11.031696706028592</v>
+      </c>
+      <c r="K326" s="101">
+        <v>21.013833989595419</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B327" s="49"/>
+      <c r="C327" s="49"/>
+      <c r="D327" s="49"/>
+      <c r="E327" s="49">
+        <v>26</v>
+      </c>
+      <c r="F327" s="49">
+        <v>32</v>
+      </c>
+      <c r="G327" s="91">
         <v>25</v>
       </c>
-      <c r="K322" s="16" t="s">
-[...33 lines deleted...]
-      <c r="A324" s="4" t="s">
+      <c r="H327" s="91">
+        <v>28</v>
+      </c>
+      <c r="I327" s="49">
+        <v>30</v>
+      </c>
+      <c r="J327" s="49" t="s">
         <v>24</v>
       </c>
-      <c r="B324" s="46"/>
-[...140 lines deleted...]
-      <c r="G332" s="12">
+      <c r="K327" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B328" s="17"/>
+      <c r="C328" s="17"/>
+      <c r="D328" s="17"/>
+      <c r="E328" s="17">
+        <v>0.4866543696823441</v>
+      </c>
+      <c r="F328" s="17">
+        <v>0.36511360488832562</v>
+      </c>
+      <c r="G328" s="18">
+        <v>0.48687304252277586</v>
+      </c>
+      <c r="H328" s="18">
+        <v>0.50419825739806745</v>
+      </c>
+      <c r="I328" s="17">
+        <v>0.41818208375326815</v>
+      </c>
+      <c r="J328" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K328" s="118" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="54" t="s">
+        <v>192</v>
+      </c>
+      <c r="C329" s="54"/>
+    </row>
+    <row r="330" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="4" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="126" t="s">
+        <v>98</v>
+      </c>
+      <c r="B333" s="126"/>
+      <c r="C333" s="126"/>
+      <c r="D333" s="126"/>
+      <c r="E333" s="126"/>
+      <c r="F333" s="126"/>
+      <c r="G333" s="126"/>
+      <c r="H333" s="126"/>
+      <c r="I333" s="126"/>
+      <c r="J333" s="126"/>
+      <c r="K333" s="126"/>
+    </row>
+    <row r="334" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="122"/>
+      <c r="B334" s="122"/>
+      <c r="C334" s="122"/>
+      <c r="D334" s="122"/>
+      <c r="E334" s="40"/>
+      <c r="F334" s="40"/>
+      <c r="G334" s="40"/>
+      <c r="H334" s="40"/>
+      <c r="I334" s="40"/>
+      <c r="J334" s="19"/>
+      <c r="K334" s="19"/>
+    </row>
+    <row r="335" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B335" s="15"/>
+      <c r="C335" s="15"/>
+      <c r="D335" s="15"/>
+      <c r="E335" s="15"/>
+      <c r="F335" s="15"/>
+      <c r="G335" s="15"/>
+      <c r="H335" s="15"/>
+      <c r="I335" s="15"/>
+      <c r="J335" s="15"/>
+      <c r="K335" s="22"/>
+    </row>
+    <row r="336" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="11"/>
+      <c r="B336" s="12">
+        <v>0</v>
+      </c>
+      <c r="C336" s="12">
+        <v>0</v>
+      </c>
+      <c r="D336" s="12">
+        <v>0</v>
+      </c>
+      <c r="E336" s="12">
         <v>2020</v>
       </c>
-      <c r="H332" s="12">
+      <c r="F336" s="12">
         <v>2021</v>
       </c>
-      <c r="I332" s="12">
+      <c r="G336" s="13">
         <v>2022</v>
       </c>
-      <c r="J332" s="13">
+      <c r="H336" s="13">
         <v>2023</v>
       </c>
-      <c r="K332" s="13">
+      <c r="I336" s="13">
         <v>2024</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="G333" s="27">
+      <c r="J336" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="K336" s="13" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B337" s="16"/>
+      <c r="C337" s="16"/>
+      <c r="D337" s="16"/>
+      <c r="E337" s="16">
+        <v>56.634</v>
+      </c>
+      <c r="F337" s="16">
+        <v>50.585000000000001</v>
+      </c>
+      <c r="G337" s="16">
+        <v>384.18299999999999</v>
+      </c>
+      <c r="H337" s="16">
+        <v>595.30499999999995</v>
+      </c>
+      <c r="I337" s="16">
+        <v>695.66</v>
+      </c>
+      <c r="J337" s="16">
+        <v>16.857745189440713</v>
+      </c>
+      <c r="K337" s="16">
+        <v>87.210390423599165</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B338" s="49"/>
+      <c r="C338" s="49"/>
+      <c r="D338" s="49"/>
+      <c r="E338" s="49">
+        <v>12</v>
+      </c>
+      <c r="F338" s="49">
+        <v>16</v>
+      </c>
+      <c r="G338" s="91">
+        <v>10</v>
+      </c>
+      <c r="H338" s="91">
+        <v>9</v>
+      </c>
+      <c r="I338" s="49">
+        <v>9</v>
+      </c>
+      <c r="J338" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K338" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B339" s="16"/>
+      <c r="C339" s="16"/>
+      <c r="D339" s="16"/>
+      <c r="E339" s="16">
+        <v>1.4503149212088773</v>
+      </c>
+      <c r="F339" s="16">
+        <v>0.85478346696524243</v>
+      </c>
+      <c r="G339" s="19">
+        <v>2.5072456863611414</v>
+      </c>
+      <c r="H339" s="19">
+        <v>3.2640243442740919</v>
+      </c>
+      <c r="I339" s="16">
+        <v>3.5888283774870064</v>
+      </c>
+      <c r="J339" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K339" s="117" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="99" t="s">
+        <v>110</v>
+      </c>
+      <c r="B340" s="101"/>
+      <c r="C340" s="101"/>
+      <c r="D340" s="101"/>
+      <c r="E340" s="101">
+        <v>217.02699999999999</v>
+      </c>
+      <c r="F340" s="101">
+        <v>124.55800000000001</v>
+      </c>
+      <c r="G340" s="101">
+        <v>938.28899999999999</v>
+      </c>
+      <c r="H340" s="101">
+        <v>1477.1880000000001</v>
+      </c>
+      <c r="I340" s="101">
+        <v>1730.3579999999999</v>
+      </c>
+      <c r="J340" s="101">
+        <v>17.138644505641789</v>
+      </c>
+      <c r="K340" s="101">
+        <v>68.037243808833551</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B341" s="49"/>
+      <c r="C341" s="49"/>
+      <c r="D341" s="49"/>
+      <c r="E341" s="49">
+        <v>12</v>
+      </c>
+      <c r="F341" s="49">
         <v>19</v>
       </c>
-      <c r="H333" s="27">
-[...90 lines deleted...]
-      <c r="A337" s="4" t="s">
+      <c r="G341" s="91">
+        <v>12</v>
+      </c>
+      <c r="H341" s="91">
+        <v>10</v>
+      </c>
+      <c r="I341" s="49">
+        <v>10</v>
+      </c>
+      <c r="J341" s="49" t="s">
         <v>24</v>
       </c>
-      <c r="B337" s="33"/>
-[...167 lines deleted...]
-    <row r="348" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="K341" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B342" s="17"/>
+      <c r="C342" s="17"/>
+      <c r="D342" s="17"/>
+      <c r="E342" s="17">
+        <v>1.778955039021483</v>
+      </c>
+      <c r="F342" s="17">
+        <v>0.66748978867842834</v>
+      </c>
+      <c r="G342" s="18">
+        <v>2.0046390322344734</v>
+      </c>
+      <c r="H342" s="18">
+        <v>2.7426391558588659</v>
+      </c>
+      <c r="I342" s="17">
+        <v>3.0618349064340245</v>
+      </c>
+      <c r="J342" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K342" s="118" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="54" t="s">
+        <v>193</v>
+      </c>
+      <c r="B343" s="46"/>
+      <c r="C343" s="46"/>
+      <c r="D343" s="87"/>
+      <c r="E343" s="46"/>
+      <c r="F343" s="46"/>
+      <c r="G343" s="46"/>
+      <c r="H343" s="46"/>
+      <c r="I343" s="46"/>
+      <c r="J343" s="46"/>
+      <c r="K343" s="46"/>
+    </row>
+    <row r="344" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B344" s="46"/>
+      <c r="C344" s="46"/>
+      <c r="D344" s="46"/>
+      <c r="E344" s="46"/>
+      <c r="F344" s="46"/>
+      <c r="G344" s="46"/>
+      <c r="H344" s="46"/>
+      <c r="I344" s="46"/>
+      <c r="J344" s="46"/>
+      <c r="K344" s="46"/>
+    </row>
+    <row r="345" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B345" s="46"/>
+      <c r="C345" s="46"/>
+      <c r="D345" s="46"/>
+      <c r="E345" s="46"/>
+      <c r="F345" s="46"/>
+      <c r="G345" s="46"/>
+      <c r="H345" s="46"/>
+      <c r="I345" s="46"/>
+      <c r="J345" s="46"/>
+      <c r="K345" s="46"/>
+    </row>
+    <row r="346" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B346" s="46"/>
+      <c r="C346" s="46"/>
+      <c r="D346" s="46"/>
+      <c r="E346" s="46"/>
+      <c r="F346" s="46"/>
+      <c r="G346" s="46"/>
+      <c r="H346" s="46"/>
+      <c r="I346" s="46"/>
+      <c r="J346" s="46"/>
+      <c r="K346" s="46"/>
+    </row>
+    <row r="347" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B347" s="46"/>
+      <c r="C347" s="46"/>
+      <c r="D347" s="46"/>
+      <c r="E347" s="46"/>
+      <c r="F347" s="46"/>
+      <c r="G347" s="46"/>
+      <c r="H347" s="46"/>
+      <c r="I347" s="46"/>
+      <c r="J347" s="46"/>
+      <c r="K347" s="86"/>
+    </row>
+    <row r="348" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>24</v>
-[...305 lines deleted...]
-      <c r="J365" s="13" t="s">
         <v>115</v>
       </c>
-      <c r="K365" s="13" t="s">
-[...216 lines deleted...]
-      <c r="E375" s="13" t="s">
+      <c r="I348" s="46"/>
+      <c r="J348" s="46"/>
+      <c r="K348" s="86"/>
+    </row>
+    <row r="349" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="124"/>
+      <c r="B349" s="124"/>
+      <c r="C349" s="124"/>
+      <c r="D349" s="124"/>
+      <c r="E349" s="124"/>
+      <c r="F349" s="124"/>
+      <c r="G349" s="124"/>
+      <c r="H349" s="124"/>
+      <c r="I349" s="7"/>
+      <c r="J349" s="7"/>
+      <c r="K349" s="7"/>
+    </row>
+    <row r="350" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="123"/>
+      <c r="B350" s="123"/>
+      <c r="C350" s="123"/>
+      <c r="D350" s="123"/>
+      <c r="E350" s="123"/>
+      <c r="F350" s="123"/>
+      <c r="G350" s="123"/>
+      <c r="H350" s="123"/>
+      <c r="I350" s="123"/>
+      <c r="J350" s="123"/>
+      <c r="K350" s="123"/>
+    </row>
+    <row r="351" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I351" s="84"/>
+      <c r="J351" s="84"/>
+      <c r="K351" s="84"/>
+    </row>
+    <row r="352" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="120" t="s">
+        <v>44</v>
+      </c>
+      <c r="B352" s="120">
+        <v>46063</v>
+      </c>
+      <c r="I352" s="84"/>
+      <c r="J352" s="84"/>
+      <c r="K352" s="84"/>
+    </row>
+    <row r="353" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="93" t="s">
         <v>101</v>
       </c>
-      <c r="F375" s="13" t="s">
-[...500 lines deleted...]
-      <c r="A396" s="1" t="s">
+      <c r="I353" s="84"/>
+      <c r="J353" s="84"/>
+      <c r="K353" s="84"/>
+    </row>
+    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="119" t="s">
         <v>102</v>
       </c>
-      <c r="B396" s="78">
-[...720 lines deleted...]
-      <c r="A437" s="92"/>
+      <c r="I354" s="84"/>
+      <c r="J354" s="84"/>
+      <c r="K354" s="84"/>
+    </row>
+    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="92"/>
     </row>
   </sheetData>
-  <mergeCells count="46">
-[...25 lines deleted...]
-    <mergeCell ref="A38:D38"/>
+  <mergeCells count="58">
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
+    <mergeCell ref="F64:K64"/>
+    <mergeCell ref="F77:K77"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="C168:C171"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="D168:D171"/>
+    <mergeCell ref="E168:E171"/>
+    <mergeCell ref="F168:F171"/>
+    <mergeCell ref="D172:D173"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="G49:K49"/>
-    <mergeCell ref="C274:C275"/>
-[...10 lines deleted...]
-    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A333:K333"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="A290:K290"/>
+    <mergeCell ref="A319:K319"/>
+    <mergeCell ref="A271:K271"/>
+    <mergeCell ref="A275:E276"/>
+    <mergeCell ref="A277:E278"/>
+    <mergeCell ref="A251:E252"/>
+    <mergeCell ref="A253:E254"/>
+    <mergeCell ref="A270:K270"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="E188:E191"/>
+    <mergeCell ref="F188:F191"/>
   </mergeCells>
-  <conditionalFormatting sqref="B406:F406 I406:J406 B409:F409 I409:J409">
-    <cfRule type="cellIs" dxfId="54" priority="11" operator="lessThan">
+  <conditionalFormatting sqref="B324:F324 I324:J324 B327:F327 I327:J327">
+    <cfRule type="cellIs" dxfId="50" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B420:F420 I420:J420 B423:F423 I423:J423">
-    <cfRule type="cellIs" dxfId="53" priority="9" operator="lessThan">
+  <conditionalFormatting sqref="B338:F338 I338:J338 B341:F341 I341:J341">
+    <cfRule type="cellIs" dxfId="49" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B376:H376 B377:F377 B378:H379 B380:F381 G381:H381 B382:H382">
-    <cfRule type="cellIs" dxfId="52" priority="36" operator="lessThan">
+  <conditionalFormatting sqref="B294:H294 B295:F295 B296:H297 B298:F299 G299:H299 B300:H300">
+    <cfRule type="cellIs" dxfId="48" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B393:H393 B394:F394 B395:H395">
-    <cfRule type="cellIs" dxfId="51" priority="25" operator="lessThan">
+  <conditionalFormatting sqref="B311:H311 B312:F312 B313:H313">
+    <cfRule type="cellIs" dxfId="47" priority="25" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="50" priority="65" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B284:K286">
+    <cfRule type="cellIs" dxfId="46" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B366:K368">
-    <cfRule type="cellIs" dxfId="49" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B294:K300">
+    <cfRule type="cellIs" dxfId="45" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B376:K382">
-    <cfRule type="cellIs" dxfId="48" priority="28" operator="lessThan">
+  <conditionalFormatting sqref="B296:K296 B299:K299">
+    <cfRule type="cellIs" dxfId="44" priority="38" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B311:K314">
+    <cfRule type="cellIs" dxfId="43" priority="18" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B378:K378 B381:K381">
-    <cfRule type="cellIs" dxfId="47" priority="38" operator="lessThan">
+  <conditionalFormatting sqref="B313:K313">
+    <cfRule type="cellIs" dxfId="42" priority="26" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B393:K396">
-    <cfRule type="cellIs" dxfId="46" priority="18" operator="lessThan">
+  <conditionalFormatting sqref="B325:K325 B328:K328">
+    <cfRule type="cellIs" dxfId="41" priority="12" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B339:K339 B342:K342">
+    <cfRule type="cellIs" dxfId="40" priority="10" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E46:E48">
+    <cfRule type="cellIs" dxfId="39" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B395:K395">
-    <cfRule type="cellIs" dxfId="45" priority="26" operator="lessThan">
+  <conditionalFormatting sqref="E8:K10">
+    <cfRule type="cellIs" dxfId="38" priority="65" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E238:K240">
+    <cfRule type="cellIs" dxfId="37" priority="44" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E262:K264">
+    <cfRule type="cellIs" dxfId="36" priority="42" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G294:H294 G297:H297 I295:J295 I298:J298">
+    <cfRule type="cellIs" dxfId="35" priority="37" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G323:H323">
+    <cfRule type="cellIs" dxfId="34" priority="16" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G326:H326">
+    <cfRule type="cellIs" dxfId="33" priority="14" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G337:H337">
+    <cfRule type="cellIs" dxfId="32" priority="8" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G340:H340">
+    <cfRule type="cellIs" dxfId="31" priority="6" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G22:K22 G24:K24">
+    <cfRule type="cellIs" dxfId="30" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B407:K407 B410:K410">
-    <cfRule type="cellIs" dxfId="44" priority="12" operator="lessThan">
+  <conditionalFormatting sqref="G30:K30 G32:K32">
+    <cfRule type="cellIs" dxfId="29" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B421:K421 B424:K424">
-    <cfRule type="cellIs" dxfId="43" priority="10" operator="lessThan">
+  <conditionalFormatting sqref="G37:K40">
+    <cfRule type="cellIs" dxfId="28" priority="66" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G47:K47">
+    <cfRule type="cellIs" dxfId="27" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D250:K255 D270:K275">
-    <cfRule type="cellIs" dxfId="42" priority="64" operator="lessThan">
+  <conditionalFormatting sqref="G168:K173 G188:K193">
+    <cfRule type="cellIs" dxfId="26" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="41" priority="63" operator="lessThan">
+  <conditionalFormatting sqref="G252:K252 G254:K254">
+    <cfRule type="cellIs" dxfId="25" priority="43" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G276:K276 G278:K278">
+    <cfRule type="cellIs" dxfId="24" priority="41" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I295:J296">
+    <cfRule type="cellIs" dxfId="23" priority="35" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E22:K22 E24:K24">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="39" priority="44" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I298:J300">
+    <cfRule type="cellIs" dxfId="22" priority="31" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E344:K346">
-    <cfRule type="cellIs" dxfId="38" priority="42" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I312:J312 G311:H311">
+    <cfRule type="cellIs" dxfId="21" priority="23" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="37" priority="66" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I312:J313">
+    <cfRule type="cellIs" dxfId="20" priority="22" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G376:H376 G379:H379 I377:J377 I380:J380">
-    <cfRule type="cellIs" dxfId="36" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I293:K293">
+    <cfRule type="cellIs" dxfId="19" priority="27" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G405:H405">
-[...65 lines deleted...]
-    <cfRule type="cellIs" dxfId="22" priority="17" operator="lessThan">
+  <conditionalFormatting sqref="I310:K310">
+    <cfRule type="cellIs" dxfId="18" priority="17" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="21" priority="61" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="17" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="20" priority="51" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="16" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="19" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="15" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="18" priority="49" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="14" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J183:K192">
-[...19 lines deleted...]
-  <conditionalFormatting sqref="J290:K294">
+  <conditionalFormatting sqref="J208:K212">
     <cfRule type="cellIs" dxfId="13" priority="62" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J305:K309">
+  <conditionalFormatting sqref="J223:K227">
     <cfRule type="cellIs" dxfId="12" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K376">
-    <cfRule type="cellIs" dxfId="11" priority="34" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K294">
+    <cfRule type="cellIs" dxfId="11" priority="32" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="32" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="34" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K378:K379">
+  <conditionalFormatting sqref="K296:K297">
     <cfRule type="cellIs" dxfId="9" priority="30" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K379">
+  <conditionalFormatting sqref="K297">
     <cfRule type="cellIs" dxfId="8" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K381:K382">
+  <conditionalFormatting sqref="K299:K300">
     <cfRule type="cellIs" dxfId="7" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K393">
+  <conditionalFormatting sqref="K311">
     <cfRule type="cellIs" dxfId="6" priority="21" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="5" priority="20" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K395">
+  <conditionalFormatting sqref="K313">
     <cfRule type="cellIs" dxfId="4" priority="19" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K405:K406">
+  <conditionalFormatting sqref="K323:K324">
     <cfRule type="cellIs" dxfId="3" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K408:K409">
+  <conditionalFormatting sqref="K326:K327">
     <cfRule type="cellIs" dxfId="2" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K419:K420">
+  <conditionalFormatting sqref="K337:K338">
     <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K422:K423">
+  <conditionalFormatting sqref="K340:K341">
     <cfRule type="cellIs" dxfId="0" priority="5" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A436" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{61DB4B54-C234-49DA-85F2-81C9B4C71A7A}"/>
+    <hyperlink ref="A354" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="4" manualBreakCount="4">
+  <rowBreaks count="3" manualBreakCount="3">
     <brk id="103" max="16383" man="1"/>
-    <brk id="153" max="16383" man="1"/>
-[...1 lines deleted...]
-    <brk id="285" max="16383" man="1"/>
+    <brk id="147" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>