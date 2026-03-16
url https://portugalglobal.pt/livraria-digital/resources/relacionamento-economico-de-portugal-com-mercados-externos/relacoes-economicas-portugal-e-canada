--- v1 (2026-02-14)
+++ v2 (2026-03-16)
@@ -13,51 +13,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Canadá\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{658AA983-48E2-4FC0-A044-985C7ADF7641}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5FAE1F8-3BDE-419B-BE4F-369C1290411B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Canadá" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Canadá!$A$1:$K$354</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Canadá!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="439" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="421" uniqueCount="187">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
@@ -390,53 +390,50 @@
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Notas: vh M€ - variação homóloga em valor; média anual M€ - valor médio anual de ID</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
-  </si>
-[...1 lines deleted...]
-    <t>2020 dez</t>
   </si>
   <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>Coeficiente de Cobertura %</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Final / Imediato %</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
@@ -523,71 +520,62 @@
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>Posição entre 27 países</t>
-[...13 lines deleted...]
-  <si>
     <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
     <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
+    <t>2025 dez</t>
+  </si>
+  <si>
+    <t>Posição entre 15 países</t>
+  </si>
+  <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O CANADÁ</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Canadá</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>tvma % 25/21</t>
   </si>
   <si>
     <t>Posição e Quota do Canadá no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Canadá como cliente de Portugal</t>
   </si>
   <si>
     <t>Canadá como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Canadá</t>
   </si>
   <si>
     <t>Portugal como cliente do Canadá</t>
@@ -712,81 +700,72 @@
   <si>
     <t>3902 Polímeros de propileno ou de outras olefinas, em formas primárias</t>
   </si>
   <si>
     <t>0305 Peixes secos, salgados ou em salmoura; peixes fumados, mesmo cozidos antes ou durante a defumação</t>
   </si>
   <si>
     <t>2829 Cloratos e percloratos; bromatos e perbromatos; iodatos e periodatos (exceto compostos...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para o Canadá por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados do Canadá por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para o Canadá por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens do Canadá por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com o Canadá</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>Posição e Quota do Canadá no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com o Canadá</t>
   </si>
   <si>
     <t>Quota do Canadá no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
-    <t>vh M€ 24/23</t>
-[...2 lines deleted...]
-    <t>média anual M€ 24/20</t>
+    <t>média anual M€ 25/21</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Canadá - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Canadá - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto do Canadá em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
-    <t>tvma % 24/21</t>
+    <t>tvma % 25/22</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com o Canadá</t>
   </si>
   <si>
     <t>Indicadores de Turismo do Canadá em Portugal</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de Euros (posições em fim de período)</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística; Unidade: Milhares de unidades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
@@ -1079,51 +1058,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="146">
+  <cellXfs count="145">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1408,225 +1387,162 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="51">
-[...59 lines deleted...]
-    </dxf>
+  <dxfs count="38">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1689,110 +1605,105 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...29 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
@@ -2258,113 +2169,113 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A2:K355"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A350" sqref="A350"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
     <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="94" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
     <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
     <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>0</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
       <c r="E7" s="12">
         <v>2021</v>
       </c>
       <c r="F7" s="12">
         <v>2022</v>
       </c>
       <c r="G7" s="12">
         <v>2023</v>
       </c>
       <c r="H7" s="12">
         <v>2024</v>
       </c>
       <c r="I7" s="12">
         <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="15"/>
       <c r="C8" s="15"/>
       <c r="D8" s="15"/>
       <c r="E8" s="16">
         <v>351.58293199999997</v>
       </c>
       <c r="F8" s="16">
         <v>431.41871999999995</v>
       </c>
       <c r="G8" s="16">
         <v>387.61458799999997</v>
       </c>
       <c r="H8" s="16">
         <v>395.30710999999997</v>
       </c>
       <c r="I8" s="16">
         <v>434.78188400000005</v>
       </c>
       <c r="J8" s="16">
@@ -2459,618 +2370,624 @@
       </c>
       <c r="K11" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
       <c r="I12" s="8"/>
       <c r="J12" s="8"/>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="8"/>
       <c r="J13" s="8"/>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
+      <c r="I14" s="8"/>
+      <c r="J14" s="8"/>
+      <c r="K14" s="9"/>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>51</v>
       </c>
+      <c r="I15" s="8"/>
+      <c r="J15" s="8"/>
+      <c r="K15" s="9"/>
     </row>
     <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
     <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="12">
         <v>2021</v>
       </c>
       <c r="H20" s="12">
         <v>2022</v>
       </c>
       <c r="I20" s="12">
         <v>2023</v>
       </c>
       <c r="J20" s="12">
         <v>2024</v>
       </c>
       <c r="K20" s="12">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="130" t="s">
-[...5 lines deleted...]
-      <c r="C21" s="130">
+      <c r="A21" s="133" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" s="133">
+        <v>0</v>
+      </c>
+      <c r="C21" s="133">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="27">
         <v>26</v>
       </c>
       <c r="H21" s="27">
         <v>26</v>
       </c>
       <c r="I21" s="27">
         <v>26</v>
       </c>
       <c r="J21" s="27">
         <v>27</v>
       </c>
       <c r="K21" s="27">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="130">
-[...5 lines deleted...]
-      <c r="C22" s="130">
+      <c r="A22" s="133">
+        <v>0</v>
+      </c>
+      <c r="B22" s="133">
+        <v>0</v>
+      </c>
+      <c r="C22" s="133">
         <v>0</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="28">
         <v>0.55264237957165763</v>
       </c>
       <c r="H22" s="28">
         <v>0.550259760008045</v>
       </c>
       <c r="I22" s="28">
         <v>0.50118150908731185</v>
       </c>
       <c r="J22" s="28">
         <v>0.5010542689334998</v>
       </c>
       <c r="K22" s="28">
         <v>0.54819159849774346</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="131" t="s">
-[...5 lines deleted...]
-      <c r="C23" s="131">
+      <c r="A23" s="130" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" s="130">
+        <v>0</v>
+      </c>
+      <c r="C23" s="130">
         <v>0</v>
       </c>
       <c r="D23" s="29" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="29"/>
       <c r="F23" s="29"/>
       <c r="G23" s="30">
         <v>37</v>
       </c>
       <c r="H23" s="30">
         <v>31</v>
       </c>
       <c r="I23" s="30">
         <v>36</v>
       </c>
       <c r="J23" s="30">
         <v>36</v>
       </c>
       <c r="K23" s="30">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="132">
-[...5 lines deleted...]
-      <c r="C24" s="132">
+      <c r="A24" s="134">
+        <v>0</v>
+      </c>
+      <c r="B24" s="134">
+        <v>0</v>
+      </c>
+      <c r="C24" s="134">
         <v>0</v>
       </c>
       <c r="D24" s="31" t="s">
         <v>30</v>
       </c>
       <c r="E24" s="31"/>
       <c r="F24" s="31"/>
       <c r="G24" s="32">
         <v>0.21670770816501092</v>
       </c>
       <c r="H24" s="32">
         <v>0.43643569978153612</v>
       </c>
       <c r="I24" s="32">
         <v>0.28344738888726678</v>
       </c>
       <c r="J24" s="32">
         <v>0.2703442871866597</v>
       </c>
       <c r="K24" s="32">
         <v>0.31779777396083186</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="13">
         <v>2023</v>
       </c>
       <c r="K28" s="13">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="130" t="s">
-[...11 lines deleted...]
-      <c r="E29" s="142" t="s">
+      <c r="A29" s="133" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" s="133">
+        <v>0</v>
+      </c>
+      <c r="C29" s="133">
+        <v>0</v>
+      </c>
+      <c r="D29" s="133">
+        <v>0</v>
+      </c>
+      <c r="E29" s="140" t="s">
         <v>21</v>
       </c>
-      <c r="F29" s="142">
+      <c r="F29" s="140">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>59</v>
       </c>
       <c r="H29" s="27">
         <v>55</v>
       </c>
       <c r="I29" s="27">
         <v>45</v>
       </c>
       <c r="J29" s="27">
         <v>52</v>
       </c>
       <c r="K29" s="27">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="130">
-[...14 lines deleted...]
-      <c r="F30" s="142">
+      <c r="A30" s="133">
+        <v>0</v>
+      </c>
+      <c r="B30" s="133">
+        <v>0</v>
+      </c>
+      <c r="C30" s="133">
+        <v>0</v>
+      </c>
+      <c r="D30" s="133">
+        <v>0</v>
+      </c>
+      <c r="E30" s="140" t="s">
+        <v>127</v>
+      </c>
+      <c r="F30" s="140">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>3.7385774465717871E-2</v>
       </c>
       <c r="H30" s="28">
         <v>4.6103537077175086E-2</v>
       </c>
       <c r="I30" s="28">
         <v>6.3115237915947975E-2</v>
       </c>
       <c r="J30" s="28">
         <v>4.9924605626130332E-2</v>
       </c>
       <c r="K30" s="28">
         <v>6.9209857988994844E-2</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="131" t="s">
-[...11 lines deleted...]
-      <c r="E31" s="144" t="s">
+      <c r="A31" s="130" t="s">
+        <v>128</v>
+      </c>
+      <c r="B31" s="130">
+        <v>0</v>
+      </c>
+      <c r="C31" s="130">
+        <v>0</v>
+      </c>
+      <c r="D31" s="130">
+        <v>0</v>
+      </c>
+      <c r="E31" s="137" t="s">
         <v>21</v>
       </c>
-      <c r="F31" s="144">
+      <c r="F31" s="137">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>52</v>
       </c>
       <c r="H31" s="30">
         <v>50</v>
       </c>
       <c r="I31" s="30">
         <v>34</v>
       </c>
       <c r="J31" s="30">
         <v>23</v>
       </c>
       <c r="K31" s="30">
         <v>35</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="132">
-[...14 lines deleted...]
-      <c r="F32" s="143">
+      <c r="A32" s="134">
+        <v>0</v>
+      </c>
+      <c r="B32" s="134">
+        <v>0</v>
+      </c>
+      <c r="C32" s="134">
+        <v>0</v>
+      </c>
+      <c r="D32" s="134">
+        <v>0</v>
+      </c>
+      <c r="E32" s="138" t="s">
+        <v>129</v>
+      </c>
+      <c r="F32" s="138">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.10976996492264166</v>
       </c>
       <c r="H32" s="32">
         <v>0.12158231340549208</v>
       </c>
       <c r="I32" s="32">
         <v>0.30460736493164553</v>
       </c>
       <c r="J32" s="32">
         <v>0.45545933777644393</v>
       </c>
       <c r="K32" s="32">
         <v>0.28523449616957647</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="39"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13">
         <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="130" t="s">
-[...8 lines deleted...]
-      <c r="D37" s="130">
+      <c r="A37" s="133" t="s">
+        <v>132</v>
+      </c>
+      <c r="B37" s="133">
+        <v>0</v>
+      </c>
+      <c r="C37" s="133">
+        <v>0</v>
+      </c>
+      <c r="D37" s="133">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F37" s="26"/>
       <c r="G37" s="40">
         <v>7.2409012311484819E-2</v>
       </c>
       <c r="H37" s="40">
         <v>0.12549141565068464</v>
       </c>
       <c r="I37" s="40">
         <v>-5.5870665885061066E-2</v>
       </c>
       <c r="J37" s="40">
         <v>9.9463485224847749E-3</v>
       </c>
       <c r="K37" s="40">
         <v>5.0034526391101695E-2</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="137" t="s">
+      <c r="A38" s="139" t="s">
         <v>31</v>
       </c>
-      <c r="B38" s="137">
-[...5 lines deleted...]
-      <c r="D38" s="137">
+      <c r="B38" s="139">
+        <v>0</v>
+      </c>
+      <c r="C38" s="139">
+        <v>0</v>
+      </c>
+      <c r="D38" s="139">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="41"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
         <v>0.5285007714086577</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="131" t="s">
-[...8 lines deleted...]
-      <c r="D39" s="131">
+      <c r="A39" s="130" t="s">
+        <v>133</v>
+      </c>
+      <c r="B39" s="130">
+        <v>0</v>
+      </c>
+      <c r="C39" s="130">
+        <v>0</v>
+      </c>
+      <c r="D39" s="130">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
       <c r="F39" s="43"/>
       <c r="G39" s="44">
         <v>6.8850926621197531E-2</v>
       </c>
       <c r="H39" s="44">
         <v>0.3583859910092988</v>
       </c>
       <c r="I39" s="44">
         <v>-0.16440560336035376</v>
       </c>
       <c r="J39" s="44">
         <v>-7.7165988944566805E-3</v>
       </c>
       <c r="K39" s="44">
         <v>5.9806162615127029E-2</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="138" t="s">
+      <c r="A40" s="131" t="s">
         <v>32</v>
       </c>
-      <c r="B40" s="138">
-[...5 lines deleted...]
-      <c r="D40" s="138">
+      <c r="B40" s="131">
+        <v>0</v>
+      </c>
+      <c r="C40" s="131">
+        <v>0</v>
+      </c>
+      <c r="D40" s="131">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="45"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
         <v>3.886961096989102</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
@@ -3116,316 +3033,316 @@
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="139" t="s">
-[...5 lines deleted...]
-      <c r="C46" s="139">
+      <c r="A46" s="132" t="s">
+        <v>134</v>
+      </c>
+      <c r="B46" s="132">
+        <v>0</v>
+      </c>
+      <c r="C46" s="132">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
         <v>27</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>1765</v>
       </c>
       <c r="H46" s="48">
         <v>1849</v>
       </c>
       <c r="I46" s="48">
         <v>1946</v>
       </c>
       <c r="J46" s="48">
         <v>1924</v>
       </c>
       <c r="K46" s="48">
         <v>2008</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="130">
-[...5 lines deleted...]
-      <c r="C47" s="130">
+      <c r="A47" s="133">
+        <v>0</v>
+      </c>
+      <c r="B47" s="133">
+        <v>0</v>
+      </c>
+      <c r="C47" s="133">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>8.5232760285879845</v>
       </c>
       <c r="H47" s="51">
         <v>8.2097504662108154</v>
       </c>
       <c r="I47" s="51">
         <v>8.4829991281604187</v>
       </c>
       <c r="J47" s="51">
         <v>8.5215696695898657</v>
       </c>
       <c r="K47" s="51">
         <v>9.4846724292664497</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="132">
-[...5 lines deleted...]
-      <c r="C48" s="132">
+      <c r="A48" s="134">
+        <v>0</v>
+      </c>
+      <c r="B48" s="134">
+        <v>0</v>
+      </c>
+      <c r="C48" s="134">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>12</v>
       </c>
       <c r="H48" s="52">
         <v>13</v>
       </c>
       <c r="I48" s="52">
         <v>13</v>
       </c>
       <c r="J48" s="52">
         <v>13</v>
       </c>
       <c r="K48" s="52">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="141"/>
-[...3 lines deleted...]
-      <c r="K49" s="141"/>
+      <c r="G49" s="136"/>
+      <c r="H49" s="136"/>
+      <c r="I49" s="136"/>
+      <c r="J49" s="136"/>
+      <c r="K49" s="136"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="126" t="s">
+      <c r="A50" s="135" t="s">
         <v>38</v>
       </c>
-      <c r="B50" s="126">
-[...26 lines deleted...]
-      <c r="K50" s="126">
+      <c r="B50" s="135">
+        <v>0</v>
+      </c>
+      <c r="C50" s="135">
+        <v>0</v>
+      </c>
+      <c r="D50" s="135">
+        <v>0</v>
+      </c>
+      <c r="E50" s="135">
+        <v>0</v>
+      </c>
+      <c r="F50" s="135">
+        <v>0</v>
+      </c>
+      <c r="G50" s="135">
+        <v>0</v>
+      </c>
+      <c r="H50" s="135">
+        <v>0</v>
+      </c>
+      <c r="I50" s="135">
+        <v>0</v>
+      </c>
+      <c r="J50" s="135">
+        <v>0</v>
+      </c>
+      <c r="K50" s="135">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C51" s="53"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="126" t="s">
-[...11 lines deleted...]
-      <c r="K52" s="126"/>
+      <c r="A52" s="135" t="s">
+        <v>135</v>
+      </c>
+      <c r="B52" s="135"/>
+      <c r="C52" s="135"/>
+      <c r="D52" s="135"/>
+      <c r="E52" s="135"/>
+      <c r="F52" s="135"/>
+      <c r="G52" s="135"/>
+      <c r="H52" s="135"/>
+      <c r="I52" s="135"/>
+      <c r="J52" s="135"/>
+      <c r="K52" s="135"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="133" t="s">
+      <c r="H56" s="129" t="s">
         <v>48</v>
       </c>
-      <c r="I56" s="133">
-[...2 lines deleted...]
-      <c r="J56" s="133" t="s">
+      <c r="I56" s="129">
+        <v>0</v>
+      </c>
+      <c r="J56" s="129" t="s">
         <v>45</v>
       </c>
-      <c r="K56" s="133">
+      <c r="K56" s="129">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>2008</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>395.30710999999997</v>
       </c>
       <c r="K58" s="60">
@@ -3530,147 +3447,147 @@
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>24</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>24</v>
       </c>
       <c r="J63" s="66">
         <v>16.034491999999887</v>
       </c>
       <c r="K63" s="66">
         <v>4.0562113846117995</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="140" t="s">
-[...6 lines deleted...]
-      <c r="K64" s="140"/>
+      <c r="F64" s="128" t="s">
+        <v>135</v>
+      </c>
+      <c r="G64" s="128"/>
+      <c r="H64" s="128"/>
+      <c r="I64" s="128"/>
+      <c r="J64" s="128"/>
+      <c r="K64" s="128"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="133" t="s">
+      <c r="H68" s="129" t="s">
         <v>48</v>
       </c>
-      <c r="I68" s="133">
-[...2 lines deleted...]
-      <c r="J68" s="133" t="s">
+      <c r="I68" s="129">
+        <v>0</v>
+      </c>
+      <c r="J68" s="129" t="s">
         <v>45</v>
       </c>
-      <c r="K68" s="133">
+      <c r="K68" s="129">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
         <v>49</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>47</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>2008</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>395.30710999999997</v>
       </c>
       <c r="K70" s="67">
@@ -3798,115 +3715,115 @@
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>24</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>24</v>
       </c>
       <c r="J76" s="78">
         <v>16.034491999999943</v>
       </c>
       <c r="K76" s="78">
         <v>4.0562113846118137</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="140" t="s">
-[...6 lines deleted...]
-      <c r="K77" s="140"/>
+      <c r="F77" s="128" t="s">
+        <v>135</v>
+      </c>
+      <c r="G77" s="128"/>
+      <c r="H77" s="128"/>
+      <c r="I77" s="128"/>
+      <c r="J77" s="128"/>
+      <c r="K77" s="128"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
     <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
         <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F81" s="13">
         <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="H81" s="13">
         <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>63.789508999999995</v>
       </c>
       <c r="E82" s="16">
         <v>18.143516989613136</v>
       </c>
       <c r="F82" s="16">
         <v>67.871460999999996</v>
       </c>
       <c r="G82" s="16">
         <v>17.169299332865528</v>
       </c>
       <c r="H82" s="16">
         <v>66.247492000000008</v>
       </c>
       <c r="I82" s="16">
         <v>15.236948556945856</v>
@@ -4355,51 +4272,51 @@
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0</v>
       </c>
       <c r="E97" s="16">
         <v>0</v>
       </c>
       <c r="F97" s="16">
         <v>1.3189999999999999E-3</v>
       </c>
       <c r="G97" s="16">
         <v>3.3366462849605713E-4</v>
       </c>
       <c r="H97" s="16">
         <v>3.2982999999999998E-2</v>
       </c>
       <c r="I97" s="16">
         <v>7.5861026445158877E-3</v>
       </c>
       <c r="J97" s="16" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="K97" s="16">
         <v>3.1663999999999998E-2</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>16.077736000000005</v>
       </c>
       <c r="E98" s="16">
         <v>4.5729569147571727</v>
       </c>
       <c r="F98" s="16">
         <v>20.298604000000001</v>
       </c>
       <c r="G98" s="16">
         <v>5.1348947404462324</v>
       </c>
       <c r="H98" s="16">
         <v>20.762507999999993</v>
@@ -4479,96 +4396,96 @@
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
     <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
     <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
         <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F107" s="13">
         <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="H107" s="13">
         <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>115.294656</v>
       </c>
       <c r="E108" s="16">
         <v>63.987471238504604</v>
       </c>
       <c r="F108" s="16">
         <v>124.38034700000001</v>
       </c>
       <c r="G108" s="16">
         <v>42.900642004005576</v>
       </c>
       <c r="H108" s="16">
         <v>251.92060700000005</v>
       </c>
       <c r="I108" s="16">
         <v>71.151002692920017</v>
@@ -4645,51 +4562,51 @@
     <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>4.8816999999999999E-2</v>
       </c>
       <c r="E111" s="16">
         <v>2.7092984981455508E-2</v>
       </c>
       <c r="F111" s="16">
         <v>1.2900999999999999E-2</v>
       </c>
       <c r="G111" s="16">
         <v>4.4497478568191794E-3</v>
       </c>
       <c r="H111" s="16">
         <v>13.358314999999999</v>
       </c>
       <c r="I111" s="16">
         <v>3.7728454129116704</v>
       </c>
       <c r="J111" s="16" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="K111" s="16">
         <v>13.345414</v>
       </c>
     </row>
     <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>12.058348999999998</v>
       </c>
       <c r="E112" s="16">
         <v>6.6922725353493462</v>
       </c>
       <c r="F112" s="16">
         <v>9.1274589999999964</v>
       </c>
       <c r="G112" s="16">
         <v>3.1481971260720032</v>
       </c>
       <c r="H112" s="16">
         <v>12.464613000000003</v>
@@ -5123,1085 +5040,1085 @@
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
     <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
         <v>40</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="46"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="46"/>
     </row>
     <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B131" s="37"/>
       <c r="C131" s="37"/>
       <c r="D131" s="37"/>
       <c r="E131" s="37"/>
       <c r="F131" s="37"/>
       <c r="G131" s="37"/>
       <c r="H131" s="37"/>
       <c r="I131" s="37"/>
       <c r="J131" s="37"/>
       <c r="K131" s="37"/>
     </row>
     <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="23"/>
       <c r="B132" s="23"/>
       <c r="C132" s="23"/>
       <c r="D132" s="23"/>
       <c r="E132" s="23"/>
       <c r="F132" s="23"/>
       <c r="G132" s="13">
         <v>2024</v>
       </c>
       <c r="H132" s="13">
         <v>2025</v>
       </c>
       <c r="I132" s="13" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="J132" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K132" s="13" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="5"/>
       <c r="D133" s="37"/>
       <c r="E133" s="5"/>
       <c r="F133" s="5"/>
       <c r="G133" s="16">
         <v>51.195946999999997</v>
       </c>
       <c r="H133" s="16">
         <v>50.032843999999997</v>
       </c>
       <c r="I133" s="16">
         <v>11.507573300823177</v>
       </c>
       <c r="J133" s="16">
         <v>-2.2718653880941</v>
       </c>
       <c r="K133" s="16">
         <v>-1.1631029999999996</v>
       </c>
     </row>
     <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="3" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="5"/>
       <c r="D134" s="37"/>
       <c r="E134" s="5"/>
       <c r="F134" s="5"/>
       <c r="G134" s="16">
         <v>4.3569700000000005</v>
       </c>
       <c r="H134" s="16">
         <v>35.898339999999997</v>
       </c>
       <c r="I134" s="16">
         <v>8.2566319621541524</v>
       </c>
       <c r="J134" s="16">
         <v>723.92901488878726</v>
       </c>
       <c r="K134" s="16">
         <v>31.541369999999997</v>
       </c>
     </row>
     <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="3" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="5"/>
       <c r="D135" s="37"/>
       <c r="E135" s="5"/>
       <c r="F135" s="5"/>
       <c r="G135" s="16">
         <v>26.623795999999999</v>
       </c>
       <c r="H135" s="16">
         <v>28.997212000000001</v>
       </c>
       <c r="I135" s="16">
         <v>6.6693698765057094</v>
       </c>
       <c r="J135" s="16">
         <v>8.9146416236061992</v>
       </c>
       <c r="K135" s="16">
         <v>2.3734160000000024</v>
       </c>
     </row>
     <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="3" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="5"/>
       <c r="D136" s="37"/>
       <c r="E136" s="5"/>
       <c r="F136" s="5"/>
       <c r="G136" s="16">
         <v>17.105024</v>
       </c>
       <c r="H136" s="16">
         <v>18.923488000000003</v>
       </c>
       <c r="I136" s="16">
         <v>4.3524094945961451</v>
       </c>
       <c r="J136" s="16">
         <v>10.631168947789856</v>
       </c>
       <c r="K136" s="16">
         <v>1.8184640000000023</v>
       </c>
     </row>
     <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="3" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="5"/>
       <c r="D137" s="37"/>
       <c r="E137" s="5"/>
       <c r="F137" s="5"/>
       <c r="G137" s="16">
         <v>19.752787999999999</v>
       </c>
       <c r="H137" s="16">
         <v>16.720271</v>
       </c>
       <c r="I137" s="16">
         <v>3.8456687399606553</v>
       </c>
       <c r="J137" s="16">
         <v>-15.352349248116258</v>
       </c>
       <c r="K137" s="16">
         <v>-3.0325169999999986</v>
       </c>
     </row>
     <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="3" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="5"/>
       <c r="D138" s="37"/>
       <c r="E138" s="5"/>
       <c r="F138" s="5"/>
       <c r="G138" s="16">
         <v>2.6154099999999998</v>
       </c>
       <c r="H138" s="16">
         <v>15.820461</v>
       </c>
       <c r="I138" s="16">
         <v>3.63871209500532</v>
       </c>
       <c r="J138" s="16">
         <v>504.89410838071285</v>
       </c>
       <c r="K138" s="16">
         <v>13.205051000000001</v>
       </c>
     </row>
     <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="3" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="5"/>
       <c r="D139" s="37"/>
       <c r="E139" s="5"/>
       <c r="F139" s="5"/>
       <c r="G139" s="16">
         <v>14.066675</v>
       </c>
       <c r="H139" s="16">
         <v>15.557377000000001</v>
       </c>
       <c r="I139" s="16">
         <v>3.5782026741482169</v>
       </c>
       <c r="J139" s="16">
         <v>10.597401304857051</v>
       </c>
       <c r="K139" s="16">
         <v>1.4907020000000006</v>
       </c>
     </row>
     <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="3" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="5"/>
       <c r="D140" s="37"/>
       <c r="E140" s="5"/>
       <c r="F140" s="5"/>
       <c r="G140" s="16">
         <v>13.176959999999999</v>
       </c>
       <c r="H140" s="16">
         <v>14.371238999999999</v>
       </c>
       <c r="I140" s="16">
         <v>3.3053904794248501</v>
       </c>
       <c r="J140" s="16">
         <v>9.0633879134489277</v>
       </c>
       <c r="K140" s="16">
         <v>1.1942789999999999</v>
       </c>
     </row>
     <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="3" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="5"/>
       <c r="D141" s="37"/>
       <c r="E141" s="5"/>
       <c r="F141" s="5"/>
       <c r="G141" s="16">
         <v>8.8804569999999998</v>
       </c>
       <c r="H141" s="16">
         <v>9.1227980000000013</v>
       </c>
       <c r="I141" s="16">
         <v>2.0982470373581621</v>
       </c>
       <c r="J141" s="16">
         <v>2.7289248740239547</v>
       </c>
       <c r="K141" s="16">
         <v>0.24234100000000147</v>
       </c>
     </row>
     <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="3" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="5"/>
       <c r="D142" s="37"/>
       <c r="E142" s="5"/>
       <c r="F142" s="5"/>
       <c r="G142" s="16">
         <v>4.0465330000000002</v>
       </c>
       <c r="H142" s="16">
         <v>8.6985349999999997</v>
       </c>
       <c r="I142" s="16">
         <v>2.0006663847107298</v>
       </c>
       <c r="J142" s="16">
         <v>114.96266062824643</v>
       </c>
       <c r="K142" s="16">
         <v>4.6520019999999995</v>
       </c>
     </row>
     <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="97" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B143" s="95"/>
       <c r="C143" s="95"/>
       <c r="D143" s="98"/>
       <c r="E143" s="98"/>
       <c r="F143" s="98"/>
       <c r="G143" s="17">
         <v>161.82056</v>
       </c>
       <c r="H143" s="17">
         <v>214.14256499999999</v>
       </c>
       <c r="I143" s="17">
         <v>49.252872044687116</v>
       </c>
       <c r="J143" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K143" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="46"/>
     </row>
     <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="46"/>
     </row>
     <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="46"/>
     </row>
     <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B149" s="37"/>
       <c r="C149" s="37"/>
       <c r="D149" s="37"/>
       <c r="E149" s="37"/>
       <c r="F149" s="37"/>
       <c r="G149" s="37"/>
       <c r="H149" s="37"/>
       <c r="I149" s="37"/>
       <c r="J149" s="37"/>
       <c r="K149" s="37"/>
     </row>
     <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="23"/>
       <c r="B150" s="23"/>
       <c r="C150" s="23"/>
       <c r="D150" s="23"/>
       <c r="E150" s="23"/>
       <c r="F150" s="23"/>
       <c r="G150" s="13">
         <v>2024</v>
       </c>
       <c r="H150" s="13">
         <v>2025</v>
       </c>
       <c r="I150" s="13" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="J150" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K150" s="13" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="3" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B151" s="5"/>
       <c r="C151" s="5"/>
       <c r="D151" s="37"/>
       <c r="E151" s="5"/>
       <c r="F151" s="5"/>
       <c r="G151" s="16">
         <v>24.207886999999999</v>
       </c>
       <c r="H151" s="16">
         <v>79.975403</v>
       </c>
       <c r="I151" s="16">
         <v>22.587791375956641</v>
       </c>
       <c r="J151" s="16">
         <v>230.36920157467691</v>
       </c>
       <c r="K151" s="16">
         <v>55.767516000000001</v>
       </c>
     </row>
     <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="3" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B152" s="5"/>
       <c r="C152" s="5"/>
       <c r="D152" s="37"/>
       <c r="E152" s="5"/>
       <c r="F152" s="5"/>
       <c r="G152" s="16">
         <v>23.543598999999997</v>
       </c>
       <c r="H152" s="16">
         <v>67.637726999999998</v>
       </c>
       <c r="I152" s="16">
         <v>19.103209353254648</v>
       </c>
       <c r="J152" s="16">
         <v>187.28711782765245</v>
       </c>
       <c r="K152" s="16">
         <v>44.094127999999998</v>
       </c>
     </row>
     <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="3" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B153" s="5"/>
       <c r="C153" s="5"/>
       <c r="D153" s="37"/>
       <c r="E153" s="5"/>
       <c r="F153" s="5"/>
       <c r="G153" s="16">
         <v>24.216008000000002</v>
       </c>
       <c r="H153" s="16">
         <v>39.354002000000001</v>
       </c>
       <c r="I153" s="16">
         <v>11.11491725755956</v>
       </c>
       <c r="J153" s="16">
         <v>62.512343074878395</v>
       </c>
       <c r="K153" s="16">
         <v>15.137993999999999</v>
       </c>
     </row>
     <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="3" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B154" s="5"/>
       <c r="C154" s="5"/>
       <c r="D154" s="37"/>
       <c r="E154" s="5"/>
       <c r="F154" s="5"/>
       <c r="G154" s="16">
         <v>7.5955590000000006</v>
       </c>
       <c r="H154" s="16">
         <v>26.634258999999997</v>
       </c>
       <c r="I154" s="16">
         <v>7.5224264358529771</v>
       </c>
       <c r="J154" s="16">
         <v>250.65567919359185</v>
       </c>
       <c r="K154" s="16">
         <v>19.038699999999995</v>
       </c>
     </row>
     <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="3" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B155" s="5"/>
       <c r="C155" s="5"/>
       <c r="D155" s="37"/>
       <c r="E155" s="5"/>
       <c r="F155" s="5"/>
       <c r="G155" s="16">
         <v>12.398662</v>
       </c>
       <c r="H155" s="16">
         <v>22.55668</v>
       </c>
       <c r="I155" s="16">
         <v>6.370778550177655</v>
       </c>
       <c r="J155" s="16">
         <v>81.928340332206815</v>
       </c>
       <c r="K155" s="16">
         <v>10.158018</v>
       </c>
     </row>
     <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="3" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B156" s="5"/>
       <c r="C156" s="5"/>
       <c r="D156" s="37"/>
       <c r="E156" s="5"/>
       <c r="F156" s="5"/>
       <c r="G156" s="16">
         <v>6.3131659999999998</v>
       </c>
       <c r="H156" s="16">
         <v>17.953503000000001</v>
       </c>
       <c r="I156" s="16">
         <v>5.0706837980123929</v>
       </c>
       <c r="J156" s="16">
         <v>184.38192501195124</v>
       </c>
       <c r="K156" s="16">
         <v>11.640337000000002</v>
       </c>
     </row>
     <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="3" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B157" s="5"/>
       <c r="C157" s="5"/>
       <c r="D157" s="37"/>
       <c r="E157" s="5"/>
       <c r="F157" s="5"/>
       <c r="G157" s="16">
         <v>4.5750000000000001E-3</v>
       </c>
       <c r="H157" s="16">
         <v>13.307866000000001</v>
       </c>
       <c r="I157" s="16">
         <v>3.758596888435644</v>
       </c>
       <c r="J157" s="16" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="K157" s="16">
         <v>13.303291</v>
       </c>
     </row>
     <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="3" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="5"/>
       <c r="D158" s="37"/>
       <c r="E158" s="5"/>
       <c r="F158" s="5"/>
       <c r="G158" s="16">
         <v>6.6130150000000008</v>
       </c>
       <c r="H158" s="16">
         <v>8.668609</v>
       </c>
       <c r="I158" s="16">
         <v>2.4483119092471486</v>
       </c>
       <c r="J158" s="16">
         <v>31.084066798578242</v>
       </c>
       <c r="K158" s="16">
         <v>2.0555939999999993</v>
       </c>
     </row>
     <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="3" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="5"/>
       <c r="D159" s="37"/>
       <c r="E159" s="5"/>
       <c r="F159" s="5"/>
       <c r="G159" s="16">
         <v>2.9126979999999998</v>
       </c>
       <c r="H159" s="16">
         <v>7.8335840000000001</v>
       </c>
       <c r="I159" s="16">
         <v>2.2124722662295553</v>
       </c>
       <c r="J159" s="16">
         <v>168.9459738016094</v>
       </c>
       <c r="K159" s="16">
         <v>4.9208860000000003</v>
       </c>
     </row>
     <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="5"/>
       <c r="D160" s="37"/>
       <c r="E160" s="5"/>
       <c r="F160" s="5"/>
       <c r="G160" s="16">
         <v>3.3641939999999999</v>
       </c>
       <c r="H160" s="16">
         <v>4.9668220000000005</v>
       </c>
       <c r="I160" s="16">
         <v>1.4028005477823191</v>
       </c>
       <c r="J160" s="16">
         <v>47.637799722608172</v>
       </c>
       <c r="K160" s="16">
         <v>1.6026280000000006</v>
       </c>
     </row>
     <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="97" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B161" s="95"/>
       <c r="C161" s="95"/>
       <c r="D161" s="98"/>
       <c r="E161" s="98"/>
       <c r="F161" s="98"/>
       <c r="G161" s="17">
         <v>111.169363</v>
       </c>
       <c r="H161" s="17">
         <v>288.88845499999996</v>
       </c>
       <c r="I161" s="17">
         <v>81.591988382508532</v>
       </c>
       <c r="J161" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K161" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="46"/>
     </row>
     <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="46"/>
     </row>
     <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B166" s="22"/>
       <c r="C166" s="22"/>
       <c r="D166" s="22"/>
       <c r="E166" s="22"/>
       <c r="F166" s="22"/>
       <c r="G166" s="22"/>
       <c r="H166" s="22"/>
       <c r="I166" s="22"/>
       <c r="J166" s="22"/>
       <c r="K166" s="22"/>
     </row>
     <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="12">
         <v>0</v>
       </c>
       <c r="B167" s="12">
         <v>0</v>
       </c>
       <c r="C167" s="12">
         <v>0</v>
       </c>
       <c r="D167" s="12"/>
       <c r="E167" s="12"/>
       <c r="F167" s="12"/>
       <c r="G167" s="12">
         <v>2021</v>
       </c>
       <c r="H167" s="12">
         <v>2024</v>
       </c>
       <c r="I167" s="12">
         <v>2025</v>
       </c>
       <c r="J167" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K167" s="13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="15" t="s">
         <v>52</v>
       </c>
       <c r="B168" s="22"/>
-      <c r="C168" s="129" t="s">
+      <c r="C168" s="126" t="s">
         <v>68</v>
       </c>
-      <c r="D168" s="129"/>
-[...1 lines deleted...]
-      <c r="F168" s="129"/>
+      <c r="D168" s="126"/>
+      <c r="E168" s="126"/>
+      <c r="F168" s="126"/>
       <c r="G168" s="16">
         <v>5.8482144020363016</v>
       </c>
       <c r="H168" s="16">
         <v>6.5961138085360593</v>
       </c>
       <c r="I168" s="16">
         <v>8.4305482452158351</v>
       </c>
       <c r="J168" s="16">
         <v>40.463641452789126</v>
       </c>
       <c r="K168" s="16">
         <v>15.520385135180771</v>
       </c>
     </row>
     <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="15" t="s">
         <v>53</v>
       </c>
       <c r="B169" s="22"/>
-      <c r="C169" s="129">
-[...4 lines deleted...]
-      <c r="F169" s="129"/>
+      <c r="C169" s="126">
+        <v>0</v>
+      </c>
+      <c r="D169" s="126"/>
+      <c r="E169" s="126"/>
+      <c r="F169" s="126"/>
       <c r="G169" s="16">
         <v>7.98756676439986</v>
       </c>
       <c r="H169" s="16">
         <v>8.1496811310967008</v>
       </c>
       <c r="I169" s="16">
         <v>6.2500535171133933</v>
       </c>
       <c r="J169" s="16">
         <v>-15.717120487631409</v>
       </c>
       <c r="K169" s="16">
         <v>-0.84427283440630108</v>
       </c>
     </row>
     <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B170" s="22"/>
-      <c r="C170" s="129">
-[...4 lines deleted...]
-      <c r="F170" s="129"/>
+      <c r="C170" s="126">
+        <v>0</v>
+      </c>
+      <c r="D170" s="126"/>
+      <c r="E170" s="126"/>
+      <c r="F170" s="126"/>
       <c r="G170" s="16">
         <v>28.890127085735966</v>
       </c>
       <c r="H170" s="16">
         <v>22.266500271859929</v>
       </c>
       <c r="I170" s="16">
         <v>27.327785152388635</v>
       </c>
       <c r="J170" s="16">
         <v>34.880360383230027</v>
       </c>
       <c r="K170" s="16">
         <v>3.9714835053714204</v>
       </c>
     </row>
     <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B171" s="22"/>
-      <c r="C171" s="129">
-[...4 lines deleted...]
-      <c r="F171" s="129"/>
+      <c r="C171" s="126">
+        <v>0</v>
+      </c>
+      <c r="D171" s="126"/>
+      <c r="E171" s="126"/>
+      <c r="F171" s="126"/>
       <c r="G171" s="16">
         <v>57.274091747827867</v>
       </c>
       <c r="H171" s="16">
         <v>62.987704788507315</v>
       </c>
       <c r="I171" s="16">
         <v>57.991613085282133</v>
       </c>
       <c r="J171" s="16">
         <v>1.1825571933710812</v>
       </c>
       <c r="K171" s="16">
         <v>5.7553238932618545</v>
       </c>
     </row>
     <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="99" t="s">
         <v>70</v>
       </c>
       <c r="B172" s="100"/>
-      <c r="C172" s="127" t="s">
+      <c r="C172" s="124" t="s">
         <v>69</v>
       </c>
-      <c r="D172" s="127"/>
-[...1 lines deleted...]
-      <c r="F172" s="127"/>
+      <c r="D172" s="124"/>
+      <c r="E172" s="124"/>
+      <c r="F172" s="124"/>
       <c r="G172" s="101">
         <v>98.571197705353924</v>
       </c>
       <c r="H172" s="101">
         <v>98.548252268976384</v>
       </c>
       <c r="I172" s="101">
         <v>98.471002071466259</v>
       </c>
       <c r="J172" s="101">
         <v>9.8996338120452094</v>
       </c>
       <c r="K172" s="101">
         <v>5.4266714486795431</v>
       </c>
     </row>
     <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B173" s="102"/>
-      <c r="C173" s="128">
-[...4 lines deleted...]
-      <c r="F173" s="128"/>
+      <c r="C173" s="125">
+        <v>0</v>
+      </c>
+      <c r="D173" s="125"/>
+      <c r="E173" s="125"/>
+      <c r="F173" s="125"/>
       <c r="G173" s="17">
         <v>1.4288022946460899</v>
       </c>
       <c r="H173" s="17">
         <v>1.4517477310236089</v>
       </c>
       <c r="I173" s="17">
         <v>1.5289979285337474</v>
       </c>
       <c r="J173" s="17">
         <v>15.838401411290237</v>
       </c>
       <c r="K173" s="17">
         <v>7.2555078621994618</v>
       </c>
     </row>
     <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="4" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="D174" s="60"/>
       <c r="I174" s="22"/>
       <c r="J174" s="22"/>
       <c r="K174" s="22"/>
     </row>
     <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D175" s="60"/>
     </row>
     <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D176" s="60"/>
     </row>
     <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D177" s="60"/>
     </row>
     <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="103" t="s">
         <v>72</v>
       </c>
       <c r="D178" s="60"/>
     </row>
     <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="125" t="s">
+      <c r="A179" s="127" t="s">
         <v>73</v>
       </c>
-      <c r="B179" s="125">
-[...26 lines deleted...]
-      <c r="K179" s="125">
+      <c r="B179" s="127">
+        <v>0</v>
+      </c>
+      <c r="C179" s="127">
+        <v>0</v>
+      </c>
+      <c r="D179" s="127">
+        <v>0</v>
+      </c>
+      <c r="E179" s="127">
+        <v>0</v>
+      </c>
+      <c r="F179" s="127">
+        <v>0</v>
+      </c>
+      <c r="G179" s="127">
+        <v>0</v>
+      </c>
+      <c r="H179" s="127">
+        <v>0</v>
+      </c>
+      <c r="I179" s="127">
+        <v>0</v>
+      </c>
+      <c r="J179" s="127">
+        <v>0</v>
+      </c>
+      <c r="K179" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A180" s="125" t="s">
+      <c r="A180" s="127" t="s">
         <v>74</v>
       </c>
-      <c r="B180" s="125">
-[...26 lines deleted...]
-      <c r="K180" s="125">
+      <c r="B180" s="127">
+        <v>0</v>
+      </c>
+      <c r="C180" s="127">
+        <v>0</v>
+      </c>
+      <c r="D180" s="127">
+        <v>0</v>
+      </c>
+      <c r="E180" s="127">
+        <v>0</v>
+      </c>
+      <c r="F180" s="127">
+        <v>0</v>
+      </c>
+      <c r="G180" s="127">
+        <v>0</v>
+      </c>
+      <c r="H180" s="127">
+        <v>0</v>
+      </c>
+      <c r="I180" s="127">
+        <v>0</v>
+      </c>
+      <c r="J180" s="127">
+        <v>0</v>
+      </c>
+      <c r="K180" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A181" s="125" t="s">
+      <c r="A181" s="127" t="s">
         <v>75</v>
       </c>
-      <c r="B181" s="125">
-[...26 lines deleted...]
-      <c r="K181" s="125">
+      <c r="B181" s="127">
+        <v>0</v>
+      </c>
+      <c r="C181" s="127">
+        <v>0</v>
+      </c>
+      <c r="D181" s="127">
+        <v>0</v>
+      </c>
+      <c r="E181" s="127">
+        <v>0</v>
+      </c>
+      <c r="F181" s="127">
+        <v>0</v>
+      </c>
+      <c r="G181" s="127">
+        <v>0</v>
+      </c>
+      <c r="H181" s="127">
+        <v>0</v>
+      </c>
+      <c r="I181" s="127">
+        <v>0</v>
+      </c>
+      <c r="J181" s="127">
+        <v>0</v>
+      </c>
+      <c r="K181" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="125" t="s">
+      <c r="A182" s="127" t="s">
         <v>76</v>
       </c>
-      <c r="B182" s="125">
-[...26 lines deleted...]
-      <c r="K182" s="125">
+      <c r="B182" s="127">
+        <v>0</v>
+      </c>
+      <c r="C182" s="127">
+        <v>0</v>
+      </c>
+      <c r="D182" s="127">
+        <v>0</v>
+      </c>
+      <c r="E182" s="127">
+        <v>0</v>
+      </c>
+      <c r="F182" s="127">
+        <v>0</v>
+      </c>
+      <c r="G182" s="127">
+        <v>0</v>
+      </c>
+      <c r="H182" s="127">
+        <v>0</v>
+      </c>
+      <c r="I182" s="127">
+        <v>0</v>
+      </c>
+      <c r="J182" s="127">
+        <v>0</v>
+      </c>
+      <c r="K182" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="46">
         <v>0</v>
       </c>
       <c r="B183" s="46">
         <v>0</v>
       </c>
       <c r="C183" s="46">
         <v>0</v>
       </c>
       <c r="D183" s="46">
         <v>0</v>
       </c>
       <c r="E183" s="46">
         <v>0</v>
       </c>
       <c r="F183" s="46">
         <v>0</v>
       </c>
       <c r="G183" s="46">
         <v>0</v>
       </c>
@@ -6224,643 +6141,646 @@
       <c r="C184" s="46"/>
       <c r="D184" s="46"/>
       <c r="E184" s="46"/>
       <c r="F184" s="46"/>
       <c r="G184" s="46"/>
       <c r="H184" s="46"/>
       <c r="I184" s="46"/>
       <c r="J184" s="46"/>
       <c r="K184" s="46"/>
     </row>
     <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="46"/>
       <c r="B185" s="46"/>
       <c r="C185" s="46"/>
       <c r="D185" s="46"/>
       <c r="E185" s="46"/>
       <c r="F185" s="46"/>
       <c r="G185" s="46"/>
       <c r="H185" s="46"/>
       <c r="I185" s="46"/>
       <c r="J185" s="46"/>
       <c r="K185" s="46"/>
     </row>
     <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B186" s="22"/>
       <c r="C186" s="22"/>
       <c r="D186" s="22"/>
       <c r="E186" s="22"/>
       <c r="F186" s="22"/>
       <c r="G186" s="22"/>
       <c r="H186" s="22"/>
       <c r="I186" s="22"/>
       <c r="J186" s="22"/>
       <c r="K186" s="22"/>
     </row>
     <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A187" s="12">
         <v>0</v>
       </c>
       <c r="B187" s="12">
         <v>0</v>
       </c>
       <c r="C187" s="12">
         <v>0</v>
       </c>
       <c r="D187" s="12"/>
       <c r="E187" s="12"/>
       <c r="F187" s="12"/>
       <c r="G187" s="12">
         <v>2021</v>
       </c>
       <c r="H187" s="12">
         <v>2024</v>
       </c>
       <c r="I187" s="12">
         <v>2025</v>
       </c>
       <c r="J187" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K187" s="13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A188" s="15" t="s">
         <v>52</v>
       </c>
       <c r="B188" s="22"/>
-      <c r="C188" s="129" t="s">
+      <c r="C188" s="126" t="s">
         <v>68</v>
       </c>
-      <c r="D188" s="129"/>
-[...1 lines deleted...]
-      <c r="F188" s="129"/>
+      <c r="D188" s="126"/>
+      <c r="E188" s="126"/>
+      <c r="F188" s="126"/>
       <c r="G188" s="16">
         <v>40.523343415641769</v>
       </c>
       <c r="H188" s="16">
         <v>72.343036407125126</v>
       </c>
       <c r="I188" s="16">
         <v>19.475157787835613</v>
       </c>
       <c r="J188" s="16">
         <v>-81.95548276858834</v>
       </c>
       <c r="K188" s="16">
         <v>-4.419334053743162</v>
       </c>
     </row>
     <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="15" t="s">
         <v>53</v>
       </c>
       <c r="B189" s="22"/>
-      <c r="C189" s="129">
-[...4 lines deleted...]
-      <c r="F189" s="129"/>
+      <c r="C189" s="126">
+        <v>0</v>
+      </c>
+      <c r="D189" s="126"/>
+      <c r="E189" s="126"/>
+      <c r="F189" s="126"/>
       <c r="G189" s="16">
         <v>42.161408254886972</v>
       </c>
       <c r="H189" s="16">
         <v>18.354086790593403</v>
       </c>
       <c r="I189" s="16">
         <v>46.359812554888897</v>
       </c>
       <c r="J189" s="16">
         <v>69.305047430983819</v>
       </c>
       <c r="K189" s="16">
         <v>17.552742063916593</v>
       </c>
     </row>
     <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="15" t="s">
         <v>54</v>
       </c>
       <c r="B190" s="22"/>
-      <c r="C190" s="129">
-[...4 lines deleted...]
-      <c r="F190" s="129"/>
+      <c r="C190" s="126">
+        <v>0</v>
+      </c>
+      <c r="D190" s="126"/>
+      <c r="E190" s="126"/>
+      <c r="F190" s="126"/>
       <c r="G190" s="16">
         <v>8.5718101649526979</v>
       </c>
       <c r="H190" s="16">
         <v>1.9075400625787036</v>
       </c>
       <c r="I190" s="16">
         <v>15.887539939997305</v>
       </c>
       <c r="J190" s="16">
         <v>458.2696302022855</v>
       </c>
       <c r="K190" s="16">
         <v>33.943656685276039</v>
       </c>
     </row>
     <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A191" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B191" s="22"/>
-      <c r="C191" s="129">
-[...4 lines deleted...]
-      <c r="F191" s="129"/>
+      <c r="C191" s="126">
+        <v>0</v>
+      </c>
+      <c r="D191" s="126"/>
+      <c r="E191" s="126"/>
+      <c r="F191" s="126"/>
       <c r="G191" s="16">
         <v>8.743438164518551</v>
       </c>
       <c r="H191" s="16">
         <v>7.395336739702743</v>
       </c>
       <c r="I191" s="16">
         <v>18.277489717278169</v>
       </c>
       <c r="J191" s="16">
         <v>65.660744853566683</v>
       </c>
       <c r="K191" s="16">
         <v>38.033563406870229</v>
       </c>
     </row>
     <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="99" t="s">
         <v>70</v>
       </c>
       <c r="B192" s="100"/>
-      <c r="C192" s="127" t="s">
+      <c r="C192" s="124" t="s">
         <v>61</v>
       </c>
-      <c r="D192" s="127"/>
-[...1 lines deleted...]
-      <c r="F192" s="127"/>
+      <c r="D192" s="124"/>
+      <c r="E192" s="124"/>
+      <c r="F192" s="124"/>
       <c r="G192" s="101">
         <v>36.488894553988111</v>
       </c>
       <c r="H192" s="101">
         <v>58.753053445883232</v>
       </c>
       <c r="I192" s="101">
         <v>32.259093136034181</v>
       </c>
       <c r="J192" s="101">
         <v>-32.971266202712187</v>
       </c>
       <c r="K192" s="101">
         <v>14.795832880366433</v>
       </c>
     </row>
     <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B193" s="102"/>
-      <c r="C193" s="128">
-[...4 lines deleted...]
-      <c r="F193" s="128"/>
+      <c r="C193" s="125">
+        <v>0</v>
+      </c>
+      <c r="D193" s="125"/>
+      <c r="E193" s="125"/>
+      <c r="F193" s="125"/>
       <c r="G193" s="17">
         <v>63.511105446011882</v>
       </c>
       <c r="H193" s="17">
         <v>41.246946554116768</v>
       </c>
       <c r="I193" s="17">
         <v>67.740906863965819</v>
       </c>
       <c r="J193" s="17">
         <v>100.49267285772829</v>
       </c>
       <c r="K193" s="17">
         <v>20.310517526961071</v>
       </c>
     </row>
     <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="D194" s="60"/>
       <c r="I194" s="22"/>
       <c r="J194" s="22"/>
       <c r="K194" s="22"/>
     </row>
     <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D195" s="60"/>
+      <c r="I195" s="22"/>
+      <c r="J195" s="22"/>
+      <c r="K195" s="22"/>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D196" s="60"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D197" s="60"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="103" t="s">
         <v>72</v>
       </c>
       <c r="D198" s="60"/>
     </row>
     <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A199" s="125" t="s">
+      <c r="A199" s="127" t="s">
         <v>73</v>
       </c>
-      <c r="B199" s="125">
-[...26 lines deleted...]
-      <c r="K199" s="125">
+      <c r="B199" s="127">
+        <v>0</v>
+      </c>
+      <c r="C199" s="127">
+        <v>0</v>
+      </c>
+      <c r="D199" s="127">
+        <v>0</v>
+      </c>
+      <c r="E199" s="127">
+        <v>0</v>
+      </c>
+      <c r="F199" s="127">
+        <v>0</v>
+      </c>
+      <c r="G199" s="127">
+        <v>0</v>
+      </c>
+      <c r="H199" s="127">
+        <v>0</v>
+      </c>
+      <c r="I199" s="127">
+        <v>0</v>
+      </c>
+      <c r="J199" s="127">
+        <v>0</v>
+      </c>
+      <c r="K199" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="125" t="s">
+      <c r="A200" s="127" t="s">
         <v>74</v>
       </c>
-      <c r="B200" s="125">
-[...26 lines deleted...]
-      <c r="K200" s="125">
+      <c r="B200" s="127">
+        <v>0</v>
+      </c>
+      <c r="C200" s="127">
+        <v>0</v>
+      </c>
+      <c r="D200" s="127">
+        <v>0</v>
+      </c>
+      <c r="E200" s="127">
+        <v>0</v>
+      </c>
+      <c r="F200" s="127">
+        <v>0</v>
+      </c>
+      <c r="G200" s="127">
+        <v>0</v>
+      </c>
+      <c r="H200" s="127">
+        <v>0</v>
+      </c>
+      <c r="I200" s="127">
+        <v>0</v>
+      </c>
+      <c r="J200" s="127">
+        <v>0</v>
+      </c>
+      <c r="K200" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A201" s="125" t="s">
+      <c r="A201" s="127" t="s">
         <v>75</v>
       </c>
-      <c r="B201" s="125">
-[...26 lines deleted...]
-      <c r="K201" s="125">
+      <c r="B201" s="127">
+        <v>0</v>
+      </c>
+      <c r="C201" s="127">
+        <v>0</v>
+      </c>
+      <c r="D201" s="127">
+        <v>0</v>
+      </c>
+      <c r="E201" s="127">
+        <v>0</v>
+      </c>
+      <c r="F201" s="127">
+        <v>0</v>
+      </c>
+      <c r="G201" s="127">
+        <v>0</v>
+      </c>
+      <c r="H201" s="127">
+        <v>0</v>
+      </c>
+      <c r="I201" s="127">
+        <v>0</v>
+      </c>
+      <c r="J201" s="127">
+        <v>0</v>
+      </c>
+      <c r="K201" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A202" s="125" t="s">
+      <c r="A202" s="127" t="s">
         <v>76</v>
       </c>
-      <c r="B202" s="125">
-[...26 lines deleted...]
-      <c r="K202" s="125">
+      <c r="B202" s="127">
+        <v>0</v>
+      </c>
+      <c r="C202" s="127">
+        <v>0</v>
+      </c>
+      <c r="D202" s="127">
+        <v>0</v>
+      </c>
+      <c r="E202" s="127">
+        <v>0</v>
+      </c>
+      <c r="F202" s="127">
+        <v>0</v>
+      </c>
+      <c r="G202" s="127">
+        <v>0</v>
+      </c>
+      <c r="H202" s="127">
+        <v>0</v>
+      </c>
+      <c r="I202" s="127">
+        <v>0</v>
+      </c>
+      <c r="J202" s="127">
+        <v>0</v>
+      </c>
+      <c r="K202" s="127">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A203" s="46"/>
       <c r="B203" s="46"/>
       <c r="C203" s="46"/>
       <c r="D203" s="46"/>
       <c r="E203" s="46"/>
       <c r="F203" s="83"/>
       <c r="G203" s="83"/>
       <c r="H203" s="46"/>
       <c r="I203" s="46"/>
       <c r="J203" s="46"/>
       <c r="K203" s="46"/>
     </row>
     <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A204" s="46"/>
       <c r="B204" s="46"/>
       <c r="C204" s="46"/>
       <c r="D204" s="46"/>
       <c r="E204" s="46"/>
       <c r="F204" s="83"/>
       <c r="G204" s="83"/>
       <c r="H204" s="46"/>
       <c r="I204" s="46"/>
       <c r="J204" s="46"/>
       <c r="K204" s="46"/>
     </row>
     <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="46"/>
       <c r="B205" s="46"/>
       <c r="C205" s="46"/>
       <c r="D205" s="46"/>
       <c r="E205" s="46"/>
       <c r="F205" s="83"/>
       <c r="G205" s="83"/>
       <c r="H205" s="46"/>
       <c r="I205" s="46"/>
       <c r="J205" s="46"/>
       <c r="K205" s="46"/>
     </row>
     <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B206" s="22"/>
       <c r="C206" s="22"/>
       <c r="D206" s="22"/>
       <c r="E206" s="22"/>
       <c r="F206" s="22"/>
       <c r="G206" s="22"/>
       <c r="H206" s="22"/>
       <c r="I206" s="22"/>
       <c r="J206" s="22"/>
       <c r="K206" s="22"/>
     </row>
     <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="12">
         <v>0</v>
       </c>
       <c r="B207" s="12"/>
       <c r="C207" s="12"/>
       <c r="D207" s="24">
         <v>0</v>
       </c>
       <c r="E207" s="12">
         <v>2021</v>
       </c>
       <c r="F207" s="12">
         <v>2022</v>
       </c>
       <c r="G207" s="12">
         <v>2023</v>
       </c>
       <c r="H207" s="12">
         <v>2024</v>
       </c>
       <c r="I207" s="12">
         <v>2025</v>
       </c>
       <c r="J207" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K207" s="13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A208" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B208" s="104"/>
       <c r="C208" s="104"/>
-      <c r="D208" s="133" t="s">
+      <c r="D208" s="129" t="s">
         <v>47</v>
       </c>
       <c r="E208" s="105">
         <v>12.526367178711622</v>
       </c>
       <c r="F208" s="105">
         <v>17.782316910123885</v>
       </c>
       <c r="G208" s="105">
         <v>17.672228837785642</v>
       </c>
       <c r="H208" s="105">
         <v>18.797739812977309</v>
       </c>
       <c r="I208" s="105">
         <v>19.987857405760721</v>
       </c>
       <c r="J208" s="106">
         <v>16.949245124420123</v>
       </c>
       <c r="K208" s="106">
         <v>18.521241029682155</v>
       </c>
     </row>
     <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A209" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B209" s="22"/>
       <c r="C209" s="22"/>
-      <c r="D209" s="134">
+      <c r="D209" s="143">
         <v>0</v>
       </c>
       <c r="E209" s="60">
         <v>0.12905774390663538</v>
       </c>
       <c r="F209" s="60">
         <v>0.68316344733487699</v>
       </c>
       <c r="G209" s="60">
         <v>4.8194264556420667E-2</v>
       </c>
       <c r="H209" s="60">
         <v>5.2767075198824537E-2</v>
       </c>
       <c r="I209" s="60">
         <v>2.2979108301577716E-2</v>
       </c>
       <c r="J209" s="16">
         <v>-52.103148730536162</v>
       </c>
       <c r="K209" s="16">
         <v>-31.498798356778714</v>
       </c>
     </row>
     <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A210" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B210" s="22"/>
       <c r="C210" s="22"/>
-      <c r="D210" s="134">
+      <c r="D210" s="143">
         <v>0</v>
       </c>
       <c r="E210" s="60">
         <v>86.160051136953371</v>
       </c>
       <c r="F210" s="60">
         <v>80.12468629084988</v>
       </c>
       <c r="G210" s="60">
         <v>78.737488332095481</v>
       </c>
       <c r="H210" s="60">
         <v>79.045983007995986</v>
       </c>
       <c r="I210" s="60">
         <v>78.685481292960219</v>
       </c>
       <c r="J210" s="16">
         <v>9.4842418622395179</v>
       </c>
       <c r="K210" s="16">
         <v>3.0879915766768518</v>
       </c>
     </row>
     <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A211" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B211" s="22"/>
       <c r="C211" s="22"/>
-      <c r="D211" s="134">
+      <c r="D211" s="143">
         <v>0</v>
       </c>
       <c r="E211" s="60">
         <v>1.0388490644932673</v>
       </c>
       <c r="F211" s="60">
         <v>1.2489852086158895</v>
       </c>
       <c r="G211" s="60">
         <v>3.3190799310164247</v>
       </c>
       <c r="H211" s="60">
         <v>1.7872008424032648</v>
       </c>
       <c r="I211" s="60">
         <v>1.0072645989086335</v>
       </c>
       <c r="J211" s="16">
         <v>-38.012085608184186</v>
       </c>
       <c r="K211" s="16">
         <v>4.6426413759776075</v>
       </c>
     </row>
     <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B212" s="73"/>
       <c r="C212" s="73"/>
-      <c r="D212" s="135">
+      <c r="D212" s="144">
         <v>0</v>
       </c>
       <c r="E212" s="107">
         <v>0.1456748759351037</v>
       </c>
       <c r="F212" s="107">
         <v>0.16084814307547896</v>
       </c>
       <c r="G212" s="107">
         <v>0.2230086345460249</v>
       </c>
       <c r="H212" s="107">
         <v>0.31630926142461746</v>
       </c>
       <c r="I212" s="107">
         <v>0.29641759406884577</v>
       </c>
       <c r="J212" s="17">
         <v>3.0691950450778238</v>
       </c>
       <c r="K212" s="17">
         <v>25.947845979453543</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -6884,266 +6804,266 @@
       <c r="E214" s="84"/>
       <c r="F214" s="84"/>
       <c r="G214" s="84"/>
       <c r="H214" s="84"/>
       <c r="I214" s="84"/>
       <c r="J214" s="84"/>
       <c r="K214" s="84"/>
     </row>
     <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A215" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B215" s="84"/>
       <c r="C215" s="84"/>
       <c r="D215" s="84"/>
       <c r="E215" s="84"/>
       <c r="F215" s="84"/>
       <c r="G215" s="84"/>
       <c r="H215" s="84"/>
       <c r="I215" s="84"/>
       <c r="J215" s="84"/>
       <c r="K215" s="84"/>
     </row>
     <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A216" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A217" s="103" t="s">
         <v>80</v>
       </c>
       <c r="B217" s="85"/>
       <c r="C217" s="85"/>
       <c r="D217" s="85"/>
       <c r="E217" s="85"/>
       <c r="F217" s="85"/>
       <c r="G217" s="85"/>
       <c r="H217" s="85"/>
       <c r="I217" s="85"/>
       <c r="J217" s="85"/>
       <c r="K217" s="85"/>
     </row>
     <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A218" s="103" t="s">
         <v>79</v>
       </c>
       <c r="B218" s="84"/>
       <c r="C218" s="84"/>
       <c r="D218" s="84"/>
       <c r="E218" s="84"/>
       <c r="F218" s="84"/>
       <c r="G218" s="84"/>
       <c r="H218" s="84"/>
       <c r="I218" s="84"/>
       <c r="J218" s="84"/>
       <c r="K218" s="84"/>
     </row>
     <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A219" s="46"/>
     </row>
     <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A220" s="46"/>
     </row>
     <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B221" s="22"/>
       <c r="C221" s="22"/>
       <c r="D221" s="22"/>
       <c r="E221" s="22"/>
       <c r="F221" s="22"/>
       <c r="G221" s="22"/>
       <c r="H221" s="22"/>
       <c r="I221" s="22"/>
       <c r="J221" s="22"/>
       <c r="K221" s="22"/>
     </row>
     <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A222" s="12">
         <v>0</v>
       </c>
       <c r="B222" s="12"/>
       <c r="C222" s="12"/>
       <c r="D222" s="24">
         <v>0</v>
       </c>
       <c r="E222" s="12">
         <v>2021</v>
       </c>
       <c r="F222" s="12">
         <v>2022</v>
       </c>
       <c r="G222" s="12">
         <v>2023</v>
       </c>
       <c r="H222" s="12">
         <v>2024</v>
       </c>
       <c r="I222" s="12">
         <v>2025</v>
       </c>
       <c r="J222" s="13" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="K222" s="13" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
     </row>
     <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A223" s="47" t="s">
         <v>65</v>
       </c>
       <c r="B223" s="104"/>
       <c r="C223" s="104"/>
-      <c r="D223" s="133" t="s">
+      <c r="D223" s="129" t="s">
         <v>47</v>
       </c>
       <c r="E223" s="105">
         <v>10.404601988000289</v>
       </c>
       <c r="F223" s="105">
         <v>4.396661043282089</v>
       </c>
       <c r="G223" s="105">
         <v>12.0677144661529</v>
       </c>
       <c r="H223" s="105">
         <v>16.272721014088603</v>
       </c>
       <c r="I223" s="105">
         <v>28.27960876939305</v>
       </c>
       <c r="J223" s="106">
         <v>112.23055746253885</v>
       </c>
       <c r="K223" s="106">
         <v>52.021177132365402</v>
       </c>
     </row>
     <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A224" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B224" s="22"/>
       <c r="C224" s="22"/>
-      <c r="D224" s="134">
+      <c r="D224" s="143">
         <v>0</v>
       </c>
       <c r="E224" s="60">
         <v>1.5929900401964837E-2</v>
       </c>
       <c r="F224" s="60">
         <v>0</v>
       </c>
       <c r="G224" s="60">
         <v>4.0799834999562029E-3</v>
       </c>
       <c r="H224" s="60">
         <v>6.6551340901733255E-3</v>
       </c>
       <c r="I224" s="60">
         <v>0</v>
       </c>
       <c r="J224" s="16">
         <v>-100</v>
       </c>
       <c r="K224" s="16">
         <v>-100</v>
       </c>
     </row>
     <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A225" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B225" s="22"/>
       <c r="C225" s="22"/>
-      <c r="D225" s="134">
+      <c r="D225" s="143">
         <v>0</v>
       </c>
       <c r="E225" s="60">
         <v>76.347642629203776</v>
       </c>
       <c r="F225" s="60">
         <v>57.67920291123643</v>
       </c>
       <c r="G225" s="60">
         <v>55.144110133974088</v>
       </c>
       <c r="H225" s="60">
         <v>44.515823904910533</v>
       </c>
       <c r="I225" s="60">
         <v>69.224317433570306</v>
       </c>
       <c r="J225" s="16">
         <v>89.906121023447838</v>
       </c>
       <c r="K225" s="16">
         <v>15.533484595115056</v>
       </c>
     </row>
     <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B226" s="22"/>
       <c r="C226" s="22"/>
-      <c r="D226" s="134">
+      <c r="D226" s="143">
         <v>0</v>
       </c>
       <c r="E226" s="60">
         <v>4.0216274801643106</v>
       </c>
       <c r="F226" s="60">
         <v>0.52801793316166024</v>
       </c>
       <c r="G226" s="60">
         <v>1.0675498274108264</v>
       </c>
       <c r="H226" s="60">
         <v>1.4833605781657659</v>
       </c>
       <c r="I226" s="60">
         <v>2.275886094184608</v>
       </c>
       <c r="J226" s="16">
         <v>87.369322261534037</v>
       </c>
       <c r="K226" s="16">
         <v>2.690266353940185</v>
       </c>
     </row>
     <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B227" s="73"/>
       <c r="C227" s="73"/>
-      <c r="D227" s="135">
+      <c r="D227" s="144">
         <v>0</v>
       </c>
       <c r="E227" s="107">
         <v>9.210198002229653</v>
       </c>
       <c r="F227" s="107">
         <v>37.396118112319819</v>
       </c>
       <c r="G227" s="107">
         <v>31.716545588962248</v>
       </c>
       <c r="H227" s="107">
         <v>37.721439368744932</v>
       </c>
       <c r="I227" s="107">
         <v>0.22018770285203099</v>
       </c>
       <c r="J227" s="17">
         <v>-99.287147788700352</v>
       </c>
       <c r="K227" s="17">
         <v>-53.444270823487393</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
@@ -7167,241 +7087,241 @@
       <c r="E229" s="84"/>
       <c r="F229" s="84"/>
       <c r="G229" s="84"/>
       <c r="H229" s="84"/>
       <c r="I229" s="84"/>
       <c r="J229" s="84"/>
       <c r="K229" s="84"/>
     </row>
     <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A230" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B230" s="84"/>
       <c r="C230" s="84"/>
       <c r="D230" s="84"/>
       <c r="E230" s="84"/>
       <c r="F230" s="84"/>
       <c r="G230" s="84"/>
       <c r="H230" s="84"/>
       <c r="I230" s="84"/>
       <c r="J230" s="84"/>
       <c r="K230" s="84"/>
     </row>
     <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A231" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A232" s="103" t="s">
         <v>80</v>
       </c>
       <c r="B232" s="85"/>
       <c r="C232" s="85"/>
       <c r="D232" s="85"/>
       <c r="E232" s="85"/>
       <c r="F232" s="85"/>
       <c r="G232" s="85"/>
       <c r="H232" s="85"/>
       <c r="I232" s="85"/>
       <c r="J232" s="85"/>
       <c r="K232" s="85"/>
     </row>
     <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A233" s="103" t="s">
         <v>79</v>
       </c>
       <c r="B233" s="84"/>
       <c r="C233" s="84"/>
       <c r="D233" s="84"/>
       <c r="E233" s="84"/>
       <c r="F233" s="84"/>
       <c r="G233" s="84"/>
       <c r="H233" s="84"/>
       <c r="I233" s="84"/>
       <c r="J233" s="84"/>
       <c r="K233" s="84"/>
     </row>
     <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A234" s="82"/>
     </row>
     <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A235" s="82"/>
     </row>
     <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A236" s="2" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B236" s="8"/>
       <c r="C236" s="8"/>
       <c r="D236" s="8"/>
       <c r="E236" s="8"/>
       <c r="F236" s="8"/>
       <c r="G236" s="8"/>
       <c r="H236" s="8"/>
       <c r="I236" s="8"/>
       <c r="J236" s="8"/>
       <c r="K236" s="9"/>
     </row>
     <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A237" s="11">
         <v>0</v>
       </c>
       <c r="B237" s="11"/>
       <c r="C237" s="11"/>
       <c r="D237" s="11"/>
       <c r="E237" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F237" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G237" s="12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H237" s="12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I237" s="12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J237" s="13" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="K237" s="13" t="s">
-        <v>179</v>
+        <v>121</v>
       </c>
     </row>
     <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A238" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B238" s="15"/>
       <c r="C238" s="15"/>
       <c r="D238" s="15"/>
       <c r="E238" s="16">
-        <v>163.46</v>
+        <v>182.79</v>
       </c>
       <c r="F238" s="16">
-        <v>182.79</v>
+        <v>594.83000000000004</v>
       </c>
       <c r="G238" s="16">
-        <v>594.83000000000004</v>
+        <v>822.54</v>
       </c>
       <c r="H238" s="16">
-        <v>823.04</v>
+        <v>939.29</v>
       </c>
       <c r="I238" s="16">
-        <v>893.83</v>
+        <v>988.47</v>
       </c>
       <c r="J238" s="16">
-        <v>8.6010400466563084</v>
+        <v>5.2358696462221532</v>
       </c>
       <c r="K238" s="16">
-        <v>52.918791823743327</v>
+        <v>52.494003054289571</v>
       </c>
     </row>
     <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A239" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B239" s="15"/>
       <c r="C239" s="15"/>
       <c r="D239" s="15"/>
       <c r="E239" s="16">
-        <v>95.48</v>
+        <v>149.27000000000001</v>
       </c>
       <c r="F239" s="16">
-        <v>149.27000000000001</v>
+        <v>242.1</v>
       </c>
       <c r="G239" s="16">
-        <v>242.1</v>
+        <v>287.06</v>
       </c>
       <c r="H239" s="16">
-        <v>287.01</v>
+        <v>203.75</v>
       </c>
       <c r="I239" s="16">
-        <v>203.16</v>
+        <v>236.01</v>
       </c>
       <c r="J239" s="16">
-        <v>-29.215009929967593</v>
+        <v>15.833128834355822</v>
       </c>
       <c r="K239" s="16">
-        <v>20.776224261705913</v>
+        <v>12.134556058511015</v>
       </c>
     </row>
     <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A240" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B240" s="15"/>
       <c r="C240" s="15"/>
       <c r="D240" s="15"/>
       <c r="E240" s="16">
-        <v>67.98</v>
+        <v>33.519999999999982</v>
       </c>
       <c r="F240" s="16">
-        <v>33.519999999999982</v>
+        <v>352.73</v>
       </c>
       <c r="G240" s="16">
-        <v>352.73</v>
+        <v>535.48</v>
       </c>
       <c r="H240" s="16">
-        <v>536.03</v>
+        <v>735.54</v>
       </c>
       <c r="I240" s="16">
-        <v>690.67000000000007</v>
+        <v>752.46</v>
       </c>
       <c r="J240" s="16" t="s">
         <v>24</v>
       </c>
       <c r="K240" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B241" s="1"/>
       <c r="C241" s="1"/>
       <c r="D241" s="1"/>
       <c r="E241" s="17">
-        <v>171.19815668202764</v>
+        <v>122.45595230119915</v>
       </c>
       <c r="F241" s="17">
-        <v>122.45595230119915</v>
+        <v>245.6959933911607</v>
       </c>
       <c r="G241" s="17">
-        <v>245.6959933911607</v>
+        <v>286.53939942869084</v>
       </c>
       <c r="H241" s="17">
-        <v>286.76352740322636</v>
+        <v>461.00122699386503</v>
       </c>
       <c r="I241" s="17">
-        <v>439.96357550698963</v>
+        <v>418.82547349688582</v>
       </c>
       <c r="J241" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K241" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A242" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B242" s="46"/>
       <c r="C242" s="46"/>
       <c r="D242" s="46"/>
       <c r="E242" s="46"/>
       <c r="F242" s="46"/>
       <c r="G242" s="46"/>
       <c r="H242" s="46"/>
       <c r="I242" s="46"/>
       <c r="J242" s="46"/>
       <c r="K242" s="46"/>
     </row>
     <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A243" s="4" t="s">
@@ -7428,2472 +7348,2312 @@
       <c r="E244" s="46"/>
       <c r="F244" s="46"/>
       <c r="G244" s="46"/>
       <c r="H244" s="46"/>
       <c r="I244" s="46"/>
       <c r="J244" s="46"/>
       <c r="K244" s="46"/>
     </row>
     <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
         <v>51</v>
       </c>
       <c r="B245" s="46"/>
       <c r="C245" s="46"/>
       <c r="D245" s="46"/>
       <c r="E245" s="46"/>
       <c r="F245" s="46"/>
       <c r="G245" s="46"/>
       <c r="H245" s="46"/>
       <c r="I245" s="46"/>
       <c r="J245" s="46"/>
       <c r="K245" s="46"/>
     </row>
     <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A246" s="20" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B246" s="46"/>
       <c r="C246" s="46"/>
       <c r="D246" s="46"/>
       <c r="E246" s="46"/>
       <c r="F246" s="46"/>
       <c r="G246" s="46"/>
       <c r="H246" s="46"/>
       <c r="I246" s="46"/>
       <c r="J246" s="46"/>
       <c r="K246" s="46"/>
     </row>
     <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A247" s="126" t="s">
-[...29 lines deleted...]
-      <c r="K247" s="126">
+      <c r="A247" s="135" t="s">
+        <v>135</v>
+      </c>
+      <c r="B247" s="135">
+        <v>0</v>
+      </c>
+      <c r="C247" s="135">
+        <v>0</v>
+      </c>
+      <c r="D247" s="135">
+        <v>0</v>
+      </c>
+      <c r="E247" s="135">
+        <v>0</v>
+      </c>
+      <c r="F247" s="135">
+        <v>0</v>
+      </c>
+      <c r="G247" s="135">
+        <v>0</v>
+      </c>
+      <c r="H247" s="135">
+        <v>0</v>
+      </c>
+      <c r="I247" s="135">
+        <v>0</v>
+      </c>
+      <c r="J247" s="135">
+        <v>0</v>
+      </c>
+      <c r="K247" s="135">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A248" s="46"/>
       <c r="B248" s="46"/>
       <c r="C248" s="46"/>
       <c r="D248" s="46"/>
       <c r="E248" s="46"/>
       <c r="F248" s="46"/>
       <c r="G248" s="46"/>
       <c r="H248" s="46"/>
       <c r="I248" s="46"/>
       <c r="J248" s="46"/>
       <c r="K248" s="46"/>
     </row>
     <row r="249" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A249" s="2" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B249" s="37"/>
       <c r="C249" s="37"/>
       <c r="D249" s="37"/>
       <c r="E249" s="37"/>
       <c r="F249" s="37"/>
       <c r="G249" s="37"/>
       <c r="H249" s="37"/>
       <c r="I249" s="37"/>
       <c r="J249" s="37"/>
       <c r="K249" s="37"/>
     </row>
     <row r="250" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A250" s="23"/>
       <c r="B250" s="23"/>
       <c r="C250" s="23"/>
       <c r="D250" s="24"/>
       <c r="E250" s="12"/>
       <c r="F250" s="12"/>
       <c r="G250" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H250" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I250" s="12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J250" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K250" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="251" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A251" s="145" t="s">
-[...5 lines deleted...]
-      <c r="E251" s="145"/>
+      <c r="A251" s="142" t="s">
+        <v>123</v>
+      </c>
+      <c r="B251" s="142"/>
+      <c r="C251" s="142"/>
+      <c r="D251" s="142"/>
+      <c r="E251" s="142"/>
       <c r="F251" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G251" s="27">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H251" s="27">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I251" s="27">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="J251" s="27">
         <v>13</v>
       </c>
       <c r="K251" s="27">
         <v>13</v>
       </c>
     </row>
     <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A252" s="142"/>
-[...3 lines deleted...]
-      <c r="E252" s="142"/>
+      <c r="A252" s="140"/>
+      <c r="B252" s="140"/>
+      <c r="C252" s="140"/>
+      <c r="D252" s="140"/>
+      <c r="E252" s="140"/>
       <c r="F252" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G252" s="28">
-        <v>0.71015747631251624</v>
+        <v>0.65254735868078262</v>
       </c>
       <c r="H252" s="28">
-        <v>0.65254735868078262</v>
+        <v>1.3230166371849905</v>
       </c>
       <c r="I252" s="28">
-        <v>1.3230166371849905</v>
+        <v>1.5413427037415419</v>
       </c>
       <c r="J252" s="28">
-        <v>1.5410592760331803</v>
+        <v>1.6200255433128177</v>
       </c>
       <c r="K252" s="28">
-        <v>1.5446079129380503</v>
+        <v>1.6337590987524544</v>
       </c>
     </row>
     <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A253" s="144" t="s">
-[...5 lines deleted...]
-      <c r="E253" s="144"/>
+      <c r="A253" s="137" t="s">
+        <v>124</v>
+      </c>
+      <c r="B253" s="137"/>
+      <c r="C253" s="137"/>
+      <c r="D253" s="137"/>
+      <c r="E253" s="137"/>
       <c r="F253" s="29" t="s">
         <v>21</v>
       </c>
       <c r="G253" s="30">
+        <v>18</v>
+      </c>
+      <c r="H253" s="30">
+        <v>15</v>
+      </c>
+      <c r="I253" s="30">
+        <v>14</v>
+      </c>
+      <c r="J253" s="30">
         <v>17</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="K253" s="30">
         <v>17</v>
       </c>
     </row>
     <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A254" s="143"/>
-[...3 lines deleted...]
-      <c r="E254" s="143"/>
+      <c r="A254" s="138"/>
+      <c r="B254" s="138"/>
+      <c r="C254" s="138"/>
+      <c r="D254" s="138"/>
+      <c r="E254" s="138"/>
       <c r="F254" s="31" t="s">
         <v>30</v>
       </c>
       <c r="G254" s="32">
-        <v>0.68027695565375135</v>
+        <v>0.85848436991376631</v>
       </c>
       <c r="H254" s="32">
-        <v>0.85848436991376631</v>
+        <v>1.0380783073792317</v>
       </c>
       <c r="I254" s="32">
-        <v>1.0380783073792317</v>
+        <v>1.1929141580534381</v>
       </c>
       <c r="J254" s="32">
-        <v>1.1927063767258317</v>
+        <v>0.78064505994396216</v>
       </c>
       <c r="K254" s="32">
-        <v>0.78794730728432383</v>
+        <v>0.8625355643795215</v>
       </c>
     </row>
     <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A255" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B255" s="33"/>
       <c r="C255" s="34"/>
     </row>
     <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A260" s="2" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B260" s="8"/>
       <c r="C260" s="8"/>
       <c r="D260" s="8"/>
       <c r="E260" s="8"/>
       <c r="F260" s="8"/>
       <c r="G260" s="8"/>
       <c r="H260" s="8"/>
       <c r="I260" s="8"/>
       <c r="J260" s="8"/>
       <c r="K260" s="9"/>
     </row>
     <row r="261" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A261" s="11">
         <v>0</v>
       </c>
       <c r="B261" s="11"/>
       <c r="C261" s="11"/>
       <c r="D261" s="11"/>
       <c r="E261" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F261" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G261" s="12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H261" s="12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I261" s="12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J261" s="13" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="K261" s="13" t="s">
-        <v>179</v>
+        <v>121</v>
       </c>
     </row>
     <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A262" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B262" s="15"/>
       <c r="C262" s="15"/>
       <c r="D262" s="15"/>
       <c r="E262" s="16">
-        <v>455.16</v>
+        <v>523.91</v>
       </c>
       <c r="F262" s="16">
-        <v>523.91</v>
+        <v>1002.67</v>
       </c>
       <c r="G262" s="16">
-        <v>1002.67</v>
+        <v>1195.98</v>
       </c>
       <c r="H262" s="16">
-        <v>1196.49</v>
+        <v>1323.81</v>
       </c>
       <c r="I262" s="16">
-        <v>1278.3399999999999</v>
+        <v>1403.91</v>
       </c>
       <c r="J262" s="16">
-        <v>6.8408427985189935</v>
+        <v>6.0507172479434459</v>
       </c>
       <c r="K262" s="16">
-        <v>29.455519668809281</v>
+        <v>27.944212301523596</v>
       </c>
     </row>
     <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A263" s="15" t="s">
         <v>26</v>
       </c>
       <c r="B263" s="15"/>
       <c r="C263" s="15"/>
       <c r="D263" s="15"/>
       <c r="E263" s="16">
-        <v>212.13</v>
+        <v>297.37</v>
       </c>
       <c r="F263" s="16">
-        <v>297.37</v>
+        <v>517.80999999999995</v>
       </c>
       <c r="G263" s="16">
-        <v>517.80999999999995</v>
+        <v>496.42</v>
       </c>
       <c r="H263" s="16">
-        <v>496.37</v>
+        <v>458.81</v>
       </c>
       <c r="I263" s="16">
-        <v>458.22</v>
+        <v>543.85</v>
       </c>
       <c r="J263" s="16">
-        <v>-7.6857989000140972</v>
+        <v>18.53490551644472</v>
       </c>
       <c r="K263" s="16">
-        <v>21.232200246345336</v>
+        <v>16.290836639144636</v>
       </c>
     </row>
     <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A264" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B264" s="15"/>
       <c r="C264" s="15"/>
       <c r="D264" s="15"/>
       <c r="E264" s="16">
-        <v>243.03000000000003</v>
+        <v>226.53999999999996</v>
       </c>
       <c r="F264" s="16">
-        <v>226.53999999999996</v>
+        <v>484.86</v>
       </c>
       <c r="G264" s="16">
-        <v>484.86</v>
+        <v>699.56</v>
       </c>
       <c r="H264" s="16">
-        <v>700.12</v>
+        <v>865</v>
       </c>
       <c r="I264" s="16">
-        <v>820.11999999999989</v>
+        <v>860.06000000000006</v>
       </c>
       <c r="J264" s="16" t="s">
         <v>24</v>
       </c>
       <c r="K264" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B265" s="1"/>
       <c r="C265" s="1"/>
       <c r="D265" s="1"/>
       <c r="E265" s="17">
-        <v>214.56653938622546</v>
+        <v>176.18118841846857</v>
       </c>
       <c r="F265" s="17">
-        <v>176.18118841846857</v>
+        <v>193.63666209613567</v>
       </c>
       <c r="G265" s="17">
-        <v>193.63666209613567</v>
+        <v>240.92099431932635</v>
       </c>
       <c r="H265" s="17">
-        <v>241.04800854201503</v>
+        <v>288.53120027898257</v>
       </c>
       <c r="I265" s="17">
-        <v>278.97952948365412</v>
+        <v>258.14287027673072</v>
       </c>
       <c r="J265" s="18" t="s">
         <v>24</v>
       </c>
       <c r="K265" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="266" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A266" s="4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="267" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A267" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="268" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A268" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A269" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="270" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A270" s="126" t="s">
+      <c r="A270" s="135" t="s">
         <v>66</v>
       </c>
-      <c r="B270" s="126"/>
-[...8 lines deleted...]
-      <c r="K270" s="126"/>
+      <c r="B270" s="135"/>
+      <c r="C270" s="135"/>
+      <c r="D270" s="135"/>
+      <c r="E270" s="135"/>
+      <c r="F270" s="135"/>
+      <c r="G270" s="135"/>
+      <c r="H270" s="135"/>
+      <c r="I270" s="135"/>
+      <c r="J270" s="135"/>
+      <c r="K270" s="135"/>
     </row>
     <row r="271" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A271" s="126" t="s">
-[...29 lines deleted...]
-      <c r="K271" s="126">
+      <c r="A271" s="135" t="s">
+        <v>135</v>
+      </c>
+      <c r="B271" s="135">
+        <v>0</v>
+      </c>
+      <c r="C271" s="135">
+        <v>0</v>
+      </c>
+      <c r="D271" s="135">
+        <v>0</v>
+      </c>
+      <c r="E271" s="135">
+        <v>0</v>
+      </c>
+      <c r="F271" s="135">
+        <v>0</v>
+      </c>
+      <c r="G271" s="135">
+        <v>0</v>
+      </c>
+      <c r="H271" s="135">
+        <v>0</v>
+      </c>
+      <c r="I271" s="135">
+        <v>0</v>
+      </c>
+      <c r="J271" s="135">
+        <v>0</v>
+      </c>
+      <c r="K271" s="135">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A272" s="46"/>
       <c r="B272" s="46"/>
       <c r="C272" s="46"/>
       <c r="D272" s="46"/>
       <c r="E272" s="46"/>
       <c r="F272" s="46"/>
       <c r="G272" s="46"/>
       <c r="H272" s="46"/>
       <c r="I272" s="46"/>
       <c r="J272" s="46"/>
       <c r="K272" s="46"/>
     </row>
     <row r="273" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B273" s="37"/>
       <c r="C273" s="37"/>
       <c r="D273" s="37"/>
       <c r="E273" s="37"/>
       <c r="F273" s="37"/>
       <c r="G273" s="37"/>
       <c r="H273" s="37"/>
       <c r="I273" s="37"/>
       <c r="J273" s="37"/>
       <c r="K273" s="37"/>
     </row>
     <row r="274" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A274" s="23">
         <v>0</v>
       </c>
       <c r="B274" s="23">
         <v>0</v>
       </c>
       <c r="C274" s="23">
         <v>0</v>
       </c>
       <c r="D274" s="24"/>
       <c r="E274" s="12"/>
       <c r="F274" s="12">
         <v>0</v>
       </c>
       <c r="G274" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="H274" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I274" s="12">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J274" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="K274" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="275" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A275" s="145" t="s">
-[...5 lines deleted...]
-      <c r="E275" s="145"/>
+      <c r="A275" s="142" t="s">
+        <v>123</v>
+      </c>
+      <c r="B275" s="142"/>
+      <c r="C275" s="142"/>
+      <c r="D275" s="142"/>
+      <c r="E275" s="142"/>
       <c r="F275" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G275" s="27">
         <v>23</v>
       </c>
       <c r="H275" s="27">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="I275" s="27">
         <v>15</v>
       </c>
       <c r="J275" s="27">
         <v>15</v>
       </c>
       <c r="K275" s="27">
         <v>15</v>
       </c>
     </row>
     <row r="276" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A276" s="142">
-[...9 lines deleted...]
-      <c r="E276" s="142"/>
+      <c r="A276" s="140">
+        <v>0</v>
+      </c>
+      <c r="B276" s="140">
+        <v>0</v>
+      </c>
+      <c r="C276" s="140">
+        <v>0</v>
+      </c>
+      <c r="D276" s="140"/>
+      <c r="E276" s="140"/>
       <c r="F276" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G276" s="28">
-        <v>0.60582892719990344</v>
+        <v>0.58129632931522734</v>
       </c>
       <c r="H276" s="28">
-        <v>0.58129632931522734</v>
+        <v>0.82889560141452978</v>
       </c>
       <c r="I276" s="28">
-        <v>0.82889560141452978</v>
+        <v>0.93639017118375478</v>
       </c>
       <c r="J276" s="28">
-        <v>0.93647961807279101</v>
+        <v>0.99274293746501652</v>
       </c>
       <c r="K276" s="28">
-        <v>0.96024934002294371</v>
+        <v>1.0427599078568974</v>
       </c>
     </row>
     <row r="277" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A277" s="144" t="s">
-[...5 lines deleted...]
-      <c r="E277" s="144"/>
+      <c r="A277" s="137" t="s">
+        <v>124</v>
+      </c>
+      <c r="B277" s="137"/>
+      <c r="C277" s="137"/>
+      <c r="D277" s="137"/>
+      <c r="E277" s="137"/>
       <c r="F277" s="29" t="s">
         <v>21</v>
       </c>
       <c r="G277" s="30">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H277" s="30">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I277" s="30">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J277" s="30">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="K277" s="30">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="278" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A278" s="143">
-[...9 lines deleted...]
-      <c r="E278" s="143"/>
+      <c r="A278" s="138">
+        <v>0</v>
+      </c>
+      <c r="B278" s="138">
+        <v>0</v>
+      </c>
+      <c r="C278" s="138">
+        <v>0</v>
+      </c>
+      <c r="D278" s="138"/>
+      <c r="E278" s="138"/>
       <c r="F278" s="31" t="s">
         <v>30</v>
       </c>
       <c r="G278" s="32">
-        <v>0.26930662399333749</v>
+        <v>0.3112409509652897</v>
       </c>
       <c r="H278" s="32">
-        <v>0.3112409509652897</v>
+        <v>0.41163867185574698</v>
       </c>
       <c r="I278" s="32">
-        <v>0.41163867185574698</v>
+        <v>0.40142248564309352</v>
       </c>
       <c r="J278" s="32">
-        <v>0.40138205390327208</v>
+        <v>0.36152827309319857</v>
       </c>
       <c r="K278" s="32">
-        <v>0.36198227122664373</v>
+        <v>0.41551794692188959</v>
       </c>
     </row>
     <row r="279" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A279" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B279" s="35"/>
-      <c r="C279" s="121"/>
+      <c r="C279" s="120"/>
       <c r="D279" s="46"/>
       <c r="E279" s="46"/>
       <c r="F279" s="46"/>
       <c r="G279" s="46"/>
       <c r="H279" s="46"/>
       <c r="I279" s="46"/>
       <c r="J279" s="46"/>
       <c r="K279" s="46"/>
     </row>
     <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A280" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="282" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A282" s="2" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="B282" s="8"/>
       <c r="C282" s="8"/>
       <c r="D282" s="8"/>
       <c r="E282" s="8"/>
       <c r="F282" s="8"/>
       <c r="G282" s="8"/>
       <c r="H282" s="8"/>
       <c r="I282" s="8"/>
       <c r="J282" s="8"/>
       <c r="K282" s="9"/>
     </row>
     <row r="283" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A283" s="11">
         <v>0</v>
       </c>
-      <c r="B283" s="12">
-[...2 lines deleted...]
-      <c r="C283" s="12">
+      <c r="B283" s="11"/>
+      <c r="C283" s="11"/>
+      <c r="D283" s="11"/>
+      <c r="E283" s="12">
         <v>2021</v>
       </c>
-      <c r="D283" s="12">
+      <c r="F283" s="12">
         <v>2022</v>
       </c>
-      <c r="E283" s="12">
+      <c r="G283" s="12">
         <v>2023</v>
       </c>
-      <c r="F283" s="12">
+      <c r="H283" s="12">
         <v>2024</v>
       </c>
-      <c r="G283" s="13" t="s">
-[...6 lines deleted...]
-        <v>116</v>
+      <c r="I283" s="12">
+        <v>2025</v>
       </c>
       <c r="J283" s="13" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
       <c r="K283" s="13" t="s">
-        <v>147</v>
+        <v>177</v>
       </c>
     </row>
     <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A284" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="B284" s="16">
-[...2 lines deleted...]
-      <c r="C284" s="16">
+      <c r="B284" s="15"/>
+      <c r="C284" s="15"/>
+      <c r="D284" s="15"/>
+      <c r="E284" s="16">
         <v>43.65</v>
       </c>
-      <c r="D284" s="16">
+      <c r="F284" s="16">
         <v>3.6300000000000012</v>
       </c>
-      <c r="E284" s="16">
+      <c r="G284" s="16">
         <v>10.66</v>
       </c>
-      <c r="F284" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="H284" s="16">
-        <v>28.963999999999999</v>
+        <v>130.94</v>
       </c>
       <c r="I284" s="16">
-        <v>87.57</v>
+        <v>20.99</v>
       </c>
       <c r="J284" s="16">
-        <v>18.95</v>
+        <v>-109.95</v>
       </c>
       <c r="K284" s="16">
-        <v>-68.61999999999999</v>
+        <v>41.974000000000004</v>
       </c>
     </row>
     <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A285" s="15" t="s">
         <v>36</v>
       </c>
-      <c r="B285" s="16">
-[...2 lines deleted...]
-      <c r="C285" s="16">
+      <c r="B285" s="15"/>
+      <c r="C285" s="15"/>
+      <c r="D285" s="15"/>
+      <c r="E285" s="16">
         <v>40.15</v>
       </c>
-      <c r="D285" s="16">
+      <c r="F285" s="16">
         <v>31.259999999999998</v>
       </c>
-      <c r="E285" s="16">
+      <c r="G285" s="16">
         <v>71.47</v>
       </c>
-      <c r="F285" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="H285" s="16">
-        <v>49.741999999999997</v>
+        <v>77.3</v>
       </c>
       <c r="I285" s="16">
-        <v>56.53</v>
+        <v>78.14</v>
       </c>
       <c r="J285" s="16">
-        <v>47.69</v>
+        <v>0.84000000000000341</v>
       </c>
       <c r="K285" s="16">
-        <v>-8.8400000000000034</v>
+        <v>59.664000000000001</v>
       </c>
     </row>
     <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B286" s="17">
-[...2 lines deleted...]
-      <c r="C286" s="17">
+      <c r="B286" s="1"/>
+      <c r="C286" s="1"/>
+      <c r="D286" s="1"/>
+      <c r="E286" s="17">
         <v>3.5</v>
       </c>
-      <c r="D286" s="17">
+      <c r="F286" s="17">
         <v>-27.629999999999995</v>
       </c>
-      <c r="E286" s="17">
+      <c r="G286" s="17">
         <v>-60.81</v>
       </c>
-      <c r="F286" s="17">
-[...2 lines deleted...]
-      <c r="G286" s="17" t="s">
+      <c r="H286" s="17">
+        <v>53.64</v>
+      </c>
+      <c r="I286" s="17">
+        <v>-57.150000000000006</v>
+      </c>
+      <c r="J286" s="17" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>-28.74</v>
       </c>
       <c r="K286" s="17" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A287" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="K287" s="60"/>
+      <c r="I287" s="8"/>
+      <c r="J287" s="8"/>
+      <c r="K287" s="9"/>
     </row>
     <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A288" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B288" s="60"/>
       <c r="C288" s="60"/>
       <c r="D288" s="60"/>
       <c r="E288" s="60"/>
       <c r="F288" s="60"/>
       <c r="G288" s="60"/>
       <c r="H288" s="60"/>
-      <c r="I288" s="60"/>
+      <c r="I288" s="8"/>
+      <c r="J288" s="8"/>
+      <c r="K288" s="9"/>
     </row>
     <row r="289" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A289" s="4" t="s">
         <v>88</v>
       </c>
       <c r="B289" s="60"/>
       <c r="C289" s="60"/>
       <c r="D289" s="60"/>
       <c r="E289" s="60"/>
       <c r="F289" s="60"/>
       <c r="G289" s="60"/>
       <c r="H289" s="60"/>
       <c r="I289" s="60"/>
     </row>
     <row r="290" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A290" s="136" t="s">
+      <c r="A290" s="141" t="s">
         <v>37</v>
       </c>
-      <c r="B290" s="136">
-[...26 lines deleted...]
-      <c r="K290" s="136">
+      <c r="B290" s="141">
+        <v>0</v>
+      </c>
+      <c r="C290" s="141">
+        <v>0</v>
+      </c>
+      <c r="D290" s="141">
+        <v>0</v>
+      </c>
+      <c r="E290" s="141">
+        <v>0</v>
+      </c>
+      <c r="F290" s="141">
+        <v>0</v>
+      </c>
+      <c r="G290" s="141">
+        <v>0</v>
+      </c>
+      <c r="H290" s="141">
+        <v>0</v>
+      </c>
+      <c r="I290" s="141">
+        <v>0</v>
+      </c>
+      <c r="J290" s="141">
+        <v>0</v>
+      </c>
+      <c r="K290" s="141">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A291" s="46"/>
       <c r="B291" s="46"/>
       <c r="C291" s="46"/>
       <c r="D291" s="46"/>
       <c r="E291" s="46"/>
       <c r="F291" s="46"/>
       <c r="G291" s="46"/>
       <c r="H291" s="46"/>
       <c r="I291" s="46"/>
       <c r="J291" s="46"/>
       <c r="K291" s="46"/>
     </row>
     <row r="292" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
       <c r="D292" s="22"/>
       <c r="E292" s="22"/>
       <c r="F292" s="22"/>
       <c r="G292" s="22"/>
       <c r="H292" s="22"/>
       <c r="I292" s="22"/>
       <c r="J292" s="22"/>
       <c r="K292" s="22"/>
     </row>
     <row r="293" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A293" s="11">
         <v>0</v>
       </c>
-      <c r="B293" s="13" t="s">
+      <c r="B293" s="11"/>
+      <c r="C293" s="11"/>
+      <c r="D293" s="11"/>
+      <c r="E293" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="C293" s="13" t="s">
+      <c r="F293" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="D293" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G293" s="13" t="s">
-        <v>178</v>
+        <v>98</v>
       </c>
       <c r="H293" s="13" t="s">
-        <v>179</v>
+        <v>112</v>
       </c>
       <c r="I293" s="13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J293" s="13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K293" s="13" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
     </row>
     <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="108" t="s">
         <v>35</v>
       </c>
-      <c r="B294" s="16">
-[...2 lines deleted...]
-      <c r="C294" s="16">
+      <c r="B294" s="108"/>
+      <c r="C294" s="108"/>
+      <c r="D294" s="108"/>
+      <c r="E294" s="16">
         <v>69.19</v>
       </c>
-      <c r="D294" s="16">
+      <c r="F294" s="16">
         <v>74.67</v>
       </c>
-      <c r="E294" s="16">
+      <c r="G294" s="16">
         <v>130.85</v>
       </c>
-      <c r="F294" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="H294" s="16">
-        <v>93.326967932449705</v>
-[...5 lines deleted...]
-        <v>242.47</v>
+        <v>261.14</v>
+      </c>
+      <c r="I294" s="16">
+        <v>262.12</v>
+      </c>
+      <c r="J294" s="16">
+        <v>0.37527762885809074</v>
       </c>
       <c r="K294" s="16">
-        <v>13.351409471272966</v>
+        <v>39.512848875355203</v>
       </c>
     </row>
     <row r="295" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="108" t="s">
         <v>21</v>
       </c>
-      <c r="B295" s="49">
-[...2 lines deleted...]
-      <c r="C295" s="49">
+      <c r="B295" s="108"/>
+      <c r="C295" s="108"/>
+      <c r="D295" s="108"/>
+      <c r="E295" s="49">
         <v>31</v>
       </c>
-      <c r="D295" s="49">
+      <c r="F295" s="49">
         <v>36</v>
       </c>
-      <c r="E295" s="49">
+      <c r="G295" s="49">
         <v>30</v>
       </c>
-      <c r="F295" s="49">
+      <c r="H295" s="49">
+        <v>27</v>
+      </c>
+      <c r="I295" s="49">
         <v>26</v>
       </c>
-      <c r="G295" s="49" t="s">
+      <c r="J295" s="49" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
       <c r="K295" s="49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="296" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="B296" s="109">
-[...2 lines deleted...]
-      <c r="C296" s="109">
+      <c r="B296" s="15"/>
+      <c r="C296" s="15"/>
+      <c r="D296" s="15"/>
+      <c r="E296" s="109">
         <v>0.12072271010706789</v>
       </c>
-      <c r="D296" s="109">
+      <c r="F296" s="109">
         <v>0.11766925059957425</v>
       </c>
-      <c r="E296" s="109">
+      <c r="G296" s="109">
         <v>0.18836970732947464</v>
       </c>
-      <c r="F296" s="109">
-[...2 lines deleted...]
-      <c r="G296" s="88" t="s">
+      <c r="H296" s="109">
+        <v>0.36266094867626814</v>
+      </c>
+      <c r="I296" s="109">
+        <v>0.33340235757644521</v>
+      </c>
+      <c r="J296" s="88" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.30910732654606887</v>
       </c>
       <c r="K296" s="88" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="297" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="99" t="s">
         <v>67</v>
       </c>
-      <c r="B297" s="101">
-[...2 lines deleted...]
-      <c r="C297" s="101">
+      <c r="B297" s="99"/>
+      <c r="C297" s="99"/>
+      <c r="D297" s="99"/>
+      <c r="E297" s="101">
         <v>765.93</v>
       </c>
-      <c r="D297" s="101">
+      <c r="F297" s="101">
         <v>780.34</v>
       </c>
-      <c r="E297" s="101">
+      <c r="G297" s="101">
         <v>857.12</v>
       </c>
-      <c r="F297" s="101">
-[...4 lines deleted...]
-      </c>
       <c r="H297" s="101">
-        <v>8.3384323724787315</v>
-[...5 lines deleted...]
-        <v>981.9</v>
+        <v>933.69</v>
+      </c>
+      <c r="I297" s="101">
+        <v>1012.88</v>
+      </c>
+      <c r="J297" s="101">
+        <v>8.4814017500455119</v>
       </c>
       <c r="K297" s="101">
-        <v>8.375091057592547</v>
+        <v>7.2364007090676585</v>
       </c>
     </row>
     <row r="298" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="B298" s="49">
+      <c r="B298" s="15"/>
+      <c r="C298" s="15"/>
+      <c r="D298" s="15"/>
+      <c r="E298" s="49">
+        <v>21</v>
+      </c>
+      <c r="F298" s="49">
+        <v>21</v>
+      </c>
+      <c r="G298" s="49">
         <v>20</v>
       </c>
-      <c r="C298" s="49">
-[...11 lines deleted...]
-      <c r="G298" s="49" t="s">
+      <c r="H298" s="49">
+        <v>18</v>
+      </c>
+      <c r="I298" s="49">
+        <v>18</v>
+      </c>
+      <c r="J298" s="49" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="K298" s="49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="299" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A299" s="111" t="s">
+      <c r="A299" s="110" t="s">
         <v>43</v>
       </c>
-      <c r="B299" s="112">
-[...2 lines deleted...]
-      <c r="C299" s="112">
+      <c r="B299" s="110"/>
+      <c r="C299" s="110"/>
+      <c r="D299" s="110"/>
+      <c r="E299" s="111">
         <v>0.46652868499979289</v>
       </c>
-      <c r="D299" s="112">
+      <c r="F299" s="111">
         <v>0.44404962744251053</v>
       </c>
-      <c r="E299" s="112">
+      <c r="G299" s="111">
         <v>0.44467107792633409</v>
       </c>
-      <c r="F299" s="112">
-[...2 lines deleted...]
-      <c r="G299" s="113" t="s">
+      <c r="H299" s="111">
+        <v>0.46363721005294622</v>
+      </c>
+      <c r="I299" s="111">
+        <v>0.47390451222710883</v>
+      </c>
+      <c r="J299" s="112" t="s">
         <v>24</v>
       </c>
-      <c r="H299" s="113" t="s">
+      <c r="K299" s="112" t="s">
         <v>24</v>
       </c>
-      <c r="I299" s="112">
-[...5 lines deleted...]
-      <c r="K299" s="113" t="s">
+    </row>
+    <row r="300" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="113" t="s">
+        <v>13</v>
+      </c>
+      <c r="B300" s="11"/>
+      <c r="C300" s="11"/>
+      <c r="D300" s="11"/>
+      <c r="E300" s="114">
+        <v>-696.74</v>
+      </c>
+      <c r="F300" s="114">
+        <v>-705.67000000000007</v>
+      </c>
+      <c r="G300" s="114">
+        <v>-726.27</v>
+      </c>
+      <c r="H300" s="114">
+        <v>-672.55000000000007</v>
+      </c>
+      <c r="I300" s="114">
+        <v>-750.76</v>
+      </c>
+      <c r="J300" s="115" t="s">
         <v>24</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K300" s="116" t="s">
+      <c r="K300" s="115" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="54" t="s">
         <v>23</v>
       </c>
-      <c r="K301" s="46"/>
+      <c r="I301" s="22"/>
+      <c r="J301" s="22"/>
+      <c r="K301" s="22"/>
     </row>
     <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="54" t="s">
         <v>42</v>
       </c>
       <c r="B302" s="90"/>
       <c r="C302" s="90"/>
       <c r="D302" s="90"/>
       <c r="E302" s="90"/>
       <c r="F302" s="90"/>
       <c r="G302" s="90"/>
       <c r="H302" s="90"/>
       <c r="I302" s="90"/>
       <c r="J302" s="89"/>
       <c r="K302" s="46"/>
     </row>
     <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A303" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B303" s="90"/>
       <c r="C303" s="90"/>
       <c r="D303" s="90"/>
       <c r="E303" s="90"/>
       <c r="F303" s="90"/>
       <c r="G303" s="90"/>
       <c r="H303" s="90"/>
       <c r="I303" s="90"/>
       <c r="J303" s="89"/>
       <c r="K303" s="46"/>
     </row>
     <row r="304" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A304" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B304" s="90"/>
       <c r="C304" s="90"/>
       <c r="D304" s="90"/>
       <c r="E304" s="90"/>
       <c r="F304" s="90"/>
       <c r="G304" s="90"/>
       <c r="H304" s="90"/>
       <c r="I304" s="90"/>
       <c r="J304" s="89"/>
       <c r="K304" s="46"/>
     </row>
     <row r="305" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A305" s="20" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B305" s="90"/>
       <c r="C305" s="90"/>
       <c r="D305" s="90"/>
       <c r="E305" s="90"/>
       <c r="F305" s="90"/>
       <c r="G305" s="90"/>
       <c r="H305" s="90"/>
       <c r="I305" s="90"/>
       <c r="J305" s="89"/>
       <c r="K305" s="46"/>
     </row>
     <row r="306" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A306" s="4" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B306" s="90"/>
       <c r="C306" s="90"/>
       <c r="D306" s="90"/>
       <c r="E306" s="90"/>
       <c r="F306" s="90"/>
       <c r="G306" s="90"/>
       <c r="H306" s="90"/>
       <c r="I306" s="90"/>
       <c r="J306" s="89"/>
       <c r="K306" s="46"/>
     </row>
     <row r="309" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="B309" s="22"/>
       <c r="C309" s="22"/>
       <c r="D309" s="22"/>
       <c r="E309" s="22"/>
       <c r="F309" s="22"/>
       <c r="G309" s="22"/>
       <c r="H309" s="22"/>
-      <c r="I309" s="22"/>
-[...1 lines deleted...]
-      <c r="K309" s="22"/>
     </row>
     <row r="310" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A310" s="11">
         <v>0</v>
       </c>
-      <c r="B310" s="13" t="s">
+      <c r="B310" s="11"/>
+      <c r="C310" s="11"/>
+      <c r="D310" s="11"/>
+      <c r="E310" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="C310" s="13" t="s">
+      <c r="F310" s="13" t="s">
         <v>94</v>
       </c>
-      <c r="D310" s="13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G310" s="13" t="s">
-        <v>178</v>
+        <v>98</v>
       </c>
       <c r="H310" s="13" t="s">
-        <v>188</v>
+        <v>112</v>
       </c>
       <c r="I310" s="13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="J310" s="13" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K310" s="13" t="s">
-        <v>124</v>
+        <v>181</v>
       </c>
     </row>
     <row r="311" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A311" s="108" t="s">
         <v>57</v>
       </c>
-      <c r="B311" s="16">
-[...2 lines deleted...]
-      <c r="C311" s="16">
+      <c r="B311" s="108"/>
+      <c r="C311" s="108"/>
+      <c r="D311" s="108"/>
+      <c r="E311" s="16">
         <v>2025.45</v>
       </c>
-      <c r="D311" s="16">
+      <c r="F311" s="16">
         <v>2218.5100000000002</v>
       </c>
-      <c r="E311" s="16">
+      <c r="G311" s="16">
         <v>2192.31</v>
       </c>
-      <c r="F311" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="H311" s="16">
-        <v>9.4565802477891481</v>
-[...5 lines deleted...]
-        <v>2561.0100000000002</v>
+        <v>2845.42</v>
+      </c>
+      <c r="I311" s="16">
+        <v>2924.87</v>
+      </c>
+      <c r="J311" s="16">
+        <v>2.7922064229533712</v>
       </c>
       <c r="K311" s="16">
-        <v>7.6398345690220593</v>
+        <v>9.6216312300628104</v>
       </c>
     </row>
     <row r="312" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A312" s="108" t="s">
         <v>21</v>
       </c>
-      <c r="B312" s="49">
-[...7 lines deleted...]
-      </c>
+      <c r="B312" s="108"/>
+      <c r="C312" s="108"/>
+      <c r="D312" s="108"/>
       <c r="E312" s="49">
         <v>14</v>
       </c>
       <c r="F312" s="49">
         <v>14</v>
       </c>
-      <c r="G312" s="49" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="G312" s="49">
+        <v>14</v>
+      </c>
+      <c r="H312" s="49">
+        <v>14</v>
       </c>
       <c r="I312" s="49">
         <v>14</v>
       </c>
-      <c r="J312" s="49">
-        <v>14</v>
+      <c r="J312" s="49" t="s">
+        <v>24</v>
       </c>
       <c r="K312" s="49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="313" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A313" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="B313" s="109">
-[...2 lines deleted...]
-      <c r="C313" s="109">
+      <c r="B313" s="15"/>
+      <c r="C313" s="15"/>
+      <c r="D313" s="15"/>
+      <c r="E313" s="109">
         <v>1.2337035042795435</v>
       </c>
-      <c r="D313" s="109">
+      <c r="F313" s="109">
         <v>1.262435014195715</v>
       </c>
-      <c r="E313" s="109">
+      <c r="G313" s="109">
         <v>1.1373633223453909</v>
       </c>
-      <c r="F313" s="109">
-[...2 lines deleted...]
-      <c r="G313" s="88" t="s">
+      <c r="H313" s="109">
+        <v>1.4129342610811448</v>
+      </c>
+      <c r="I313" s="109">
+        <v>1.3684830292608243</v>
+      </c>
+      <c r="J313" s="88" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.2304595640423357</v>
       </c>
       <c r="K313" s="88" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
-        <v>100</v>
-[...4 lines deleted...]
-      <c r="C314" s="78">
+        <v>99</v>
+      </c>
+      <c r="B314" s="1"/>
+      <c r="C314" s="1"/>
+      <c r="D314" s="1"/>
+      <c r="E314" s="78">
         <v>264.44322588226078</v>
       </c>
-      <c r="D314" s="78">
+      <c r="F314" s="78">
         <v>284.30043314452678</v>
       </c>
-      <c r="E314" s="78">
+      <c r="G314" s="78">
         <v>255.77632070188537</v>
       </c>
-      <c r="F314" s="78">
-[...2 lines deleted...]
-      <c r="G314" s="77" t="s">
+      <c r="H314" s="78">
+        <v>304.74997054696951</v>
+      </c>
+      <c r="I314" s="78">
+        <v>288.76767237974883</v>
+      </c>
+      <c r="J314" s="77" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>260.82187595478155</v>
       </c>
       <c r="K314" s="77" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A315" s="54" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="C315" s="54"/>
     </row>
     <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A316" s="54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A317" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="318" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A318" s="20" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="319" spans="1:11" ht="54.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A319" s="136" t="s">
+      <c r="A319" s="141" t="s">
         <v>58</v>
       </c>
-      <c r="B319" s="136">
-[...26 lines deleted...]
-      <c r="K319" s="136">
+      <c r="B319" s="141">
+        <v>0</v>
+      </c>
+      <c r="C319" s="141">
+        <v>0</v>
+      </c>
+      <c r="D319" s="141">
+        <v>0</v>
+      </c>
+      <c r="E319" s="141">
+        <v>0</v>
+      </c>
+      <c r="F319" s="141">
+        <v>0</v>
+      </c>
+      <c r="G319" s="141">
+        <v>0</v>
+      </c>
+      <c r="H319" s="141">
+        <v>0</v>
+      </c>
+      <c r="I319" s="141">
+        <v>0</v>
+      </c>
+      <c r="J319" s="141">
+        <v>0</v>
+      </c>
+      <c r="K319" s="141">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A320" s="92"/>
     </row>
     <row r="321" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A321" s="2" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B321" s="15"/>
       <c r="C321" s="15"/>
       <c r="D321" s="15"/>
       <c r="E321" s="15"/>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15"/>
       <c r="I321" s="15"/>
       <c r="J321" s="15"/>
       <c r="K321" s="22"/>
     </row>
     <row r="322" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A322" s="11">
         <v>0</v>
       </c>
       <c r="B322" s="12"/>
       <c r="C322" s="12"/>
       <c r="D322" s="12"/>
       <c r="E322" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F322" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G322" s="13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H322" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I322" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J322" s="13" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="K322" s="13" t="s">
-        <v>179</v>
+        <v>121</v>
       </c>
     </row>
     <row r="323" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A323" s="15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B323" s="16"/>
       <c r="C323" s="16"/>
       <c r="D323" s="16"/>
       <c r="E323" s="16">
-        <v>85.23</v>
+        <v>81.099999999999994</v>
       </c>
       <c r="F323" s="16">
-        <v>81.099999999999994</v>
+        <v>403.85</v>
       </c>
       <c r="G323" s="16">
-        <v>403.85</v>
+        <v>600.99</v>
       </c>
       <c r="H323" s="16">
-        <v>600.99</v>
+        <v>697.24</v>
       </c>
       <c r="I323" s="16">
-        <v>696.7</v>
+        <v>740.62</v>
       </c>
       <c r="J323" s="16">
-        <v>15.92538977354033</v>
+        <v>6.2216740290287413</v>
       </c>
       <c r="K323" s="16">
-        <v>69.088211512946017</v>
+        <v>73.83757113683744</v>
       </c>
     </row>
     <row r="324" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B324" s="49"/>
       <c r="C324" s="49"/>
       <c r="D324" s="49"/>
       <c r="E324" s="49">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F324" s="49">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="G324" s="91">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H324" s="91">
         <v>11</v>
       </c>
       <c r="I324" s="49">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J324" s="49" t="s">
         <v>24</v>
       </c>
       <c r="K324" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="325" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A325" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B325" s="16"/>
       <c r="C325" s="16"/>
       <c r="D325" s="16"/>
       <c r="E325" s="16">
-        <v>1.0974111757480243</v>
+        <v>0.80089589735891986</v>
       </c>
       <c r="F325" s="16">
-        <v>0.80089589735891986</v>
+        <v>1.9031627799136097</v>
       </c>
       <c r="G325" s="19">
-        <v>1.9031627799136097</v>
+        <v>2.3595976760128181</v>
       </c>
       <c r="H325" s="19">
-        <v>2.3595976760128181</v>
+        <v>2.5129605388354834</v>
       </c>
       <c r="I325" s="16">
-        <v>2.5131528398771379</v>
+        <v>2.5423644449326579</v>
       </c>
       <c r="J325" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="K325" s="117" t="s">
+      <c r="K325" s="116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="326" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A326" s="99" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B326" s="101"/>
       <c r="C326" s="101"/>
       <c r="D326" s="101"/>
       <c r="E326" s="101">
-        <v>13.35</v>
+        <v>13.05</v>
       </c>
       <c r="F326" s="101">
-        <v>13.05</v>
+        <v>26.94</v>
       </c>
       <c r="G326" s="101">
-        <v>26.94</v>
+        <v>32.18</v>
       </c>
       <c r="H326" s="101">
-        <v>32.18</v>
+        <v>28.63</v>
       </c>
       <c r="I326" s="101">
-        <v>28.63</v>
+        <v>30.5</v>
       </c>
       <c r="J326" s="101">
-        <v>-11.031696706028592</v>
+        <v>6.5316101990918654</v>
       </c>
       <c r="K326" s="101">
-        <v>21.013833989595419</v>
+        <v>23.643796571044451</v>
       </c>
     </row>
     <row r="327" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A327" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B327" s="49"/>
       <c r="C327" s="49"/>
       <c r="D327" s="49"/>
       <c r="E327" s="49">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F327" s="49">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="G327" s="91">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H327" s="91">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I327" s="49">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J327" s="49" t="s">
         <v>24</v>
       </c>
       <c r="K327" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B328" s="17"/>
       <c r="C328" s="17"/>
       <c r="D328" s="17"/>
       <c r="E328" s="17">
-        <v>0.4866543696823441</v>
+        <v>0.36511360488832562</v>
       </c>
       <c r="F328" s="17">
-        <v>0.36511360488832562</v>
+        <v>0.48687304252277586</v>
       </c>
       <c r="G328" s="18">
-        <v>0.48687304252277586</v>
+        <v>0.50419825739806745</v>
       </c>
       <c r="H328" s="18">
-        <v>0.50419825739806745</v>
+        <v>0.41818208375326815</v>
       </c>
       <c r="I328" s="17">
-        <v>0.41818208375326815</v>
+        <v>0.42624494969610832</v>
       </c>
       <c r="J328" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="K328" s="118" t="s">
+      <c r="K328" s="117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="329" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="54" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="C329" s="54"/>
     </row>
     <row r="330" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A330" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A331" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="332" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A332" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="333" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A333" s="126" t="s">
-[...11 lines deleted...]
-      <c r="K333" s="126"/>
+      <c r="A333" s="135" t="s">
+        <v>97</v>
+      </c>
+      <c r="B333" s="135"/>
+      <c r="C333" s="135"/>
+      <c r="D333" s="135"/>
+      <c r="E333" s="135"/>
+      <c r="F333" s="135"/>
+      <c r="G333" s="135"/>
+      <c r="H333" s="135"/>
+      <c r="I333" s="135"/>
+      <c r="J333" s="135"/>
+      <c r="K333" s="135"/>
     </row>
     <row r="334" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A334" s="122"/>
-[...2 lines deleted...]
-      <c r="D334" s="122"/>
+      <c r="A334" s="121"/>
+      <c r="B334" s="121"/>
+      <c r="C334" s="121"/>
+      <c r="D334" s="121"/>
       <c r="E334" s="40"/>
       <c r="F334" s="40"/>
       <c r="G334" s="40"/>
       <c r="H334" s="40"/>
       <c r="I334" s="40"/>
       <c r="J334" s="19"/>
       <c r="K334" s="19"/>
     </row>
     <row r="335" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A335" s="2" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="B335" s="15"/>
       <c r="C335" s="15"/>
       <c r="D335" s="15"/>
       <c r="E335" s="15"/>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15"/>
       <c r="I335" s="15"/>
       <c r="J335" s="15"/>
       <c r="K335" s="22"/>
     </row>
     <row r="336" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A336" s="11"/>
       <c r="B336" s="12">
         <v>0</v>
       </c>
       <c r="C336" s="12">
         <v>0</v>
       </c>
       <c r="D336" s="12">
         <v>0</v>
       </c>
       <c r="E336" s="12">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F336" s="12">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G336" s="13">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H336" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I336" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J336" s="13" t="s">
-        <v>178</v>
+        <v>120</v>
       </c>
       <c r="K336" s="13" t="s">
-        <v>179</v>
+        <v>121</v>
       </c>
     </row>
     <row r="337" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A337" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B337" s="16"/>
       <c r="C337" s="16"/>
       <c r="D337" s="16"/>
       <c r="E337" s="16">
-        <v>56.634</v>
+        <v>50.585000000000001</v>
       </c>
       <c r="F337" s="16">
-        <v>50.585000000000001</v>
+        <v>384.18299999999999</v>
       </c>
       <c r="G337" s="16">
-        <v>384.18299999999999</v>
+        <v>595.30499999999995</v>
       </c>
       <c r="H337" s="16">
-        <v>595.30499999999995</v>
+        <v>695.66</v>
       </c>
       <c r="I337" s="16">
-        <v>695.66</v>
+        <v>728.57</v>
       </c>
       <c r="J337" s="16">
-        <v>16.857745189440713</v>
+        <v>4.7307592789581232</v>
       </c>
       <c r="K337" s="16">
-        <v>87.210390423599165</v>
+        <v>94.810509662244314</v>
       </c>
     </row>
     <row r="338" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A338" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B338" s="49"/>
       <c r="C338" s="49"/>
       <c r="D338" s="49"/>
       <c r="E338" s="49">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F338" s="49">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G338" s="91">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H338" s="91">
         <v>9</v>
       </c>
       <c r="I338" s="49">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="J338" s="49" t="s">
         <v>24</v>
       </c>
       <c r="K338" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="339" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A339" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B339" s="16"/>
       <c r="C339" s="16"/>
       <c r="D339" s="16"/>
       <c r="E339" s="16">
-        <v>1.4503149212088773</v>
+        <v>0.85478346696524243</v>
       </c>
       <c r="F339" s="16">
-        <v>0.85478346696524243</v>
+        <v>2.5072456863611414</v>
       </c>
       <c r="G339" s="19">
-        <v>2.5072456863611414</v>
+        <v>3.2640243442740919</v>
       </c>
       <c r="H339" s="19">
-        <v>3.2640243442740919</v>
+        <v>3.5888283774870064</v>
       </c>
       <c r="I339" s="16">
-        <v>3.5888283774870064</v>
+        <v>3.6898438512900302</v>
       </c>
       <c r="J339" s="16" t="s">
         <v>24</v>
       </c>
-      <c r="K339" s="117" t="s">
+      <c r="K339" s="116" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A340" s="99" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B340" s="101"/>
       <c r="C340" s="101"/>
       <c r="D340" s="101"/>
       <c r="E340" s="101">
-        <v>217.02699999999999</v>
+        <v>124.55800000000001</v>
       </c>
       <c r="F340" s="101">
-        <v>124.55800000000001</v>
+        <v>938.28899999999999</v>
       </c>
       <c r="G340" s="101">
-        <v>938.28899999999999</v>
+        <v>1477.1880000000001</v>
       </c>
       <c r="H340" s="101">
-        <v>1477.1880000000001</v>
+        <v>1730.3579999999999</v>
       </c>
       <c r="I340" s="101">
-        <v>1730.3579999999999</v>
+        <v>1830.3240000000001</v>
       </c>
       <c r="J340" s="101">
-        <v>17.138644505641789</v>
+        <v>5.7771859927252116</v>
       </c>
       <c r="K340" s="101">
-        <v>68.037243808833551</v>
+        <v>95.789360127127352</v>
       </c>
     </row>
     <row r="341" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A341" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B341" s="49"/>
       <c r="C341" s="49"/>
       <c r="D341" s="49"/>
       <c r="E341" s="49">
+        <v>15</v>
+      </c>
+      <c r="F341" s="49">
         <v>12</v>
       </c>
-      <c r="F341" s="49">
-[...1 lines deleted...]
-      </c>
       <c r="G341" s="91">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="H341" s="91">
         <v>10</v>
       </c>
       <c r="I341" s="49">
         <v>10</v>
       </c>
       <c r="J341" s="49" t="s">
         <v>24</v>
       </c>
       <c r="K341" s="16" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B342" s="17"/>
       <c r="C342" s="17"/>
       <c r="D342" s="17"/>
       <c r="E342" s="17">
-        <v>1.778955039021483</v>
+        <v>0.66748978867842834</v>
       </c>
       <c r="F342" s="17">
-        <v>0.66748978867842834</v>
+        <v>2.0046390322344734</v>
       </c>
       <c r="G342" s="18">
-        <v>2.0046390322344734</v>
+        <v>2.7426391558588659</v>
       </c>
       <c r="H342" s="18">
-        <v>2.7426391558588659</v>
+        <v>3.0618349064340245</v>
       </c>
       <c r="I342" s="17">
-        <v>3.0618349064340245</v>
+        <v>3.2134208024966844</v>
       </c>
       <c r="J342" s="17" t="s">
         <v>24</v>
       </c>
-      <c r="K342" s="118" t="s">
+      <c r="K342" s="117" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="343" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A343" s="54" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B343" s="46"/>
       <c r="C343" s="46"/>
       <c r="D343" s="87"/>
       <c r="E343" s="46"/>
       <c r="F343" s="46"/>
       <c r="G343" s="46"/>
       <c r="H343" s="46"/>
       <c r="I343" s="46"/>
       <c r="J343" s="46"/>
       <c r="K343" s="46"/>
     </row>
     <row r="344" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A344" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B344" s="46"/>
       <c r="C344" s="46"/>
       <c r="D344" s="46"/>
       <c r="E344" s="46"/>
       <c r="F344" s="46"/>
       <c r="G344" s="46"/>
       <c r="H344" s="46"/>
       <c r="I344" s="46"/>
       <c r="J344" s="46"/>
       <c r="K344" s="46"/>
     </row>
     <row r="345" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A345" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B345" s="46"/>
       <c r="C345" s="46"/>
       <c r="D345" s="46"/>
       <c r="E345" s="46"/>
       <c r="F345" s="46"/>
       <c r="G345" s="46"/>
       <c r="H345" s="46"/>
       <c r="I345" s="46"/>
       <c r="J345" s="46"/>
       <c r="K345" s="46"/>
     </row>
     <row r="346" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A346" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B346" s="46"/>
       <c r="C346" s="46"/>
       <c r="D346" s="46"/>
       <c r="E346" s="46"/>
       <c r="F346" s="46"/>
       <c r="G346" s="46"/>
       <c r="H346" s="46"/>
       <c r="I346" s="46"/>
       <c r="J346" s="46"/>
       <c r="K346" s="46"/>
     </row>
     <row r="347" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A347" s="4" t="s">
         <v>82</v>
       </c>
       <c r="B347" s="46"/>
       <c r="C347" s="46"/>
       <c r="D347" s="46"/>
       <c r="E347" s="46"/>
       <c r="F347" s="46"/>
       <c r="G347" s="46"/>
       <c r="H347" s="46"/>
       <c r="I347" s="46"/>
       <c r="J347" s="46"/>
       <c r="K347" s="86"/>
     </row>
     <row r="348" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A348" s="4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="I348" s="46"/>
       <c r="J348" s="46"/>
       <c r="K348" s="86"/>
     </row>
     <row r="349" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A349" s="124"/>
-[...6 lines deleted...]
-      <c r="H349" s="124"/>
+      <c r="A349" s="123"/>
+      <c r="B349" s="123"/>
+      <c r="C349" s="123"/>
+      <c r="D349" s="123"/>
+      <c r="E349" s="123"/>
+      <c r="F349" s="123"/>
+      <c r="G349" s="123"/>
+      <c r="H349" s="123"/>
       <c r="I349" s="7"/>
       <c r="J349" s="7"/>
       <c r="K349" s="7"/>
     </row>
     <row r="350" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A350" s="123"/>
-[...9 lines deleted...]
-      <c r="K350" s="123"/>
+      <c r="A350" s="122"/>
+      <c r="B350" s="122"/>
+      <c r="C350" s="122"/>
+      <c r="D350" s="122"/>
+      <c r="E350" s="122"/>
+      <c r="F350" s="122"/>
+      <c r="G350" s="122"/>
+      <c r="H350" s="122"/>
+      <c r="I350" s="122"/>
+      <c r="J350" s="122"/>
+      <c r="K350" s="122"/>
     </row>
     <row r="351" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="I351" s="84"/>
       <c r="J351" s="84"/>
       <c r="K351" s="84"/>
     </row>
     <row r="352" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A352" s="120" t="s">
+      <c r="A352" s="119" t="s">
         <v>44</v>
       </c>
-      <c r="B352" s="120">
-        <v>46063</v>
+      <c r="B352" s="119">
+        <v>46072</v>
       </c>
       <c r="I352" s="84"/>
       <c r="J352" s="84"/>
       <c r="K352" s="84"/>
     </row>
     <row r="353" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A353" s="93" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="I353" s="84"/>
       <c r="J353" s="84"/>
       <c r="K353" s="84"/>
     </row>
     <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A354" s="119" t="s">
-        <v>102</v>
+      <c r="A354" s="118" t="s">
+        <v>101</v>
       </c>
       <c r="I354" s="84"/>
       <c r="J354" s="84"/>
       <c r="K354" s="84"/>
     </row>
     <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A355" s="92"/>
     </row>
   </sheetData>
   <mergeCells count="58">
+    <mergeCell ref="A333:K333"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="A290:K290"/>
+    <mergeCell ref="A319:K319"/>
+    <mergeCell ref="A271:K271"/>
+    <mergeCell ref="A275:E276"/>
+    <mergeCell ref="A277:E278"/>
+    <mergeCell ref="A251:E252"/>
+    <mergeCell ref="A253:E254"/>
+    <mergeCell ref="A270:K270"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="A46:C48"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="G49:K49"/>
     <mergeCell ref="C192:C193"/>
     <mergeCell ref="A199:K199"/>
     <mergeCell ref="A200:K200"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="F77:K77"/>
     <mergeCell ref="A181:K181"/>
     <mergeCell ref="H68:I68"/>
     <mergeCell ref="C168:C171"/>
     <mergeCell ref="C172:C173"/>
     <mergeCell ref="A179:K179"/>
     <mergeCell ref="A180:K180"/>
     <mergeCell ref="J68:K68"/>
     <mergeCell ref="D168:D171"/>
     <mergeCell ref="E168:E171"/>
     <mergeCell ref="F168:F171"/>
     <mergeCell ref="D172:D173"/>
-    <mergeCell ref="A39:D39"/>
-[...32 lines deleted...]
-    <mergeCell ref="D208:D212"/>
     <mergeCell ref="D192:D193"/>
     <mergeCell ref="E192:E193"/>
     <mergeCell ref="F192:F193"/>
     <mergeCell ref="E172:E173"/>
     <mergeCell ref="F172:F173"/>
     <mergeCell ref="D188:D191"/>
     <mergeCell ref="E188:E191"/>
     <mergeCell ref="F188:F191"/>
   </mergeCells>
   <conditionalFormatting sqref="B324:F324 I324:J324 B327:F327 I327:J327">
-    <cfRule type="cellIs" dxfId="50" priority="11" operator="lessThan">
+    <cfRule type="cellIs" dxfId="37" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B338:F338 I338:J338 B341:F341 I341:J341">
-    <cfRule type="cellIs" dxfId="49" priority="9" operator="lessThan">
+    <cfRule type="cellIs" dxfId="36" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B294:H294 B295:F295 B296:H297 B298:F299 G299:H299 B300:H300">
-[...33 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="B325:K325 B328:K328">
-    <cfRule type="cellIs" dxfId="41" priority="12" operator="lessThan">
+    <cfRule type="cellIs" dxfId="35" priority="12" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B339:K339 B342:K342">
-    <cfRule type="cellIs" dxfId="40" priority="10" operator="lessThan">
+    <cfRule type="cellIs" dxfId="34" priority="10" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="39" priority="63" operator="lessThan">
+    <cfRule type="cellIs" dxfId="33" priority="63" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E295:I295 E298:I299 J299:K299">
+    <cfRule type="cellIs" dxfId="32" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E8:K10">
-    <cfRule type="cellIs" dxfId="38" priority="65" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="31" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E238:K240">
-    <cfRule type="cellIs" dxfId="37" priority="44" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="30" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E262:K264">
-    <cfRule type="cellIs" dxfId="36" priority="42" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="29" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G294:H294 G297:H297 I295:J295 I298:J298">
-    <cfRule type="cellIs" dxfId="35" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E284:K286">
+    <cfRule type="cellIs" dxfId="28" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
+  <conditionalFormatting sqref="E294:K300">
+    <cfRule type="cellIs" dxfId="27" priority="28" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E296:K296 E299:K299">
+    <cfRule type="cellIs" dxfId="26" priority="38" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E311:K311 E312:I312">
+    <cfRule type="cellIs" dxfId="25" priority="25" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E311:K314">
+    <cfRule type="cellIs" dxfId="24" priority="18" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E313:K313">
+    <cfRule type="cellIs" dxfId="23" priority="26" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
   <conditionalFormatting sqref="G323:H323">
-    <cfRule type="cellIs" dxfId="34" priority="16" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="22" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G326:H326">
-    <cfRule type="cellIs" dxfId="33" priority="14" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="21" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G337:H337">
-    <cfRule type="cellIs" dxfId="32" priority="8" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="20" priority="8" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G340:H340">
-    <cfRule type="cellIs" dxfId="31" priority="6" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="19" priority="6" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G22:K22 G24:K24">
-    <cfRule type="cellIs" dxfId="30" priority="59" operator="lessThan">
+    <cfRule type="cellIs" dxfId="18" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="29" priority="52" operator="lessThan">
+    <cfRule type="cellIs" dxfId="17" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G37:K40">
-    <cfRule type="cellIs" dxfId="28" priority="66" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="16" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="27" priority="58" operator="lessThan">
+    <cfRule type="cellIs" dxfId="15" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G168:K173 G188:K193">
-    <cfRule type="cellIs" dxfId="26" priority="64" operator="lessThan">
+    <cfRule type="cellIs" dxfId="14" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G252:K252 G254:K254">
-    <cfRule type="cellIs" dxfId="25" priority="43" operator="lessThan">
+    <cfRule type="cellIs" dxfId="13" priority="43" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G276:K276 G278:K278">
-    <cfRule type="cellIs" dxfId="24" priority="41" operator="lessThan">
+    <cfRule type="cellIs" dxfId="12" priority="41" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I295:J296">
-[...28 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="17" priority="61" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="16" priority="51" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J133:K142">
-    <cfRule type="cellIs" dxfId="15" priority="4" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="9" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J151:K160">
-    <cfRule type="cellIs" dxfId="14" priority="3" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="8" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J208:K212">
-    <cfRule type="cellIs" dxfId="13" priority="62" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="62" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J223:K227">
-    <cfRule type="cellIs" dxfId="12" priority="45" operator="lessThan">
+    <cfRule type="cellIs" dxfId="6" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K294">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="10" priority="34" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J294:K294 J297:K297">
+    <cfRule type="cellIs" dxfId="5" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K296:K297">
-[...23 lines deleted...]
-    <cfRule type="cellIs" dxfId="4" priority="19" operator="lessThan">
+  <conditionalFormatting sqref="J311:K311">
+    <cfRule type="cellIs" dxfId="4" priority="23" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K323:K324">
     <cfRule type="cellIs" dxfId="3" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K326:K327">
     <cfRule type="cellIs" dxfId="2" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K337:K338">
     <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K340:K341">
     <cfRule type="cellIs" dxfId="0" priority="5" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A354" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>