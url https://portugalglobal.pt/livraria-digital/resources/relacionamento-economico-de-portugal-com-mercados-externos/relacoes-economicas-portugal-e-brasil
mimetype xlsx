--- v0 (2025-12-07)
+++ v1 (2026-02-14)
@@ -1,71 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Brasil\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Brasil\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A36BDECD-38D7-45EC-8435-A6EE42BDC313}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56319523-8052-4A0A-A6AC-0F234E643FE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Brasil" sheetId="45" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Brasil!$A$1:$K$571</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Brasil!$A$1:$K$489</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Brasil!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
@@ -111,51 +112,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="728" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="613" uniqueCount="216">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
@@ -562,318 +563,312 @@
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
-[...4 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
     <t>2024 jan/set</t>
   </si>
   <si>
     <t>2025 jan/set</t>
   </si>
   <si>
     <t>2024 set</t>
   </si>
   <si>
     <t>2025 set</t>
   </si>
   <si>
+    <t>2024 jan/nov</t>
+  </si>
+  <si>
+    <t>2025 jan/nov</t>
+  </si>
+  <si>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
+  </si>
+  <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O BRASIL</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Brasil</t>
   </si>
   <si>
+    <t>tvh % 25/24</t>
+  </si>
+  <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
+    <t>Posição e Quota do Brasil no Comércio Internacional Português de Bens</t>
+  </si>
+  <si>
+    <t>Brasil como cliente de Portugal</t>
+  </si>
+  <si>
+    <t>Brasil como fornecedor de Portugal</t>
+  </si>
+  <si>
+    <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Brasil</t>
+  </si>
+  <si>
+    <t>Portugal como cliente do Brasil</t>
+  </si>
+  <si>
+    <t>% Export. Brasil</t>
+  </si>
+  <si>
+    <t>Portugal como fornecedor do Brasil</t>
+  </si>
+  <si>
+    <t>% Import. Brasil</t>
+  </si>
+  <si>
+    <t>Fonte: ITC - International Trade Centre</t>
+  </si>
+  <si>
+    <t>Contributo do Brasil para o Crescimento do Comércio Internacional Português de Bens</t>
+  </si>
+  <si>
+    <t>Brasil - contribuição p/ o cresc. das exportações globais de Portugal</t>
+  </si>
+  <si>
+    <t>Brasil - contribuição p/ o cresc. das importações globais de Portugal</t>
+  </si>
+  <si>
+    <t>Empresas exportadoras de bens para o Brasil</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Empresas Portuguesas Exportadoras de Bens para o Brasil por Escalão de Exportação Individual em Valor em 2024</t>
+  </si>
+  <si>
+    <t>M€</t>
+  </si>
+  <si>
+    <t>Empresas Portuguesas Exportadoras de Bens para o Brasil por Nível de Exposição ao Mercado em 2024</t>
+  </si>
+  <si>
+    <t>Exportações de Portugal para o Brasil por Grupos de Produtos</t>
+  </si>
+  <si>
+    <t>% Tot 21</t>
+  </si>
+  <si>
+    <t>% Tot 24</t>
+  </si>
+  <si>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh M€ 25/24</t>
+  </si>
+  <si>
+    <t>&gt;1000%</t>
+  </si>
+  <si>
+    <t>Importações de Portugal Provenientes do Brasil por Grupos de Produtos</t>
+  </si>
+  <si>
+    <t>Principais Produtos Exportados para o Brasil</t>
+  </si>
+  <si>
+    <t>1509 Azeite de oliveira e suas frações, mesmo refinados, mas não quimicamente modificados, obtidos a...</t>
+  </si>
+  <si>
+    <t>8807 Partes aeronaves (veículos aéreos) e veículos espaciais das posições 8801, 8802 ou 8806, não...</t>
+  </si>
+  <si>
+    <t>2204 Vinhos de uvas frescas, incluídos os vinhos enriquecidos com álcool; mosto de uvas excluídos os...</t>
+  </si>
+  <si>
+    <t>0808 Maçãs, pêras e marmelos, frescos</t>
+  </si>
+  <si>
+    <t>0303 Peixes congelados (exceto os filetes de peixes e outra carne de peixes da posição 0304)</t>
+  </si>
+  <si>
+    <t>0304 Filetes de peixes e outra carne de peixes (mesmo picada), frescos, refrigerados ou congelados</t>
+  </si>
+  <si>
+    <t>2710 Óleos de petróleo ou de minerais betuminosos (exceto óleos brutos) e preparações não...</t>
+  </si>
+  <si>
+    <t>8708 Partes e acessórios para tratores, para veículos para transporte de = &gt; 10 pessoas, incluindo o...</t>
+  </si>
+  <si>
+    <t>3921 Chapas, folhas, películas, tiras e lâminas, de plástico, reforçadas, estratificadas, associadas...</t>
+  </si>
+  <si>
+    <t>3004 Medicamentos constituídos por produtos misturados ou não misturados, preparados para fins...</t>
+  </si>
+  <si>
+    <t>Amostra</t>
+  </si>
+  <si>
+    <t>Principais Produtos Importados Provenientes do Brasil</t>
+  </si>
+  <si>
+    <t>2709 Óleos brutos de petróleo ou de minerais betuminosos</t>
+  </si>
+  <si>
+    <t>1201 Soja, mesmo triturada</t>
+  </si>
+  <si>
+    <t>8802 Veículos aéreos com propulsão a motor (por exemplo: helicópteros e aviões) (exceto aeronaves...</t>
+  </si>
+  <si>
+    <t>1701 Açúcares de cana ou de beterraba e sacarose quimicamente pura, no estado sólido</t>
+  </si>
+  <si>
+    <t>0901 Café, mesmo torrado ou descafeinado; cascas e películas, de café; sucedâneos do café contendo...</t>
+  </si>
+  <si>
+    <t>4403 Madeira em bruto, mesmo descascada, desalburnada ou esquadriada (exceto a madeira simplesmente...</t>
+  </si>
+  <si>
+    <t>0807 Melões, melancias e papaia (mamões), frescos</t>
+  </si>
+  <si>
+    <t>1005 Milho</t>
+  </si>
+  <si>
+    <t>0804 Tâmaras, figos, ananases ou abacaxis, abacates, goiabas, mangas e mangostões, frescos ou secos</t>
+  </si>
+  <si>
+    <t>3806 Colofónias e ácidos resínicos, e seus derivados; essência de colofónia e óleos de colofónia;...</t>
+  </si>
+  <si>
+    <t>Exportação de Produtos Industriais Transformados para o Brasil por Graus de Intensidade Tecnológica</t>
+  </si>
+  <si>
+    <t>Importação de Produtos Industriais Transformados do Brasil por Graus de Intensidade Tecnológica</t>
+  </si>
+  <si>
+    <t>Exportação de Bens para o Brasil por Meios de Transporte</t>
+  </si>
+  <si>
+    <t>Importação de Bens do Brasil por Meios de Transporte</t>
+  </si>
+  <si>
+    <t>Balança Comercial de Serviços de Portugal com o Brasil</t>
+  </si>
+  <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
-    <t>tvh % 25/24</t>
-[...53 lines deleted...]
-    <t>Exportações de Portugal para o Brasil por Grupos de Produtos</t>
+    <t>Posição e Quota do Brasil no Comércio Internacional Português de Serviços</t>
+  </si>
+  <si>
+    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
+  </si>
+  <si>
+    <t>Exportações de Portugal para o Brasil por Tipo de Serviço</t>
   </si>
   <si>
     <t>% Tot 20</t>
   </si>
   <si>
     <t>% Tot 23</t>
   </si>
   <si>
-    <t>% Tot 24</t>
+    <t>Importações de Portugal Provenientes do Brasil por Tipo de Serviço</t>
+  </si>
+  <si>
+    <t>Ind</t>
+  </si>
+  <si>
+    <t>Balança Comercial de Bens e Serviços de Portugal com o Brasil</t>
+  </si>
+  <si>
+    <t>Quota do Brasil no Comércio Internacional Português de Bens e Serviços</t>
+  </si>
+  <si>
+    <t>Fluxos de Investimento Direto entre Portugal e o Brasil - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>vh M€ 24/23</t>
   </si>
   <si>
-    <t>Importações de Portugal Provenientes do Brasil por Grupos de Produtos</t>
-[...136 lines deleted...]
-  <si>
     <t>média anual M€ 24/20</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Brasil - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Brasil - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Brasil - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto do Brasil em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
     <t>tvma % 24/21</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com o Brasil</t>
   </si>
   <si>
-    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/set e 2025 jan/set entre 13 países</t>
+    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
   </si>
   <si>
     <t>Indicadores de Turismo do Brasil em Portugal</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/set e 2025 jan/set entre 15 países</t>
+    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/nov e 2025 jan/nov entre 15 países</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -1161,51 +1156,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="145">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1529,120 +1524,128 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...48 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="70">
+  <dxfs count="71">
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1905,128 +1908,128 @@
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <numFmt numFmtId="2" formatCode="0.00"/>
-[...1 lines deleted...]
-    <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>514350</xdr:colOff>
-      <xdr:row>568</xdr:row>
+      <xdr:row>486</xdr:row>
       <xdr:rowOff>14721</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>505690</xdr:colOff>
-      <xdr:row>570</xdr:row>
+      <xdr:row>488</xdr:row>
       <xdr:rowOff>44162</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2387719-2BA3-4713-B408-41F2D1B1FC68}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2047,50 +2050,54 @@
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
 <rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <global>
     <keyFlags>
       <key name="_Self">
         <flag name="ExcludeFromFile" value="1"/>
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_DisplayString">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Flags">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Format">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_SubLabel">
         <flag name="ExcludeFromCalcComparison" value="1"/>
@@ -2414,1058 +2421,1005 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet19">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K572"/>
+  <dimension ref="A2:K490"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A567" sqref="A567"/>
+      <selection activeCell="A485" sqref="A485"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
     <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="95" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
     <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
     <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
     <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
-[...6 lines deleted...]
-        <v>131</v>
+      <c r="I7" s="12">
+        <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="16">
-[...2 lines deleted...]
-      <c r="C8" s="16">
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="16">
         <v>707.071371</v>
       </c>
-      <c r="D8" s="16">
+      <c r="F8" s="16">
         <v>919.2409889999999</v>
       </c>
-      <c r="E8" s="16">
+      <c r="G8" s="16">
         <v>1041.3608320000001</v>
       </c>
-      <c r="F8" s="16">
+      <c r="H8" s="16">
         <v>1138.963745</v>
       </c>
-      <c r="G8" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="16">
-        <v>855.40580199999999</v>
+        <v>1062.193266</v>
       </c>
       <c r="J8" s="16">
-        <v>783.49376899999993</v>
+        <v>-6.7403795192796085</v>
       </c>
       <c r="K8" s="16">
-        <v>-8.4067740517850797</v>
+        <v>10.709546723203211</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="16">
-[...2 lines deleted...]
-      <c r="C9" s="16">
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="16">
         <v>2548.8315639999996</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>4566.9386979999999</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>3668.5602050000002</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>3729.2768719999999</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>2689.4884730000003</v>
+        <v>2690.2007599999997</v>
       </c>
       <c r="J9" s="16">
-        <v>2516.734058</v>
+        <v>-27.862670101046877</v>
       </c>
       <c r="K9" s="16">
-        <v>-6.4233186620540064</v>
+        <v>1.3586665859442126</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="16">
-[...2 lines deleted...]
-      <c r="C10" s="16">
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="16">
         <v>-1841.7601929999996</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>-3647.697709</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>-2627.1993730000004</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>-2590.3131269999999</v>
       </c>
-      <c r="G10" s="16" t="s">
+      <c r="I10" s="16">
+        <v>-1628.0074939999997</v>
+      </c>
+      <c r="J10" s="16" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>-1733.2402890000001</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="17">
-[...2 lines deleted...]
-      <c r="C11" s="17">
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="17">
         <v>27.741000267995741</v>
       </c>
-      <c r="D11" s="17">
+      <c r="F11" s="17">
         <v>20.128165709834541</v>
       </c>
-      <c r="E11" s="17">
+      <c r="G11" s="17">
         <v>28.386090831511922</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>30.54114199864107</v>
       </c>
-      <c r="G11" s="18" t="s">
+      <c r="I11" s="17">
+        <v>39.483791759838773</v>
+      </c>
+      <c r="J11" s="18" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>31.131369105507606</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="I12" s="8"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="9"/>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
         <v>37</v>
       </c>
+      <c r="I13" s="8"/>
+      <c r="J13" s="8"/>
+      <c r="K13" s="9"/>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
     <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23"/>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="24"/>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="K20" s="12">
+        <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="128" t="s">
-[...3 lines deleted...]
-      <c r="C21" s="128"/>
+      <c r="A21" s="124" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" s="124"/>
+      <c r="C21" s="124"/>
       <c r="D21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="27">
-[...2 lines deleted...]
-      <c r="F21" s="27">
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
+      <c r="G21" s="27">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="H21" s="27">
         <v>12</v>
       </c>
       <c r="I21" s="27">
+        <v>12</v>
+      </c>
+      <c r="J21" s="27">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="K21" s="27">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="128"/>
-[...1 lines deleted...]
-      <c r="C22" s="128"/>
+      <c r="A22" s="124"/>
+      <c r="B22" s="124"/>
+      <c r="C22" s="124"/>
       <c r="D22" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E22" s="28">
-[...2 lines deleted...]
-      <c r="F22" s="28">
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="28">
         <v>1.1114237052793974</v>
       </c>
-      <c r="G22" s="28">
+      <c r="H22" s="28">
         <v>1.1724603095496131</v>
       </c>
-      <c r="H22" s="28">
+      <c r="I22" s="28">
         <v>1.3464683978462098</v>
       </c>
-      <c r="I22" s="28">
+      <c r="J22" s="28">
         <v>1.443643770011463</v>
       </c>
-      <c r="J22" s="28">
-[...1 lines deleted...]
-      </c>
       <c r="K22" s="28">
-        <v>1.2989258678564946</v>
+        <v>1.3392587084011964</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="129" t="s">
-[...3 lines deleted...]
-      <c r="C23" s="129"/>
+      <c r="A23" s="127" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" s="127"/>
+      <c r="C23" s="127"/>
       <c r="D23" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="30">
-[...2 lines deleted...]
-      <c r="F23" s="30">
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="30">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="H23" s="30">
         <v>7</v>
       </c>
       <c r="I23" s="30">
         <v>7</v>
       </c>
       <c r="J23" s="30">
         <v>7</v>
       </c>
       <c r="K23" s="30">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="130"/>
-[...1 lines deleted...]
-      <c r="C24" s="130"/>
+      <c r="A24" s="128"/>
+      <c r="B24" s="128"/>
+      <c r="C24" s="128"/>
       <c r="D24" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E24" s="32">
-[...2 lines deleted...]
-      <c r="F24" s="32">
+      <c r="E24" s="31"/>
+      <c r="F24" s="31"/>
+      <c r="G24" s="32">
         <v>3.0654996109602326</v>
       </c>
-      <c r="G24" s="32">
+      <c r="H24" s="32">
         <v>4.1683767933161295</v>
       </c>
-      <c r="H24" s="32">
+      <c r="I24" s="32">
         <v>3.4889355195313803</v>
       </c>
-      <c r="I24" s="32">
+      <c r="J24" s="32">
         <v>3.4773936104039871</v>
       </c>
-      <c r="J24" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="32">
-        <v>2.9848725818991948</v>
+        <v>2.4146426790560378</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="24"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
-      <c r="G28" s="12">
+      <c r="G28" s="144">
         <v>2020</v>
       </c>
-      <c r="H28" s="12">
+      <c r="H28" s="144">
         <v>2021</v>
       </c>
-      <c r="I28" s="12">
+      <c r="I28" s="144">
         <v>2022</v>
       </c>
-      <c r="J28" s="12">
+      <c r="J28" s="144">
         <v>2023</v>
       </c>
-      <c r="K28" s="12">
+      <c r="K28" s="144">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E29" s="141" t="s">
+      <c r="A29" s="124" t="s">
+        <v>145</v>
+      </c>
+      <c r="B29" s="124"/>
+      <c r="C29" s="124"/>
+      <c r="D29" s="124"/>
+      <c r="E29" s="125" t="s">
         <v>23</v>
       </c>
-      <c r="F29" s="141"/>
+      <c r="F29" s="125"/>
       <c r="G29" s="27">
         <v>31</v>
       </c>
       <c r="H29" s="27">
         <v>23</v>
       </c>
       <c r="I29" s="27">
         <v>18</v>
       </c>
       <c r="J29" s="27">
         <v>19</v>
       </c>
       <c r="K29" s="27">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="128"/>
-[...6 lines deleted...]
-      <c r="F30" s="141"/>
+      <c r="A30" s="124"/>
+      <c r="B30" s="124"/>
+      <c r="C30" s="124"/>
+      <c r="D30" s="124"/>
+      <c r="E30" s="125" t="s">
+        <v>146</v>
+      </c>
+      <c r="F30" s="125"/>
       <c r="G30" s="28">
         <v>0.78125543042444712</v>
       </c>
       <c r="H30" s="28">
         <v>0.93821625221400096</v>
       </c>
       <c r="I30" s="28">
         <v>1.2779470346262045</v>
       </c>
       <c r="J30" s="28">
         <v>1.0939241438764356</v>
       </c>
       <c r="K30" s="28">
         <v>1.0345069587233573</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="129" t="s">
-[...5 lines deleted...]
-      <c r="E31" s="143" t="s">
+      <c r="A31" s="127" t="s">
+        <v>147</v>
+      </c>
+      <c r="B31" s="127"/>
+      <c r="C31" s="127"/>
+      <c r="D31" s="127"/>
+      <c r="E31" s="129" t="s">
         <v>23</v>
       </c>
-      <c r="F31" s="143"/>
+      <c r="F31" s="129"/>
       <c r="G31" s="30">
         <v>35</v>
       </c>
       <c r="H31" s="30">
         <v>42</v>
       </c>
       <c r="I31" s="30">
         <v>45</v>
       </c>
       <c r="J31" s="30">
         <v>39</v>
       </c>
       <c r="K31" s="30">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="130"/>
-[...6 lines deleted...]
-      <c r="F32" s="142"/>
+      <c r="A32" s="128"/>
+      <c r="B32" s="128"/>
+      <c r="C32" s="128"/>
+      <c r="D32" s="128"/>
+      <c r="E32" s="126" t="s">
+        <v>148</v>
+      </c>
+      <c r="F32" s="126"/>
       <c r="G32" s="32">
         <v>0.5074785014436809</v>
       </c>
       <c r="H32" s="32">
         <v>0.3907668856761039</v>
       </c>
       <c r="I32" s="32">
         <v>0.36302959481731789</v>
       </c>
       <c r="J32" s="32">
         <v>0.44138023556423123</v>
       </c>
       <c r="K32" s="32">
         <v>0.48137516514556655</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="F36" s="13">
-[...1 lines deleted...]
-      </c>
+      <c r="F36" s="39"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-        <v>132</v>
+      <c r="K36" s="13">
+        <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="128" t="s">
-[...4 lines deleted...]
-      <c r="D37" s="128"/>
+      <c r="A37" s="124" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="124"/>
+      <c r="C37" s="124"/>
+      <c r="D37" s="124"/>
       <c r="E37" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="F37" s="40">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="26"/>
       <c r="G37" s="40">
         <v>-3.7551363704939909E-2</v>
       </c>
       <c r="H37" s="40">
         <v>0.333502886210442</v>
       </c>
       <c r="I37" s="40">
         <v>0.15575966546236145</v>
       </c>
       <c r="J37" s="40">
         <v>0.12619952071736174</v>
       </c>
       <c r="K37" s="40">
-        <v>-0.1214277923223409</v>
+        <v>-9.7307069005208691E-2</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="136" t="s">
+      <c r="A38" s="131" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="136"/>
-[...1 lines deleted...]
-      <c r="D38" s="136"/>
+      <c r="B38" s="131"/>
+      <c r="C38" s="131"/>
+      <c r="D38" s="131"/>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="41"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>1.8515666647388538</v>
+        <v>0.5285007714086577</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="129" t="s">
-[...4 lines deleted...]
-      <c r="D39" s="129"/>
+      <c r="A39" s="127" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" s="127"/>
+      <c r="C39" s="127"/>
+      <c r="D39" s="127"/>
       <c r="E39" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="44">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="43"/>
       <c r="G39" s="44">
         <v>1.3901130024908317</v>
       </c>
       <c r="H39" s="44">
         <v>2.4271931976722296</v>
       </c>
       <c r="I39" s="44">
         <v>-0.81997598598717081</v>
       </c>
       <c r="J39" s="44">
         <v>5.7743780744047637E-2</v>
       </c>
       <c r="K39" s="44">
-        <v>-0.21822995377568216</v>
+        <v>-0.9688947097817463</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="137" t="s">
+      <c r="A40" s="132" t="s">
         <v>36</v>
       </c>
-      <c r="B40" s="137"/>
-[...1 lines deleted...]
-      <c r="D40" s="137"/>
+      <c r="B40" s="132"/>
+      <c r="C40" s="132"/>
+      <c r="D40" s="132"/>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="45"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>6.5115574186567269</v>
+        <v>3.886961096989102</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
+      <c r="K41" s="37"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="46"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="23"/>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="138" t="s">
-[...3 lines deleted...]
-      <c r="C46" s="138"/>
+      <c r="A46" s="133" t="s">
+        <v>153</v>
+      </c>
+      <c r="B46" s="133"/>
+      <c r="C46" s="133"/>
       <c r="D46" s="47" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>1520</v>
       </c>
       <c r="H46" s="48">
         <v>1518</v>
       </c>
       <c r="I46" s="48">
         <v>1573</v>
       </c>
       <c r="J46" s="48">
         <v>1669</v>
       </c>
       <c r="K46" s="48">
         <v>1663</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="128"/>
-[...1 lines deleted...]
-      <c r="C47" s="128"/>
+      <c r="A47" s="124"/>
+      <c r="B47" s="124"/>
+      <c r="C47" s="124"/>
       <c r="D47" s="50" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>7.3401583928916363</v>
       </c>
       <c r="H47" s="51">
         <v>6.7400763697717787</v>
       </c>
       <c r="I47" s="51">
         <v>6.8570183086312113</v>
       </c>
       <c r="J47" s="51">
         <v>7.3921516520506687</v>
       </c>
       <c r="K47" s="51">
         <v>7.8550847857918855</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="130"/>
-[...1 lines deleted...]
-      <c r="C48" s="130"/>
+      <c r="A48" s="128"/>
+      <c r="B48" s="128"/>
+      <c r="C48" s="128"/>
       <c r="D48" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>16</v>
       </c>
       <c r="H48" s="52">
         <v>16</v>
       </c>
       <c r="I48" s="52">
         <v>16</v>
       </c>
       <c r="J48" s="52">
         <v>15</v>
       </c>
       <c r="K48" s="52">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="140" t="s">
-[...5 lines deleted...]
-      <c r="K49" s="140"/>
+      <c r="G49" s="136" t="s">
+        <v>154</v>
+      </c>
+      <c r="H49" s="136"/>
+      <c r="I49" s="136"/>
+      <c r="J49" s="136"/>
+      <c r="K49" s="136"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="124" t="s">
+      <c r="A50" s="130" t="s">
         <v>48</v>
       </c>
-      <c r="B50" s="124"/>
-[...8 lines deleted...]
-      <c r="K50" s="124"/>
+      <c r="B50" s="130"/>
+      <c r="C50" s="130"/>
+      <c r="D50" s="130"/>
+      <c r="E50" s="130"/>
+      <c r="F50" s="130"/>
+      <c r="G50" s="130"/>
+      <c r="H50" s="130"/>
+      <c r="I50" s="130"/>
+      <c r="J50" s="130"/>
+      <c r="K50" s="130"/>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C51" s="53"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="124" t="s">
-[...11 lines deleted...]
-      <c r="K52" s="124"/>
+      <c r="A52" s="130" t="s">
+        <v>154</v>
+      </c>
+      <c r="B52" s="130"/>
+      <c r="C52" s="130"/>
+      <c r="D52" s="130"/>
+      <c r="E52" s="130"/>
+      <c r="F52" s="130"/>
+      <c r="G52" s="130"/>
+      <c r="H52" s="130"/>
+      <c r="I52" s="130"/>
+      <c r="J52" s="130"/>
+      <c r="K52" s="130"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="47"/>
       <c r="B56" s="47"/>
       <c r="C56" s="57"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
-      <c r="H56" s="131" t="s">
+      <c r="H56" s="123" t="s">
         <v>59</v>
       </c>
-      <c r="I56" s="131"/>
-      <c r="J56" s="131" t="s">
+      <c r="I56" s="123"/>
+      <c r="J56" s="123" t="s">
         <v>56</v>
       </c>
-      <c r="K56" s="131"/>
+      <c r="K56" s="123"/>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="58"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>1663</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>1138.963745</v>
       </c>
       <c r="K58" s="60">
@@ -3570,115 +3524,115 @@
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="66">
         <v>32.905359999999973</v>
       </c>
       <c r="K63" s="66">
         <v>2.8890612317075863</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="139" t="s">
-[...6 lines deleted...]
-      <c r="K64" s="139"/>
+      <c r="F64" s="135" t="s">
+        <v>154</v>
+      </c>
+      <c r="G64" s="135"/>
+      <c r="H64" s="135"/>
+      <c r="I64" s="135"/>
+      <c r="J64" s="135"/>
+      <c r="K64" s="135"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="47"/>
       <c r="B68" s="47"/>
       <c r="C68" s="57"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
-      <c r="H68" s="131" t="s">
+      <c r="H68" s="123" t="s">
         <v>59</v>
       </c>
-      <c r="I68" s="131"/>
-      <c r="J68" s="131" t="s">
+      <c r="I68" s="123"/>
+      <c r="J68" s="123" t="s">
         <v>56</v>
       </c>
-      <c r="K68" s="131"/>
+      <c r="K68" s="123"/>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="58"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>1663</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>1138.963745</v>
       </c>
       <c r="K70" s="67">
@@ -3806,667 +3760,667 @@
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="78">
         <v>32.905359999999973</v>
       </c>
       <c r="K76" s="78">
         <v>2.8890612317075863</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="139" t="s">
-[...6 lines deleted...]
-      <c r="K77" s="139"/>
+      <c r="F77" s="135" t="s">
+        <v>154</v>
+      </c>
+      <c r="G77" s="135"/>
+      <c r="H77" s="135"/>
+      <c r="I77" s="135"/>
+      <c r="J77" s="135"/>
+      <c r="K77" s="135"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
     <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="23"/>
       <c r="B81" s="23"/>
       <c r="C81" s="23"/>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F81" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H81" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
-        <v>342.52315399999998</v>
+        <v>318.41017599999998</v>
       </c>
       <c r="E82" s="16">
-        <v>47.097887083415465</v>
+        <v>45.032254035356779</v>
       </c>
       <c r="F82" s="16">
-        <v>514.43082200000003</v>
+        <v>595.40086299999996</v>
       </c>
       <c r="G82" s="16">
-        <v>49.399862774942548</v>
+        <v>52.275664226695817</v>
       </c>
       <c r="H82" s="16">
-        <v>595.40086299999996</v>
+        <v>474.93295699999987</v>
       </c>
       <c r="I82" s="16">
-        <v>52.275664226695817</v>
+        <v>44.712480506348825</v>
       </c>
       <c r="J82" s="16">
-        <v>15.739733611840217</v>
+        <v>-20.233075476748191</v>
       </c>
       <c r="K82" s="16">
-        <v>80.970040999999924</v>
+        <v>-120.46790600000008</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
-        <v>114.01078699999999</v>
+        <v>77.646840999999995</v>
       </c>
       <c r="E83" s="16">
-        <v>15.676800559933332</v>
+        <v>10.981471487126578</v>
       </c>
       <c r="F83" s="16">
-        <v>158.12002999999999</v>
+        <v>185.73667599999999</v>
       </c>
       <c r="G83" s="16">
-        <v>15.183980916232498</v>
+        <v>16.307514336200402</v>
       </c>
       <c r="H83" s="16">
-        <v>185.73667599999999</v>
+        <v>222.20107600000003</v>
       </c>
       <c r="I83" s="16">
-        <v>16.307514336200402</v>
+        <v>20.919081593951663</v>
       </c>
       <c r="J83" s="16">
-        <v>17.46562152815175</v>
+        <v>19.632309991377277</v>
       </c>
       <c r="K83" s="16">
-        <v>27.616646000000003</v>
+        <v>36.46440000000004</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
-        <v>84.224974000000003</v>
+        <v>87.824414999999988</v>
       </c>
       <c r="E84" s="16">
-        <v>11.58116836403884</v>
+        <v>12.420869886980615</v>
       </c>
       <c r="F84" s="16">
-        <v>101.87341300000001</v>
+        <v>107.249752</v>
       </c>
       <c r="G84" s="16">
-        <v>9.7827198670748565</v>
+        <v>9.4164324782787538</v>
       </c>
       <c r="H84" s="16">
-        <v>107.249752</v>
+        <v>108.18637299999997</v>
       </c>
       <c r="I84" s="16">
-        <v>9.4164324782787538</v>
+        <v>10.185187240680547</v>
       </c>
       <c r="J84" s="16">
-        <v>5.2774701874374097</v>
+        <v>0.87330831310451318</v>
       </c>
       <c r="K84" s="16">
-        <v>5.3763389999999873</v>
+        <v>0.93662099999997395</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
-        <v>52.37083699999998</v>
+        <v>57.020157999999995</v>
       </c>
       <c r="E85" s="16">
-        <v>7.2011358609933724</v>
+        <v>8.0642719163353025</v>
       </c>
       <c r="F85" s="16">
-        <v>99.931221000000022</v>
+        <v>87.908083000000019</v>
       </c>
       <c r="G85" s="16">
-        <v>9.5962146769122967</v>
+        <v>7.7182512073727167</v>
       </c>
       <c r="H85" s="16">
-        <v>87.908083000000019</v>
+        <v>86.107040999999981</v>
       </c>
       <c r="I85" s="16">
-        <v>7.7182512073727167</v>
+        <v>8.1065323756251324</v>
       </c>
       <c r="J85" s="16">
-        <v>-12.031413085606149</v>
+        <v>-2.0487786089022526</v>
       </c>
       <c r="K85" s="16">
-        <v>-12.023138000000003</v>
+        <v>-1.801042000000038</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
-        <v>24.014574999999997</v>
+        <v>35.668094000000004</v>
       </c>
       <c r="E86" s="16">
-        <v>3.3020709067341234</v>
+        <v>5.0444828433026743</v>
       </c>
       <c r="F86" s="16">
-        <v>34.985917999999998</v>
+        <v>37.568328000000001</v>
       </c>
       <c r="G86" s="16">
-        <v>3.3596345209956961</v>
+        <v>3.2984656592383454</v>
       </c>
       <c r="H86" s="16">
-        <v>37.568328000000001</v>
+        <v>32.796788999999997</v>
       </c>
       <c r="I86" s="16">
-        <v>3.2984656592383454</v>
+        <v>3.0876479874049583</v>
       </c>
       <c r="J86" s="16">
-        <v>7.3812840926455126</v>
+        <v>-12.700961831466135</v>
       </c>
       <c r="K86" s="16">
-        <v>2.582410000000003</v>
+        <v>-4.7715390000000042</v>
       </c>
     </row>
     <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
-        <v>16.939546999999997</v>
+        <v>19.982260999999998</v>
       </c>
       <c r="E87" s="16">
-        <v>2.3292348634924958</v>
+        <v>2.8260599735129137</v>
       </c>
       <c r="F87" s="16">
-        <v>36.530335000000001</v>
+        <v>21.917559000000001</v>
       </c>
       <c r="G87" s="16">
-        <v>3.5079420962896366</v>
+        <v>1.9243421132777148</v>
       </c>
       <c r="H87" s="16">
-        <v>26.906849000000001</v>
+        <v>29.565450999999996</v>
       </c>
       <c r="I87" s="16">
-        <v>2.3623973210841758</v>
+        <v>2.7834342342742735</v>
       </c>
       <c r="J87" s="16">
-        <v>-26.343820827265883</v>
+        <v>34.893904015497327</v>
       </c>
       <c r="K87" s="16">
-        <v>-9.6234859999999998</v>
+        <v>7.6478919999999952</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
-        <v>13.223721000000001</v>
+        <v>29.299275000000002</v>
       </c>
       <c r="E88" s="16">
-        <v>1.8182984455427205</v>
+        <v>4.143750716220131</v>
       </c>
       <c r="F88" s="16">
-        <v>15.996872999999999</v>
+        <v>26.906849000000001</v>
       </c>
       <c r="G88" s="16">
-        <v>1.5361508238481547</v>
+        <v>2.3623973210841758</v>
       </c>
       <c r="H88" s="16">
-        <v>21.917559000000001</v>
+        <v>23.457980999999997</v>
       </c>
       <c r="I88" s="16">
-        <v>1.9243421132777148</v>
+        <v>2.2084475350081911</v>
       </c>
       <c r="J88" s="16">
-        <v>37.011520939123557</v>
+        <v>-12.817807094394459</v>
       </c>
       <c r="K88" s="16">
-        <v>5.9206860000000017</v>
+        <v>-3.4488680000000045</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
-        <v>11.512358999999998</v>
+        <v>14.221321</v>
       </c>
       <c r="E89" s="16">
-        <v>1.5829814069904939</v>
+        <v>2.0112992242759042</v>
       </c>
       <c r="F89" s="16">
-        <v>16.833186999999999</v>
+        <v>1.7635999999999999E-2</v>
       </c>
       <c r="G89" s="16">
-        <v>1.6164605468856348</v>
+        <v>1.5484250554437095E-3</v>
       </c>
       <c r="H89" s="16">
-        <v>19.23226</v>
+        <v>16.092013000000001</v>
       </c>
       <c r="I89" s="16">
-        <v>1.6885752583810296</v>
-[...2 lines deleted...]
-        <v>14.252042705876205</v>
+        <v>1.5149797607547628</v>
+      </c>
+      <c r="J89" s="16" t="s">
+        <v>163</v>
       </c>
       <c r="K89" s="16">
-        <v>2.3990730000000013</v>
+        <v>16.074377000000002</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
-        <v>23.914604999999995</v>
+        <v>16.535031999999998</v>
       </c>
       <c r="E90" s="16">
-        <v>3.2883247534690243</v>
+        <v>2.3385237584453122</v>
       </c>
       <c r="F90" s="16">
-        <v>24.154564000000001</v>
+        <v>19.23226</v>
       </c>
       <c r="G90" s="16">
-        <v>2.3195191577937124</v>
+        <v>1.6885752583810296</v>
       </c>
       <c r="H90" s="16">
-        <v>18.954622000000001</v>
+        <v>16.016700999999998</v>
       </c>
       <c r="I90" s="16">
-        <v>1.6641988898426263</v>
+        <v>1.5078895256336522</v>
       </c>
       <c r="J90" s="16">
-        <v>-21.52778249278273</v>
+        <v>-16.719610695778876</v>
       </c>
       <c r="K90" s="16">
-        <v>-5.1999420000000001</v>
+        <v>-3.2155590000000025</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
-        <v>6.0380990000000008</v>
+        <v>26.317704000000003</v>
       </c>
       <c r="E91" s="16">
-        <v>0.8302554194642382</v>
+        <v>3.7220717850277669</v>
       </c>
       <c r="F91" s="16">
-        <v>16.089748</v>
+        <v>18.954622000000001</v>
       </c>
       <c r="G91" s="16">
-        <v>1.5450694423659674</v>
+        <v>1.6641988898426263</v>
       </c>
       <c r="H91" s="16">
-        <v>10.221093999999997</v>
+        <v>14.565087999999998</v>
       </c>
       <c r="I91" s="16">
-        <v>0.89740292830831037</v>
+        <v>1.371227672610758</v>
       </c>
       <c r="J91" s="16">
-        <v>-36.474492950417883</v>
+        <v>-23.158119428601651</v>
       </c>
       <c r="K91" s="16">
-        <v>-5.8686540000000029</v>
+        <v>-4.3895340000000029</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
-        <v>6.7705029999999988</v>
+        <v>7.4559610000000003</v>
       </c>
       <c r="E92" s="16">
-        <v>0.93096300810054311</v>
+        <v>1.0544849227108644</v>
       </c>
       <c r="F92" s="16">
-        <v>12.205401</v>
+        <v>10.221093999999997</v>
       </c>
       <c r="G92" s="16">
-        <v>1.1720626150840288</v>
+        <v>0.89740292830831037</v>
       </c>
       <c r="H92" s="16">
-        <v>9.6540219999999994</v>
+        <v>10.613895999999999</v>
       </c>
       <c r="I92" s="16">
-        <v>0.84761451296239465</v>
+        <v>0.99924339004423679</v>
       </c>
       <c r="J92" s="16">
-        <v>-20.903688457265769</v>
+        <v>3.8430524168939404</v>
       </c>
       <c r="K92" s="16">
-        <v>-2.5513790000000007</v>
+        <v>0.39280200000000143</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
-        <v>2.764799</v>
+        <v>7.846235000000001</v>
       </c>
       <c r="E93" s="16">
-        <v>0.38016755827940318</v>
+        <v>1.1096807651684713</v>
       </c>
       <c r="F93" s="16">
-        <v>4.1529689999999988</v>
+        <v>9.6540219999999994</v>
       </c>
       <c r="G93" s="16">
-        <v>0.39880211281078781</v>
+        <v>0.84761451296239465</v>
       </c>
       <c r="H93" s="16">
-        <v>5.6688809999999998</v>
+        <v>10.589195</v>
       </c>
       <c r="I93" s="16">
-        <v>0.49772269090092947</v>
+        <v>0.99691791870200019</v>
       </c>
       <c r="J93" s="16">
-        <v>36.501885759320658</v>
+        <v>9.6868745482452887</v>
       </c>
       <c r="K93" s="16">
-        <v>1.515912000000001</v>
+        <v>0.9351730000000007</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
-        <v>0.92455199999999993</v>
+        <v>2.6408899999999997</v>
       </c>
       <c r="E94" s="16">
-        <v>0.12712847347757966</v>
+        <v>0.37349694929170024</v>
       </c>
       <c r="F94" s="16">
-        <v>1.1938839999999999</v>
+        <v>5.6688809999999998</v>
       </c>
       <c r="G94" s="16">
-        <v>0.11464652436630149</v>
+        <v>0.49772269090092947</v>
       </c>
       <c r="H94" s="16">
-        <v>2.5117910000000001</v>
+        <v>3.6717560000000002</v>
       </c>
       <c r="I94" s="16">
-        <v>0.22053300739612219</v>
+        <v>0.34567682902256325</v>
       </c>
       <c r="J94" s="16">
-        <v>110.3881951680398</v>
+        <v>-35.229615862460328</v>
       </c>
       <c r="K94" s="16">
-        <v>1.3179070000000002</v>
+        <v>-1.9971249999999996</v>
       </c>
     </row>
     <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
-        <v>7.4968999999999994E-2</v>
+        <v>0.854715</v>
       </c>
       <c r="E95" s="16">
-        <v>1.0308446175164477E-2</v>
+        <v>0.12088100792303186</v>
       </c>
       <c r="F95" s="16">
-        <v>0.79521400000000009</v>
+        <v>2.5117910000000001</v>
       </c>
       <c r="G95" s="16">
-        <v>7.6362964264052521E-2</v>
+        <v>0.22053300739612219</v>
       </c>
       <c r="H95" s="16">
-        <v>0.63386600000000004</v>
+        <v>3.0047789999999996</v>
       </c>
       <c r="I95" s="16">
-        <v>5.5652868915507053E-2</v>
+        <v>0.28288439554087702</v>
       </c>
       <c r="J95" s="16">
-        <v>-20.289884232420459</v>
+        <v>19.626951446199129</v>
       </c>
       <c r="K95" s="16">
-        <v>-0.16134800000000005</v>
+        <v>0.49298799999999954</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
-        <v>0.15324599999999999</v>
+        <v>0.16161599999999998</v>
       </c>
       <c r="E96" s="16">
-        <v>2.1071751558100756E-2</v>
+        <v>2.2857098537511E-2</v>
       </c>
       <c r="F96" s="16">
-        <v>0.52260799999999996</v>
+        <v>0.63386600000000004</v>
       </c>
       <c r="G96" s="16">
-        <v>5.0185102410304591E-2</v>
+        <v>5.5652868915507053E-2</v>
       </c>
       <c r="H96" s="16">
-        <v>0.32344400000000001</v>
+        <v>0.57886499999999985</v>
       </c>
       <c r="I96" s="16">
-        <v>2.839809444505189E-2</v>
+        <v>5.4497144590257639E-2</v>
       </c>
       <c r="J96" s="16">
-        <v>-38.109634754921458</v>
+        <v>-8.677070548033841</v>
       </c>
       <c r="K96" s="16">
-        <v>-0.19916399999999995</v>
+        <v>-5.5001000000000189E-2</v>
       </c>
     </row>
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
-        <v>24.650382999999998</v>
+        <v>0.145563</v>
       </c>
       <c r="E97" s="16">
-        <v>3.3894962764968115</v>
+        <v>2.0586747812195043E-2</v>
       </c>
       <c r="F97" s="16">
-        <v>6.998900000000001E-2</v>
+        <v>0.32344400000000001</v>
       </c>
       <c r="G97" s="16">
-        <v>6.7209172699132218E-3</v>
+        <v>2.839809444505189E-2</v>
       </c>
       <c r="H97" s="16">
-        <v>1.7635999999999999E-2</v>
+        <v>0.23432300000000003</v>
       </c>
       <c r="I97" s="16">
-        <v>1.5484250554437095E-3</v>
+        <v>2.2060298017366645E-2</v>
       </c>
       <c r="J97" s="16">
-        <v>-74.801754561431082</v>
+        <v>-27.553765103078113</v>
       </c>
       <c r="K97" s="16">
-        <v>-5.2353000000000011E-2</v>
+        <v>-8.9120999999999978E-2</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
-        <v>3.1468949999999993</v>
+        <v>5.0411139999999994</v>
       </c>
       <c r="E98" s="16">
-        <v>0.43270682183828274</v>
+        <v>0.71295688197224427</v>
       </c>
       <c r="F98" s="16">
-        <v>3.474656</v>
+        <v>9.0580189999999998</v>
       </c>
       <c r="G98" s="16">
-        <v>0.33366494045360828</v>
+        <v>0.79528598164465714</v>
       </c>
       <c r="H98" s="16">
-        <v>9.0580189999999998</v>
+        <v>9.5789820000000017</v>
       </c>
       <c r="I98" s="16">
-        <v>0.79528598164465714</v>
+        <v>0.90181159178992587</v>
       </c>
       <c r="J98" s="16">
-        <v>160.68822352486117</v>
+        <v>5.7514010513778109</v>
       </c>
       <c r="K98" s="16">
-        <v>5.5833630000000003</v>
+        <v>0.52096300000000184</v>
       </c>
     </row>
     <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="96"/>
       <c r="C99" s="97"/>
       <c r="D99" s="17">
-        <v>727.25800500000003</v>
+        <v>707.071371</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>1041.3608320000001</v>
+        <v>1138.963745</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>1138.963745</v>
+        <v>1062.193266</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>9.3726314645949671</v>
+        <v>-6.7403795192796085</v>
       </c>
       <c r="K99" s="17">
-        <v>97.602912999999944</v>
+        <v>-76.770479000000023</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
     <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
     <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
         <v>50</v>
@@ -4481,10163 +4435,8290 @@
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
     <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
     <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="23"/>
       <c r="B107" s="23"/>
       <c r="C107" s="23"/>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F107" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H107" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
-        <v>889.32299</v>
+        <v>1563.0266259999999</v>
       </c>
       <c r="E108" s="16">
-        <v>55.52954638323201</v>
+        <v>61.323260747252739</v>
       </c>
       <c r="F108" s="16">
-        <v>2310.1984360000006</v>
+        <v>2529.8754610000001</v>
       </c>
       <c r="G108" s="16">
-        <v>62.972891458925929</v>
+        <v>67.838231052103012</v>
       </c>
       <c r="H108" s="16">
-        <v>2529.8754610000001</v>
+        <v>1690.4188550000001</v>
       </c>
       <c r="I108" s="16">
-        <v>67.838231052103012</v>
+        <v>62.836160041825295</v>
       </c>
       <c r="J108" s="16">
-        <v>9.5090110692118675</v>
+        <v>-33.181736371646629</v>
       </c>
       <c r="K108" s="16">
-        <v>219.6770249999995</v>
+        <v>-839.45660599999997</v>
       </c>
     </row>
     <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
-        <v>424.97421900000001</v>
+        <v>514.32682199999999</v>
       </c>
       <c r="E109" s="16">
-        <v>26.535494832578543</v>
+        <v>20.178925483520104</v>
       </c>
       <c r="F109" s="16">
-        <v>575.39478099999997</v>
+        <v>479.32992300000001</v>
       </c>
       <c r="G109" s="16">
-        <v>15.684485161665759</v>
+        <v>12.853159994606052</v>
       </c>
       <c r="H109" s="16">
-        <v>479.32992300000001</v>
+        <v>410.35912099999996</v>
       </c>
       <c r="I109" s="16">
-        <v>12.853159994606052</v>
+        <v>15.253847486088734</v>
       </c>
       <c r="J109" s="16">
-        <v>-16.695469123485143</v>
+        <v>-14.38900404304616</v>
       </c>
       <c r="K109" s="16">
-        <v>-96.064857999999958</v>
+        <v>-68.970802000000049</v>
       </c>
     </row>
     <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
-        <v>23.145633999999994</v>
+        <v>74.449371999999997</v>
       </c>
       <c r="E110" s="16">
-        <v>1.4452190837575352</v>
+        <v>2.9209216117507251</v>
       </c>
       <c r="F110" s="16">
-        <v>193.44053400000001</v>
+        <v>173.33678599999996</v>
       </c>
       <c r="G110" s="16">
-        <v>5.2729278842515281</v>
+        <v>4.6479999192722836</v>
       </c>
       <c r="H110" s="16">
-        <v>173.33678599999996</v>
+        <v>136.15556199999997</v>
       </c>
       <c r="I110" s="16">
-        <v>4.6479999192722836</v>
+        <v>5.0611673308723617</v>
       </c>
       <c r="J110" s="16">
-        <v>-10.392727720654477</v>
+        <v>-21.45027888079106</v>
       </c>
       <c r="K110" s="16">
-        <v>-20.103748000000053</v>
+        <v>-37.181223999999986</v>
       </c>
     </row>
     <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
-        <v>40.767299000000008</v>
+        <v>9.9275500000000001</v>
       </c>
       <c r="E111" s="16">
-        <v>2.5455201835494981</v>
+        <v>0.38949415646831659</v>
       </c>
       <c r="F111" s="16">
-        <v>124.979471</v>
+        <v>124.17669100000002</v>
       </c>
       <c r="G111" s="16">
-        <v>3.406771703777995</v>
+        <v>3.3297793449539301</v>
       </c>
       <c r="H111" s="16">
-        <v>139.89874300000002</v>
+        <v>121.13721499999998</v>
       </c>
       <c r="I111" s="16">
-        <v>3.7513638113163945</v>
+        <v>4.5029061325519804</v>
       </c>
       <c r="J111" s="16">
-        <v>11.93737809948005</v>
+        <v>-2.4477025241396033</v>
       </c>
       <c r="K111" s="16">
-        <v>14.919272000000021</v>
+        <v>-3.039476000000036</v>
       </c>
     </row>
     <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
-        <v>3.0821529999999999</v>
+        <v>127.21838599999998</v>
       </c>
       <c r="E112" s="16">
-        <v>0.19245039192534277</v>
+        <v>4.9912433523206321</v>
       </c>
       <c r="F112" s="16">
-        <v>120.45760900000001</v>
+        <v>139.89874300000002</v>
       </c>
       <c r="G112" s="16">
-        <v>3.2835118484855284</v>
+        <v>3.7513638113163945</v>
       </c>
       <c r="H112" s="16">
-        <v>124.17669100000002</v>
+        <v>90.138987999999983</v>
       </c>
       <c r="I112" s="16">
-        <v>3.3297793449539301</v>
+        <v>3.3506416822215153</v>
       </c>
       <c r="J112" s="16">
-        <v>3.0874612495421641</v>
+        <v>-35.568407501702879</v>
       </c>
       <c r="K112" s="16">
-        <v>3.7190820000000144</v>
+        <v>-49.759755000000041</v>
       </c>
     </row>
     <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
-        <v>99.604137999999978</v>
+        <v>32.282913999999998</v>
       </c>
       <c r="E113" s="16">
-        <v>6.2193068921257071</v>
+        <v>1.2665769859400564</v>
       </c>
       <c r="F113" s="16">
-        <v>156.66468999999992</v>
+        <v>39.229295000000008</v>
       </c>
       <c r="G113" s="16">
-        <v>4.270468010487507</v>
+        <v>1.0519276617550108</v>
       </c>
       <c r="H113" s="16">
-        <v>98.757457000000016</v>
+        <v>44.991944999999994</v>
       </c>
       <c r="I113" s="16">
-        <v>2.6481663976597343</v>
+        <v>1.6724381937948749</v>
       </c>
       <c r="J113" s="16">
-        <v>-36.962529974048351</v>
+        <v>14.689659857512058</v>
       </c>
       <c r="K113" s="16">
-        <v>-57.907232999999906</v>
+        <v>5.7626499999999865</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
-        <v>21.280906999999999</v>
+        <v>34.071493000000011</v>
       </c>
       <c r="E114" s="16">
-        <v>1.3287850709152889</v>
+        <v>1.3367494926392876</v>
       </c>
       <c r="F114" s="16">
-        <v>34.632510999999994</v>
+        <v>38.31231300000001</v>
       </c>
       <c r="G114" s="16">
-        <v>0.94403550888433607</v>
+        <v>1.0273389269553814</v>
       </c>
       <c r="H114" s="16">
-        <v>39.229295000000008</v>
+        <v>36.588198000000006</v>
       </c>
       <c r="I114" s="16">
-        <v>1.0519276617550108</v>
+        <v>1.3600545559283841</v>
       </c>
       <c r="J114" s="16">
-        <v>13.273031227796375</v>
+        <v>-4.5001589958820922</v>
       </c>
       <c r="K114" s="16">
-        <v>4.5967840000000137</v>
+        <v>-1.7241150000000047</v>
       </c>
     </row>
     <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
-        <v>28.555605000000003</v>
+        <v>111.93504899999999</v>
       </c>
       <c r="E115" s="16">
-        <v>1.7830190045449654</v>
+        <v>4.3916220507068395</v>
       </c>
       <c r="F115" s="16">
-        <v>46.386696999999998</v>
+        <v>98.757457000000016</v>
       </c>
       <c r="G115" s="16">
-        <v>1.2644387554762782</v>
+        <v>2.6481663976597343</v>
       </c>
       <c r="H115" s="16">
-        <v>38.31231300000001</v>
+        <v>35.387223000000006</v>
       </c>
       <c r="I115" s="16">
-        <v>1.0273389269553814</v>
+        <v>1.3154119769113444</v>
       </c>
       <c r="J115" s="16">
-        <v>-17.406680195401687</v>
+        <v>-64.167543317766885</v>
       </c>
       <c r="K115" s="16">
-        <v>-8.0743839999999878</v>
+        <v>-63.370234000000011</v>
       </c>
     </row>
     <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
-        <v>15.646542999999999</v>
+        <v>15.092683000000001</v>
       </c>
       <c r="E116" s="16">
-        <v>0.97697399597837242</v>
+        <v>0.59214124672539581</v>
       </c>
       <c r="F116" s="16">
-        <v>22.053336000000002</v>
+        <v>20.686664000000004</v>
       </c>
       <c r="G116" s="16">
-        <v>0.60114417557991262</v>
+        <v>0.55470979254232222</v>
       </c>
       <c r="H116" s="16">
-        <v>20.686664000000004</v>
+        <v>34.972009000000007</v>
       </c>
       <c r="I116" s="16">
-        <v>0.55470979254232222</v>
+        <v>1.2999776641205028</v>
       </c>
       <c r="J116" s="16">
-        <v>-6.1971213788244901</v>
+        <v>69.055817796431569</v>
       </c>
       <c r="K116" s="16">
-        <v>-1.3666719999999977</v>
+        <v>14.285345000000003</v>
       </c>
     </row>
     <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
-        <v>17.051485</v>
+        <v>14.701368999999996</v>
       </c>
       <c r="E117" s="16">
-        <v>1.064698920254479</v>
+        <v>0.57678856491122765</v>
       </c>
       <c r="F117" s="16">
-        <v>16.972554000000002</v>
+        <v>17.098576000000001</v>
       </c>
       <c r="G117" s="16">
-        <v>0.46264891542102965</v>
+        <v>0.45849575096927808</v>
       </c>
       <c r="H117" s="16">
-        <v>17.098576000000001</v>
+        <v>20.221268999999999</v>
       </c>
       <c r="I117" s="16">
-        <v>0.45849575096927808</v>
+        <v>0.7516639390139791</v>
       </c>
       <c r="J117" s="16">
-        <v>0.74250463424655444</v>
+        <v>18.262883412045529</v>
       </c>
       <c r="K117" s="16">
-        <v>0.12602199999999897</v>
+        <v>3.1226929999999982</v>
       </c>
     </row>
     <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
-        <v>6.143497</v>
+        <v>4.532629</v>
       </c>
       <c r="E118" s="16">
-        <v>0.38360146476899998</v>
+        <v>0.17783164113389802</v>
       </c>
       <c r="F118" s="16">
-        <v>10.127968000000001</v>
+        <v>8.8408580000000008</v>
       </c>
       <c r="G118" s="16">
-        <v>0.27607473869983828</v>
+        <v>0.23706628130452206</v>
       </c>
       <c r="H118" s="16">
-        <v>8.8408580000000008</v>
+        <v>9.4524810000000006</v>
       </c>
       <c r="I118" s="16">
-        <v>0.23706628130452206</v>
+        <v>0.35136712250426999</v>
       </c>
       <c r="J118" s="16">
-        <v>-12.708472222661053</v>
+        <v>6.918140750592304</v>
       </c>
       <c r="K118" s="16">
-        <v>-1.2871100000000002</v>
+        <v>0.61162299999999981</v>
       </c>
     </row>
     <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
-        <v>2.8411910000000002</v>
+        <v>10.007997000000001</v>
       </c>
       <c r="E119" s="16">
-        <v>0.17740466533775467</v>
+        <v>0.39265038699905253</v>
       </c>
       <c r="F119" s="16">
-        <v>5.6981580000000003</v>
+        <v>6.9877659999999997</v>
       </c>
       <c r="G119" s="16">
-        <v>0.15532409669149752</v>
+        <v>0.1873758972541098</v>
       </c>
       <c r="H119" s="16">
-        <v>7.3238460000000014</v>
+        <v>8.1521649999999983</v>
       </c>
       <c r="I119" s="16">
-        <v>0.19638783204831461</v>
+        <v>0.30303184510289111</v>
       </c>
       <c r="J119" s="16">
-        <v>28.530061819977632</v>
+        <v>16.663394280804461</v>
       </c>
       <c r="K119" s="16">
-        <v>1.6256880000000011</v>
+        <v>1.1643989999999986</v>
       </c>
     </row>
     <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="15" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
-        <v>5.5211480000000011</v>
+        <v>3.9917190000000002</v>
       </c>
       <c r="E120" s="16">
-        <v>0.34474184003124525</v>
+        <v>0.15660976018892397</v>
       </c>
       <c r="F120" s="16">
-        <v>9.686007</v>
+        <v>7.3238460000000014</v>
       </c>
       <c r="G120" s="16">
-        <v>0.26402747832238449</v>
+        <v>0.19638783204831461</v>
       </c>
       <c r="H120" s="16">
-        <v>6.9877659999999997</v>
+        <v>8.105087000000001</v>
       </c>
       <c r="I120" s="16">
-        <v>0.1873758972541098</v>
+        <v>0.30128186418325159</v>
       </c>
       <c r="J120" s="16">
-        <v>-27.857103551546064</v>
+        <v>10.667086664574862</v>
       </c>
       <c r="K120" s="16">
-        <v>-2.6982410000000003</v>
+        <v>0.78124099999999963</v>
       </c>
     </row>
     <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
-        <v>3.1971319999999994</v>
+        <v>6.3139310000000011</v>
       </c>
       <c r="E121" s="16">
-        <v>0.19962970898493843</v>
+        <v>0.24771864446355396</v>
       </c>
       <c r="F121" s="16">
-        <v>7.2839919999999987</v>
+        <v>5.6890139999999993</v>
       </c>
       <c r="G121" s="16">
-        <v>0.19855179124694231</v>
+        <v>0.15255005716293191</v>
       </c>
       <c r="H121" s="16">
-        <v>5.8499389999999991</v>
+        <v>6.0226959999999998</v>
       </c>
       <c r="I121" s="16">
-        <v>0.15686523690215295</v>
+        <v>0.22387533635222079</v>
       </c>
       <c r="J121" s="16">
-        <v>-19.68773441815971</v>
+        <v>5.8653749138251463</v>
       </c>
       <c r="K121" s="16">
-        <v>-1.4340529999999996</v>
+        <v>0.33368200000000048</v>
       </c>
     </row>
     <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
-        <v>5.6161680000000009</v>
+        <v>2.2389580000000002</v>
       </c>
       <c r="E122" s="16">
-        <v>0.35067491221836444</v>
+        <v>8.7842524850339637E-2</v>
       </c>
       <c r="F122" s="16">
-        <v>6.152247</v>
+        <v>4.2288959999999998</v>
       </c>
       <c r="G122" s="16">
-        <v>0.16770194998067367</v>
+        <v>0.11339721198367489</v>
       </c>
       <c r="H122" s="16">
-        <v>5.6890139999999993</v>
+        <v>5.6012520000000006</v>
       </c>
       <c r="I122" s="16">
-        <v>0.15255005716293191</v>
+        <v>0.20820944233173144</v>
       </c>
       <c r="J122" s="16">
-        <v>-7.529492882844278</v>
+        <v>32.451873964268707</v>
       </c>
       <c r="K122" s="16">
-        <v>-0.46323300000000067</v>
+        <v>1.3723560000000008</v>
       </c>
     </row>
     <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
-        <v>2.5394679999999998</v>
+        <v>5.7067670000000001</v>
       </c>
       <c r="E123" s="16">
-        <v>0.15856500695515971</v>
+        <v>0.2238973763744555</v>
       </c>
       <c r="F123" s="16">
-        <v>5.289148</v>
+        <v>5.8499389999999991</v>
       </c>
       <c r="G123" s="16">
-        <v>0.14417503610248095</v>
+        <v>0.15686523690215295</v>
       </c>
       <c r="H123" s="16">
-        <v>4.2288959999999998</v>
+        <v>5.5539599999999991</v>
       </c>
       <c r="I123" s="16">
-        <v>0.11339721198367489</v>
+        <v>0.20645150661543935</v>
       </c>
       <c r="J123" s="16">
-        <v>-20.045799436884735</v>
+        <v>-5.0595228428877643</v>
       </c>
       <c r="K123" s="16">
-        <v>-1.0602520000000002</v>
+        <v>-0.29597899999999999</v>
       </c>
     </row>
     <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
-        <v>12.241586</v>
+        <v>19.007299</v>
       </c>
       <c r="E124" s="16">
-        <v>0.76436764284180214</v>
+        <v>0.74572597375445882</v>
       </c>
       <c r="F124" s="16">
-        <v>23.142066</v>
+        <v>29.654644000000001</v>
       </c>
       <c r="G124" s="16">
-        <v>0.63082148600039123</v>
+        <v>0.79518483121089112</v>
       </c>
       <c r="H124" s="16">
-        <v>29.654644000000001</v>
+        <v>26.942734000000002</v>
       </c>
       <c r="I124" s="16">
-        <v>0.79518483121089112</v>
+        <v>1.0015138795812399</v>
       </c>
       <c r="J124" s="16">
-        <v>28.14173116609382</v>
+        <v>-9.144975741404954</v>
       </c>
       <c r="K124" s="16">
-        <v>6.5125780000000013</v>
+        <v>-2.7119099999999996</v>
       </c>
     </row>
     <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B125" s="96"/>
       <c r="C125" s="97"/>
       <c r="D125" s="17">
-        <v>1601.5311629999999</v>
+        <v>2548.8315639999996</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
-        <v>3668.5602050000002</v>
+        <v>3729.2768719999999</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>3729.2768719999999</v>
+        <v>2690.2007599999997</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>1.6550543975603009</v>
+        <v>-27.862670101046877</v>
       </c>
       <c r="K125" s="17">
-        <v>60.716666999999688</v>
+        <v>-1039.0761120000002</v>
       </c>
     </row>
     <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
     <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
     <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="46"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="2" t="s">
-[...28 lines deleted...]
-      <c r="I131" s="13" t="s">
+      <c r="A130" s="46"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="B131" s="37"/>
+      <c r="C131" s="37"/>
+      <c r="D131" s="37"/>
+      <c r="E131" s="37"/>
+      <c r="F131" s="37"/>
+      <c r="G131" s="37"/>
+      <c r="H131" s="37"/>
+      <c r="I131" s="37"/>
+      <c r="J131" s="37"/>
+      <c r="K131" s="37"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="23"/>
+      <c r="B132" s="23"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="23"/>
+      <c r="E132" s="23"/>
+      <c r="F132" s="23"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J132" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K132" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="37"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>440.91790900000001</v>
+      </c>
+      <c r="H133" s="16">
+        <v>349.44617</v>
+      </c>
+      <c r="I133" s="16">
+        <v>32.898548803264582</v>
+      </c>
+      <c r="J133" s="16">
+        <v>-20.745752697470952</v>
+      </c>
+      <c r="K133" s="16">
+        <v>-91.471739000000014</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="37"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="16">
+        <v>175.37604099999999</v>
+      </c>
+      <c r="H134" s="16">
+        <v>207.21486400000001</v>
+      </c>
+      <c r="I134" s="16">
+        <v>19.508207275718128</v>
+      </c>
+      <c r="J134" s="16">
+        <v>18.15460242941624</v>
+      </c>
+      <c r="K134" s="16">
+        <v>31.838823000000019</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="37"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="16">
+        <v>85.839110000000005</v>
+      </c>
+      <c r="H135" s="16">
+        <v>87.234920000000002</v>
+      </c>
+      <c r="I135" s="16">
+        <v>8.2127163476105114</v>
+      </c>
+      <c r="J135" s="16">
+        <v>1.6260769712081093</v>
+      </c>
+      <c r="K135" s="16">
+        <v>1.3958099999999973</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B136" s="5"/>
+      <c r="C136" s="5"/>
+      <c r="D136" s="37"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
+      <c r="G136" s="16">
+        <v>52.509406999999996</v>
+      </c>
+      <c r="H136" s="16">
+        <v>43.204543999999999</v>
+      </c>
+      <c r="I136" s="16">
+        <v>4.0674842689126969</v>
+      </c>
+      <c r="J136" s="16">
+        <v>-17.720373418042975</v>
+      </c>
+      <c r="K136" s="16">
+        <v>-9.3048629999999974</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B137" s="5"/>
+      <c r="C137" s="5"/>
+      <c r="D137" s="37"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
+      <c r="G137" s="16">
+        <v>46.986637999999999</v>
+      </c>
+      <c r="H137" s="16">
+        <v>39.329563999999998</v>
+      </c>
+      <c r="I137" s="16">
+        <v>3.7026749518105113</v>
+      </c>
+      <c r="J137" s="16">
+        <v>-16.296279806186607</v>
+      </c>
+      <c r="K137" s="16">
+        <v>-7.6570740000000015</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="B138" s="5"/>
+      <c r="C138" s="5"/>
+      <c r="D138" s="37"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
+      <c r="G138" s="16">
+        <v>19.141151999999998</v>
+      </c>
+      <c r="H138" s="16">
+        <v>16.465474999999998</v>
+      </c>
+      <c r="I138" s="16">
+        <v>1.5501392756899663</v>
+      </c>
+      <c r="J138" s="16">
+        <v>-13.978662308308301</v>
+      </c>
+      <c r="K138" s="16">
+        <v>-2.6756770000000003</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B139" s="5"/>
+      <c r="C139" s="5"/>
+      <c r="D139" s="37"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="16">
+        <v>1.1977999999999999E-2</v>
+      </c>
+      <c r="H139" s="16">
+        <v>16.060708000000002</v>
+      </c>
+      <c r="I139" s="16">
+        <v>1.5120325569829023</v>
+      </c>
+      <c r="J139" s="16" t="s">
         <v>163</v>
       </c>
-      <c r="J131" s="13" t="s">
+      <c r="K139" s="16">
+        <v>16.048730000000003</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="B140" s="5"/>
+      <c r="C140" s="5"/>
+      <c r="D140" s="37"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
+      <c r="G140" s="16">
+        <v>5.8966659999999997</v>
+      </c>
+      <c r="H140" s="16">
+        <v>12.285708000000001</v>
+      </c>
+      <c r="I140" s="16">
+        <v>1.1566358395648124</v>
+      </c>
+      <c r="J140" s="16">
+        <v>108.35007443189086</v>
+      </c>
+      <c r="K140" s="16">
+        <v>6.3890420000000017</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B141" s="5"/>
+      <c r="C141" s="5"/>
+      <c r="D141" s="37"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
+      <c r="G141" s="16">
+        <v>5.8525179999999999</v>
+      </c>
+      <c r="H141" s="16">
+        <v>10.446657999999999</v>
+      </c>
+      <c r="I141" s="16">
+        <v>0.98349879766607362</v>
+      </c>
+      <c r="J141" s="16">
+        <v>78.498519782425262</v>
+      </c>
+      <c r="K141" s="16">
+        <v>4.5941399999999994</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B142" s="5"/>
+      <c r="C142" s="5"/>
+      <c r="D142" s="37"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="16">
+        <v>7.3142879999999995</v>
+      </c>
+      <c r="H142" s="16">
+        <v>8.9009719999999994</v>
+      </c>
+      <c r="I142" s="16">
+        <v>0.83798045844512059</v>
+      </c>
+      <c r="J142" s="16">
+        <v>21.692938533456712</v>
+      </c>
+      <c r="K142" s="16">
+        <v>1.586684</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="98" t="s">
+        <v>176</v>
+      </c>
+      <c r="B143" s="96"/>
+      <c r="C143" s="96"/>
+      <c r="D143" s="99"/>
+      <c r="E143" s="99"/>
+      <c r="F143" s="99"/>
+      <c r="G143" s="17">
+        <v>839.84570700000006</v>
+      </c>
+      <c r="H143" s="17">
+        <v>790.58958299999995</v>
+      </c>
+      <c r="I143" s="17">
+        <v>74.429918575665297</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="46"/>
+    </row>
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="46"/>
+    </row>
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="46"/>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B149" s="37"/>
+      <c r="C149" s="37"/>
+      <c r="D149" s="37"/>
+      <c r="E149" s="37"/>
+      <c r="F149" s="37"/>
+      <c r="G149" s="37"/>
+      <c r="H149" s="37"/>
+      <c r="I149" s="37"/>
+      <c r="J149" s="37"/>
+      <c r="K149" s="37"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="23"/>
+      <c r="B150" s="23"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="23"/>
+      <c r="E150" s="23"/>
+      <c r="F150" s="23"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J150" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="K131" s="13" t="s">
-[...490 lines deleted...]
-      <c r="A150" s="4" t="s">
+      <c r="K150" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="37"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>2529.8322410000001</v>
+      </c>
+      <c r="H151" s="16">
+        <v>1690.134609</v>
+      </c>
+      <c r="I151" s="16">
+        <v>62.825594064585729</v>
+      </c>
+      <c r="J151" s="16">
+        <v>-33.191830604075221</v>
+      </c>
+      <c r="K151" s="16">
+        <v>-839.69763200000011</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="37"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="16">
+        <v>282.88437099999999</v>
+      </c>
+      <c r="H152" s="16">
+        <v>188.32898</v>
+      </c>
+      <c r="I152" s="16">
+        <v>7.0005548582180914</v>
+      </c>
+      <c r="J152" s="16">
+        <v>-33.425456014323245</v>
+      </c>
+      <c r="K152" s="16">
+        <v>-94.555390999999986</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="37"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="16">
+        <v>120.156808</v>
+      </c>
+      <c r="H153" s="16">
+        <v>115.460116</v>
+      </c>
+      <c r="I153" s="16">
+        <v>4.2918773095581164</v>
+      </c>
+      <c r="J153" s="16">
+        <v>-3.9088022378224285</v>
+      </c>
+      <c r="K153" s="16">
+        <v>-4.6966919999999988</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="37"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="16">
+        <v>153.77351400000001</v>
+      </c>
+      <c r="H154" s="16">
+        <v>102.662632</v>
+      </c>
+      <c r="I154" s="16">
+        <v>3.816169912910143</v>
+      </c>
+      <c r="J154" s="16">
+        <v>-33.237766810739593</v>
+      </c>
+      <c r="K154" s="16">
+        <v>-51.110882000000004</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="37"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="16">
+        <v>37.823934999999999</v>
+      </c>
+      <c r="H155" s="16">
+        <v>50.229486999999999</v>
+      </c>
+      <c r="I155" s="16">
+        <v>1.8671278272927112</v>
+      </c>
+      <c r="J155" s="16">
+        <v>32.7981528098544</v>
+      </c>
+      <c r="K155" s="16">
+        <v>12.405552</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
+      <c r="D156" s="37"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="16">
+        <v>65.032878999999994</v>
+      </c>
+      <c r="H156" s="16">
+        <v>41.997336000000004</v>
+      </c>
+      <c r="I156" s="16">
+        <v>1.561122746839162</v>
+      </c>
+      <c r="J156" s="16">
+        <v>-35.421379699336377</v>
+      </c>
+      <c r="K156" s="16">
+        <v>-23.03554299999999</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="37"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="16">
+        <v>30.906188999999998</v>
+      </c>
+      <c r="H157" s="16">
+        <v>36.206724999999999</v>
+      </c>
+      <c r="I157" s="16">
+        <v>1.3458744618003899</v>
+      </c>
+      <c r="J157" s="16">
+        <v>17.150403111816864</v>
+      </c>
+      <c r="K157" s="16">
+        <v>5.300536000000001</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5"/>
+      <c r="D158" s="37"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="16">
+        <v>31.162006000000002</v>
+      </c>
+      <c r="H158" s="16">
+        <v>33.870517999999997</v>
+      </c>
+      <c r="I158" s="16">
+        <v>1.2590330990762191</v>
+      </c>
+      <c r="J158" s="16">
+        <v>8.6917125938554634</v>
+      </c>
+      <c r="K158" s="16">
+        <v>2.7085119999999954</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="37"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="16">
+        <v>29.651412000000001</v>
+      </c>
+      <c r="H159" s="16">
+        <v>29.362756000000001</v>
+      </c>
+      <c r="I159" s="16">
+        <v>1.0914708090410326</v>
+      </c>
+      <c r="J159" s="16">
+        <v>-0.97349832783679768</v>
+      </c>
+      <c r="K159" s="16">
+        <v>-0.28865599999999958</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="37"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="16">
+        <v>23.845756000000002</v>
+      </c>
+      <c r="H160" s="16">
+        <v>22.471657</v>
+      </c>
+      <c r="I160" s="16">
+        <v>0.83531524242079247</v>
+      </c>
+      <c r="J160" s="16">
+        <v>-5.7624467850799155</v>
+      </c>
+      <c r="K160" s="16">
+        <v>-1.3740990000000011</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="98" t="s">
+        <v>176</v>
+      </c>
+      <c r="B161" s="96"/>
+      <c r="C161" s="96"/>
+      <c r="D161" s="99"/>
+      <c r="E161" s="99"/>
+      <c r="F161" s="99"/>
+      <c r="G161" s="17">
+        <v>3305.0691110000002</v>
+      </c>
+      <c r="H161" s="17">
+        <v>2310.7248159999999</v>
+      </c>
+      <c r="I161" s="17">
+        <v>85.894140331742392</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E150" s="80"/>
-[...6 lines deleted...]
-      <c r="A151" s="4" t="s">
+    </row>
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="E151" s="80"/>
-[...72 lines deleted...]
-      <c r="J157" s="13" t="s">
+    </row>
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="46"/>
+    </row>
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="46"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B166" s="22"/>
+      <c r="C166" s="22"/>
+      <c r="D166" s="22"/>
+      <c r="E166" s="22"/>
+      <c r="F166" s="22"/>
+      <c r="G166" s="22"/>
+      <c r="H166" s="22"/>
+      <c r="I166" s="22"/>
+      <c r="J166" s="22"/>
+      <c r="K166" s="22"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="12"/>
+      <c r="B167" s="12"/>
+      <c r="C167" s="12"/>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="K157" s="13" t="s">
-[...273 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K167" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="15" t="s">
-        <v>9</v>
-[...7 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="B168" s="22"/>
+      <c r="C168" s="137" t="s">
+        <v>84</v>
+      </c>
+      <c r="D168" s="137"/>
+      <c r="E168" s="137"/>
+      <c r="F168" s="137"/>
       <c r="G168" s="16">
-        <v>0.30244565394722173</v>
+        <v>12.815471446311843</v>
       </c>
       <c r="H168" s="16">
-        <v>8.4682860000000009</v>
+        <v>19.268566376423514</v>
       </c>
       <c r="I168" s="16">
-        <v>0.33647917518665382</v>
+        <v>23.254004982147503</v>
       </c>
       <c r="J168" s="16">
-        <v>4.1066523600665565</v>
+        <v>13.323047258274249</v>
       </c>
       <c r="K168" s="16">
-        <v>0.33404500000000148</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28.018842182678029</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="15" t="s">
-        <v>20</v>
-[...7 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="B169" s="22"/>
+      <c r="C169" s="137"/>
+      <c r="D169" s="137"/>
+      <c r="E169" s="137"/>
+      <c r="F169" s="137"/>
       <c r="G169" s="16">
-        <v>0.1975084873323418</v>
+        <v>14.75361379399525</v>
       </c>
       <c r="H169" s="16">
-        <v>6.6626430000000001</v>
+        <v>10.498761994179118</v>
       </c>
       <c r="I169" s="16">
-        <v>0.26473369241463179</v>
+        <v>11.741572494914548</v>
       </c>
       <c r="J169" s="16">
-        <v>25.427016879619774</v>
+        <v>5.0166257109289152</v>
       </c>
       <c r="K169" s="16">
-        <v>1.3506750000000007</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.1813701734074726</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="15" t="s">
-        <v>44</v>
-[...7 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="B170" s="22"/>
+      <c r="C170" s="137"/>
+      <c r="D170" s="137"/>
+      <c r="E170" s="137"/>
+      <c r="F170" s="137"/>
       <c r="G170" s="16">
-        <v>0.18801441429342017</v>
+        <v>12.276548854924888</v>
       </c>
       <c r="H170" s="16">
-        <v>6.0961689999999988</v>
+        <v>6.762645473967817</v>
       </c>
       <c r="I170" s="16">
-        <v>0.24222539447988026</v>
+        <v>8.4340995214042902</v>
       </c>
       <c r="J170" s="16">
-        <v>20.558036129229219</v>
+        <v>17.109462380304969</v>
       </c>
       <c r="K170" s="16">
-        <v>1.0395429999999983</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.42080716246470917</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="15" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="B171" s="22"/>
+      <c r="C171" s="137"/>
+      <c r="D171" s="137"/>
+      <c r="E171" s="137"/>
+      <c r="F171" s="137"/>
       <c r="G171" s="16">
-        <v>0.1782422958166737</v>
+        <v>60.154365904768014</v>
       </c>
       <c r="H171" s="16">
-        <v>4.8519369999999986</v>
+        <v>63.470026155429572</v>
       </c>
       <c r="I171" s="16">
-        <v>0.19278703622168722</v>
+        <v>56.570323001533652</v>
       </c>
       <c r="J171" s="16">
-        <v>1.2126272944711927</v>
+        <v>-16.306858930190966</v>
       </c>
       <c r="K171" s="16">
-        <v>5.8130999999997712E-2</v>
-[...110 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.620920262424292</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="100" t="s">
+        <v>86</v>
+      </c>
+      <c r="B172" s="101"/>
+      <c r="C172" s="142" t="s">
+        <v>85</v>
+      </c>
+      <c r="D172" s="142"/>
+      <c r="E172" s="142"/>
+      <c r="F172" s="142"/>
+      <c r="G172" s="102">
+        <v>96.525284998422052</v>
+      </c>
+      <c r="H172" s="102">
+        <v>94.461962878370628</v>
+      </c>
+      <c r="I172" s="102">
+        <v>95.111538863775863</v>
+      </c>
+      <c r="J172" s="102">
+        <v>-6.0990715469872328</v>
+      </c>
+      <c r="K172" s="102">
+        <v>10.301927475990635</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B173" s="103"/>
+      <c r="C173" s="143"/>
+      <c r="D173" s="143"/>
+      <c r="E173" s="143"/>
+      <c r="F173" s="143"/>
+      <c r="G173" s="17">
+        <v>3.4747150015779646</v>
+      </c>
+      <c r="H173" s="17">
+        <v>5.5380371216293662</v>
+      </c>
+      <c r="I173" s="17">
+        <v>4.8884611362241506</v>
+      </c>
+      <c r="J173" s="17">
+        <v>-17.679130658321633</v>
+      </c>
+      <c r="K173" s="17">
+        <v>20.572514212771821</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D174" s="60"/>
+      <c r="I174" s="22"/>
+      <c r="J174" s="22"/>
+      <c r="K174" s="22"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="60"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>1</v>
-[...46 lines deleted...]
-      <c r="K181" s="37"/>
+        <v>62</v>
+      </c>
+      <c r="D176" s="60"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D177" s="60"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D178" s="60"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="134" t="s">
+        <v>89</v>
+      </c>
+      <c r="B179" s="134"/>
+      <c r="C179" s="134"/>
+      <c r="D179" s="134"/>
+      <c r="E179" s="134"/>
+      <c r="F179" s="134"/>
+      <c r="G179" s="134"/>
+      <c r="H179" s="134"/>
+      <c r="I179" s="134"/>
+      <c r="J179" s="134"/>
+      <c r="K179" s="134"/>
+    </row>
+    <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="B180" s="134"/>
+      <c r="C180" s="134"/>
+      <c r="D180" s="134"/>
+      <c r="E180" s="134"/>
+      <c r="F180" s="134"/>
+      <c r="G180" s="134"/>
+      <c r="H180" s="134"/>
+      <c r="I180" s="134"/>
+      <c r="J180" s="134"/>
+      <c r="K180" s="134"/>
+    </row>
+    <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="134" t="s">
+        <v>91</v>
+      </c>
+      <c r="B181" s="134"/>
+      <c r="C181" s="134"/>
+      <c r="D181" s="134"/>
+      <c r="E181" s="134"/>
+      <c r="F181" s="134"/>
+      <c r="G181" s="134"/>
+      <c r="H181" s="134"/>
+      <c r="I181" s="134"/>
+      <c r="J181" s="134"/>
+      <c r="K181" s="134"/>
     </row>
     <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="23"/>
-[...8 lines deleted...]
-      <c r="H182" s="13">
+      <c r="A182" s="134" t="s">
+        <v>92</v>
+      </c>
+      <c r="B182" s="134"/>
+      <c r="C182" s="134"/>
+      <c r="D182" s="134"/>
+      <c r="E182" s="134"/>
+      <c r="F182" s="134"/>
+      <c r="G182" s="134"/>
+      <c r="H182" s="134"/>
+      <c r="I182" s="134"/>
+      <c r="J182" s="134"/>
+      <c r="K182" s="134"/>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="46"/>
+      <c r="B183" s="46"/>
+      <c r="C183" s="46"/>
+      <c r="D183" s="46"/>
+      <c r="E183" s="46"/>
+      <c r="F183" s="46"/>
+      <c r="G183" s="46"/>
+      <c r="H183" s="46"/>
+      <c r="I183" s="46"/>
+      <c r="J183" s="46"/>
+      <c r="K183" s="46"/>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="46"/>
+      <c r="B184" s="46"/>
+      <c r="C184" s="46"/>
+      <c r="D184" s="46"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="46"/>
+      <c r="G184" s="46"/>
+      <c r="H184" s="46"/>
+      <c r="I184" s="46"/>
+      <c r="J184" s="46"/>
+      <c r="K184" s="46"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="46"/>
+      <c r="B185" s="46"/>
+      <c r="C185" s="46"/>
+      <c r="D185" s="46"/>
+      <c r="E185" s="46"/>
+      <c r="F185" s="46"/>
+      <c r="G185" s="46"/>
+      <c r="H185" s="46"/>
+      <c r="I185" s="46"/>
+      <c r="J185" s="46"/>
+      <c r="K185" s="46"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B186" s="22"/>
+      <c r="C186" s="22"/>
+      <c r="D186" s="22"/>
+      <c r="E186" s="22"/>
+      <c r="F186" s="22"/>
+      <c r="G186" s="22"/>
+      <c r="H186" s="22"/>
+      <c r="I186" s="22"/>
+      <c r="J186" s="22"/>
+      <c r="K186" s="22"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="12"/>
+      <c r="B187" s="12"/>
+      <c r="C187" s="12"/>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
         <v>2024</v>
       </c>
-      <c r="I182" s="13" t="s">
-[...131 lines deleted...]
-        <v>-11.626393999999998</v>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K187" s="13" t="s">
+        <v>140</v>
       </c>
     </row>
     <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F188" s="5"/>
+      <c r="A188" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B188" s="22"/>
+      <c r="C188" s="137" t="s">
+        <v>84</v>
+      </c>
+      <c r="D188" s="137"/>
+      <c r="E188" s="137"/>
+      <c r="F188" s="137"/>
       <c r="G188" s="16">
-        <v>26.585422999999999</v>
+        <v>2.8964596231408892</v>
       </c>
       <c r="H188" s="16">
-        <v>19.141151999999998</v>
+        <v>21.351196076928886</v>
       </c>
       <c r="I188" s="16">
-        <v>1.6805760573177855</v>
+        <v>26.399887637593462</v>
       </c>
       <c r="J188" s="16">
-        <v>-28.001326140268677</v>
+        <v>4.2957040835218887</v>
       </c>
       <c r="K188" s="16">
-        <v>-7.4442710000000005</v>
+        <v>87.867019776772423</v>
       </c>
     </row>
     <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F189" s="5"/>
+      <c r="A189" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B189" s="22"/>
+      <c r="C189" s="137"/>
+      <c r="D189" s="137"/>
+      <c r="E189" s="137"/>
+      <c r="F189" s="137"/>
       <c r="G189" s="16">
-        <v>10.368540999999999</v>
+        <v>19.47702699215715</v>
       </c>
       <c r="H189" s="16">
-        <v>10.944849</v>
+        <v>11.984421444605404</v>
       </c>
       <c r="I189" s="16">
-        <v>0.96094797117532471</v>
+        <v>13.598260386333511</v>
       </c>
       <c r="J189" s="16">
-        <v>5.5582362070034828</v>
+        <v>-4.2909885177636253</v>
       </c>
       <c r="K189" s="16">
-        <v>0.57630800000000093</v>
+        <v>-1.1658417523790265</v>
       </c>
     </row>
     <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F190" s="5"/>
+      <c r="A190" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B190" s="22"/>
+      <c r="C190" s="137"/>
+      <c r="D190" s="137"/>
+      <c r="E190" s="137"/>
+      <c r="F190" s="137"/>
       <c r="G190" s="16">
-        <v>9.0920349999999992</v>
+        <v>29.548015675048507</v>
       </c>
       <c r="H190" s="16">
-        <v>10.807028000000001</v>
+        <v>16.21772247996633</v>
       </c>
       <c r="I190" s="16">
-        <v>0.94884741041515785</v>
+        <v>7.5581716644959576</v>
       </c>
       <c r="J190" s="16">
-        <v>18.86258686861634</v>
+        <v>-60.689059174689888</v>
       </c>
       <c r="K190" s="16">
-        <v>1.7149930000000015</v>
+        <v>-23.106610756280865</v>
       </c>
     </row>
     <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F191" s="5"/>
+      <c r="A191" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B191" s="22"/>
+      <c r="C191" s="137"/>
+      <c r="D191" s="137"/>
+      <c r="E191" s="137"/>
+      <c r="F191" s="137"/>
       <c r="G191" s="16">
-        <v>9.710763</v>
+        <v>48.078497709653462</v>
       </c>
       <c r="H191" s="16">
-        <v>10.426673000000001</v>
+        <v>50.446659998499378</v>
       </c>
       <c r="I191" s="16">
-        <v>0.91545258097745685</v>
+        <v>52.443680311577054</v>
       </c>
       <c r="J191" s="16">
-        <v>7.372335211970479</v>
+        <v>-12.31056041275005</v>
       </c>
       <c r="K191" s="16">
-        <v>0.71591000000000093</v>
+        <v>10.497503037649004</v>
       </c>
     </row>
     <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
-[...20 lines deleted...]
-        <v>6.5201209999999996</v>
+      <c r="A192" s="100" t="s">
+        <v>86</v>
+      </c>
+      <c r="B192" s="101"/>
+      <c r="C192" s="142" t="s">
+        <v>77</v>
+      </c>
+      <c r="D192" s="142"/>
+      <c r="E192" s="142"/>
+      <c r="F192" s="142"/>
+      <c r="G192" s="102">
+        <v>15.324774242320242</v>
+      </c>
+      <c r="H192" s="102">
+        <v>16.970382374977497</v>
+      </c>
+      <c r="I192" s="102">
+        <v>19.846427818186971</v>
+      </c>
+      <c r="J192" s="102">
+        <v>-15.64971569433466</v>
+      </c>
+      <c r="K192" s="102">
+        <v>8.1227034577853416</v>
       </c>
     </row>
     <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="98" t="s">
-[...6 lines deleted...]
-      <c r="F193" s="99"/>
+      <c r="A193" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="B193" s="103"/>
+      <c r="C193" s="143"/>
+      <c r="D193" s="143"/>
+      <c r="E193" s="143"/>
+      <c r="F193" s="143"/>
       <c r="G193" s="17">
-        <v>738.61071700000002</v>
+        <v>84.675225757679755</v>
       </c>
       <c r="H193" s="17">
-        <v>862.15808500000003</v>
+        <v>83.029617625022496</v>
       </c>
       <c r="I193" s="17">
-        <v>75.696710170524355</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>80.153572181813033</v>
+      </c>
+      <c r="J193" s="17">
+        <v>-30.371718893415679</v>
+      </c>
+      <c r="K193" s="17">
+        <v>-2.6140145580610952E-2</v>
       </c>
     </row>
     <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>136</v>
+      </c>
+      <c r="D194" s="60"/>
+      <c r="I194" s="22"/>
+      <c r="J194" s="22"/>
+      <c r="K194" s="22"/>
     </row>
     <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>37</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D195" s="60"/>
+      <c r="I195" s="22"/>
+      <c r="J195" s="22"/>
+      <c r="K195" s="22"/>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="46"/>
+      <c r="A196" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D196" s="60"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="46"/>
+      <c r="A197" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="D197" s="60"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="46"/>
-[...14 lines deleted...]
-      <c r="K199" s="37"/>
+      <c r="A198" s="104" t="s">
+        <v>88</v>
+      </c>
+      <c r="D198" s="60"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="134" t="s">
+        <v>89</v>
+      </c>
+      <c r="B199" s="134"/>
+      <c r="C199" s="134"/>
+      <c r="D199" s="134"/>
+      <c r="E199" s="134"/>
+      <c r="F199" s="134"/>
+      <c r="G199" s="134"/>
+      <c r="H199" s="134"/>
+      <c r="I199" s="134"/>
+      <c r="J199" s="134"/>
+      <c r="K199" s="134"/>
     </row>
     <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="23"/>
-[...5 lines deleted...]
-      <c r="G200" s="13">
+      <c r="A200" s="134" t="s">
+        <v>90</v>
+      </c>
+      <c r="B200" s="134"/>
+      <c r="C200" s="134"/>
+      <c r="D200" s="134"/>
+      <c r="E200" s="134"/>
+      <c r="F200" s="134"/>
+      <c r="G200" s="134"/>
+      <c r="H200" s="134"/>
+      <c r="I200" s="134"/>
+      <c r="J200" s="134"/>
+      <c r="K200" s="134"/>
+    </row>
+    <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="134" t="s">
+        <v>91</v>
+      </c>
+      <c r="B201" s="134"/>
+      <c r="C201" s="134"/>
+      <c r="D201" s="134"/>
+      <c r="E201" s="134"/>
+      <c r="F201" s="134"/>
+      <c r="G201" s="134"/>
+      <c r="H201" s="134"/>
+      <c r="I201" s="134"/>
+      <c r="J201" s="134"/>
+      <c r="K201" s="134"/>
+    </row>
+    <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="134" t="s">
+        <v>92</v>
+      </c>
+      <c r="B202" s="134"/>
+      <c r="C202" s="134"/>
+      <c r="D202" s="134"/>
+      <c r="E202" s="134"/>
+      <c r="F202" s="134"/>
+      <c r="G202" s="134"/>
+      <c r="H202" s="134"/>
+      <c r="I202" s="134"/>
+      <c r="J202" s="134"/>
+      <c r="K202" s="134"/>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="46"/>
+      <c r="B203" s="46"/>
+      <c r="C203" s="46"/>
+      <c r="D203" s="46"/>
+      <c r="E203" s="46"/>
+      <c r="F203" s="83"/>
+      <c r="G203" s="83"/>
+      <c r="H203" s="46"/>
+      <c r="I203" s="46"/>
+      <c r="J203" s="46"/>
+      <c r="K203" s="46"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="46"/>
+      <c r="B204" s="46"/>
+      <c r="C204" s="46"/>
+      <c r="D204" s="46"/>
+      <c r="E204" s="46"/>
+      <c r="F204" s="83"/>
+      <c r="G204" s="83"/>
+      <c r="H204" s="46"/>
+      <c r="I204" s="46"/>
+      <c r="J204" s="46"/>
+      <c r="K204" s="46"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="46"/>
+      <c r="B205" s="46"/>
+      <c r="C205" s="46"/>
+      <c r="D205" s="46"/>
+      <c r="E205" s="46"/>
+      <c r="F205" s="83"/>
+      <c r="G205" s="83"/>
+      <c r="H205" s="46"/>
+      <c r="I205" s="46"/>
+      <c r="J205" s="46"/>
+      <c r="K205" s="46"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B206" s="22"/>
+      <c r="C206" s="22"/>
+      <c r="D206" s="22"/>
+      <c r="E206" s="22"/>
+      <c r="F206" s="22"/>
+      <c r="G206" s="22"/>
+      <c r="H206" s="22"/>
+      <c r="I206" s="22"/>
+      <c r="J206" s="22"/>
+      <c r="K206" s="22"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="12"/>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="24"/>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
         <v>2023</v>
       </c>
-      <c r="H200" s="13">
+      <c r="H207" s="12">
         <v>2024</v>
       </c>
-      <c r="I200" s="13" t="s">
-[...225 lines deleted...]
-        <v>0.83560451716442052</v>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B208" s="105"/>
+      <c r="C208" s="105"/>
+      <c r="D208" s="123" t="s">
+        <v>58</v>
+      </c>
+      <c r="E208" s="106">
+        <v>7.6331387768774475</v>
+      </c>
+      <c r="F208" s="106">
+        <v>13.971480116407212</v>
+      </c>
+      <c r="G208" s="106">
+        <v>12.363042285039581</v>
+      </c>
+      <c r="H208" s="106">
+        <v>14.165927555490363</v>
+      </c>
+      <c r="I208" s="106">
+        <v>16.140279691812694</v>
+      </c>
+      <c r="J208" s="107">
+        <v>6.2575219741073846</v>
+      </c>
+      <c r="K208" s="107">
+        <v>33.501777196639807</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B209" s="22"/>
+      <c r="C209" s="22"/>
+      <c r="D209" s="138"/>
+      <c r="E209" s="60">
+        <v>7.6528342426694001E-3</v>
+      </c>
+      <c r="F209" s="60">
+        <v>3.6334324077883347E-4</v>
+      </c>
+      <c r="G209" s="60">
+        <v>0</v>
+      </c>
+      <c r="H209" s="60">
+        <v>1.2207061077260188E-2</v>
+      </c>
+      <c r="I209" s="60">
+        <v>1.2290607008988512E-3</v>
       </c>
       <c r="J209" s="16">
-        <v>-77.815579514231473</v>
+        <v>-90.610210452119617</v>
       </c>
       <c r="K209" s="16">
-        <v>-109.30596799999999</v>
-[...18 lines deleted...]
-        <v>0.82874482267724736</v>
+        <v>-29.915362876637186</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B210" s="22"/>
+      <c r="C210" s="22"/>
+      <c r="D210" s="138"/>
+      <c r="E210" s="60">
+        <v>90.917582915402733</v>
+      </c>
+      <c r="F210" s="60">
+        <v>84.108924020140705</v>
+      </c>
+      <c r="G210" s="60">
+        <v>86.748778736475458</v>
+      </c>
+      <c r="H210" s="60">
+        <v>84.43576946340815</v>
+      </c>
+      <c r="I210" s="60">
+        <v>82.574859969033156</v>
       </c>
       <c r="J210" s="16">
-        <v>22.556834958360021</v>
+        <v>-8.7957609565221713</v>
       </c>
       <c r="K210" s="16">
-        <v>5.6883469999999967</v>
-[...29 lines deleted...]
-        <v>1</v>
+        <v>8.0774436501904745</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B211" s="22"/>
+      <c r="C211" s="22"/>
+      <c r="D211" s="138"/>
+      <c r="E211" s="60">
+        <v>1.3458375477063402</v>
+      </c>
+      <c r="F211" s="60">
+        <v>0.88048380096766987</v>
+      </c>
+      <c r="G211" s="60">
+        <v>0.72961808880478418</v>
+      </c>
+      <c r="H211" s="60">
+        <v>1.3069991968883958</v>
+      </c>
+      <c r="I211" s="60">
+        <v>1.2417627207966124</v>
+      </c>
+      <c r="J211" s="16">
+        <v>-11.395263023648603</v>
+      </c>
+      <c r="K211" s="16">
+        <v>8.5042044116407247</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B212" s="73"/>
+      <c r="C212" s="73"/>
+      <c r="D212" s="139"/>
+      <c r="E212" s="108">
+        <v>9.5787925770791801E-2</v>
+      </c>
+      <c r="F212" s="108">
+        <v>1.0387487192436324</v>
+      </c>
+      <c r="G212" s="108">
+        <v>0.15856088968016802</v>
+      </c>
+      <c r="H212" s="108">
+        <v>7.9096723135818517E-2</v>
+      </c>
+      <c r="I212" s="108">
+        <v>4.1868557656625172E-2</v>
+      </c>
+      <c r="J212" s="17">
+        <v>-50.634544108391431</v>
+      </c>
+      <c r="K212" s="17">
+        <v>-9.9819956993957621</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>37</v>
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F213" s="60"/>
+      <c r="G213" s="60"/>
+      <c r="H213" s="60"/>
+      <c r="I213" s="60"/>
+      <c r="J213" s="60"/>
+      <c r="K213" s="60"/>
     </row>
     <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A214" s="46"/>
-[...32 lines deleted...]
-      <c r="J216" s="13" t="s">
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="84"/>
+      <c r="C214" s="84"/>
+      <c r="D214" s="84"/>
+      <c r="E214" s="84"/>
+      <c r="F214" s="84"/>
+      <c r="G214" s="84"/>
+      <c r="H214" s="84"/>
+      <c r="I214" s="84"/>
+      <c r="J214" s="84"/>
+      <c r="K214" s="84"/>
+    </row>
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B215" s="84"/>
+      <c r="C215" s="84"/>
+      <c r="D215" s="84"/>
+      <c r="E215" s="84"/>
+      <c r="F215" s="84"/>
+      <c r="G215" s="84"/>
+      <c r="H215" s="84"/>
+      <c r="I215" s="84"/>
+      <c r="J215" s="84"/>
+      <c r="K215" s="84"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="B217" s="85"/>
+      <c r="C217" s="85"/>
+      <c r="D217" s="85"/>
+      <c r="E217" s="85"/>
+      <c r="F217" s="85"/>
+      <c r="G217" s="85"/>
+      <c r="H217" s="85"/>
+      <c r="I217" s="85"/>
+      <c r="J217" s="85"/>
+      <c r="K217" s="85"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="104" t="s">
+        <v>95</v>
+      </c>
+      <c r="B218" s="84"/>
+      <c r="C218" s="84"/>
+      <c r="D218" s="84"/>
+      <c r="E218" s="84"/>
+      <c r="F218" s="84"/>
+      <c r="G218" s="84"/>
+      <c r="H218" s="84"/>
+      <c r="I218" s="84"/>
+      <c r="J218" s="84"/>
+      <c r="K218" s="84"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="46"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="46"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B221" s="22"/>
+      <c r="C221" s="22"/>
+      <c r="D221" s="22"/>
+      <c r="E221" s="22"/>
+      <c r="F221" s="22"/>
+      <c r="G221" s="22"/>
+      <c r="H221" s="22"/>
+      <c r="I221" s="22"/>
+      <c r="J221" s="22"/>
+      <c r="K221" s="22"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="12"/>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="24"/>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H222" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="K216" s="13" t="s">
-[...194 lines deleted...]
-        <v>1.1953907447092922</v>
+      <c r="K222" s="13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B223" s="105"/>
+      <c r="C223" s="105"/>
+      <c r="D223" s="123" t="s">
+        <v>58</v>
+      </c>
+      <c r="E223" s="106">
+        <v>2.909469423064631</v>
+      </c>
+      <c r="F223" s="106">
+        <v>2.0715314405562446</v>
+      </c>
+      <c r="G223" s="106">
+        <v>2.7276684968565208</v>
+      </c>
+      <c r="H223" s="106">
+        <v>2.9147835553895018</v>
+      </c>
+      <c r="I223" s="106">
+        <v>4.4493096121198041</v>
+      </c>
+      <c r="J223" s="107">
+        <v>10.114973963883044</v>
+      </c>
+      <c r="K223" s="107">
+        <v>12.714709540747847</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B224" s="22"/>
+      <c r="C224" s="22"/>
+      <c r="D224" s="138"/>
+      <c r="E224" s="60">
+        <v>1.4871480930859972E-2</v>
+      </c>
+      <c r="F224" s="60">
+        <v>2.1087648941330282E-2</v>
+      </c>
+      <c r="G224" s="60">
+        <v>5.7569451828036709E-3</v>
+      </c>
+      <c r="H224" s="60">
+        <v>2.3918309919467944E-3</v>
+      </c>
+      <c r="I224" s="60">
+        <v>2.7226332357440867E-2</v>
       </c>
       <c r="J224" s="16">
-        <v>125.25103753201098</v>
+        <v>721.14285073656367</v>
       </c>
       <c r="K224" s="16">
-        <v>5.2078679999999995</v>
-[...21 lines deleted...]
-        <v>165</v>
+        <v>17.901578444517764</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B225" s="22"/>
+      <c r="C225" s="22"/>
+      <c r="D225" s="138"/>
+      <c r="E225" s="60">
+        <v>96.642408772367205</v>
+      </c>
+      <c r="F225" s="60">
+        <v>96.016510532981982</v>
+      </c>
+      <c r="G225" s="60">
+        <v>93.885927408406815</v>
+      </c>
+      <c r="H225" s="60">
+        <v>93.61969719152566</v>
+      </c>
+      <c r="I225" s="60">
+        <v>90.820931706227015</v>
+      </c>
+      <c r="J225" s="16">
+        <v>-30.019219151934717</v>
       </c>
       <c r="K225" s="16">
-        <v>8.6110750000000014</v>
-[...18 lines deleted...]
-        <v>0.93263370930522371</v>
+        <v>-0.20347011364593159</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="B226" s="22"/>
+      <c r="C226" s="22"/>
+      <c r="D226" s="138"/>
+      <c r="E226" s="60">
+        <v>0.35123301698095266</v>
+      </c>
+      <c r="F226" s="60">
+        <v>0.26485847084606523</v>
+      </c>
+      <c r="G226" s="60">
+        <v>0.13246218484780189</v>
+      </c>
+      <c r="H226" s="60">
+        <v>0.16419550519229995</v>
+      </c>
+      <c r="I226" s="60">
+        <v>0.313043439925279</v>
       </c>
       <c r="J226" s="16">
-        <v>91.946604729259391</v>
+        <v>37.531888416467893</v>
       </c>
       <c r="K226" s="16">
-        <v>3.5002730000000004</v>
-[...24 lines deleted...]
-        <v>26</v>
+        <v>-1.5165607069003273</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B227" s="73"/>
+      <c r="C227" s="73"/>
+      <c r="D227" s="139"/>
+      <c r="E227" s="108">
+        <v>8.2017306656360936E-2</v>
+      </c>
+      <c r="F227" s="108">
+        <v>1.6260119066743823</v>
+      </c>
+      <c r="G227" s="108">
+        <v>3.248184964706065</v>
+      </c>
+      <c r="H227" s="108">
+        <v>3.2989319169005911</v>
+      </c>
+      <c r="I227" s="108">
+        <v>4.389488909370467</v>
+      </c>
+      <c r="J227" s="17">
+        <v>-4.0155973147368726</v>
+      </c>
+      <c r="K227" s="17">
+        <v>174.14984314125945</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="F228" s="60"/>
+      <c r="G228" s="60"/>
+      <c r="H228" s="60"/>
+      <c r="I228" s="60"/>
+      <c r="J228" s="60"/>
+      <c r="K228" s="60"/>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B229" s="84"/>
+      <c r="C229" s="84"/>
+      <c r="D229" s="84"/>
+      <c r="E229" s="84"/>
+      <c r="F229" s="84"/>
+      <c r="G229" s="84"/>
+      <c r="H229" s="84"/>
+      <c r="I229" s="84"/>
+      <c r="J229" s="84"/>
+      <c r="K229" s="84"/>
+    </row>
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B230" s="84"/>
+      <c r="C230" s="84"/>
+      <c r="D230" s="84"/>
+      <c r="E230" s="84"/>
+      <c r="F230" s="84"/>
+      <c r="G230" s="84"/>
+      <c r="H230" s="84"/>
+      <c r="I230" s="84"/>
+      <c r="J230" s="84"/>
+      <c r="K230" s="84"/>
+    </row>
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="104" t="s">
+        <v>96</v>
+      </c>
+      <c r="B232" s="85"/>
+      <c r="C232" s="85"/>
+      <c r="D232" s="85"/>
+      <c r="E232" s="85"/>
+      <c r="F232" s="85"/>
+      <c r="G232" s="85"/>
+      <c r="H232" s="85"/>
+      <c r="I232" s="85"/>
+      <c r="J232" s="85"/>
+      <c r="K232" s="85"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="104" t="s">
+        <v>95</v>
+      </c>
+      <c r="B233" s="84"/>
+      <c r="C233" s="84"/>
+      <c r="D233" s="84"/>
+      <c r="E233" s="84"/>
+      <c r="F233" s="84"/>
+      <c r="G233" s="84"/>
+      <c r="H233" s="84"/>
+      <c r="I233" s="84"/>
+      <c r="J233" s="84"/>
+      <c r="K233" s="84"/>
+    </row>
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="46"/>
+    </row>
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="46"/>
+    </row>
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A236" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="8"/>
+      <c r="G236" s="8"/>
+      <c r="H236" s="8"/>
+      <c r="I236" s="8"/>
+      <c r="J236" s="8"/>
+      <c r="K236" s="9"/>
+    </row>
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="11"/>
+      <c r="B237" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C237" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D237" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E237" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F237" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G237" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H237" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I237" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J237" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K237" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B238" s="16">
+        <v>532.61</v>
+      </c>
+      <c r="C238" s="16">
+        <v>468.06</v>
+      </c>
+      <c r="D238" s="16">
+        <v>1579.65</v>
+      </c>
+      <c r="E238" s="16">
+        <v>2311.8200000000002</v>
+      </c>
+      <c r="F238" s="16">
+        <v>2191.8000000000002</v>
+      </c>
+      <c r="G238" s="16">
+        <v>-5.191580659393896</v>
+      </c>
+      <c r="H238" s="16">
+        <v>42.428828310668635</v>
+      </c>
+      <c r="I238" s="16">
+        <v>1972.8999999999999</v>
+      </c>
+      <c r="J238" s="16">
+        <v>2011.5900000000001</v>
+      </c>
+      <c r="K238" s="16">
+        <v>1.9610725328197214</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B239" s="16">
+        <v>363.54</v>
+      </c>
+      <c r="C239" s="16">
+        <v>600.28</v>
+      </c>
+      <c r="D239" s="16">
+        <v>1107.1500000000001</v>
+      </c>
+      <c r="E239" s="16">
+        <v>854.73</v>
+      </c>
+      <c r="F239" s="16">
+        <v>850.47</v>
+      </c>
+      <c r="G239" s="16">
+        <v>-0.49840300445754698</v>
+      </c>
+      <c r="H239" s="16">
+        <v>23.673513471222705</v>
+      </c>
+      <c r="I239" s="16">
+        <v>755.36</v>
+      </c>
+      <c r="J239" s="16">
+        <v>694.97</v>
+      </c>
+      <c r="K239" s="16">
+        <v>-7.9948633764033019</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B240" s="16">
+        <v>169.07</v>
+      </c>
+      <c r="C240" s="16">
+        <v>-132.21999999999997</v>
+      </c>
+      <c r="D240" s="16">
+        <v>472.5</v>
+      </c>
+      <c r="E240" s="16">
+        <v>1457.0900000000001</v>
+      </c>
+      <c r="F240" s="16">
+        <v>1341.3300000000002</v>
+      </c>
+      <c r="G240" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="H240" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="I240" s="16">
+        <v>1217.54</v>
+      </c>
+      <c r="J240" s="16">
+        <v>1316.6200000000001</v>
+      </c>
+      <c r="K240" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B241" s="17">
+        <v>146.50657424217417</v>
+      </c>
+      <c r="C241" s="17">
+        <v>77.973612314253344</v>
+      </c>
+      <c r="D241" s="17">
+        <v>142.67714401842568</v>
+      </c>
+      <c r="E241" s="17">
+        <v>270.47371684625557</v>
+      </c>
+      <c r="F241" s="17">
+        <v>257.71632156337085</v>
+      </c>
+      <c r="G241" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H241" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I241" s="17">
+        <v>261.18671891548399</v>
+      </c>
+      <c r="J241" s="17">
+        <v>289.44990431241638</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B242" s="46"/>
+      <c r="C242" s="46"/>
+      <c r="D242" s="46"/>
+      <c r="E242" s="46"/>
+      <c r="F242" s="46"/>
+      <c r="G242" s="46"/>
+      <c r="H242" s="46"/>
+      <c r="I242" s="46"/>
+      <c r="J242" s="46"/>
+      <c r="K242" s="46"/>
+    </row>
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
         <v>37</v>
       </c>
-    </row>
-[...314 lines deleted...]
-      </c>
+      <c r="B243" s="46"/>
+      <c r="C243" s="46"/>
+      <c r="D243" s="46"/>
+      <c r="E243" s="46"/>
+      <c r="F243" s="46"/>
+      <c r="G243" s="46"/>
+      <c r="H243" s="46"/>
+      <c r="I243" s="46"/>
+      <c r="J243" s="46"/>
+      <c r="K243" s="46"/>
     </row>
     <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="B244" s="46"/>
+      <c r="C244" s="46"/>
+      <c r="D244" s="46"/>
+      <c r="E244" s="46"/>
+      <c r="F244" s="46"/>
+      <c r="G244" s="46"/>
+      <c r="H244" s="46"/>
+      <c r="I244" s="46"/>
+      <c r="J244" s="46"/>
+      <c r="K244" s="46"/>
     </row>
     <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>37</v>
-[...9 lines deleted...]
-      <c r="A248" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B245" s="46"/>
+      <c r="C245" s="46"/>
+      <c r="D245" s="46"/>
+      <c r="E245" s="46"/>
+      <c r="F245" s="46"/>
+      <c r="G245" s="46"/>
+      <c r="H245" s="46"/>
+      <c r="I245" s="46"/>
+      <c r="J245" s="46"/>
+      <c r="K245" s="46"/>
+    </row>
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A246" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B246" s="46"/>
+      <c r="C246" s="46"/>
+      <c r="D246" s="46"/>
+      <c r="E246" s="46"/>
+      <c r="F246" s="46"/>
+      <c r="G246" s="46"/>
+      <c r="H246" s="46"/>
+      <c r="I246" s="46"/>
+      <c r="J246" s="46"/>
+      <c r="K246" s="46"/>
+    </row>
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="130" t="s">
+        <v>154</v>
+      </c>
+      <c r="B247" s="130"/>
+      <c r="C247" s="130"/>
+      <c r="D247" s="130"/>
+      <c r="E247" s="130"/>
+      <c r="F247" s="130"/>
+      <c r="G247" s="130"/>
+      <c r="H247" s="130"/>
+      <c r="I247" s="130"/>
+      <c r="J247" s="130"/>
+      <c r="K247" s="130"/>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A248" s="46"/>
+      <c r="B248" s="46"/>
+      <c r="C248" s="46"/>
+      <c r="D248" s="46"/>
+      <c r="E248" s="46"/>
+      <c r="F248" s="46"/>
+      <c r="G248" s="46"/>
+      <c r="H248" s="46"/>
+      <c r="I248" s="46"/>
+      <c r="J248" s="46"/>
+      <c r="K248" s="46"/>
+    </row>
+    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="B248" s="22"/>
-[...14 lines deleted...]
-      <c r="D249" s="12">
+      <c r="B249" s="22"/>
+      <c r="C249" s="22"/>
+      <c r="D249" s="22"/>
+    </row>
+    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="23"/>
+      <c r="B250" s="23"/>
+      <c r="C250" s="23"/>
+      <c r="D250" s="24"/>
+      <c r="E250" s="12">
         <v>2020</v>
       </c>
-      <c r="E249" s="12">
+      <c r="F250" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G250" s="12">
+        <v>2022</v>
+      </c>
+      <c r="H250" s="12">
         <v>2023</v>
       </c>
-      <c r="F249" s="12">
+      <c r="I250" s="12">
         <v>2024</v>
       </c>
-      <c r="G249" s="13" t="s">
-[...114 lines deleted...]
-      <c r="B253" s="22"/>
+      <c r="J250" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K250" s="13" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="124" t="s">
+        <v>142</v>
+      </c>
+      <c r="B251" s="124"/>
+      <c r="C251" s="124"/>
+      <c r="D251" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E251" s="27">
+        <v>11</v>
+      </c>
+      <c r="F251" s="27">
+        <v>13</v>
+      </c>
+      <c r="G251" s="27">
+        <v>9</v>
+      </c>
+      <c r="H251" s="27">
+        <v>8</v>
+      </c>
+      <c r="I251" s="27">
+        <v>8</v>
+      </c>
+      <c r="J251" s="27">
+        <v>9</v>
+      </c>
+      <c r="K251" s="27">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="124"/>
+      <c r="B252" s="124"/>
+      <c r="C252" s="124"/>
+      <c r="D252" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E252" s="28">
+        <v>2.3139420864970588</v>
+      </c>
+      <c r="F252" s="28">
+        <v>1.6709410618968605</v>
+      </c>
+      <c r="G252" s="28">
+        <v>3.5134462467079173</v>
+      </c>
+      <c r="H252" s="28">
+        <v>4.3286494648121936</v>
+      </c>
+      <c r="I252" s="28">
+        <v>3.7876012480870176</v>
+      </c>
+      <c r="J252" s="28">
+        <v>3.7127066250426006</v>
+      </c>
+      <c r="K252" s="28">
+        <v>3.6092586664982487</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="127" t="s">
+        <v>143</v>
+      </c>
+      <c r="B253" s="127"/>
       <c r="C253" s="127"/>
-      <c r="D253" s="16">
-[...86 lines deleted...]
-      </c>
+      <c r="D253" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E253" s="30">
+        <v>11</v>
+      </c>
+      <c r="F253" s="30">
+        <v>9</v>
+      </c>
+      <c r="G253" s="30">
+        <v>7</v>
+      </c>
+      <c r="H253" s="30">
+        <v>8</v>
+      </c>
+      <c r="I253" s="30">
+        <v>8</v>
+      </c>
+      <c r="J253" s="30">
+        <v>8</v>
+      </c>
+      <c r="K253" s="30">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="128"/>
+      <c r="B254" s="128"/>
+      <c r="C254" s="128"/>
+      <c r="D254" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E254" s="32">
+        <v>2.590153796170557</v>
+      </c>
+      <c r="F254" s="32">
+        <v>3.4523413785210399</v>
+      </c>
+      <c r="G254" s="32">
+        <v>4.7472465841177884</v>
+      </c>
+      <c r="H254" s="32">
+        <v>3.5519386828990989</v>
+      </c>
+      <c r="I254" s="32">
+        <v>3.2985112543123591</v>
+      </c>
+      <c r="J254" s="32">
+        <v>3.2158332616679122</v>
+      </c>
+      <c r="K254" s="32">
+        <v>2.8473426590903594</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B255" s="33"/>
+      <c r="C255" s="34"/>
     </row>
     <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D256" s="60"/>
+        <v>196</v>
+      </c>
     </row>
     <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A257" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D257" s="60"/>
+      <c r="A257" s="46"/>
     </row>
     <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A258" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D258" s="60"/>
+      <c r="A258" s="46"/>
     </row>
     <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A259" s="20" t="s">
-[...128 lines deleted...]
-      <c r="D269" s="12">
+      <c r="A259" s="46"/>
+    </row>
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B260" s="37"/>
+      <c r="C260" s="37"/>
+      <c r="D260" s="37"/>
+      <c r="E260" s="37"/>
+      <c r="F260" s="37"/>
+      <c r="G260" s="37"/>
+      <c r="H260" s="37"/>
+      <c r="I260" s="37"/>
+      <c r="J260" s="37"/>
+      <c r="K260" s="37"/>
+    </row>
+    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="23"/>
+      <c r="B261" s="23"/>
+      <c r="C261" s="23"/>
+      <c r="D261" s="13">
         <v>2020</v>
       </c>
-      <c r="E269" s="12">
+      <c r="E261" s="13" t="s">
+        <v>198</v>
+      </c>
+      <c r="F261" s="13">
         <v>2023</v>
       </c>
-      <c r="F269" s="12">
+      <c r="G261" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="H261" s="13">
         <v>2024</v>
       </c>
-      <c r="G269" s="13" t="s">
-[...12 lines deleted...]
-        <v>139</v>
+      <c r="I261" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="J261" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="K261" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B262" s="5"/>
+      <c r="C262" s="79"/>
+      <c r="D262" s="16">
+        <v>212.54000000000002</v>
+      </c>
+      <c r="E262" s="16">
+        <v>39.905371660314302</v>
+      </c>
+      <c r="F262" s="16">
+        <v>1059.44</v>
+      </c>
+      <c r="G262" s="16">
+        <v>45.827097265358027</v>
+      </c>
+      <c r="H262" s="16">
+        <v>1144.26</v>
+      </c>
+      <c r="I262" s="16">
+        <v>52.206405693950174</v>
+      </c>
+      <c r="J262" s="16">
+        <v>8.0061164388733612</v>
+      </c>
+      <c r="K262" s="16">
+        <v>84.819999999999936</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B263" s="5"/>
+      <c r="C263" s="79"/>
+      <c r="D263" s="16">
+        <v>250.56</v>
+      </c>
+      <c r="E263" s="16">
+        <v>47.043803158033079</v>
+      </c>
+      <c r="F263" s="16">
+        <v>1111.0700000000002</v>
+      </c>
+      <c r="G263" s="16">
+        <v>48.060402626502068</v>
+      </c>
+      <c r="H263" s="16">
+        <v>909.68</v>
+      </c>
+      <c r="I263" s="16">
+        <v>41.503786841865129</v>
+      </c>
+      <c r="J263" s="16">
+        <v>-18.125770653514198</v>
+      </c>
+      <c r="K263" s="16">
+        <v>-201.39000000000021</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B264" s="5"/>
+      <c r="C264" s="79"/>
+      <c r="D264" s="16">
+        <v>31.4</v>
+      </c>
+      <c r="E264" s="16">
+        <v>5.8954957661328171</v>
+      </c>
+      <c r="F264" s="16">
+        <v>61.899999999999991</v>
+      </c>
+      <c r="G264" s="16">
+        <v>2.6775440994541091</v>
+      </c>
+      <c r="H264" s="16">
+        <v>52.35</v>
+      </c>
+      <c r="I264" s="16">
+        <v>2.388447851081303</v>
+      </c>
+      <c r="J264" s="16">
+        <v>-15.428109854604186</v>
+      </c>
+      <c r="K264" s="16">
+        <v>-9.5499999999999901</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B265" s="5"/>
+      <c r="C265" s="79"/>
+      <c r="D265" s="16">
+        <v>15.850000000000001</v>
+      </c>
+      <c r="E265" s="16">
+        <v>2.9759110794014383</v>
+      </c>
+      <c r="F265" s="16">
+        <v>12.28</v>
+      </c>
+      <c r="G265" s="16">
+        <v>0.53118322360737424</v>
+      </c>
+      <c r="H265" s="16">
+        <v>22.95</v>
+      </c>
+      <c r="I265" s="16">
+        <v>1.0470845880098547</v>
+      </c>
+      <c r="J265" s="16">
+        <v>86.889250814332257</v>
+      </c>
+      <c r="K265" s="16">
+        <v>10.67</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B266" s="5"/>
+      <c r="C266" s="79"/>
+      <c r="D266" s="16">
+        <v>3.13</v>
+      </c>
+      <c r="E266" s="16">
+        <v>0.58767203019094649</v>
+      </c>
+      <c r="F266" s="16">
+        <v>13.389999999999999</v>
+      </c>
+      <c r="G266" s="16">
+        <v>0.5791973423536434</v>
+      </c>
+      <c r="H266" s="16">
+        <v>17.690000000000001</v>
+      </c>
+      <c r="I266" s="16">
+        <v>0.80709918788210611</v>
+      </c>
+      <c r="J266" s="16">
+        <v>32.113517550410776</v>
+      </c>
+      <c r="K266" s="16">
+        <v>4.3000000000000025</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B267" s="5"/>
+      <c r="C267" s="79"/>
+      <c r="D267" s="16">
+        <v>2.4000000000000004</v>
+      </c>
+      <c r="E267" s="16">
+        <v>0.4506111413604702</v>
+      </c>
+      <c r="F267" s="16">
+        <v>11.740000000000002</v>
+      </c>
+      <c r="G267" s="16">
+        <v>0.50782500367675698</v>
+      </c>
+      <c r="H267" s="16">
+        <v>12.049999999999999</v>
+      </c>
+      <c r="I267" s="16">
+        <v>0.54977643945615462</v>
+      </c>
+      <c r="J267" s="16">
+        <v>2.640545144804062</v>
+      </c>
+      <c r="K267" s="16">
+        <v>0.30999999999999694</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B268" s="5"/>
+      <c r="C268" s="79"/>
+      <c r="D268" s="16">
+        <v>6.25</v>
+      </c>
+      <c r="E268" s="16">
+        <v>1.1734665139595577</v>
+      </c>
+      <c r="F268" s="16">
+        <v>11.000000000000002</v>
+      </c>
+      <c r="G268" s="16">
+        <v>0.4758155911792441</v>
+      </c>
+      <c r="H268" s="16">
+        <v>11.28</v>
+      </c>
+      <c r="I268" s="16">
+        <v>0.51464549685190242</v>
+      </c>
+      <c r="J268" s="16">
+        <v>2.5454545454545228</v>
+      </c>
+      <c r="K268" s="16">
+        <v>0.27999999999999758</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B269" s="5"/>
+      <c r="C269" s="79"/>
+      <c r="D269" s="16">
+        <v>5.52</v>
+      </c>
+      <c r="E269" s="16">
+        <v>1.0364056251290812</v>
+      </c>
+      <c r="F269" s="16">
+        <v>11.64</v>
+      </c>
+      <c r="G269" s="16">
+        <v>0.50349940739330912</v>
+      </c>
+      <c r="H269" s="16">
+        <v>8.7099999999999991</v>
+      </c>
+      <c r="I269" s="16">
+        <v>0.39739027283511263</v>
+      </c>
+      <c r="J269" s="16">
+        <v>-25.171821305841934</v>
+      </c>
+      <c r="K269" s="16">
+        <v>-2.9300000000000015</v>
       </c>
     </row>
     <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A270" s="15" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      </c>
+        <v>40</v>
+      </c>
+      <c r="B270" s="5"/>
+      <c r="C270" s="79"/>
       <c r="D270" s="16">
-        <v>2.9647391880733935</v>
+        <v>1.7799999999999998</v>
       </c>
       <c r="E270" s="16">
-        <v>18.580672033204173</v>
+        <v>0.33420326317568194</v>
       </c>
       <c r="F270" s="16">
-        <v>21.351196076928886</v>
+        <v>13.82</v>
       </c>
       <c r="G270" s="16">
-        <v>6.1069487175749995</v>
+        <v>0.59779740637246837</v>
       </c>
       <c r="H270" s="16">
-        <v>105.70918774691131</v>
+        <v>5.9499999999999993</v>
       </c>
       <c r="I270" s="16">
-        <v>25.374403464847934</v>
+        <v>0.27146637466922158</v>
       </c>
       <c r="J270" s="16">
-        <v>32.022090292729636</v>
+        <v>-56.946454413892909</v>
       </c>
       <c r="K270" s="16">
-        <v>2.8656057320236097</v>
+        <v>-7.870000000000001</v>
       </c>
     </row>
     <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A271" s="15" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-      <c r="C271" s="127"/>
+        <v>69</v>
+      </c>
+      <c r="B271" s="5"/>
+      <c r="C271" s="79"/>
       <c r="D271" s="16">
-        <v>20.316119541380615</v>
+        <v>0.77000000000000013</v>
       </c>
       <c r="E271" s="16">
-        <v>12.479526496922132</v>
+        <v>0.14457107451981754</v>
       </c>
       <c r="F271" s="16">
-        <v>11.984421444605404</v>
+        <v>3.3699999999999997</v>
       </c>
       <c r="G271" s="16">
-        <v>-11.324836028471639</v>
+        <v>0.14577259475218657</v>
       </c>
       <c r="H271" s="16">
-        <v>10.049693918134238</v>
+        <v>5.38</v>
       </c>
       <c r="I271" s="16">
-        <v>11.383457384471999</v>
+        <v>0.24546035222191803</v>
       </c>
       <c r="J271" s="16">
-        <v>12.735895290005377</v>
+        <v>59.643916913946605</v>
       </c>
       <c r="K271" s="16">
-        <v>-8.8048704006760854</v>
+        <v>2.0100000000000002</v>
       </c>
     </row>
     <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A272" s="15" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-      <c r="C272" s="127"/>
+        <v>41</v>
+      </c>
+      <c r="B272" s="5"/>
+      <c r="C272" s="79"/>
       <c r="D272" s="16">
-        <v>40.726771741963525</v>
+        <v>1.08</v>
       </c>
       <c r="E272" s="16">
-        <v>23.316232734753161</v>
+        <v>0.20277501361221159</v>
       </c>
       <c r="F272" s="16">
-        <v>16.21772247996633</v>
+        <v>1.04</v>
       </c>
       <c r="G272" s="16">
-        <v>-35.773461326627007</v>
+        <v>4.4986201347855796E-2</v>
       </c>
       <c r="H272" s="16">
-        <v>-0.24785801647020378</v>
+        <v>1.1400000000000003</v>
       </c>
       <c r="I272" s="16">
-        <v>15.774979516311346</v>
+        <v>5.201204489460718E-2</v>
       </c>
       <c r="J272" s="16">
-        <v>5.0298770016033982</v>
+        <v>9.6153846153846452</v>
       </c>
       <c r="K272" s="16">
-        <v>-74.010081821375209</v>
+        <v>0.10000000000000031</v>
       </c>
     </row>
     <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="15" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="C273" s="127"/>
+        <v>68</v>
+      </c>
+      <c r="B273" s="5"/>
+      <c r="C273" s="79"/>
       <c r="D273" s="16">
-        <v>35.992369528582472</v>
+        <v>1.41</v>
       </c>
       <c r="E273" s="16">
-        <v>45.623568735120514</v>
+        <v>0.26473404554927615</v>
       </c>
       <c r="F273" s="16">
-        <v>50.446659998499378</v>
+        <v>1.1299999999999999</v>
       </c>
       <c r="G273" s="16">
-        <v>2.1001073735785547</v>
+        <v>4.8879238002958694E-2</v>
       </c>
       <c r="H273" s="16">
-        <v>36.631317216460801</v>
+        <v>0.35000000000000003</v>
       </c>
       <c r="I273" s="16">
-        <v>47.467159634368727</v>
+        <v>1.5968610274660098E-2</v>
       </c>
       <c r="J273" s="16">
-        <v>50.212137415661573</v>
+        <v>-69.026548672566364</v>
       </c>
       <c r="K273" s="16">
-        <v>-13.775275611398053</v>
+        <v>-0.7799999999999998</v>
       </c>
     </row>
     <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A274" s="100" t="s">
-[...62 lines deleted...]
-    <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B274" s="96"/>
+      <c r="C274" s="97"/>
+      <c r="D274" s="17">
+        <v>532.61</v>
+      </c>
+      <c r="E274" s="17">
+        <v>100</v>
+      </c>
+      <c r="F274" s="17">
+        <v>2311.8200000000002</v>
+      </c>
+      <c r="G274" s="17">
+        <v>100</v>
+      </c>
+      <c r="H274" s="17">
+        <v>2191.8000000000002</v>
+      </c>
+      <c r="I274" s="17">
+        <v>100</v>
+      </c>
+      <c r="J274" s="17">
+        <v>-5.191580659393896</v>
+      </c>
+      <c r="K274" s="17">
+        <v>-120.01999999999998</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A276" s="4" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-      <c r="A277" s="4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B277" s="130"/>
+      <c r="C277" s="130"/>
+      <c r="D277" s="130"/>
+      <c r="E277" s="130"/>
+      <c r="F277" s="130"/>
+      <c r="G277" s="130"/>
+      <c r="H277" s="130"/>
+      <c r="I277" s="130"/>
+      <c r="J277" s="130"/>
+      <c r="K277" s="130"/>
+    </row>
+    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="46"/>
+      <c r="B278" s="46"/>
+      <c r="C278" s="46"/>
+      <c r="D278" s="83"/>
+      <c r="E278" s="83"/>
+      <c r="F278" s="83"/>
+      <c r="G278" s="83"/>
+      <c r="H278" s="83"/>
+      <c r="I278" s="83"/>
+      <c r="J278" s="46"/>
+      <c r="K278" s="46"/>
+    </row>
+    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="46"/>
+      <c r="B279" s="46"/>
+      <c r="C279" s="46"/>
+      <c r="D279" s="83"/>
+      <c r="E279" s="83"/>
+      <c r="F279" s="83"/>
+      <c r="G279" s="83"/>
+      <c r="H279" s="83"/>
+      <c r="I279" s="83"/>
+      <c r="J279" s="46"/>
+      <c r="K279" s="46"/>
+    </row>
+    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B280" s="37"/>
+      <c r="C280" s="37"/>
+      <c r="D280" s="37"/>
+      <c r="E280" s="37"/>
+      <c r="F280" s="37"/>
+      <c r="G280" s="37"/>
+      <c r="H280" s="37"/>
+      <c r="I280" s="37"/>
+      <c r="J280" s="37"/>
+      <c r="K280" s="37"/>
+    </row>
+    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="23"/>
+      <c r="B281" s="23"/>
+      <c r="C281" s="23"/>
+      <c r="D281" s="13">
+        <v>2020</v>
+      </c>
+      <c r="E281" s="13" t="s">
+        <v>198</v>
+      </c>
+      <c r="F281" s="13">
+        <v>2023</v>
+      </c>
+      <c r="G281" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="H281" s="13">
+        <v>2024</v>
+      </c>
+      <c r="I281" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="J281" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="K281" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B282" s="5"/>
+      <c r="C282" s="79"/>
+      <c r="D282" s="16">
+        <v>182.51000000000002</v>
+      </c>
+      <c r="E282" s="16">
+        <v>50.203553941794574</v>
+      </c>
+      <c r="F282" s="16">
+        <v>480.72999999999996</v>
+      </c>
+      <c r="G282" s="16">
+        <v>56.243492096919489</v>
+      </c>
+      <c r="H282" s="16">
+        <v>452.15</v>
+      </c>
+      <c r="I282" s="16">
+        <v>53.164720683857155</v>
+      </c>
+      <c r="J282" s="16">
+        <v>-5.9451251222099692</v>
+      </c>
+      <c r="K282" s="16">
+        <v>-28.579999999999984</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B283" s="5"/>
+      <c r="C283" s="79"/>
+      <c r="D283" s="16">
+        <v>100.92999999999999</v>
+      </c>
+      <c r="E283" s="16">
+        <v>27.763107223414202</v>
+      </c>
+      <c r="F283" s="16">
+        <v>187.76</v>
+      </c>
+      <c r="G283" s="16">
+        <v>21.967170919471645</v>
+      </c>
+      <c r="H283" s="16">
+        <v>211.81</v>
+      </c>
+      <c r="I283" s="16">
+        <v>24.905052500382141</v>
+      </c>
+      <c r="J283" s="16">
+        <v>12.808904985087352</v>
+      </c>
+      <c r="K283" s="16">
+        <v>24.050000000000011</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B284" s="5"/>
+      <c r="C284" s="79"/>
+      <c r="D284" s="16">
+        <v>50.53</v>
+      </c>
+      <c r="E284" s="16">
+        <v>13.899433349837706</v>
+      </c>
+      <c r="F284" s="16">
+        <v>89.2</v>
+      </c>
+      <c r="G284" s="16">
+        <v>10.436044130895135</v>
+      </c>
+      <c r="H284" s="16">
+        <v>71.48</v>
+      </c>
+      <c r="I284" s="16">
+        <v>8.4047644243771096</v>
+      </c>
+      <c r="J284" s="16">
+        <v>-19.865470852017935</v>
+      </c>
+      <c r="K284" s="16">
+        <v>-17.72</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B285" s="5"/>
+      <c r="C285" s="79"/>
+      <c r="D285" s="16">
+        <v>0.29000000000000004</v>
+      </c>
+      <c r="E285" s="16">
+        <v>7.9771139351928269E-2</v>
+      </c>
+      <c r="F285" s="16">
+        <v>25.64</v>
+      </c>
+      <c r="G285" s="16">
+        <v>2.9997777075801717</v>
+      </c>
+      <c r="H285" s="16">
+        <v>47.309999999999988</v>
+      </c>
+      <c r="I285" s="16">
+        <v>5.562806448199229</v>
+      </c>
+      <c r="J285" s="16">
+        <v>84.516380655226158</v>
+      </c>
+      <c r="K285" s="16">
+        <v>21.669999999999987</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B286" s="5"/>
+      <c r="C286" s="79"/>
+      <c r="D286" s="16">
+        <v>6.16</v>
+      </c>
+      <c r="E286" s="16">
+        <v>1.6944490289926828</v>
+      </c>
+      <c r="F286" s="16">
+        <v>31.229999999999997</v>
+      </c>
+      <c r="G286" s="16">
+        <v>3.6537854059176573</v>
+      </c>
+      <c r="H286" s="16">
+        <v>29.500000000000007</v>
+      </c>
+      <c r="I286" s="16">
+        <v>3.4686702646771796</v>
+      </c>
+      <c r="J286" s="16">
+        <v>-5.5395453089977265</v>
+      </c>
+      <c r="K286" s="16">
+        <v>-1.7299999999999898</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B287" s="5"/>
+      <c r="C287" s="79"/>
+      <c r="D287" s="16">
+        <v>13.04</v>
+      </c>
+      <c r="E287" s="16">
+        <v>3.5869505418936014</v>
+      </c>
+      <c r="F287" s="16">
+        <v>28.650000000000006</v>
+      </c>
+      <c r="G287" s="16">
+        <v>3.3519356989926647</v>
+      </c>
+      <c r="H287" s="16">
+        <v>28.89</v>
+      </c>
+      <c r="I287" s="16">
+        <v>3.396945218526227</v>
+      </c>
+      <c r="J287" s="16">
+        <v>0.83769633507851604</v>
+      </c>
+      <c r="K287" s="16">
+        <v>0.23999999999999488</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B288" s="5"/>
+      <c r="C288" s="79"/>
+      <c r="D288" s="16">
+        <v>2.1700000000000004</v>
+      </c>
+      <c r="E288" s="16">
+        <v>0.5969081806678771</v>
+      </c>
+      <c r="F288" s="16">
+        <v>6.42</v>
+      </c>
+      <c r="G288" s="16">
+        <v>0.75111438699940325</v>
+      </c>
+      <c r="H288" s="16">
+        <v>4.78</v>
+      </c>
+      <c r="I288" s="16">
+        <v>0.56204216492057335</v>
+      </c>
+      <c r="J288" s="16">
+        <v>-25.545171339563861</v>
+      </c>
+      <c r="K288" s="16">
+        <v>-1.6399999999999997</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B289" s="5"/>
+      <c r="C289" s="79"/>
+      <c r="D289" s="16">
+        <v>1.6999999999999997</v>
+      </c>
+      <c r="E289" s="16">
+        <v>0.46762392033888972</v>
+      </c>
+      <c r="F289" s="16">
+        <v>4.51</v>
+      </c>
+      <c r="G289" s="16">
+        <v>0.5276520070665589</v>
+      </c>
+      <c r="H289" s="16">
+        <v>3.87</v>
+      </c>
+      <c r="I289" s="16">
+        <v>0.45504250590849771</v>
+      </c>
+      <c r="J289" s="16">
+        <v>-14.190687361419062</v>
+      </c>
+      <c r="K289" s="16">
+        <v>-0.63999999999999968</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B290" s="5"/>
+      <c r="C290" s="79"/>
+      <c r="D290" s="16">
+        <v>2.71</v>
+      </c>
+      <c r="E290" s="16">
+        <v>0.74544754359905363</v>
+      </c>
+      <c r="F290" s="16">
+        <v>2.91</v>
+      </c>
+      <c r="G290" s="16">
+        <v>0.34045839036888842</v>
+      </c>
+      <c r="H290" s="16">
+        <v>2.0699999999999998</v>
+      </c>
+      <c r="I290" s="16">
+        <v>0.24339482874175455</v>
+      </c>
+      <c r="J290" s="16">
+        <v>-28.865979381443307</v>
+      </c>
+      <c r="K290" s="16">
+        <v>-0.8400000000000003</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B291" s="5"/>
+      <c r="C291" s="79"/>
+      <c r="D291" s="16">
+        <v>3.42</v>
+      </c>
+      <c r="E291" s="16">
+        <v>0.94074929856411937</v>
+      </c>
+      <c r="F291" s="16">
+        <v>1.1900000000000002</v>
+      </c>
+      <c r="G291" s="16">
+        <v>0.13922525241889255</v>
+      </c>
+      <c r="H291" s="16">
+        <v>1.5300000000000002</v>
+      </c>
+      <c r="I291" s="16">
+        <v>0.17990052559173167</v>
+      </c>
+      <c r="J291" s="16">
+        <v>28.571428571428577</v>
+      </c>
+      <c r="K291" s="16">
+        <v>0.34000000000000008</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B292" s="5"/>
+      <c r="C292" s="79"/>
+      <c r="D292" s="16">
         <v>0</v>
       </c>
-      <c r="D277" s="60"/>
-[...198 lines deleted...]
-      <c r="E291" s="60">
+      <c r="E292" s="16">
         <v>0</v>
       </c>
-      <c r="F291" s="60">
-[...5 lines deleted...]
-      <c r="H291" s="60">
+      <c r="F292" s="16">
         <v>0</v>
       </c>
-      <c r="I291" s="60">
-[...32 lines deleted...]
-        <v>6.4563954727791053</v>
+      <c r="G292" s="16">
+        <v>0</v>
+      </c>
+      <c r="H292" s="16">
+        <v>0.11000000000000001</v>
+      </c>
+      <c r="I292" s="16">
+        <v>1.2934024715745411E-2</v>
+      </c>
+      <c r="J292" s="16" t="s">
+        <v>201</v>
       </c>
       <c r="K292" s="16">
-        <v>8.9160830725048221</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.11000000000000001</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A293" s="15" t="s">
-        <v>79</v>
-[...17 lines deleted...]
-        <v>1.3069991968883958</v>
+        <v>34</v>
+      </c>
+      <c r="B293" s="5"/>
+      <c r="C293" s="79"/>
+      <c r="D293" s="16">
+        <v>0.12999999999999998</v>
+      </c>
+      <c r="E293" s="16">
+        <v>3.5759476261209212E-2</v>
+      </c>
+      <c r="F293" s="16">
+        <v>-3.5299999999999994</v>
+      </c>
+      <c r="G293" s="16">
+        <v>-0.4129959168392357</v>
+      </c>
+      <c r="H293" s="16">
+        <v>-3.02</v>
+      </c>
+      <c r="I293" s="16">
+        <v>-0.35509776946864674</v>
       </c>
       <c r="J293" s="16">
-        <v>95.924338608391693</v>
+        <v>-14.447592067988651</v>
       </c>
       <c r="K293" s="16">
-        <v>34.367138770469467</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.50999999999999934</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>94</v>
-[...17 lines deleted...]
-        <v>7.9096723135818517E-2</v>
+        <v>13</v>
+      </c>
+      <c r="B294" s="96"/>
+      <c r="C294" s="97"/>
+      <c r="D294" s="17">
+        <v>363.54</v>
+      </c>
+      <c r="E294" s="17">
+        <v>100</v>
+      </c>
+      <c r="F294" s="17">
+        <v>854.73</v>
+      </c>
+      <c r="G294" s="17">
+        <v>100</v>
+      </c>
+      <c r="H294" s="17">
+        <v>850.47</v>
+      </c>
+      <c r="I294" s="17">
+        <v>100</v>
       </c>
       <c r="J294" s="17">
-        <v>-45.440412405348624</v>
+        <v>-0.49840300445754698</v>
       </c>
       <c r="K294" s="17">
-        <v>9.163082581794102</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-4.2599999999999909</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="4" t="s">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="296" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="4" t="s">
-        <v>0</v>
-[...25 lines deleted...]
-      <c r="K297" s="84"/>
+        <v>37</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B297" s="130"/>
+      <c r="C297" s="130"/>
+      <c r="D297" s="130"/>
+      <c r="E297" s="130"/>
+      <c r="F297" s="130"/>
+      <c r="G297" s="130"/>
+      <c r="H297" s="130"/>
+      <c r="I297" s="130"/>
+      <c r="J297" s="130"/>
+      <c r="K297" s="130"/>
     </row>
     <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A298" s="20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A298" s="46"/>
+      <c r="B298" s="46"/>
+      <c r="C298" s="46"/>
+      <c r="D298" s="83"/>
+      <c r="E298" s="83"/>
+      <c r="F298" s="83"/>
+      <c r="G298" s="83"/>
+      <c r="H298" s="83"/>
+      <c r="I298" s="46"/>
+      <c r="J298" s="46"/>
+      <c r="K298" s="46"/>
     </row>
     <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A299" s="104" t="s">
-[...11 lines deleted...]
-      <c r="K299" s="85"/>
+      <c r="A299" s="46"/>
+      <c r="B299" s="46"/>
+      <c r="C299" s="46"/>
+      <c r="D299" s="83"/>
+      <c r="E299" s="83"/>
+      <c r="F299" s="83"/>
+      <c r="G299" s="83"/>
+      <c r="H299" s="83"/>
+      <c r="I299" s="46"/>
+      <c r="J299" s="46"/>
+      <c r="K299" s="46"/>
     </row>
     <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A300" s="104" t="s">
-[...11 lines deleted...]
-      <c r="K300" s="84"/>
+      <c r="A300" s="46"/>
+      <c r="B300" s="46"/>
+      <c r="C300" s="46"/>
+      <c r="D300" s="83"/>
+      <c r="E300" s="83"/>
+      <c r="F300" s="83"/>
+      <c r="G300" s="83"/>
+      <c r="H300" s="83"/>
+      <c r="I300" s="46"/>
+      <c r="J300" s="46"/>
+      <c r="K300" s="46"/>
     </row>
     <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="46"/>
+      <c r="B301" s="46"/>
+      <c r="C301" s="46"/>
+      <c r="D301" s="83"/>
+      <c r="E301" s="83"/>
+      <c r="F301" s="83"/>
+      <c r="G301" s="83"/>
+      <c r="H301" s="83"/>
+      <c r="I301" s="46"/>
+      <c r="J301" s="46"/>
+      <c r="K301" s="46"/>
     </row>
     <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="46"/>
+      <c r="B302" s="46"/>
+      <c r="C302" s="46"/>
+      <c r="D302" s="83"/>
+      <c r="E302" s="83"/>
+      <c r="F302" s="83"/>
+      <c r="G302" s="83"/>
+      <c r="H302" s="83"/>
+      <c r="I302" s="46"/>
+      <c r="J302" s="46"/>
+      <c r="K302" s="46"/>
     </row>
     <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A303" s="2" t="s">
-[...313 lines deleted...]
-      <c r="K319" s="13" t="s">
+      <c r="A303" s="46"/>
+      <c r="B303" s="46"/>
+      <c r="C303" s="46"/>
+      <c r="D303" s="83"/>
+      <c r="E303" s="83"/>
+      <c r="F303" s="83"/>
+      <c r="G303" s="83"/>
+      <c r="H303" s="83"/>
+      <c r="I303" s="46"/>
+      <c r="J303" s="46"/>
+      <c r="K303" s="46"/>
+    </row>
+    <row r="304" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="46"/>
+      <c r="B304" s="46"/>
+      <c r="C304" s="46"/>
+      <c r="D304" s="83"/>
+      <c r="E304" s="83"/>
+      <c r="F304" s="83"/>
+      <c r="G304" s="83"/>
+      <c r="H304" s="83"/>
+      <c r="I304" s="46"/>
+      <c r="J304" s="46"/>
+      <c r="K304" s="46"/>
+    </row>
+    <row r="305" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="46"/>
+      <c r="B305" s="46"/>
+      <c r="C305" s="46"/>
+      <c r="D305" s="83"/>
+      <c r="E305" s="83"/>
+      <c r="F305" s="83"/>
+      <c r="G305" s="83"/>
+      <c r="H305" s="83"/>
+      <c r="I305" s="46"/>
+      <c r="J305" s="46"/>
+      <c r="K305" s="46"/>
+    </row>
+    <row r="306" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="46"/>
+      <c r="B306" s="46"/>
+      <c r="C306" s="46"/>
+      <c r="D306" s="83"/>
+      <c r="E306" s="83"/>
+      <c r="F306" s="83"/>
+      <c r="G306" s="83"/>
+      <c r="H306" s="83"/>
+      <c r="I306" s="46"/>
+      <c r="J306" s="46"/>
+      <c r="K306" s="46"/>
+    </row>
+    <row r="307" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="46"/>
+      <c r="B307" s="46"/>
+      <c r="C307" s="46"/>
+      <c r="D307" s="83"/>
+      <c r="E307" s="83"/>
+      <c r="F307" s="83"/>
+      <c r="G307" s="83"/>
+      <c r="H307" s="83"/>
+      <c r="I307" s="46"/>
+      <c r="J307" s="46"/>
+      <c r="K307" s="46"/>
+    </row>
+    <row r="308" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B308" s="37"/>
+      <c r="C308" s="37"/>
+      <c r="D308" s="37"/>
+      <c r="E308" s="37"/>
+      <c r="F308" s="37"/>
+      <c r="G308" s="37"/>
+      <c r="H308" s="37"/>
+      <c r="I308" s="37"/>
+      <c r="J308" s="37"/>
+      <c r="K308" s="37"/>
+    </row>
+    <row r="309" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="23"/>
+      <c r="B309" s="23"/>
+      <c r="C309" s="23"/>
+      <c r="D309" s="13"/>
+      <c r="E309" s="13"/>
+      <c r="F309" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="G309" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="H309" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="I309" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J309" s="13" t="s">
         <v>139</v>
+      </c>
+      <c r="K309" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B310" s="5"/>
+      <c r="C310" s="79"/>
+      <c r="D310" s="16"/>
+      <c r="E310" s="16"/>
+      <c r="F310" s="16">
+        <v>1061.92</v>
+      </c>
+      <c r="G310" s="16">
+        <v>53.825333265750928</v>
+      </c>
+      <c r="H310" s="16">
+        <v>1106.28</v>
+      </c>
+      <c r="I310" s="16">
+        <v>54.995302223614154</v>
+      </c>
+      <c r="J310" s="16">
+        <v>4.1773391592586915</v>
+      </c>
+      <c r="K310" s="16">
+        <v>44.3599999999999</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B311" s="5"/>
+      <c r="C311" s="79"/>
+      <c r="D311" s="16"/>
+      <c r="E311" s="16"/>
+      <c r="F311" s="16">
+        <v>786.28</v>
+      </c>
+      <c r="G311" s="16">
+        <v>39.854021998073904</v>
+      </c>
+      <c r="H311" s="16">
+        <v>782.27</v>
+      </c>
+      <c r="I311" s="16">
+        <v>38.888143210097482</v>
+      </c>
+      <c r="J311" s="16">
+        <v>-0.50999643892760738</v>
+      </c>
+      <c r="K311" s="16">
+        <v>-4.0099999999999909</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B312" s="5"/>
+      <c r="C312" s="79"/>
+      <c r="D312" s="16"/>
+      <c r="E312" s="16"/>
+      <c r="F312" s="16">
+        <v>45.78</v>
+      </c>
+      <c r="G312" s="16">
+        <v>2.3204419889502765</v>
+      </c>
+      <c r="H312" s="16">
+        <v>49.349999999999994</v>
+      </c>
+      <c r="I312" s="16">
+        <v>2.4532832237185507</v>
+      </c>
+      <c r="J312" s="16">
+        <v>7.7981651376146637</v>
+      </c>
+      <c r="K312" s="16">
+        <v>3.5699999999999932</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B313" s="5"/>
+      <c r="C313" s="79"/>
+      <c r="D313" s="16"/>
+      <c r="E313" s="16"/>
+      <c r="F313" s="16">
+        <v>21.96</v>
+      </c>
+      <c r="G313" s="16">
+        <v>1.1130822646865022</v>
+      </c>
+      <c r="H313" s="16">
+        <v>17.93</v>
+      </c>
+      <c r="I313" s="16">
+        <v>0.89133471532469333</v>
+      </c>
+      <c r="J313" s="16">
+        <v>-18.351548269581063</v>
+      </c>
+      <c r="K313" s="16">
+        <v>-4.0300000000000011</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B314" s="5"/>
+      <c r="C314" s="79"/>
+      <c r="D314" s="16"/>
+      <c r="E314" s="16"/>
+      <c r="F314" s="16">
+        <v>15.97</v>
+      </c>
+      <c r="G314" s="16">
+        <v>0.80946829540270682</v>
+      </c>
+      <c r="H314" s="16">
+        <v>14.48</v>
+      </c>
+      <c r="I314" s="16">
+        <v>0.71982859330181592</v>
+      </c>
+      <c r="J314" s="16">
+        <v>-9.3299937382592368</v>
+      </c>
+      <c r="K314" s="16">
+        <v>-1.4900000000000002</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B315" s="5"/>
+      <c r="C315" s="79"/>
+      <c r="D315" s="16"/>
+      <c r="E315" s="16"/>
+      <c r="F315" s="16">
+        <v>10.85</v>
+      </c>
+      <c r="G315" s="16">
+        <v>0.54995184753408688</v>
+      </c>
+      <c r="H315" s="16">
+        <v>11.73</v>
+      </c>
+      <c r="I315" s="16">
+        <v>0.58312081487778322</v>
+      </c>
+      <c r="J315" s="16">
+        <v>8.1105990783410213</v>
+      </c>
+      <c r="K315" s="16">
+        <v>0.88000000000000078</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B316" s="5"/>
+      <c r="C316" s="79"/>
+      <c r="D316" s="16"/>
+      <c r="E316" s="16"/>
+      <c r="F316" s="16">
+        <v>11.049999999999999</v>
+      </c>
+      <c r="G316" s="16">
+        <v>0.56008920877895474</v>
+      </c>
+      <c r="H316" s="16">
+        <v>10.520000000000001</v>
+      </c>
+      <c r="I316" s="16">
+        <v>0.52296939237120887</v>
+      </c>
+      <c r="J316" s="16">
+        <v>-4.7963800904977161</v>
+      </c>
+      <c r="K316" s="16">
+        <v>-0.52999999999999758</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B317" s="5"/>
+      <c r="C317" s="79"/>
+      <c r="D317" s="16"/>
+      <c r="E317" s="16"/>
+      <c r="F317" s="16">
+        <v>8.34</v>
+      </c>
+      <c r="G317" s="16">
+        <v>0.42272796391099399</v>
+      </c>
+      <c r="H317" s="16">
+        <v>7.12</v>
+      </c>
+      <c r="I317" s="16">
+        <v>0.35394886631967742</v>
+      </c>
+      <c r="J317" s="16">
+        <v>-14.62829736211031</v>
+      </c>
+      <c r="K317" s="16">
+        <v>-1.2199999999999998</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B318" s="5"/>
+      <c r="C318" s="79"/>
+      <c r="D318" s="16"/>
+      <c r="E318" s="16"/>
+      <c r="F318" s="16">
+        <v>4.8499999999999996</v>
+      </c>
+      <c r="G318" s="16">
+        <v>0.24583101018804807</v>
+      </c>
+      <c r="H318" s="16">
+        <v>5.9</v>
+      </c>
+      <c r="I318" s="16">
+        <v>0.29330032461883382</v>
+      </c>
+      <c r="J318" s="16">
+        <v>21.649484536082493</v>
+      </c>
+      <c r="K318" s="16">
+        <v>1.0500000000000007</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B319" s="5"/>
+      <c r="C319" s="79"/>
+      <c r="D319" s="16"/>
+      <c r="E319" s="16"/>
+      <c r="F319" s="16">
+        <v>4.4799999999999995</v>
+      </c>
+      <c r="G319" s="16">
+        <v>0.22707689188504232</v>
+      </c>
+      <c r="H319" s="16">
+        <v>4.17</v>
+      </c>
+      <c r="I319" s="16">
+        <v>0.20729870401026054</v>
+      </c>
+      <c r="J319" s="16">
+        <v>-6.9196428571428488</v>
+      </c>
+      <c r="K319" s="16">
+        <v>-0.30999999999999961</v>
       </c>
     </row>
     <row r="320" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A320" s="15" t="s">
-        <v>27</v>
-[...12 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B320" s="5"/>
+      <c r="C320" s="79"/>
+      <c r="D320" s="16"/>
+      <c r="E320" s="16"/>
       <c r="F320" s="16">
-        <v>2191.8000000000002</v>
+        <v>1.0800000000000003</v>
       </c>
       <c r="G320" s="16">
-        <v>-5.191580659393896</v>
+        <v>5.4741750722287007E-2</v>
       </c>
       <c r="H320" s="16">
-        <v>42.428828310668635</v>
+        <v>0.95</v>
       </c>
       <c r="I320" s="16">
-        <v>1628.85</v>
+        <v>4.7226323455574939E-2</v>
       </c>
       <c r="J320" s="16">
-        <v>1634.3000000000002</v>
+        <v>-12.037037037037065</v>
       </c>
       <c r="K320" s="16">
-        <v>0.33459188998374761</v>
+        <v>-0.13000000000000034</v>
       </c>
     </row>
     <row r="321" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A321" s="15" t="s">
-        <v>28</v>
-[...12 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="B321" s="5"/>
+      <c r="C321" s="79"/>
+      <c r="D321" s="16"/>
+      <c r="E321" s="16"/>
       <c r="F321" s="16">
-        <v>850.47</v>
+        <v>0.33</v>
       </c>
       <c r="G321" s="16">
-        <v>-0.49840300445754698</v>
+        <v>1.6726646054032138E-2</v>
       </c>
       <c r="H321" s="16">
-        <v>23.673513471222705</v>
+        <v>0.89000000000000012</v>
       </c>
       <c r="I321" s="16">
-        <v>612.05000000000007</v>
+        <v>4.4243608289959685E-2</v>
       </c>
       <c r="J321" s="16">
-        <v>589.77</v>
+        <v>169.69696969696969</v>
       </c>
       <c r="K321" s="16">
-        <v>-3.6402254717751958</v>
+        <v>0.56000000000000005</v>
       </c>
     </row>
     <row r="322" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A322" s="15" t="s">
-[...68 lines deleted...]
-    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B322" s="96"/>
+      <c r="C322" s="97"/>
+      <c r="D322" s="17"/>
+      <c r="E322" s="17"/>
+      <c r="F322" s="17">
+        <v>1972.8999999999999</v>
+      </c>
+      <c r="G322" s="17">
+        <v>100</v>
+      </c>
+      <c r="H322" s="17">
+        <v>2011.5900000000001</v>
+      </c>
+      <c r="I322" s="17">
+        <v>100</v>
+      </c>
+      <c r="J322" s="17">
+        <v>1.9610725328197214</v>
+      </c>
+      <c r="K322" s="17">
+        <v>38.690000000000282</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="4" t="s">
-        <v>25</v>
-[...13 lines deleted...]
-      <c r="A325" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="B325" s="46"/>
-[...13 lines deleted...]
-      </c>
+    </row>
+    <row r="325" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B325" s="130"/>
+      <c r="C325" s="130"/>
+      <c r="D325" s="130"/>
+      <c r="E325" s="130"/>
+      <c r="F325" s="130"/>
+      <c r="G325" s="130"/>
+      <c r="H325" s="130"/>
+      <c r="I325" s="130"/>
+      <c r="J325" s="130"/>
+      <c r="K325" s="130"/>
+    </row>
+    <row r="326" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="46"/>
       <c r="B326" s="46"/>
       <c r="C326" s="46"/>
-      <c r="D326" s="46"/>
-[...4 lines deleted...]
-      <c r="I326" s="46"/>
+      <c r="D326" s="83"/>
+      <c r="E326" s="83"/>
+      <c r="F326" s="83"/>
+      <c r="G326" s="83"/>
+      <c r="H326" s="83"/>
+      <c r="I326" s="83"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
-    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="327" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="46"/>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
-      <c r="D327" s="46"/>
-[...4 lines deleted...]
-      <c r="I327" s="46"/>
+      <c r="D327" s="83"/>
+      <c r="E327" s="83"/>
+      <c r="F327" s="83"/>
+      <c r="G327" s="83"/>
+      <c r="H327" s="83"/>
+      <c r="I327" s="83"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="328" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="46"/>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
-      <c r="D328" s="46"/>
-[...4 lines deleted...]
-      <c r="I328" s="46"/>
+      <c r="D328" s="83"/>
+      <c r="E328" s="83"/>
+      <c r="F328" s="83"/>
+      <c r="G328" s="83"/>
+      <c r="H328" s="83"/>
+      <c r="I328" s="83"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-      <c r="E332" s="12">
+    <row r="329" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B329" s="37"/>
+      <c r="C329" s="37"/>
+      <c r="D329" s="37"/>
+      <c r="E329" s="37"/>
+      <c r="F329" s="37"/>
+      <c r="G329" s="37"/>
+      <c r="H329" s="37"/>
+      <c r="I329" s="37"/>
+      <c r="J329" s="37"/>
+      <c r="K329" s="37"/>
+    </row>
+    <row r="330" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="23"/>
+      <c r="B330" s="23"/>
+      <c r="C330" s="23"/>
+      <c r="D330" s="13"/>
+      <c r="E330" s="13"/>
+      <c r="F330" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="G330" s="13" t="s">
+        <v>160</v>
+      </c>
+      <c r="H330" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="I330" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="J330" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="K330" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B331" s="5"/>
+      <c r="C331" s="79"/>
+      <c r="D331" s="16"/>
+      <c r="E331" s="16"/>
+      <c r="F331" s="16">
+        <v>414.31</v>
+      </c>
+      <c r="G331" s="16">
+        <v>54.849343359457734</v>
+      </c>
+      <c r="H331" s="16">
+        <v>362.36</v>
+      </c>
+      <c r="I331" s="16">
+        <v>52.140380160294683</v>
+      </c>
+      <c r="J331" s="16">
+        <v>-12.538920132268105</v>
+      </c>
+      <c r="K331" s="16">
+        <v>-51.949999999999989</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B332" s="5"/>
+      <c r="C332" s="79"/>
+      <c r="D332" s="16"/>
+      <c r="E332" s="16"/>
+      <c r="F332" s="16">
+        <v>171.63</v>
+      </c>
+      <c r="G332" s="16">
+        <v>22.721616183012074</v>
+      </c>
+      <c r="H332" s="16">
+        <v>178.01</v>
+      </c>
+      <c r="I332" s="16">
+        <v>25.61405528296185</v>
+      </c>
+      <c r="J332" s="16">
+        <v>3.7172988405290424</v>
+      </c>
+      <c r="K332" s="16">
+        <v>6.3799999999999955</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B333" s="5"/>
+      <c r="C333" s="79"/>
+      <c r="D333" s="16"/>
+      <c r="E333" s="16"/>
+      <c r="F333" s="16">
+        <v>66.11</v>
+      </c>
+      <c r="G333" s="16">
+        <v>8.7521181952976068</v>
+      </c>
+      <c r="H333" s="16">
+        <v>55.78</v>
+      </c>
+      <c r="I333" s="16">
+        <v>8.026245737226068</v>
+      </c>
+      <c r="J333" s="16">
+        <v>-15.625472697020115</v>
+      </c>
+      <c r="K333" s="16">
+        <v>-10.329999999999998</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B334" s="5"/>
+      <c r="C334" s="79"/>
+      <c r="D334" s="16"/>
+      <c r="E334" s="16"/>
+      <c r="F334" s="16">
+        <v>42.439999999999991</v>
+      </c>
+      <c r="G334" s="16">
+        <v>5.6185130269010797</v>
+      </c>
+      <c r="H334" s="16">
+        <v>39.19</v>
+      </c>
+      <c r="I334" s="16">
+        <v>5.6390923349209308</v>
+      </c>
+      <c r="J334" s="16">
+        <v>-7.6578699340244905</v>
+      </c>
+      <c r="K334" s="16">
+        <v>-3.2499999999999929</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B335" s="5"/>
+      <c r="C335" s="79"/>
+      <c r="D335" s="16"/>
+      <c r="E335" s="16"/>
+      <c r="F335" s="16">
+        <v>26.080000000000005</v>
+      </c>
+      <c r="G335" s="16">
+        <v>3.452658335098497</v>
+      </c>
+      <c r="H335" s="16">
+        <v>27.74</v>
+      </c>
+      <c r="I335" s="16">
+        <v>3.9915392031310697</v>
+      </c>
+      <c r="J335" s="16">
+        <v>6.3650306748465972</v>
+      </c>
+      <c r="K335" s="16">
+        <v>1.659999999999993</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B336" s="5"/>
+      <c r="C336" s="79"/>
+      <c r="D336" s="16"/>
+      <c r="E336" s="16"/>
+      <c r="F336" s="16">
+        <v>25.810000000000002</v>
+      </c>
+      <c r="G336" s="16">
+        <v>3.4169137894513875</v>
+      </c>
+      <c r="H336" s="16">
+        <v>20.45</v>
+      </c>
+      <c r="I336" s="16">
+        <v>2.9425730607076561</v>
+      </c>
+      <c r="J336" s="16">
+        <v>-20.767144517628836</v>
+      </c>
+      <c r="K336" s="16">
+        <v>-5.360000000000003</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="B337" s="5"/>
+      <c r="C337" s="79"/>
+      <c r="D337" s="16"/>
+      <c r="E337" s="16"/>
+      <c r="F337" s="16">
+        <v>4.53</v>
+      </c>
+      <c r="G337" s="16">
+        <v>0.59971404363482317</v>
+      </c>
+      <c r="H337" s="16">
+        <v>5.4</v>
+      </c>
+      <c r="I337" s="16">
+        <v>0.77701195735067707</v>
+      </c>
+      <c r="J337" s="16">
+        <v>19.205298013245034</v>
+      </c>
+      <c r="K337" s="16">
+        <v>0.87000000000000011</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B338" s="5"/>
+      <c r="C338" s="79"/>
+      <c r="D338" s="16"/>
+      <c r="E338" s="16"/>
+      <c r="F338" s="16">
+        <v>3.6</v>
+      </c>
+      <c r="G338" s="16">
+        <v>0.47659394196144883</v>
+      </c>
+      <c r="H338" s="16">
+        <v>4.33</v>
+      </c>
+      <c r="I338" s="16">
+        <v>0.62304847691267251</v>
+      </c>
+      <c r="J338" s="16">
+        <v>20.277777777777779</v>
+      </c>
+      <c r="K338" s="16">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B339" s="5"/>
+      <c r="C339" s="79"/>
+      <c r="D339" s="16"/>
+      <c r="E339" s="16"/>
+      <c r="F339" s="16">
+        <v>1.9</v>
+      </c>
+      <c r="G339" s="16">
+        <v>0.25153569159076467</v>
+      </c>
+      <c r="H339" s="16">
+        <v>1.84</v>
+      </c>
+      <c r="I339" s="16">
+        <v>0.26475962991208252</v>
+      </c>
+      <c r="J339" s="16">
+        <v>-3.1578947368420964</v>
+      </c>
+      <c r="K339" s="16">
+        <v>-5.9999999999999831E-2</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B340" s="5"/>
+      <c r="C340" s="79"/>
+      <c r="D340" s="16"/>
+      <c r="E340" s="16"/>
+      <c r="F340" s="16">
+        <v>1.4900000000000002</v>
+      </c>
+      <c r="G340" s="16">
+        <v>0.19725693708959971</v>
+      </c>
+      <c r="H340" s="16">
+        <v>0.43999999999999995</v>
+      </c>
+      <c r="I340" s="16">
+        <v>6.3312085413758865E-2</v>
+      </c>
+      <c r="J340" s="16">
+        <v>-70.46979865771813</v>
+      </c>
+      <c r="K340" s="16">
+        <v>-1.0500000000000003</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B341" s="5"/>
+      <c r="C341" s="79"/>
+      <c r="D341" s="16"/>
+      <c r="E341" s="16"/>
+      <c r="F341" s="16">
+        <v>0.11000000000000001</v>
+      </c>
+      <c r="G341" s="16">
+        <v>1.4562592671044271E-2</v>
+      </c>
+      <c r="H341" s="16">
+        <v>0</v>
+      </c>
+      <c r="I341" s="16">
+        <v>0</v>
+      </c>
+      <c r="J341" s="16">
+        <v>-100</v>
+      </c>
+      <c r="K341" s="16">
+        <v>-0.11000000000000001</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B342" s="5"/>
+      <c r="C342" s="79"/>
+      <c r="D342" s="16"/>
+      <c r="E342" s="16"/>
+      <c r="F342" s="16">
+        <v>-2.63</v>
+      </c>
+      <c r="G342" s="16">
+        <v>-0.34817835204405845</v>
+      </c>
+      <c r="H342" s="16">
+        <v>-0.54</v>
+      </c>
+      <c r="I342" s="16">
+        <v>-7.7701195735067702E-2</v>
+      </c>
+      <c r="J342" s="16">
+        <v>-79.467680608365015</v>
+      </c>
+      <c r="K342" s="16">
+        <v>2.09</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B343" s="96"/>
+      <c r="C343" s="97"/>
+      <c r="D343" s="17"/>
+      <c r="E343" s="17"/>
+      <c r="F343" s="17">
+        <v>755.36</v>
+      </c>
+      <c r="G343" s="17">
+        <v>100</v>
+      </c>
+      <c r="H343" s="17">
+        <v>694.97</v>
+      </c>
+      <c r="I343" s="17">
+        <v>100</v>
+      </c>
+      <c r="J343" s="17">
+        <v>-7.9948633764033019</v>
+      </c>
+      <c r="K343" s="17">
+        <v>-60.389999999999986</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K344" s="46"/>
+    </row>
+    <row r="345" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K345" s="46"/>
+    </row>
+    <row r="346" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="130" t="s">
+        <v>51</v>
+      </c>
+      <c r="B346" s="130"/>
+      <c r="C346" s="130"/>
+      <c r="D346" s="130"/>
+      <c r="E346" s="130"/>
+      <c r="F346" s="130"/>
+      <c r="G346" s="130"/>
+      <c r="H346" s="130"/>
+      <c r="I346" s="130"/>
+      <c r="J346" s="130"/>
+      <c r="K346" s="46"/>
+    </row>
+    <row r="347" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="46"/>
+      <c r="B347" s="46"/>
+      <c r="C347" s="46"/>
+      <c r="D347" s="83"/>
+      <c r="E347" s="83"/>
+      <c r="F347" s="83"/>
+      <c r="G347" s="83"/>
+      <c r="H347" s="83"/>
+      <c r="I347" s="46"/>
+      <c r="J347" s="46"/>
+      <c r="K347" s="46"/>
+    </row>
+    <row r="348" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="46"/>
+      <c r="B348" s="46"/>
+      <c r="C348" s="46"/>
+      <c r="D348" s="83"/>
+      <c r="E348" s="83"/>
+      <c r="F348" s="83"/>
+      <c r="G348" s="83"/>
+      <c r="H348" s="83"/>
+      <c r="I348" s="46"/>
+      <c r="J348" s="46"/>
+      <c r="K348" s="46"/>
+    </row>
+    <row r="349" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="46"/>
+      <c r="B349" s="46"/>
+      <c r="C349" s="46"/>
+      <c r="D349" s="83"/>
+      <c r="E349" s="83"/>
+      <c r="F349" s="83"/>
+      <c r="G349" s="83"/>
+      <c r="H349" s="83"/>
+      <c r="I349" s="46"/>
+      <c r="J349" s="46"/>
+      <c r="K349" s="46"/>
+    </row>
+    <row r="350" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="46"/>
+      <c r="B350" s="46"/>
+      <c r="C350" s="46"/>
+      <c r="D350" s="83"/>
+      <c r="E350" s="83"/>
+      <c r="F350" s="83"/>
+      <c r="G350" s="83"/>
+      <c r="H350" s="83"/>
+      <c r="I350" s="46"/>
+      <c r="J350" s="46"/>
+      <c r="K350" s="46"/>
+    </row>
+    <row r="351" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="46"/>
+      <c r="B351" s="46"/>
+      <c r="C351" s="46"/>
+      <c r="D351" s="83"/>
+      <c r="E351" s="83"/>
+      <c r="F351" s="83"/>
+      <c r="G351" s="83"/>
+      <c r="H351" s="83"/>
+      <c r="I351" s="46"/>
+      <c r="J351" s="46"/>
+      <c r="K351" s="46"/>
+    </row>
+    <row r="352" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="46"/>
+      <c r="B352" s="46"/>
+      <c r="C352" s="46"/>
+      <c r="D352" s="83"/>
+      <c r="E352" s="83"/>
+      <c r="F352" s="83"/>
+      <c r="G352" s="83"/>
+      <c r="H352" s="83"/>
+      <c r="I352" s="46"/>
+      <c r="J352" s="46"/>
+      <c r="K352" s="46"/>
+    </row>
+    <row r="353" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="46"/>
+      <c r="B353" s="46"/>
+      <c r="C353" s="46"/>
+      <c r="D353" s="83"/>
+      <c r="E353" s="83"/>
+      <c r="F353" s="83"/>
+      <c r="G353" s="83"/>
+      <c r="H353" s="83"/>
+      <c r="I353" s="46"/>
+      <c r="J353" s="46"/>
+      <c r="K353" s="46"/>
+    </row>
+    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="46"/>
+      <c r="B354" s="46"/>
+      <c r="C354" s="46"/>
+      <c r="D354" s="83"/>
+      <c r="E354" s="83"/>
+      <c r="F354" s="83"/>
+      <c r="G354" s="83"/>
+      <c r="H354" s="83"/>
+      <c r="I354" s="46"/>
+      <c r="J354" s="46"/>
+      <c r="K354" s="46"/>
+    </row>
+    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="46"/>
+      <c r="B355" s="46"/>
+      <c r="C355" s="46"/>
+      <c r="D355" s="83"/>
+      <c r="E355" s="83"/>
+      <c r="F355" s="83"/>
+      <c r="G355" s="83"/>
+      <c r="H355" s="83"/>
+      <c r="I355" s="46"/>
+      <c r="J355" s="46"/>
+      <c r="K355" s="46"/>
+    </row>
+    <row r="356" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B356" s="8"/>
+      <c r="C356" s="8"/>
+      <c r="D356" s="8"/>
+      <c r="E356" s="8"/>
+      <c r="F356" s="8"/>
+      <c r="G356" s="8"/>
+      <c r="H356" s="8"/>
+      <c r="I356" s="8"/>
+      <c r="J356" s="8"/>
+      <c r="K356" s="9"/>
+    </row>
+    <row r="357" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="11"/>
+      <c r="B357" s="12">
         <v>2020</v>
       </c>
-      <c r="F332" s="12">
+      <c r="C357" s="12">
         <v>2021</v>
       </c>
-      <c r="G332" s="12">
+      <c r="D357" s="12">
         <v>2022</v>
       </c>
-      <c r="H332" s="12">
+      <c r="E357" s="12">
         <v>2023</v>
       </c>
-      <c r="I332" s="12">
+      <c r="F357" s="12">
         <v>2024</v>
       </c>
-      <c r="J332" s="13" t="s">
-[...12 lines deleted...]
-      <c r="D333" s="2" t="s">
+      <c r="G357" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H357" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I357" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J357" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K357" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B358" s="16">
+        <v>830.43</v>
+      </c>
+      <c r="C358" s="16">
+        <v>668.4</v>
+      </c>
+      <c r="D358" s="16">
+        <v>1824.29</v>
+      </c>
+      <c r="E358" s="16">
+        <v>3042.59</v>
+      </c>
+      <c r="F358" s="16">
+        <v>3052.83</v>
+      </c>
+      <c r="G358" s="16">
+        <v>0.33655536894552934</v>
+      </c>
+      <c r="H358" s="16">
+        <v>38.468152497428591</v>
+      </c>
+      <c r="I358" s="16">
+        <v>2775.2999999999997</v>
+      </c>
+      <c r="J358" s="16">
+        <v>2738.4900000000002</v>
+      </c>
+      <c r="K358" s="16">
+        <v>-1.3263430980434365</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B359" s="16">
+        <v>1789.47</v>
+      </c>
+      <c r="C359" s="16">
+        <v>2725.5</v>
+      </c>
+      <c r="D359" s="16">
+        <v>4905.62</v>
+      </c>
+      <c r="E359" s="16">
+        <v>4161.45</v>
+      </c>
+      <c r="F359" s="16">
+        <v>4250.08</v>
+      </c>
+      <c r="G359" s="16">
+        <v>2.1297864926888495</v>
+      </c>
+      <c r="H359" s="16">
+        <v>24.141837896213691</v>
+      </c>
+      <c r="I359" s="16">
+        <v>3789.52</v>
+      </c>
+      <c r="J359" s="16">
+        <v>3096.18</v>
+      </c>
+      <c r="K359" s="16">
+        <v>-18.296248601405988</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B360" s="16">
+        <v>-959.04000000000008</v>
+      </c>
+      <c r="C360" s="16">
+        <v>-2057.1</v>
+      </c>
+      <c r="D360" s="16">
+        <v>-3081.33</v>
+      </c>
+      <c r="E360" s="16">
+        <v>-1118.8599999999997</v>
+      </c>
+      <c r="F360" s="16">
+        <v>-1197.25</v>
+      </c>
+      <c r="G360" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="H360" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="I360" s="16">
+        <v>-1014.2200000000003</v>
+      </c>
+      <c r="J360" s="16">
+        <v>-357.6899999999996</v>
+      </c>
+      <c r="K360" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B361" s="17">
+        <v>46.406477895689783</v>
+      </c>
+      <c r="C361" s="17">
+        <v>24.523940561364888</v>
+      </c>
+      <c r="D361" s="17">
+        <v>37.187756083838536</v>
+      </c>
+      <c r="E361" s="17">
+        <v>73.113698350334616</v>
+      </c>
+      <c r="F361" s="17">
+        <v>71.829942024620706</v>
+      </c>
+      <c r="G361" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H361" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I361" s="17">
+        <v>73.236188224366146</v>
+      </c>
+      <c r="J361" s="17">
+        <v>88.44737709047925</v>
+      </c>
+      <c r="K361" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B362" s="46"/>
+      <c r="C362" s="46"/>
+      <c r="D362" s="46"/>
+      <c r="E362" s="46"/>
+      <c r="F362" s="46"/>
+      <c r="G362" s="46"/>
+      <c r="H362" s="46"/>
+      <c r="I362" s="46"/>
+      <c r="J362" s="46"/>
+      <c r="K362" s="46"/>
+    </row>
+    <row r="363" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B363" s="46"/>
+      <c r="C363" s="46"/>
+      <c r="D363" s="46"/>
+      <c r="E363" s="46"/>
+      <c r="F363" s="46"/>
+      <c r="G363" s="46"/>
+      <c r="H363" s="46"/>
+      <c r="I363" s="46"/>
+      <c r="J363" s="46"/>
+      <c r="K363" s="46"/>
+    </row>
+    <row r="364" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B364" s="46"/>
+      <c r="C364" s="46"/>
+      <c r="D364" s="46"/>
+      <c r="E364" s="46"/>
+      <c r="F364" s="46"/>
+      <c r="G364" s="46"/>
+      <c r="H364" s="46"/>
+      <c r="I364" s="46"/>
+      <c r="J364" s="46"/>
+      <c r="K364" s="46"/>
+    </row>
+    <row r="365" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B365" s="46"/>
+      <c r="C365" s="46"/>
+      <c r="D365" s="46"/>
+      <c r="E365" s="46"/>
+      <c r="F365" s="46"/>
+      <c r="G365" s="46"/>
+      <c r="H365" s="46"/>
+      <c r="I365" s="46"/>
+      <c r="J365" s="46"/>
+      <c r="K365" s="46"/>
+    </row>
+    <row r="366" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B366" s="46"/>
+      <c r="C366" s="46"/>
+      <c r="D366" s="46"/>
+      <c r="E366" s="46"/>
+      <c r="F366" s="46"/>
+      <c r="G366" s="46"/>
+      <c r="H366" s="46"/>
+      <c r="I366" s="46"/>
+      <c r="J366" s="46"/>
+      <c r="K366" s="46"/>
+    </row>
+    <row r="367" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="130" t="s">
+        <v>82</v>
+      </c>
+      <c r="B367" s="130"/>
+      <c r="C367" s="130"/>
+      <c r="D367" s="130"/>
+      <c r="E367" s="130"/>
+      <c r="F367" s="130"/>
+      <c r="G367" s="130"/>
+      <c r="H367" s="130"/>
+      <c r="I367" s="130"/>
+      <c r="J367" s="130"/>
+      <c r="K367" s="130"/>
+    </row>
+    <row r="368" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="130" t="s">
+        <v>154</v>
+      </c>
+      <c r="B368" s="130"/>
+      <c r="C368" s="130"/>
+      <c r="D368" s="130"/>
+      <c r="E368" s="130"/>
+      <c r="F368" s="130"/>
+      <c r="G368" s="130"/>
+      <c r="H368" s="130"/>
+      <c r="I368" s="130"/>
+      <c r="J368" s="130"/>
+      <c r="K368" s="130"/>
+    </row>
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="46"/>
+      <c r="B369" s="46"/>
+      <c r="C369" s="46"/>
+      <c r="D369" s="46"/>
+      <c r="E369" s="46"/>
+      <c r="F369" s="46"/>
+      <c r="G369" s="46"/>
+      <c r="H369" s="46"/>
+      <c r="I369" s="46"/>
+      <c r="J369" s="46"/>
+      <c r="K369" s="86"/>
+    </row>
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="B370" s="22"/>
+      <c r="C370" s="22"/>
+      <c r="D370" s="22"/>
+    </row>
+    <row r="371" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="23"/>
+      <c r="B371" s="23"/>
+      <c r="C371" s="23"/>
+      <c r="D371" s="24"/>
+      <c r="E371" s="12">
+        <v>2020</v>
+      </c>
+      <c r="F371" s="12">
+        <v>2021</v>
+      </c>
+      <c r="G371" s="12">
+        <v>2022</v>
+      </c>
+      <c r="H371" s="12">
+        <v>2023</v>
+      </c>
+      <c r="I371" s="12">
+        <v>2024</v>
+      </c>
+      <c r="J371" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K371" s="13" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="124" t="s">
+        <v>142</v>
+      </c>
+      <c r="B372" s="124"/>
+      <c r="C372" s="124"/>
+      <c r="D372" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E333" s="27">
+      <c r="E372" s="27">
+        <v>14</v>
+      </c>
+      <c r="F372" s="27">
+        <v>18</v>
+      </c>
+      <c r="G372" s="27">
+        <v>12</v>
+      </c>
+      <c r="H372" s="27">
+        <v>9</v>
+      </c>
+      <c r="I372" s="27">
+        <v>10</v>
+      </c>
+      <c r="J372" s="27">
+        <v>10</v>
+      </c>
+      <c r="K372" s="27">
         <v>11</v>
       </c>
-      <c r="F333" s="27">
-[...2 lines deleted...]
-      <c r="G333" s="27">
+    </row>
+    <row r="373" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="124"/>
+      <c r="B373" s="124"/>
+      <c r="C373" s="124"/>
+      <c r="D373" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E373" s="28">
+        <v>1.1053223394292462</v>
+      </c>
+      <c r="F373" s="28">
+        <v>0.74161299939741165</v>
+      </c>
+      <c r="G373" s="28">
+        <v>1.5081192782316342</v>
+      </c>
+      <c r="H373" s="28">
+        <v>2.3814018680909101</v>
+      </c>
+      <c r="I373" s="28">
+        <v>2.2931911640895564</v>
+      </c>
+      <c r="J373" s="28">
+        <v>2.2571446766056509</v>
+      </c>
+      <c r="K373" s="28">
+        <v>2.196115031457849</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="127" t="s">
+        <v>143</v>
+      </c>
+      <c r="B374" s="127"/>
+      <c r="C374" s="127"/>
+      <c r="D374" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E374" s="30">
+        <v>10</v>
+      </c>
+      <c r="F374" s="30">
+        <v>10</v>
+      </c>
+      <c r="G374" s="30">
+        <v>7</v>
+      </c>
+      <c r="H374" s="30">
+        <v>7</v>
+      </c>
+      <c r="I374" s="30">
+        <v>7</v>
+      </c>
+      <c r="J374" s="30">
+        <v>6</v>
+      </c>
+      <c r="K374" s="30">
         <v>9</v>
       </c>
-      <c r="H333" s="27">
-[...76 lines deleted...]
-      <c r="D336" s="31" t="s">
+    </row>
+    <row r="375" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="128"/>
+      <c r="B375" s="128"/>
+      <c r="C375" s="128"/>
+      <c r="D375" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E336" s="32">
-[...22 lines deleted...]
-      <c r="A337" s="4" t="s">
+      <c r="E375" s="32">
+        <v>2.2717961836485063</v>
+      </c>
+      <c r="F375" s="32">
+        <v>2.8526321143891349</v>
+      </c>
+      <c r="G375" s="32">
+        <v>3.8997757892450697</v>
+      </c>
+      <c r="H375" s="32">
+        <v>3.3650932735978634</v>
+      </c>
+      <c r="I375" s="32">
+        <v>3.3574562683753086</v>
+      </c>
+      <c r="J375" s="32">
+        <v>3.2696073161510242</v>
+      </c>
+      <c r="K375" s="32">
+        <v>2.5915213798546874</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B337" s="33"/>
-[...35 lines deleted...]
-      <c r="D343" s="13">
+      <c r="B376" s="33"/>
+      <c r="C376" s="34"/>
+    </row>
+    <row r="377" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="4" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="46"/>
+      <c r="B378" s="46"/>
+      <c r="C378" s="46"/>
+      <c r="D378" s="46"/>
+      <c r="E378" s="46"/>
+      <c r="F378" s="46"/>
+      <c r="G378" s="46"/>
+      <c r="H378" s="46"/>
+      <c r="I378" s="46"/>
+      <c r="J378" s="46"/>
+      <c r="K378" s="46"/>
+    </row>
+    <row r="379" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="46"/>
+      <c r="B379" s="46"/>
+      <c r="C379" s="46"/>
+      <c r="D379" s="46"/>
+      <c r="E379" s="46"/>
+      <c r="F379" s="46"/>
+      <c r="G379" s="46"/>
+      <c r="H379" s="46"/>
+      <c r="I379" s="46"/>
+      <c r="J379" s="46"/>
+      <c r="K379" s="46"/>
+    </row>
+    <row r="380" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A380" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="B380" s="8"/>
+      <c r="C380" s="8"/>
+      <c r="D380" s="8"/>
+      <c r="E380" s="8"/>
+      <c r="F380" s="8"/>
+      <c r="G380" s="8"/>
+      <c r="H380" s="8"/>
+      <c r="I380" s="8"/>
+      <c r="J380" s="8"/>
+      <c r="K380" s="9"/>
+    </row>
+    <row r="381" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="11"/>
+      <c r="B381" s="12">
         <v>2020</v>
       </c>
-      <c r="E343" s="13" t="s">
-[...2 lines deleted...]
-      <c r="F343" s="13">
+      <c r="C381" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D381" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E381" s="12">
         <v>2023</v>
       </c>
-      <c r="G343" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H343" s="13">
+      <c r="F381" s="12">
         <v>2024</v>
       </c>
-      <c r="I343" s="13" t="s">
-[...413 lines deleted...]
-      <c r="A357" s="4" t="s">
+      <c r="G381" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="H381" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="I381" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J381" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K381" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B382" s="16">
+        <v>-3.9599999999999991</v>
+      </c>
+      <c r="C382" s="16">
+        <v>6.2899999999999956</v>
+      </c>
+      <c r="D382" s="16">
+        <v>249.37</v>
+      </c>
+      <c r="E382" s="16">
+        <v>-39.730000000000004</v>
+      </c>
+      <c r="F382" s="16">
+        <v>31.780000000000005</v>
+      </c>
+      <c r="G382" s="16">
+        <v>71.510000000000005</v>
+      </c>
+      <c r="H382" s="16">
+        <v>48.749999999999993</v>
+      </c>
+      <c r="I382" s="16">
+        <v>61.730000000000004</v>
+      </c>
+      <c r="J382" s="16">
+        <v>54.28</v>
+      </c>
+      <c r="K382" s="16">
+        <v>-7.4500000000000028</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B383" s="16">
+        <v>-711.33</v>
+      </c>
+      <c r="C383" s="16">
+        <v>344.24</v>
+      </c>
+      <c r="D383" s="16">
+        <v>221.8</v>
+      </c>
+      <c r="E383" s="16">
+        <v>80.430000000000007</v>
+      </c>
+      <c r="F383" s="16">
+        <v>382.35</v>
+      </c>
+      <c r="G383" s="16">
+        <v>301.92</v>
+      </c>
+      <c r="H383" s="16">
+        <v>63.498000000000005</v>
+      </c>
+      <c r="I383" s="16">
+        <v>335.39000000000004</v>
+      </c>
+      <c r="J383" s="16">
+        <v>364.41999999999996</v>
+      </c>
+      <c r="K383" s="16">
+        <v>29.029999999999916</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B384" s="17">
+        <v>707.37</v>
+      </c>
+      <c r="C384" s="17">
+        <v>-337.95</v>
+      </c>
+      <c r="D384" s="17">
+        <v>27.569999999999993</v>
+      </c>
+      <c r="E384" s="17">
+        <v>-120.16000000000001</v>
+      </c>
+      <c r="F384" s="17">
+        <v>-350.57</v>
+      </c>
+      <c r="G384" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="H384" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="I384" s="17">
+        <v>-273.66000000000003</v>
+      </c>
+      <c r="J384" s="17">
+        <v>-310.14</v>
+      </c>
+      <c r="K384" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...586 lines deleted...]
-      <c r="C385" s="46"/>
+      <c r="B385" s="83"/>
+      <c r="C385" s="83"/>
       <c r="D385" s="83"/>
       <c r="E385" s="83"/>
       <c r="F385" s="83"/>
       <c r="G385" s="83"/>
       <c r="H385" s="83"/>
-      <c r="I385" s="46"/>
+      <c r="I385" s="83"/>
       <c r="J385" s="46"/>
       <c r="K385" s="46"/>
     </row>
     <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A386" s="46"/>
+      <c r="A386" s="4" t="s">
+        <v>52</v>
+      </c>
       <c r="B386" s="46"/>
       <c r="C386" s="46"/>
-      <c r="D386" s="83"/>
-[...3 lines deleted...]
-      <c r="H386" s="83"/>
+      <c r="D386" s="46"/>
+      <c r="E386" s="46"/>
+      <c r="F386" s="46"/>
+      <c r="G386" s="46"/>
+      <c r="H386" s="46"/>
       <c r="I386" s="46"/>
       <c r="J386" s="46"/>
       <c r="K386" s="46"/>
     </row>
     <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A387" s="46"/>
+      <c r="A387" s="4" t="s">
+        <v>105</v>
+      </c>
       <c r="B387" s="46"/>
       <c r="C387" s="46"/>
-      <c r="D387" s="83"/>
-[...3 lines deleted...]
-      <c r="H387" s="83"/>
+      <c r="D387" s="46"/>
+      <c r="E387" s="46"/>
+      <c r="F387" s="46"/>
+      <c r="G387" s="46"/>
+      <c r="H387" s="46"/>
       <c r="I387" s="46"/>
       <c r="J387" s="46"/>
       <c r="K387" s="46"/>
     </row>
     <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A388" s="46"/>
-[...8 lines deleted...]
-      <c r="J388" s="46"/>
+      <c r="A388" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B388" s="87"/>
+      <c r="C388" s="87"/>
+      <c r="D388" s="87"/>
+      <c r="E388" s="87"/>
+      <c r="F388" s="87"/>
+      <c r="G388" s="87"/>
+      <c r="H388" s="87"/>
+      <c r="I388" s="87"/>
+      <c r="J388" s="87"/>
       <c r="K388" s="46"/>
     </row>
     <row r="389" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A389" s="46"/>
       <c r="B389" s="46"/>
       <c r="C389" s="46"/>
-      <c r="D389" s="83"/>
-[...3 lines deleted...]
-      <c r="H389" s="83"/>
+      <c r="D389" s="46"/>
+      <c r="E389" s="46"/>
+      <c r="F389" s="46"/>
+      <c r="G389" s="46"/>
+      <c r="H389" s="46"/>
       <c r="I389" s="46"/>
       <c r="J389" s="46"/>
       <c r="K389" s="46"/>
     </row>
-    <row r="390" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-      <c r="F391" s="13" t="s">
+    <row r="390" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="46"/>
+      <c r="B390" s="46"/>
+      <c r="C390" s="46"/>
+      <c r="D390" s="46"/>
+      <c r="E390" s="46"/>
+      <c r="F390" s="46"/>
+      <c r="G390" s="46"/>
+      <c r="H390" s="46"/>
+      <c r="I390" s="46"/>
+      <c r="J390" s="46"/>
+      <c r="K390" s="46"/>
+    </row>
+    <row r="391" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B391" s="22"/>
+      <c r="C391" s="22"/>
+      <c r="D391" s="22"/>
+      <c r="E391" s="22"/>
+      <c r="F391" s="22"/>
+      <c r="G391" s="22"/>
+      <c r="H391" s="22"/>
+      <c r="I391" s="22"/>
+      <c r="J391" s="22"/>
+      <c r="K391" s="22"/>
+    </row>
+    <row r="392" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="11"/>
+      <c r="B392" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C392" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D392" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E392" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F392" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="G392" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H392" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I392" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="G391" s="13" t="s">
-[...2 lines deleted...]
-      <c r="H391" s="13" t="s">
+      <c r="J392" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="I391" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J391" s="13" t="s">
+      <c r="K392" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="K391" s="13" t="s">
-[...28 lines deleted...]
-      </c>
     </row>
     <row r="393" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A393" s="15" t="s">
-[...5 lines deleted...]
-      <c r="E393" s="16"/>
+      <c r="A393" s="109" t="s">
+        <v>38</v>
+      </c>
+      <c r="B393" s="16">
+        <v>2581.85</v>
+      </c>
+      <c r="C393" s="16">
+        <v>2697.73</v>
+      </c>
+      <c r="D393" s="16">
+        <v>3200.3</v>
+      </c>
+      <c r="E393" s="16">
+        <v>3551.13</v>
+      </c>
       <c r="F393" s="16">
-        <v>650.66</v>
+        <v>3396.73</v>
       </c>
       <c r="G393" s="16">
-        <v>39.945974153543915</v>
+        <v>-4.3479117914579328</v>
       </c>
       <c r="H393" s="16">
-        <v>626.55000000000007</v>
-[...5 lines deleted...]
-        <v>-3.705468293732503</v>
+        <v>7.0982821839916888</v>
+      </c>
+      <c r="I393" s="60">
+        <v>3434.03</v>
+      </c>
+      <c r="J393" s="60">
+        <v>3476.93</v>
       </c>
       <c r="K393" s="16">
-        <v>-24.1099999999999</v>
+        <v>1.2492610722678494</v>
       </c>
     </row>
     <row r="394" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A394" s="15" t="s">
-        <v>71</v>
-[...21 lines deleted...]
-        <v>7.0499999999999972</v>
+        <v>54</v>
+      </c>
+      <c r="B394" s="110">
+        <v>3.3633648108029948</v>
+      </c>
+      <c r="C394" s="110">
+        <v>3.3273062525823738</v>
+      </c>
+      <c r="D394" s="110">
+        <v>3.6185689358695918</v>
+      </c>
+      <c r="E394" s="110">
+        <v>3.7746580796250435</v>
+      </c>
+      <c r="F394" s="110">
+        <v>3.4894187318914875</v>
+      </c>
+      <c r="G394" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="H394" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="I394" s="110">
+        <v>3.5330308232126533</v>
+      </c>
+      <c r="J394" s="110">
+        <v>3.4240004317262032</v>
+      </c>
+      <c r="K394" s="88" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="395" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A395" s="15" t="s">
-[...22 lines deleted...]
-        <v>-5.34</v>
+      <c r="A395" s="100" t="s">
+        <v>39</v>
+      </c>
+      <c r="B395" s="102">
+        <v>3397.09</v>
+      </c>
+      <c r="C395" s="102">
+        <v>4043.22</v>
+      </c>
+      <c r="D395" s="102">
+        <v>3875.87</v>
+      </c>
+      <c r="E395" s="102">
+        <v>3913.32</v>
+      </c>
+      <c r="F395" s="102">
+        <v>4324.9399999999996</v>
+      </c>
+      <c r="G395" s="102">
+        <v>10.518434475074857</v>
+      </c>
+      <c r="H395" s="102">
+        <v>6.2229255684660423</v>
+      </c>
+      <c r="I395" s="111">
+        <v>4194.2</v>
+      </c>
+      <c r="J395" s="111">
+        <v>4600.1499999999996</v>
+      </c>
+      <c r="K395" s="102">
+        <v>9.6788422106718759</v>
       </c>
     </row>
     <row r="396" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A396" s="15" t="s">
-[...22 lines deleted...]
-        <v>-0.34999999999999964</v>
+      <c r="A396" s="112" t="s">
+        <v>54</v>
+      </c>
+      <c r="B396" s="113">
+        <v>1.9525352800615507</v>
+      </c>
+      <c r="C396" s="113">
+        <v>2.1513157296147054</v>
+      </c>
+      <c r="D396" s="113">
+        <v>1.9310208831767417</v>
+      </c>
+      <c r="E396" s="113">
+        <v>1.8003248324588081</v>
+      </c>
+      <c r="F396" s="113">
+        <v>1.9270856424335441</v>
+      </c>
+      <c r="G396" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="H396" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="I396" s="113">
+        <v>1.8583056764410775</v>
+      </c>
+      <c r="J396" s="113">
+        <v>1.9893550487709082</v>
+      </c>
+      <c r="K396" s="114" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="397" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A397" s="15" t="s">
-[...26 lines deleted...]
-      <c r="A398" s="15" t="s">
+      <c r="A397" s="115" t="s">
+        <v>14</v>
+      </c>
+      <c r="B397" s="116">
+        <v>-815.24000000000024</v>
+      </c>
+      <c r="C397" s="116">
+        <v>-1345.4899999999998</v>
+      </c>
+      <c r="D397" s="116">
+        <v>-675.56999999999971</v>
+      </c>
+      <c r="E397" s="116">
+        <v>-362.19000000000005</v>
+      </c>
+      <c r="F397" s="116">
+        <v>-928.20999999999958</v>
+      </c>
+      <c r="G397" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="H397" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="I397" s="116">
+        <v>-760.16999999999962</v>
+      </c>
+      <c r="J397" s="116">
+        <v>-1123.2199999999998</v>
+      </c>
+      <c r="K397" s="117" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="B398" s="89"/>
+      <c r="C398" s="89"/>
+      <c r="D398" s="89"/>
+      <c r="E398" s="89"/>
+      <c r="F398" s="89"/>
+      <c r="G398" s="89"/>
+      <c r="H398" s="89"/>
+      <c r="I398" s="89"/>
+      <c r="J398" s="89"/>
+      <c r="K398" s="46"/>
+    </row>
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B399" s="90"/>
+      <c r="C399" s="90"/>
+      <c r="D399" s="90"/>
+      <c r="E399" s="90"/>
+      <c r="F399" s="90"/>
+      <c r="G399" s="90"/>
+      <c r="H399" s="90"/>
+      <c r="I399" s="90"/>
+      <c r="J399" s="89"/>
+      <c r="K399" s="46"/>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B400" s="90"/>
+      <c r="C400" s="90"/>
+      <c r="D400" s="90"/>
+      <c r="E400" s="90"/>
+      <c r="F400" s="90"/>
+      <c r="G400" s="90"/>
+      <c r="H400" s="90"/>
+      <c r="I400" s="90"/>
+      <c r="J400" s="89"/>
+      <c r="K400" s="46"/>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B401" s="90"/>
+      <c r="C401" s="90"/>
+      <c r="D401" s="90"/>
+      <c r="E401" s="90"/>
+      <c r="F401" s="90"/>
+      <c r="G401" s="90"/>
+      <c r="H401" s="90"/>
+      <c r="I401" s="90"/>
+      <c r="J401" s="89"/>
+      <c r="K401" s="46"/>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B402" s="90"/>
+      <c r="C402" s="90"/>
+      <c r="D402" s="90"/>
+      <c r="E402" s="90"/>
+      <c r="F402" s="90"/>
+      <c r="G402" s="90"/>
+      <c r="H402" s="90"/>
+      <c r="I402" s="90"/>
+      <c r="J402" s="89"/>
+      <c r="K402" s="46"/>
+    </row>
+    <row r="403" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="130" t="s">
+        <v>154</v>
+      </c>
+      <c r="B403" s="130"/>
+      <c r="C403" s="130"/>
+      <c r="D403" s="130"/>
+      <c r="E403" s="130"/>
+      <c r="F403" s="130"/>
+      <c r="G403" s="130"/>
+      <c r="H403" s="130"/>
+      <c r="I403" s="130"/>
+      <c r="J403" s="130"/>
+      <c r="K403" s="130"/>
+    </row>
+    <row r="404" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="46"/>
+      <c r="B404" s="46"/>
+      <c r="C404" s="46"/>
+      <c r="D404" s="46"/>
+      <c r="E404" s="46"/>
+      <c r="F404" s="46"/>
+      <c r="G404" s="46"/>
+      <c r="H404" s="46"/>
+      <c r="I404" s="46"/>
+      <c r="J404" s="46"/>
+      <c r="K404" s="46"/>
+    </row>
+    <row r="405" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="46"/>
+      <c r="B405" s="46"/>
+      <c r="C405" s="46"/>
+      <c r="D405" s="46"/>
+      <c r="E405" s="46"/>
+      <c r="F405" s="46"/>
+      <c r="G405" s="46"/>
+      <c r="H405" s="46"/>
+      <c r="I405" s="46"/>
+      <c r="J405" s="46"/>
+      <c r="K405" s="46"/>
+    </row>
+    <row r="406" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A406" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B406" s="8"/>
+      <c r="C406" s="8"/>
+      <c r="D406" s="8"/>
+      <c r="E406" s="8"/>
+      <c r="F406" s="8"/>
+      <c r="G406" s="8"/>
+      <c r="H406" s="8"/>
+      <c r="I406" s="8"/>
+      <c r="J406" s="8"/>
+      <c r="K406" s="9"/>
+    </row>
+    <row r="407" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="11"/>
+      <c r="B407" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C407" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D407" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E407" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F407" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G407" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="H407" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="I407" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="J407" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="K407" s="13" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B408" s="16">
+        <v>-60.110000000000014</v>
+      </c>
+      <c r="C408" s="16">
+        <v>36.059999999999995</v>
+      </c>
+      <c r="D408" s="16">
+        <v>169.09</v>
+      </c>
+      <c r="E408" s="16">
+        <v>-58.030000000000008</v>
+      </c>
+      <c r="F408" s="16">
+        <v>51.040000000000006</v>
+      </c>
+      <c r="G408" s="16">
+        <v>109.07000000000002</v>
+      </c>
+      <c r="H408" s="16">
+        <v>27.610000000000003</v>
+      </c>
+      <c r="I408" s="16">
+        <v>31.240000000000002</v>
+      </c>
+      <c r="J408" s="16">
+        <v>23.07</v>
+      </c>
+      <c r="K408" s="16">
+        <v>-8.1700000000000017</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B409" s="16">
+        <v>-767.46</v>
+      </c>
+      <c r="C409" s="16">
+        <v>374.01</v>
+      </c>
+      <c r="D409" s="16">
+        <v>141.53000000000003</v>
+      </c>
+      <c r="E409" s="16">
+        <v>62.099999999999994</v>
+      </c>
+      <c r="F409" s="16">
+        <v>401.6</v>
+      </c>
+      <c r="G409" s="16">
+        <v>339.5</v>
+      </c>
+      <c r="H409" s="16">
+        <v>42.356000000000002</v>
+      </c>
+      <c r="I409" s="16">
+        <v>269.26</v>
+      </c>
+      <c r="J409" s="16">
+        <v>269.54000000000002</v>
+      </c>
+      <c r="K409" s="16">
+        <v>0.28000000000002956</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B410" s="17">
+        <v>707.35</v>
+      </c>
+      <c r="C410" s="17">
+        <v>-337.95</v>
+      </c>
+      <c r="D410" s="17">
+        <v>27.559999999999974</v>
+      </c>
+      <c r="E410" s="17">
+        <v>-120.13</v>
+      </c>
+      <c r="F410" s="17">
+        <v>-350.56</v>
+      </c>
+      <c r="G410" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="H410" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="I410" s="17">
+        <v>-238.01999999999998</v>
+      </c>
+      <c r="J410" s="17">
+        <v>-246.47000000000003</v>
+      </c>
+      <c r="K410" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="K411" s="60"/>
+    </row>
+    <row r="412" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B412" s="60"/>
+      <c r="C412" s="60"/>
+      <c r="D412" s="60"/>
+      <c r="E412" s="60"/>
+      <c r="F412" s="60"/>
+      <c r="G412" s="60"/>
+      <c r="H412" s="60"/>
+      <c r="I412" s="60"/>
+    </row>
+    <row r="413" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B413" s="60"/>
+      <c r="C413" s="60"/>
+      <c r="D413" s="60"/>
+      <c r="E413" s="60"/>
+      <c r="F413" s="60"/>
+      <c r="G413" s="60"/>
+      <c r="H413" s="60"/>
+      <c r="I413" s="60"/>
+    </row>
+    <row r="414" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="140" t="s">
+        <v>47</v>
+      </c>
+      <c r="B414" s="140"/>
+      <c r="C414" s="140"/>
+      <c r="D414" s="140"/>
+      <c r="E414" s="140"/>
+      <c r="F414" s="140"/>
+      <c r="G414" s="140"/>
+      <c r="H414" s="140"/>
+      <c r="I414" s="140"/>
+      <c r="J414" s="140"/>
+      <c r="K414" s="140"/>
+    </row>
+    <row r="415" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="46"/>
+      <c r="B415" s="46"/>
+      <c r="C415" s="46"/>
+      <c r="D415" s="46"/>
+      <c r="E415" s="46"/>
+      <c r="F415" s="46"/>
+      <c r="G415" s="46"/>
+      <c r="H415" s="46"/>
+      <c r="I415" s="46"/>
+      <c r="J415" s="46"/>
+      <c r="K415" s="46"/>
+    </row>
+    <row r="416" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="46"/>
+      <c r="B416" s="46"/>
+      <c r="C416" s="46"/>
+      <c r="D416" s="46"/>
+      <c r="E416" s="46"/>
+      <c r="F416" s="46"/>
+      <c r="G416" s="46"/>
+      <c r="H416" s="46"/>
+      <c r="I416" s="46"/>
+      <c r="J416" s="46"/>
+      <c r="K416" s="46"/>
+    </row>
+    <row r="417" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B417" s="22"/>
+      <c r="C417" s="22"/>
+      <c r="D417" s="22"/>
+      <c r="E417" s="22"/>
+      <c r="F417" s="22"/>
+      <c r="G417" s="22"/>
+      <c r="H417" s="22"/>
+      <c r="I417" s="22"/>
+      <c r="J417" s="22"/>
+      <c r="K417" s="22"/>
+    </row>
+    <row r="418" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="11"/>
+      <c r="B418" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C418" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D418" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E418" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F418" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="G418" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H418" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I418" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="J418" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="K418" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="B419" s="16">
+        <v>2334.23</v>
+      </c>
+      <c r="C419" s="16">
+        <v>2415.77</v>
+      </c>
+      <c r="D419" s="16">
+        <v>2821.83</v>
+      </c>
+      <c r="E419" s="16">
+        <v>3274.61</v>
+      </c>
+      <c r="F419" s="16">
+        <v>3139.85</v>
+      </c>
+      <c r="G419" s="16">
+        <v>-4.1152992264727777</v>
+      </c>
+      <c r="H419" s="16">
+        <v>7.6939518212677749</v>
+      </c>
+      <c r="I419" s="60">
+        <v>3168.45</v>
+      </c>
+      <c r="J419" s="60">
+        <v>3215.46</v>
+      </c>
+      <c r="K419" s="16">
+        <v>1.4836907636225984</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B420" s="49">
+        <v>3</v>
+      </c>
+      <c r="C420" s="49">
         <v>4</v>
       </c>
-      <c r="B398" s="5"/>
-[...370 lines deleted...]
-      <c r="A416" s="15" t="s">
+      <c r="D420" s="49">
         <v>4</v>
       </c>
-      <c r="B416" s="5"/>
-[...127 lines deleted...]
-        <v>0.10999999999999988</v>
+      <c r="E420" s="49">
+        <v>3</v>
+      </c>
+      <c r="F420" s="49">
+        <v>4</v>
+      </c>
+      <c r="G420" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="H420" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="I420" s="49">
+        <v>4</v>
+      </c>
+      <c r="J420" s="49">
+        <v>5</v>
+      </c>
+      <c r="K420" s="49" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="421" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A421" s="15" t="s">
-        <v>69</v>
-[...21 lines deleted...]
-        <v>-0.14999999999999991</v>
+        <v>54</v>
+      </c>
+      <c r="B421" s="110">
+        <v>4.3911063086681192</v>
+      </c>
+      <c r="C421" s="110">
+        <v>4.2150354299082444</v>
+      </c>
+      <c r="D421" s="110">
+        <v>4.44680087611352</v>
+      </c>
+      <c r="E421" s="110">
+        <v>4.7140796890956898</v>
+      </c>
+      <c r="F421" s="110">
+        <v>4.2769055409822041</v>
+      </c>
+      <c r="G421" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="H421" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="I421" s="110">
+        <v>4.3303387899515418</v>
+      </c>
+      <c r="J421" s="110">
+        <v>4.0991555417817569</v>
+      </c>
+      <c r="K421" s="88" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="422" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A422" s="15" t="s">
-[...22 lines deleted...]
-        <v>-1.1300000000000001</v>
+      <c r="A422" s="100" t="s">
+        <v>83</v>
+      </c>
+      <c r="B422" s="102">
+        <v>3149.48</v>
+      </c>
+      <c r="C422" s="102">
+        <v>3761.25</v>
+      </c>
+      <c r="D422" s="102">
+        <v>3497.4</v>
+      </c>
+      <c r="E422" s="102">
+        <v>3636.79</v>
+      </c>
+      <c r="F422" s="102">
+        <v>4068.07</v>
+      </c>
+      <c r="G422" s="102">
+        <v>11.858809554579732</v>
+      </c>
+      <c r="H422" s="102">
+        <v>6.6074095622221662</v>
+      </c>
+      <c r="I422" s="111">
+        <v>3928.62</v>
+      </c>
+      <c r="J422" s="111">
+        <v>4338.68</v>
+      </c>
+      <c r="K422" s="102">
+        <v>10.437761860398826</v>
       </c>
     </row>
     <row r="423" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A423" s="15" t="s">
-        <v>68</v>
-[...11 lines deleted...]
-      <c r="H423" s="16">
+        <v>23</v>
+      </c>
+      <c r="B423" s="49">
+        <v>8</v>
+      </c>
+      <c r="C423" s="49">
+        <v>7</v>
+      </c>
+      <c r="D423" s="49">
+        <v>8</v>
+      </c>
+      <c r="E423" s="49">
+        <v>8</v>
+      </c>
+      <c r="F423" s="49">
+        <v>9</v>
+      </c>
+      <c r="G423" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="H423" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="I423" s="49">
+        <v>9</v>
+      </c>
+      <c r="J423" s="49">
+        <v>9</v>
+      </c>
+      <c r="K423" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="112" t="s">
+        <v>54</v>
+      </c>
+      <c r="B424" s="113">
+        <v>2.0943787103639058</v>
+      </c>
+      <c r="C424" s="113">
+        <v>2.2909809205220726</v>
+      </c>
+      <c r="D424" s="113">
+        <v>1.9901826985896358</v>
+      </c>
+      <c r="E424" s="113">
+        <v>1.8867548645367189</v>
+      </c>
+      <c r="F424" s="113">
+        <v>2.0289687664386413</v>
+      </c>
+      <c r="G424" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="H424" s="114" t="s">
+        <v>26</v>
+      </c>
+      <c r="I424" s="113">
+        <v>1.9480339812829828</v>
+      </c>
+      <c r="J424" s="113">
+        <v>2.0845566012312333</v>
+      </c>
+      <c r="K424" s="114" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="115" t="s">
+        <v>14</v>
+      </c>
+      <c r="B425" s="116">
+        <v>-815.25</v>
+      </c>
+      <c r="C425" s="116">
+        <v>-1345.48</v>
+      </c>
+      <c r="D425" s="116">
+        <v>-675.57000000000016</v>
+      </c>
+      <c r="E425" s="116">
+        <v>-362.17999999999984</v>
+      </c>
+      <c r="F425" s="116">
+        <v>-928.22000000000025</v>
+      </c>
+      <c r="G425" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="H425" s="117" t="s">
+        <v>26</v>
+      </c>
+      <c r="I425" s="116">
+        <v>-760.17000000000007</v>
+      </c>
+      <c r="J425" s="116">
+        <v>-1123.2200000000003</v>
+      </c>
+      <c r="K425" s="117" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="K426" s="46"/>
+    </row>
+    <row r="427" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B427" s="90"/>
+      <c r="C427" s="90"/>
+      <c r="D427" s="90"/>
+      <c r="E427" s="90"/>
+      <c r="F427" s="90"/>
+      <c r="G427" s="90"/>
+      <c r="H427" s="90"/>
+      <c r="I427" s="90"/>
+      <c r="J427" s="89"/>
+      <c r="K427" s="46"/>
+    </row>
+    <row r="428" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="I423" s="16">
-[...87 lines deleted...]
-      <c r="J428" s="124"/>
+      <c r="B428" s="90"/>
+      <c r="C428" s="90"/>
+      <c r="D428" s="90"/>
+      <c r="E428" s="90"/>
+      <c r="F428" s="90"/>
+      <c r="G428" s="90"/>
+      <c r="H428" s="90"/>
+      <c r="I428" s="90"/>
+      <c r="J428" s="89"/>
       <c r="K428" s="46"/>
     </row>
     <row r="429" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A429" s="46"/>
-[...8 lines deleted...]
-      <c r="J429" s="46"/>
+      <c r="A429" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B429" s="90"/>
+      <c r="C429" s="90"/>
+      <c r="D429" s="90"/>
+      <c r="E429" s="90"/>
+      <c r="F429" s="90"/>
+      <c r="G429" s="90"/>
+      <c r="H429" s="90"/>
+      <c r="I429" s="90"/>
+      <c r="J429" s="89"/>
       <c r="K429" s="46"/>
     </row>
     <row r="430" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A430" s="46"/>
-[...8 lines deleted...]
-      <c r="J430" s="46"/>
+      <c r="A430" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B430" s="90"/>
+      <c r="C430" s="90"/>
+      <c r="D430" s="90"/>
+      <c r="E430" s="90"/>
+      <c r="F430" s="90"/>
+      <c r="G430" s="90"/>
+      <c r="H430" s="90"/>
+      <c r="I430" s="90"/>
+      <c r="J430" s="89"/>
       <c r="K430" s="46"/>
     </row>
     <row r="431" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A431" s="46"/>
-[...8 lines deleted...]
-      <c r="J431" s="46"/>
+      <c r="A431" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B431" s="90"/>
+      <c r="C431" s="90"/>
+      <c r="D431" s="90"/>
+      <c r="E431" s="90"/>
+      <c r="F431" s="90"/>
+      <c r="G431" s="90"/>
+      <c r="H431" s="90"/>
+      <c r="I431" s="90"/>
+      <c r="J431" s="89"/>
       <c r="K431" s="46"/>
     </row>
-    <row r="432" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K432" s="46"/>
+    <row r="432" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="141" t="s">
+        <v>154</v>
+      </c>
+      <c r="B432" s="141"/>
+      <c r="C432" s="141"/>
+      <c r="D432" s="141"/>
+      <c r="E432" s="141"/>
+      <c r="F432" s="141"/>
+      <c r="G432" s="141"/>
+      <c r="H432" s="141"/>
+      <c r="I432" s="141"/>
+      <c r="J432" s="141"/>
+      <c r="K432" s="141"/>
     </row>
     <row r="433" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A433" s="46"/>
       <c r="B433" s="46"/>
       <c r="C433" s="46"/>
-      <c r="D433" s="83"/>
-[...3 lines deleted...]
-      <c r="H433" s="83"/>
+      <c r="D433" s="46"/>
+      <c r="E433" s="46"/>
+      <c r="F433" s="46"/>
+      <c r="G433" s="46"/>
+      <c r="H433" s="46"/>
       <c r="I433" s="46"/>
       <c r="J433" s="46"/>
       <c r="K433" s="46"/>
     </row>
     <row r="434" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A434" s="46"/>
       <c r="B434" s="46"/>
       <c r="C434" s="46"/>
-      <c r="D434" s="83"/>
-[...3 lines deleted...]
-      <c r="H434" s="83"/>
+      <c r="D434" s="46"/>
+      <c r="E434" s="46"/>
+      <c r="F434" s="46"/>
+      <c r="G434" s="46"/>
+      <c r="H434" s="46"/>
       <c r="I434" s="46"/>
       <c r="J434" s="46"/>
       <c r="K434" s="46"/>
     </row>
     <row r="435" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A435" s="46"/>
-[...75 lines deleted...]
-      <c r="I439" s="13" t="s">
+      <c r="A435" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B435" s="22"/>
+      <c r="C435" s="22"/>
+      <c r="D435" s="22"/>
+      <c r="E435" s="22"/>
+      <c r="F435" s="22"/>
+      <c r="G435" s="22"/>
+      <c r="H435" s="22"/>
+      <c r="I435" s="22"/>
+      <c r="J435" s="22"/>
+      <c r="K435" s="22"/>
+    </row>
+    <row r="436" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="11"/>
+      <c r="B436" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C436" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="D436" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="E436" s="13" t="s">
+        <v>115</v>
+      </c>
+      <c r="F436" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="G436" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H436" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="I436" s="13" t="s">
         <v>131</v>
       </c>
-      <c r="J439" s="13" t="s">
+      <c r="J436" s="13" t="s">
         <v>132</v>
       </c>
-      <c r="K439" s="13" t="s">
+      <c r="K436" s="13" t="s">
         <v>139</v>
       </c>
     </row>
+    <row r="437" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="109" t="s">
+        <v>73</v>
+      </c>
+      <c r="B437" s="16">
+        <v>4873.1899999999996</v>
+      </c>
+      <c r="C437" s="16">
+        <v>4464.41</v>
+      </c>
+      <c r="D437" s="16">
+        <v>4290.9399999999996</v>
+      </c>
+      <c r="E437" s="16">
+        <v>4149.1099999999997</v>
+      </c>
+      <c r="F437" s="16">
+        <v>4843.05</v>
+      </c>
+      <c r="G437" s="16">
+        <v>16.725032597352214</v>
+      </c>
+      <c r="H437" s="16">
+        <v>-0.15498142728842534</v>
+      </c>
+      <c r="I437" s="60">
+        <v>4615.84</v>
+      </c>
+      <c r="J437" s="60">
+        <v>5147.21</v>
+      </c>
+      <c r="K437" s="16">
+        <v>11.511880827758326</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B438" s="49">
+        <v>8</v>
+      </c>
+      <c r="C438" s="49">
+        <v>10</v>
+      </c>
+      <c r="D438" s="49">
+        <v>10</v>
+      </c>
+      <c r="E438" s="49">
+        <v>10</v>
+      </c>
+      <c r="F438" s="49">
+        <v>10</v>
+      </c>
+      <c r="G438" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="H438" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="I438" s="49">
+        <v>10</v>
+      </c>
+      <c r="J438" s="49">
+        <v>10</v>
+      </c>
+      <c r="K438" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="439" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B439" s="110">
+        <v>3.2406319098893404</v>
+      </c>
+      <c r="C439" s="110">
+        <v>2.7192763393520627</v>
+      </c>
+      <c r="D439" s="110">
+        <v>2.441743737829877</v>
+      </c>
+      <c r="E439" s="110">
+        <v>2.1525448200192878</v>
+      </c>
+      <c r="F439" s="110">
+        <v>2.4154936331726495</v>
+      </c>
+      <c r="G439" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="H439" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="I439" s="110">
+        <v>2.2887968732443564</v>
+      </c>
+      <c r="J439" s="110">
+        <v>2.4730218830205075</v>
+      </c>
+      <c r="K439" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
     <row r="440" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A440" s="15" t="s">
-[...87 lines deleted...]
-      <c r="G442" s="16" t="s">
+      <c r="A440" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B440" s="78">
+        <v>154.72998717248561</v>
+      </c>
+      <c r="C440" s="78">
+        <v>118.6948487869724</v>
+      </c>
+      <c r="D440" s="78">
+        <v>122.68942643106307</v>
+      </c>
+      <c r="E440" s="78">
+        <v>114.08714828186395</v>
+      </c>
+      <c r="F440" s="78">
+        <v>119.05031132699291</v>
+      </c>
+      <c r="G440" s="77" t="s">
         <v>26</v>
       </c>
-      <c r="H442" s="16" t="s">
+      <c r="H440" s="77" t="s">
         <v>26</v>
       </c>
-      <c r="I442" s="16">
-[...5 lines deleted...]
-      <c r="K442" s="16" t="s">
+      <c r="I440" s="78">
+        <v>117.49265645442929</v>
+      </c>
+      <c r="J440" s="78">
+        <v>118.63539140936874</v>
+      </c>
+      <c r="K440" s="77" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="443" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-    <row r="444" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="54" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A444" s="4" t="s">
-        <v>25</v>
-[...43 lines deleted...]
-      <c r="A447" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B447" s="46"/>
-[...11 lines deleted...]
-      <c r="A448" s="20" t="s">
+    </row>
+    <row r="445" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="20" t="s">
         <v>126</v>
       </c>
+    </row>
+    <row r="446" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11" ht="54.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="140" t="s">
+        <v>74</v>
+      </c>
+      <c r="B447" s="140"/>
+      <c r="C447" s="140"/>
+      <c r="D447" s="140"/>
+      <c r="E447" s="140"/>
+      <c r="F447" s="140"/>
+      <c r="G447" s="140"/>
+      <c r="H447" s="140"/>
+      <c r="I447" s="140"/>
+      <c r="J447" s="140"/>
+      <c r="K447" s="140"/>
+    </row>
+    <row r="448" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="46"/>
       <c r="B448" s="46"/>
       <c r="C448" s="46"/>
       <c r="D448" s="46"/>
       <c r="E448" s="46"/>
       <c r="F448" s="46"/>
       <c r="G448" s="46"/>
       <c r="H448" s="46"/>
       <c r="I448" s="46"/>
       <c r="J448" s="46"/>
       <c r="K448" s="46"/>
     </row>
-    <row r="449" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-      <c r="E453" s="12">
+    <row r="449" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="46"/>
+      <c r="B449" s="46"/>
+      <c r="C449" s="46"/>
+      <c r="D449" s="46"/>
+      <c r="E449" s="46"/>
+      <c r="F449" s="46"/>
+      <c r="G449" s="46"/>
+      <c r="H449" s="46"/>
+      <c r="I449" s="46"/>
+      <c r="J449" s="46"/>
+      <c r="K449" s="46"/>
+    </row>
+    <row r="450" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="46"/>
+      <c r="B450" s="46"/>
+      <c r="C450" s="46"/>
+      <c r="D450" s="46"/>
+      <c r="E450" s="46"/>
+      <c r="F450" s="46"/>
+      <c r="G450" s="46"/>
+      <c r="H450" s="46"/>
+      <c r="I450" s="46"/>
+      <c r="J450" s="46"/>
+      <c r="K450" s="46"/>
+    </row>
+    <row r="451" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A451" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="B451" s="15"/>
+      <c r="C451" s="15"/>
+      <c r="D451" s="15"/>
+      <c r="E451" s="15"/>
+      <c r="F451" s="15"/>
+      <c r="G451" s="15"/>
+      <c r="H451" s="15"/>
+      <c r="I451" s="15"/>
+      <c r="J451" s="15"/>
+      <c r="K451" s="22"/>
+    </row>
+    <row r="452" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="11"/>
+      <c r="B452" s="12">
         <v>2020</v>
       </c>
-      <c r="F453" s="12">
+      <c r="C452" s="12">
         <v>2021</v>
       </c>
-      <c r="G453" s="12">
+      <c r="D452" s="12">
         <v>2022</v>
       </c>
-      <c r="H453" s="12">
+      <c r="E452" s="12">
         <v>2023</v>
       </c>
-      <c r="I453" s="12">
+      <c r="F452" s="12">
         <v>2024</v>
       </c>
-      <c r="J453" s="13" t="s">
-[...12 lines deleted...]
-      <c r="D454" s="2" t="s">
+      <c r="G452" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H452" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I452" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="J452" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K452" s="13" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="453" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B453" s="16">
+        <v>212.53</v>
+      </c>
+      <c r="C453" s="16">
+        <v>191.21</v>
+      </c>
+      <c r="D453" s="16">
+        <v>741.79</v>
+      </c>
+      <c r="E453" s="16">
+        <v>1059.44</v>
+      </c>
+      <c r="F453" s="16">
+        <v>1144.26</v>
+      </c>
+      <c r="G453" s="16">
+        <v>8.0061164388733612</v>
+      </c>
+      <c r="H453" s="16">
+        <v>52.326729789216465</v>
+      </c>
+      <c r="I453" s="16">
+        <v>1061.92</v>
+      </c>
+      <c r="J453" s="16">
+        <v>1106.28</v>
+      </c>
+      <c r="K453" s="16">
+        <v>4.1773391592586915</v>
+      </c>
+    </row>
+    <row r="454" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E454" s="27">
-[...5 lines deleted...]
-      <c r="G454" s="27">
+      <c r="B454" s="49">
+        <v>8</v>
+      </c>
+      <c r="C454" s="49">
         <v>12</v>
       </c>
-      <c r="H454" s="27">
+      <c r="D454" s="49">
+        <v>8</v>
+      </c>
+      <c r="E454" s="49">
+        <v>7</v>
+      </c>
+      <c r="F454" s="49">
+        <v>7</v>
+      </c>
+      <c r="G454" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="H454" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="I454" s="49">
+        <v>7</v>
+      </c>
+      <c r="J454" s="49">
+        <v>7</v>
+      </c>
+      <c r="K454" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="455" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B455" s="16">
+        <v>2.7365105852602087</v>
+      </c>
+      <c r="C455" s="16">
+        <v>1.888277491171382</v>
+      </c>
+      <c r="D455" s="16">
+        <v>3.4957214770635541</v>
+      </c>
+      <c r="E455" s="16">
+        <v>4.1595570007404783</v>
+      </c>
+      <c r="F455" s="16">
+        <v>4.1276019356363047</v>
+      </c>
+      <c r="G455" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="H455" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="I455" s="16">
+        <v>4.0618177200393522</v>
+      </c>
+      <c r="J455" s="16">
+        <v>4.0228817124847591</v>
+      </c>
+      <c r="K455" s="118" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="456" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="100" t="s">
+        <v>125</v>
+      </c>
+      <c r="B456" s="102">
+        <v>100.93</v>
+      </c>
+      <c r="C456" s="102">
+        <v>104.37</v>
+      </c>
+      <c r="D456" s="102">
+        <v>157.28</v>
+      </c>
+      <c r="E456" s="102">
+        <v>187.76</v>
+      </c>
+      <c r="F456" s="102">
+        <v>211.8</v>
+      </c>
+      <c r="G456" s="102">
+        <v>12.80357903706861</v>
+      </c>
+      <c r="H456" s="16">
+        <v>20.358404121879836</v>
+      </c>
+      <c r="I456" s="102">
+        <v>171.63</v>
+      </c>
+      <c r="J456" s="102">
+        <v>178.01</v>
+      </c>
+      <c r="K456" s="102">
+        <v>3.7172988405290424</v>
+      </c>
+    </row>
+    <row r="457" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B457" s="49">
         <v>9</v>
       </c>
-      <c r="I454" s="27">
-[...103 lines deleted...]
-      <c r="C458" s="34"/>
+      <c r="C457" s="49">
+        <v>9</v>
+      </c>
+      <c r="D457" s="49">
+        <v>9</v>
+      </c>
+      <c r="E457" s="49">
+        <v>9</v>
+      </c>
+      <c r="F457" s="49">
+        <v>9</v>
+      </c>
+      <c r="G457" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="H457" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="I457" s="49">
+        <v>8</v>
+      </c>
+      <c r="J457" s="49">
+        <v>8</v>
+      </c>
+      <c r="K457" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="458" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B458" s="17">
+        <v>3.6792528488418728</v>
+      </c>
+      <c r="C458" s="17">
+        <v>2.9200694974861721</v>
+      </c>
+      <c r="D458" s="17">
+        <v>2.8424421725308902</v>
+      </c>
+      <c r="E458" s="17">
+        <v>2.9418354508720062</v>
+      </c>
+      <c r="F458" s="17">
+        <v>3.093641821129661</v>
+      </c>
+      <c r="G458" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="H458" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I458" s="17">
+        <v>2.7310396186123778</v>
+      </c>
+      <c r="J458" s="17">
+        <v>2.7350640091942151</v>
+      </c>
+      <c r="K458" s="119" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="459" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A459" s="4" t="s">
-        <v>202</v>
+        <v>25</v>
       </c>
     </row>
     <row r="460" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A460" s="46"/>
-[...9 lines deleted...]
-      <c r="K460" s="46"/>
+      <c r="A460" s="54" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="461" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A461" s="46"/>
-[...162 lines deleted...]
-      </c>
+      <c r="A461" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="462" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="464" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="4" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="465" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A465" s="130" t="s">
+        <v>114</v>
+      </c>
+      <c r="B465" s="130"/>
+      <c r="C465" s="130"/>
+      <c r="D465" s="130"/>
+      <c r="E465" s="130"/>
+      <c r="F465" s="130"/>
+      <c r="G465" s="130"/>
+      <c r="H465" s="130"/>
+      <c r="I465" s="130"/>
+      <c r="J465" s="130"/>
+      <c r="K465" s="130"/>
+    </row>
+    <row r="466" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="46"/>
+      <c r="B466" s="46"/>
+      <c r="C466" s="46"/>
+      <c r="D466" s="46"/>
+      <c r="E466" s="46"/>
+      <c r="F466" s="46"/>
+      <c r="G466" s="46"/>
+      <c r="H466" s="46"/>
+      <c r="I466" s="46"/>
+      <c r="J466" s="46"/>
+      <c r="K466" s="46"/>
     </row>
     <row r="467" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A467" s="4" t="s">
-[...9 lines deleted...]
-      <c r="I467" s="83"/>
+      <c r="A467" s="46"/>
+      <c r="B467" s="46"/>
+      <c r="C467" s="46"/>
+      <c r="D467" s="46"/>
+      <c r="E467" s="46"/>
+      <c r="F467" s="46"/>
+      <c r="G467" s="46"/>
+      <c r="H467" s="46"/>
+      <c r="I467" s="46"/>
       <c r="J467" s="46"/>
       <c r="K467" s="46"/>
     </row>
-    <row r="468" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...108 lines deleted...]
-      <c r="I474" s="13" t="s">
+    <row r="468" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B468" s="15"/>
+      <c r="C468" s="15"/>
+      <c r="D468" s="15"/>
+      <c r="E468" s="15"/>
+      <c r="F468" s="15"/>
+      <c r="G468" s="15"/>
+      <c r="H468" s="15"/>
+      <c r="I468" s="15"/>
+      <c r="J468" s="15"/>
+      <c r="K468" s="22"/>
+    </row>
+    <row r="469" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="11"/>
+      <c r="B469" s="12">
+        <v>2020</v>
+      </c>
+      <c r="C469" s="12">
+        <v>2021</v>
+      </c>
+      <c r="D469" s="12">
+        <v>2022</v>
+      </c>
+      <c r="E469" s="12">
+        <v>2023</v>
+      </c>
+      <c r="F469" s="12">
+        <v>2024</v>
+      </c>
+      <c r="G469" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H469" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I469" s="13" t="s">
         <v>133</v>
       </c>
-      <c r="J474" s="13" t="s">
+      <c r="J469" s="13" t="s">
         <v>134</v>
       </c>
-      <c r="K474" s="13" t="s">
+      <c r="K469" s="13" t="s">
         <v>139</v>
       </c>
     </row>
+    <row r="470" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B470" s="16">
+        <v>272.88400000000001</v>
+      </c>
+      <c r="C470" s="16">
+        <v>235.292</v>
+      </c>
+      <c r="D470" s="16">
+        <v>925.71799999999996</v>
+      </c>
+      <c r="E470" s="16">
+        <v>1101.3230000000001</v>
+      </c>
+      <c r="F470" s="16">
+        <v>1088.623</v>
+      </c>
+      <c r="G470" s="16">
+        <v>-1.1531585193444651</v>
+      </c>
+      <c r="H470" s="16">
+        <v>41.326908291760155</v>
+      </c>
+      <c r="I470" s="16">
+        <v>1017.514</v>
+      </c>
+      <c r="J470" s="16">
+        <v>987.27800000000002</v>
+      </c>
+      <c r="K470" s="16">
+        <v>-2.9715561653205746</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B471" s="49">
+        <v>5</v>
+      </c>
+      <c r="C471" s="49">
+        <v>8</v>
+      </c>
+      <c r="D471" s="49">
+        <v>6</v>
+      </c>
+      <c r="E471" s="49">
+        <v>6</v>
+      </c>
+      <c r="F471" s="49">
+        <v>6</v>
+      </c>
+      <c r="G471" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="H471" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="I471" s="49">
+        <v>6</v>
+      </c>
+      <c r="J471" s="49">
+        <v>6</v>
+      </c>
+      <c r="K471" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="472" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B472" s="16">
+        <v>6.9881650061652607</v>
+      </c>
+      <c r="C472" s="16">
+        <v>3.9759555502458404</v>
+      </c>
+      <c r="D472" s="16">
+        <v>6.041398141736785</v>
+      </c>
+      <c r="E472" s="16">
+        <v>6.0384930126724568</v>
+      </c>
+      <c r="F472" s="16">
+        <v>5.6160784216212489</v>
+      </c>
+      <c r="G472" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="H472" s="42" t="s">
+        <v>26</v>
+      </c>
+      <c r="I472" s="16">
+        <v>5.5149511384762144</v>
+      </c>
+      <c r="J472" s="16">
+        <v>5.2509340786460985</v>
+      </c>
+      <c r="K472" s="42" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="473" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" s="100" t="s">
+        <v>123</v>
+      </c>
+      <c r="B473" s="102">
+        <v>692.34900000000005</v>
+      </c>
+      <c r="C473" s="102">
+        <v>622.40599999999995</v>
+      </c>
+      <c r="D473" s="102">
+        <v>2272.5569999999998</v>
+      </c>
+      <c r="E473" s="102">
+        <v>2570.6550000000002</v>
+      </c>
+      <c r="F473" s="102">
+        <v>2473.8150000000001</v>
+      </c>
+      <c r="G473" s="102">
+        <v>-3.7671332792615164</v>
+      </c>
+      <c r="H473" s="16">
+        <v>37.486652294023926</v>
+      </c>
+      <c r="I473" s="102">
+        <v>2312.8249999999998</v>
+      </c>
+      <c r="J473" s="102">
+        <v>2204.9059999999999</v>
+      </c>
+      <c r="K473" s="16">
+        <v>-4.6661117896944155</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B474" s="49">
+        <v>6</v>
+      </c>
+      <c r="C474" s="49">
+        <v>8</v>
+      </c>
+      <c r="D474" s="49">
+        <v>7</v>
+      </c>
+      <c r="E474" s="49">
+        <v>6</v>
+      </c>
+      <c r="F474" s="49">
+        <v>7</v>
+      </c>
+      <c r="G474" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="H474" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="I474" s="49">
+        <v>7</v>
+      </c>
+      <c r="J474" s="49">
+        <v>8</v>
+      </c>
+      <c r="K474" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
     <row r="475" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A475" s="109" t="s">
-[...52 lines deleted...]
-      <c r="G476" s="88" t="s">
+      <c r="A475" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B475" s="17">
+        <v>5.6751360075542907</v>
+      </c>
+      <c r="C475" s="17">
+        <v>3.3353911383627373</v>
+      </c>
+      <c r="D475" s="17">
+        <v>4.8552806919591704</v>
+      </c>
+      <c r="E475" s="17">
+        <v>4.7728380268485617</v>
+      </c>
+      <c r="F475" s="17">
+        <v>4.3773676424532306</v>
+      </c>
+      <c r="G475" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="H476" s="88" t="s">
+      <c r="H475" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="I476" s="110">
-[...5 lines deleted...]
-      <c r="K476" s="88" t="s">
+      <c r="I475" s="17">
+        <v>4.2891115530073041</v>
+      </c>
+      <c r="J475" s="17">
+        <v>4.0571391728353143</v>
+      </c>
+      <c r="K475" s="119" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="477" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...102 lines deleted...]
-      </c>
+    <row r="476" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B476" s="46"/>
+      <c r="C476" s="46"/>
+      <c r="D476" s="46"/>
+      <c r="E476" s="46"/>
+      <c r="F476" s="46"/>
+      <c r="G476" s="46"/>
+      <c r="H476" s="46"/>
+      <c r="I476" s="46"/>
+      <c r="J476" s="46"/>
+      <c r="K476" s="46"/>
+    </row>
+    <row r="477" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="54" t="s">
+        <v>97</v>
+      </c>
+      <c r="B477" s="46"/>
+      <c r="C477" s="46"/>
+      <c r="D477" s="46"/>
+      <c r="E477" s="46"/>
+      <c r="F477" s="46"/>
+      <c r="G477" s="46"/>
+      <c r="H477" s="46"/>
+      <c r="I477" s="46"/>
+      <c r="J477" s="46"/>
+      <c r="K477" s="46"/>
+    </row>
+    <row r="478" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B478" s="46"/>
+      <c r="C478" s="46"/>
+      <c r="D478" s="46"/>
+      <c r="E478" s="46"/>
+      <c r="F478" s="46"/>
+      <c r="G478" s="46"/>
+      <c r="H478" s="46"/>
+      <c r="I478" s="46"/>
+      <c r="J478" s="46"/>
+      <c r="K478" s="46"/>
+    </row>
+    <row r="479" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B479" s="46"/>
+      <c r="C479" s="46"/>
+      <c r="D479" s="46"/>
+      <c r="E479" s="46"/>
+      <c r="F479" s="46"/>
+      <c r="G479" s="46"/>
+      <c r="H479" s="46"/>
+      <c r="I479" s="46"/>
+      <c r="J479" s="46"/>
+      <c r="K479" s="46"/>
     </row>
     <row r="480" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A480" s="54" t="s">
-[...10 lines deleted...]
-      <c r="J480" s="89"/>
+      <c r="A480" s="20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B480" s="46"/>
+      <c r="C480" s="46"/>
+      <c r="D480" s="46"/>
+      <c r="E480" s="46"/>
+      <c r="F480" s="46"/>
+      <c r="G480" s="46"/>
+      <c r="H480" s="46"/>
+      <c r="I480" s="46"/>
+      <c r="J480" s="46"/>
       <c r="K480" s="46"/>
     </row>
     <row r="481" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A481" s="54" t="s">
-[...10 lines deleted...]
-      <c r="J481" s="89"/>
+      <c r="A481" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B481" s="46"/>
+      <c r="C481" s="46"/>
+      <c r="D481" s="46"/>
+      <c r="E481" s="46"/>
+      <c r="F481" s="46"/>
+      <c r="G481" s="46"/>
+      <c r="H481" s="46"/>
+      <c r="I481" s="46"/>
+      <c r="J481" s="46"/>
       <c r="K481" s="46"/>
     </row>
     <row r="482" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A482" s="4" t="s">
-        <v>0</v>
-[...10 lines deleted...]
-      <c r="K482" s="46"/>
+        <v>99</v>
+      </c>
+      <c r="B482" s="46"/>
+      <c r="C482" s="46"/>
+      <c r="D482" s="46"/>
+      <c r="E482" s="46"/>
+      <c r="F482" s="46"/>
+      <c r="G482" s="46"/>
+      <c r="H482" s="46"/>
+      <c r="I482" s="46"/>
+      <c r="J482" s="46"/>
+      <c r="K482" s="86"/>
     </row>
     <row r="483" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A483" s="4" t="s">
-        <v>62</v>
-[...53 lines deleted...]
-      <c r="K486" s="46"/>
+        <v>215</v>
+      </c>
+      <c r="B483" s="46"/>
+      <c r="C483" s="46"/>
+      <c r="D483" s="46"/>
+      <c r="E483" s="46"/>
+      <c r="F483" s="46"/>
+      <c r="G483" s="46"/>
+      <c r="H483" s="46"/>
+      <c r="I483" s="46"/>
+      <c r="J483" s="46"/>
+      <c r="K483" s="86"/>
+    </row>
+    <row r="484" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="92"/>
+      <c r="B484" s="92"/>
+      <c r="C484" s="92"/>
+      <c r="D484" s="92"/>
+      <c r="E484" s="92"/>
+      <c r="F484" s="92"/>
+      <c r="G484" s="92"/>
+      <c r="H484" s="92"/>
+      <c r="I484" s="7"/>
+      <c r="J484" s="7"/>
+      <c r="K484" s="7"/>
+    </row>
+    <row r="485" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="120"/>
+      <c r="B485" s="120"/>
+      <c r="C485" s="120"/>
+      <c r="D485" s="120"/>
+      <c r="E485" s="120"/>
+      <c r="F485" s="120"/>
+      <c r="G485" s="120"/>
+      <c r="H485" s="120"/>
+      <c r="I485" s="120"/>
+      <c r="J485" s="120"/>
+      <c r="K485" s="120"/>
+    </row>
+    <row r="486" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C486" s="84"/>
+      <c r="D486" s="84"/>
+      <c r="E486" s="84"/>
+      <c r="F486" s="84"/>
+      <c r="G486" s="84"/>
+      <c r="H486" s="84"/>
+      <c r="I486" s="84"/>
+      <c r="J486" s="84"/>
+      <c r="K486" s="84"/>
     </row>
     <row r="487" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A487" s="46"/>
-      <c r="B487" s="46"/>
+      <c r="A487" s="121" t="s">
+        <v>55</v>
+      </c>
+      <c r="B487" s="122">
+        <v>46063</v>
+      </c>
       <c r="C487" s="46"/>
       <c r="D487" s="46"/>
       <c r="E487" s="46"/>
       <c r="F487" s="46"/>
       <c r="G487" s="46"/>
       <c r="H487" s="46"/>
       <c r="I487" s="46"/>
       <c r="J487" s="46"/>
       <c r="K487" s="46"/>
     </row>
-    <row r="488" spans="1:11" ht="12" x14ac:dyDescent="0.25">
-[...1674 lines deleted...]
-      <c r="A570" s="94" t="s">
+    <row r="488" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="94" t="s">
         <v>117</v>
       </c>
-      <c r="C570" s="46"/>
-[...10 lines deleted...]
-      <c r="A571" s="121" t="s">
+      <c r="C488" s="46"/>
+      <c r="D488" s="46"/>
+      <c r="E488" s="46"/>
+      <c r="F488" s="46"/>
+      <c r="G488" s="46"/>
+      <c r="H488" s="46"/>
+      <c r="I488" s="46"/>
+      <c r="J488" s="46"/>
+      <c r="K488" s="46"/>
+    </row>
+    <row r="489" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="121" t="s">
         <v>118</v>
       </c>
-      <c r="C571" s="46"/>
-[...10 lines deleted...]
-      <c r="A572" s="93"/>
+      <c r="C489" s="46"/>
+      <c r="D489" s="46"/>
+      <c r="E489" s="46"/>
+      <c r="F489" s="46"/>
+      <c r="G489" s="46"/>
+      <c r="H489" s="46"/>
+      <c r="I489" s="46"/>
+      <c r="J489" s="46"/>
+      <c r="K489" s="46"/>
+    </row>
+    <row r="490" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A490" s="93"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A413:K424">
-[...2 lines deleted...]
-    <sortCondition ref="A413:A424"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A331:K342">
+    <sortCondition descending="1" ref="H331:H342"/>
+    <sortCondition descending="1" ref="F331:F342"/>
+    <sortCondition ref="A331:A342"/>
   </sortState>
-  <mergeCells count="52">
+  <mergeCells count="64">
+    <mergeCell ref="D168:D171"/>
+    <mergeCell ref="E168:E171"/>
+    <mergeCell ref="F168:F171"/>
+    <mergeCell ref="D172:D173"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="E188:E191"/>
+    <mergeCell ref="F188:F191"/>
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="A372:C373"/>
+    <mergeCell ref="A374:C375"/>
+    <mergeCell ref="A297:K297"/>
+    <mergeCell ref="A465:K465"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A368:K368"/>
+    <mergeCell ref="A367:K367"/>
+    <mergeCell ref="A325:K325"/>
+    <mergeCell ref="A346:J346"/>
+    <mergeCell ref="A251:C252"/>
+    <mergeCell ref="A253:C254"/>
+    <mergeCell ref="A447:K447"/>
+    <mergeCell ref="A432:K432"/>
+    <mergeCell ref="A414:K414"/>
+    <mergeCell ref="A403:K403"/>
+    <mergeCell ref="A277:K277"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A50:K50"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="A40:D40"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="A46:C48"/>
+    <mergeCell ref="A52:K52"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="F77:K77"/>
+    <mergeCell ref="G49:K49"/>
+    <mergeCell ref="F64:K64"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="C168:C171"/>
     <mergeCell ref="J68:K68"/>
     <mergeCell ref="A21:C22"/>
     <mergeCell ref="E30:F30"/>
     <mergeCell ref="A29:D30"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="A23:C24"/>
-    <mergeCell ref="A359:K359"/>
-[...41 lines deleted...]
-    <mergeCell ref="A329:K329"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="B537:G537 I537:K537 B540:K540 B554:G554 I554:K554 B557:K557">
-    <cfRule type="cellIs" dxfId="69" priority="115" operator="lessThan">
+  <conditionalFormatting sqref="B455:G455 I455:K455 B458:K458 B472:G472 I472:K472 B475:K475">
+    <cfRule type="cellIs" dxfId="70" priority="115" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B519:H519 B501:H501 B502:F502 B503:H504 B505:F506 G506:H506 B507:H507 B520:F520 B521:H521 B536:F536 I536:J536 B539:F539 I539:J539 B553:F553 I553:J553 B556:F556 I556:J556">
-    <cfRule type="cellIs" dxfId="68" priority="85" operator="lessThan">
+  <conditionalFormatting sqref="B437:H437 B419:H419 B420:F420 B421:H422 B423:F424 G424:H424 B425:H425 B438:F438 B439:H439 B454:F454 I454:J454 B457:F457 I457:J457 B471:F471 I471:J471 B474:F474 I474:J474">
+    <cfRule type="cellIs" dxfId="69" priority="85" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B440:J441 B442:K442">
-    <cfRule type="cellIs" dxfId="67" priority="16" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B358:J359 B360:K360">
+    <cfRule type="cellIs" dxfId="68" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="66" priority="431" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B393:K397">
+    <cfRule type="cellIs" dxfId="67" priority="59" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B464:K466">
-    <cfRule type="cellIs" dxfId="65" priority="35" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B394:K394 B396:K396 B421:K421 B424:K424 B439:K439">
+    <cfRule type="cellIs" dxfId="66" priority="116" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B408:K410">
+    <cfRule type="cellIs" dxfId="65" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B475:K479">
-    <cfRule type="cellIs" dxfId="64" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="B419:K425">
+    <cfRule type="cellIs" dxfId="64" priority="58" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B476:K476 B478:K478 B503:K503 B506:K506 B521:K521">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="62" priority="33" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B437:K440">
+    <cfRule type="cellIs" dxfId="63" priority="26" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B501:K507">
-    <cfRule type="cellIs" dxfId="61" priority="58" operator="lessThan">
+  <conditionalFormatting sqref="E8:K10">
+    <cfRule type="cellIs" dxfId="62" priority="431" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B519:K522">
-    <cfRule type="cellIs" dxfId="60" priority="26" operator="lessThan">
+  <conditionalFormatting sqref="B382:K384">
+    <cfRule type="cellIs" dxfId="61" priority="35" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D250:K255 D270:K275">
-    <cfRule type="cellIs" dxfId="59" priority="400" operator="lessThan">
+  <conditionalFormatting sqref="G168:K173 G188:K193">
+    <cfRule type="cellIs" dxfId="60" priority="400" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="58" priority="282" operator="lessThan">
+    <cfRule type="cellIs" dxfId="59" priority="282" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E22:K22 E24:K24">
-    <cfRule type="cellIs" dxfId="57" priority="121" operator="lessThan">
+  <conditionalFormatting sqref="G22:K22 G24:K24">
+    <cfRule type="cellIs" dxfId="58" priority="121" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E334:K334 E336:K336">
-    <cfRule type="cellIs" dxfId="56" priority="46" operator="lessThan">
+  <conditionalFormatting sqref="E252:K252 E254:K254">
+    <cfRule type="cellIs" dxfId="57" priority="46" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E455:K455 E457:K457">
-    <cfRule type="cellIs" dxfId="55" priority="45" operator="lessThan">
+  <conditionalFormatting sqref="E373:K373 E375:K375">
+    <cfRule type="cellIs" dxfId="56" priority="45" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="54" priority="513" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G37:K40">
+    <cfRule type="cellIs" dxfId="55" priority="513" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G320:H321">
-    <cfRule type="cellIs" dxfId="53" priority="5" operator="lessThan">
+  <conditionalFormatting sqref="G238:H239">
+    <cfRule type="cellIs" dxfId="54" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G440:H441">
-    <cfRule type="cellIs" dxfId="52" priority="9" operator="lessThan">
+  <conditionalFormatting sqref="G358:H359">
+    <cfRule type="cellIs" dxfId="53" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G475:H475">
-    <cfRule type="cellIs" dxfId="51" priority="407" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G393:H393">
+    <cfRule type="cellIs" dxfId="52" priority="407" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G477:H477">
-    <cfRule type="cellIs" dxfId="50" priority="406" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G395:H395">
+    <cfRule type="cellIs" dxfId="51" priority="406" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G501:H501 G504:H504 I502:J502 I505:J505">
-    <cfRule type="cellIs" dxfId="49" priority="89" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G419:H419 G422:H422 I420:J420 I423:J423">
+    <cfRule type="cellIs" dxfId="50" priority="89" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G535:H535">
-    <cfRule type="cellIs" dxfId="48" priority="15" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G453:H453">
+    <cfRule type="cellIs" dxfId="49" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G538:H538">
-    <cfRule type="cellIs" dxfId="47" priority="14" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G456:H456">
+    <cfRule type="cellIs" dxfId="48" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G552:H552">
-    <cfRule type="cellIs" dxfId="46" priority="13" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G470:H470">
+    <cfRule type="cellIs" dxfId="47" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G555:H555">
-    <cfRule type="cellIs" dxfId="45" priority="12" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G473:H473">
+    <cfRule type="cellIs" dxfId="46" priority="12" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="44" priority="56" operator="lessThan">
+    <cfRule type="cellIs" dxfId="45" priority="56" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="43" priority="119" operator="lessThan">
+    <cfRule type="cellIs" dxfId="44" priority="119" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H537">
-    <cfRule type="cellIs" dxfId="42" priority="10" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="H455">
+    <cfRule type="cellIs" dxfId="43" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H554">
-    <cfRule type="cellIs" dxfId="41" priority="11" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="H472">
+    <cfRule type="cellIs" dxfId="42" priority="11" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I476:J476">
-    <cfRule type="cellIs" dxfId="40" priority="337" operator="lessThan">
+  <conditionalFormatting sqref="I394:J394">
+    <cfRule type="cellIs" dxfId="41" priority="337" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I478:J479">
-    <cfRule type="cellIs" dxfId="39" priority="88" operator="lessThan">
+  <conditionalFormatting sqref="I396:J397">
+    <cfRule type="cellIs" dxfId="40" priority="88" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I502:J503">
-    <cfRule type="cellIs" dxfId="38" priority="83" operator="lessThan">
+  <conditionalFormatting sqref="I420:J421">
+    <cfRule type="cellIs" dxfId="39" priority="83" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I505:J507">
-    <cfRule type="cellIs" dxfId="37" priority="78" operator="lessThan">
+  <conditionalFormatting sqref="I423:J425">
+    <cfRule type="cellIs" dxfId="38" priority="78" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I520:J520 G519:H519">
-    <cfRule type="cellIs" dxfId="36" priority="31" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I438:J438 G437:H437">
+    <cfRule type="cellIs" dxfId="37" priority="31" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I520:J521">
-    <cfRule type="cellIs" dxfId="35" priority="30" operator="lessThan">
+  <conditionalFormatting sqref="I438:J439">
+    <cfRule type="cellIs" dxfId="36" priority="30" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I320:K321 B320:F321 B322:K322">
-    <cfRule type="cellIs" dxfId="34" priority="17" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="I392:K392">
+    <cfRule type="cellIs" dxfId="35" priority="339" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I474:K474">
-    <cfRule type="cellIs" dxfId="33" priority="339" operator="lessThan">
+  <conditionalFormatting sqref="I418:K418">
+    <cfRule type="cellIs" dxfId="34" priority="32" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I500:K500">
-    <cfRule type="cellIs" dxfId="32" priority="32" operator="lessThan">
+  <conditionalFormatting sqref="I436:K436">
+    <cfRule type="cellIs" dxfId="33" priority="25" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I518:K518">
-    <cfRule type="cellIs" dxfId="31" priority="25" operator="lessThan">
+  <conditionalFormatting sqref="I238:K239 B238:F239 B240:K240">
+    <cfRule type="cellIs" dxfId="32" priority="17" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J108:K125">
+    <cfRule type="cellIs" dxfId="31" priority="55" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J208:K212">
+    <cfRule type="cellIs" dxfId="30" priority="158" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J223:K227">
+    <cfRule type="cellIs" dxfId="29" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="30" priority="155" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="28" priority="155" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="29" priority="55" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="25" priority="148" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="28" priority="54" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="24" priority="52" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="27" priority="53" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J262:K274">
+    <cfRule type="cellIs" dxfId="21" priority="43" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J183:K192">
-    <cfRule type="cellIs" dxfId="26" priority="148" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J282:K294">
+    <cfRule type="cellIs" dxfId="20" priority="41" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J201:K210">
-    <cfRule type="cellIs" dxfId="25" priority="52" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J310:K322">
+    <cfRule type="cellIs" dxfId="19" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J217:K226">
-    <cfRule type="cellIs" dxfId="24" priority="51" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J331:K343">
+    <cfRule type="cellIs" dxfId="18" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J233:K242">
-    <cfRule type="cellIs" dxfId="23" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K238:K239">
+    <cfRule type="cellIs" dxfId="17" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J290:K294">
-    <cfRule type="cellIs" dxfId="22" priority="158" operator="lessThan">
+  <conditionalFormatting sqref="K358:K359">
+    <cfRule type="cellIs" dxfId="16" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J305:K309">
-    <cfRule type="cellIs" dxfId="21" priority="49" operator="lessThan">
+  <conditionalFormatting sqref="K393">
+    <cfRule type="cellIs" dxfId="15" priority="332" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J344:K356">
-    <cfRule type="cellIs" dxfId="20" priority="43" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K395">
+    <cfRule type="cellIs" dxfId="14" priority="331" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J364:K376">
-    <cfRule type="cellIs" dxfId="19" priority="41" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K419">
+    <cfRule type="cellIs" dxfId="13" priority="79" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="12" priority="81" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J392:K404">
-    <cfRule type="cellIs" dxfId="18" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K421:K422">
+    <cfRule type="cellIs" dxfId="11" priority="68" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J413:K425">
-    <cfRule type="cellIs" dxfId="17" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K422">
+    <cfRule type="cellIs" dxfId="10" priority="80" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K320:K321">
-    <cfRule type="cellIs" dxfId="16" priority="3" operator="lessThan">
+  <conditionalFormatting sqref="K424:K425">
+    <cfRule type="cellIs" dxfId="9" priority="67" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K440:K441">
-    <cfRule type="cellIs" dxfId="15" priority="6" operator="lessThan">
+  <conditionalFormatting sqref="K437">
+    <cfRule type="cellIs" dxfId="8" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="14" priority="7" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="29" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K475">
-    <cfRule type="cellIs" dxfId="13" priority="332" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K439">
+    <cfRule type="cellIs" dxfId="6" priority="27" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K477">
-    <cfRule type="cellIs" dxfId="12" priority="331" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K453:K454">
+    <cfRule type="cellIs" dxfId="5" priority="425" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K501">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="10" priority="79" operator="lessThan">
+  <conditionalFormatting sqref="K456:K457">
+    <cfRule type="cellIs" dxfId="4" priority="143" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K503:K504">
-    <cfRule type="cellIs" dxfId="9" priority="68" operator="lessThan">
+  <conditionalFormatting sqref="K470:K471">
+    <cfRule type="cellIs" dxfId="3" priority="23" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K504">
-    <cfRule type="cellIs" dxfId="8" priority="80" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K473:K474">
+    <cfRule type="cellIs" dxfId="2" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K506:K507">
-[...33 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K358:K359">
+    <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A571" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
+    <hyperlink ref="A489" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="5" manualBreakCount="5">
+  <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
-    <brk id="153" max="16383" man="1"/>
-[...2 lines deleted...]
-    <brk id="530" max="16383" man="1"/>
+    <brk id="147" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
+    <brk id="448" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>