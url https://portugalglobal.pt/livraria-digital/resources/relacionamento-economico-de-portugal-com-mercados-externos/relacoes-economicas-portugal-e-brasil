--- v1 (2026-02-14)
+++ v2 (2026-03-16)
@@ -1,93 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Brasil\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{56319523-8052-4A0A-A6AC-0F234E643FE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02141887-CE99-4B63-BC34-61742871EAD2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Brasil" sheetId="45" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Brasil!$A$1:$K$489</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Brasil!$A$1:$K$427</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Brasil!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -112,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="613" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="507" uniqueCount="204">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
@@ -442,53 +441,50 @@
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Notas: vh M€ - variação homóloga em valor; média anual M€ - valor médio anual de ID</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
-  </si>
-[...1 lines deleted...]
-    <t>2020 dez</t>
   </si>
   <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Final / Imediato %</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
@@ -566,74 +562,62 @@
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/set</t>
-[...16 lines deleted...]
-  <si>
     <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
     <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
+    <t>2025 dez</t>
+  </si>
+  <si>
+    <t>Nota: Posição entre 15 países</t>
+  </si>
+  <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM O BRASIL</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com o Brasil</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>tvma % 25/21</t>
   </si>
   <si>
     <t>Posição e Quota do Brasil no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Brasil como cliente de Portugal</t>
   </si>
   <si>
     <t>Brasil como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens do Brasil</t>
   </si>
   <si>
     <t>Portugal como cliente do Brasil</t>
@@ -758,117 +742,96 @@
   <si>
     <t>1005 Milho</t>
   </si>
   <si>
     <t>0804 Tâmaras, figos, ananases ou abacaxis, abacates, goiabas, mangas e mangostões, frescos ou secos</t>
   </si>
   <si>
     <t>3806 Colofónias e ácidos resínicos, e seus derivados; essência de colofónia e óleos de colofónia;...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para o Brasil por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados do Brasil por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para o Brasil por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens do Brasil por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com o Brasil</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>Posição e Quota do Brasil no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
-[...1 lines deleted...]
-  <si>
     <t>Exportações de Portugal para o Brasil por Tipo de Serviço</t>
   </si>
   <si>
-    <t>% Tot 20</t>
-[...4 lines deleted...]
-  <si>
     <t>Importações de Portugal Provenientes do Brasil por Tipo de Serviço</t>
   </si>
   <si>
-    <t>Ind</t>
-[...1 lines deleted...]
-  <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com o Brasil</t>
   </si>
   <si>
-    <t>Quota do Brasil no Comércio Internacional Português de Bens e Serviços</t>
+    <t>Posição e Quota do Brasil no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Brasil - Princípio Ativo/Passivo</t>
   </si>
   <si>
-    <t>vh M€ 24/23</t>
-[...2 lines deleted...]
-    <t>média anual M€ 24/20</t>
+    <t>média anual M€ 25/21</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Brasil - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e o Brasil - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e o Brasil - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto do Brasil em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
-    <t>tvma % 24/21</t>
+    <t>tvma % 25/22</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com o Brasil</t>
   </si>
   <si>
-    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicadores de Turismo do Brasil em Portugal</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/nov e 2025 jan/nov entre 15 países</t>
+    <t>Nota: Posição de 2021 a 2025 entre 62 países</t>
+  </si>
+  <si>
+    <t>Posição de 2021 a 2024 entre 62 países</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -1156,51 +1119,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="145">
+  <cellXfs count="140">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1488,77 +1451,68 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1578,189 +1532,63 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="71">
-[...119 lines deleted...]
-    </dxf>
+  <dxfs count="39">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1829,207 +1657,167 @@
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <font>
-[...43 lines deleted...]
-    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...3 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>514350</xdr:colOff>
-      <xdr:row>486</xdr:row>
+      <xdr:row>424</xdr:row>
       <xdr:rowOff>14721</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>505690</xdr:colOff>
-      <xdr:row>488</xdr:row>
+      <xdr:row>426</xdr:row>
       <xdr:rowOff>44162</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2387719-2BA3-4713-B408-41F2D1B1FC68}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2050,54 +1838,50 @@
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
-</file>
-[...2 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/richData/rdRichValueTypes.xml><?xml version="1.0" encoding="utf-8"?>
 <rvTypesInfo xmlns="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x">
   <global>
     <keyFlags>
       <key name="_Self">
         <flag name="ExcludeFromFile" value="1"/>
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_DisplayString">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Flags">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_Format">
         <flag name="ExcludeFromCalcComparison" value="1"/>
       </key>
       <key name="_SubLabel">
         <flag name="ExcludeFromCalcComparison" value="1"/>
@@ -2421,10304 +2205,8610 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet19">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K490"/>
+  <dimension ref="A2:K428"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A485" sqref="A485"/>
+      <selection activeCell="A423" sqref="A423"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="95" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
     </row>
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
-      <c r="B7" s="11"/>
-[...1 lines deleted...]
-      <c r="D7" s="11"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
       <c r="E7" s="12">
         <v>2021</v>
       </c>
       <c r="F7" s="12">
         <v>2022</v>
       </c>
       <c r="G7" s="12">
         <v>2023</v>
       </c>
       <c r="H7" s="12">
         <v>2024</v>
       </c>
       <c r="I7" s="12">
         <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="15"/>
-[...1 lines deleted...]
-      <c r="D8" s="15"/>
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="16"/>
       <c r="E8" s="16">
         <v>707.071371</v>
       </c>
       <c r="F8" s="16">
         <v>919.2409889999999</v>
       </c>
       <c r="G8" s="16">
         <v>1041.3608320000001</v>
       </c>
       <c r="H8" s="16">
         <v>1138.963745</v>
       </c>
       <c r="I8" s="16">
         <v>1062.193266</v>
       </c>
       <c r="J8" s="16">
         <v>-6.7403795192796085</v>
       </c>
       <c r="K8" s="16">
         <v>10.709546723203211</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="15"/>
-[...1 lines deleted...]
-      <c r="D9" s="15"/>
+      <c r="B9" s="16"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>2548.8315639999996</v>
       </c>
       <c r="F9" s="16">
         <v>4566.9386979999999</v>
       </c>
       <c r="G9" s="16">
         <v>3668.5602050000002</v>
       </c>
       <c r="H9" s="16">
         <v>3729.2768719999999</v>
       </c>
       <c r="I9" s="16">
         <v>2690.2007599999997</v>
       </c>
       <c r="J9" s="16">
         <v>-27.862670101046877</v>
       </c>
       <c r="K9" s="16">
         <v>1.3586665859442126</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="15"/>
-[...1 lines deleted...]
-      <c r="D10" s="15"/>
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>-1841.7601929999996</v>
       </c>
       <c r="F10" s="16">
         <v>-3647.697709</v>
       </c>
       <c r="G10" s="16">
         <v>-2627.1993730000004</v>
       </c>
       <c r="H10" s="16">
         <v>-2590.3131269999999</v>
       </c>
       <c r="I10" s="16">
         <v>-1628.0074939999997</v>
       </c>
       <c r="J10" s="16" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="1"/>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="17">
         <v>27.741000267995741</v>
       </c>
       <c r="F11" s="17">
         <v>20.128165709834541</v>
       </c>
       <c r="G11" s="17">
         <v>28.386090831511922</v>
       </c>
       <c r="H11" s="17">
         <v>30.54114199864107</v>
       </c>
       <c r="I11" s="17">
         <v>39.483791759838773</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="I12" s="8"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="I13" s="8"/>
-[...3 lines deleted...]
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="24"/>
-      <c r="E20" s="24"/>
-      <c r="F20" s="24"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
       <c r="G20" s="12">
         <v>2021</v>
       </c>
       <c r="H20" s="12">
         <v>2022</v>
       </c>
       <c r="I20" s="12">
         <v>2023</v>
       </c>
       <c r="J20" s="12">
         <v>2024</v>
       </c>
       <c r="K20" s="12">
         <v>2025</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C21" s="124"/>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="121" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" s="121"/>
+      <c r="C21" s="121"/>
       <c r="D21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="2"/>
-      <c r="F21" s="2"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
       <c r="G21" s="27">
         <v>13</v>
       </c>
       <c r="H21" s="27">
         <v>12</v>
       </c>
       <c r="I21" s="27">
         <v>12</v>
       </c>
       <c r="J21" s="27">
         <v>11</v>
       </c>
       <c r="K21" s="27">
         <v>12</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C22" s="124"/>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="121"/>
+      <c r="B22" s="121"/>
+      <c r="C22" s="121"/>
       <c r="D22" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E22" s="2"/>
-      <c r="F22" s="2"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
       <c r="G22" s="28">
         <v>1.1114237052793974</v>
       </c>
       <c r="H22" s="28">
         <v>1.1724603095496131</v>
       </c>
       <c r="I22" s="28">
         <v>1.3464683978462098</v>
       </c>
       <c r="J22" s="28">
         <v>1.443643770011463</v>
       </c>
       <c r="K22" s="28">
         <v>1.3392587084011964</v>
       </c>
     </row>
-    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C23" s="127"/>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="124" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" s="124"/>
+      <c r="C23" s="124"/>
       <c r="D23" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="29"/>
-      <c r="F23" s="29"/>
+      <c r="E23" s="30"/>
+      <c r="F23" s="30"/>
       <c r="G23" s="30">
         <v>8</v>
       </c>
       <c r="H23" s="30">
         <v>7</v>
       </c>
       <c r="I23" s="30">
         <v>7</v>
       </c>
       <c r="J23" s="30">
         <v>7</v>
       </c>
       <c r="K23" s="30">
         <v>9</v>
       </c>
     </row>
-    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C24" s="128"/>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="125"/>
+      <c r="B24" s="125"/>
+      <c r="C24" s="125"/>
       <c r="D24" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E24" s="31"/>
-      <c r="F24" s="31"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="32"/>
       <c r="G24" s="32">
         <v>3.0654996109602326</v>
       </c>
       <c r="H24" s="32">
         <v>4.1683767933161295</v>
       </c>
       <c r="I24" s="32">
         <v>3.4889355195313803</v>
       </c>
       <c r="J24" s="32">
         <v>3.4773936104039871</v>
       </c>
       <c r="K24" s="32">
         <v>2.4146426790560378</v>
       </c>
     </row>
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="24"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
-      <c r="G28" s="144">
-[...2 lines deleted...]
-      <c r="H28" s="144">
+      <c r="G28" s="12">
         <v>2021</v>
       </c>
-      <c r="I28" s="144">
+      <c r="H28" s="12">
         <v>2022</v>
       </c>
-      <c r="J28" s="144">
+      <c r="I28" s="12">
         <v>2023</v>
       </c>
-      <c r="K28" s="144">
+      <c r="J28" s="12">
         <v>2024</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="E29" s="125" t="s">
+      <c r="K28" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="121" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="121"/>
+      <c r="C29" s="121"/>
+      <c r="D29" s="121"/>
+      <c r="E29" s="122" t="s">
         <v>23</v>
       </c>
-      <c r="F29" s="125"/>
+      <c r="F29" s="122"/>
       <c r="G29" s="27">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H29" s="27">
+        <v>18</v>
+      </c>
+      <c r="I29" s="27">
+        <v>19</v>
+      </c>
+      <c r="J29" s="27">
         <v>23</v>
       </c>
-      <c r="I29" s="27">
-[...4 lines deleted...]
-      </c>
       <c r="K29" s="27">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="121"/>
+      <c r="B30" s="121"/>
+      <c r="C30" s="121"/>
+      <c r="D30" s="121"/>
+      <c r="E30" s="122" t="s">
+        <v>141</v>
+      </c>
+      <c r="F30" s="122"/>
+      <c r="G30" s="28">
+        <v>0.93821625221400096</v>
+      </c>
+      <c r="H30" s="28">
+        <v>1.2779470346262045</v>
+      </c>
+      <c r="I30" s="28">
+        <v>1.0939241438764356</v>
+      </c>
+      <c r="J30" s="28">
+        <v>1.0345069587233573</v>
+      </c>
+      <c r="K30" s="28">
+        <v>0.94666318944151817</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="124" t="s">
+        <v>142</v>
+      </c>
+      <c r="B31" s="124"/>
+      <c r="C31" s="124"/>
+      <c r="D31" s="124"/>
+      <c r="E31" s="126" t="s">
         <v>23</v>
       </c>
-    </row>
-[...35 lines deleted...]
-      <c r="F31" s="129"/>
+      <c r="F31" s="126"/>
       <c r="G31" s="30">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="H31" s="30">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="I31" s="30">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="J31" s="30">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="K31" s="30">
-        <v>38</v>
-[...10 lines deleted...]
-      <c r="F32" s="126"/>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="125"/>
+      <c r="B32" s="125"/>
+      <c r="C32" s="125"/>
+      <c r="D32" s="125"/>
+      <c r="E32" s="123" t="s">
+        <v>143</v>
+      </c>
+      <c r="F32" s="123"/>
       <c r="G32" s="32">
-        <v>0.5074785014436809</v>
+        <v>0.3907668856761039</v>
       </c>
       <c r="H32" s="32">
-        <v>0.3907668856761039</v>
+        <v>0.36302959481731789</v>
       </c>
       <c r="I32" s="32">
-        <v>0.36302959481731789</v>
+        <v>0.44138023556423123</v>
       </c>
       <c r="J32" s="32">
-        <v>0.44138023556423123</v>
+        <v>0.48137516514556655</v>
       </c>
       <c r="K32" s="32">
-        <v>0.48137516514556655</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.44573136345308934</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="F36" s="39"/>
+      <c r="F36" s="13"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13">
         <v>2025</v>
       </c>
     </row>
-    <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D37" s="124"/>
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="121" t="s">
+        <v>146</v>
+      </c>
+      <c r="B37" s="121"/>
+      <c r="C37" s="121"/>
+      <c r="D37" s="121"/>
       <c r="E37" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="F37" s="26"/>
+      <c r="F37" s="40"/>
       <c r="G37" s="40">
         <v>-3.7551363704939909E-2</v>
       </c>
       <c r="H37" s="40">
         <v>0.333502886210442</v>
       </c>
       <c r="I37" s="40">
         <v>0.15575966546236145</v>
       </c>
       <c r="J37" s="40">
         <v>0.12619952071736174</v>
       </c>
       <c r="K37" s="40">
         <v>-9.7307069005208691E-2</v>
       </c>
     </row>
-    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="131" t="s">
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="128" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="131"/>
-[...1 lines deleted...]
-      <c r="D38" s="131"/>
+      <c r="B38" s="128"/>
+      <c r="C38" s="128"/>
+      <c r="D38" s="128"/>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="41"/>
+      <c r="F38" s="42"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
         <v>0.5285007714086577</v>
       </c>
     </row>
-    <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D39" s="127"/>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="124" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" s="124"/>
+      <c r="C39" s="124"/>
+      <c r="D39" s="124"/>
       <c r="E39" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="43"/>
+      <c r="F39" s="44"/>
       <c r="G39" s="44">
         <v>1.3901130024908317</v>
       </c>
       <c r="H39" s="44">
         <v>2.4271931976722296</v>
       </c>
       <c r="I39" s="44">
         <v>-0.81997598598717081</v>
       </c>
       <c r="J39" s="44">
         <v>5.7743780744047637E-2</v>
       </c>
       <c r="K39" s="44">
         <v>-0.9688947097817463</v>
       </c>
     </row>
-    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="132" t="s">
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="129" t="s">
         <v>36</v>
       </c>
-      <c r="B40" s="132"/>
-[...1 lines deleted...]
-      <c r="D40" s="132"/>
+      <c r="B40" s="129"/>
+      <c r="C40" s="129"/>
+      <c r="D40" s="129"/>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="45"/>
+      <c r="F40" s="17"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
         <v>3.886961096989102</v>
       </c>
     </row>
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
-      <c r="K41" s="37"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23"/>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C46" s="133"/>
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="130" t="s">
+        <v>148</v>
+      </c>
+      <c r="B46" s="130"/>
+      <c r="C46" s="130"/>
       <c r="D46" s="47" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>1520</v>
       </c>
       <c r="H46" s="48">
         <v>1518</v>
       </c>
       <c r="I46" s="48">
         <v>1573</v>
       </c>
       <c r="J46" s="48">
         <v>1669</v>
       </c>
       <c r="K46" s="48">
         <v>1663</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C47" s="124"/>
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="121"/>
+      <c r="B47" s="121"/>
+      <c r="C47" s="121"/>
       <c r="D47" s="50" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>7.3401583928916363</v>
       </c>
       <c r="H47" s="51">
         <v>6.7400763697717787</v>
       </c>
       <c r="I47" s="51">
         <v>6.8570183086312113</v>
       </c>
       <c r="J47" s="51">
         <v>7.3921516520506687</v>
       </c>
       <c r="K47" s="51">
         <v>7.8550847857918855</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C48" s="128"/>
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="125"/>
+      <c r="B48" s="125"/>
+      <c r="C48" s="125"/>
       <c r="D48" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>16</v>
       </c>
       <c r="H48" s="52">
         <v>16</v>
       </c>
       <c r="I48" s="52">
         <v>16</v>
       </c>
       <c r="J48" s="52">
         <v>15</v>
       </c>
       <c r="K48" s="52">
         <v>13</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="136" t="s">
-[...8 lines deleted...]
-      <c r="A50" s="130" t="s">
+      <c r="G49" s="133" t="s">
+        <v>149</v>
+      </c>
+      <c r="H49" s="133"/>
+      <c r="I49" s="133"/>
+      <c r="J49" s="133"/>
+      <c r="K49" s="133"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="127" t="s">
         <v>48</v>
       </c>
-      <c r="B50" s="130"/>
-[...10 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="127"/>
+      <c r="C50" s="127"/>
+      <c r="D50" s="127"/>
+      <c r="E50" s="127"/>
+      <c r="F50" s="127"/>
+      <c r="G50" s="127"/>
+      <c r="H50" s="127"/>
+      <c r="I50" s="127"/>
+      <c r="J50" s="127"/>
+      <c r="K50" s="127"/>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="127" t="s">
+        <v>149</v>
+      </c>
+      <c r="B52" s="127"/>
+      <c r="C52" s="127"/>
+      <c r="D52" s="127"/>
+      <c r="E52" s="127"/>
+      <c r="F52" s="127"/>
+      <c r="G52" s="127"/>
+      <c r="H52" s="127"/>
+      <c r="I52" s="127"/>
+      <c r="J52" s="127"/>
+      <c r="K52" s="127"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47"/>
       <c r="B56" s="47"/>
       <c r="C56" s="57"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
-      <c r="H56" s="123" t="s">
+      <c r="H56" s="120" t="s">
         <v>59</v>
       </c>
-      <c r="I56" s="123"/>
-      <c r="J56" s="123" t="s">
+      <c r="I56" s="120"/>
+      <c r="J56" s="120" t="s">
         <v>56</v>
       </c>
-      <c r="K56" s="123"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="120"/>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="58"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>1663</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>1138.963745</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
         <v>106</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>11</v>
       </c>
       <c r="I59" s="60">
         <v>0.66145520144317504</v>
       </c>
       <c r="J59" s="60">
         <v>675.77489300000002</v>
       </c>
       <c r="K59" s="60">
         <v>59.33243230670174</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>109</v>
       </c>
       <c r="I60" s="60">
         <v>6.5544197233914607</v>
       </c>
       <c r="J60" s="60">
         <v>297.094718</v>
       </c>
       <c r="K60" s="60">
         <v>26.084651008799231</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
         <v>108</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>1259</v>
       </c>
       <c r="I61" s="60">
         <v>75.706554419723389</v>
       </c>
       <c r="J61" s="60">
         <v>133.10044600000001</v>
       </c>
       <c r="K61" s="60">
         <v>11.68610033324634</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
         <v>109</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>284</v>
       </c>
       <c r="I62" s="60">
         <v>17.077570655441974</v>
       </c>
       <c r="J62" s="60">
         <v>8.8328000000000004E-2</v>
       </c>
       <c r="K62" s="60">
         <v>7.755119545091403E-3</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>61</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="66">
         <v>32.905359999999973</v>
       </c>
       <c r="K63" s="66">
         <v>2.8890612317075863</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="135" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F64" s="132" t="s">
+        <v>149</v>
+      </c>
+      <c r="G64" s="132"/>
+      <c r="H64" s="132"/>
+      <c r="I64" s="132"/>
+      <c r="J64" s="132"/>
+      <c r="K64" s="132"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47"/>
       <c r="B68" s="47"/>
       <c r="C68" s="57"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
-      <c r="H68" s="123" t="s">
+      <c r="H68" s="120" t="s">
         <v>59</v>
       </c>
-      <c r="I68" s="123"/>
-      <c r="J68" s="123" t="s">
+      <c r="I68" s="120"/>
+      <c r="J68" s="120" t="s">
         <v>56</v>
       </c>
-      <c r="K68" s="123"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="120"/>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="58"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>1663</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>1138.963745</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
         <v>100</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>1020</v>
       </c>
       <c r="I71" s="60">
         <v>61.334936861094405</v>
       </c>
       <c r="J71" s="60">
         <v>234.55926700000001</v>
       </c>
       <c r="K71" s="67">
         <v>20.594094239584422</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
         <v>101</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>144</v>
       </c>
       <c r="I72" s="67">
         <v>8.6590499098015634</v>
       </c>
       <c r="J72" s="60">
         <v>98.473433999999997</v>
       </c>
       <c r="K72" s="67">
         <v>8.6458795929452528</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
         <v>102</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>87</v>
       </c>
       <c r="I73" s="67">
         <v>5.2315093205051113</v>
       </c>
       <c r="J73" s="60">
         <v>248.57934700000001</v>
       </c>
       <c r="K73" s="67">
         <v>21.825044747144258</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
         <v>103</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>412</v>
       </c>
       <c r="I74" s="67">
         <v>24.77450390859892</v>
       </c>
       <c r="J74" s="60">
         <v>524.44633700000009</v>
       </c>
       <c r="K74" s="67">
         <v>46.045920188618474</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
         <v>104</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>283</v>
       </c>
       <c r="I75" s="71">
         <v>17.017438364401684</v>
       </c>
       <c r="J75" s="72">
         <v>42.980412999999999</v>
       </c>
       <c r="K75" s="71">
         <v>3.7736418905941558</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>61</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="78">
         <v>32.905359999999973</v>
       </c>
       <c r="K76" s="78">
         <v>2.8890612317075863</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="135" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F77" s="132" t="s">
+        <v>149</v>
+      </c>
+      <c r="G77" s="132"/>
+      <c r="H77" s="132"/>
+      <c r="I77" s="132"/>
+      <c r="J77" s="132"/>
+      <c r="K77" s="132"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23"/>
       <c r="B81" s="23"/>
       <c r="C81" s="23"/>
       <c r="D81" s="13">
         <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F81" s="13">
         <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="H81" s="13">
         <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>318.41017599999998</v>
       </c>
       <c r="E82" s="16">
         <v>45.032254035356779</v>
       </c>
       <c r="F82" s="16">
         <v>595.40086299999996</v>
       </c>
       <c r="G82" s="16">
         <v>52.275664226695817</v>
       </c>
       <c r="H82" s="16">
         <v>474.93295699999987</v>
       </c>
       <c r="I82" s="16">
         <v>44.712480506348825</v>
       </c>
       <c r="J82" s="16">
         <v>-20.233075476748191</v>
       </c>
       <c r="K82" s="16">
         <v>-120.46790600000008</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>77.646840999999995</v>
       </c>
       <c r="E83" s="16">
         <v>10.981471487126578</v>
       </c>
       <c r="F83" s="16">
         <v>185.73667599999999</v>
       </c>
       <c r="G83" s="16">
         <v>16.307514336200402</v>
       </c>
       <c r="H83" s="16">
         <v>222.20107600000003</v>
       </c>
       <c r="I83" s="16">
         <v>20.919081593951663</v>
       </c>
       <c r="J83" s="16">
         <v>19.632309991377277</v>
       </c>
       <c r="K83" s="16">
         <v>36.46440000000004</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>87.824414999999988</v>
       </c>
       <c r="E84" s="16">
         <v>12.420869886980615</v>
       </c>
       <c r="F84" s="16">
         <v>107.249752</v>
       </c>
       <c r="G84" s="16">
         <v>9.4164324782787538</v>
       </c>
       <c r="H84" s="16">
         <v>108.18637299999997</v>
       </c>
       <c r="I84" s="16">
         <v>10.185187240680547</v>
       </c>
       <c r="J84" s="16">
         <v>0.87330831310451318</v>
       </c>
       <c r="K84" s="16">
         <v>0.93662099999997395</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>57.020157999999995</v>
       </c>
       <c r="E85" s="16">
         <v>8.0642719163353025</v>
       </c>
       <c r="F85" s="16">
         <v>87.908083000000019</v>
       </c>
       <c r="G85" s="16">
         <v>7.7182512073727167</v>
       </c>
       <c r="H85" s="16">
         <v>86.107040999999981</v>
       </c>
       <c r="I85" s="16">
         <v>8.1065323756251324</v>
       </c>
       <c r="J85" s="16">
         <v>-2.0487786089022526</v>
       </c>
       <c r="K85" s="16">
         <v>-1.801042000000038</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
         <v>35.668094000000004</v>
       </c>
       <c r="E86" s="16">
         <v>5.0444828433026743</v>
       </c>
       <c r="F86" s="16">
         <v>37.568328000000001</v>
       </c>
       <c r="G86" s="16">
         <v>3.2984656592383454</v>
       </c>
       <c r="H86" s="16">
         <v>32.796788999999997</v>
       </c>
       <c r="I86" s="16">
         <v>3.0876479874049583</v>
       </c>
       <c r="J86" s="16">
         <v>-12.700961831466135</v>
       </c>
       <c r="K86" s="16">
         <v>-4.7715390000000042</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
         <v>19.982260999999998</v>
       </c>
       <c r="E87" s="16">
         <v>2.8260599735129137</v>
       </c>
       <c r="F87" s="16">
         <v>21.917559000000001</v>
       </c>
       <c r="G87" s="16">
         <v>1.9243421132777148</v>
       </c>
       <c r="H87" s="16">
         <v>29.565450999999996</v>
       </c>
       <c r="I87" s="16">
         <v>2.7834342342742735</v>
       </c>
       <c r="J87" s="16">
         <v>34.893904015497327</v>
       </c>
       <c r="K87" s="16">
         <v>7.6478919999999952</v>
       </c>
     </row>
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
         <v>29.299275000000002</v>
       </c>
       <c r="E88" s="16">
         <v>4.143750716220131</v>
       </c>
       <c r="F88" s="16">
         <v>26.906849000000001</v>
       </c>
       <c r="G88" s="16">
         <v>2.3623973210841758</v>
       </c>
       <c r="H88" s="16">
         <v>23.457980999999997</v>
       </c>
       <c r="I88" s="16">
         <v>2.2084475350081911</v>
       </c>
       <c r="J88" s="16">
         <v>-12.817807094394459</v>
       </c>
       <c r="K88" s="16">
         <v>-3.4488680000000045</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>14.221321</v>
       </c>
       <c r="E89" s="16">
         <v>2.0112992242759042</v>
       </c>
       <c r="F89" s="16">
         <v>1.7635999999999999E-2</v>
       </c>
       <c r="G89" s="16">
         <v>1.5484250554437095E-3</v>
       </c>
       <c r="H89" s="16">
         <v>16.092013000000001</v>
       </c>
       <c r="I89" s="16">
         <v>1.5149797607547628</v>
       </c>
       <c r="J89" s="16" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="K89" s="16">
         <v>16.074377000000002</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>16.535031999999998</v>
       </c>
       <c r="E90" s="16">
         <v>2.3385237584453122</v>
       </c>
       <c r="F90" s="16">
         <v>19.23226</v>
       </c>
       <c r="G90" s="16">
         <v>1.6885752583810296</v>
       </c>
       <c r="H90" s="16">
         <v>16.016700999999998</v>
       </c>
       <c r="I90" s="16">
         <v>1.5078895256336522</v>
       </c>
       <c r="J90" s="16">
         <v>-16.719610695778876</v>
       </c>
       <c r="K90" s="16">
         <v>-3.2155590000000025</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>26.317704000000003</v>
       </c>
       <c r="E91" s="16">
         <v>3.7220717850277669</v>
       </c>
       <c r="F91" s="16">
         <v>18.954622000000001</v>
       </c>
       <c r="G91" s="16">
         <v>1.6641988898426263</v>
       </c>
       <c r="H91" s="16">
         <v>14.565087999999998</v>
       </c>
       <c r="I91" s="16">
         <v>1.371227672610758</v>
       </c>
       <c r="J91" s="16">
         <v>-23.158119428601651</v>
       </c>
       <c r="K91" s="16">
         <v>-4.3895340000000029</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>7.4559610000000003</v>
       </c>
       <c r="E92" s="16">
         <v>1.0544849227108644</v>
       </c>
       <c r="F92" s="16">
         <v>10.221093999999997</v>
       </c>
       <c r="G92" s="16">
         <v>0.89740292830831037</v>
       </c>
       <c r="H92" s="16">
         <v>10.613895999999999</v>
       </c>
       <c r="I92" s="16">
         <v>0.99924339004423679</v>
       </c>
       <c r="J92" s="16">
         <v>3.8430524168939404</v>
       </c>
       <c r="K92" s="16">
         <v>0.39280200000000143</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>7.846235000000001</v>
       </c>
       <c r="E93" s="16">
         <v>1.1096807651684713</v>
       </c>
       <c r="F93" s="16">
         <v>9.6540219999999994</v>
       </c>
       <c r="G93" s="16">
         <v>0.84761451296239465</v>
       </c>
       <c r="H93" s="16">
         <v>10.589195</v>
       </c>
       <c r="I93" s="16">
         <v>0.99691791870200019</v>
       </c>
       <c r="J93" s="16">
         <v>9.6868745482452887</v>
       </c>
       <c r="K93" s="16">
         <v>0.9351730000000007</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
         <v>2.6408899999999997</v>
       </c>
       <c r="E94" s="16">
         <v>0.37349694929170024</v>
       </c>
       <c r="F94" s="16">
         <v>5.6688809999999998</v>
       </c>
       <c r="G94" s="16">
         <v>0.49772269090092947</v>
       </c>
       <c r="H94" s="16">
         <v>3.6717560000000002</v>
       </c>
       <c r="I94" s="16">
         <v>0.34567682902256325</v>
       </c>
       <c r="J94" s="16">
         <v>-35.229615862460328</v>
       </c>
       <c r="K94" s="16">
         <v>-1.9971249999999996</v>
       </c>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
         <v>0.854715</v>
       </c>
       <c r="E95" s="16">
         <v>0.12088100792303186</v>
       </c>
       <c r="F95" s="16">
         <v>2.5117910000000001</v>
       </c>
       <c r="G95" s="16">
         <v>0.22053300739612219</v>
       </c>
       <c r="H95" s="16">
         <v>3.0047789999999996</v>
       </c>
       <c r="I95" s="16">
         <v>0.28288439554087702</v>
       </c>
       <c r="J95" s="16">
         <v>19.626951446199129</v>
       </c>
       <c r="K95" s="16">
         <v>0.49298799999999954</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
         <v>0.16161599999999998</v>
       </c>
       <c r="E96" s="16">
         <v>2.2857098537511E-2</v>
       </c>
       <c r="F96" s="16">
         <v>0.63386600000000004</v>
       </c>
       <c r="G96" s="16">
         <v>5.5652868915507053E-2</v>
       </c>
       <c r="H96" s="16">
         <v>0.57886499999999985</v>
       </c>
       <c r="I96" s="16">
         <v>5.4497144590257639E-2</v>
       </c>
       <c r="J96" s="16">
         <v>-8.677070548033841</v>
       </c>
       <c r="K96" s="16">
         <v>-5.5001000000000189E-2</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>0.145563</v>
       </c>
       <c r="E97" s="16">
         <v>2.0586747812195043E-2</v>
       </c>
       <c r="F97" s="16">
         <v>0.32344400000000001</v>
       </c>
       <c r="G97" s="16">
         <v>2.839809444505189E-2</v>
       </c>
       <c r="H97" s="16">
         <v>0.23432300000000003</v>
       </c>
       <c r="I97" s="16">
         <v>2.2060298017366645E-2</v>
       </c>
       <c r="J97" s="16">
         <v>-27.553765103078113</v>
       </c>
       <c r="K97" s="16">
         <v>-8.9120999999999978E-2</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>5.0411139999999994</v>
       </c>
       <c r="E98" s="16">
         <v>0.71295688197224427</v>
       </c>
       <c r="F98" s="16">
         <v>9.0580189999999998</v>
       </c>
       <c r="G98" s="16">
         <v>0.79528598164465714</v>
       </c>
       <c r="H98" s="16">
         <v>9.5789820000000017</v>
       </c>
       <c r="I98" s="16">
         <v>0.90181159178992587</v>
       </c>
       <c r="J98" s="16">
         <v>5.7514010513778109</v>
       </c>
       <c r="K98" s="16">
         <v>0.52096300000000184</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="96"/>
       <c r="C99" s="97"/>
       <c r="D99" s="17">
         <v>707.071371</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
         <v>1138.963745</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
         <v>1062.193266</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
         <v>-6.7403795192796085</v>
       </c>
       <c r="K99" s="17">
         <v>-76.770479000000023</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23"/>
       <c r="B107" s="23"/>
       <c r="C107" s="23"/>
       <c r="D107" s="13">
         <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="F107" s="13">
         <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="H107" s="13">
         <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>1563.0266259999999</v>
       </c>
       <c r="E108" s="16">
         <v>61.323260747252739</v>
       </c>
       <c r="F108" s="16">
         <v>2529.8754610000001</v>
       </c>
       <c r="G108" s="16">
         <v>67.838231052103012</v>
       </c>
       <c r="H108" s="16">
         <v>1690.4188550000001</v>
       </c>
       <c r="I108" s="16">
         <v>62.836160041825295</v>
       </c>
       <c r="J108" s="16">
         <v>-33.181736371646629</v>
       </c>
       <c r="K108" s="16">
         <v>-839.45660599999997</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
         <v>514.32682199999999</v>
       </c>
       <c r="E109" s="16">
         <v>20.178925483520104</v>
       </c>
       <c r="F109" s="16">
         <v>479.32992300000001</v>
       </c>
       <c r="G109" s="16">
         <v>12.853159994606052</v>
       </c>
       <c r="H109" s="16">
         <v>410.35912099999996</v>
       </c>
       <c r="I109" s="16">
         <v>15.253847486088734</v>
       </c>
       <c r="J109" s="16">
         <v>-14.38900404304616</v>
       </c>
       <c r="K109" s="16">
         <v>-68.970802000000049</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>74.449371999999997</v>
       </c>
       <c r="E110" s="16">
         <v>2.9209216117507251</v>
       </c>
       <c r="F110" s="16">
         <v>173.33678599999996</v>
       </c>
       <c r="G110" s="16">
         <v>4.6479999192722836</v>
       </c>
       <c r="H110" s="16">
         <v>136.15556199999997</v>
       </c>
       <c r="I110" s="16">
         <v>5.0611673308723617</v>
       </c>
       <c r="J110" s="16">
         <v>-21.45027888079106</v>
       </c>
       <c r="K110" s="16">
         <v>-37.181223999999986</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>9.9275500000000001</v>
       </c>
       <c r="E111" s="16">
         <v>0.38949415646831659</v>
       </c>
       <c r="F111" s="16">
         <v>124.17669100000002</v>
       </c>
       <c r="G111" s="16">
         <v>3.3297793449539301</v>
       </c>
       <c r="H111" s="16">
         <v>121.13721499999998</v>
       </c>
       <c r="I111" s="16">
         <v>4.5029061325519804</v>
       </c>
       <c r="J111" s="16">
         <v>-2.4477025241396033</v>
       </c>
       <c r="K111" s="16">
         <v>-3.039476000000036</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>127.21838599999998</v>
       </c>
       <c r="E112" s="16">
         <v>4.9912433523206321</v>
       </c>
       <c r="F112" s="16">
         <v>139.89874300000002</v>
       </c>
       <c r="G112" s="16">
         <v>3.7513638113163945</v>
       </c>
       <c r="H112" s="16">
         <v>90.138987999999983</v>
       </c>
       <c r="I112" s="16">
         <v>3.3506416822215153</v>
       </c>
       <c r="J112" s="16">
         <v>-35.568407501702879</v>
       </c>
       <c r="K112" s="16">
         <v>-49.759755000000041</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
         <v>32.282913999999998</v>
       </c>
       <c r="E113" s="16">
         <v>1.2665769859400564</v>
       </c>
       <c r="F113" s="16">
         <v>39.229295000000008</v>
       </c>
       <c r="G113" s="16">
         <v>1.0519276617550108</v>
       </c>
       <c r="H113" s="16">
         <v>44.991944999999994</v>
       </c>
       <c r="I113" s="16">
         <v>1.6724381937948749</v>
       </c>
       <c r="J113" s="16">
         <v>14.689659857512058</v>
       </c>
       <c r="K113" s="16">
         <v>5.7626499999999865</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
         <v>34.071493000000011</v>
       </c>
       <c r="E114" s="16">
         <v>1.3367494926392876</v>
       </c>
       <c r="F114" s="16">
         <v>38.31231300000001</v>
       </c>
       <c r="G114" s="16">
         <v>1.0273389269553814</v>
       </c>
       <c r="H114" s="16">
         <v>36.588198000000006</v>
       </c>
       <c r="I114" s="16">
         <v>1.3600545559283841</v>
       </c>
       <c r="J114" s="16">
         <v>-4.5001589958820922</v>
       </c>
       <c r="K114" s="16">
         <v>-1.7241150000000047</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>111.93504899999999</v>
       </c>
       <c r="E115" s="16">
         <v>4.3916220507068395</v>
       </c>
       <c r="F115" s="16">
         <v>98.757457000000016</v>
       </c>
       <c r="G115" s="16">
         <v>2.6481663976597343</v>
       </c>
       <c r="H115" s="16">
         <v>35.387223000000006</v>
       </c>
       <c r="I115" s="16">
         <v>1.3154119769113444</v>
       </c>
       <c r="J115" s="16">
         <v>-64.167543317766885</v>
       </c>
       <c r="K115" s="16">
         <v>-63.370234000000011</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
         <v>15.092683000000001</v>
       </c>
       <c r="E116" s="16">
         <v>0.59214124672539581</v>
       </c>
       <c r="F116" s="16">
         <v>20.686664000000004</v>
       </c>
       <c r="G116" s="16">
         <v>0.55470979254232222</v>
       </c>
       <c r="H116" s="16">
         <v>34.972009000000007</v>
       </c>
       <c r="I116" s="16">
         <v>1.2999776641205028</v>
       </c>
       <c r="J116" s="16">
         <v>69.055817796431569</v>
       </c>
       <c r="K116" s="16">
         <v>14.285345000000003</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
         <v>14.701368999999996</v>
       </c>
       <c r="E117" s="16">
         <v>0.57678856491122765</v>
       </c>
       <c r="F117" s="16">
         <v>17.098576000000001</v>
       </c>
       <c r="G117" s="16">
         <v>0.45849575096927808</v>
       </c>
       <c r="H117" s="16">
         <v>20.221268999999999</v>
       </c>
       <c r="I117" s="16">
         <v>0.7516639390139791</v>
       </c>
       <c r="J117" s="16">
         <v>18.262883412045529</v>
       </c>
       <c r="K117" s="16">
         <v>3.1226929999999982</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>4.532629</v>
       </c>
       <c r="E118" s="16">
         <v>0.17783164113389802</v>
       </c>
       <c r="F118" s="16">
         <v>8.8408580000000008</v>
       </c>
       <c r="G118" s="16">
         <v>0.23706628130452206</v>
       </c>
       <c r="H118" s="16">
         <v>9.4524810000000006</v>
       </c>
       <c r="I118" s="16">
         <v>0.35136712250426999</v>
       </c>
       <c r="J118" s="16">
         <v>6.918140750592304</v>
       </c>
       <c r="K118" s="16">
         <v>0.61162299999999981</v>
       </c>
     </row>
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>10.007997000000001</v>
       </c>
       <c r="E119" s="16">
         <v>0.39265038699905253</v>
       </c>
       <c r="F119" s="16">
         <v>6.9877659999999997</v>
       </c>
       <c r="G119" s="16">
         <v>0.1873758972541098</v>
       </c>
       <c r="H119" s="16">
         <v>8.1521649999999983</v>
       </c>
       <c r="I119" s="16">
         <v>0.30303184510289111</v>
       </c>
       <c r="J119" s="16">
         <v>16.663394280804461</v>
       </c>
       <c r="K119" s="16">
         <v>1.1643989999999986</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
         <v>3.9917190000000002</v>
       </c>
       <c r="E120" s="16">
         <v>0.15660976018892397</v>
       </c>
       <c r="F120" s="16">
         <v>7.3238460000000014</v>
       </c>
       <c r="G120" s="16">
         <v>0.19638783204831461</v>
       </c>
       <c r="H120" s="16">
         <v>8.105087000000001</v>
       </c>
       <c r="I120" s="16">
         <v>0.30128186418325159</v>
       </c>
       <c r="J120" s="16">
         <v>10.667086664574862</v>
       </c>
       <c r="K120" s="16">
         <v>0.78124099999999963</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>6.3139310000000011</v>
       </c>
       <c r="E121" s="16">
         <v>0.24771864446355396</v>
       </c>
       <c r="F121" s="16">
         <v>5.6890139999999993</v>
       </c>
       <c r="G121" s="16">
         <v>0.15255005716293191</v>
       </c>
       <c r="H121" s="16">
         <v>6.0226959999999998</v>
       </c>
       <c r="I121" s="16">
         <v>0.22387533635222079</v>
       </c>
       <c r="J121" s="16">
         <v>5.8653749138251463</v>
       </c>
       <c r="K121" s="16">
         <v>0.33368200000000048</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>2.2389580000000002</v>
       </c>
       <c r="E122" s="16">
         <v>8.7842524850339637E-2</v>
       </c>
       <c r="F122" s="16">
         <v>4.2288959999999998</v>
       </c>
       <c r="G122" s="16">
         <v>0.11339721198367489</v>
       </c>
       <c r="H122" s="16">
         <v>5.6012520000000006</v>
       </c>
       <c r="I122" s="16">
         <v>0.20820944233173144</v>
       </c>
       <c r="J122" s="16">
         <v>32.451873964268707</v>
       </c>
       <c r="K122" s="16">
         <v>1.3723560000000008</v>
       </c>
     </row>
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
         <v>5.7067670000000001</v>
       </c>
       <c r="E123" s="16">
         <v>0.2238973763744555</v>
       </c>
       <c r="F123" s="16">
         <v>5.8499389999999991</v>
       </c>
       <c r="G123" s="16">
         <v>0.15686523690215295</v>
       </c>
       <c r="H123" s="16">
         <v>5.5539599999999991</v>
       </c>
       <c r="I123" s="16">
         <v>0.20645150661543935</v>
       </c>
       <c r="J123" s="16">
         <v>-5.0595228428877643</v>
       </c>
       <c r="K123" s="16">
         <v>-0.29597899999999999</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>19.007299</v>
       </c>
       <c r="E124" s="16">
         <v>0.74572597375445882</v>
       </c>
       <c r="F124" s="16">
         <v>29.654644000000001</v>
       </c>
       <c r="G124" s="16">
         <v>0.79518483121089112</v>
       </c>
       <c r="H124" s="16">
         <v>26.942734000000002</v>
       </c>
       <c r="I124" s="16">
         <v>1.0015138795812399</v>
       </c>
       <c r="J124" s="16">
         <v>-9.144975741404954</v>
       </c>
       <c r="K124" s="16">
         <v>-2.7119099999999996</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B125" s="96"/>
       <c r="C125" s="97"/>
       <c r="D125" s="17">
         <v>2548.8315639999996</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
         <v>3729.2768719999999</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
         <v>2690.2007599999997</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
         <v>-27.862670101046877</v>
       </c>
       <c r="K125" s="17">
         <v>-1039.0761120000002</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="46"/>
     </row>
-    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="2" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B131" s="37"/>
       <c r="C131" s="37"/>
       <c r="D131" s="37"/>
       <c r="E131" s="37"/>
       <c r="F131" s="37"/>
       <c r="G131" s="37"/>
       <c r="H131" s="37"/>
       <c r="I131" s="37"/>
       <c r="J131" s="37"/>
       <c r="K131" s="37"/>
     </row>
-    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="23"/>
       <c r="B132" s="23"/>
       <c r="C132" s="23"/>
       <c r="D132" s="23"/>
       <c r="E132" s="23"/>
       <c r="F132" s="23"/>
       <c r="G132" s="13">
         <v>2024</v>
       </c>
       <c r="H132" s="13">
         <v>2025</v>
       </c>
       <c r="I132" s="13" t="s">
+        <v>156</v>
+      </c>
+      <c r="J132" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K132" s="13" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="3" t="s">
         <v>161</v>
-      </c>
-[...9 lines deleted...]
-        <v>166</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="5"/>
       <c r="D133" s="37"/>
       <c r="E133" s="5"/>
       <c r="F133" s="5"/>
       <c r="G133" s="16">
         <v>440.91790900000001</v>
       </c>
       <c r="H133" s="16">
         <v>349.44617</v>
       </c>
       <c r="I133" s="16">
         <v>32.898548803264582</v>
       </c>
       <c r="J133" s="16">
         <v>-20.745752697470952</v>
       </c>
       <c r="K133" s="16">
         <v>-91.471739000000014</v>
       </c>
     </row>
-    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="5"/>
       <c r="D134" s="37"/>
       <c r="E134" s="5"/>
       <c r="F134" s="5"/>
       <c r="G134" s="16">
         <v>175.37604099999999</v>
       </c>
       <c r="H134" s="16">
         <v>207.21486400000001</v>
       </c>
       <c r="I134" s="16">
         <v>19.508207275718128</v>
       </c>
       <c r="J134" s="16">
         <v>18.15460242941624</v>
       </c>
       <c r="K134" s="16">
         <v>31.838823000000019</v>
       </c>
     </row>
-    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="5"/>
       <c r="D135" s="37"/>
       <c r="E135" s="5"/>
       <c r="F135" s="5"/>
       <c r="G135" s="16">
         <v>85.839110000000005</v>
       </c>
       <c r="H135" s="16">
         <v>87.234920000000002</v>
       </c>
       <c r="I135" s="16">
         <v>8.2127163476105114</v>
       </c>
       <c r="J135" s="16">
         <v>1.6260769712081093</v>
       </c>
       <c r="K135" s="16">
         <v>1.3958099999999973</v>
       </c>
     </row>
-    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="5"/>
       <c r="D136" s="37"/>
       <c r="E136" s="5"/>
       <c r="F136" s="5"/>
       <c r="G136" s="16">
         <v>52.509406999999996</v>
       </c>
       <c r="H136" s="16">
         <v>43.204543999999999</v>
       </c>
       <c r="I136" s="16">
         <v>4.0674842689126969</v>
       </c>
       <c r="J136" s="16">
         <v>-17.720373418042975</v>
       </c>
       <c r="K136" s="16">
         <v>-9.3048629999999974</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="5"/>
       <c r="D137" s="37"/>
       <c r="E137" s="5"/>
       <c r="F137" s="5"/>
       <c r="G137" s="16">
         <v>46.986637999999999</v>
       </c>
       <c r="H137" s="16">
         <v>39.329563999999998</v>
       </c>
       <c r="I137" s="16">
         <v>3.7026749518105113</v>
       </c>
       <c r="J137" s="16">
         <v>-16.296279806186607</v>
       </c>
       <c r="K137" s="16">
         <v>-7.6570740000000015</v>
       </c>
     </row>
-    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="5"/>
       <c r="D138" s="37"/>
       <c r="E138" s="5"/>
       <c r="F138" s="5"/>
       <c r="G138" s="16">
         <v>19.141151999999998</v>
       </c>
       <c r="H138" s="16">
         <v>16.465474999999998</v>
       </c>
       <c r="I138" s="16">
         <v>1.5501392756899663</v>
       </c>
       <c r="J138" s="16">
         <v>-13.978662308308301</v>
       </c>
       <c r="K138" s="16">
         <v>-2.6756770000000003</v>
       </c>
     </row>
-    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="5"/>
       <c r="D139" s="37"/>
       <c r="E139" s="5"/>
       <c r="F139" s="5"/>
       <c r="G139" s="16">
         <v>1.1977999999999999E-2</v>
       </c>
       <c r="H139" s="16">
         <v>16.060708000000002</v>
       </c>
       <c r="I139" s="16">
         <v>1.5120325569829023</v>
       </c>
       <c r="J139" s="16" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="K139" s="16">
         <v>16.048730000000003</v>
       </c>
     </row>
-    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="5"/>
       <c r="D140" s="37"/>
       <c r="E140" s="5"/>
       <c r="F140" s="5"/>
       <c r="G140" s="16">
         <v>5.8966659999999997</v>
       </c>
       <c r="H140" s="16">
         <v>12.285708000000001</v>
       </c>
       <c r="I140" s="16">
         <v>1.1566358395648124</v>
       </c>
       <c r="J140" s="16">
         <v>108.35007443189086</v>
       </c>
       <c r="K140" s="16">
         <v>6.3890420000000017</v>
       </c>
     </row>
-    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="5"/>
       <c r="D141" s="37"/>
       <c r="E141" s="5"/>
       <c r="F141" s="5"/>
       <c r="G141" s="16">
         <v>5.8525179999999999</v>
       </c>
       <c r="H141" s="16">
         <v>10.446657999999999</v>
       </c>
       <c r="I141" s="16">
         <v>0.98349879766607362</v>
       </c>
       <c r="J141" s="16">
         <v>78.498519782425262</v>
       </c>
       <c r="K141" s="16">
         <v>4.5941399999999994</v>
       </c>
     </row>
-    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="5"/>
       <c r="D142" s="37"/>
       <c r="E142" s="5"/>
       <c r="F142" s="5"/>
       <c r="G142" s="16">
         <v>7.3142879999999995</v>
       </c>
       <c r="H142" s="16">
         <v>8.9009719999999994</v>
       </c>
       <c r="I142" s="16">
         <v>0.83798045844512059</v>
       </c>
       <c r="J142" s="16">
         <v>21.692938533456712</v>
       </c>
       <c r="K142" s="16">
         <v>1.586684</v>
       </c>
     </row>
-    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="98" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B143" s="96"/>
       <c r="C143" s="96"/>
       <c r="D143" s="99"/>
       <c r="E143" s="99"/>
       <c r="F143" s="99"/>
       <c r="G143" s="17">
         <v>839.84570700000006</v>
       </c>
       <c r="H143" s="17">
         <v>790.58958299999995</v>
       </c>
       <c r="I143" s="17">
         <v>74.429918575665297</v>
       </c>
       <c r="J143" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K143" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="46"/>
     </row>
-    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="46"/>
     </row>
-    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="46"/>
     </row>
-    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="2" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B149" s="37"/>
       <c r="C149" s="37"/>
       <c r="D149" s="37"/>
       <c r="E149" s="37"/>
       <c r="F149" s="37"/>
       <c r="G149" s="37"/>
       <c r="H149" s="37"/>
       <c r="I149" s="37"/>
       <c r="J149" s="37"/>
       <c r="K149" s="37"/>
     </row>
-    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="23"/>
       <c r="B150" s="23"/>
       <c r="C150" s="23"/>
       <c r="D150" s="23"/>
       <c r="E150" s="23"/>
       <c r="F150" s="23"/>
       <c r="G150" s="13">
         <v>2024</v>
       </c>
       <c r="H150" s="13">
         <v>2025</v>
       </c>
       <c r="I150" s="13" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="J150" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K150" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B151" s="5"/>
       <c r="C151" s="5"/>
       <c r="D151" s="37"/>
       <c r="E151" s="5"/>
       <c r="F151" s="5"/>
       <c r="G151" s="16">
         <v>2529.8322410000001</v>
       </c>
       <c r="H151" s="16">
         <v>1690.134609</v>
       </c>
       <c r="I151" s="16">
         <v>62.825594064585729</v>
       </c>
       <c r="J151" s="16">
         <v>-33.191830604075221</v>
       </c>
       <c r="K151" s="16">
         <v>-839.69763200000011</v>
       </c>
     </row>
-    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B152" s="5"/>
       <c r="C152" s="5"/>
       <c r="D152" s="37"/>
       <c r="E152" s="5"/>
       <c r="F152" s="5"/>
       <c r="G152" s="16">
         <v>282.88437099999999</v>
       </c>
       <c r="H152" s="16">
         <v>188.32898</v>
       </c>
       <c r="I152" s="16">
         <v>7.0005548582180914</v>
       </c>
       <c r="J152" s="16">
         <v>-33.425456014323245</v>
       </c>
       <c r="K152" s="16">
         <v>-94.555390999999986</v>
       </c>
     </row>
-    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="B153" s="5"/>
       <c r="C153" s="5"/>
       <c r="D153" s="37"/>
       <c r="E153" s="5"/>
       <c r="F153" s="5"/>
       <c r="G153" s="16">
         <v>120.156808</v>
       </c>
       <c r="H153" s="16">
         <v>115.460116</v>
       </c>
       <c r="I153" s="16">
         <v>4.2918773095581164</v>
       </c>
       <c r="J153" s="16">
         <v>-3.9088022378224285</v>
       </c>
       <c r="K153" s="16">
         <v>-4.6966919999999988</v>
       </c>
     </row>
-    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B154" s="5"/>
       <c r="C154" s="5"/>
       <c r="D154" s="37"/>
       <c r="E154" s="5"/>
       <c r="F154" s="5"/>
       <c r="G154" s="16">
         <v>153.77351400000001</v>
       </c>
       <c r="H154" s="16">
         <v>102.662632</v>
       </c>
       <c r="I154" s="16">
         <v>3.816169912910143</v>
       </c>
       <c r="J154" s="16">
         <v>-33.237766810739593</v>
       </c>
       <c r="K154" s="16">
         <v>-51.110882000000004</v>
       </c>
     </row>
-    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B155" s="5"/>
       <c r="C155" s="5"/>
       <c r="D155" s="37"/>
       <c r="E155" s="5"/>
       <c r="F155" s="5"/>
       <c r="G155" s="16">
         <v>37.823934999999999</v>
       </c>
       <c r="H155" s="16">
         <v>50.229486999999999</v>
       </c>
       <c r="I155" s="16">
         <v>1.8671278272927112</v>
       </c>
       <c r="J155" s="16">
         <v>32.7981528098544</v>
       </c>
       <c r="K155" s="16">
         <v>12.405552</v>
       </c>
     </row>
-    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="B156" s="5"/>
       <c r="C156" s="5"/>
       <c r="D156" s="37"/>
       <c r="E156" s="5"/>
       <c r="F156" s="5"/>
       <c r="G156" s="16">
         <v>65.032878999999994</v>
       </c>
       <c r="H156" s="16">
         <v>41.997336000000004</v>
       </c>
       <c r="I156" s="16">
         <v>1.561122746839162</v>
       </c>
       <c r="J156" s="16">
         <v>-35.421379699336377</v>
       </c>
       <c r="K156" s="16">
         <v>-23.03554299999999</v>
       </c>
     </row>
-    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B157" s="5"/>
       <c r="C157" s="5"/>
       <c r="D157" s="37"/>
       <c r="E157" s="5"/>
       <c r="F157" s="5"/>
       <c r="G157" s="16">
         <v>30.906188999999998</v>
       </c>
       <c r="H157" s="16">
         <v>36.206724999999999</v>
       </c>
       <c r="I157" s="16">
         <v>1.3458744618003899</v>
       </c>
       <c r="J157" s="16">
         <v>17.150403111816864</v>
       </c>
       <c r="K157" s="16">
         <v>5.300536000000001</v>
       </c>
     </row>
-    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="5"/>
       <c r="D158" s="37"/>
       <c r="E158" s="5"/>
       <c r="F158" s="5"/>
       <c r="G158" s="16">
         <v>31.162006000000002</v>
       </c>
       <c r="H158" s="16">
         <v>33.870517999999997</v>
       </c>
       <c r="I158" s="16">
         <v>1.2590330990762191</v>
       </c>
       <c r="J158" s="16">
         <v>8.6917125938554634</v>
       </c>
       <c r="K158" s="16">
         <v>2.7085119999999954</v>
       </c>
     </row>
-    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="5"/>
       <c r="D159" s="37"/>
       <c r="E159" s="5"/>
       <c r="F159" s="5"/>
       <c r="G159" s="16">
         <v>29.651412000000001</v>
       </c>
       <c r="H159" s="16">
         <v>29.362756000000001</v>
       </c>
       <c r="I159" s="16">
         <v>1.0914708090410326</v>
       </c>
       <c r="J159" s="16">
         <v>-0.97349832783679768</v>
       </c>
       <c r="K159" s="16">
         <v>-0.28865599999999958</v>
       </c>
     </row>
-    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="5"/>
       <c r="D160" s="37"/>
       <c r="E160" s="5"/>
       <c r="F160" s="5"/>
       <c r="G160" s="16">
         <v>23.845756000000002</v>
       </c>
       <c r="H160" s="16">
         <v>22.471657</v>
       </c>
       <c r="I160" s="16">
         <v>0.83531524242079247</v>
       </c>
       <c r="J160" s="16">
         <v>-5.7624467850799155</v>
       </c>
       <c r="K160" s="16">
         <v>-1.3740990000000011</v>
       </c>
     </row>
-    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="98" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B161" s="96"/>
       <c r="C161" s="96"/>
       <c r="D161" s="99"/>
       <c r="E161" s="99"/>
       <c r="F161" s="99"/>
       <c r="G161" s="17">
         <v>3305.0691110000002</v>
       </c>
       <c r="H161" s="17">
         <v>2310.7248159999999</v>
       </c>
       <c r="I161" s="17">
         <v>85.894140331742392</v>
       </c>
       <c r="J161" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K161" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="46"/>
     </row>
-    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="46"/>
     </row>
-    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="2" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="B166" s="22"/>
       <c r="C166" s="22"/>
       <c r="D166" s="22"/>
       <c r="E166" s="22"/>
       <c r="F166" s="22"/>
       <c r="G166" s="22"/>
       <c r="H166" s="22"/>
       <c r="I166" s="22"/>
       <c r="J166" s="22"/>
       <c r="K166" s="22"/>
     </row>
-    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="12"/>
       <c r="B167" s="12"/>
       <c r="C167" s="12"/>
       <c r="D167" s="12"/>
       <c r="E167" s="12"/>
       <c r="F167" s="12"/>
       <c r="G167" s="12">
         <v>2021</v>
       </c>
       <c r="H167" s="12">
         <v>2024</v>
       </c>
       <c r="I167" s="12">
         <v>2025</v>
       </c>
       <c r="J167" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K167" s="13" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B168" s="22"/>
-      <c r="C168" s="137" t="s">
+      <c r="C168" s="134" t="s">
         <v>84</v>
       </c>
-      <c r="D168" s="137"/>
-[...1 lines deleted...]
-      <c r="F168" s="137"/>
+      <c r="D168" s="16"/>
+      <c r="E168" s="16"/>
+      <c r="F168" s="16"/>
       <c r="G168" s="16">
         <v>12.815471446311843</v>
       </c>
       <c r="H168" s="16">
         <v>19.268566376423514</v>
       </c>
       <c r="I168" s="16">
         <v>23.254004982147503</v>
       </c>
       <c r="J168" s="16">
         <v>13.323047258274249</v>
       </c>
       <c r="K168" s="16">
         <v>28.018842182678029</v>
       </c>
     </row>
-    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B169" s="22"/>
-      <c r="C169" s="137"/>
-[...2 lines deleted...]
-      <c r="F169" s="137"/>
+      <c r="C169" s="134"/>
+      <c r="D169" s="16"/>
+      <c r="E169" s="16"/>
+      <c r="F169" s="16"/>
       <c r="G169" s="16">
         <v>14.75361379399525</v>
       </c>
       <c r="H169" s="16">
         <v>10.498761994179118</v>
       </c>
       <c r="I169" s="16">
         <v>11.741572494914548</v>
       </c>
       <c r="J169" s="16">
         <v>5.0166257109289152</v>
       </c>
       <c r="K169" s="16">
         <v>4.1813701734074726</v>
       </c>
     </row>
-    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B170" s="22"/>
-      <c r="C170" s="137"/>
-[...2 lines deleted...]
-      <c r="F170" s="137"/>
+      <c r="C170" s="134"/>
+      <c r="D170" s="16"/>
+      <c r="E170" s="16"/>
+      <c r="F170" s="16"/>
       <c r="G170" s="16">
         <v>12.276548854924888</v>
       </c>
       <c r="H170" s="16">
         <v>6.762645473967817</v>
       </c>
       <c r="I170" s="16">
         <v>8.4340995214042902</v>
       </c>
       <c r="J170" s="16">
         <v>17.109462380304969</v>
       </c>
       <c r="K170" s="16">
         <v>0.42080716246470917</v>
       </c>
     </row>
-    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
         <v>87</v>
       </c>
       <c r="B171" s="22"/>
-      <c r="C171" s="137"/>
-[...2 lines deleted...]
-      <c r="F171" s="137"/>
+      <c r="C171" s="134"/>
+      <c r="D171" s="16"/>
+      <c r="E171" s="16"/>
+      <c r="F171" s="16"/>
       <c r="G171" s="16">
         <v>60.154365904768014</v>
       </c>
       <c r="H171" s="16">
         <v>63.470026155429572</v>
       </c>
       <c r="I171" s="16">
         <v>56.570323001533652</v>
       </c>
       <c r="J171" s="16">
         <v>-16.306858930190966</v>
       </c>
       <c r="K171" s="16">
         <v>8.620920262424292</v>
       </c>
     </row>
-    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="100" t="s">
         <v>86</v>
       </c>
       <c r="B172" s="101"/>
-      <c r="C172" s="142" t="s">
+      <c r="C172" s="138" t="s">
         <v>85</v>
       </c>
-      <c r="D172" s="142"/>
-[...1 lines deleted...]
-      <c r="F172" s="142"/>
+      <c r="D172" s="102"/>
+      <c r="E172" s="102"/>
+      <c r="F172" s="102"/>
       <c r="G172" s="102">
         <v>96.525284998422052</v>
       </c>
       <c r="H172" s="102">
         <v>94.461962878370628</v>
       </c>
       <c r="I172" s="102">
         <v>95.111538863775863</v>
       </c>
       <c r="J172" s="102">
         <v>-6.0990715469872328</v>
       </c>
       <c r="K172" s="102">
         <v>10.301927475990635</v>
       </c>
     </row>
-    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B173" s="103"/>
-      <c r="C173" s="143"/>
-[...2 lines deleted...]
-      <c r="F173" s="143"/>
+      <c r="C173" s="139"/>
+      <c r="D173" s="17"/>
+      <c r="E173" s="17"/>
+      <c r="F173" s="17"/>
       <c r="G173" s="17">
         <v>3.4747150015779646</v>
       </c>
       <c r="H173" s="17">
         <v>5.5380371216293662</v>
       </c>
       <c r="I173" s="17">
         <v>4.8884611362241506</v>
       </c>
       <c r="J173" s="17">
         <v>-17.679130658321633</v>
       </c>
       <c r="K173" s="17">
         <v>20.572514212771821</v>
       </c>
     </row>
-    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="4" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D174" s="60"/>
-      <c r="I174" s="22"/>
-[...3 lines deleted...]
-    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D175" s="60"/>
     </row>
-    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D176" s="60"/>
     </row>
-    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="20" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D177" s="60"/>
     </row>
-    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="104" t="s">
         <v>88</v>
       </c>
       <c r="D178" s="60"/>
     </row>
-    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="134" t="s">
+    <row r="179" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="131" t="s">
         <v>89</v>
       </c>
-      <c r="B179" s="134"/>
-[...11 lines deleted...]
-      <c r="A180" s="134" t="s">
+      <c r="B179" s="131"/>
+      <c r="C179" s="131"/>
+      <c r="D179" s="131"/>
+      <c r="E179" s="131"/>
+      <c r="F179" s="131"/>
+      <c r="G179" s="131"/>
+      <c r="H179" s="131"/>
+      <c r="I179" s="131"/>
+      <c r="J179" s="131"/>
+      <c r="K179" s="131"/>
+    </row>
+    <row r="180" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="131" t="s">
         <v>90</v>
       </c>
-      <c r="B180" s="134"/>
-[...11 lines deleted...]
-      <c r="A181" s="134" t="s">
+      <c r="B180" s="131"/>
+      <c r="C180" s="131"/>
+      <c r="D180" s="131"/>
+      <c r="E180" s="131"/>
+      <c r="F180" s="131"/>
+      <c r="G180" s="131"/>
+      <c r="H180" s="131"/>
+      <c r="I180" s="131"/>
+      <c r="J180" s="131"/>
+      <c r="K180" s="131"/>
+    </row>
+    <row r="181" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="131" t="s">
         <v>91</v>
       </c>
-      <c r="B181" s="134"/>
-[...11 lines deleted...]
-      <c r="A182" s="134" t="s">
+      <c r="B181" s="131"/>
+      <c r="C181" s="131"/>
+      <c r="D181" s="131"/>
+      <c r="E181" s="131"/>
+      <c r="F181" s="131"/>
+      <c r="G181" s="131"/>
+      <c r="H181" s="131"/>
+      <c r="I181" s="131"/>
+      <c r="J181" s="131"/>
+      <c r="K181" s="131"/>
+    </row>
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="131" t="s">
         <v>92</v>
       </c>
-      <c r="B182" s="134"/>
-[...10 lines deleted...]
-    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B182" s="131"/>
+      <c r="C182" s="131"/>
+      <c r="D182" s="131"/>
+      <c r="E182" s="131"/>
+      <c r="F182" s="131"/>
+      <c r="G182" s="131"/>
+      <c r="H182" s="131"/>
+      <c r="I182" s="131"/>
+      <c r="J182" s="131"/>
+      <c r="K182" s="131"/>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="46"/>
       <c r="B183" s="46"/>
       <c r="C183" s="46"/>
       <c r="D183" s="46"/>
       <c r="E183" s="46"/>
       <c r="F183" s="46"/>
       <c r="G183" s="46"/>
       <c r="H183" s="46"/>
       <c r="I183" s="46"/>
       <c r="J183" s="46"/>
       <c r="K183" s="46"/>
     </row>
-    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="46"/>
       <c r="B184" s="46"/>
       <c r="C184" s="46"/>
       <c r="D184" s="46"/>
       <c r="E184" s="46"/>
       <c r="F184" s="46"/>
       <c r="G184" s="46"/>
       <c r="H184" s="46"/>
       <c r="I184" s="46"/>
       <c r="J184" s="46"/>
       <c r="K184" s="46"/>
     </row>
-    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="46"/>
       <c r="B185" s="46"/>
       <c r="C185" s="46"/>
       <c r="D185" s="46"/>
       <c r="E185" s="46"/>
       <c r="F185" s="46"/>
       <c r="G185" s="46"/>
       <c r="H185" s="46"/>
       <c r="I185" s="46"/>
       <c r="J185" s="46"/>
       <c r="K185" s="46"/>
     </row>
-    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B186" s="22"/>
       <c r="C186" s="22"/>
       <c r="D186" s="22"/>
       <c r="E186" s="22"/>
       <c r="F186" s="22"/>
       <c r="G186" s="22"/>
       <c r="H186" s="22"/>
       <c r="I186" s="22"/>
       <c r="J186" s="22"/>
       <c r="K186" s="22"/>
     </row>
-    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="12"/>
       <c r="B187" s="12"/>
       <c r="C187" s="12"/>
       <c r="D187" s="12"/>
       <c r="E187" s="12"/>
       <c r="F187" s="12"/>
       <c r="G187" s="12">
         <v>2021</v>
       </c>
       <c r="H187" s="12">
         <v>2024</v>
       </c>
       <c r="I187" s="12">
         <v>2025</v>
       </c>
       <c r="J187" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K187" s="13" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B188" s="22"/>
-      <c r="C188" s="137" t="s">
+      <c r="C188" s="134" t="s">
         <v>84</v>
       </c>
-      <c r="D188" s="137"/>
-[...1 lines deleted...]
-      <c r="F188" s="137"/>
+      <c r="D188" s="16"/>
+      <c r="E188" s="16"/>
+      <c r="F188" s="16"/>
       <c r="G188" s="16">
         <v>2.8964596231408892</v>
       </c>
       <c r="H188" s="16">
         <v>21.351196076928886</v>
       </c>
       <c r="I188" s="16">
         <v>26.399887637593462</v>
       </c>
       <c r="J188" s="16">
         <v>4.2957040835218887</v>
       </c>
       <c r="K188" s="16">
         <v>87.867019776772423</v>
       </c>
     </row>
-    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B189" s="22"/>
-      <c r="C189" s="137"/>
-[...2 lines deleted...]
-      <c r="F189" s="137"/>
+      <c r="C189" s="134"/>
+      <c r="D189" s="16"/>
+      <c r="E189" s="16"/>
+      <c r="F189" s="16"/>
       <c r="G189" s="16">
         <v>19.47702699215715</v>
       </c>
       <c r="H189" s="16">
         <v>11.984421444605404</v>
       </c>
       <c r="I189" s="16">
         <v>13.598260386333511</v>
       </c>
       <c r="J189" s="16">
         <v>-4.2909885177636253</v>
       </c>
       <c r="K189" s="16">
         <v>-1.1658417523790265</v>
       </c>
     </row>
-    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B190" s="22"/>
-      <c r="C190" s="137"/>
-[...2 lines deleted...]
-      <c r="F190" s="137"/>
+      <c r="C190" s="134"/>
+      <c r="D190" s="16"/>
+      <c r="E190" s="16"/>
+      <c r="F190" s="16"/>
       <c r="G190" s="16">
         <v>29.548015675048507</v>
       </c>
       <c r="H190" s="16">
         <v>16.21772247996633</v>
       </c>
       <c r="I190" s="16">
         <v>7.5581716644959576</v>
       </c>
       <c r="J190" s="16">
         <v>-60.689059174689888</v>
       </c>
       <c r="K190" s="16">
         <v>-23.106610756280865</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B191" s="22"/>
-      <c r="C191" s="137"/>
-[...2 lines deleted...]
-      <c r="F191" s="137"/>
+      <c r="C191" s="134"/>
+      <c r="D191" s="16"/>
+      <c r="E191" s="16"/>
+      <c r="F191" s="16"/>
       <c r="G191" s="16">
         <v>48.078497709653462</v>
       </c>
       <c r="H191" s="16">
         <v>50.446659998499378</v>
       </c>
       <c r="I191" s="16">
         <v>52.443680311577054</v>
       </c>
       <c r="J191" s="16">
         <v>-12.31056041275005</v>
       </c>
       <c r="K191" s="16">
         <v>10.497503037649004</v>
       </c>
     </row>
-    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="100" t="s">
         <v>86</v>
       </c>
       <c r="B192" s="101"/>
-      <c r="C192" s="142" t="s">
+      <c r="C192" s="138" t="s">
         <v>77</v>
       </c>
-      <c r="D192" s="142"/>
-[...1 lines deleted...]
-      <c r="F192" s="142"/>
+      <c r="D192" s="102"/>
+      <c r="E192" s="102"/>
+      <c r="F192" s="102"/>
       <c r="G192" s="102">
         <v>15.324774242320242</v>
       </c>
       <c r="H192" s="102">
         <v>16.970382374977497</v>
       </c>
       <c r="I192" s="102">
         <v>19.846427818186971</v>
       </c>
       <c r="J192" s="102">
         <v>-15.64971569433466</v>
       </c>
       <c r="K192" s="102">
         <v>8.1227034577853416</v>
       </c>
     </row>
-    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B193" s="103"/>
-      <c r="C193" s="143"/>
-[...2 lines deleted...]
-      <c r="F193" s="143"/>
+      <c r="C193" s="139"/>
+      <c r="D193" s="17"/>
+      <c r="E193" s="17"/>
+      <c r="F193" s="17"/>
       <c r="G193" s="17">
         <v>84.675225757679755</v>
       </c>
       <c r="H193" s="17">
         <v>83.029617625022496</v>
       </c>
       <c r="I193" s="17">
         <v>80.153572181813033</v>
       </c>
       <c r="J193" s="17">
         <v>-30.371718893415679</v>
       </c>
       <c r="K193" s="17">
         <v>-2.6140145580610952E-2</v>
       </c>
     </row>
-    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="4" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D194" s="60"/>
-      <c r="I194" s="22"/>
-[...3 lines deleted...]
-    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D195" s="60"/>
-      <c r="I195" s="22"/>
-[...3 lines deleted...]
-    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D196" s="60"/>
     </row>
-    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="20" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D197" s="60"/>
     </row>
-    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="104" t="s">
         <v>88</v>
       </c>
       <c r="D198" s="60"/>
     </row>
-    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A199" s="134" t="s">
+    <row r="199" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="131" t="s">
         <v>89</v>
       </c>
-      <c r="B199" s="134"/>
-[...11 lines deleted...]
-      <c r="A200" s="134" t="s">
+      <c r="B199" s="131"/>
+      <c r="C199" s="131"/>
+      <c r="D199" s="131"/>
+      <c r="E199" s="131"/>
+      <c r="F199" s="131"/>
+      <c r="G199" s="131"/>
+      <c r="H199" s="131"/>
+      <c r="I199" s="131"/>
+      <c r="J199" s="131"/>
+      <c r="K199" s="131"/>
+    </row>
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="131" t="s">
         <v>90</v>
       </c>
-      <c r="B200" s="134"/>
-[...11 lines deleted...]
-      <c r="A201" s="134" t="s">
+      <c r="B200" s="131"/>
+      <c r="C200" s="131"/>
+      <c r="D200" s="131"/>
+      <c r="E200" s="131"/>
+      <c r="F200" s="131"/>
+      <c r="G200" s="131"/>
+      <c r="H200" s="131"/>
+      <c r="I200" s="131"/>
+      <c r="J200" s="131"/>
+      <c r="K200" s="131"/>
+    </row>
+    <row r="201" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="131" t="s">
         <v>91</v>
       </c>
-      <c r="B201" s="134"/>
-[...11 lines deleted...]
-      <c r="A202" s="134" t="s">
+      <c r="B201" s="131"/>
+      <c r="C201" s="131"/>
+      <c r="D201" s="131"/>
+      <c r="E201" s="131"/>
+      <c r="F201" s="131"/>
+      <c r="G201" s="131"/>
+      <c r="H201" s="131"/>
+      <c r="I201" s="131"/>
+      <c r="J201" s="131"/>
+      <c r="K201" s="131"/>
+    </row>
+    <row r="202" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="131" t="s">
         <v>92</v>
       </c>
-      <c r="B202" s="134"/>
-[...10 lines deleted...]
-    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B202" s="131"/>
+      <c r="C202" s="131"/>
+      <c r="D202" s="131"/>
+      <c r="E202" s="131"/>
+      <c r="F202" s="131"/>
+      <c r="G202" s="131"/>
+      <c r="H202" s="131"/>
+      <c r="I202" s="131"/>
+      <c r="J202" s="131"/>
+      <c r="K202" s="131"/>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="46"/>
       <c r="B203" s="46"/>
       <c r="C203" s="46"/>
       <c r="D203" s="46"/>
       <c r="E203" s="46"/>
       <c r="F203" s="83"/>
       <c r="G203" s="83"/>
       <c r="H203" s="46"/>
       <c r="I203" s="46"/>
       <c r="J203" s="46"/>
       <c r="K203" s="46"/>
     </row>
-    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="46"/>
       <c r="B204" s="46"/>
       <c r="C204" s="46"/>
       <c r="D204" s="46"/>
       <c r="E204" s="46"/>
       <c r="F204" s="83"/>
       <c r="G204" s="83"/>
       <c r="H204" s="46"/>
       <c r="I204" s="46"/>
       <c r="J204" s="46"/>
       <c r="K204" s="46"/>
     </row>
-    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="46"/>
       <c r="B205" s="46"/>
       <c r="C205" s="46"/>
       <c r="D205" s="46"/>
       <c r="E205" s="46"/>
       <c r="F205" s="83"/>
       <c r="G205" s="83"/>
       <c r="H205" s="46"/>
       <c r="I205" s="46"/>
       <c r="J205" s="46"/>
       <c r="K205" s="46"/>
     </row>
-    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="2" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B206" s="22"/>
       <c r="C206" s="22"/>
       <c r="D206" s="22"/>
       <c r="E206" s="22"/>
       <c r="F206" s="22"/>
       <c r="G206" s="22"/>
       <c r="H206" s="22"/>
       <c r="I206" s="22"/>
       <c r="J206" s="22"/>
       <c r="K206" s="22"/>
     </row>
-    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="12"/>
       <c r="B207" s="12"/>
       <c r="C207" s="12"/>
       <c r="D207" s="24"/>
       <c r="E207" s="12">
         <v>2021</v>
       </c>
       <c r="F207" s="12">
         <v>2022</v>
       </c>
       <c r="G207" s="12">
         <v>2023</v>
       </c>
       <c r="H207" s="12">
         <v>2024</v>
       </c>
       <c r="I207" s="12">
         <v>2025</v>
       </c>
       <c r="J207" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K207" s="13" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="47" t="s">
         <v>81</v>
       </c>
       <c r="B208" s="105"/>
       <c r="C208" s="105"/>
-      <c r="D208" s="123" t="s">
+      <c r="D208" s="120" t="s">
         <v>58</v>
       </c>
       <c r="E208" s="106">
         <v>7.6331387768774475</v>
       </c>
       <c r="F208" s="106">
         <v>13.971480116407212</v>
       </c>
       <c r="G208" s="106">
         <v>12.363042285039581</v>
       </c>
       <c r="H208" s="106">
         <v>14.165927555490363</v>
       </c>
       <c r="I208" s="106">
         <v>16.140279691812694</v>
       </c>
       <c r="J208" s="107">
         <v>6.2575219741073846</v>
       </c>
       <c r="K208" s="107">
         <v>33.501777196639807</v>
       </c>
     </row>
-    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B209" s="22"/>
       <c r="C209" s="22"/>
-      <c r="D209" s="138"/>
+      <c r="D209" s="135"/>
       <c r="E209" s="60">
         <v>7.6528342426694001E-3</v>
       </c>
       <c r="F209" s="60">
         <v>3.6334324077883347E-4</v>
       </c>
       <c r="G209" s="60">
         <v>0</v>
       </c>
       <c r="H209" s="60">
         <v>1.2207061077260188E-2</v>
       </c>
       <c r="I209" s="60">
         <v>1.2290607008988512E-3</v>
       </c>
       <c r="J209" s="16">
         <v>-90.610210452119617</v>
       </c>
       <c r="K209" s="16">
         <v>-29.915362876637186</v>
       </c>
     </row>
-    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B210" s="22"/>
       <c r="C210" s="22"/>
-      <c r="D210" s="138"/>
+      <c r="D210" s="135"/>
       <c r="E210" s="60">
         <v>90.917582915402733</v>
       </c>
       <c r="F210" s="60">
         <v>84.108924020140705</v>
       </c>
       <c r="G210" s="60">
         <v>86.748778736475458</v>
       </c>
       <c r="H210" s="60">
         <v>84.43576946340815</v>
       </c>
       <c r="I210" s="60">
         <v>82.574859969033156</v>
       </c>
       <c r="J210" s="16">
         <v>-8.7957609565221713</v>
       </c>
       <c r="K210" s="16">
         <v>8.0774436501904745</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B211" s="22"/>
       <c r="C211" s="22"/>
-      <c r="D211" s="138"/>
+      <c r="D211" s="135"/>
       <c r="E211" s="60">
         <v>1.3458375477063402</v>
       </c>
       <c r="F211" s="60">
         <v>0.88048380096766987</v>
       </c>
       <c r="G211" s="60">
         <v>0.72961808880478418</v>
       </c>
       <c r="H211" s="60">
         <v>1.3069991968883958</v>
       </c>
       <c r="I211" s="60">
         <v>1.2417627207966124</v>
       </c>
       <c r="J211" s="16">
         <v>-11.395263023648603</v>
       </c>
       <c r="K211" s="16">
         <v>8.5042044116407247</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B212" s="73"/>
       <c r="C212" s="73"/>
-      <c r="D212" s="139"/>
+      <c r="D212" s="136"/>
       <c r="E212" s="108">
         <v>9.5787925770791801E-2</v>
       </c>
       <c r="F212" s="108">
         <v>1.0387487192436324</v>
       </c>
       <c r="G212" s="108">
         <v>0.15856088968016802</v>
       </c>
       <c r="H212" s="108">
         <v>7.9096723135818517E-2</v>
       </c>
       <c r="I212" s="108">
         <v>4.1868557656625172E-2</v>
       </c>
       <c r="J212" s="17">
         <v>-50.634544108391431</v>
       </c>
       <c r="K212" s="17">
         <v>-9.9819956993957621</v>
       </c>
     </row>
-    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F213" s="60"/>
       <c r="G213" s="60"/>
       <c r="H213" s="60"/>
       <c r="I213" s="60"/>
       <c r="J213" s="60"/>
       <c r="K213" s="60"/>
     </row>
-    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B214" s="84"/>
       <c r="C214" s="84"/>
       <c r="D214" s="84"/>
       <c r="E214" s="84"/>
       <c r="F214" s="84"/>
       <c r="G214" s="84"/>
       <c r="H214" s="84"/>
       <c r="I214" s="84"/>
       <c r="J214" s="84"/>
       <c r="K214" s="84"/>
     </row>
-    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B215" s="84"/>
       <c r="C215" s="84"/>
       <c r="D215" s="84"/>
       <c r="E215" s="84"/>
       <c r="F215" s="84"/>
       <c r="G215" s="84"/>
       <c r="H215" s="84"/>
       <c r="I215" s="84"/>
       <c r="J215" s="84"/>
       <c r="K215" s="84"/>
     </row>
-    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="104" t="s">
         <v>96</v>
       </c>
       <c r="B217" s="85"/>
       <c r="C217" s="85"/>
       <c r="D217" s="85"/>
       <c r="E217" s="85"/>
       <c r="F217" s="85"/>
       <c r="G217" s="85"/>
       <c r="H217" s="85"/>
       <c r="I217" s="85"/>
       <c r="J217" s="85"/>
       <c r="K217" s="85"/>
     </row>
-    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="104" t="s">
         <v>95</v>
       </c>
       <c r="B218" s="84"/>
       <c r="C218" s="84"/>
       <c r="D218" s="84"/>
       <c r="E218" s="84"/>
       <c r="F218" s="84"/>
       <c r="G218" s="84"/>
       <c r="H218" s="84"/>
       <c r="I218" s="84"/>
       <c r="J218" s="84"/>
       <c r="K218" s="84"/>
     </row>
-    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="46"/>
     </row>
-    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="46"/>
     </row>
-    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="2" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B221" s="22"/>
       <c r="C221" s="22"/>
       <c r="D221" s="22"/>
       <c r="E221" s="22"/>
       <c r="F221" s="22"/>
       <c r="G221" s="22"/>
       <c r="H221" s="22"/>
       <c r="I221" s="22"/>
       <c r="J221" s="22"/>
       <c r="K221" s="22"/>
     </row>
-    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="12"/>
       <c r="B222" s="12"/>
       <c r="C222" s="12"/>
       <c r="D222" s="24"/>
       <c r="E222" s="12">
         <v>2021</v>
       </c>
       <c r="F222" s="12">
         <v>2022</v>
       </c>
       <c r="G222" s="12">
         <v>2023</v>
       </c>
       <c r="H222" s="12">
         <v>2024</v>
       </c>
       <c r="I222" s="12">
         <v>2025</v>
       </c>
       <c r="J222" s="13" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="K222" s="13" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="47" t="s">
         <v>81</v>
       </c>
       <c r="B223" s="105"/>
       <c r="C223" s="105"/>
-      <c r="D223" s="123" t="s">
+      <c r="D223" s="120" t="s">
         <v>58</v>
       </c>
       <c r="E223" s="106">
         <v>2.909469423064631</v>
       </c>
       <c r="F223" s="106">
         <v>2.0715314405562446</v>
       </c>
       <c r="G223" s="106">
         <v>2.7276684968565208</v>
       </c>
       <c r="H223" s="106">
         <v>2.9147835553895018</v>
       </c>
       <c r="I223" s="106">
         <v>4.4493096121198041</v>
       </c>
       <c r="J223" s="107">
         <v>10.114973963883044</v>
       </c>
       <c r="K223" s="107">
         <v>12.714709540747847</v>
       </c>
     </row>
-    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B224" s="22"/>
       <c r="C224" s="22"/>
-      <c r="D224" s="138"/>
+      <c r="D224" s="135"/>
       <c r="E224" s="60">
         <v>1.4871480930859972E-2</v>
       </c>
       <c r="F224" s="60">
         <v>2.1087648941330282E-2</v>
       </c>
       <c r="G224" s="60">
         <v>5.7569451828036709E-3</v>
       </c>
       <c r="H224" s="60">
         <v>2.3918309919467944E-3</v>
       </c>
       <c r="I224" s="60">
         <v>2.7226332357440867E-2</v>
       </c>
       <c r="J224" s="16">
         <v>721.14285073656367</v>
       </c>
       <c r="K224" s="16">
         <v>17.901578444517764</v>
       </c>
     </row>
-    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B225" s="22"/>
       <c r="C225" s="22"/>
-      <c r="D225" s="138"/>
+      <c r="D225" s="135"/>
       <c r="E225" s="60">
         <v>96.642408772367205</v>
       </c>
       <c r="F225" s="60">
         <v>96.016510532981982</v>
       </c>
       <c r="G225" s="60">
         <v>93.885927408406815</v>
       </c>
       <c r="H225" s="60">
         <v>93.61969719152566</v>
       </c>
       <c r="I225" s="60">
         <v>90.820931706227015</v>
       </c>
       <c r="J225" s="16">
         <v>-30.019219151934717</v>
       </c>
       <c r="K225" s="16">
         <v>-0.20347011364593159</v>
       </c>
     </row>
-    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B226" s="22"/>
       <c r="C226" s="22"/>
-      <c r="D226" s="138"/>
+      <c r="D226" s="135"/>
       <c r="E226" s="60">
         <v>0.35123301698095266</v>
       </c>
       <c r="F226" s="60">
         <v>0.26485847084606523</v>
       </c>
       <c r="G226" s="60">
         <v>0.13246218484780189</v>
       </c>
       <c r="H226" s="60">
         <v>0.16419550519229995</v>
       </c>
       <c r="I226" s="60">
         <v>0.313043439925279</v>
       </c>
       <c r="J226" s="16">
         <v>37.531888416467893</v>
       </c>
       <c r="K226" s="16">
         <v>-1.5165607069003273</v>
       </c>
     </row>
-    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B227" s="73"/>
       <c r="C227" s="73"/>
-      <c r="D227" s="139"/>
+      <c r="D227" s="136"/>
       <c r="E227" s="108">
         <v>8.2017306656360936E-2</v>
       </c>
       <c r="F227" s="108">
         <v>1.6260119066743823</v>
       </c>
       <c r="G227" s="108">
         <v>3.248184964706065</v>
       </c>
       <c r="H227" s="108">
         <v>3.2989319169005911</v>
       </c>
       <c r="I227" s="108">
         <v>4.389488909370467</v>
       </c>
       <c r="J227" s="17">
         <v>-4.0155973147368726</v>
       </c>
       <c r="K227" s="17">
         <v>174.14984314125945</v>
       </c>
     </row>
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F228" s="60"/>
       <c r="G228" s="60"/>
       <c r="H228" s="60"/>
       <c r="I228" s="60"/>
       <c r="J228" s="60"/>
       <c r="K228" s="60"/>
     </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B229" s="84"/>
       <c r="C229" s="84"/>
       <c r="D229" s="84"/>
       <c r="E229" s="84"/>
       <c r="F229" s="84"/>
       <c r="G229" s="84"/>
       <c r="H229" s="84"/>
       <c r="I229" s="84"/>
       <c r="J229" s="84"/>
       <c r="K229" s="84"/>
     </row>
-    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B230" s="84"/>
       <c r="C230" s="84"/>
       <c r="D230" s="84"/>
       <c r="E230" s="84"/>
       <c r="F230" s="84"/>
       <c r="G230" s="84"/>
       <c r="H230" s="84"/>
       <c r="I230" s="84"/>
       <c r="J230" s="84"/>
       <c r="K230" s="84"/>
     </row>
-    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="104" t="s">
         <v>96</v>
       </c>
       <c r="B232" s="85"/>
       <c r="C232" s="85"/>
       <c r="D232" s="85"/>
       <c r="E232" s="85"/>
       <c r="F232" s="85"/>
       <c r="G232" s="85"/>
       <c r="H232" s="85"/>
       <c r="I232" s="85"/>
       <c r="J232" s="85"/>
       <c r="K232" s="85"/>
     </row>
-    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="104" t="s">
         <v>95</v>
       </c>
       <c r="B233" s="84"/>
       <c r="C233" s="84"/>
       <c r="D233" s="84"/>
       <c r="E233" s="84"/>
       <c r="F233" s="84"/>
       <c r="G233" s="84"/>
       <c r="H233" s="84"/>
       <c r="I233" s="84"/>
       <c r="J233" s="84"/>
       <c r="K233" s="84"/>
     </row>
-    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="46"/>
     </row>
-    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="46"/>
     </row>
-    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A236" s="2" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B236" s="8"/>
       <c r="C236" s="8"/>
       <c r="D236" s="8"/>
       <c r="E236" s="8"/>
       <c r="F236" s="8"/>
       <c r="G236" s="8"/>
       <c r="H236" s="8"/>
       <c r="I236" s="8"/>
       <c r="J236" s="8"/>
       <c r="K236" s="9"/>
     </row>
-    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="11"/>
-      <c r="B237" s="12">
-[...2 lines deleted...]
-      <c r="C237" s="12">
+      <c r="B237" s="12"/>
+      <c r="C237" s="12"/>
+      <c r="D237" s="12"/>
+      <c r="E237" s="12">
         <v>2021</v>
       </c>
-      <c r="D237" s="12">
+      <c r="F237" s="12">
         <v>2022</v>
       </c>
-      <c r="E237" s="12">
+      <c r="G237" s="12">
         <v>2023</v>
       </c>
-      <c r="F237" s="12">
+      <c r="H237" s="12">
         <v>2024</v>
       </c>
-      <c r="G237" s="13" t="s">
-[...6 lines deleted...]
-        <v>133</v>
+      <c r="I237" s="12">
+        <v>2025</v>
       </c>
       <c r="J237" s="13" t="s">
         <v>134</v>
       </c>
       <c r="K237" s="13" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B238" s="16">
-[...2 lines deleted...]
-      <c r="C238" s="16">
+      <c r="B238" s="16"/>
+      <c r="C238" s="16"/>
+      <c r="D238" s="16"/>
+      <c r="E238" s="16">
         <v>468.06</v>
       </c>
-      <c r="D238" s="16">
+      <c r="F238" s="16">
         <v>1579.65</v>
       </c>
-      <c r="E238" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="G238" s="16">
-        <v>-5.191580659393896</v>
+        <v>2310.6</v>
       </c>
       <c r="H238" s="16">
-        <v>42.428828310668635</v>
+        <v>2468.58</v>
       </c>
       <c r="I238" s="16">
-        <v>1972.8999999999999</v>
+        <v>2561.4699999999998</v>
       </c>
       <c r="J238" s="16">
-        <v>2011.5900000000001</v>
+        <v>3.7628920269952717</v>
       </c>
       <c r="K238" s="16">
-        <v>1.9610725328197214</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>52.949103721726672</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B239" s="16">
-[...2 lines deleted...]
-      <c r="C239" s="16">
+      <c r="B239" s="16"/>
+      <c r="C239" s="16"/>
+      <c r="D239" s="16"/>
+      <c r="E239" s="16">
         <v>600.28</v>
       </c>
-      <c r="D239" s="16">
+      <c r="F239" s="16">
         <v>1107.1500000000001</v>
       </c>
-      <c r="E239" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="G239" s="16">
-        <v>-0.49840300445754698</v>
+        <v>854.81</v>
       </c>
       <c r="H239" s="16">
-        <v>23.673513471222705</v>
+        <v>863.18</v>
       </c>
       <c r="I239" s="16">
-        <v>755.36</v>
+        <v>782.31</v>
       </c>
       <c r="J239" s="16">
-        <v>694.97</v>
+        <v>-9.3688454320072303</v>
       </c>
       <c r="K239" s="16">
-        <v>-7.9948633764033019</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.8455039879877333</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B240" s="16">
-[...2 lines deleted...]
-      <c r="C240" s="16">
+      <c r="B240" s="16"/>
+      <c r="C240" s="16"/>
+      <c r="D240" s="16"/>
+      <c r="E240" s="16">
         <v>-132.21999999999997</v>
       </c>
-      <c r="D240" s="16">
+      <c r="F240" s="16">
         <v>472.5</v>
       </c>
-      <c r="E240" s="16">
-[...5 lines deleted...]
-      <c r="G240" s="16" t="s">
+      <c r="G240" s="16">
+        <v>1455.79</v>
+      </c>
+      <c r="H240" s="16">
+        <v>1605.4</v>
+      </c>
+      <c r="I240" s="16">
+        <v>1779.1599999999999</v>
+      </c>
+      <c r="J240" s="16" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>1316.6200000000001</v>
       </c>
       <c r="K240" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B241" s="17">
-[...2 lines deleted...]
-      <c r="C241" s="17">
+      <c r="B241" s="17"/>
+      <c r="C241" s="17"/>
+      <c r="D241" s="17"/>
+      <c r="E241" s="17">
         <v>77.973612314253344</v>
       </c>
-      <c r="D241" s="17">
+      <c r="F241" s="17">
         <v>142.67714401842568</v>
       </c>
-      <c r="E241" s="17">
-[...5 lines deleted...]
-      <c r="G241" s="18" t="s">
+      <c r="G241" s="17">
+        <v>270.30568196441311</v>
+      </c>
+      <c r="H241" s="17">
+        <v>285.98670034060103</v>
+      </c>
+      <c r="I241" s="17">
+        <v>327.42391123723331</v>
+      </c>
+      <c r="J241" s="18" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>289.44990431241638</v>
       </c>
       <c r="K241" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B242" s="46"/>
       <c r="C242" s="46"/>
       <c r="D242" s="46"/>
       <c r="E242" s="46"/>
       <c r="F242" s="46"/>
       <c r="G242" s="46"/>
       <c r="H242" s="46"/>
-      <c r="I242" s="46"/>
-[...3 lines deleted...]
-    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I242" s="8"/>
+      <c r="J242" s="8"/>
+      <c r="K242" s="9"/>
+    </row>
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B243" s="46"/>
       <c r="C243" s="46"/>
       <c r="D243" s="46"/>
       <c r="E243" s="46"/>
       <c r="F243" s="46"/>
       <c r="G243" s="46"/>
       <c r="H243" s="46"/>
       <c r="I243" s="46"/>
       <c r="J243" s="46"/>
       <c r="K243" s="46"/>
     </row>
-    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B244" s="46"/>
       <c r="C244" s="46"/>
       <c r="D244" s="46"/>
       <c r="E244" s="46"/>
       <c r="F244" s="46"/>
       <c r="G244" s="46"/>
       <c r="H244" s="46"/>
       <c r="I244" s="46"/>
       <c r="J244" s="46"/>
       <c r="K244" s="46"/>
     </row>
-    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B245" s="46"/>
       <c r="C245" s="46"/>
       <c r="D245" s="46"/>
       <c r="E245" s="46"/>
       <c r="F245" s="46"/>
       <c r="G245" s="46"/>
       <c r="H245" s="46"/>
       <c r="I245" s="46"/>
       <c r="J245" s="46"/>
       <c r="K245" s="46"/>
     </row>
-    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A246" s="20" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B246" s="46"/>
       <c r="C246" s="46"/>
       <c r="D246" s="46"/>
       <c r="E246" s="46"/>
       <c r="F246" s="46"/>
       <c r="G246" s="46"/>
       <c r="H246" s="46"/>
       <c r="I246" s="46"/>
       <c r="J246" s="46"/>
       <c r="K246" s="46"/>
     </row>
-    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="127" t="s">
+        <v>149</v>
+      </c>
+      <c r="B247" s="127"/>
+      <c r="C247" s="127"/>
+      <c r="D247" s="127"/>
+      <c r="E247" s="127"/>
+      <c r="F247" s="127"/>
+      <c r="G247" s="127"/>
+      <c r="H247" s="127"/>
+      <c r="I247" s="127"/>
+      <c r="J247" s="127"/>
+      <c r="K247" s="127"/>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A248" s="46"/>
       <c r="B248" s="46"/>
       <c r="C248" s="46"/>
       <c r="D248" s="46"/>
       <c r="E248" s="46"/>
       <c r="F248" s="46"/>
       <c r="G248" s="46"/>
       <c r="H248" s="46"/>
       <c r="I248" s="46"/>
       <c r="J248" s="46"/>
       <c r="K248" s="46"/>
     </row>
-    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="2" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B249" s="22"/>
       <c r="C249" s="22"/>
       <c r="D249" s="22"/>
     </row>
-    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="23"/>
       <c r="B250" s="23"/>
       <c r="C250" s="23"/>
       <c r="D250" s="24"/>
-      <c r="E250" s="12">
-[...2 lines deleted...]
-      <c r="F250" s="12">
+      <c r="E250" s="12"/>
+      <c r="F250" s="12"/>
+      <c r="G250" s="12">
         <v>2021</v>
       </c>
-      <c r="G250" s="12">
+      <c r="H250" s="12">
         <v>2022</v>
       </c>
-      <c r="H250" s="12">
+      <c r="I250" s="12">
         <v>2023</v>
       </c>
-      <c r="I250" s="12">
+      <c r="J250" s="12">
         <v>2024</v>
       </c>
-      <c r="J250" s="13" t="s">
-[...11 lines deleted...]
-      <c r="C251" s="124"/>
+      <c r="K250" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="121" t="s">
+        <v>137</v>
+      </c>
+      <c r="B251" s="121"/>
+      <c r="C251" s="121"/>
       <c r="D251" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E251" s="27">
-[...2 lines deleted...]
-      <c r="F251" s="27">
+      <c r="E251" s="27"/>
+      <c r="F251" s="27"/>
+      <c r="G251" s="27">
         <v>13</v>
       </c>
-      <c r="G251" s="27">
+      <c r="H251" s="27">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="I251" s="27">
         <v>8</v>
       </c>
       <c r="J251" s="27">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K251" s="27">
-        <v>9</v>
-[...5 lines deleted...]
-      <c r="C252" s="124"/>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="121"/>
+      <c r="B252" s="121"/>
+      <c r="C252" s="121"/>
       <c r="D252" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E252" s="28">
-[...2 lines deleted...]
-      <c r="F252" s="28">
+      <c r="E252" s="28"/>
+      <c r="F252" s="28"/>
+      <c r="G252" s="28">
         <v>1.6709410618968605</v>
       </c>
-      <c r="G252" s="28">
+      <c r="H252" s="28">
         <v>3.5134462467079173</v>
       </c>
-      <c r="H252" s="28">
-[...1 lines deleted...]
-      </c>
       <c r="I252" s="28">
-        <v>3.7876012480870176</v>
+        <v>4.3297911971031287</v>
       </c>
       <c r="J252" s="28">
-        <v>3.7127066250426006</v>
+        <v>4.2576442373613643</v>
       </c>
       <c r="K252" s="28">
-        <v>3.6092586664982487</v>
-[...7 lines deleted...]
-      <c r="C253" s="127"/>
+        <v>4.2336387737427028</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="124" t="s">
+        <v>138</v>
+      </c>
+      <c r="B253" s="124"/>
+      <c r="C253" s="124"/>
       <c r="D253" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E253" s="30">
-[...2 lines deleted...]
-      <c r="F253" s="30">
+      <c r="E253" s="30"/>
+      <c r="F253" s="30"/>
+      <c r="G253" s="30">
         <v>9</v>
       </c>
-      <c r="G253" s="30">
+      <c r="H253" s="30">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="I253" s="30">
         <v>8</v>
       </c>
       <c r="J253" s="30">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K253" s="30">
-        <v>8</v>
-[...5 lines deleted...]
-      <c r="C254" s="128"/>
+        <v>10</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="125"/>
+      <c r="B254" s="125"/>
+      <c r="C254" s="125"/>
       <c r="D254" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E254" s="32">
-[...2 lines deleted...]
-      <c r="F254" s="32">
+      <c r="E254" s="32"/>
+      <c r="F254" s="32"/>
+      <c r="G254" s="32">
         <v>3.4523413785210399</v>
       </c>
-      <c r="G254" s="32">
+      <c r="H254" s="32">
         <v>4.7472465841177884</v>
       </c>
-      <c r="H254" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="I254" s="32">
-        <v>3.2985112543123591</v>
+        <v>3.5522711330232681</v>
       </c>
       <c r="J254" s="32">
-        <v>3.2158332616679122</v>
+        <v>3.307176455668364</v>
       </c>
       <c r="K254" s="32">
-        <v>2.8473426590903594</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.859074604337712</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B255" s="33"/>
       <c r="C255" s="34"/>
     </row>
-    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="4" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="46"/>
     </row>
-    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="46"/>
     </row>
-    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="46"/>
     </row>
-    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="2" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B260" s="37"/>
       <c r="C260" s="37"/>
       <c r="D260" s="37"/>
       <c r="E260" s="37"/>
       <c r="F260" s="37"/>
       <c r="G260" s="37"/>
       <c r="H260" s="37"/>
       <c r="I260" s="37"/>
       <c r="J260" s="37"/>
       <c r="K260" s="37"/>
     </row>
-    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="23"/>
       <c r="B261" s="23"/>
       <c r="C261" s="23"/>
       <c r="D261" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E261" s="13" t="s">
-        <v>198</v>
+        <v>154</v>
       </c>
       <c r="F261" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G261" s="13" t="s">
-        <v>199</v>
+        <v>155</v>
       </c>
       <c r="H261" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I261" s="13" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="J261" s="13" t="s">
-        <v>193</v>
+        <v>134</v>
       </c>
       <c r="K261" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="15" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="B262" s="5"/>
       <c r="C262" s="79"/>
       <c r="D262" s="16">
-        <v>212.54000000000002</v>
+        <v>198.66</v>
       </c>
       <c r="E262" s="16">
-        <v>39.905371660314302</v>
+        <v>42.443276503012434</v>
       </c>
       <c r="F262" s="16">
-        <v>1059.44</v>
+        <v>1189.01</v>
       </c>
       <c r="G262" s="16">
-        <v>45.827097265358027</v>
+        <v>48.165747109674392</v>
       </c>
       <c r="H262" s="16">
-        <v>1144.26</v>
+        <v>1227.3699999999999</v>
       </c>
       <c r="I262" s="16">
-        <v>52.206405693950174</v>
+        <v>47.91662599991411</v>
       </c>
       <c r="J262" s="16">
-        <v>8.0061164388733612</v>
+        <v>3.2262134044288864</v>
       </c>
       <c r="K262" s="16">
-        <v>84.819999999999936</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>38.3599999999999</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="15" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B263" s="5"/>
       <c r="C263" s="79"/>
       <c r="D263" s="16">
-        <v>250.56</v>
+        <v>191.22</v>
       </c>
       <c r="E263" s="16">
-        <v>47.043803158033079</v>
+        <v>40.853736700423021</v>
       </c>
       <c r="F263" s="16">
-        <v>1111.0700000000002</v>
+        <v>1145.33</v>
       </c>
       <c r="G263" s="16">
-        <v>48.060402626502068</v>
+        <v>46.396308809112931</v>
       </c>
       <c r="H263" s="16">
-        <v>909.68</v>
+        <v>1199.46</v>
       </c>
       <c r="I263" s="16">
-        <v>41.503786841865129</v>
+        <v>46.827017298660536</v>
       </c>
       <c r="J263" s="16">
-        <v>-18.125770653514198</v>
+        <v>4.7261487955436516</v>
       </c>
       <c r="K263" s="16">
-        <v>-201.39000000000021</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>54.130000000000109</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B264" s="5"/>
       <c r="C264" s="79"/>
       <c r="D264" s="16">
-        <v>31.4</v>
+        <v>35.31</v>
       </c>
       <c r="E264" s="16">
-        <v>5.8954957661328171</v>
+        <v>7.5439046276118455</v>
       </c>
       <c r="F264" s="16">
-        <v>61.899999999999991</v>
+        <v>54.319999999999993</v>
       </c>
       <c r="G264" s="16">
-        <v>2.6775440994541091</v>
+        <v>2.2004553224930929</v>
       </c>
       <c r="H264" s="16">
-        <v>52.35</v>
+        <v>55.91</v>
       </c>
       <c r="I264" s="16">
-        <v>2.388447851081303</v>
+        <v>2.1827310099278932</v>
       </c>
       <c r="J264" s="16">
-        <v>-15.428109854604186</v>
+        <v>2.9270986745213614</v>
       </c>
       <c r="K264" s="16">
-        <v>-9.5499999999999901</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.5900000000000034</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B265" s="5"/>
       <c r="C265" s="79"/>
       <c r="D265" s="16">
-        <v>15.850000000000001</v>
+        <v>13.63</v>
       </c>
       <c r="E265" s="16">
-        <v>2.9759110794014383</v>
+        <v>2.9120198265179682</v>
       </c>
       <c r="F265" s="16">
-        <v>12.28</v>
+        <v>22.95</v>
       </c>
       <c r="G265" s="16">
-        <v>0.53118322360737424</v>
+        <v>0.92968427192961134</v>
       </c>
       <c r="H265" s="16">
-        <v>22.95</v>
+        <v>20.45</v>
       </c>
       <c r="I265" s="16">
-        <v>1.0470845880098547</v>
+        <v>0.79836968615677717</v>
       </c>
       <c r="J265" s="16">
-        <v>86.889250814332257</v>
+        <v>-10.893246187363834</v>
       </c>
       <c r="K265" s="16">
-        <v>10.67</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.5</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B266" s="5"/>
       <c r="C266" s="79"/>
       <c r="D266" s="16">
-        <v>3.13</v>
+        <v>2.9699999999999998</v>
       </c>
       <c r="E266" s="16">
-        <v>0.58767203019094649</v>
+        <v>0.63453403409819242</v>
       </c>
       <c r="F266" s="16">
-        <v>13.389999999999999</v>
+        <v>12.389999999999997</v>
       </c>
       <c r="G266" s="16">
-        <v>0.5791973423536434</v>
+        <v>0.50190797948618227</v>
       </c>
       <c r="H266" s="16">
-        <v>17.690000000000001</v>
+        <v>13.410000000000002</v>
       </c>
       <c r="I266" s="16">
-        <v>0.80709918788210611</v>
+        <v>0.52352750569009221</v>
       </c>
       <c r="J266" s="16">
-        <v>32.113517550410776</v>
+        <v>8.2324455205811553</v>
       </c>
       <c r="K266" s="16">
-        <v>4.3000000000000025</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.0200000000000049</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="15" t="s">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="B267" s="5"/>
       <c r="C267" s="79"/>
       <c r="D267" s="16">
-        <v>2.4000000000000004</v>
+        <v>9.5399999999999991</v>
       </c>
       <c r="E267" s="16">
-        <v>0.4506111413604702</v>
+        <v>2.0382002307396485</v>
       </c>
       <c r="F267" s="16">
-        <v>11.740000000000002</v>
+        <v>11.28</v>
       </c>
       <c r="G267" s="16">
-        <v>0.50782500367675698</v>
+        <v>0.45694285783729915</v>
       </c>
       <c r="H267" s="16">
-        <v>12.049999999999999</v>
+        <v>12.4</v>
       </c>
       <c r="I267" s="16">
-        <v>0.54977643945615462</v>
+        <v>0.48409702241291136</v>
       </c>
       <c r="J267" s="16">
-        <v>2.640545144804062</v>
+        <v>9.9290780141844053</v>
       </c>
       <c r="K267" s="16">
-        <v>0.30999999999999694</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.120000000000001</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="15" t="s">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="B268" s="5"/>
       <c r="C268" s="79"/>
       <c r="D268" s="16">
-        <v>6.25</v>
+        <v>3.6300000000000008</v>
       </c>
       <c r="E268" s="16">
-        <v>1.1734665139595577</v>
+        <v>0.77554159723112437</v>
       </c>
       <c r="F268" s="16">
-        <v>11.000000000000002</v>
+        <v>12.049999999999999</v>
       </c>
       <c r="G268" s="16">
-        <v>0.4758155911792441</v>
+        <v>0.48813487916129922</v>
       </c>
       <c r="H268" s="16">
-        <v>11.28</v>
+        <v>11.790000000000001</v>
       </c>
       <c r="I268" s="16">
-        <v>0.51464549685190242</v>
+        <v>0.46028257211679235</v>
       </c>
       <c r="J268" s="16">
-        <v>2.5454545454545228</v>
+        <v>-2.1576763485477013</v>
       </c>
       <c r="K268" s="16">
-        <v>0.27999999999999758</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.25999999999999801</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B269" s="5"/>
       <c r="C269" s="79"/>
       <c r="D269" s="16">
-        <v>5.52</v>
+        <v>4.5600000000000005</v>
       </c>
       <c r="E269" s="16">
-        <v>1.0364056251290812</v>
+        <v>0.97423407255480077</v>
       </c>
       <c r="F269" s="16">
-        <v>11.64</v>
+        <v>8.44</v>
       </c>
       <c r="G269" s="16">
-        <v>0.50349940739330912</v>
+        <v>0.34189696100592243</v>
       </c>
       <c r="H269" s="16">
-        <v>8.7099999999999991</v>
+        <v>7.8500000000000005</v>
       </c>
       <c r="I269" s="16">
-        <v>0.39739027283511263</v>
+        <v>0.30646464725333505</v>
       </c>
       <c r="J269" s="16">
-        <v>-25.171821305841934</v>
+        <v>-6.9905213270142053</v>
       </c>
       <c r="K269" s="16">
-        <v>-2.9300000000000015</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.58999999999999897</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="15" t="s">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="B270" s="5"/>
       <c r="C270" s="79"/>
       <c r="D270" s="16">
-        <v>1.7799999999999998</v>
+        <v>0.72000000000000008</v>
       </c>
       <c r="E270" s="16">
-        <v>0.33420326317568194</v>
+        <v>0.15382643250865274</v>
       </c>
       <c r="F270" s="16">
-        <v>13.82</v>
+        <v>5.37</v>
       </c>
       <c r="G270" s="16">
-        <v>0.59779740637246837</v>
+        <v>0.21753396689594828</v>
       </c>
       <c r="H270" s="16">
-        <v>5.9499999999999993</v>
+        <v>6.59</v>
       </c>
       <c r="I270" s="16">
-        <v>0.27146637466922158</v>
+        <v>0.25727414336299081</v>
       </c>
       <c r="J270" s="16">
-        <v>-56.946454413892909</v>
+        <v>22.718808193668526</v>
       </c>
       <c r="K270" s="16">
-        <v>-7.870000000000001</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.2199999999999998</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="15" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
       <c r="B271" s="5"/>
       <c r="C271" s="79"/>
       <c r="D271" s="16">
-        <v>0.77000000000000013</v>
+        <v>4.8599999999999994</v>
       </c>
       <c r="E271" s="16">
-        <v>0.14457107451981754</v>
+        <v>1.0383284194334059</v>
       </c>
       <c r="F271" s="16">
-        <v>3.3699999999999997</v>
+        <v>5.9499999999999993</v>
       </c>
       <c r="G271" s="16">
-        <v>0.14577259475218657</v>
+        <v>0.24102925568545477</v>
       </c>
       <c r="H271" s="16">
-        <v>5.38</v>
+        <v>4.1899999999999995</v>
       </c>
       <c r="I271" s="16">
-        <v>0.24546035222191803</v>
+        <v>0.16357794547662083</v>
       </c>
       <c r="J271" s="16">
-        <v>59.643916913946605</v>
+        <v>-29.579831932773111</v>
       </c>
       <c r="K271" s="16">
-        <v>2.0100000000000002</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.7599999999999998</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B272" s="5"/>
       <c r="C272" s="79"/>
       <c r="D272" s="16">
-        <v>1.08</v>
+        <v>0.79</v>
       </c>
       <c r="E272" s="16">
-        <v>0.20277501361221159</v>
+        <v>0.16878178011366066</v>
       </c>
       <c r="F272" s="16">
+        <v>1.1400000000000003</v>
+      </c>
+      <c r="G272" s="16">
+        <v>4.61803952069611E-2</v>
+      </c>
+      <c r="H272" s="16">
         <v>1.04</v>
       </c>
-      <c r="G272" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I272" s="16">
-        <v>5.201204489460718E-2</v>
+        <v>4.0601685750760313E-2</v>
       </c>
       <c r="J272" s="16">
-        <v>9.6153846153846452</v>
+        <v>-8.7719298245614272</v>
       </c>
       <c r="K272" s="16">
-        <v>0.10000000000000031</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.10000000000000031</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="15" t="s">
         <v>68</v>
       </c>
       <c r="B273" s="5"/>
       <c r="C273" s="79"/>
       <c r="D273" s="16">
-        <v>1.41</v>
+        <v>2.1400000000000006</v>
       </c>
       <c r="E273" s="16">
-        <v>0.26473404554927615</v>
+        <v>0.45720634106738467</v>
       </c>
       <c r="F273" s="16">
-        <v>1.1299999999999999</v>
+        <v>0.35000000000000003</v>
       </c>
       <c r="G273" s="16">
-        <v>4.8879238002958694E-2</v>
+        <v>1.4178191510909108E-2</v>
       </c>
       <c r="H273" s="16">
-        <v>0.35000000000000003</v>
+        <v>1.02</v>
       </c>
       <c r="I273" s="16">
-        <v>1.5968610274660098E-2</v>
+        <v>3.9820884101707227E-2</v>
       </c>
       <c r="J273" s="16">
-        <v>-69.026548672566364</v>
+        <v>191.42857142857139</v>
       </c>
       <c r="K273" s="16">
-        <v>-0.7799999999999998</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.66999999999999993</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B274" s="96"/>
       <c r="C274" s="97"/>
       <c r="D274" s="17">
-        <v>532.61</v>
+        <v>468.06</v>
       </c>
       <c r="E274" s="17">
         <v>100</v>
       </c>
       <c r="F274" s="17">
-        <v>2311.8200000000002</v>
+        <v>2468.58</v>
       </c>
       <c r="G274" s="17">
         <v>100</v>
       </c>
       <c r="H274" s="17">
-        <v>2191.8000000000002</v>
+        <v>2561.4699999999998</v>
       </c>
       <c r="I274" s="17">
         <v>100</v>
       </c>
       <c r="J274" s="17">
-        <v>-5.191580659393896</v>
+        <v>3.7628920269952717</v>
       </c>
       <c r="K274" s="17">
-        <v>-120.01999999999998</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92.889999999999873</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="4" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="277" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A277" s="130" t="s">
+    <row r="277" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="127" t="s">
         <v>51</v>
       </c>
-      <c r="B277" s="130"/>
-[...10 lines deleted...]
-    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B277" s="127"/>
+      <c r="C277" s="127"/>
+      <c r="D277" s="127"/>
+      <c r="E277" s="127"/>
+      <c r="F277" s="127"/>
+      <c r="G277" s="127"/>
+      <c r="H277" s="127"/>
+      <c r="I277" s="127"/>
+      <c r="J277" s="127"/>
+      <c r="K277" s="127"/>
+    </row>
+    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="46"/>
       <c r="B278" s="46"/>
       <c r="C278" s="46"/>
       <c r="D278" s="83"/>
       <c r="E278" s="83"/>
       <c r="F278" s="83"/>
       <c r="G278" s="83"/>
       <c r="H278" s="83"/>
       <c r="I278" s="83"/>
       <c r="J278" s="46"/>
       <c r="K278" s="46"/>
     </row>
-    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="46"/>
       <c r="B279" s="46"/>
       <c r="C279" s="46"/>
       <c r="D279" s="83"/>
       <c r="E279" s="83"/>
       <c r="F279" s="83"/>
       <c r="G279" s="83"/>
       <c r="H279" s="83"/>
       <c r="I279" s="83"/>
       <c r="J279" s="46"/>
       <c r="K279" s="46"/>
     </row>
-    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="2" t="s">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="B280" s="37"/>
       <c r="C280" s="37"/>
       <c r="D280" s="37"/>
       <c r="E280" s="37"/>
       <c r="F280" s="37"/>
       <c r="G280" s="37"/>
       <c r="H280" s="37"/>
       <c r="I280" s="37"/>
       <c r="J280" s="37"/>
       <c r="K280" s="37"/>
     </row>
-    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A281" s="23"/>
       <c r="B281" s="23"/>
       <c r="C281" s="23"/>
       <c r="D281" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E281" s="13" t="s">
-        <v>198</v>
+        <v>154</v>
       </c>
       <c r="F281" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G281" s="13" t="s">
-        <v>199</v>
+        <v>155</v>
       </c>
       <c r="H281" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I281" s="13" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="J281" s="13" t="s">
-        <v>193</v>
+        <v>134</v>
       </c>
       <c r="K281" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A282" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B282" s="5"/>
       <c r="C282" s="79"/>
       <c r="D282" s="16">
-        <v>182.51000000000002</v>
+        <v>378.08000000000004</v>
       </c>
       <c r="E282" s="16">
-        <v>50.203553941794574</v>
+        <v>62.983940827613793</v>
       </c>
       <c r="F282" s="16">
-        <v>480.72999999999996</v>
+        <v>463.72999999999996</v>
       </c>
       <c r="G282" s="16">
-        <v>56.243492096919489</v>
+        <v>53.723441228944132</v>
       </c>
       <c r="H282" s="16">
-        <v>452.15</v>
+        <v>387.68999999999994</v>
       </c>
       <c r="I282" s="16">
-        <v>53.164720683857155</v>
+        <v>49.55708095256356</v>
       </c>
       <c r="J282" s="16">
-        <v>-5.9451251222099692</v>
+        <v>-16.397472667284848</v>
       </c>
       <c r="K282" s="16">
-        <v>-28.579999999999984</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-76.04000000000002</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A283" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B283" s="5"/>
       <c r="C283" s="79"/>
       <c r="D283" s="16">
-        <v>100.92999999999999</v>
+        <v>104.37000000000002</v>
       </c>
       <c r="E283" s="16">
-        <v>27.763107223414202</v>
+        <v>17.386886119810761</v>
       </c>
       <c r="F283" s="16">
-        <v>187.76</v>
+        <v>211.81</v>
       </c>
       <c r="G283" s="16">
-        <v>21.967170919471645</v>
+        <v>24.538334993859916</v>
       </c>
       <c r="H283" s="16">
-        <v>211.81</v>
+        <v>225.02999999999997</v>
       </c>
       <c r="I283" s="16">
-        <v>24.905052500382141</v>
+        <v>28.764811903209726</v>
       </c>
       <c r="J283" s="16">
-        <v>12.808904985087352</v>
+        <v>6.2414428025116706</v>
       </c>
       <c r="K283" s="16">
-        <v>24.050000000000011</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.21999999999997</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A284" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B284" s="5"/>
       <c r="C284" s="79"/>
       <c r="D284" s="16">
-        <v>50.53</v>
+        <v>68.47999999999999</v>
       </c>
       <c r="E284" s="16">
-        <v>13.899433349837706</v>
+        <v>11.408009595522088</v>
       </c>
       <c r="F284" s="16">
-        <v>89.2</v>
+        <v>71.41</v>
       </c>
       <c r="G284" s="16">
-        <v>10.436044130895135</v>
+        <v>8.2728978892003973</v>
       </c>
       <c r="H284" s="16">
-        <v>71.48</v>
+        <v>64.88</v>
       </c>
       <c r="I284" s="16">
-        <v>8.4047644243771096</v>
+        <v>8.2933875317968582</v>
       </c>
       <c r="J284" s="16">
-        <v>-19.865470852017935</v>
+        <v>-9.1443775381599224</v>
       </c>
       <c r="K284" s="16">
-        <v>-17.72</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-6.5300000000000011</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="15" t="s">
         <v>4</v>
       </c>
       <c r="B285" s="5"/>
       <c r="C285" s="79"/>
       <c r="D285" s="16">
-        <v>0.29000000000000004</v>
+        <v>0.16</v>
       </c>
       <c r="E285" s="16">
-        <v>7.9771139351928269E-2</v>
+        <v>2.6654228026920773E-2</v>
       </c>
       <c r="F285" s="16">
-        <v>25.64</v>
+        <v>47.309999999999988</v>
       </c>
       <c r="G285" s="16">
-        <v>2.9997777075801717</v>
+        <v>5.4808962209504379</v>
       </c>
       <c r="H285" s="16">
-        <v>47.309999999999988</v>
+        <v>39.79</v>
       </c>
       <c r="I285" s="16">
-        <v>5.562806448199229</v>
+        <v>5.0862190180363287</v>
       </c>
       <c r="J285" s="16">
-        <v>84.516380655226158</v>
+        <v>-15.895159585711246</v>
       </c>
       <c r="K285" s="16">
-        <v>21.669999999999987</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-7.5199999999999889</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B286" s="5"/>
       <c r="C286" s="79"/>
       <c r="D286" s="16">
-        <v>6.16</v>
+        <v>17.97</v>
       </c>
       <c r="E286" s="16">
-        <v>1.6944490289926828</v>
+        <v>2.9936029852735389</v>
       </c>
       <c r="F286" s="16">
-        <v>31.229999999999997</v>
+        <v>29.500000000000007</v>
       </c>
       <c r="G286" s="16">
-        <v>3.6537854059176573</v>
+        <v>3.4175954030445572</v>
       </c>
       <c r="H286" s="16">
-        <v>29.500000000000007</v>
+        <v>30.479999999999997</v>
       </c>
       <c r="I286" s="16">
-        <v>3.4686702646771796</v>
+        <v>3.8961536986616556</v>
       </c>
       <c r="J286" s="16">
-        <v>-5.5395453089977265</v>
+        <v>3.3220338983050492</v>
       </c>
       <c r="K286" s="16">
-        <v>-1.7299999999999898</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.97999999999998977</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B287" s="5"/>
       <c r="C287" s="79"/>
       <c r="D287" s="16">
-        <v>13.04</v>
+        <v>19.98</v>
       </c>
       <c r="E287" s="16">
-        <v>3.5869505418936014</v>
+        <v>3.3284467248617311</v>
       </c>
       <c r="F287" s="16">
-        <v>28.650000000000006</v>
+        <v>28.99</v>
       </c>
       <c r="G287" s="16">
-        <v>3.3519356989926647</v>
+        <v>3.3585115503139558</v>
       </c>
       <c r="H287" s="16">
-        <v>28.89</v>
+        <v>20.89</v>
       </c>
       <c r="I287" s="16">
-        <v>3.396945218526227</v>
+        <v>2.6702969411103021</v>
       </c>
       <c r="J287" s="16">
-        <v>0.83769633507851604</v>
+        <v>-27.94066919627457</v>
       </c>
       <c r="K287" s="16">
-        <v>0.23999999999999488</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-8.0999999999999979</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B288" s="5"/>
       <c r="C288" s="79"/>
       <c r="D288" s="16">
-        <v>2.1700000000000004</v>
+        <v>2.6300000000000003</v>
       </c>
       <c r="E288" s="16">
-        <v>0.5969081806678771</v>
+        <v>0.43812887319251026</v>
       </c>
       <c r="F288" s="16">
-        <v>6.42</v>
+        <v>4.7700000000000005</v>
       </c>
       <c r="G288" s="16">
-        <v>0.75111438699940325</v>
+        <v>0.5526077990685605</v>
       </c>
       <c r="H288" s="16">
-        <v>4.78</v>
+        <v>5.6599999999999993</v>
       </c>
       <c r="I288" s="16">
-        <v>0.56204216492057335</v>
+        <v>0.72349835742864077</v>
       </c>
       <c r="J288" s="16">
-        <v>-25.545171339563861</v>
+        <v>18.658280922431839</v>
       </c>
       <c r="K288" s="16">
-        <v>-1.6399999999999997</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.88999999999999879</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B289" s="5"/>
       <c r="C289" s="79"/>
       <c r="D289" s="16">
-        <v>1.6999999999999997</v>
+        <v>3.5700000000000003</v>
       </c>
       <c r="E289" s="16">
-        <v>0.46762392033888972</v>
+        <v>0.59472246285066976</v>
       </c>
       <c r="F289" s="16">
-        <v>4.51</v>
+        <v>3.87</v>
       </c>
       <c r="G289" s="16">
-        <v>0.5276520070665589</v>
+        <v>0.44834217660279441</v>
       </c>
       <c r="H289" s="16">
-        <v>3.87</v>
+        <v>5.25</v>
       </c>
       <c r="I289" s="16">
-        <v>0.45504250590849771</v>
+        <v>0.67108946581278528</v>
       </c>
       <c r="J289" s="16">
-        <v>-14.190687361419062</v>
+        <v>35.65891472868217</v>
       </c>
       <c r="K289" s="16">
-        <v>-0.63999999999999968</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B290" s="5"/>
       <c r="C290" s="79"/>
       <c r="D290" s="16">
-        <v>2.71</v>
+        <v>2.41</v>
       </c>
       <c r="E290" s="16">
-        <v>0.74544754359905363</v>
+        <v>0.40147930965549411</v>
       </c>
       <c r="F290" s="16">
-        <v>2.91</v>
+        <v>2.0699999999999998</v>
       </c>
       <c r="G290" s="16">
-        <v>0.34045839036888842</v>
+        <v>0.23981093167126208</v>
       </c>
       <c r="H290" s="16">
-        <v>2.0699999999999998</v>
+        <v>2.09</v>
       </c>
       <c r="I290" s="16">
-        <v>0.24339482874175455</v>
+        <v>0.26715752067594689</v>
       </c>
       <c r="J290" s="16">
-        <v>-28.865979381443307</v>
+        <v>0.96618357487922801</v>
       </c>
       <c r="K290" s="16">
-        <v>-0.8400000000000003</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.0000000000000018E-2</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B291" s="5"/>
       <c r="C291" s="79"/>
       <c r="D291" s="16">
-        <v>3.42</v>
+        <v>2.76</v>
       </c>
       <c r="E291" s="16">
-        <v>0.94074929856411937</v>
+        <v>0.45978543346438328</v>
       </c>
       <c r="F291" s="16">
-        <v>1.1900000000000002</v>
+        <v>1.5300000000000002</v>
       </c>
       <c r="G291" s="16">
-        <v>0.13922525241889255</v>
+        <v>0.17725155819180244</v>
       </c>
       <c r="H291" s="16">
-        <v>1.5300000000000002</v>
+        <v>0.47</v>
       </c>
       <c r="I291" s="16">
-        <v>0.17990052559173167</v>
+        <v>6.007848551085887E-2</v>
       </c>
       <c r="J291" s="16">
-        <v>28.571428571428577</v>
+        <v>-69.281045751633997</v>
       </c>
       <c r="K291" s="16">
-        <v>0.34000000000000008</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.0600000000000003</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="15" t="s">
-        <v>68</v>
+        <v>34</v>
       </c>
       <c r="B292" s="5"/>
       <c r="C292" s="79"/>
       <c r="D292" s="16">
-        <v>0</v>
+        <v>-0.17000000000000004</v>
       </c>
       <c r="E292" s="16">
-        <v>0</v>
+        <v>-2.8320117278603327E-2</v>
       </c>
       <c r="F292" s="16">
-        <v>0</v>
+        <v>-1.91</v>
       </c>
       <c r="G292" s="16">
-        <v>0</v>
+        <v>-0.22127482101068144</v>
       </c>
       <c r="H292" s="16">
-        <v>0.11000000000000001</v>
+        <v>0.12000000000000001</v>
       </c>
       <c r="I292" s="16">
-        <v>1.2934024715745411E-2</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>1.5339187790006521E-2</v>
+      </c>
+      <c r="J292" s="16">
+        <v>-106.28272251308898</v>
       </c>
       <c r="K292" s="16">
-        <v>0.11000000000000001</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.0299999999999998</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="15" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="B293" s="5"/>
       <c r="C293" s="79"/>
       <c r="D293" s="16">
-        <v>0.12999999999999998</v>
+        <v>0</v>
       </c>
       <c r="E293" s="16">
-        <v>3.5759476261209212E-2</v>
+        <v>0</v>
       </c>
       <c r="F293" s="16">
-        <v>-3.5299999999999994</v>
+        <v>0.11000000000000001</v>
       </c>
       <c r="G293" s="16">
-        <v>-0.4129959168392357</v>
+        <v>1.2743576079149194E-2</v>
       </c>
       <c r="H293" s="16">
-        <v>-3.02</v>
+        <v>0</v>
       </c>
       <c r="I293" s="16">
-        <v>-0.35509776946864674</v>
+        <v>0</v>
       </c>
       <c r="J293" s="16">
-        <v>-14.447592067988651</v>
+        <v>-100</v>
       </c>
       <c r="K293" s="16">
-        <v>0.50999999999999934</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.11000000000000001</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B294" s="96"/>
       <c r="C294" s="97"/>
       <c r="D294" s="17">
-        <v>363.54</v>
+        <v>600.28</v>
       </c>
       <c r="E294" s="17">
         <v>100</v>
       </c>
       <c r="F294" s="17">
-        <v>854.73</v>
+        <v>863.18</v>
       </c>
       <c r="G294" s="17">
         <v>100</v>
       </c>
       <c r="H294" s="17">
-        <v>850.47</v>
+        <v>782.31</v>
       </c>
       <c r="I294" s="17">
         <v>100</v>
       </c>
       <c r="J294" s="17">
-        <v>-0.49840300445754698</v>
+        <v>-9.3688454320072303</v>
       </c>
       <c r="K294" s="17">
-        <v>-4.2599999999999909</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-80.87</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="4" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="297" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A297" s="130" t="s">
+    <row r="297" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="127" t="s">
         <v>51</v>
       </c>
-      <c r="B297" s="130"/>
-[...10 lines deleted...]
-    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B297" s="127"/>
+      <c r="C297" s="127"/>
+      <c r="D297" s="127"/>
+      <c r="E297" s="127"/>
+      <c r="F297" s="127"/>
+      <c r="G297" s="127"/>
+      <c r="H297" s="127"/>
+      <c r="I297" s="127"/>
+      <c r="J297" s="127"/>
+      <c r="K297" s="127"/>
+    </row>
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="46"/>
       <c r="B298" s="46"/>
       <c r="C298" s="46"/>
       <c r="D298" s="83"/>
       <c r="E298" s="83"/>
       <c r="F298" s="83"/>
       <c r="G298" s="83"/>
       <c r="H298" s="83"/>
       <c r="I298" s="46"/>
       <c r="J298" s="46"/>
       <c r="K298" s="46"/>
     </row>
-    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...78 lines deleted...]
-      <c r="A305" s="46"/>
+    <row r="299" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A299" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B299" s="8"/>
+      <c r="C299" s="8"/>
+      <c r="D299" s="8"/>
+      <c r="E299" s="8"/>
+      <c r="F299" s="8"/>
+      <c r="G299" s="8"/>
+      <c r="H299" s="8"/>
+      <c r="I299" s="8"/>
+      <c r="J299" s="8"/>
+      <c r="K299" s="9"/>
+    </row>
+    <row r="300" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="11"/>
+      <c r="B300" s="12"/>
+      <c r="C300" s="12"/>
+      <c r="D300" s="12"/>
+      <c r="E300" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F300" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G300" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H300" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I300" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J300" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K300" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B301" s="16"/>
+      <c r="C301" s="16"/>
+      <c r="D301" s="16"/>
+      <c r="E301" s="16">
+        <v>668.4</v>
+      </c>
+      <c r="F301" s="16">
+        <v>1824.29</v>
+      </c>
+      <c r="G301" s="16">
+        <v>3041.37</v>
+      </c>
+      <c r="H301" s="16">
+        <v>3266.45</v>
+      </c>
+      <c r="I301" s="16">
+        <v>3281.37</v>
+      </c>
+      <c r="J301" s="16">
+        <v>0.45676498951461292</v>
+      </c>
+      <c r="K301" s="16">
+        <v>48.852005561988435</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B302" s="16"/>
+      <c r="C302" s="16"/>
+      <c r="D302" s="16"/>
+      <c r="E302" s="16">
+        <v>2725.5</v>
+      </c>
+      <c r="F302" s="16">
+        <v>4905.62</v>
+      </c>
+      <c r="G302" s="16">
+        <v>4161.53</v>
+      </c>
+      <c r="H302" s="16">
+        <v>4264.03</v>
+      </c>
+      <c r="I302" s="16">
+        <v>3255.16</v>
+      </c>
+      <c r="J302" s="16">
+        <v>-23.660011772900283</v>
+      </c>
+      <c r="K302" s="16">
+        <v>4.5397695650697845</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B303" s="16"/>
+      <c r="C303" s="16"/>
+      <c r="D303" s="16"/>
+      <c r="E303" s="16">
+        <v>-2057.1</v>
+      </c>
+      <c r="F303" s="16">
+        <v>-3081.33</v>
+      </c>
+      <c r="G303" s="16">
+        <v>-1120.1599999999999</v>
+      </c>
+      <c r="H303" s="16">
+        <v>-997.57999999999993</v>
+      </c>
+      <c r="I303" s="16">
+        <v>26.210000000000036</v>
+      </c>
+      <c r="J303" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K303" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B304" s="17"/>
+      <c r="C304" s="17"/>
+      <c r="D304" s="17"/>
+      <c r="E304" s="17">
+        <v>24.523940561364888</v>
+      </c>
+      <c r="F304" s="17">
+        <v>37.187756083838536</v>
+      </c>
+      <c r="G304" s="17">
+        <v>73.082976693667959</v>
+      </c>
+      <c r="H304" s="17">
+        <v>76.604761223537352</v>
+      </c>
+      <c r="I304" s="17">
+        <v>100.80518315535949</v>
+      </c>
+      <c r="J304" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K304" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="4" t="s">
+        <v>25</v>
+      </c>
       <c r="B305" s="46"/>
       <c r="C305" s="46"/>
-      <c r="D305" s="83"/>
-[...3 lines deleted...]
-      <c r="H305" s="83"/>
+      <c r="D305" s="46"/>
+      <c r="E305" s="46"/>
+      <c r="F305" s="46"/>
+      <c r="G305" s="46"/>
+      <c r="H305" s="46"/>
       <c r="I305" s="46"/>
       <c r="J305" s="46"/>
       <c r="K305" s="46"/>
     </row>
-    <row r="306" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A306" s="46"/>
+    <row r="306" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="4" t="s">
+        <v>37</v>
+      </c>
       <c r="B306" s="46"/>
       <c r="C306" s="46"/>
-      <c r="D306" s="83"/>
-[...3 lines deleted...]
-      <c r="H306" s="83"/>
+      <c r="D306" s="46"/>
+      <c r="E306" s="46"/>
+      <c r="F306" s="46"/>
+      <c r="G306" s="46"/>
+      <c r="H306" s="46"/>
       <c r="I306" s="46"/>
       <c r="J306" s="46"/>
       <c r="K306" s="46"/>
     </row>
-    <row r="307" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A307" s="46"/>
+    <row r="307" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="4" t="s">
+        <v>0</v>
+      </c>
       <c r="B307" s="46"/>
       <c r="C307" s="46"/>
-      <c r="D307" s="83"/>
-[...3 lines deleted...]
-      <c r="H307" s="83"/>
+      <c r="D307" s="46"/>
+      <c r="E307" s="46"/>
+      <c r="F307" s="46"/>
+      <c r="G307" s="46"/>
+      <c r="H307" s="46"/>
       <c r="I307" s="46"/>
       <c r="J307" s="46"/>
       <c r="K307" s="46"/>
     </row>
-    <row r="308" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...40 lines deleted...]
-      <c r="A310" s="15" t="s">
+    <row r="308" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B308" s="46"/>
+      <c r="C308" s="46"/>
+      <c r="D308" s="46"/>
+      <c r="E308" s="46"/>
+      <c r="F308" s="46"/>
+      <c r="G308" s="46"/>
+      <c r="H308" s="46"/>
+      <c r="I308" s="46"/>
+      <c r="J308" s="46"/>
+      <c r="K308" s="46"/>
+    </row>
+    <row r="309" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B309" s="46"/>
+      <c r="C309" s="46"/>
+      <c r="D309" s="46"/>
+      <c r="E309" s="46"/>
+      <c r="F309" s="46"/>
+      <c r="G309" s="46"/>
+      <c r="H309" s="46"/>
+      <c r="I309" s="46"/>
+      <c r="J309" s="46"/>
+      <c r="K309" s="46"/>
+    </row>
+    <row r="310" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="127" t="s">
+        <v>82</v>
+      </c>
+      <c r="B310" s="127"/>
+      <c r="C310" s="127"/>
+      <c r="D310" s="127"/>
+      <c r="E310" s="127"/>
+      <c r="F310" s="127"/>
+      <c r="G310" s="127"/>
+      <c r="H310" s="127"/>
+      <c r="I310" s="127"/>
+      <c r="J310" s="127"/>
+      <c r="K310" s="127"/>
+    </row>
+    <row r="311" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="46"/>
+      <c r="B311" s="46"/>
+      <c r="C311" s="46"/>
+      <c r="D311" s="46"/>
+      <c r="E311" s="46"/>
+      <c r="F311" s="46"/>
+      <c r="G311" s="46"/>
+      <c r="H311" s="46"/>
+      <c r="I311" s="46"/>
+      <c r="J311" s="46"/>
+      <c r="K311" s="86"/>
+    </row>
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B312" s="22"/>
+      <c r="C312" s="22"/>
+      <c r="D312" s="22"/>
+    </row>
+    <row r="313" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="23"/>
+      <c r="B313" s="23"/>
+      <c r="C313" s="23"/>
+      <c r="D313" s="24"/>
+      <c r="E313" s="12"/>
+      <c r="F313" s="12"/>
+      <c r="G313" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H313" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I313" s="12">
+        <v>2023</v>
+      </c>
+      <c r="J313" s="12">
+        <v>2024</v>
+      </c>
+      <c r="K313" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="121" t="s">
+        <v>137</v>
+      </c>
+      <c r="B314" s="121"/>
+      <c r="C314" s="121"/>
+      <c r="D314" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E314" s="27"/>
+      <c r="F314" s="27"/>
+      <c r="G314" s="27">
         <v>18</v>
       </c>
-      <c r="B310" s="5"/>
-[...347 lines deleted...]
-      <c r="A323" s="4" t="s">
+      <c r="H314" s="27">
+        <v>12</v>
+      </c>
+      <c r="I314" s="27">
+        <v>9</v>
+      </c>
+      <c r="J314" s="27">
+        <v>9</v>
+      </c>
+      <c r="K314" s="27">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="121"/>
+      <c r="B315" s="121"/>
+      <c r="C315" s="121"/>
+      <c r="D315" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E315" s="28"/>
+      <c r="F315" s="28"/>
+      <c r="G315" s="28">
+        <v>0.74161299939741165</v>
+      </c>
+      <c r="H315" s="28">
+        <v>1.5081192782316342</v>
+      </c>
+      <c r="I315" s="28">
+        <v>2.3812346150714361</v>
+      </c>
+      <c r="J315" s="28">
+        <v>2.4495548213736131</v>
+      </c>
+      <c r="K315" s="28">
+        <v>2.4372510195414145</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="124" t="s">
+        <v>138</v>
+      </c>
+      <c r="B316" s="124"/>
+      <c r="C316" s="124"/>
+      <c r="D316" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E316" s="30"/>
+      <c r="F316" s="30"/>
+      <c r="G316" s="30">
+        <v>10</v>
+      </c>
+      <c r="H316" s="30">
+        <v>7</v>
+      </c>
+      <c r="I316" s="30">
+        <v>7</v>
+      </c>
+      <c r="J316" s="30">
+        <v>7</v>
+      </c>
+      <c r="K316" s="30">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="125"/>
+      <c r="B317" s="125"/>
+      <c r="C317" s="125"/>
+      <c r="D317" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E317" s="32"/>
+      <c r="F317" s="32"/>
+      <c r="G317" s="32">
+        <v>2.8526321143891349</v>
+      </c>
+      <c r="H317" s="32">
+        <v>3.8997757892450697</v>
+      </c>
+      <c r="I317" s="32">
+        <v>3.3651579643815781</v>
+      </c>
+      <c r="J317" s="32">
+        <v>3.3599254643917775</v>
+      </c>
+      <c r="K317" s="32">
+        <v>2.4870412799526669</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...23 lines deleted...]
-      <c r="C326" s="46"/>
+      <c r="B318" s="33"/>
+      <c r="C318" s="34"/>
+    </row>
+    <row r="319" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="4" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="46"/>
+      <c r="B320" s="46"/>
+      <c r="C320" s="46"/>
+      <c r="D320" s="46"/>
+      <c r="E320" s="46"/>
+      <c r="F320" s="46"/>
+      <c r="G320" s="46"/>
+      <c r="H320" s="46"/>
+      <c r="I320" s="46"/>
+      <c r="J320" s="46"/>
+      <c r="K320" s="46"/>
+    </row>
+    <row r="321" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A321" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B321" s="8"/>
+      <c r="C321" s="8"/>
+      <c r="D321" s="8"/>
+      <c r="E321" s="8"/>
+      <c r="F321" s="8"/>
+      <c r="G321" s="8"/>
+      <c r="H321" s="8"/>
+      <c r="I321" s="8"/>
+      <c r="J321" s="8"/>
+      <c r="K321" s="9"/>
+    </row>
+    <row r="322" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="11"/>
+      <c r="B322" s="12"/>
+      <c r="C322" s="12"/>
+      <c r="D322" s="12"/>
+      <c r="E322" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F322" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G322" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H322" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I322" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J322" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="K322" s="13" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B323" s="16"/>
+      <c r="C323" s="16"/>
+      <c r="D323" s="16"/>
+      <c r="E323" s="16">
+        <v>6.2899999999999956</v>
+      </c>
+      <c r="F323" s="16">
+        <v>249.37</v>
+      </c>
+      <c r="G323" s="16">
+        <v>-39.730000000000004</v>
+      </c>
+      <c r="H323" s="16">
+        <v>99.49</v>
+      </c>
+      <c r="I323" s="16">
+        <v>-11.199999999999996</v>
+      </c>
+      <c r="J323" s="16">
+        <v>-110.69</v>
+      </c>
+      <c r="K323" s="16">
+        <v>60.844000000000008</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B324" s="16"/>
+      <c r="C324" s="16"/>
+      <c r="D324" s="16"/>
+      <c r="E324" s="16">
+        <v>344.24</v>
+      </c>
+      <c r="F324" s="16">
+        <v>221.8</v>
+      </c>
+      <c r="G324" s="16">
+        <v>80.430000000000007</v>
+      </c>
+      <c r="H324" s="16">
+        <v>240.5</v>
+      </c>
+      <c r="I324" s="16">
+        <v>505.49999999999994</v>
+      </c>
+      <c r="J324" s="16">
+        <v>264.99999999999994</v>
+      </c>
+      <c r="K324" s="16">
+        <v>278.49400000000003</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B325" s="17"/>
+      <c r="C325" s="17"/>
+      <c r="D325" s="17"/>
+      <c r="E325" s="17">
+        <v>-337.95</v>
+      </c>
+      <c r="F325" s="17">
+        <v>27.569999999999993</v>
+      </c>
+      <c r="G325" s="17">
+        <v>-120.16000000000001</v>
+      </c>
+      <c r="H325" s="17">
+        <v>-141.01</v>
+      </c>
+      <c r="I325" s="17">
+        <v>-516.69999999999993</v>
+      </c>
+      <c r="J325" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K325" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B326" s="83"/>
+      <c r="C326" s="83"/>
       <c r="D326" s="83"/>
       <c r="E326" s="83"/>
       <c r="F326" s="83"/>
       <c r="G326" s="83"/>
       <c r="H326" s="83"/>
       <c r="I326" s="83"/>
       <c r="J326" s="46"/>
       <c r="K326" s="46"/>
     </row>
-    <row r="327" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A327" s="46"/>
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="4" t="s">
+        <v>52</v>
+      </c>
       <c r="B327" s="46"/>
       <c r="C327" s="46"/>
-      <c r="D327" s="83"/>
-[...4 lines deleted...]
-      <c r="I327" s="83"/>
+      <c r="D327" s="46"/>
+      <c r="E327" s="46"/>
+      <c r="F327" s="46"/>
+      <c r="G327" s="46"/>
+      <c r="H327" s="46"/>
+      <c r="I327" s="46"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A328" s="46"/>
+    <row r="328" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="4" t="s">
+        <v>105</v>
+      </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
-      <c r="D328" s="83"/>
-[...4 lines deleted...]
-      <c r="I328" s="83"/>
+      <c r="D328" s="46"/>
+      <c r="E328" s="46"/>
+      <c r="F328" s="46"/>
+      <c r="G328" s="46"/>
+      <c r="H328" s="46"/>
+      <c r="I328" s="46"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      <c r="H330" s="13" t="s">
+    <row r="329" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B329" s="87"/>
+      <c r="C329" s="87"/>
+      <c r="D329" s="87"/>
+      <c r="E329" s="87"/>
+      <c r="F329" s="87"/>
+      <c r="G329" s="87"/>
+      <c r="H329" s="87"/>
+      <c r="I329" s="87"/>
+      <c r="J329" s="87"/>
+      <c r="K329" s="46"/>
+    </row>
+    <row r="330" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="46"/>
+      <c r="B330" s="46"/>
+      <c r="C330" s="46"/>
+      <c r="D330" s="46"/>
+      <c r="E330" s="46"/>
+      <c r="F330" s="46"/>
+      <c r="G330" s="46"/>
+      <c r="H330" s="46"/>
+      <c r="I330" s="46"/>
+      <c r="J330" s="46"/>
+      <c r="K330" s="46"/>
+    </row>
+    <row r="331" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="46"/>
+      <c r="B331" s="46"/>
+      <c r="C331" s="46"/>
+      <c r="D331" s="46"/>
+      <c r="E331" s="46"/>
+      <c r="F331" s="46"/>
+      <c r="G331" s="46"/>
+      <c r="H331" s="46"/>
+      <c r="I331" s="46"/>
+      <c r="J331" s="46"/>
+      <c r="K331" s="46"/>
+    </row>
+    <row r="332" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B332" s="22"/>
+      <c r="C332" s="22"/>
+      <c r="D332" s="22"/>
+      <c r="E332" s="22"/>
+      <c r="F332" s="22"/>
+      <c r="G332" s="22"/>
+      <c r="H332" s="22"/>
+      <c r="I332" s="22"/>
+      <c r="J332" s="22"/>
+      <c r="K332" s="22"/>
+    </row>
+    <row r="333" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="11"/>
+      <c r="B333" s="13"/>
+      <c r="C333" s="13"/>
+      <c r="D333" s="13"/>
+      <c r="E333" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F333" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="G333" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H333" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="I333" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="J333" s="13" t="s">
         <v>134</v>
       </c>
-      <c r="I330" s="13" t="s">
-[...95 lines deleted...]
-      <c r="C334" s="79"/>
+      <c r="K333" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="109" t="s">
+        <v>38</v>
+      </c>
+      <c r="B334" s="16"/>
+      <c r="C334" s="16"/>
       <c r="D334" s="16"/>
-      <c r="E334" s="16"/>
+      <c r="E334" s="16">
+        <v>2697.73</v>
+      </c>
       <c r="F334" s="16">
-        <v>42.439999999999991</v>
+        <v>3200.3</v>
       </c>
       <c r="G334" s="16">
-        <v>5.6185130269010797</v>
+        <v>3551.13</v>
       </c>
       <c r="H334" s="16">
-        <v>39.19</v>
+        <v>3316.33</v>
       </c>
       <c r="I334" s="16">
-        <v>5.6390923349209308</v>
+        <v>3316.7</v>
       </c>
       <c r="J334" s="16">
-        <v>-7.6578699340244905</v>
+        <v>1.1156911405074009E-2</v>
       </c>
       <c r="K334" s="16">
-        <v>-3.2499999999999929</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.2996499161731991</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="15" t="s">
-        <v>70</v>
-[...173 lines deleted...]
-      <c r="H341" s="16">
+        <v>54</v>
+      </c>
+      <c r="B335" s="110"/>
+      <c r="C335" s="110"/>
+      <c r="D335" s="110"/>
+      <c r="E335" s="110">
+        <v>3.3273062525823738</v>
+      </c>
+      <c r="F335" s="110">
+        <v>3.6185689358695918</v>
+      </c>
+      <c r="G335" s="110">
+        <v>3.7746580796250435</v>
+      </c>
+      <c r="H335" s="110">
+        <v>3.4605526858458484</v>
+      </c>
+      <c r="I335" s="110">
+        <v>3.2678183393705256</v>
+      </c>
+      <c r="J335" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K335" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="100" t="s">
+        <v>39</v>
+      </c>
+      <c r="B336" s="102"/>
+      <c r="C336" s="102"/>
+      <c r="D336" s="102"/>
+      <c r="E336" s="102">
+        <v>4043.22</v>
+      </c>
+      <c r="F336" s="102">
+        <v>3875.87</v>
+      </c>
+      <c r="G336" s="102">
+        <v>3913.32</v>
+      </c>
+      <c r="H336" s="102">
+        <v>4134.8500000000004</v>
+      </c>
+      <c r="I336" s="102">
+        <v>4621.93</v>
+      </c>
+      <c r="J336" s="102">
+        <v>11.77987109568666</v>
+      </c>
+      <c r="K336" s="102">
+        <v>3.4008235381924656</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B337" s="112"/>
+      <c r="C337" s="112"/>
+      <c r="D337" s="112"/>
+      <c r="E337" s="112">
+        <v>2.1513157296147054</v>
+      </c>
+      <c r="F337" s="112">
+        <v>1.9310208831767417</v>
+      </c>
+      <c r="G337" s="112">
+        <v>1.8003248324588081</v>
+      </c>
+      <c r="H337" s="112">
+        <v>1.8360016711551543</v>
+      </c>
+      <c r="I337" s="112">
+        <v>1.9534211464803188</v>
+      </c>
+      <c r="J337" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K337" s="113" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="114" t="s">
+        <v>14</v>
+      </c>
+      <c r="B338" s="115"/>
+      <c r="C338" s="115"/>
+      <c r="D338" s="115"/>
+      <c r="E338" s="115">
+        <v>-1345.4899999999998</v>
+      </c>
+      <c r="F338" s="115">
+        <v>-675.56999999999971</v>
+      </c>
+      <c r="G338" s="115">
+        <v>-362.19000000000005</v>
+      </c>
+      <c r="H338" s="115">
+        <v>-818.52000000000044</v>
+      </c>
+      <c r="I338" s="115">
+        <v>-1305.2300000000005</v>
+      </c>
+      <c r="J338" s="116" t="s">
+        <v>26</v>
+      </c>
+      <c r="K338" s="116" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A339" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="B339" s="89"/>
+      <c r="C339" s="89"/>
+      <c r="D339" s="89"/>
+      <c r="E339" s="89"/>
+      <c r="F339" s="89"/>
+      <c r="G339" s="89"/>
+      <c r="H339" s="89"/>
+      <c r="I339" s="22"/>
+      <c r="J339" s="22"/>
+      <c r="K339" s="22"/>
+    </row>
+    <row r="340" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B340" s="90"/>
+      <c r="C340" s="90"/>
+      <c r="D340" s="90"/>
+      <c r="E340" s="90"/>
+      <c r="F340" s="90"/>
+      <c r="G340" s="90"/>
+      <c r="H340" s="90"/>
+      <c r="I340" s="90"/>
+      <c r="J340" s="89"/>
+      <c r="K340" s="46"/>
+    </row>
+    <row r="341" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="I341" s="16">
-[...64 lines deleted...]
-      <c r="A344" s="4" t="s">
+      <c r="B341" s="90"/>
+      <c r="C341" s="90"/>
+      <c r="D341" s="90"/>
+      <c r="E341" s="90"/>
+      <c r="F341" s="90"/>
+      <c r="G341" s="90"/>
+      <c r="H341" s="90"/>
+      <c r="I341" s="90"/>
+      <c r="J341" s="89"/>
+      <c r="K341" s="46"/>
+    </row>
+    <row r="342" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B342" s="90"/>
+      <c r="C342" s="90"/>
+      <c r="D342" s="90"/>
+      <c r="E342" s="90"/>
+      <c r="F342" s="90"/>
+      <c r="G342" s="90"/>
+      <c r="H342" s="90"/>
+      <c r="I342" s="90"/>
+      <c r="J342" s="89"/>
+      <c r="K342" s="46"/>
+    </row>
+    <row r="343" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B343" s="90"/>
+      <c r="C343" s="90"/>
+      <c r="D343" s="90"/>
+      <c r="E343" s="90"/>
+      <c r="F343" s="90"/>
+      <c r="G343" s="90"/>
+      <c r="H343" s="90"/>
+      <c r="I343" s="90"/>
+      <c r="J343" s="89"/>
+      <c r="K343" s="46"/>
+    </row>
+    <row r="344" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="46"/>
+      <c r="B344" s="46"/>
+      <c r="C344" s="46"/>
+      <c r="D344" s="46"/>
+      <c r="E344" s="46"/>
+      <c r="F344" s="46"/>
+      <c r="G344" s="46"/>
+      <c r="H344" s="46"/>
+      <c r="I344" s="46"/>
+      <c r="J344" s="46"/>
+      <c r="K344" s="46"/>
+    </row>
+    <row r="345" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A345" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B345" s="8"/>
+      <c r="C345" s="8"/>
+      <c r="D345" s="8"/>
+      <c r="E345" s="8"/>
+      <c r="F345" s="8"/>
+      <c r="G345" s="8"/>
+      <c r="H345" s="8"/>
+      <c r="I345" s="8"/>
+      <c r="J345" s="8"/>
+      <c r="K345" s="9"/>
+    </row>
+    <row r="346" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="11"/>
+      <c r="B346" s="12"/>
+      <c r="C346" s="12"/>
+      <c r="D346" s="12"/>
+      <c r="E346" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F346" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G346" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H346" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I346" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J346" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="K346" s="13" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B347" s="16"/>
+      <c r="C347" s="16"/>
+      <c r="D347" s="16"/>
+      <c r="E347" s="16">
+        <v>36.059999999999995</v>
+      </c>
+      <c r="F347" s="16">
+        <v>169.09</v>
+      </c>
+      <c r="G347" s="16">
+        <v>-58.030000000000008</v>
+      </c>
+      <c r="H347" s="16">
+        <v>116.5</v>
+      </c>
+      <c r="I347" s="16">
+        <v>-17.060000000000002</v>
+      </c>
+      <c r="J347" s="16">
+        <v>-133.56</v>
+      </c>
+      <c r="K347" s="16">
+        <v>49.311999999999998</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A348" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B348" s="16"/>
+      <c r="C348" s="16"/>
+      <c r="D348" s="16"/>
+      <c r="E348" s="16">
+        <v>374.01</v>
+      </c>
+      <c r="F348" s="16">
+        <v>141.53000000000003</v>
+      </c>
+      <c r="G348" s="16">
+        <v>62.099999999999994</v>
+      </c>
+      <c r="H348" s="16">
+        <v>257.52</v>
+      </c>
+      <c r="I348" s="16">
+        <v>499.64</v>
+      </c>
+      <c r="J348" s="16">
+        <v>242.12</v>
+      </c>
+      <c r="K348" s="16">
+        <v>266.95999999999998</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B349" s="17"/>
+      <c r="C349" s="17"/>
+      <c r="D349" s="17"/>
+      <c r="E349" s="17">
+        <v>-337.95</v>
+      </c>
+      <c r="F349" s="17">
+        <v>27.559999999999974</v>
+      </c>
+      <c r="G349" s="17">
+        <v>-120.13</v>
+      </c>
+      <c r="H349" s="17">
+        <v>-141.01999999999998</v>
+      </c>
+      <c r="I349" s="17">
+        <v>-516.70000000000005</v>
+      </c>
+      <c r="J349" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K349" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="K344" s="46"/>
-[...113 lines deleted...]
-    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K350" s="60"/>
+    </row>
+    <row r="351" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B351" s="60"/>
+      <c r="C351" s="60"/>
+      <c r="D351" s="60"/>
+      <c r="E351" s="60"/>
+      <c r="F351" s="60"/>
+      <c r="G351" s="60"/>
+      <c r="H351" s="60"/>
+      <c r="I351" s="60"/>
+    </row>
+    <row r="352" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B352" s="60"/>
+      <c r="C352" s="60"/>
+      <c r="D352" s="60"/>
+      <c r="E352" s="60"/>
+      <c r="F352" s="60"/>
+      <c r="G352" s="60"/>
+      <c r="H352" s="60"/>
+      <c r="I352" s="60"/>
+    </row>
+    <row r="353" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="137" t="s">
+        <v>47</v>
+      </c>
+      <c r="B353" s="137"/>
+      <c r="C353" s="137"/>
+      <c r="D353" s="137"/>
+      <c r="E353" s="137"/>
+      <c r="F353" s="137"/>
+      <c r="G353" s="137"/>
+      <c r="H353" s="137"/>
+      <c r="I353" s="137"/>
+      <c r="J353" s="137"/>
+      <c r="K353" s="137"/>
+    </row>
+    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="46"/>
       <c r="B354" s="46"/>
       <c r="C354" s="46"/>
-      <c r="D354" s="83"/>
-[...3 lines deleted...]
-      <c r="H354" s="83"/>
+      <c r="D354" s="46"/>
+      <c r="E354" s="46"/>
+      <c r="F354" s="46"/>
+      <c r="G354" s="46"/>
+      <c r="H354" s="46"/>
       <c r="I354" s="46"/>
       <c r="J354" s="46"/>
       <c r="K354" s="46"/>
     </row>
-    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="46"/>
       <c r="B355" s="46"/>
       <c r="C355" s="46"/>
-      <c r="D355" s="83"/>
-[...3 lines deleted...]
-      <c r="H355" s="83"/>
+      <c r="D355" s="46"/>
+      <c r="E355" s="46"/>
+      <c r="F355" s="46"/>
+      <c r="G355" s="46"/>
+      <c r="H355" s="46"/>
       <c r="I355" s="46"/>
       <c r="J355" s="46"/>
       <c r="K355" s="46"/>
     </row>
-    <row r="356" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="2" t="s">
-        <v>202</v>
-[...12 lines deleted...]
-    <row r="357" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+        <v>197</v>
+      </c>
+      <c r="B356" s="22"/>
+      <c r="C356" s="22"/>
+      <c r="D356" s="22"/>
+      <c r="E356" s="22"/>
+      <c r="F356" s="22"/>
+      <c r="G356" s="22"/>
+      <c r="H356" s="22"/>
+      <c r="I356" s="22"/>
+      <c r="J356" s="22"/>
+      <c r="K356" s="22"/>
+    </row>
+    <row r="357" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="11"/>
-      <c r="B357" s="12">
-[...12 lines deleted...]
-        <v>2024</v>
+      <c r="B357" s="13"/>
+      <c r="C357" s="13"/>
+      <c r="D357" s="13"/>
+      <c r="E357" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F357" s="13" t="s">
+        <v>111</v>
       </c>
       <c r="G357" s="13" t="s">
-        <v>193</v>
+        <v>114</v>
       </c>
       <c r="H357" s="13" t="s">
-        <v>194</v>
+        <v>126</v>
       </c>
       <c r="I357" s="13" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="J357" s="13" t="s">
         <v>134</v>
       </c>
       <c r="K357" s="13" t="s">
-        <v>139</v>
-[...14 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="B358" s="16"/>
+      <c r="C358" s="16"/>
+      <c r="D358" s="16"/>
       <c r="E358" s="16">
-        <v>3042.59</v>
+        <v>2415.77</v>
       </c>
       <c r="F358" s="16">
-        <v>3052.83</v>
+        <v>2821.83</v>
       </c>
       <c r="G358" s="16">
-        <v>0.33655536894552934</v>
+        <v>3274.61</v>
       </c>
       <c r="H358" s="16">
-        <v>38.468152497428591</v>
+        <v>3069.3</v>
       </c>
       <c r="I358" s="16">
-        <v>2775.2999999999997</v>
+        <v>3064.88</v>
       </c>
       <c r="J358" s="16">
-        <v>2738.4900000000002</v>
+        <v>-0.14400677678949836</v>
       </c>
       <c r="K358" s="16">
-        <v>-1.3263430980434365</v>
-[...37 lines deleted...]
-    <row r="360" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.1303197940746568</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B359" s="49"/>
+      <c r="C359" s="49"/>
+      <c r="D359" s="49"/>
+      <c r="E359" s="49">
+        <v>4</v>
+      </c>
+      <c r="F359" s="49">
+        <v>4</v>
+      </c>
+      <c r="G359" s="49">
+        <v>3</v>
+      </c>
+      <c r="H359" s="49">
+        <v>4</v>
+      </c>
+      <c r="I359" s="49">
+        <v>5</v>
+      </c>
+      <c r="J359" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K359" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B360" s="110"/>
+      <c r="C360" s="110"/>
+      <c r="D360" s="110"/>
+      <c r="E360" s="110">
+        <v>4.2150354299082444</v>
+      </c>
+      <c r="F360" s="110">
+        <v>4.44680087611352</v>
+      </c>
+      <c r="G360" s="110">
+        <v>4.7140796890956898</v>
+      </c>
+      <c r="H360" s="110">
+        <v>4.2625229753085314</v>
+      </c>
+      <c r="I360" s="110">
+        <v>3.8983603604795336</v>
+      </c>
+      <c r="J360" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K360" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="100" t="s">
+        <v>83</v>
+      </c>
+      <c r="B361" s="102"/>
+      <c r="C361" s="102"/>
+      <c r="D361" s="102"/>
+      <c r="E361" s="102">
+        <v>3761.25</v>
+      </c>
+      <c r="F361" s="102">
+        <v>3497.4</v>
+      </c>
+      <c r="G361" s="102">
+        <v>3636.79</v>
+      </c>
+      <c r="H361" s="102">
+        <v>3887.82</v>
+      </c>
+      <c r="I361" s="102">
+        <v>4370.1099999999997</v>
+      </c>
+      <c r="J361" s="102">
+        <v>12.405152501916227</v>
+      </c>
+      <c r="K361" s="102">
+        <v>3.8221556840007498</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B362" s="49"/>
+      <c r="C362" s="49"/>
+      <c r="D362" s="49"/>
+      <c r="E362" s="49">
+        <v>7</v>
+      </c>
+      <c r="F362" s="49">
+        <v>8</v>
+      </c>
+      <c r="G362" s="49">
+        <v>8</v>
+      </c>
+      <c r="H362" s="49">
+        <v>9</v>
+      </c>
+      <c r="I362" s="49">
+        <v>10</v>
+      </c>
+      <c r="J362" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K362" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B363" s="112"/>
+      <c r="C363" s="112"/>
+      <c r="D363" s="112"/>
+      <c r="E363" s="112">
+        <v>2.2909809205220726</v>
+      </c>
+      <c r="F363" s="112">
+        <v>1.9901826985896358</v>
+      </c>
+      <c r="G363" s="112">
+        <v>1.8867548645367189</v>
+      </c>
+      <c r="H363" s="112">
+        <v>1.9305529865244839</v>
+      </c>
+      <c r="I363" s="112">
+        <v>2.0446793775460175</v>
+      </c>
+      <c r="J363" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K363" s="113" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="114" t="s">
         <v>14</v>
       </c>
-      <c r="B360" s="16">
-[...14 lines deleted...]
-      <c r="G360" s="16" t="s">
+      <c r="B364" s="115"/>
+      <c r="C364" s="115"/>
+      <c r="D364" s="115"/>
+      <c r="E364" s="115">
+        <v>-1345.48</v>
+      </c>
+      <c r="F364" s="115">
+        <v>-675.57000000000016</v>
+      </c>
+      <c r="G364" s="115">
+        <v>-362.17999999999984</v>
+      </c>
+      <c r="H364" s="115">
+        <v>-818.52</v>
+      </c>
+      <c r="I364" s="115">
+        <v>-1305.2299999999996</v>
+      </c>
+      <c r="J364" s="116" t="s">
         <v>26</v>
       </c>
-      <c r="H360" s="16" t="s">
+      <c r="K364" s="116" t="s">
         <v>26</v>
       </c>
-      <c r="I360" s="16">
-[...5 lines deleted...]
-      <c r="K360" s="16" t="s">
+    </row>
+    <row r="365" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="K365" s="46"/>
+    </row>
+    <row r="366" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B366" s="90"/>
+      <c r="C366" s="90"/>
+      <c r="D366" s="90"/>
+      <c r="E366" s="90"/>
+      <c r="F366" s="90"/>
+      <c r="G366" s="90"/>
+      <c r="H366" s="90"/>
+      <c r="I366" s="90"/>
+      <c r="J366" s="89"/>
+      <c r="K366" s="46"/>
+    </row>
+    <row r="367" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B367" s="90"/>
+      <c r="C367" s="90"/>
+      <c r="D367" s="90"/>
+      <c r="E367" s="90"/>
+      <c r="F367" s="90"/>
+      <c r="G367" s="90"/>
+      <c r="H367" s="90"/>
+      <c r="I367" s="90"/>
+      <c r="J367" s="89"/>
+      <c r="K367" s="46"/>
+    </row>
+    <row r="368" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B368" s="90"/>
+      <c r="C368" s="90"/>
+      <c r="D368" s="90"/>
+      <c r="E368" s="90"/>
+      <c r="F368" s="90"/>
+      <c r="G368" s="90"/>
+      <c r="H368" s="90"/>
+      <c r="I368" s="90"/>
+      <c r="J368" s="89"/>
+      <c r="K368" s="46"/>
+    </row>
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B369" s="90"/>
+      <c r="C369" s="90"/>
+      <c r="D369" s="90"/>
+      <c r="E369" s="90"/>
+      <c r="F369" s="90"/>
+      <c r="G369" s="90"/>
+      <c r="H369" s="90"/>
+      <c r="I369" s="90"/>
+      <c r="J369" s="89"/>
+      <c r="K369" s="46"/>
+    </row>
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B370" s="90"/>
+      <c r="C370" s="90"/>
+      <c r="D370" s="90"/>
+      <c r="E370" s="90"/>
+      <c r="F370" s="90"/>
+      <c r="G370" s="90"/>
+      <c r="H370" s="90"/>
+      <c r="I370" s="90"/>
+      <c r="J370" s="89"/>
+      <c r="K370" s="46"/>
+    </row>
+    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="46"/>
+      <c r="B371" s="46"/>
+      <c r="C371" s="46"/>
+      <c r="D371" s="46"/>
+      <c r="E371" s="46"/>
+      <c r="F371" s="46"/>
+      <c r="G371" s="46"/>
+      <c r="H371" s="46"/>
+      <c r="I371" s="46"/>
+      <c r="J371" s="46"/>
+      <c r="K371" s="46"/>
+    </row>
+    <row r="372" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="46"/>
+      <c r="B372" s="46"/>
+      <c r="C372" s="46"/>
+      <c r="D372" s="46"/>
+      <c r="E372" s="46"/>
+      <c r="F372" s="46"/>
+      <c r="G372" s="46"/>
+      <c r="H372" s="46"/>
+      <c r="I372" s="46"/>
+      <c r="J372" s="46"/>
+      <c r="K372" s="46"/>
+    </row>
+    <row r="373" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A373" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B373" s="22"/>
+      <c r="C373" s="22"/>
+      <c r="D373" s="22"/>
+      <c r="E373" s="22"/>
+      <c r="F373" s="22"/>
+      <c r="G373" s="22"/>
+      <c r="H373" s="22"/>
+      <c r="I373" s="22"/>
+      <c r="J373" s="22"/>
+      <c r="K373" s="22"/>
+    </row>
+    <row r="374" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="11"/>
+      <c r="B374" s="13"/>
+      <c r="C374" s="13"/>
+      <c r="D374" s="13"/>
+      <c r="E374" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F374" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="G374" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H374" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="I374" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="J374" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K374" s="13" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="109" t="s">
+        <v>73</v>
+      </c>
+      <c r="B375" s="16"/>
+      <c r="C375" s="16"/>
+      <c r="D375" s="16"/>
+      <c r="E375" s="16">
+        <v>4464.41</v>
+      </c>
+      <c r="F375" s="16">
+        <v>4290.9399999999996</v>
+      </c>
+      <c r="G375" s="16">
+        <v>4149.1099999999997</v>
+      </c>
+      <c r="H375" s="16">
+        <v>4582.84</v>
+      </c>
+      <c r="I375" s="16">
+        <v>4993.34</v>
+      </c>
+      <c r="J375" s="16">
+        <v>8.957327770552757</v>
+      </c>
+      <c r="K375" s="16">
+        <v>2.8387446437824426</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B376" s="49"/>
+      <c r="C376" s="49"/>
+      <c r="D376" s="49"/>
+      <c r="E376" s="49">
+        <v>10</v>
+      </c>
+      <c r="F376" s="49">
+        <v>10</v>
+      </c>
+      <c r="G376" s="49">
+        <v>10</v>
+      </c>
+      <c r="H376" s="49">
+        <v>9</v>
+      </c>
+      <c r="I376" s="49">
+        <v>10</v>
+      </c>
+      <c r="J376" s="49" t="s">
         <v>26</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G361" s="18" t="s">
+      <c r="K376" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="H361" s="18" t="s">
+    </row>
+    <row r="377" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B377" s="110"/>
+      <c r="C377" s="110"/>
+      <c r="D377" s="110"/>
+      <c r="E377" s="110">
+        <v>2.7192763393520627</v>
+      </c>
+      <c r="F377" s="110">
+        <v>2.441743737829877</v>
+      </c>
+      <c r="G377" s="110">
+        <v>2.1525448200192878</v>
+      </c>
+      <c r="H377" s="110">
+        <v>2.275675172400951</v>
+      </c>
+      <c r="I377" s="110">
+        <v>2.3362751333663532</v>
+      </c>
+      <c r="J377" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="I361" s="17">
-[...5 lines deleted...]
-      <c r="K361" s="18" t="s">
+      <c r="K377" s="88" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="362" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A362" s="4" t="s">
+    <row r="378" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B378" s="78"/>
+      <c r="C378" s="78"/>
+      <c r="D378" s="78"/>
+      <c r="E378" s="78">
+        <v>118.6948487869724</v>
+      </c>
+      <c r="F378" s="78">
+        <v>122.68942643106307</v>
+      </c>
+      <c r="G378" s="78">
+        <v>114.08714828186395</v>
+      </c>
+      <c r="H378" s="78">
+        <v>117.87685643882691</v>
+      </c>
+      <c r="I378" s="78">
+        <v>114.26119708657221</v>
+      </c>
+      <c r="J378" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="K378" s="77" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A379" s="54" t="s">
         <v>25</v>
       </c>
-      <c r="B362" s="46"/>
-[...26 lines deleted...]
-      <c r="A364" s="4" t="s">
+    </row>
+    <row r="380" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A380" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B364" s="46"/>
-[...11 lines deleted...]
-      <c r="A365" s="4" t="s">
+    </row>
+    <row r="382" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B365" s="46"/>
-[...432 lines deleted...]
-      </c>
+    </row>
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="20" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="137" t="s">
+        <v>74</v>
+      </c>
+      <c r="B385" s="137"/>
+      <c r="C385" s="137"/>
+      <c r="D385" s="137"/>
+      <c r="E385" s="137"/>
+      <c r="F385" s="137"/>
+      <c r="G385" s="137"/>
+      <c r="H385" s="137"/>
+      <c r="I385" s="137"/>
+      <c r="J385" s="137"/>
+      <c r="K385" s="137"/>
+    </row>
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="46"/>
       <c r="B386" s="46"/>
       <c r="C386" s="46"/>
       <c r="D386" s="46"/>
       <c r="E386" s="46"/>
       <c r="F386" s="46"/>
       <c r="G386" s="46"/>
       <c r="H386" s="46"/>
       <c r="I386" s="46"/>
       <c r="J386" s="46"/>
       <c r="K386" s="46"/>
     </row>
-    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="46"/>
       <c r="B387" s="46"/>
       <c r="C387" s="46"/>
       <c r="D387" s="46"/>
       <c r="E387" s="46"/>
       <c r="F387" s="46"/>
       <c r="G387" s="46"/>
       <c r="H387" s="46"/>
       <c r="I387" s="46"/>
       <c r="J387" s="46"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="J388" s="87"/>
+    <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A388" s="46"/>
+      <c r="B388" s="46"/>
+      <c r="C388" s="46"/>
+      <c r="D388" s="46"/>
+      <c r="E388" s="46"/>
+      <c r="F388" s="46"/>
+      <c r="G388" s="46"/>
+      <c r="H388" s="46"/>
+      <c r="I388" s="46"/>
+      <c r="J388" s="46"/>
       <c r="K388" s="46"/>
     </row>
-    <row r="389" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...48 lines deleted...]
-      <c r="D392" s="13" t="s">
+    <row r="389" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A389" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B389" s="15"/>
+      <c r="C389" s="15"/>
+      <c r="D389" s="15"/>
+      <c r="E389" s="15"/>
+      <c r="F389" s="15"/>
+      <c r="G389" s="15"/>
+      <c r="H389" s="15"/>
+      <c r="I389" s="15"/>
+      <c r="J389" s="15"/>
+      <c r="K389" s="22"/>
+    </row>
+    <row r="390" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="11"/>
+      <c r="B390" s="12"/>
+      <c r="C390" s="12"/>
+      <c r="D390" s="12"/>
+      <c r="E390" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F390" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G390" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H390" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I390" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J390" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="K390" s="13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B391" s="16"/>
+      <c r="C391" s="16"/>
+      <c r="D391" s="16"/>
+      <c r="E391" s="16">
+        <v>191.21</v>
+      </c>
+      <c r="F391" s="16">
+        <v>741.79</v>
+      </c>
+      <c r="G391" s="16">
+        <v>1059.44</v>
+      </c>
+      <c r="H391" s="16">
+        <v>1145.33</v>
+      </c>
+      <c r="I391" s="16">
+        <v>1199.47</v>
+      </c>
+      <c r="J391" s="16">
+        <v>4.727021906350144</v>
+      </c>
+      <c r="K391" s="16">
+        <v>58.259466437963603</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B392" s="49"/>
+      <c r="C392" s="49"/>
+      <c r="D392" s="49"/>
+      <c r="E392" s="49">
+        <v>12</v>
+      </c>
+      <c r="F392" s="49">
+        <v>8</v>
+      </c>
+      <c r="G392" s="49">
+        <v>7</v>
+      </c>
+      <c r="H392" s="49">
+        <v>7</v>
+      </c>
+      <c r="I392" s="49">
+        <v>7</v>
+      </c>
+      <c r="J392" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K392" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="E392" s="13" t="s">
-[...33 lines deleted...]
-      </c>
+      <c r="B393" s="16"/>
+      <c r="C393" s="16"/>
+      <c r="D393" s="16"/>
       <c r="E393" s="16">
-        <v>3551.13</v>
+        <v>1.888277491171382</v>
       </c>
       <c r="F393" s="16">
-        <v>3396.73</v>
+        <v>3.4957214770635541</v>
       </c>
       <c r="G393" s="16">
-        <v>-4.3479117914579328</v>
+        <v>4.1595570007404783</v>
       </c>
       <c r="H393" s="16">
-        <v>7.0982821839916888</v>
-[...30 lines deleted...]
-      <c r="G394" s="88" t="s">
+        <v>4.12794603571861</v>
+      </c>
+      <c r="I393" s="16">
+        <v>4.1174824886762105</v>
+      </c>
+      <c r="J393" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="H394" s="88" t="s">
+      <c r="K393" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="I394" s="110">
-[...5 lines deleted...]
-      <c r="K394" s="88" t="s">
+    </row>
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="100" t="s">
+        <v>124</v>
+      </c>
+      <c r="B394" s="102"/>
+      <c r="C394" s="102"/>
+      <c r="D394" s="102"/>
+      <c r="E394" s="102">
+        <v>104.37</v>
+      </c>
+      <c r="F394" s="102">
+        <v>157.28</v>
+      </c>
+      <c r="G394" s="102">
+        <v>187.76</v>
+      </c>
+      <c r="H394" s="102">
+        <v>211.8</v>
+      </c>
+      <c r="I394" s="102">
+        <v>225.04</v>
+      </c>
+      <c r="J394" s="102">
+        <v>6.2511803588290737</v>
+      </c>
+      <c r="K394" s="16">
+        <v>21.177226713363019</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B395" s="49"/>
+      <c r="C395" s="49"/>
+      <c r="D395" s="49"/>
+      <c r="E395" s="49">
+        <v>9</v>
+      </c>
+      <c r="F395" s="49">
+        <v>9</v>
+      </c>
+      <c r="G395" s="49">
+        <v>9</v>
+      </c>
+      <c r="H395" s="49">
+        <v>9</v>
+      </c>
+      <c r="I395" s="49">
+        <v>9</v>
+      </c>
+      <c r="J395" s="91" t="s">
         <v>26</v>
       </c>
-    </row>
-[...54 lines deleted...]
-      <c r="G396" s="114" t="s">
+      <c r="K395" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="H396" s="114" t="s">
+    </row>
+    <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B396" s="17"/>
+      <c r="C396" s="17"/>
+      <c r="D396" s="17"/>
+      <c r="E396" s="17">
+        <v>2.9200694974861721</v>
+      </c>
+      <c r="F396" s="17">
+        <v>2.8424421725308902</v>
+      </c>
+      <c r="G396" s="17">
+        <v>2.9418354508720062</v>
+      </c>
+      <c r="H396" s="17">
+        <v>3.093641821129661</v>
+      </c>
+      <c r="I396" s="17">
+        <v>3.1449889665446622</v>
+      </c>
+      <c r="J396" s="18" t="s">
         <v>26</v>
       </c>
-      <c r="I396" s="113">
-[...5 lines deleted...]
-      <c r="K396" s="114" t="s">
+      <c r="K396" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="397" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...34 lines deleted...]
-    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="54" t="s">
-        <v>25</v>
-[...27 lines deleted...]
-    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A400" s="4" t="s">
-        <v>0</v>
-[...13 lines deleted...]
-      <c r="A401" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B401" s="90"/>
-[...40 lines deleted...]
-    <row r="404" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="4" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="127" t="s">
+        <v>113</v>
+      </c>
+      <c r="B403" s="127"/>
+      <c r="C403" s="127"/>
+      <c r="D403" s="127"/>
+      <c r="E403" s="127"/>
+      <c r="F403" s="127"/>
+      <c r="G403" s="127"/>
+      <c r="H403" s="127"/>
+      <c r="I403" s="127"/>
+      <c r="J403" s="127"/>
+      <c r="K403" s="127"/>
+    </row>
+    <row r="404" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="46"/>
       <c r="B404" s="46"/>
       <c r="C404" s="46"/>
       <c r="D404" s="46"/>
       <c r="E404" s="46"/>
       <c r="F404" s="46"/>
       <c r="G404" s="46"/>
       <c r="H404" s="46"/>
       <c r="I404" s="46"/>
       <c r="J404" s="46"/>
       <c r="K404" s="46"/>
     </row>
-    <row r="405" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="46"/>
       <c r="B405" s="46"/>
       <c r="C405" s="46"/>
       <c r="D405" s="46"/>
       <c r="E405" s="46"/>
       <c r="F405" s="46"/>
       <c r="G405" s="46"/>
       <c r="H405" s="46"/>
       <c r="I405" s="46"/>
       <c r="J405" s="46"/>
       <c r="K405" s="46"/>
     </row>
-    <row r="406" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="2" t="s">
-        <v>208</v>
-[...12 lines deleted...]
-    <row r="407" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+        <v>201</v>
+      </c>
+      <c r="B406" s="15"/>
+      <c r="C406" s="15"/>
+      <c r="D406" s="15"/>
+      <c r="E406" s="15"/>
+      <c r="F406" s="15"/>
+      <c r="G406" s="15"/>
+      <c r="H406" s="15"/>
+      <c r="I406" s="15"/>
+      <c r="J406" s="15"/>
+      <c r="K406" s="22"/>
+    </row>
+    <row r="407" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="11"/>
-      <c r="B407" s="12">
-[...2 lines deleted...]
-      <c r="C407" s="12">
+      <c r="B407" s="12"/>
+      <c r="C407" s="12"/>
+      <c r="D407" s="12"/>
+      <c r="E407" s="12">
         <v>2021</v>
       </c>
-      <c r="D407" s="12">
+      <c r="F407" s="12">
         <v>2022</v>
       </c>
-      <c r="E407" s="12">
+      <c r="G407" s="12">
         <v>2023</v>
       </c>
-      <c r="F407" s="12">
+      <c r="H407" s="12">
         <v>2024</v>
       </c>
-      <c r="G407" s="13" t="s">
-[...6 lines deleted...]
-        <v>129</v>
+      <c r="I407" s="12">
+        <v>2025</v>
       </c>
       <c r="J407" s="13" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="K407" s="13" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-    <row r="408" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="15" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="B408" s="16"/>
+      <c r="C408" s="16"/>
+      <c r="D408" s="16"/>
       <c r="E408" s="16">
-        <v>-58.030000000000008</v>
+        <v>235.292</v>
       </c>
       <c r="F408" s="16">
-        <v>51.040000000000006</v>
+        <v>925.71799999999996</v>
       </c>
       <c r="G408" s="16">
-        <v>109.07000000000002</v>
+        <v>1101.3230000000001</v>
       </c>
       <c r="H408" s="16">
-        <v>27.610000000000003</v>
+        <v>1088.623</v>
       </c>
       <c r="I408" s="16">
-        <v>31.240000000000002</v>
+        <v>1062.1690000000001</v>
       </c>
       <c r="J408" s="16">
-        <v>23.07</v>
+        <v>-2.4300423562610702</v>
       </c>
       <c r="K408" s="16">
-        <v>-8.1700000000000017</v>
-[...2 lines deleted...]
-    <row r="409" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>45.762770805574583</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="15" t="s">
-        <v>46</v>
-[...51 lines deleted...]
-      <c r="G410" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B409" s="49"/>
+      <c r="C409" s="49"/>
+      <c r="D409" s="49"/>
+      <c r="E409" s="49">
+        <v>8</v>
+      </c>
+      <c r="F409" s="49">
+        <v>6</v>
+      </c>
+      <c r="G409" s="49">
+        <v>6</v>
+      </c>
+      <c r="H409" s="49">
+        <v>6</v>
+      </c>
+      <c r="I409" s="49">
+        <v>6</v>
+      </c>
+      <c r="J409" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="H410" s="17" t="s">
+      <c r="K409" s="91" t="s">
         <v>26</v>
       </c>
-      <c r="I410" s="17">
-[...5 lines deleted...]
-      <c r="K410" s="17" t="s">
+    </row>
+    <row r="410" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A410" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B410" s="16"/>
+      <c r="C410" s="16"/>
+      <c r="D410" s="16"/>
+      <c r="E410" s="16">
+        <v>3.9759555502458404</v>
+      </c>
+      <c r="F410" s="16">
+        <v>6.041398141736785</v>
+      </c>
+      <c r="G410" s="16">
+        <v>6.0384930126724568</v>
+      </c>
+      <c r="H410" s="16">
+        <v>5.6160784216212489</v>
+      </c>
+      <c r="I410" s="16">
+        <v>5.3793564841825496</v>
+      </c>
+      <c r="J410" s="19" t="s">
         <v>26</v>
       </c>
-    </row>
-[...48 lines deleted...]
-      <c r="A415" s="46"/>
+      <c r="K410" s="42" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A411" s="100" t="s">
+        <v>122</v>
+      </c>
+      <c r="B411" s="102"/>
+      <c r="C411" s="102"/>
+      <c r="D411" s="102"/>
+      <c r="E411" s="102">
+        <v>622.40599999999995</v>
+      </c>
+      <c r="F411" s="102">
+        <v>2272.5569999999998</v>
+      </c>
+      <c r="G411" s="102">
+        <v>2570.6550000000002</v>
+      </c>
+      <c r="H411" s="102">
+        <v>2473.8150000000001</v>
+      </c>
+      <c r="I411" s="102">
+        <v>2372.4270000000001</v>
+      </c>
+      <c r="J411" s="102">
+        <v>-4.0984471352950775</v>
+      </c>
+      <c r="K411" s="16">
+        <v>39.726818923549637</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A412" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B412" s="49"/>
+      <c r="C412" s="49"/>
+      <c r="D412" s="49"/>
+      <c r="E412" s="49">
+        <v>8</v>
+      </c>
+      <c r="F412" s="49">
+        <v>7</v>
+      </c>
+      <c r="G412" s="49">
+        <v>6</v>
+      </c>
+      <c r="H412" s="49">
+        <v>7</v>
+      </c>
+      <c r="I412" s="49">
+        <v>7</v>
+      </c>
+      <c r="J412" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K412" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="413" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A413" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B413" s="17"/>
+      <c r="C413" s="17"/>
+      <c r="D413" s="17"/>
+      <c r="E413" s="17">
+        <v>3.3353911383627373</v>
+      </c>
+      <c r="F413" s="17">
+        <v>4.8552806919591704</v>
+      </c>
+      <c r="G413" s="17">
+        <v>4.7728380268485617</v>
+      </c>
+      <c r="H413" s="17">
+        <v>4.3773676424532306</v>
+      </c>
+      <c r="I413" s="17">
+        <v>4.1651676283569481</v>
+      </c>
+      <c r="J413" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K413" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="414" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A414" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B414" s="46"/>
+      <c r="C414" s="46"/>
+      <c r="D414" s="46"/>
+      <c r="E414" s="46"/>
+      <c r="F414" s="46"/>
+      <c r="G414" s="46"/>
+      <c r="H414" s="46"/>
+      <c r="I414" s="15"/>
+      <c r="J414" s="15"/>
+      <c r="K414" s="22"/>
+    </row>
+    <row r="415" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A415" s="54" t="s">
+        <v>97</v>
+      </c>
       <c r="B415" s="46"/>
       <c r="C415" s="46"/>
       <c r="D415" s="46"/>
       <c r="E415" s="46"/>
       <c r="F415" s="46"/>
       <c r="G415" s="46"/>
       <c r="H415" s="46"/>
       <c r="I415" s="46"/>
       <c r="J415" s="46"/>
       <c r="K415" s="46"/>
     </row>
-    <row r="416" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A416" s="46"/>
+    <row r="416" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A416" s="4" t="s">
+        <v>0</v>
+      </c>
       <c r="B416" s="46"/>
       <c r="C416" s="46"/>
       <c r="D416" s="46"/>
       <c r="E416" s="46"/>
       <c r="F416" s="46"/>
       <c r="G416" s="46"/>
       <c r="H416" s="46"/>
       <c r="I416" s="46"/>
       <c r="J416" s="46"/>
       <c r="K416" s="46"/>
     </row>
-    <row r="417" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      <c r="I418" s="13" t="s">
+    <row r="417" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A417" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B417" s="46"/>
+      <c r="C417" s="46"/>
+      <c r="D417" s="46"/>
+      <c r="E417" s="46"/>
+      <c r="F417" s="46"/>
+      <c r="G417" s="46"/>
+      <c r="H417" s="46"/>
+      <c r="I417" s="46"/>
+      <c r="J417" s="46"/>
+      <c r="K417" s="46"/>
+    </row>
+    <row r="418" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A418" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B418" s="46"/>
+      <c r="C418" s="46"/>
+      <c r="D418" s="46"/>
+      <c r="E418" s="46"/>
+      <c r="F418" s="46"/>
+      <c r="G418" s="46"/>
+      <c r="H418" s="46"/>
+      <c r="I418" s="46"/>
+      <c r="J418" s="46"/>
+      <c r="K418" s="46"/>
+    </row>
+    <row r="419" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A419" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B419" s="46"/>
+      <c r="C419" s="46"/>
+      <c r="D419" s="46"/>
+      <c r="E419" s="46"/>
+      <c r="F419" s="46"/>
+      <c r="G419" s="46"/>
+      <c r="H419" s="46"/>
+      <c r="I419" s="46"/>
+      <c r="J419" s="46"/>
+      <c r="K419" s="46"/>
+    </row>
+    <row r="420" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B420" s="46"/>
+      <c r="C420" s="46"/>
+      <c r="D420" s="46"/>
+      <c r="E420" s="46"/>
+      <c r="F420" s="46"/>
+      <c r="G420" s="46"/>
+      <c r="H420" s="46"/>
+      <c r="I420" s="46"/>
+      <c r="J420" s="46"/>
+      <c r="K420" s="86"/>
+    </row>
+    <row r="421" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A421" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="J418" s="13" t="s">
-[...254 lines deleted...]
-      </c>
+      <c r="B421" s="46"/>
+      <c r="C421" s="46"/>
+      <c r="D421" s="46"/>
+      <c r="E421" s="46"/>
+      <c r="F421" s="46"/>
+      <c r="G421" s="46"/>
+      <c r="H421" s="46"/>
+      <c r="I421" s="46"/>
+      <c r="J421" s="46"/>
+      <c r="K421" s="86"/>
+    </row>
+    <row r="422" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A422" s="92"/>
+      <c r="B422" s="92"/>
+      <c r="C422" s="92"/>
+      <c r="D422" s="92"/>
+      <c r="E422" s="92"/>
+      <c r="F422" s="92"/>
+      <c r="G422" s="92"/>
+      <c r="H422" s="92"/>
+      <c r="I422" s="7"/>
+      <c r="J422" s="7"/>
+      <c r="K422" s="7"/>
+    </row>
+    <row r="423" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A423" s="117"/>
+      <c r="B423" s="117"/>
+      <c r="C423" s="117"/>
+      <c r="D423" s="117"/>
+      <c r="E423" s="117"/>
+      <c r="F423" s="117"/>
+      <c r="G423" s="117"/>
+      <c r="H423" s="117"/>
+      <c r="I423" s="117"/>
+      <c r="J423" s="117"/>
+      <c r="K423" s="117"/>
+    </row>
+    <row r="424" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C424" s="84"/>
+      <c r="D424" s="84"/>
+      <c r="E424" s="84"/>
+      <c r="F424" s="84"/>
+      <c r="G424" s="84"/>
+      <c r="H424" s="84"/>
+      <c r="I424" s="84"/>
+      <c r="J424" s="84"/>
+      <c r="K424" s="84"/>
+    </row>
+    <row r="425" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A425" s="118" t="s">
+        <v>55</v>
+      </c>
+      <c r="B425" s="119">
+        <v>46076</v>
+      </c>
+      <c r="C425" s="46"/>
+      <c r="D425" s="46"/>
+      <c r="E425" s="46"/>
+      <c r="F425" s="46"/>
+      <c r="G425" s="46"/>
+      <c r="H425" s="46"/>
+      <c r="I425" s="46"/>
+      <c r="J425" s="46"/>
+      <c r="K425" s="46"/>
+    </row>
+    <row r="426" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A426" s="94" t="s">
+        <v>116</v>
+      </c>
+      <c r="C426" s="46"/>
+      <c r="D426" s="46"/>
+      <c r="E426" s="46"/>
+      <c r="F426" s="46"/>
+      <c r="G426" s="46"/>
+      <c r="H426" s="46"/>
+      <c r="I426" s="46"/>
+      <c r="J426" s="46"/>
       <c r="K426" s="46"/>
     </row>
-    <row r="427" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="J427" s="89"/>
+    <row r="427" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A427" s="118" t="s">
+        <v>117</v>
+      </c>
+      <c r="C427" s="46"/>
+      <c r="D427" s="46"/>
+      <c r="E427" s="46"/>
+      <c r="F427" s="46"/>
+      <c r="G427" s="46"/>
+      <c r="H427" s="46"/>
+      <c r="I427" s="46"/>
+      <c r="J427" s="46"/>
       <c r="K427" s="46"/>
     </row>
-    <row r="428" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1162 lines deleted...]
-      <c r="A490" s="93"/>
+    <row r="428" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A428" s="93"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A331:K342">
-[...10 lines deleted...]
-    <mergeCell ref="F172:F173"/>
+  <mergeCells count="47">
     <mergeCell ref="A199:K199"/>
     <mergeCell ref="A200:K200"/>
     <mergeCell ref="A201:K201"/>
     <mergeCell ref="A202:K202"/>
     <mergeCell ref="A247:K247"/>
     <mergeCell ref="C172:C173"/>
     <mergeCell ref="C188:C191"/>
     <mergeCell ref="C192:C193"/>
     <mergeCell ref="A179:K179"/>
     <mergeCell ref="A180:K180"/>
     <mergeCell ref="A181:K181"/>
-    <mergeCell ref="D188:D191"/>
-[...6 lines deleted...]
-    <mergeCell ref="A374:C375"/>
+    <mergeCell ref="A314:C315"/>
+    <mergeCell ref="A316:C317"/>
     <mergeCell ref="A297:K297"/>
-    <mergeCell ref="A465:K465"/>
+    <mergeCell ref="A403:K403"/>
     <mergeCell ref="D208:D212"/>
     <mergeCell ref="D223:D227"/>
-    <mergeCell ref="A368:K368"/>
-[...2 lines deleted...]
-    <mergeCell ref="A346:J346"/>
+    <mergeCell ref="A310:K310"/>
     <mergeCell ref="A251:C252"/>
     <mergeCell ref="A253:C254"/>
-    <mergeCell ref="A447:K447"/>
-[...2 lines deleted...]
-    <mergeCell ref="A403:K403"/>
+    <mergeCell ref="A385:K385"/>
+    <mergeCell ref="A353:K353"/>
     <mergeCell ref="A277:K277"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="A182:K182"/>
     <mergeCell ref="F77:K77"/>
     <mergeCell ref="G49:K49"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="H68:I68"/>
     <mergeCell ref="C168:C171"/>
     <mergeCell ref="J68:K68"/>
     <mergeCell ref="A21:C22"/>
     <mergeCell ref="E30:F30"/>
     <mergeCell ref="A29:D30"/>
     <mergeCell ref="E32:F32"/>
     <mergeCell ref="A31:D32"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="A23:C24"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="B455:G455 I455:K455 B458:K458 B472:G472 I472:K472 B475:K475">
-    <cfRule type="cellIs" dxfId="70" priority="115" operator="lessThan">
+  <conditionalFormatting sqref="B238:I239 B240:K240">
+    <cfRule type="cellIs" dxfId="38" priority="17" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B393:J393 B396:K396 B410:J410 B413:K413">
+    <cfRule type="cellIs" dxfId="37" priority="115" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B437:H437 B419:H419 B420:F420 B421:H422 B423:F424 G424:H424 B425:H425 B438:F438 B439:H439 B454:F454 I454:J454 B457:F457 I457:J457 B471:F471 I471:J471 B474:F474 I474:J474">
-    <cfRule type="cellIs" dxfId="69" priority="85" operator="lessThan">
+  <conditionalFormatting sqref="B8:K10">
+    <cfRule type="cellIs" dxfId="36" priority="431" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B358:J359 B360:K360">
-    <cfRule type="cellIs" dxfId="68" priority="16" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B301:K303">
+    <cfRule type="cellIs" dxfId="35" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B393:K397">
-    <cfRule type="cellIs" dxfId="67" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="B323:K325">
+    <cfRule type="cellIs" dxfId="34" priority="35" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B394:K394 B396:K396 B421:K421 B424:K424 B439:K439">
-    <cfRule type="cellIs" dxfId="66" priority="116" operator="lessThan">
+  <conditionalFormatting sqref="B334:K338">
+    <cfRule type="cellIs" dxfId="33" priority="59" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B335:K335 B337:K337 B360:K360 B363:K363 B377:K377">
+    <cfRule type="cellIs" dxfId="32" priority="116" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B408:K410">
-    <cfRule type="cellIs" dxfId="65" priority="33" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B347:K349">
+    <cfRule type="cellIs" dxfId="31" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B419:K425">
-    <cfRule type="cellIs" dxfId="64" priority="58" operator="lessThan">
+  <conditionalFormatting sqref="B358:K364">
+    <cfRule type="cellIs" dxfId="30" priority="58" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B437:K440">
-    <cfRule type="cellIs" dxfId="63" priority="26" operator="lessThan">
+  <conditionalFormatting sqref="B375:K375 B359:I359 B362:I363 J363:K363 B376:I376 B392:I392 B395:I395 B409:I409 B412:I412">
+    <cfRule type="cellIs" dxfId="29" priority="85" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E8:K10">
-    <cfRule type="cellIs" dxfId="62" priority="431" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B375:K378">
+    <cfRule type="cellIs" dxfId="28" priority="26" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B382:K384">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="60" priority="400" operator="lessThan">
+  <conditionalFormatting sqref="D168:K173 D188:K193">
+    <cfRule type="cellIs" dxfId="27" priority="400" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="59" priority="282" operator="lessThan">
+    <cfRule type="cellIs" dxfId="26" priority="282" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G22:K22 G24:K24">
-    <cfRule type="cellIs" dxfId="58" priority="121" operator="lessThan">
+  <conditionalFormatting sqref="E22:K22 E24:K24">
+    <cfRule type="cellIs" dxfId="25" priority="121" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E252:K252 E254:K254">
-    <cfRule type="cellIs" dxfId="57" priority="46" operator="lessThan">
+    <cfRule type="cellIs" dxfId="24" priority="46" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E373:K373 E375:K375">
-    <cfRule type="cellIs" dxfId="56" priority="45" operator="lessThan">
+  <conditionalFormatting sqref="E315:K315 E317:K317">
+    <cfRule type="cellIs" dxfId="23" priority="45" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G37:K40">
-[...45 lines deleted...]
-    <cfRule type="cellIs" dxfId="46" priority="12" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="F37:K40">
+    <cfRule type="cellIs" dxfId="22" priority="513" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="45" priority="56" operator="lessThan">
+    <cfRule type="cellIs" dxfId="21" priority="56" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="44" priority="119" operator="lessThan">
+    <cfRule type="cellIs" dxfId="20" priority="119" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H455">
-[...55 lines deleted...]
-    <cfRule type="cellIs" dxfId="32" priority="17" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J82:K99">
+    <cfRule type="cellIs" dxfId="19" priority="155" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="31" priority="55" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="18" priority="55" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="17" priority="148" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="16" priority="52" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J208:K212">
-    <cfRule type="cellIs" dxfId="30" priority="158" operator="lessThan">
+    <cfRule type="cellIs" dxfId="15" priority="158" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J223:K227">
-    <cfRule type="cellIs" dxfId="29" priority="49" operator="lessThan">
+    <cfRule type="cellIs" dxfId="14" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J82:K99">
-[...10 lines deleted...]
-    <cfRule type="cellIs" dxfId="24" priority="52" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J238:K239">
+    <cfRule type="cellIs" dxfId="13" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J262:K274">
-    <cfRule type="cellIs" dxfId="21" priority="43" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="12" priority="43" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J282:K294">
-    <cfRule type="cellIs" dxfId="20" priority="41" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="41" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J310:K322">
-    <cfRule type="cellIs" dxfId="19" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J301:K302">
+    <cfRule type="cellIs" dxfId="10" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J331:K343">
-    <cfRule type="cellIs" dxfId="18" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J334:K334">
+    <cfRule type="cellIs" dxfId="9" priority="407" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K238:K239">
-    <cfRule type="cellIs" dxfId="17" priority="3" operator="lessThan">
+  <conditionalFormatting sqref="J336:K336">
+    <cfRule type="cellIs" dxfId="8" priority="406" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K358:K359">
-    <cfRule type="cellIs" dxfId="16" priority="6" operator="lessThan">
+  <conditionalFormatting sqref="J358:K358 J361:K361">
+    <cfRule type="cellIs" dxfId="7" priority="89" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J375:K375">
+    <cfRule type="cellIs" dxfId="6" priority="31" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J391:K391">
+    <cfRule type="cellIs" dxfId="5" priority="15" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J394:K394">
+    <cfRule type="cellIs" dxfId="4" priority="14" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J408:K408">
+    <cfRule type="cellIs" dxfId="3" priority="13" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J411:K411">
+    <cfRule type="cellIs" dxfId="2" priority="12" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K393">
-    <cfRule type="cellIs" dxfId="15" priority="332" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="1" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K395">
-[...61 lines deleted...]
-    <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K410">
+    <cfRule type="cellIs" dxfId="0" priority="11" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A489" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
+    <hyperlink ref="A427" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
     <brk id="147" max="16383" man="1"/>
     <brk id="203" max="16383" man="1"/>
-    <brk id="448" max="16383" man="1"/>
+    <brk id="386" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>