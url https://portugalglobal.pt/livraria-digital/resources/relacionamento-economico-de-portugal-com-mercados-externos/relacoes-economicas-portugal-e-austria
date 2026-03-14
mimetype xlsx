--- v0 (2025-11-03)
+++ v1 (2026-03-14)
@@ -6,66 +6,66 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Áustria\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Áustria\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6CC9057-54A8-4C0F-A56B-149E2DE66BDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4FAFF7B0-A412-401E-81E8-1003A7FA5E3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="714" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Áustria" sheetId="75" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Áustria!$A$1:$K$422</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Áustria!$A$1:$K$326</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Áustria!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
@@ -111,94 +111,91 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="522" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="170">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
     <t>Vestuário</t>
   </si>
   <si>
     <t>Calçado</t>
   </si>
   <si>
     <t>Minerais e minérios</t>
   </si>
   <si>
     <t>Metais comuns</t>
   </si>
   <si>
     <t>Máquinas e aparelhos</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E. (AICEP)</t>
-[...1 lines deleted...]
-  <si>
     <t>Saldo</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Combustíveis minerais</t>
   </si>
   <si>
     <t>Plásticos e borracha</t>
   </si>
   <si>
     <t>Peles e couros</t>
   </si>
   <si>
     <t>Madeira e cortiça</t>
   </si>
   <si>
     <t>Posição</t>
@@ -257,53 +254,50 @@
   <si>
     <t>Outros produtos (a)</t>
   </si>
   <si>
     <t>Nota: (a) Tabaco, chapéus, guarda-chuvas, pedras e metais preciosos, armas, mobiliário, brinquedos, obras de arte, obras diversas.</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros (valores líquidos)</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros (posições em fim de período)</t>
   </si>
   <si>
     <t>% Tot Portugal</t>
   </si>
   <si>
     <t>Atualizado em</t>
   </si>
   <si>
     <t>Exportação</t>
   </si>
   <si>
     <t>Veículos e outro material de transporte</t>
   </si>
   <si>
-    <t>www.portugalexporta.pt; Contact Center: 808 214 214; email: aicep@portugalglobal.pt</t>
-[...1 lines deleted...]
-  <si>
     <t>% Total</t>
   </si>
   <si>
     <t>Empresas</t>
   </si>
   <si>
     <t>Nº</t>
   </si>
   <si>
     <t>Particulares, Estimativas e Operadores Não Identificados</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Alta Tecnologia</t>
   </si>
   <si>
     <t>Média-Baixa-Tecnologia</t>
   </si>
   <si>
     <t>Baixa tecnologia</t>
@@ -356,247 +350,175 @@
   <si>
     <t>- Alta Tecnologia: aeronáutica e aeroespacial, produtos farmacêuticos, equipamento de escritório e computação, equipamento de rádio, TV e comunicações, instrumentos médicos, ópticos e de precisão</t>
   </si>
   <si>
     <t>- Média-Alta tecnologia: máquinas e aparelhos eléctricos n.e., veículos a motor, reboques e semi-reboques, produtos químicos, excepto farmacêuticos, equipamento ferroviário e equip. transporte n.e., máquinas e equip. n.e. (princ. não eléctricos)</t>
   </si>
   <si>
     <t>- Média-Baixa Tecnologia: construção e reparação naval, produtos da borracha e do plástico, refinação de petróleo, petroquímica e combustível nuclear, produtos minerais não metálicos, metalurgia de base, fabricação produtos metálicos (excl. máq. e equip.)</t>
   </si>
   <si>
     <t>- Baixa Tecnologia; manufacturas n.e.; reciclagem, pasta de papel, papel, cartão e publicações, produtos alimentares, bebidas e tabaco, têxteis, vestuário, couros e calçado, madeira e produtos da madeira e cortiça</t>
   </si>
   <si>
     <t>Transporte Ferroviário</t>
   </si>
   <si>
     <t>Outro (a)</t>
   </si>
   <si>
     <t>(a) Remessas postais, instalações de transporte fixas, transporte por navegação interior e outros não especificados</t>
   </si>
   <si>
     <t>- % no total e taxas de variação calculadas com base no valor absoluto em euros</t>
   </si>
   <si>
-    <t>(a) Abrange todas as modalidades de alojamento local com 10 ou mais camas incluindo empreendimentos de turismo local e de habitação</t>
-[...4 lines deleted...]
-  <si>
     <t>&lt; 25%</t>
   </si>
   <si>
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Notas: vh M€ - variação homóloga em valor; média anual M€ - valor médio anual de ID</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
   </si>
   <si>
-    <t>2020 dez</t>
-[...1 lines deleted...]
-  <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>Coeficiente de Cobertura %</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
+  </si>
+  <si>
+    <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
+  </si>
+  <si>
+    <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>Nota: Posição entre 62 países</t>
   </si>
   <si>
     <t>Posição entre 62 países</t>
   </si>
   <si>
     <r>
       <t>Exportações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF002060"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
-    <r>
-[...46 lines deleted...]
-  <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>tvh % - taxa de variação homóloga em percentagem; tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
-    <t>2024 jan/jun</t>
-[...16 lines deleted...]
-  <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>Posição entre 27 países</t>
-[...5 lines deleted...]
-    <t>2025 jan/ago</t>
+    <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
+  </si>
+  <si>
+    <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
+  </si>
+  <si>
+    <t>2025 dez</t>
   </si>
   <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM A ÁUSTRIA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com a Áustria</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
+    <t>tvma % 25/21</t>
+  </si>
+  <si>
     <t>Posição e Quota da Áustria no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Áustria como cliente de Portugal</t>
   </si>
   <si>
     <t>Áustria como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens da Áustria</t>
   </si>
   <si>
     <t>Portugal como cliente da Áustria</t>
   </si>
   <si>
     <t>% Export. Áustria</t>
   </si>
   <si>
     <t>Portugal como fornecedor da Áustria</t>
   </si>
   <si>
     <t>% Import. Áustria</t>
   </si>
   <si>
     <t>Fonte: ITC - International Trade Centre</t>
@@ -607,201 +529,168 @@
   <si>
     <t>Áustria - contribuição p/ o cresc. das exportações globais de Portugal</t>
   </si>
   <si>
     <t>Áustria - contribuição p/ o cresc. das importações globais de Portugal</t>
   </si>
   <si>
     <t>Empresas exportadoras de bens para a Áustria</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para a Áustria por Escalão de Exportação Individual em Valor em 2024</t>
   </si>
   <si>
     <t>M€</t>
   </si>
   <si>
     <t>Empresas Portuguesas Exportadoras de Bens para a Áustria por Nível de Exposição ao Mercado em 2024</t>
   </si>
   <si>
     <t>Exportações de Portugal para a Áustria por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 20</t>
-[...2 lines deleted...]
-    <t>% Tot 23</t>
+    <t>% Tot 21</t>
   </si>
   <si>
     <t>% Tot 24</t>
   </si>
   <si>
-    <t>vh M€ 24/23</t>
+    <t>% Tot 25</t>
+  </si>
+  <si>
+    <t>vh M€ 25/24</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes da Áustria por Grupos de Produtos</t>
   </si>
   <si>
-    <t>% Tot 25</t>
-[...4 lines deleted...]
-  <si>
     <t>Principais Produtos Exportados para a Áustria</t>
   </si>
   <si>
     <t>8409 Partes reconhecíveis como exclusiva ou principalmente destinadas aos motores de pistão, não...</t>
   </si>
   <si>
+    <t>8703 Automóveis de passageiros e outros veículos automóveis principalmente concebidos para transporte...</t>
+  </si>
+  <si>
     <t>8511 Aparelhos e dispositivos elétricos de ignição ou de arranque, para motores de ignição por faísca...</t>
   </si>
   <si>
-    <t>8703 Automóveis de passageiros e outros veículos automóveis principalmente concebidos para transporte...</t>
-[...1 lines deleted...]
-  <si>
     <t>8512 Aparelhos elétricos de iluminação ou de sinalização (exceto lâmpadas da posição 8539),...</t>
   </si>
   <si>
     <t>7616 Obras de alumínio, não especificadas nem compreendidas noutras posições</t>
   </si>
   <si>
-    <t>1701 Açúcares de cana ou de beterraba e sacarose quimicamente pura, no estado sólido</t>
-[...4 lines deleted...]
-  <si>
     <t>6403 Calçado com sola exterior de borracha, plástico, couro natural ou reconstituído e parte superior...</t>
   </si>
   <si>
+    <t>9029 Contadores, por exemplo: contadores de voltas, contadores de produção, taxímetros, totalizadores...</t>
+  </si>
+  <si>
+    <t>3004 Medicamentos constituídos por produtos misturados ou não misturados, preparados para fins...</t>
+  </si>
+  <si>
     <t>1604 Preparações e conservas, de peixes; caviar e seus sucedâneos preparados a partir de ovas de peixe</t>
   </si>
   <si>
+    <t>2611 Minérios de tungsténio (volfrâmio) e seus concentrados</t>
+  </si>
+  <si>
+    <t>Amostra</t>
+  </si>
+  <si>
+    <t>Principais Produtos Importados Provenientes da Áustria</t>
+  </si>
+  <si>
+    <t>3901 Polímeros de etileno, em formas primárias</t>
+  </si>
+  <si>
+    <t>3902 Polímeros de propileno ou de outras olefinas, em formas primárias</t>
+  </si>
+  <si>
+    <t>3002 Sangue humano; sangue animal preparado para usos terapêuticos, profiláticos ou de diagnóstico;...</t>
+  </si>
+  <si>
+    <t>8711 Motocicletas, incluídos os ciclomotores, e outros ciclos equipados com motor auxiliar, mesmo com...</t>
+  </si>
+  <si>
+    <t>2934 Ácidos nucleicos e seus sais, de constituição química definida ou não; outros compostos...</t>
+  </si>
+  <si>
     <t>8708 Partes e acessórios para tratores, para veículos para transporte de = &gt; 10 pessoas, incluindo o...</t>
   </si>
   <si>
-    <t>9029 Contadores, por exemplo: contadores de voltas, contadores de produção, taxímetros, totalizadores...</t>
-[...26 lines deleted...]
-    <t>8711 Motocicletas, incluídos os ciclomotores, e outros ciclos equipados com motor auxiliar, mesmo com...</t>
+    <t>8302 Guarnições, ferragens e artigos semelhantes, de metais comuns, para móveis, portas, escadas,...</t>
   </si>
   <si>
     <t>9504 Consolas e máquinas de jogos de vídeo, jogos de salão, incluindo os jogos com motor ou outro...</t>
   </si>
   <si>
-    <t>8477 Máquinas e aparelhos para trabalhar borracha ou plástico ou para fabricação de produtos dessas...</t>
-[...16 lines deleted...]
-  <si>
     <t>7411 Tubos de cobre</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para a Áustria por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados da Áustria por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para a Áustria por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens da Áustria por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com a Áustria</t>
   </si>
   <si>
     <t>Posição e Quota da Áustria no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com a Áustria</t>
   </si>
   <si>
-    <t>Quota da Áustria no Comércio Internacional Português de Bens e Serviços</t>
-[...2 lines deleted...]
-    <t>média anual M€ 24/20</t>
+    <t>Posição e Quota da Áustria no Comércio Internacional Português de Bens e Serviços</t>
+  </si>
+  <si>
+    <t>média anual M€ 25/21</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e a Áustria - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e a Áustria - Princípio Direcional</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com a Áustria</t>
   </si>
   <si>
-    <t>Indicadores de Turismo da Áustria em Portugal</t>
-[...1 lines deleted...]
-  <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fonte: INE - Instituto Nacional de Estatística; Unidade: Milhares de unidades</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -1079,51 +968,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="147">
+  <cellXfs count="144">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1336,56 +1225,50 @@
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1408,243 +1291,165 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="21" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...48 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="47">
-[...74 lines deleted...]
-    </dxf>
+  <dxfs count="28">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1684,90 +1489,72 @@
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <font>
-[...1 lines deleted...]
-      </font>
+      <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
-    </dxf>
-[...1 lines deleted...]
-      <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...11 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
@@ -1786,57 +1573,57 @@
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>504825</xdr:colOff>
-      <xdr:row>419</xdr:row>
+      <xdr:row>323</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>496165</xdr:colOff>
-      <xdr:row>421</xdr:row>
+      <xdr:row>325</xdr:row>
       <xdr:rowOff>77066</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DCE7B3C-94C4-4DA6-B569-C59D1E9698F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2224,9450 +2011,6949 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3250995-AF3B-4024-B239-B6B14584E211}">
   <sheetPr codeName="Sheet20">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:R423"/>
+  <dimension ref="A2:K327"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A418" sqref="A418"/>
+      <selection activeCell="A322" sqref="A322"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
     <col min="2" max="2" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="11" width="8.6640625" style="4" customWidth="1"/>
     <col min="12" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:18" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>120</v>
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="92" t="s">
+        <v>108</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:18" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
-      <c r="R6" s="4"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:18" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>0</v>
       </c>
-      <c r="B7" s="12">
-[...2 lines deleted...]
-      <c r="C7" s="12">
+      <c r="B7" s="11"/>
+      <c r="C7" s="11"/>
+      <c r="D7" s="11"/>
+      <c r="E7" s="12">
         <v>2021</v>
       </c>
-      <c r="D7" s="12">
+      <c r="F7" s="12">
         <v>2022</v>
       </c>
-      <c r="E7" s="12">
+      <c r="G7" s="12">
         <v>2023</v>
       </c>
-      <c r="F7" s="12">
+      <c r="H7" s="12">
         <v>2024</v>
       </c>
-      <c r="G7" s="13" t="s">
-[...6 lines deleted...]
-        <v>118</v>
+      <c r="I7" s="12">
+        <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-    <row r="8" spans="1:18" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="16">
+        <v>367.28592400000002</v>
+      </c>
+      <c r="F8" s="16">
+        <v>441.595978</v>
+      </c>
+      <c r="G8" s="16">
+        <v>420.25250699999998</v>
+      </c>
+      <c r="H8" s="16">
+        <v>459.57433000000003</v>
+      </c>
+      <c r="I8" s="16">
+        <v>485.57640600000002</v>
+      </c>
+      <c r="J8" s="16">
+        <v>5.6578608296072561</v>
+      </c>
+      <c r="K8" s="16">
+        <v>7.2292634686091262</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="16">
-[...43 lines deleted...]
-      <c r="C9" s="16">
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="16">
         <v>455.62312900000001</v>
       </c>
-      <c r="D9" s="16">
+      <c r="F9" s="16">
         <v>551.80409099999997</v>
       </c>
-      <c r="E9" s="16">
+      <c r="G9" s="16">
         <v>601.04704099999992</v>
       </c>
-      <c r="F9" s="16">
+      <c r="H9" s="16">
         <v>714.4548299999999</v>
       </c>
-      <c r="G9" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="I9" s="16">
-        <v>502.88911400000001</v>
+        <v>594.20796499999994</v>
       </c>
       <c r="J9" s="16">
-        <v>385.76296399999995</v>
+        <v>-16.83057625910374</v>
       </c>
       <c r="K9" s="16">
-        <v>-23.290651306482655</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:18" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>6.8644307490324907</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="C10" s="16">
+        <v>13</v>
+      </c>
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="16">
         <v>-88.337204999999983</v>
       </c>
-      <c r="D10" s="16">
+      <c r="F10" s="16">
         <v>-110.20811299999997</v>
       </c>
-      <c r="E10" s="16">
+      <c r="G10" s="16">
         <v>-180.79453399999994</v>
       </c>
-      <c r="F10" s="16">
+      <c r="H10" s="16">
         <v>-254.88049999999987</v>
       </c>
-      <c r="G10" s="16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I10" s="16">
-        <v>-200.14957500000003</v>
-[...2 lines deleted...]
-        <v>-78.627636999999936</v>
+        <v>-108.63155899999992</v>
+      </c>
+      <c r="J10" s="16" t="s">
+        <v>24</v>
       </c>
       <c r="K10" s="16" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:18" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="C11" s="17">
+        <v>28</v>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="E11" s="17">
         <v>80.61178211170224</v>
       </c>
-      <c r="D11" s="17">
+      <c r="F11" s="17">
         <v>80.02767380715197</v>
       </c>
-      <c r="E11" s="17">
+      <c r="G11" s="17">
         <v>69.920069201372215</v>
       </c>
-      <c r="F11" s="17">
+      <c r="H11" s="17">
         <v>64.325176442575113</v>
       </c>
-      <c r="G11" s="18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I11" s="17">
-        <v>60.200058138462694</v>
-[...2 lines deleted...]
-        <v>79.617629389637329</v>
+        <v>81.718259363958552</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>24</v>
       </c>
       <c r="K11" s="18" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="21"/>
     </row>
     <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
     <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="23">
         <v>0</v>
       </c>
       <c r="B20" s="23">
         <v>0</v>
       </c>
       <c r="C20" s="23">
         <v>0</v>
       </c>
       <c r="D20" s="24">
         <v>0</v>
       </c>
-      <c r="E20" s="12">
-[...2 lines deleted...]
-      <c r="F20" s="12">
+      <c r="E20" s="24"/>
+      <c r="F20" s="24"/>
+      <c r="G20" s="12">
         <v>2021</v>
       </c>
-      <c r="G20" s="12">
+      <c r="H20" s="12">
         <v>2022</v>
       </c>
-      <c r="H20" s="12">
+      <c r="I20" s="12">
         <v>2023</v>
       </c>
-      <c r="I20" s="12">
+      <c r="J20" s="12">
         <v>2024</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...3 lines deleted...]
-        <v>119</v>
+      <c r="K20" s="12">
+        <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="136" t="s">
-[...5 lines deleted...]
-      <c r="C21" s="136">
+      <c r="A21" s="122" t="s">
+        <v>113</v>
+      </c>
+      <c r="B21" s="122">
+        <v>0</v>
+      </c>
+      <c r="C21" s="122">
         <v>0</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="E21" s="2"/>
+      <c r="F21" s="2"/>
       <c r="G21" s="27">
         <v>25</v>
       </c>
       <c r="H21" s="27">
+        <v>25</v>
+      </c>
+      <c r="I21" s="27">
         <v>23</v>
       </c>
-      <c r="I21" s="27">
+      <c r="J21" s="27">
         <v>25</v>
       </c>
-      <c r="J21" s="27">
+      <c r="K21" s="27">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="122">
+        <v>0</v>
+      </c>
+      <c r="B22" s="122">
+        <v>0</v>
+      </c>
+      <c r="C22" s="122">
+        <v>0</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="28">
+        <v>0.57732542893332206</v>
+      </c>
+      <c r="H22" s="28">
+        <v>0.56324050304260764</v>
+      </c>
+      <c r="I22" s="28">
+        <v>0.54338198864689302</v>
+      </c>
+      <c r="J22" s="28">
+        <v>0.58251337786146318</v>
+      </c>
+      <c r="K22" s="28">
+        <v>0.6122355047293766</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="125" t="s">
+        <v>114</v>
+      </c>
+      <c r="B23" s="125">
+        <v>0</v>
+      </c>
+      <c r="C23" s="125">
+        <v>0</v>
+      </c>
+      <c r="D23" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="30">
         <v>24</v>
       </c>
-      <c r="K21" s="27">
-[...13 lines deleted...]
-      <c r="D22" s="2" t="s">
+      <c r="H23" s="30">
+        <v>29</v>
+      </c>
+      <c r="I23" s="30">
+        <v>21</v>
+      </c>
+      <c r="J23" s="30">
+        <v>20</v>
+      </c>
+      <c r="K23" s="30">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="126">
+        <v>0</v>
+      </c>
+      <c r="B24" s="126">
+        <v>0</v>
+      </c>
+      <c r="C24" s="126">
+        <v>0</v>
+      </c>
+      <c r="D24" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="E22" s="28">
-[...72 lines deleted...]
-      <c r="F24" s="32">
+      <c r="E24" s="31"/>
+      <c r="F24" s="31"/>
+      <c r="G24" s="32">
         <v>0.54798149254792583</v>
       </c>
-      <c r="G24" s="32">
+      <c r="H24" s="32">
         <v>0.50364752397237056</v>
       </c>
-      <c r="H24" s="32">
+      <c r="I24" s="32">
         <v>0.57161781545687729</v>
       </c>
-      <c r="I24" s="32">
+      <c r="J24" s="32">
         <v>0.66619903698163041</v>
       </c>
-      <c r="J24" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="K24" s="32">
-        <v>0.51875563456535467</v>
+        <v>0.53334306266571574</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="23">
         <v>0</v>
       </c>
       <c r="B28" s="23">
         <v>0</v>
       </c>
       <c r="C28" s="23">
         <v>0</v>
       </c>
       <c r="D28" s="24">
         <v>0</v>
       </c>
       <c r="E28" s="12">
         <v>0</v>
       </c>
       <c r="F28" s="12">
         <v>0</v>
       </c>
-      <c r="G28" s="12">
+      <c r="G28" s="142">
         <v>2020</v>
       </c>
-      <c r="H28" s="12">
+      <c r="H28" s="142">
         <v>2021</v>
       </c>
-      <c r="I28" s="12">
+      <c r="I28" s="142">
         <v>2022</v>
       </c>
-      <c r="J28" s="13">
+      <c r="J28" s="143">
         <v>2023</v>
       </c>
-      <c r="K28" s="13">
+      <c r="K28" s="143">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="136" t="s">
-[...14 lines deleted...]
-      <c r="F29" s="130">
+      <c r="A29" s="122" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" s="122">
+        <v>0</v>
+      </c>
+      <c r="C29" s="122">
+        <v>0</v>
+      </c>
+      <c r="D29" s="122">
+        <v>0</v>
+      </c>
+      <c r="E29" s="123" t="s">
+        <v>21</v>
+      </c>
+      <c r="F29" s="123">
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <v>43</v>
       </c>
       <c r="H29" s="27">
         <v>41</v>
       </c>
       <c r="I29" s="27">
         <v>40</v>
       </c>
       <c r="J29" s="27">
         <v>41</v>
       </c>
       <c r="K29" s="27">
         <v>42</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="136">
-[...14 lines deleted...]
-      <c r="F30" s="130">
+      <c r="A30" s="122">
+        <v>0</v>
+      </c>
+      <c r="B30" s="122">
+        <v>0</v>
+      </c>
+      <c r="C30" s="122">
+        <v>0</v>
+      </c>
+      <c r="D30" s="122">
+        <v>0</v>
+      </c>
+      <c r="E30" s="123" t="s">
+        <v>117</v>
+      </c>
+      <c r="F30" s="123">
         <v>0</v>
       </c>
       <c r="G30" s="28">
         <v>0.26558984698208232</v>
       </c>
       <c r="H30" s="28">
         <v>0.2813219662501158</v>
       </c>
       <c r="I30" s="28">
         <v>0.27194953118955695</v>
       </c>
       <c r="J30" s="28">
         <v>0.27877440512302654</v>
       </c>
       <c r="K30" s="28">
         <v>0.3045119474730818</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="137" t="s">
-[...14 lines deleted...]
-      <c r="F31" s="131">
+      <c r="A31" s="125" t="s">
+        <v>118</v>
+      </c>
+      <c r="B31" s="125">
+        <v>0</v>
+      </c>
+      <c r="C31" s="125">
+        <v>0</v>
+      </c>
+      <c r="D31" s="125">
+        <v>0</v>
+      </c>
+      <c r="E31" s="127" t="s">
+        <v>21</v>
+      </c>
+      <c r="F31" s="127">
         <v>0</v>
       </c>
       <c r="G31" s="30">
         <v>32</v>
       </c>
       <c r="H31" s="30">
         <v>39</v>
       </c>
       <c r="I31" s="30">
         <v>40</v>
       </c>
       <c r="J31" s="30">
         <v>41</v>
       </c>
       <c r="K31" s="30">
         <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="138">
-[...14 lines deleted...]
-      <c r="F32" s="132">
+      <c r="A32" s="126">
+        <v>0</v>
+      </c>
+      <c r="B32" s="126">
+        <v>0</v>
+      </c>
+      <c r="C32" s="126">
+        <v>0</v>
+      </c>
+      <c r="D32" s="126">
+        <v>0</v>
+      </c>
+      <c r="E32" s="124" t="s">
+        <v>119</v>
+      </c>
+      <c r="F32" s="124">
         <v>0</v>
       </c>
       <c r="G32" s="32">
         <v>0.40646135183209703</v>
       </c>
       <c r="H32" s="32">
         <v>0.31566703211424157</v>
       </c>
       <c r="I32" s="32">
         <v>0.28833638181000038</v>
       </c>
       <c r="J32" s="32">
         <v>0.2776577738816049</v>
       </c>
       <c r="K32" s="32">
         <v>0.32252683949264377</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
     <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="23">
         <v>0</v>
       </c>
       <c r="B36" s="23">
         <v>0</v>
       </c>
       <c r="C36" s="23">
         <v>0</v>
       </c>
       <c r="D36" s="23">
         <v>0</v>
       </c>
       <c r="E36" s="39" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="F36" s="39"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
-      <c r="K36" s="13" t="s">
-        <v>119</v>
+      <c r="K36" s="13">
+        <v>2025</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="136" t="s">
-[...8 lines deleted...]
-      <c r="D37" s="136">
+      <c r="A37" s="122" t="s">
+        <v>122</v>
+      </c>
+      <c r="B37" s="122">
+        <v>0</v>
+      </c>
+      <c r="C37" s="122">
+        <v>0</v>
+      </c>
+      <c r="D37" s="122">
         <v>0</v>
       </c>
       <c r="E37" s="26" t="s">
         <v>4</v>
       </c>
-      <c r="F37" s="40">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="26"/>
       <c r="G37" s="40">
         <v>-5.2148317957618713E-2</v>
       </c>
       <c r="H37" s="40">
         <v>0.11680568460774535</v>
       </c>
       <c r="I37" s="40">
         <v>-2.7222864205333229E-2</v>
       </c>
       <c r="J37" s="40">
         <v>5.0842695815164166E-2</v>
       </c>
       <c r="K37" s="40">
-        <v>8.311394174389565E-3</v>
+        <v>3.2957796233245844E-2</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="139" t="s">
-[...8 lines deleted...]
-      <c r="D38" s="139">
+      <c r="A38" s="129" t="s">
+        <v>31</v>
+      </c>
+      <c r="B38" s="129">
+        <v>0</v>
+      </c>
+      <c r="C38" s="129">
+        <v>0</v>
+      </c>
+      <c r="D38" s="129">
         <v>0</v>
       </c>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="42">
-[...1 lines deleted...]
-      </c>
+      <c r="F38" s="41"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>0.44538715022671183</v>
+        <v>0.5285007714086577</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="137" t="s">
-[...8 lines deleted...]
-      <c r="D39" s="137">
+      <c r="A39" s="125" t="s">
+        <v>123</v>
+      </c>
+      <c r="B39" s="125">
+        <v>0</v>
+      </c>
+      <c r="C39" s="125">
+        <v>0</v>
+      </c>
+      <c r="D39" s="125">
         <v>0</v>
       </c>
       <c r="E39" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="F39" s="44">
-[...1 lines deleted...]
-      </c>
+      <c r="F39" s="43"/>
       <c r="G39" s="44">
         <v>8.0908773146706289E-2</v>
       </c>
       <c r="H39" s="44">
         <v>0.11567759351271943</v>
       </c>
       <c r="I39" s="44">
         <v>4.4945462067252445E-2</v>
       </c>
       <c r="J39" s="44">
         <v>0.10785497337466214</v>
       </c>
       <c r="K39" s="44">
-        <v>-0.16689183982537439</v>
+        <v>-0.11212513695660804</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="140" t="s">
-[...8 lines deleted...]
-      <c r="D40" s="140">
+      <c r="A40" s="130" t="s">
+        <v>32</v>
+      </c>
+      <c r="B40" s="130">
+        <v>0</v>
+      </c>
+      <c r="C40" s="130">
+        <v>0</v>
+      </c>
+      <c r="D40" s="130">
         <v>0</v>
       </c>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="17">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="45"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>5.959265065771004</v>
+        <v>3.886961096989102</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
+      <c r="K41" s="37"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
+      <c r="K42" s="37"/>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="46"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="23">
         <v>0</v>
       </c>
       <c r="B45" s="23">
         <v>0</v>
       </c>
       <c r="C45" s="23">
         <v>0</v>
       </c>
       <c r="D45" s="23">
         <v>0</v>
       </c>
       <c r="E45" s="23">
         <v>0</v>
       </c>
       <c r="F45" s="23">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="141" t="s">
-[...5 lines deleted...]
-      <c r="C46" s="141">
+      <c r="A46" s="131" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" s="131">
+        <v>0</v>
+      </c>
+      <c r="C46" s="131">
         <v>0</v>
       </c>
       <c r="D46" s="47" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>1338</v>
       </c>
       <c r="H46" s="48">
         <v>1364</v>
       </c>
       <c r="I46" s="48">
         <v>1471</v>
       </c>
       <c r="J46" s="48">
         <v>1418</v>
       </c>
       <c r="K46" s="48">
         <v>1146</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="136">
-[...5 lines deleted...]
-      <c r="C47" s="136">
+      <c r="A47" s="122">
+        <v>0</v>
+      </c>
+      <c r="B47" s="122">
+        <v>0</v>
+      </c>
+      <c r="C47" s="122">
         <v>0</v>
       </c>
       <c r="D47" s="50" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>6.461271006374349</v>
       </c>
       <c r="H47" s="51">
         <v>6.056300506171743</v>
       </c>
       <c r="I47" s="51">
         <v>6.4123801220575416</v>
       </c>
       <c r="J47" s="51">
         <v>6.2804499955709092</v>
       </c>
       <c r="K47" s="51">
         <v>5.4130650418024659</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="138">
-[...5 lines deleted...]
-      <c r="C48" s="138">
+      <c r="A48" s="126">
+        <v>0</v>
+      </c>
+      <c r="B48" s="126">
+        <v>0</v>
+      </c>
+      <c r="C48" s="126">
         <v>0</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>19</v>
       </c>
       <c r="H48" s="52">
         <v>20</v>
       </c>
       <c r="I48" s="52">
         <v>17</v>
       </c>
       <c r="J48" s="52">
         <v>17</v>
       </c>
       <c r="K48" s="52">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="143"/>
-[...3 lines deleted...]
-      <c r="K49" s="143"/>
+      <c r="G49" s="134"/>
+      <c r="H49" s="134"/>
+      <c r="I49" s="134"/>
+      <c r="J49" s="134"/>
+      <c r="K49" s="134"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="125" t="s">
-[...29 lines deleted...]
-      <c r="K50" s="125">
+      <c r="A50" s="128" t="s">
+        <v>38</v>
+      </c>
+      <c r="B50" s="128">
+        <v>0</v>
+      </c>
+      <c r="C50" s="128">
+        <v>0</v>
+      </c>
+      <c r="D50" s="128">
+        <v>0</v>
+      </c>
+      <c r="E50" s="128">
+        <v>0</v>
+      </c>
+      <c r="F50" s="128">
+        <v>0</v>
+      </c>
+      <c r="G50" s="128">
+        <v>0</v>
+      </c>
+      <c r="H50" s="128">
+        <v>0</v>
+      </c>
+      <c r="I50" s="128">
+        <v>0</v>
+      </c>
+      <c r="J50" s="128">
+        <v>0</v>
+      </c>
+      <c r="K50" s="128">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="4" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="C51" s="53"/>
     </row>
     <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="142" t="s">
-[...11 lines deleted...]
-      <c r="K52" s="142"/>
+      <c r="A52" s="128" t="s">
+        <v>125</v>
+      </c>
+      <c r="B52" s="128"/>
+      <c r="C52" s="128"/>
+      <c r="D52" s="128"/>
+      <c r="E52" s="128"/>
+      <c r="F52" s="128"/>
+      <c r="G52" s="128"/>
+      <c r="H52" s="128"/>
+      <c r="I52" s="128"/>
+      <c r="J52" s="128"/>
+      <c r="K52" s="128"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="47">
         <v>0</v>
       </c>
       <c r="B56" s="47">
         <v>0</v>
       </c>
       <c r="C56" s="57">
         <v>0</v>
       </c>
       <c r="D56" s="47">
         <v>0</v>
       </c>
       <c r="E56" s="47">
         <v>0</v>
       </c>
       <c r="F56" s="47">
         <v>0</v>
       </c>
       <c r="G56" s="47">
         <v>0</v>
       </c>
-      <c r="H56" s="133" t="s">
-[...8 lines deleted...]
-      <c r="K56" s="133">
+      <c r="H56" s="121" t="s">
+        <v>48</v>
+      </c>
+      <c r="I56" s="121">
+        <v>0</v>
+      </c>
+      <c r="J56" s="121" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" s="121">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1">
         <v>0</v>
       </c>
       <c r="B57" s="1">
         <v>0</v>
       </c>
       <c r="C57" s="58">
         <v>0</v>
       </c>
       <c r="D57" s="1">
         <v>0</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1">
         <v>0</v>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
       <c r="H57" s="58" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I57" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K57" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>1146</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>459.57433000000003</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="15" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>7</v>
       </c>
       <c r="I59" s="60">
         <v>0.61082024432809767</v>
       </c>
       <c r="J59" s="60">
         <v>200.26657900000001</v>
       </c>
       <c r="K59" s="60">
         <v>43.576537227394752</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="15" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>42</v>
       </c>
       <c r="I60" s="60">
         <v>3.664921465968586</v>
       </c>
       <c r="J60" s="60">
         <v>136.30732699999999</v>
       </c>
       <c r="K60" s="60">
         <v>29.659473582869605</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>980</v>
       </c>
       <c r="I61" s="60">
         <v>85.514834205933681</v>
       </c>
       <c r="J61" s="60">
         <v>93.405922000000004</v>
       </c>
       <c r="K61" s="60">
         <v>20.324442838223796</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="15" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>117</v>
       </c>
       <c r="I62" s="60">
         <v>10.209424083769633</v>
       </c>
       <c r="J62" s="60">
         <v>5.3704999999999996E-2</v>
       </c>
       <c r="K62" s="60">
         <v>1.168581369633939E-2</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="61" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I63" s="65" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J63" s="66">
         <v>29.540797000000055</v>
       </c>
       <c r="K63" s="66">
         <v>6.4278605378154907</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="146" t="s">
-[...6 lines deleted...]
-      <c r="K64" s="146"/>
+      <c r="F64" s="133" t="s">
+        <v>125</v>
+      </c>
+      <c r="G64" s="133"/>
+      <c r="H64" s="133"/>
+      <c r="I64" s="133"/>
+      <c r="J64" s="133"/>
+      <c r="K64" s="133"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="47">
         <v>0</v>
       </c>
       <c r="B68" s="47">
         <v>0</v>
       </c>
       <c r="C68" s="57">
         <v>0</v>
       </c>
       <c r="D68" s="47">
         <v>0</v>
       </c>
       <c r="E68" s="47">
         <v>0</v>
       </c>
       <c r="F68" s="47">
         <v>0</v>
       </c>
       <c r="G68" s="47">
         <v>0</v>
       </c>
-      <c r="H68" s="133" t="s">
-[...8 lines deleted...]
-      <c r="K68" s="133">
+      <c r="H68" s="121" t="s">
+        <v>48</v>
+      </c>
+      <c r="I68" s="121">
+        <v>0</v>
+      </c>
+      <c r="J68" s="121" t="s">
+        <v>45</v>
+      </c>
+      <c r="K68" s="121">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1">
         <v>0</v>
       </c>
       <c r="B69" s="1">
         <v>0</v>
       </c>
       <c r="C69" s="58">
         <v>0</v>
       </c>
       <c r="D69" s="1">
         <v>0</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
       <c r="H69" s="58" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="I69" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K69" s="58" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>1146</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>459.57433000000003</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="15" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>1119</v>
       </c>
       <c r="I71" s="60">
         <v>97.643979057591622</v>
       </c>
       <c r="J71" s="60">
         <v>272.65583399999997</v>
       </c>
       <c r="K71" s="67">
         <v>59.32790763139446</v>
       </c>
     </row>
     <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="15" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>13</v>
       </c>
       <c r="I72" s="67">
         <v>1.1343804537521813</v>
       </c>
       <c r="J72" s="60">
         <v>83.400295999999997</v>
       </c>
       <c r="K72" s="67">
         <v>18.147292082218776</v>
       </c>
     </row>
     <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="15" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>7</v>
       </c>
       <c r="I73" s="67">
         <v>0.61082024432809767</v>
       </c>
       <c r="J73" s="60">
         <v>45.647660999999999</v>
       </c>
       <c r="K73" s="67">
         <v>9.9325958871549673</v>
       </c>
     </row>
     <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="15" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>7</v>
       </c>
       <c r="I74" s="67">
         <v>0.61082024432809767</v>
       </c>
       <c r="J74" s="60">
         <v>28.329742</v>
       </c>
       <c r="K74" s="67">
         <v>6.1643438614162802</v>
       </c>
     </row>
     <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="50" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>4</v>
       </c>
       <c r="I75" s="71">
         <v>0.34904013961605584</v>
       </c>
       <c r="J75" s="72">
         <v>25.350581999999999</v>
       </c>
       <c r="K75" s="71">
         <v>5.5161005184950165</v>
       </c>
     </row>
     <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="73" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I76" s="77" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="J76" s="78">
         <v>29.540797000000111</v>
       </c>
       <c r="K76" s="78">
         <v>6.4278605378155191</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="146" t="s">
-[...6 lines deleted...]
-      <c r="K77" s="146"/>
+      <c r="F77" s="133" t="s">
+        <v>125</v>
+      </c>
+      <c r="G77" s="133"/>
+      <c r="H77" s="133"/>
+      <c r="I77" s="133"/>
+      <c r="J77" s="133"/>
+      <c r="K77" s="133"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
     <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="23">
         <v>0</v>
       </c>
       <c r="B81" s="23">
         <v>0</v>
       </c>
       <c r="C81" s="23">
         <v>0</v>
       </c>
       <c r="D81" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="F81" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="H81" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
     </row>
     <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
-        <v>80.62754000000001</v>
+        <v>85.853947000000019</v>
       </c>
       <c r="E82" s="16">
-        <v>20.395538292444467</v>
+        <v>23.375234766688205</v>
       </c>
       <c r="F82" s="16">
-        <v>112.444076</v>
+        <v>151.87127799999999</v>
       </c>
       <c r="G82" s="16">
-        <v>26.756312961150279</v>
+        <v>33.046075049491989</v>
       </c>
       <c r="H82" s="16">
-        <v>151.87127799999999</v>
+        <v>177.44919500000003</v>
       </c>
       <c r="I82" s="16">
-        <v>33.046075049491989</v>
+        <v>36.544031548353281</v>
       </c>
       <c r="J82" s="16">
-        <v>35.063832086627663</v>
+        <v>16.841839574168883</v>
       </c>
       <c r="K82" s="16">
-        <v>39.427201999999994</v>
+        <v>25.577917000000042</v>
       </c>
     </row>
     <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
-        <v>145.95528300000004</v>
+        <v>85.86125899999999</v>
       </c>
       <c r="E83" s="16">
-        <v>36.920840737681807</v>
+        <v>23.377225586243807</v>
       </c>
       <c r="F83" s="16">
-        <v>72.250192000000013</v>
+        <v>57.023557000000004</v>
       </c>
       <c r="G83" s="16">
-        <v>17.192090658961856</v>
+        <v>12.407907334598084</v>
       </c>
       <c r="H83" s="16">
-        <v>57.023557000000004</v>
+        <v>64.990628999999998</v>
       </c>
       <c r="I83" s="16">
-        <v>12.407907334598084</v>
+        <v>13.384222997029225</v>
       </c>
       <c r="J83" s="16">
-        <v>-21.074871330445745</v>
+        <v>13.9715451282704</v>
       </c>
       <c r="K83" s="16">
-        <v>-15.226635000000009</v>
+        <v>7.9670719999999946</v>
       </c>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
-        <v>31.188860000000005</v>
+        <v>31.060727</v>
       </c>
       <c r="E84" s="16">
-        <v>7.8895323908888901</v>
+        <v>8.456824770665591</v>
       </c>
       <c r="F84" s="16">
-        <v>41.193155000000004</v>
+        <v>34.131577999999998</v>
       </c>
       <c r="G84" s="16">
-        <v>9.8020010145947811</v>
+        <v>7.4267807777688528</v>
       </c>
       <c r="H84" s="16">
-        <v>39.451383</v>
+        <v>38.062872000000006</v>
       </c>
       <c r="I84" s="16">
-        <v>8.5843312876069451</v>
+        <v>7.8386988184924302</v>
       </c>
       <c r="J84" s="16">
-        <v>-4.2283044355306219</v>
+        <v>11.518055215612968</v>
       </c>
       <c r="K84" s="16">
-        <v>-1.7417720000000045</v>
+        <v>3.9312940000000083</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="15" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
-        <v>13.068247999999999</v>
+        <v>32.406236999999997</v>
       </c>
       <c r="E85" s="16">
-        <v>3.305743329129982</v>
+        <v>8.8231633401774463</v>
       </c>
       <c r="F85" s="16">
-        <v>17.136167</v>
+        <v>39.451383</v>
       </c>
       <c r="G85" s="16">
-        <v>4.0775882867011672</v>
+        <v>8.5843312876069451</v>
       </c>
       <c r="H85" s="16">
-        <v>39.118547000000007</v>
+        <v>34.809325999999999</v>
       </c>
       <c r="I85" s="16">
-        <v>8.5119086176984702</v>
+        <v>7.1686609089486932</v>
       </c>
       <c r="J85" s="16">
-        <v>128.28061257806374</v>
+        <v>-11.766525396587495</v>
       </c>
       <c r="K85" s="16">
-        <v>21.982380000000006</v>
+        <v>-4.6420570000000012</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="15" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
-        <v>27.106106</v>
+        <v>13.827544999999999</v>
       </c>
       <c r="E86" s="16">
-        <v>6.8567591530395031</v>
+        <v>3.7647903435580607</v>
       </c>
       <c r="F86" s="16">
-        <v>34.749024000000006</v>
+        <v>39.118547000000007</v>
       </c>
       <c r="G86" s="16">
-        <v>8.2686059978697539</v>
+        <v>8.5119086176984702</v>
       </c>
       <c r="H86" s="16">
-        <v>34.131577999999998</v>
+        <v>26.529416999999999</v>
       </c>
       <c r="I86" s="16">
-        <v>7.4267807777688528</v>
+        <v>5.4634897149430275</v>
       </c>
       <c r="J86" s="16">
-        <v>-1.7768729274238264</v>
+        <v>-32.181997966335523</v>
       </c>
       <c r="K86" s="16">
-        <v>-0.61744600000000815</v>
+        <v>-12.589130000000008</v>
       </c>
     </row>
     <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
-        <v>14.461924000000002</v>
+        <v>19.336296000000001</v>
       </c>
       <c r="E87" s="16">
-        <v>3.6582875370428223</v>
+        <v>5.2646439017902571</v>
       </c>
       <c r="F87" s="16">
-        <v>17.050977</v>
+        <v>19.753964</v>
       </c>
       <c r="G87" s="16">
-        <v>4.0573171405257078</v>
+        <v>4.2983175322259619</v>
       </c>
       <c r="H87" s="16">
-        <v>19.753964</v>
+        <v>20.281368000000001</v>
       </c>
       <c r="I87" s="16">
-        <v>4.2983175322259619</v>
+        <v>4.1767614219707374</v>
       </c>
       <c r="J87" s="16">
-        <v>15.852387813320023</v>
+        <v>2.6698641346111627</v>
       </c>
       <c r="K87" s="16">
-        <v>2.7029870000000003</v>
+        <v>0.52740400000000065</v>
       </c>
     </row>
     <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="15" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
-        <v>7.1384859999999994</v>
+        <v>10.508386000000002</v>
       </c>
       <c r="E88" s="16">
-        <v>1.8057510444083835</v>
+        <v>2.8610914040909452</v>
       </c>
       <c r="F88" s="16">
-        <v>15.691527999999998</v>
+        <v>17.310934</v>
       </c>
       <c r="G88" s="16">
-        <v>3.733833287995115</v>
+        <v>3.7667321410227586</v>
       </c>
       <c r="H88" s="16">
-        <v>18.706204000000003</v>
+        <v>19.897372999999998</v>
       </c>
       <c r="I88" s="16">
-        <v>4.0703326489101341</v>
+        <v>4.0976811793446153</v>
       </c>
       <c r="J88" s="16">
-        <v>19.212125167160302</v>
+        <v>14.941071348316612</v>
       </c>
       <c r="K88" s="16">
-        <v>3.014676000000005</v>
+        <v>2.5864389999999986</v>
       </c>
     </row>
     <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="15" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
-        <v>19.124117999999999</v>
+        <v>12.120394000000001</v>
       </c>
       <c r="E89" s="16">
-        <v>4.8376358869218441</v>
+        <v>3.2999887030791846</v>
       </c>
       <c r="F89" s="16">
-        <v>15.505140000000001</v>
+        <v>18.706204000000003</v>
       </c>
       <c r="G89" s="16">
-        <v>3.6894818571540373</v>
+        <v>4.0703326489101341</v>
       </c>
       <c r="H89" s="16">
-        <v>17.547496000000002</v>
+        <v>19.455037000000001</v>
       </c>
       <c r="I89" s="16">
-        <v>3.8182062953777254</v>
+        <v>4.0065861437262669</v>
       </c>
       <c r="J89" s="16">
-        <v>13.172122276870777</v>
+        <v>4.0031264493854417</v>
       </c>
       <c r="K89" s="16">
-        <v>2.0423560000000016</v>
+        <v>0.74883299999999764</v>
       </c>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="15" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
-        <v>11.158696000000003</v>
+        <v>21.784300999999996</v>
       </c>
       <c r="E90" s="16">
-        <v>2.8227031552959065</v>
+        <v>5.9311559677413594</v>
       </c>
       <c r="F90" s="16">
-        <v>25.163166999999998</v>
+        <v>17.547496000000002</v>
       </c>
       <c r="G90" s="16">
-        <v>5.9876304319107838</v>
+        <v>3.8182062953777254</v>
       </c>
       <c r="H90" s="16">
-        <v>17.310934</v>
+        <v>19.022614000000001</v>
       </c>
       <c r="I90" s="16">
-        <v>3.7667321410227586</v>
+        <v>3.9175325993907535</v>
       </c>
       <c r="J90" s="16">
-        <v>-31.205265219596562</v>
+        <v>8.4064301824032217</v>
       </c>
       <c r="K90" s="16">
-        <v>-7.8522329999999982</v>
+        <v>1.4751179999999984</v>
       </c>
     </row>
     <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
-        <v>8.7222050000000007</v>
+        <v>7.9550810000000016</v>
       </c>
       <c r="E91" s="16">
-        <v>2.2063685196404426</v>
+        <v>2.1659095762134357</v>
       </c>
       <c r="F91" s="16">
-        <v>13.709881999999999</v>
+        <v>12.582845000000001</v>
       </c>
       <c r="G91" s="16">
-        <v>3.2622963032080134</v>
+        <v>2.7379346883887092</v>
       </c>
       <c r="H91" s="16">
-        <v>12.582845000000001</v>
+        <v>18.031839000000002</v>
       </c>
       <c r="I91" s="16">
-        <v>2.7379346883887092</v>
+        <v>3.7134915900341339</v>
       </c>
       <c r="J91" s="16">
-        <v>-8.2206177996280196</v>
+        <v>43.304944152137296</v>
       </c>
       <c r="K91" s="16">
-        <v>-1.1270369999999978</v>
+        <v>5.4489940000000008</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="15" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
-        <v>11.273093999999999</v>
+        <v>4.8521420000000006</v>
       </c>
       <c r="E92" s="16">
-        <v>2.8516412673799287</v>
+        <v>1.3210803036383176</v>
       </c>
       <c r="F92" s="16">
-        <v>11.447198</v>
+        <v>11.558729000000001</v>
       </c>
       <c r="G92" s="16">
-        <v>2.723885713785879</v>
+        <v>2.5150945658779507</v>
       </c>
       <c r="H92" s="16">
-        <v>12.578505000000002</v>
+        <v>11.784113000000001</v>
       </c>
       <c r="I92" s="16">
-        <v>2.7369903362531152</v>
+        <v>2.4268298159445583</v>
       </c>
       <c r="J92" s="16">
-        <v>9.8828289682767902</v>
+        <v>1.9499029694354804</v>
       </c>
       <c r="K92" s="16">
-        <v>1.1313070000000014</v>
+        <v>0.22538400000000003</v>
       </c>
     </row>
     <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="15" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
-        <v>4.4262749999999995</v>
+        <v>13.473409</v>
       </c>
       <c r="E93" s="16">
-        <v>1.1196702920043153</v>
+        <v>3.6683706397634777</v>
       </c>
       <c r="F93" s="16">
-        <v>7.532788</v>
+        <v>12.578505000000002</v>
       </c>
       <c r="G93" s="16">
-        <v>1.7924433226522076</v>
+        <v>2.7369903362531152</v>
       </c>
       <c r="H93" s="16">
-        <v>11.558729000000001</v>
+        <v>10.017792999999998</v>
       </c>
       <c r="I93" s="16">
-        <v>2.5150945658779507</v>
+        <v>2.0630724384907611</v>
       </c>
       <c r="J93" s="16">
-        <v>53.445563581505297</v>
+        <v>-20.357840617784099</v>
       </c>
       <c r="K93" s="16">
-        <v>4.0259410000000013</v>
+        <v>-2.5607120000000041</v>
       </c>
     </row>
     <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="15" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
-        <v>10.165483</v>
+        <v>12.434013000000002</v>
       </c>
       <c r="E94" s="16">
-        <v>2.5714600468734785</v>
+        <v>3.3853769468170527</v>
       </c>
       <c r="F94" s="16">
-        <v>12.436552999999998</v>
+        <v>9.9275079999999978</v>
       </c>
       <c r="G94" s="16">
-        <v>2.9593048923798566</v>
+        <v>2.1601528527496296</v>
       </c>
       <c r="H94" s="16">
-        <v>9.9275079999999978</v>
+        <v>9.6918489999999995</v>
       </c>
       <c r="I94" s="16">
-        <v>2.1601528527496296</v>
+        <v>1.9959472660209934</v>
       </c>
       <c r="J94" s="16">
-        <v>-20.174762251244381</v>
+        <v>-2.3737981374580439</v>
       </c>
       <c r="K94" s="16">
-        <v>-2.5090450000000004</v>
+        <v>-0.23565899999999829</v>
       </c>
     </row>
     <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="15" t="s">
         <v>5</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
-        <v>4.2830139999999997</v>
+        <v>7.7568160000000006</v>
       </c>
       <c r="E95" s="16">
-        <v>1.0834309969530973</v>
+        <v>2.111928471290939</v>
       </c>
       <c r="F95" s="16">
-        <v>6.4194339999999999</v>
+        <v>5.6056160000000013</v>
       </c>
       <c r="G95" s="16">
-        <v>1.5275183117467994</v>
+        <v>1.2197408850054789</v>
       </c>
       <c r="H95" s="16">
-        <v>5.6056160000000013</v>
+        <v>4.3410959999999985</v>
       </c>
       <c r="I95" s="16">
-        <v>1.2197408850054789</v>
+        <v>0.89400884111325596</v>
       </c>
       <c r="J95" s="16">
-        <v>-12.677410500676517</v>
+        <v>-22.558091742281356</v>
       </c>
       <c r="K95" s="16">
-        <v>-0.8138179999999986</v>
+        <v>-1.2645200000000028</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
-        <v>0.71471000000000018</v>
+        <v>0.68715100000000007</v>
       </c>
       <c r="E96" s="16">
-        <v>0.18079300413968957</v>
+        <v>0.18708884688975994</v>
       </c>
       <c r="F96" s="16">
-        <v>1.1954010000000002</v>
+        <v>0.74313200000000001</v>
       </c>
       <c r="G96" s="16">
-        <v>0.284448273380556</v>
+        <v>0.16170006710339979</v>
       </c>
       <c r="H96" s="16">
-        <v>0.74313200000000001</v>
+        <v>1.0718129999999999</v>
       </c>
       <c r="I96" s="16">
-        <v>0.16170006710339979</v>
+        <v>0.22073004098967691</v>
       </c>
       <c r="J96" s="16">
-        <v>-37.834082454339594</v>
+        <v>44.229154443625077</v>
       </c>
       <c r="K96" s="16">
-        <v>-0.45226900000000014</v>
+        <v>0.32868099999999989</v>
       </c>
     </row>
     <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
-        <v>4.0655000000000004E-2</v>
+        <v>6.8012000000000003E-2</v>
       </c>
       <c r="E97" s="16">
-        <v>1.0284086669137243E-2</v>
+        <v>1.8517453448610787E-2</v>
       </c>
       <c r="F97" s="16">
-        <v>2.5323000000000002E-2</v>
+        <v>1.3699999999999999E-3</v>
       </c>
       <c r="G97" s="16">
-        <v>6.0256630426240394E-3</v>
+        <v>2.9810194142044442E-4</v>
       </c>
       <c r="H97" s="16">
-        <v>1.3699999999999999E-3</v>
+        <v>4.5900000000000004E-4</v>
       </c>
       <c r="I97" s="16">
-        <v>2.9810194142044442E-4</v>
+        <v>9.4526833332178012E-5</v>
       </c>
       <c r="J97" s="16">
-        <v>-94.58989851123485</v>
+        <v>-66.49635036496349</v>
       </c>
       <c r="K97" s="16">
-        <v>-2.3953000000000002E-2</v>
+        <v>-9.1099999999999992E-4</v>
       </c>
     </row>
     <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
-        <v>5.8648030000000002</v>
+        <v>7.3002079999999987</v>
       </c>
       <c r="E98" s="16">
-        <v>1.4835602594863142</v>
+        <v>1.9876089779035471</v>
       </c>
       <c r="F98" s="16">
-        <v>16.302502</v>
+        <v>11.661683999999999</v>
       </c>
       <c r="G98" s="16">
-        <v>3.8792158829405872</v>
+        <v>2.5374968179793678</v>
       </c>
       <c r="H98" s="16">
-        <v>11.661683999999999</v>
+        <v>10.139612999999997</v>
       </c>
       <c r="I98" s="16">
-        <v>2.5374968179793678</v>
+        <v>2.0881601483742593</v>
       </c>
       <c r="J98" s="16">
-        <v>-28.4669064907951</v>
+        <v>-13.051897135953968</v>
       </c>
       <c r="K98" s="16">
-        <v>-4.6408180000000012</v>
+        <v>-1.5220710000000022</v>
       </c>
     </row>
     <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B99" s="95"/>
-      <c r="C99" s="96"/>
+      <c r="B99" s="93"/>
+      <c r="C99" s="94"/>
       <c r="D99" s="17">
-        <v>395.31950000000001</v>
+        <v>367.28592400000002</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
-        <v>420.25250699999998</v>
+        <v>459.57433000000003</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
-        <v>459.57433000000003</v>
+        <v>485.57640600000002</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
-        <v>9.3567134865420449</v>
+        <v>5.6578608296072561</v>
       </c>
       <c r="K99" s="17">
-        <v>39.321823000000052</v>
+        <v>26.002075999999988</v>
       </c>
     </row>
     <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
     <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
     <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
     <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
     <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
     <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
     <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
     <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="23">
         <v>0</v>
       </c>
       <c r="B107" s="23">
         <v>0</v>
       </c>
       <c r="C107" s="23">
         <v>0</v>
       </c>
       <c r="D107" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="F107" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="H107" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
     </row>
     <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="15" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
-        <v>43.814670000000007</v>
+        <v>99.360990999999984</v>
       </c>
       <c r="E108" s="16">
-        <v>10.940337082177166</v>
+        <v>21.807714463064489</v>
       </c>
       <c r="F108" s="16">
-        <v>53.913521000000003</v>
+        <v>134.24061499999999</v>
       </c>
       <c r="G108" s="16">
-        <v>8.9699336861056125</v>
+        <v>18.789237522545687</v>
       </c>
       <c r="H108" s="16">
-        <v>162.70797699999997</v>
+        <v>119.93333699999999</v>
       </c>
       <c r="I108" s="16">
-        <v>22.773724827362425</v>
+        <v>20.183730960253961</v>
       </c>
       <c r="J108" s="16">
-        <v>201.79438104218784</v>
+        <v>-10.657935379691159</v>
       </c>
       <c r="K108" s="16">
-        <v>108.79445599999997</v>
+        <v>-14.307277999999997</v>
       </c>
     </row>
     <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="15" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
-        <v>110.88916199999998</v>
+        <v>52.404934999999995</v>
       </c>
       <c r="E109" s="16">
-        <v>27.688552967308684</v>
+        <v>11.501816230229171</v>
       </c>
       <c r="F109" s="16">
-        <v>159.46322699999999</v>
+        <v>75.716521</v>
       </c>
       <c r="G109" s="16">
-        <v>26.530906255638655</v>
+        <v>10.597803782780783</v>
       </c>
       <c r="H109" s="16">
-        <v>134.24061499999999</v>
+        <v>88.813969999999998</v>
       </c>
       <c r="I109" s="16">
-        <v>18.789237522545687</v>
+        <v>14.946613850926754</v>
       </c>
       <c r="J109" s="16">
-        <v>-15.8171965251901</v>
+        <v>17.298006864314324</v>
       </c>
       <c r="K109" s="16">
-        <v>-25.222611999999998</v>
+        <v>13.097448999999997</v>
       </c>
     </row>
     <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
-        <v>41.120041000000001</v>
+        <v>68.37555900000001</v>
       </c>
       <c r="E110" s="16">
-        <v>10.267499661025528</v>
+        <v>15.007043024806585</v>
       </c>
       <c r="F110" s="16">
-        <v>72.943870999999987</v>
+        <v>76.289135000000016</v>
       </c>
       <c r="G110" s="16">
-        <v>12.136133451158608</v>
+        <v>10.677950767020503</v>
       </c>
       <c r="H110" s="16">
-        <v>76.289135000000016</v>
+        <v>81.172152999999994</v>
       </c>
       <c r="I110" s="16">
-        <v>10.677950767020503</v>
+        <v>13.660562931027018</v>
       </c>
       <c r="J110" s="16">
-        <v>4.5860796172992098</v>
+        <v>6.4006729136461926</v>
       </c>
       <c r="K110" s="16">
-        <v>3.3452640000000287</v>
+        <v>4.8830179999999785</v>
       </c>
     </row>
     <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="15" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
-        <v>51.128767000000011</v>
+        <v>46.469273999999992</v>
       </c>
       <c r="E111" s="16">
-        <v>12.766636050804358</v>
+        <v>10.199059495067905</v>
       </c>
       <c r="F111" s="16">
-        <v>83.42214700000001</v>
+        <v>56.033370000000012</v>
       </c>
       <c r="G111" s="16">
-        <v>13.879470542140149</v>
+        <v>7.8428149194540424</v>
       </c>
       <c r="H111" s="16">
-        <v>75.716521</v>
+        <v>64.979384999999994</v>
       </c>
       <c r="I111" s="16">
-        <v>10.597803782780783</v>
+        <v>10.935461795770442</v>
       </c>
       <c r="J111" s="16">
-        <v>-9.2369068372215448</v>
+        <v>15.96551305052682</v>
       </c>
       <c r="K111" s="16">
-        <v>-7.7056260000000094</v>
+        <v>8.9460149999999814</v>
       </c>
     </row>
     <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="15" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
-        <v>42.052952000000005</v>
+        <v>27.424936999999996</v>
       </c>
       <c r="E112" s="16">
-        <v>10.500443577016931</v>
+        <v>6.0192152800039258</v>
       </c>
       <c r="F112" s="16">
-        <v>50.836154000000001</v>
+        <v>39.035567999999998</v>
       </c>
       <c r="G112" s="16">
-        <v>8.4579326628778801</v>
+        <v>5.4636859267926008</v>
       </c>
       <c r="H112" s="16">
-        <v>56.033370000000012</v>
+        <v>45.071826000000009</v>
       </c>
       <c r="I112" s="16">
-        <v>7.8428149194540424</v>
+        <v>7.5851938470733922</v>
       </c>
       <c r="J112" s="16">
-        <v>10.22346419046573</v>
+        <v>15.46348191987372</v>
       </c>
       <c r="K112" s="16">
-        <v>5.1972160000000116</v>
+        <v>6.0362580000000108</v>
       </c>
     </row>
     <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="15" t="s">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
-        <v>22.166620999999999</v>
+        <v>43.646439000000008</v>
       </c>
       <c r="E113" s="16">
-        <v>5.5349111544801559</v>
+        <v>9.5795046875243255</v>
       </c>
       <c r="F113" s="16">
-        <v>34.035679000000002</v>
+        <v>162.70797699999997</v>
       </c>
       <c r="G113" s="16">
-        <v>5.6627313135711796</v>
+        <v>22.773724827362425</v>
       </c>
       <c r="H113" s="16">
-        <v>39.035567999999998</v>
+        <v>39.615591000000009</v>
       </c>
       <c r="I113" s="16">
-        <v>5.4636859267926008</v>
+        <v>6.6669572495548781</v>
       </c>
       <c r="J113" s="16">
-        <v>14.690140308351115</v>
+        <v>-75.652336332594189</v>
       </c>
       <c r="K113" s="16">
-        <v>4.999888999999996</v>
+        <v>-123.09238599999996</v>
       </c>
     </row>
     <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
-        <v>15.10406</v>
+        <v>20.435853999999999</v>
       </c>
       <c r="E114" s="16">
-        <v>3.7714196571474541</v>
+        <v>4.4852538642743047</v>
       </c>
       <c r="F114" s="16">
-        <v>27.506140000000002</v>
+        <v>29.949427000000004</v>
       </c>
       <c r="G114" s="16">
-        <v>4.5763705872732192</v>
+        <v>4.1919272909107503</v>
       </c>
       <c r="H114" s="16">
-        <v>29.949427000000004</v>
+        <v>26.868415999999993</v>
       </c>
       <c r="I114" s="16">
-        <v>4.1919272909107503</v>
+        <v>4.5217192603603014</v>
       </c>
       <c r="J114" s="16">
-        <v>8.8826967360742053</v>
+        <v>-10.287378786913054</v>
       </c>
       <c r="K114" s="16">
-        <v>2.4432870000000015</v>
+        <v>-3.0810110000000108</v>
       </c>
     </row>
     <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="15" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
-        <v>16.204612999999998</v>
+        <v>25.587018</v>
       </c>
       <c r="E115" s="16">
-        <v>4.0462230688084642</v>
+        <v>5.615829480860266</v>
       </c>
       <c r="F115" s="16">
-        <v>22.184442000000001</v>
+        <v>22.849411000000003</v>
       </c>
       <c r="G115" s="16">
-        <v>3.6909660120928875</v>
+        <v>3.1981603371622533</v>
       </c>
       <c r="H115" s="16">
-        <v>22.856062999999999</v>
+        <v>25.21726</v>
       </c>
       <c r="I115" s="16">
-        <v>3.1990913967227295</v>
+        <v>4.2438441564814768</v>
       </c>
       <c r="J115" s="16">
-        <v>3.0274414835405739</v>
+        <v>10.362844801557449</v>
       </c>
       <c r="K115" s="16">
-        <v>0.67162099999999825</v>
+        <v>2.3678489999999961</v>
       </c>
     </row>
     <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="15" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
-        <v>18.238412</v>
+        <v>14.265946000000001</v>
       </c>
       <c r="E116" s="16">
-        <v>4.5540540445386215</v>
+        <v>3.1310846820508975</v>
       </c>
       <c r="F116" s="16">
-        <v>23.888229999999997</v>
+        <v>19.732820000000004</v>
       </c>
       <c r="G116" s="16">
-        <v>3.9744360042527846</v>
+        <v>2.7619408773539971</v>
       </c>
       <c r="H116" s="16">
-        <v>22.849411000000003</v>
+        <v>19.693406</v>
       </c>
       <c r="I116" s="16">
-        <v>3.1981603371622533</v>
+        <v>3.3142278730646098</v>
       </c>
       <c r="J116" s="16">
-        <v>-4.3486645934001524</v>
+        <v>-0.19973830400320008</v>
       </c>
       <c r="K116" s="16">
-        <v>-1.0388189999999931</v>
+        <v>-3.9414000000004279E-2</v>
       </c>
     </row>
     <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
-        <v>11.406691000000002</v>
+        <v>7.1157289999999991</v>
       </c>
       <c r="E117" s="16">
-        <v>2.8482023151660516</v>
+        <v>1.5617576341257247</v>
       </c>
       <c r="F117" s="16">
-        <v>20.915607999999999</v>
+        <v>16.115519000000003</v>
       </c>
       <c r="G117" s="16">
-        <v>3.4798620695647013</v>
+        <v>2.2556386104913035</v>
       </c>
       <c r="H117" s="16">
-        <v>19.732820000000004</v>
+        <v>18.396108999999999</v>
       </c>
       <c r="I117" s="16">
-        <v>2.7619408773539971</v>
+        <v>3.0959041419109892</v>
       </c>
       <c r="J117" s="16">
-        <v>-5.6550495687239657</v>
+        <v>14.15151445013962</v>
       </c>
       <c r="K117" s="16">
-        <v>-1.1827879999999951</v>
+        <v>2.2805899999999966</v>
       </c>
     </row>
     <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="15" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
-        <v>7.0412319999999999</v>
+        <v>23.570354000000002</v>
       </c>
       <c r="E118" s="16">
-        <v>1.758165736585771</v>
+        <v>5.1732127935937164</v>
       </c>
       <c r="F118" s="16">
-        <v>10.359526999999998</v>
+        <v>22.856062999999999</v>
       </c>
       <c r="G118" s="16">
-        <v>1.7235800683361155</v>
+        <v>3.1990913967227295</v>
       </c>
       <c r="H118" s="16">
-        <v>16.115519000000003</v>
+        <v>17.062795000000001</v>
       </c>
       <c r="I118" s="16">
-        <v>2.2556386104913035</v>
+        <v>2.8715190648782372</v>
       </c>
       <c r="J118" s="16">
-        <v>55.562305112965149</v>
+        <v>-25.346744975282913</v>
       </c>
       <c r="K118" s="16">
-        <v>5.7559920000000044</v>
+        <v>-5.7932679999999976</v>
       </c>
     </row>
     <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
-        <v>2.3281630000000004</v>
+        <v>3.4481799999999998</v>
       </c>
       <c r="E119" s="16">
-        <v>0.58133241679676784</v>
+        <v>0.75680530256838652</v>
       </c>
       <c r="F119" s="16">
-        <v>10.337657</v>
+        <v>9.0594940000000008</v>
       </c>
       <c r="G119" s="16">
-        <v>1.7199414180295418</v>
+        <v>1.2680289389323607</v>
       </c>
       <c r="H119" s="16">
-        <v>9.0594940000000008</v>
+        <v>7.8257299999999992</v>
       </c>
       <c r="I119" s="16">
-        <v>1.2680289389323607</v>
+        <v>1.3170018681927294</v>
       </c>
       <c r="J119" s="16">
-        <v>-12.3641459568643</v>
+        <v>-13.618464784015549</v>
       </c>
       <c r="K119" s="16">
-        <v>-1.2781629999999993</v>
+        <v>-1.2337640000000016</v>
       </c>
     </row>
     <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
-        <v>3.7985380000000002</v>
+        <v>6.3333240000000002</v>
       </c>
       <c r="E120" s="16">
-        <v>0.94847881176462323</v>
+        <v>1.3900356669557923</v>
       </c>
       <c r="F120" s="16">
-        <v>7.3315819999999983</v>
+        <v>7.2279750000000007</v>
       </c>
       <c r="G120" s="16">
-        <v>1.2198016960206612</v>
+        <v>1.011676973336439</v>
       </c>
       <c r="H120" s="16">
-        <v>7.2279750000000007</v>
+        <v>6.4676470000000013</v>
       </c>
       <c r="I120" s="16">
-        <v>1.011676973336439</v>
+        <v>1.0884483852383233</v>
       </c>
       <c r="J120" s="16">
-        <v>-1.4131602156260079</v>
+        <v>-10.519239482704346</v>
       </c>
       <c r="K120" s="16">
-        <v>-0.10360699999999756</v>
+        <v>-0.76032799999999945</v>
       </c>
     </row>
     <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
-        <v>1.823753</v>
+        <v>1.4059459999999999</v>
       </c>
       <c r="E121" s="16">
-        <v>0.45538338128831857</v>
+        <v>0.30857652092547738</v>
       </c>
       <c r="F121" s="16">
-        <v>1.8625839999999998</v>
+        <v>2.0928960000000001</v>
       </c>
       <c r="G121" s="16">
-        <v>0.3098898876369312</v>
+        <v>0.29293608386691156</v>
       </c>
       <c r="H121" s="16">
-        <v>2.0928960000000001</v>
+        <v>1.787026</v>
       </c>
       <c r="I121" s="16">
-        <v>0.29293608386691156</v>
+        <v>0.30074083574426674</v>
       </c>
       <c r="J121" s="16">
-        <v>12.36518728819749</v>
+        <v>-14.614677461278539</v>
       </c>
       <c r="K121" s="16">
-        <v>0.23031200000000029</v>
+        <v>-0.30587000000000009</v>
       </c>
     </row>
     <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
-        <v>0.17651399999999998</v>
+        <v>0.27653100000000003</v>
       </c>
       <c r="E122" s="16">
-        <v>4.4074796403200563E-2</v>
+        <v>6.0692924129406967E-2</v>
       </c>
       <c r="F122" s="16">
-        <v>1.1007380000000002</v>
+        <v>0.48754500000000001</v>
       </c>
       <c r="G122" s="16">
-        <v>0.18313674719513351</v>
+        <v>6.8240143327185573E-2</v>
       </c>
       <c r="H122" s="16">
-        <v>0.48754500000000001</v>
+        <v>0.78589200000000003</v>
       </c>
       <c r="I122" s="16">
-        <v>6.8240143327185573E-2</v>
+        <v>0.1322587454713772</v>
       </c>
       <c r="J122" s="16">
-        <v>-55.70744355150817</v>
+        <v>61.193735962834204</v>
       </c>
       <c r="K122" s="16">
-        <v>-0.61319300000000021</v>
+        <v>0.29834700000000003</v>
       </c>
     </row>
     <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="15" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
-        <v>0.36574400000000001</v>
+        <v>0.34761500000000001</v>
       </c>
       <c r="E123" s="16">
-        <v>9.1324724020146797E-2</v>
+        <v>7.6294414807901459E-2</v>
       </c>
       <c r="F123" s="16">
-        <v>1.9035359999999999</v>
+        <v>0.16742899999999999</v>
       </c>
       <c r="G123" s="16">
-        <v>0.31670333104593057</v>
+        <v>2.3434511598164995E-2</v>
       </c>
       <c r="H123" s="16">
-        <v>0.16742899999999999</v>
+        <v>2.6048999999999999E-2</v>
       </c>
       <c r="I123" s="16">
-        <v>2.3434511598164995E-2</v>
+        <v>4.3838187190910517E-3</v>
       </c>
       <c r="J123" s="16">
-        <v>-91.204316598162578</v>
+        <v>-84.441763374325845</v>
       </c>
       <c r="K123" s="16">
-        <v>-1.7361069999999998</v>
+        <v>-0.14138000000000001</v>
       </c>
     </row>
     <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
-        <v>12.827453000000002</v>
+        <v>15.154496999999999</v>
       </c>
       <c r="E124" s="16">
-        <v>3.2029605546677575</v>
+        <v>3.3261035350117178</v>
       </c>
       <c r="F124" s="16">
-        <v>19.042398000000002</v>
+        <v>39.893065</v>
       </c>
       <c r="G124" s="16">
-        <v>3.1682042670600228</v>
+        <v>5.5837070903418775</v>
       </c>
       <c r="H124" s="16">
-        <v>39.893065</v>
+        <v>30.491372999999999</v>
       </c>
       <c r="I124" s="16">
-        <v>5.5837070903418775</v>
+        <v>5.1314312153321611</v>
       </c>
       <c r="J124" s="16">
-        <v>109.4960151552341</v>
+        <v>-23.567234054340023</v>
       </c>
       <c r="K124" s="16">
-        <v>20.850666999999998</v>
+        <v>-9.4016920000000006</v>
       </c>
     </row>
     <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="B125" s="95"/>
-      <c r="C125" s="96"/>
+      <c r="B125" s="93"/>
+      <c r="C125" s="94"/>
       <c r="D125" s="17">
-        <v>400.48738600000001</v>
+        <v>455.62312900000001</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
-        <v>601.04704099999992</v>
+        <v>714.4548299999999</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
-        <v>714.4548299999999</v>
+        <v>594.20796499999994</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
-        <v>18.868371568940141</v>
+        <v>-16.83057625910374</v>
       </c>
       <c r="K125" s="17">
-        <v>113.40778899999998</v>
+        <v>-120.24686499999996</v>
       </c>
     </row>
     <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
     <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
     <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="46"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A130" s="2" t="s">
+      <c r="A130" s="46"/>
+    </row>
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B131" s="37"/>
+      <c r="C131" s="37"/>
+      <c r="D131" s="37"/>
+      <c r="E131" s="37"/>
+      <c r="F131" s="37"/>
+      <c r="G131" s="37"/>
+      <c r="H131" s="37"/>
+      <c r="I131" s="37"/>
+      <c r="J131" s="37"/>
+      <c r="K131" s="37"/>
+    </row>
+    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="23"/>
+      <c r="B132" s="23"/>
+      <c r="C132" s="23"/>
+      <c r="D132" s="23"/>
+      <c r="E132" s="23"/>
+      <c r="F132" s="23"/>
+      <c r="G132" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H132" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I132" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="J132" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K132" s="13" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B133" s="5"/>
+      <c r="C133" s="5"/>
+      <c r="D133" s="37"/>
+      <c r="E133" s="5"/>
+      <c r="F133" s="5"/>
+      <c r="G133" s="16">
+        <v>53.994826000000003</v>
+      </c>
+      <c r="H133" s="16">
+        <v>68.039421000000004</v>
+      </c>
+      <c r="I133" s="16">
+        <v>14.012093701274274</v>
+      </c>
+      <c r="J133" s="16">
+        <v>26.011001498550989</v>
+      </c>
+      <c r="K133" s="16">
+        <v>14.044595000000001</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B134" s="5"/>
+      <c r="C134" s="5"/>
+      <c r="D134" s="37"/>
+      <c r="E134" s="5"/>
+      <c r="F134" s="5"/>
+      <c r="G134" s="16">
+        <v>32.771582000000002</v>
+      </c>
+      <c r="H134" s="16">
+        <v>44.008514000000005</v>
+      </c>
+      <c r="I134" s="16">
+        <v>9.0631491679190024</v>
+      </c>
+      <c r="J134" s="16">
+        <v>34.288646791601337</v>
+      </c>
+      <c r="K134" s="16">
+        <v>11.236932000000003</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B135" s="5"/>
+      <c r="C135" s="5"/>
+      <c r="D135" s="37"/>
+      <c r="E135" s="5"/>
+      <c r="F135" s="5"/>
+      <c r="G135" s="16">
+        <v>41.581865000000001</v>
+      </c>
+      <c r="H135" s="16">
+        <v>41.928980000000003</v>
+      </c>
+      <c r="I135" s="16">
+        <v>8.6348882445495097</v>
+      </c>
+      <c r="J135" s="16">
+        <v>0.83477496740466617</v>
+      </c>
+      <c r="K135" s="16">
+        <v>0.34711500000000228</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B136" s="5"/>
+      <c r="C136" s="5"/>
+      <c r="D136" s="37"/>
+      <c r="E136" s="5"/>
+      <c r="F136" s="5"/>
+      <c r="G136" s="16">
+        <v>31.200702</v>
+      </c>
+      <c r="H136" s="16">
+        <v>33.055833</v>
+      </c>
+      <c r="I136" s="16">
+        <v>6.8075451343078646</v>
+      </c>
+      <c r="J136" s="16">
+        <v>5.9457989118321768</v>
+      </c>
+      <c r="K136" s="16">
+        <v>1.8551310000000001</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="B137" s="5"/>
+      <c r="C137" s="5"/>
+      <c r="D137" s="37"/>
+      <c r="E137" s="5"/>
+      <c r="F137" s="5"/>
+      <c r="G137" s="16">
+        <v>20.681138000000001</v>
+      </c>
+      <c r="H137" s="16">
+        <v>16.286225999999999</v>
+      </c>
+      <c r="I137" s="16">
+        <v>3.3539986290025796</v>
+      </c>
+      <c r="J137" s="16">
+        <v>-21.25082285123769</v>
+      </c>
+      <c r="K137" s="16">
+        <v>-4.3949120000000015</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B138" s="5"/>
+      <c r="C138" s="5"/>
+      <c r="D138" s="37"/>
+      <c r="E138" s="5"/>
+      <c r="F138" s="5"/>
+      <c r="G138" s="16">
+        <v>12.836169999999999</v>
+      </c>
+      <c r="H138" s="16">
+        <v>13.942231</v>
+      </c>
+      <c r="I138" s="16">
+        <v>2.8712743921911232</v>
+      </c>
+      <c r="J138" s="16">
+        <v>8.6167525048359472</v>
+      </c>
+      <c r="K138" s="16">
+        <v>1.1060610000000004</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="B130" s="37"/>
-[...29 lines deleted...]
-      <c r="G131" s="13" t="s">
+      <c r="B139" s="5"/>
+      <c r="C139" s="5"/>
+      <c r="D139" s="37"/>
+      <c r="E139" s="5"/>
+      <c r="F139" s="5"/>
+      <c r="G139" s="16">
+        <v>10.983506999999999</v>
+      </c>
+      <c r="H139" s="16">
+        <v>12.742595</v>
+      </c>
+      <c r="I139" s="16">
+        <v>2.6242203786153477</v>
+      </c>
+      <c r="J139" s="16">
+        <v>16.01572248280991</v>
+      </c>
+      <c r="K139" s="16">
+        <v>1.7590880000000002</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B140" s="5"/>
+      <c r="C140" s="5"/>
+      <c r="D140" s="37"/>
+      <c r="E140" s="5"/>
+      <c r="F140" s="5"/>
+      <c r="G140" s="16">
+        <v>7.5430089999999996</v>
+      </c>
+      <c r="H140" s="16">
+        <v>11.545168</v>
+      </c>
+      <c r="I140" s="16">
+        <v>2.3776212882962851</v>
+      </c>
+      <c r="J140" s="16">
+        <v>53.057857945019038</v>
+      </c>
+      <c r="K140" s="16">
+        <v>4.0021590000000007</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B141" s="5"/>
+      <c r="C141" s="5"/>
+      <c r="D141" s="37"/>
+      <c r="E141" s="5"/>
+      <c r="F141" s="5"/>
+      <c r="G141" s="16">
+        <v>11.943538</v>
+      </c>
+      <c r="H141" s="16">
+        <v>9.8819359999999996</v>
+      </c>
+      <c r="I141" s="16">
+        <v>2.0350939374101302</v>
+      </c>
+      <c r="J141" s="16">
+        <v>-17.261233647852091</v>
+      </c>
+      <c r="K141" s="16">
+        <v>-2.0616020000000006</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="H131" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I131" s="13" t="s">
+      <c r="B142" s="5"/>
+      <c r="C142" s="5"/>
+      <c r="D142" s="37"/>
+      <c r="E142" s="5"/>
+      <c r="F142" s="5"/>
+      <c r="G142" s="16">
+        <v>7.5166760000000004</v>
+      </c>
+      <c r="H142" s="16">
+        <v>9.4158310000000007</v>
+      </c>
+      <c r="I142" s="16">
+        <v>1.9391038945990307</v>
+      </c>
+      <c r="J142" s="16">
+        <v>25.265888805104815</v>
+      </c>
+      <c r="K142" s="16">
+        <v>1.8991550000000004</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="95" t="s">
+        <v>146</v>
+      </c>
+      <c r="B143" s="93"/>
+      <c r="C143" s="93"/>
+      <c r="D143" s="96"/>
+      <c r="E143" s="96"/>
+      <c r="F143" s="96"/>
+      <c r="G143" s="17">
+        <v>231.05301300000002</v>
+      </c>
+      <c r="H143" s="17">
+        <v>260.84673500000002</v>
+      </c>
+      <c r="I143" s="17">
+        <v>53.718988768165154</v>
+      </c>
+      <c r="J143" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="46"/>
+    </row>
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="46"/>
+    </row>
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="46"/>
+    </row>
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="B149" s="37"/>
+      <c r="C149" s="37"/>
+      <c r="D149" s="37"/>
+      <c r="E149" s="37"/>
+      <c r="F149" s="37"/>
+      <c r="G149" s="37"/>
+      <c r="H149" s="37"/>
+      <c r="I149" s="37"/>
+      <c r="J149" s="37"/>
+      <c r="K149" s="37"/>
+    </row>
+    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="23"/>
+      <c r="B150" s="23"/>
+      <c r="C150" s="23"/>
+      <c r="D150" s="23"/>
+      <c r="E150" s="23"/>
+      <c r="F150" s="23"/>
+      <c r="G150" s="13">
+        <v>2024</v>
+      </c>
+      <c r="H150" s="13">
+        <v>2025</v>
+      </c>
+      <c r="I150" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="J150" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K150" s="13" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="J131" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K131" s="13" t="s">
+      <c r="B151" s="5"/>
+      <c r="C151" s="5"/>
+      <c r="D151" s="37"/>
+      <c r="E151" s="5"/>
+      <c r="F151" s="5"/>
+      <c r="G151" s="16">
+        <v>24.887854000000001</v>
+      </c>
+      <c r="H151" s="16">
+        <v>26.836300999999999</v>
+      </c>
+      <c r="I151" s="16">
+        <v>4.5163145869308572</v>
+      </c>
+      <c r="J151" s="16">
+        <v>7.8289072251870246</v>
+      </c>
+      <c r="K151" s="16">
+        <v>1.948446999999998</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="3" t="s">
         <v>149</v>
       </c>
-    </row>
-[...523 lines deleted...]
-      <c r="A150" s="4" t="s">
+      <c r="B152" s="5"/>
+      <c r="C152" s="5"/>
+      <c r="D152" s="37"/>
+      <c r="E152" s="5"/>
+      <c r="F152" s="5"/>
+      <c r="G152" s="16">
+        <v>22.662134999999999</v>
+      </c>
+      <c r="H152" s="16">
+        <v>22.079563999999998</v>
+      </c>
+      <c r="I152" s="16">
+        <v>3.7157973808042102</v>
+      </c>
+      <c r="J152" s="16">
+        <v>-2.5706801234746925</v>
+      </c>
+      <c r="K152" s="16">
+        <v>-0.5825710000000015</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B153" s="5"/>
+      <c r="C153" s="5"/>
+      <c r="D153" s="37"/>
+      <c r="E153" s="5"/>
+      <c r="F153" s="5"/>
+      <c r="G153" s="16">
+        <v>18.054501999999999</v>
+      </c>
+      <c r="H153" s="16">
+        <v>21.632352999999998</v>
+      </c>
+      <c r="I153" s="16">
+        <v>3.640535683495929</v>
+      </c>
+      <c r="J153" s="16">
+        <v>19.816946487917527</v>
+      </c>
+      <c r="K153" s="16">
+        <v>3.577850999999999</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B154" s="5"/>
+      <c r="C154" s="5"/>
+      <c r="D154" s="37"/>
+      <c r="E154" s="5"/>
+      <c r="F154" s="5"/>
+      <c r="G154" s="16">
+        <v>15.851198</v>
+      </c>
+      <c r="H154" s="16">
+        <v>15.779860000000001</v>
+      </c>
+      <c r="I154" s="16">
+        <v>2.6556123326283587</v>
+      </c>
+      <c r="J154" s="16">
+        <v>-0.45004800268092676</v>
+      </c>
+      <c r="K154" s="16">
+        <v>-7.1337999999999013E-2</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B155" s="5"/>
+      <c r="C155" s="5"/>
+      <c r="D155" s="37"/>
+      <c r="E155" s="5"/>
+      <c r="F155" s="5"/>
+      <c r="G155" s="16">
+        <v>11.456665999999998</v>
+      </c>
+      <c r="H155" s="16">
+        <v>15.154129999999999</v>
+      </c>
+      <c r="I155" s="16">
+        <v>2.5503074500187828</v>
+      </c>
+      <c r="J155" s="16">
+        <v>32.2734729283371</v>
+      </c>
+      <c r="K155" s="16">
+        <v>3.6974640000000001</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B156" s="5"/>
+      <c r="C156" s="5"/>
+      <c r="D156" s="37"/>
+      <c r="E156" s="5"/>
+      <c r="F156" s="5"/>
+      <c r="G156" s="16">
+        <v>17.318027999999998</v>
+      </c>
+      <c r="H156" s="16">
+        <v>14.942102</v>
+      </c>
+      <c r="I156" s="16">
+        <v>2.5146249932883351</v>
+      </c>
+      <c r="J156" s="16">
+        <v>-13.719379596799348</v>
+      </c>
+      <c r="K156" s="16">
+        <v>-2.375925999999998</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B157" s="5"/>
+      <c r="C157" s="5"/>
+      <c r="D157" s="37"/>
+      <c r="E157" s="5"/>
+      <c r="F157" s="5"/>
+      <c r="G157" s="16">
+        <v>11.065286</v>
+      </c>
+      <c r="H157" s="16">
+        <v>14.626704999999999</v>
+      </c>
+      <c r="I157" s="16">
+        <v>2.4615464385436168</v>
+      </c>
+      <c r="J157" s="16">
+        <v>32.185512421459315</v>
+      </c>
+      <c r="K157" s="16">
+        <v>3.561418999999999</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="B158" s="5"/>
+      <c r="C158" s="5"/>
+      <c r="D158" s="37"/>
+      <c r="E158" s="5"/>
+      <c r="F158" s="5"/>
+      <c r="G158" s="16">
+        <v>11.408663000000001</v>
+      </c>
+      <c r="H158" s="16">
+        <v>13.272041999999999</v>
+      </c>
+      <c r="I158" s="16">
+        <v>2.2335685116573623</v>
+      </c>
+      <c r="J158" s="16">
+        <v>16.333018163478037</v>
+      </c>
+      <c r="K158" s="16">
+        <v>1.8633789999999983</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="B159" s="5"/>
+      <c r="C159" s="5"/>
+      <c r="D159" s="37"/>
+      <c r="E159" s="5"/>
+      <c r="F159" s="5"/>
+      <c r="G159" s="16">
+        <v>14.091054</v>
+      </c>
+      <c r="H159" s="16">
+        <v>13.017504000000001</v>
+      </c>
+      <c r="I159" s="16">
+        <v>2.1907319939745342</v>
+      </c>
+      <c r="J159" s="16">
+        <v>-7.6186635861305989</v>
+      </c>
+      <c r="K159" s="16">
+        <v>-1.0735499999999991</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B160" s="5"/>
+      <c r="C160" s="5"/>
+      <c r="D160" s="37"/>
+      <c r="E160" s="5"/>
+      <c r="F160" s="5"/>
+      <c r="G160" s="16">
+        <v>7.0616390000000004</v>
+      </c>
+      <c r="H160" s="16">
+        <v>12.691533</v>
+      </c>
+      <c r="I160" s="16">
+        <v>2.1358739275734888</v>
+      </c>
+      <c r="J160" s="16">
+        <v>79.72503267300975</v>
+      </c>
+      <c r="K160" s="16">
+        <v>5.6298939999999993</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="95" t="s">
+        <v>146</v>
+      </c>
+      <c r="B161" s="93"/>
+      <c r="C161" s="93"/>
+      <c r="D161" s="96"/>
+      <c r="E161" s="96"/>
+      <c r="F161" s="96"/>
+      <c r="G161" s="17">
+        <v>153.85702500000002</v>
+      </c>
+      <c r="H161" s="17">
+        <v>170.03209399999997</v>
+      </c>
+      <c r="I161" s="17">
+        <v>28.614913298915472</v>
+      </c>
+      <c r="J161" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E150" s="80"/>
-[...389 lines deleted...]
-    <row r="168" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="46"/>
+    </row>
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="46"/>
+    </row>
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B166" s="22"/>
+      <c r="C166" s="22"/>
+      <c r="D166" s="22"/>
+      <c r="E166" s="22"/>
+      <c r="F166" s="22"/>
+      <c r="G166" s="22"/>
+      <c r="H166" s="22"/>
+      <c r="I166" s="22"/>
+      <c r="J166" s="22"/>
+      <c r="K166" s="22"/>
+    </row>
+    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="12">
+        <v>0</v>
+      </c>
+      <c r="B167" s="12">
+        <v>0</v>
+      </c>
+      <c r="C167" s="12">
+        <v>0</v>
+      </c>
+      <c r="D167" s="12"/>
+      <c r="E167" s="12"/>
+      <c r="F167" s="12"/>
+      <c r="G167" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H167" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I167" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J167" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K167" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="15" t="s">
-        <v>9</v>
-[...9 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="B168" s="22"/>
+      <c r="C168" s="135" t="s">
+        <v>66</v>
+      </c>
+      <c r="D168" s="135"/>
+      <c r="E168" s="135"/>
+      <c r="F168" s="135"/>
       <c r="G168" s="16">
-        <v>2.9187659051215813</v>
+        <v>9.3295955320882591</v>
       </c>
       <c r="H168" s="16">
-        <v>9.6637310000000003</v>
+        <v>6.994754140059845</v>
       </c>
       <c r="I168" s="16">
-        <v>2.5050955902547458</v>
+        <v>10.423091485490792</v>
       </c>
       <c r="J168" s="16">
-        <v>-34.162499703641252</v>
+        <v>57.745590191365146</v>
       </c>
       <c r="K168" s="16">
-        <v>-5.014425000000001</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>9.518998139128886</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="15" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="B169" s="22"/>
+      <c r="C169" s="135">
+        <v>0</v>
+      </c>
+      <c r="D169" s="135"/>
+      <c r="E169" s="135"/>
+      <c r="F169" s="135"/>
       <c r="G169" s="16">
-        <v>1.245225801407982</v>
+        <v>46.629355147385766</v>
       </c>
       <c r="H169" s="16">
-        <v>5.6993609999999988</v>
+        <v>47.5753233681368</v>
       </c>
       <c r="I169" s="16">
-        <v>1.4774256556158147</v>
+        <v>50.189197755217265</v>
       </c>
       <c r="J169" s="16">
-        <v>-8.9864989488359157</v>
+        <v>11.676459394268788</v>
       </c>
       <c r="K169" s="16">
-        <v>-0.56274400000000124</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>8.5034981303499393</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="15" t="s">
-        <v>7</v>
-[...9 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="B170" s="22"/>
+      <c r="C170" s="135">
+        <v>0</v>
+      </c>
+      <c r="D170" s="135"/>
+      <c r="E170" s="135"/>
+      <c r="F170" s="135"/>
       <c r="G170" s="16">
-        <v>0.98439136226758717</v>
+        <v>16.81808729725077</v>
       </c>
       <c r="H170" s="16">
-        <v>4.8326199999999995</v>
+        <v>15.401174359946015</v>
       </c>
       <c r="I170" s="16">
-        <v>1.252743381554897</v>
+        <v>13.554201235516389</v>
       </c>
       <c r="J170" s="16">
-        <v>-2.3791425212967821</v>
+        <v>-6.8349067051241663</v>
       </c>
       <c r="K170" s="16">
-        <v>-0.11777700000000024</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.93234432394653233</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="15" t="s">
-        <v>20</v>
-[...9 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="B171" s="22"/>
+      <c r="C171" s="135">
+        <v>0</v>
+      </c>
+      <c r="D171" s="135"/>
+      <c r="E171" s="135"/>
+      <c r="F171" s="135"/>
       <c r="G171" s="16">
-        <v>0.24020523936018229</v>
+        <v>27.222962023275194</v>
       </c>
       <c r="H171" s="16">
-        <v>1.1955279999999999</v>
+        <v>30.028748131857334</v>
       </c>
       <c r="I171" s="16">
-        <v>0.309912591816357</v>
+        <v>25.83350952377555</v>
       </c>
       <c r="J171" s="16">
-        <v>-1.0296647422195799</v>
+        <v>-8.9291659168428783</v>
       </c>
       <c r="K171" s="16">
-        <v>-1.2438000000000171E-2</v>
-[...118 lines deleted...]
-    <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5.1400155752518328</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="97" t="s">
+        <v>68</v>
+      </c>
+      <c r="B172" s="98"/>
+      <c r="C172" s="139" t="s">
+        <v>67</v>
+      </c>
+      <c r="D172" s="139"/>
+      <c r="E172" s="139"/>
+      <c r="F172" s="139"/>
+      <c r="G172" s="99">
+        <v>98.435815089935218</v>
+      </c>
+      <c r="H172" s="99">
+        <v>95.695749368769128</v>
+      </c>
+      <c r="I172" s="99">
+        <v>95.879103730587772</v>
+      </c>
+      <c r="J172" s="99">
+        <v>5.8603027329448825</v>
+      </c>
+      <c r="K172" s="99">
+        <v>6.5261003512883331</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B173" s="100"/>
+      <c r="C173" s="140">
+        <v>0</v>
+      </c>
+      <c r="D173" s="140"/>
+      <c r="E173" s="140"/>
+      <c r="F173" s="140"/>
+      <c r="G173" s="17">
+        <v>1.5641849100647813</v>
+      </c>
+      <c r="H173" s="17">
+        <v>4.304250631230861</v>
+      </c>
+      <c r="I173" s="17">
+        <v>4.120896269412234</v>
+      </c>
+      <c r="J173" s="17">
+        <v>1.1570007953498886</v>
+      </c>
+      <c r="K173" s="17">
+        <v>36.612116759541948</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D174" s="60"/>
+      <c r="I174" s="22"/>
+      <c r="J174" s="22"/>
+      <c r="K174" s="22"/>
+    </row>
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="D175" s="60"/>
+    </row>
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="4" t="s">
-        <v>1</v>
-[...46 lines deleted...]
-      <c r="K181" s="37"/>
+        <v>51</v>
+      </c>
+      <c r="D176" s="60"/>
+    </row>
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D177" s="60"/>
+    </row>
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D178" s="60"/>
+    </row>
+    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="132" t="s">
+        <v>71</v>
+      </c>
+      <c r="B179" s="132">
+        <v>0</v>
+      </c>
+      <c r="C179" s="132">
+        <v>0</v>
+      </c>
+      <c r="D179" s="132">
+        <v>0</v>
+      </c>
+      <c r="E179" s="132">
+        <v>0</v>
+      </c>
+      <c r="F179" s="132">
+        <v>0</v>
+      </c>
+      <c r="G179" s="132">
+        <v>0</v>
+      </c>
+      <c r="H179" s="132">
+        <v>0</v>
+      </c>
+      <c r="I179" s="132">
+        <v>0</v>
+      </c>
+      <c r="J179" s="132">
+        <v>0</v>
+      </c>
+      <c r="K179" s="132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="132" t="s">
+        <v>72</v>
+      </c>
+      <c r="B180" s="132">
+        <v>0</v>
+      </c>
+      <c r="C180" s="132">
+        <v>0</v>
+      </c>
+      <c r="D180" s="132">
+        <v>0</v>
+      </c>
+      <c r="E180" s="132">
+        <v>0</v>
+      </c>
+      <c r="F180" s="132">
+        <v>0</v>
+      </c>
+      <c r="G180" s="132">
+        <v>0</v>
+      </c>
+      <c r="H180" s="132">
+        <v>0</v>
+      </c>
+      <c r="I180" s="132">
+        <v>0</v>
+      </c>
+      <c r="J180" s="132">
+        <v>0</v>
+      </c>
+      <c r="K180" s="132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="132" t="s">
+        <v>73</v>
+      </c>
+      <c r="B181" s="132">
+        <v>0</v>
+      </c>
+      <c r="C181" s="132">
+        <v>0</v>
+      </c>
+      <c r="D181" s="132">
+        <v>0</v>
+      </c>
+      <c r="E181" s="132">
+        <v>0</v>
+      </c>
+      <c r="F181" s="132">
+        <v>0</v>
+      </c>
+      <c r="G181" s="132">
+        <v>0</v>
+      </c>
+      <c r="H181" s="132">
+        <v>0</v>
+      </c>
+      <c r="I181" s="132">
+        <v>0</v>
+      </c>
+      <c r="J181" s="132">
+        <v>0</v>
+      </c>
+      <c r="K181" s="132">
+        <v>0</v>
+      </c>
     </row>
     <row r="182" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A182" s="23"/>
-[...8 lines deleted...]
-      <c r="H182" s="13">
+      <c r="A182" s="132" t="s">
+        <v>74</v>
+      </c>
+      <c r="B182" s="132">
+        <v>0</v>
+      </c>
+      <c r="C182" s="132">
+        <v>0</v>
+      </c>
+      <c r="D182" s="132">
+        <v>0</v>
+      </c>
+      <c r="E182" s="132">
+        <v>0</v>
+      </c>
+      <c r="F182" s="132">
+        <v>0</v>
+      </c>
+      <c r="G182" s="132">
+        <v>0</v>
+      </c>
+      <c r="H182" s="132">
+        <v>0</v>
+      </c>
+      <c r="I182" s="132">
+        <v>0</v>
+      </c>
+      <c r="J182" s="132">
+        <v>0</v>
+      </c>
+      <c r="K182" s="132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="46">
+        <v>0</v>
+      </c>
+      <c r="B183" s="46">
+        <v>0</v>
+      </c>
+      <c r="C183" s="46">
+        <v>0</v>
+      </c>
+      <c r="D183" s="46">
+        <v>0</v>
+      </c>
+      <c r="E183" s="46">
+        <v>0</v>
+      </c>
+      <c r="F183" s="46">
+        <v>0</v>
+      </c>
+      <c r="G183" s="46">
+        <v>0</v>
+      </c>
+      <c r="H183" s="46">
+        <v>0</v>
+      </c>
+      <c r="I183" s="46">
+        <v>0</v>
+      </c>
+      <c r="J183" s="46">
+        <v>0</v>
+      </c>
+      <c r="K183" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="46"/>
+      <c r="B184" s="46"/>
+      <c r="C184" s="46"/>
+      <c r="D184" s="46"/>
+      <c r="E184" s="46"/>
+      <c r="F184" s="46"/>
+      <c r="G184" s="46"/>
+      <c r="H184" s="46"/>
+      <c r="I184" s="46"/>
+      <c r="J184" s="46"/>
+      <c r="K184" s="46"/>
+    </row>
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="46"/>
+      <c r="B185" s="46"/>
+      <c r="C185" s="46"/>
+      <c r="D185" s="46"/>
+      <c r="E185" s="46"/>
+      <c r="F185" s="46"/>
+      <c r="G185" s="46"/>
+      <c r="H185" s="46"/>
+      <c r="I185" s="46"/>
+      <c r="J185" s="46"/>
+      <c r="K185" s="46"/>
+    </row>
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B186" s="22"/>
+      <c r="C186" s="22"/>
+      <c r="D186" s="22"/>
+      <c r="E186" s="22"/>
+      <c r="F186" s="22"/>
+      <c r="G186" s="22"/>
+      <c r="H186" s="22"/>
+      <c r="I186" s="22"/>
+      <c r="J186" s="22"/>
+      <c r="K186" s="22"/>
+    </row>
+    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="12">
+        <v>0</v>
+      </c>
+      <c r="B187" s="12">
+        <v>0</v>
+      </c>
+      <c r="C187" s="12">
+        <v>0</v>
+      </c>
+      <c r="D187" s="12"/>
+      <c r="E187" s="12"/>
+      <c r="F187" s="12"/>
+      <c r="G187" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H187" s="12">
         <v>2024</v>
       </c>
-      <c r="I182" s="13" t="s">
-[...131 lines deleted...]
-        <v>-3.6480369999999986</v>
+      <c r="I187" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J187" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K187" s="13" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A188" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F188" s="5"/>
+      <c r="A188" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B188" s="22"/>
+      <c r="C188" s="135" t="s">
+        <v>66</v>
+      </c>
+      <c r="D188" s="135"/>
+      <c r="E188" s="135"/>
+      <c r="F188" s="135"/>
       <c r="G188" s="16">
-        <v>3.4305999999999996E-2</v>
+        <v>6.8022951021632849</v>
       </c>
       <c r="H188" s="16">
-        <v>17.710116000000003</v>
+        <v>23.284588918500955</v>
       </c>
       <c r="I188" s="16">
-        <v>3.8535912134169896</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>9.7990152233871068</v>
+      </c>
+      <c r="J188" s="16">
+        <v>-65.027384046813282</v>
       </c>
       <c r="K188" s="16">
-        <v>17.675810000000002</v>
+        <v>17.126813119231365</v>
       </c>
     </row>
     <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A189" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F189" s="5"/>
+      <c r="A189" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B189" s="22"/>
+      <c r="C189" s="135">
+        <v>0</v>
+      </c>
+      <c r="D189" s="135"/>
+      <c r="E189" s="135"/>
+      <c r="F189" s="135"/>
       <c r="G189" s="16">
-        <v>18.458666000000001</v>
+        <v>49.979155950345927</v>
       </c>
       <c r="H189" s="16">
-        <v>12.836169999999999</v>
+        <v>39.361611710931427</v>
       </c>
       <c r="I189" s="16">
-        <v>2.793056348469245</v>
+        <v>45.94862028606795</v>
       </c>
       <c r="J189" s="16">
-        <v>-30.459925977316026</v>
+        <v>-2.9905898867447176</v>
       </c>
       <c r="K189" s="16">
-        <v>-5.6224960000000017</v>
+        <v>4.6876558788676137</v>
       </c>
     </row>
     <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A190" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F190" s="5"/>
+      <c r="A190" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B190" s="22"/>
+      <c r="C190" s="135">
+        <v>0</v>
+      </c>
+      <c r="D190" s="135"/>
+      <c r="E190" s="135"/>
+      <c r="F190" s="135"/>
       <c r="G190" s="16">
-        <v>8.8105820000000001</v>
+        <v>22.471739853691904</v>
       </c>
       <c r="H190" s="16">
-        <v>11.943538</v>
+        <v>16.288808620582291</v>
       </c>
       <c r="I190" s="16">
-        <v>2.598826178999162</v>
+        <v>20.267535283083944</v>
       </c>
       <c r="J190" s="16">
-        <v>35.559013014123245</v>
+        <v>3.4012713101387577</v>
       </c>
       <c r="K190" s="16">
-        <v>3.1329560000000001</v>
+        <v>4.1875068518688829</v>
       </c>
     </row>
     <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A191" s="3" t="s">
-[...6 lines deleted...]
-      <c r="F191" s="5"/>
+      <c r="A191" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B191" s="22"/>
+      <c r="C191" s="135">
+        <v>0</v>
+      </c>
+      <c r="D191" s="135"/>
+      <c r="E191" s="135"/>
+      <c r="F191" s="135"/>
       <c r="G191" s="16">
-        <v>17.300378000000002</v>
+        <v>20.74680909379887</v>
       </c>
       <c r="H191" s="16">
-        <v>11.192973</v>
+        <v>21.064990749985331</v>
       </c>
       <c r="I191" s="16">
-        <v>2.4355087456690629</v>
+        <v>23.984829207460994</v>
       </c>
       <c r="J191" s="16">
-        <v>-35.302147733419467</v>
+        <v>-5.3785456572037198</v>
       </c>
       <c r="K191" s="16">
-        <v>-6.1074050000000017</v>
+        <v>10.858989558434185</v>
       </c>
     </row>
     <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A192" s="3" t="s">
-[...20 lines deleted...]
-        <v>1.175065</v>
+      <c r="A192" s="97" t="s">
+        <v>68</v>
+      </c>
+      <c r="B192" s="98"/>
+      <c r="C192" s="139" t="s">
+        <v>59</v>
+      </c>
+      <c r="D192" s="139"/>
+      <c r="E192" s="139"/>
+      <c r="F192" s="139"/>
+      <c r="G192" s="99">
+        <v>99.328409862178006</v>
+      </c>
+      <c r="H192" s="99">
+        <v>99.583767108131951</v>
+      </c>
+      <c r="I192" s="99">
+        <v>99.50367477824031</v>
+      </c>
+      <c r="J192" s="99">
+        <v>-16.897467009640614</v>
+      </c>
+      <c r="K192" s="99">
+        <v>6.9115401438265112</v>
       </c>
     </row>
     <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A193" s="97" t="s">
-[...6 lines deleted...]
-      <c r="F193" s="98"/>
+      <c r="A193" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B193" s="100"/>
+      <c r="C193" s="140">
+        <v>0</v>
+      </c>
+      <c r="D193" s="140"/>
+      <c r="E193" s="140"/>
+      <c r="F193" s="140"/>
       <c r="G193" s="17">
-        <v>197.78128399999997</v>
+        <v>0.67159013782199817</v>
       </c>
       <c r="H193" s="17">
-        <v>244.89641700000001</v>
+        <v>0.41623289186805568</v>
       </c>
       <c r="I193" s="17">
-        <v>53.287662302635574</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>0.4963252217596914</v>
+      </c>
+      <c r="J193" s="17">
+        <v>-0.82695652290878541</v>
+      </c>
+      <c r="K193" s="17">
+        <v>-0.91710540813182417</v>
       </c>
     </row>
     <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>106</v>
+      </c>
+      <c r="D194" s="60"/>
+      <c r="I194" s="22"/>
+      <c r="J194" s="22"/>
+      <c r="K194" s="22"/>
     </row>
     <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="4" t="s">
-        <v>34</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="D195" s="60"/>
+      <c r="I195" s="22"/>
+      <c r="J195" s="22"/>
+      <c r="K195" s="22"/>
     </row>
     <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A196" s="46"/>
+      <c r="A196" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D196" s="60"/>
     </row>
     <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A197" s="46"/>
+      <c r="A197" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="D197" s="60"/>
     </row>
     <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A198" s="46"/>
-[...14 lines deleted...]
-      <c r="K199" s="37"/>
+      <c r="A198" s="101" t="s">
+        <v>70</v>
+      </c>
+      <c r="D198" s="60"/>
+    </row>
+    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="132" t="s">
+        <v>71</v>
+      </c>
+      <c r="B199" s="132">
+        <v>0</v>
+      </c>
+      <c r="C199" s="132">
+        <v>0</v>
+      </c>
+      <c r="D199" s="132">
+        <v>0</v>
+      </c>
+      <c r="E199" s="132">
+        <v>0</v>
+      </c>
+      <c r="F199" s="132">
+        <v>0</v>
+      </c>
+      <c r="G199" s="132">
+        <v>0</v>
+      </c>
+      <c r="H199" s="132">
+        <v>0</v>
+      </c>
+      <c r="I199" s="132">
+        <v>0</v>
+      </c>
+      <c r="J199" s="132">
+        <v>0</v>
+      </c>
+      <c r="K199" s="132">
+        <v>0</v>
+      </c>
     </row>
     <row r="200" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A200" s="23"/>
-[...5 lines deleted...]
-      <c r="G200" s="13">
+      <c r="A200" s="132" t="s">
+        <v>72</v>
+      </c>
+      <c r="B200" s="132">
+        <v>0</v>
+      </c>
+      <c r="C200" s="132">
+        <v>0</v>
+      </c>
+      <c r="D200" s="132">
+        <v>0</v>
+      </c>
+      <c r="E200" s="132">
+        <v>0</v>
+      </c>
+      <c r="F200" s="132">
+        <v>0</v>
+      </c>
+      <c r="G200" s="132">
+        <v>0</v>
+      </c>
+      <c r="H200" s="132">
+        <v>0</v>
+      </c>
+      <c r="I200" s="132">
+        <v>0</v>
+      </c>
+      <c r="J200" s="132">
+        <v>0</v>
+      </c>
+      <c r="K200" s="132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="132" t="s">
+        <v>73</v>
+      </c>
+      <c r="B201" s="132">
+        <v>0</v>
+      </c>
+      <c r="C201" s="132">
+        <v>0</v>
+      </c>
+      <c r="D201" s="132">
+        <v>0</v>
+      </c>
+      <c r="E201" s="132">
+        <v>0</v>
+      </c>
+      <c r="F201" s="132">
+        <v>0</v>
+      </c>
+      <c r="G201" s="132">
+        <v>0</v>
+      </c>
+      <c r="H201" s="132">
+        <v>0</v>
+      </c>
+      <c r="I201" s="132">
+        <v>0</v>
+      </c>
+      <c r="J201" s="132">
+        <v>0</v>
+      </c>
+      <c r="K201" s="132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="132" t="s">
+        <v>74</v>
+      </c>
+      <c r="B202" s="132">
+        <v>0</v>
+      </c>
+      <c r="C202" s="132">
+        <v>0</v>
+      </c>
+      <c r="D202" s="132">
+        <v>0</v>
+      </c>
+      <c r="E202" s="132">
+        <v>0</v>
+      </c>
+      <c r="F202" s="132">
+        <v>0</v>
+      </c>
+      <c r="G202" s="132">
+        <v>0</v>
+      </c>
+      <c r="H202" s="132">
+        <v>0</v>
+      </c>
+      <c r="I202" s="132">
+        <v>0</v>
+      </c>
+      <c r="J202" s="132">
+        <v>0</v>
+      </c>
+      <c r="K202" s="132">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="46"/>
+      <c r="B203" s="46"/>
+      <c r="C203" s="46"/>
+      <c r="D203" s="46"/>
+      <c r="E203" s="46"/>
+      <c r="F203" s="83"/>
+      <c r="G203" s="83"/>
+      <c r="H203" s="46"/>
+      <c r="I203" s="46"/>
+      <c r="J203" s="46"/>
+      <c r="K203" s="46"/>
+    </row>
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="46"/>
+      <c r="B204" s="46"/>
+      <c r="C204" s="46"/>
+      <c r="D204" s="46"/>
+      <c r="E204" s="46"/>
+      <c r="F204" s="83"/>
+      <c r="G204" s="83"/>
+      <c r="H204" s="46"/>
+      <c r="I204" s="46"/>
+      <c r="J204" s="46"/>
+      <c r="K204" s="46"/>
+    </row>
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="46"/>
+      <c r="B205" s="46"/>
+      <c r="C205" s="46"/>
+      <c r="D205" s="46"/>
+      <c r="E205" s="46"/>
+      <c r="F205" s="83"/>
+      <c r="G205" s="83"/>
+      <c r="H205" s="46"/>
+      <c r="I205" s="46"/>
+      <c r="J205" s="46"/>
+      <c r="K205" s="46"/>
+    </row>
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B206" s="22"/>
+      <c r="C206" s="22"/>
+      <c r="D206" s="22"/>
+      <c r="E206" s="22"/>
+      <c r="F206" s="22"/>
+      <c r="G206" s="22"/>
+      <c r="H206" s="22"/>
+      <c r="I206" s="22"/>
+      <c r="J206" s="22"/>
+      <c r="K206" s="22"/>
+    </row>
+    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="12">
+        <v>0</v>
+      </c>
+      <c r="B207" s="12"/>
+      <c r="C207" s="12"/>
+      <c r="D207" s="24">
+        <v>0</v>
+      </c>
+      <c r="E207" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F207" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G207" s="12">
         <v>2023</v>
       </c>
-      <c r="H200" s="13">
+      <c r="H207" s="12">
         <v>2024</v>
       </c>
-      <c r="I200" s="13" t="s">
-[...225 lines deleted...]
-        <v>1.7067574446938798</v>
+      <c r="I207" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J207" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K207" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="B208" s="102"/>
+      <c r="C208" s="102"/>
+      <c r="D208" s="121" t="s">
+        <v>47</v>
+      </c>
+      <c r="E208" s="103">
+        <v>0.56517902384954999</v>
+      </c>
+      <c r="F208" s="103">
+        <v>0.96206061913000496</v>
+      </c>
+      <c r="G208" s="103">
+        <v>0.54956079060344554</v>
+      </c>
+      <c r="H208" s="103">
+        <v>0.30771518504960882</v>
+      </c>
+      <c r="I208" s="103">
+        <v>0.24781331735463275</v>
+      </c>
+      <c r="J208" s="104">
+        <v>-14.910195307528035</v>
+      </c>
+      <c r="K208" s="104">
+        <v>-12.743462669885497</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B209" s="22"/>
+      <c r="C209" s="22"/>
+      <c r="D209" s="136">
+        <v>0</v>
+      </c>
+      <c r="E209" s="60">
+        <v>0.31349036942673575</v>
+      </c>
+      <c r="F209" s="60">
+        <v>0.24388107085522417</v>
+      </c>
+      <c r="G209" s="60">
+        <v>0.49927626011758691</v>
+      </c>
+      <c r="H209" s="60">
+        <v>0.17971739196138303</v>
+      </c>
+      <c r="I209" s="60">
+        <v>6.133288115320825E-2</v>
       </c>
       <c r="J209" s="16">
-        <v>-17.362729513223275</v>
+        <v>-63.941714541701224</v>
       </c>
       <c r="K209" s="16">
-        <v>-2.5620560000000001</v>
-[...18 lines deleted...]
-        <v>1.618896046934136</v>
+        <v>-28.685044813457182</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B210" s="22"/>
+      <c r="C210" s="22"/>
+      <c r="D210" s="136">
+        <v>0</v>
+      </c>
+      <c r="E210" s="60">
+        <v>16.393513354462232</v>
+      </c>
+      <c r="F210" s="60">
+        <v>19.19401833863623</v>
+      </c>
+      <c r="G210" s="60">
+        <v>9.4886829550787191</v>
+      </c>
+      <c r="H210" s="60">
+        <v>8.0075821467225978</v>
+      </c>
+      <c r="I210" s="60">
+        <v>9.6404774658676473</v>
       </c>
       <c r="J210" s="16">
-        <v>-11.749768220967837</v>
+        <v>27.203468881865362</v>
       </c>
       <c r="K210" s="16">
-        <v>-1.5399519999999995</v>
-[...29 lines deleted...]
-        <v>1</v>
+        <v>-6.0990579721697742</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B211" s="22"/>
+      <c r="C211" s="22"/>
+      <c r="D211" s="136">
+        <v>0</v>
+      </c>
+      <c r="E211" s="60">
+        <v>80.789008946610224</v>
+      </c>
+      <c r="F211" s="60">
+        <v>77.985959600383865</v>
+      </c>
+      <c r="G211" s="60">
+        <v>86.441811279902737</v>
+      </c>
+      <c r="H211" s="60">
+        <v>84.432722341128155</v>
+      </c>
+      <c r="I211" s="60">
+        <v>83.15371196186166</v>
+      </c>
+      <c r="J211" s="16">
+        <v>4.0573261446521318</v>
+      </c>
+      <c r="K211" s="16">
+        <v>8.0054480765049174</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B212" s="73"/>
+      <c r="C212" s="73"/>
+      <c r="D212" s="137">
+        <v>0</v>
+      </c>
+      <c r="E212" s="105">
+        <v>1.938808305651267</v>
+      </c>
+      <c r="F212" s="105">
+        <v>1.6140803709946834</v>
+      </c>
+      <c r="G212" s="105">
+        <v>3.0206687142975213</v>
+      </c>
+      <c r="H212" s="105">
+        <v>7.0722629351382613</v>
+      </c>
+      <c r="I212" s="105">
+        <v>6.8966643737628379</v>
+      </c>
+      <c r="J212" s="17">
+        <v>3.0344617097156545</v>
+      </c>
+      <c r="K212" s="17">
+        <v>47.261553600323538</v>
       </c>
     </row>
     <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="4" t="s">
-        <v>34</v>
-      </c>
+        <v>1</v>
+      </c>
+      <c r="F213" s="60"/>
+      <c r="G213" s="60"/>
+      <c r="H213" s="60"/>
+      <c r="I213" s="60"/>
+      <c r="J213" s="60"/>
+      <c r="K213" s="60"/>
     </row>
     <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A214" s="46"/>
-[...230 lines deleted...]
-        <v>2.4999204992136903</v>
+      <c r="A214" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B214" s="84"/>
+      <c r="C214" s="84"/>
+      <c r="D214" s="84"/>
+      <c r="E214" s="84"/>
+      <c r="F214" s="84"/>
+      <c r="G214" s="84"/>
+      <c r="H214" s="84"/>
+      <c r="I214" s="84"/>
+      <c r="J214" s="84"/>
+      <c r="K214" s="84"/>
+    </row>
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B215" s="84"/>
+      <c r="C215" s="84"/>
+      <c r="D215" s="84"/>
+      <c r="E215" s="84"/>
+      <c r="F215" s="84"/>
+      <c r="G215" s="84"/>
+      <c r="H215" s="84"/>
+      <c r="I215" s="84"/>
+      <c r="J215" s="84"/>
+      <c r="K215" s="84"/>
+    </row>
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="101" t="s">
+        <v>78</v>
+      </c>
+      <c r="B217" s="85"/>
+      <c r="C217" s="85"/>
+      <c r="D217" s="85"/>
+      <c r="E217" s="85"/>
+      <c r="F217" s="85"/>
+      <c r="G217" s="85"/>
+      <c r="H217" s="85"/>
+      <c r="I217" s="85"/>
+      <c r="J217" s="85"/>
+      <c r="K217" s="85"/>
+    </row>
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="101" t="s">
+        <v>77</v>
+      </c>
+      <c r="B218" s="84"/>
+      <c r="C218" s="84"/>
+      <c r="D218" s="84"/>
+      <c r="E218" s="84"/>
+      <c r="F218" s="84"/>
+      <c r="G218" s="84"/>
+      <c r="H218" s="84"/>
+      <c r="I218" s="84"/>
+      <c r="J218" s="84"/>
+      <c r="K218" s="84"/>
+    </row>
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="46"/>
+    </row>
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="46"/>
+    </row>
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B221" s="22"/>
+      <c r="C221" s="22"/>
+      <c r="D221" s="22"/>
+      <c r="E221" s="22"/>
+      <c r="F221" s="22"/>
+      <c r="G221" s="22"/>
+      <c r="H221" s="22"/>
+      <c r="I221" s="22"/>
+      <c r="J221" s="22"/>
+      <c r="K221" s="22"/>
+    </row>
+    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="12">
+        <v>0</v>
+      </c>
+      <c r="B222" s="12"/>
+      <c r="C222" s="12"/>
+      <c r="D222" s="24">
+        <v>0</v>
+      </c>
+      <c r="E222" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F222" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G222" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H222" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I222" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J222" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K222" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="B223" s="102"/>
+      <c r="C223" s="102"/>
+      <c r="D223" s="121" t="s">
+        <v>47</v>
+      </c>
+      <c r="E223" s="103">
+        <v>1.1704634072692126</v>
+      </c>
+      <c r="F223" s="103">
+        <v>0.85761886821531386</v>
+      </c>
+      <c r="G223" s="103">
+        <v>0.64559089976453277</v>
+      </c>
+      <c r="H223" s="103">
+        <v>0.5682749740805868</v>
+      </c>
+      <c r="I223" s="103">
+        <v>1.4558557793818869</v>
+      </c>
+      <c r="J223" s="104">
+        <v>113.07059389153086</v>
+      </c>
+      <c r="K223" s="104">
+        <v>12.85564967680639</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B224" s="22"/>
+      <c r="C224" s="22"/>
+      <c r="D224" s="136">
+        <v>0</v>
+      </c>
+      <c r="E224" s="60">
+        <v>0.29431780668009061</v>
+      </c>
+      <c r="F224" s="60">
+        <v>8.1653979618646927E-2</v>
+      </c>
+      <c r="G224" s="60">
+        <v>0.21304705166995405</v>
+      </c>
+      <c r="H224" s="60">
+        <v>0.17439423007329941</v>
+      </c>
+      <c r="I224" s="60">
+        <v>0.17778186463724027</v>
       </c>
       <c r="J224" s="16">
-        <v>7.2228459008811212</v>
+        <v>-15.214997495922852</v>
       </c>
       <c r="K224" s="16">
-        <v>0.5172219999999994</v>
-[...18 lines deleted...]
-        <v>2.2324817099271681</v>
+        <v>-5.789153436376715</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B225" s="22"/>
+      <c r="C225" s="22"/>
+      <c r="D225" s="136">
+        <v>0</v>
+      </c>
+      <c r="E225" s="60">
+        <v>1.774982103685083</v>
+      </c>
+      <c r="F225" s="60">
+        <v>1.9675209330769532</v>
+      </c>
+      <c r="G225" s="60">
+        <v>1.06593736645648</v>
+      </c>
+      <c r="H225" s="60">
+        <v>0.79236513804518627</v>
+      </c>
+      <c r="I225" s="60">
+        <v>0.56224843771658306</v>
       </c>
       <c r="J225" s="16">
-        <v>-7.4394405280242246</v>
+        <v>-40.984432152742286</v>
       </c>
       <c r="K225" s="16">
-        <v>-0.5511020000000002</v>
-[...18 lines deleted...]
-        <v>1.915834970035863</v>
+        <v>-19.829102337056291</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B226" s="22"/>
+      <c r="C226" s="22"/>
+      <c r="D226" s="136">
+        <v>0</v>
+      </c>
+      <c r="E226" s="60">
+        <v>91.421150176070185</v>
+      </c>
+      <c r="F226" s="60">
+        <v>90.798054811811824</v>
+      </c>
+      <c r="G226" s="60">
+        <v>90.887742179234849</v>
+      </c>
+      <c r="H226" s="60">
+        <v>74.806259900293497</v>
+      </c>
+      <c r="I226" s="60">
+        <v>86.254143193789062</v>
       </c>
       <c r="J226" s="16">
-        <v>-10.262299727151431</v>
+        <v>-4.1028465498240942</v>
       </c>
       <c r="K226" s="16">
-        <v>-0.67291100000000004</v>
-[...24 lines deleted...]
-        <v>25</v>
+        <v>5.321369547564947</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B227" s="73"/>
+      <c r="C227" s="73"/>
+      <c r="D227" s="137">
+        <v>0</v>
+      </c>
+      <c r="E227" s="105">
+        <v>5.3390865062954251</v>
+      </c>
+      <c r="F227" s="105">
+        <v>6.2951514072772605</v>
+      </c>
+      <c r="G227" s="105">
+        <v>7.1876825028741802</v>
+      </c>
+      <c r="H227" s="105">
+        <v>23.658705757507441</v>
+      </c>
+      <c r="I227" s="105">
+        <v>11.549970724475228</v>
+      </c>
+      <c r="J227" s="17">
+        <v>-59.397423543593241</v>
+      </c>
+      <c r="K227" s="17">
+        <v>29.601986448659233</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
+      <c r="F228" s="60"/>
+      <c r="G228" s="60"/>
+      <c r="H228" s="60"/>
+      <c r="I228" s="60"/>
+      <c r="J228" s="60"/>
+      <c r="K228" s="60"/>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="4" t="s">
-        <v>34</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="B229" s="84"/>
+      <c r="C229" s="84"/>
+      <c r="D229" s="84"/>
+      <c r="E229" s="84"/>
+      <c r="F229" s="84"/>
+      <c r="G229" s="84"/>
+      <c r="H229" s="84"/>
+      <c r="I229" s="84"/>
+      <c r="J229" s="84"/>
+      <c r="K229" s="84"/>
     </row>
     <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A230" s="46"/>
+      <c r="A230" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B230" s="84"/>
+      <c r="C230" s="84"/>
+      <c r="D230" s="84"/>
+      <c r="E230" s="84"/>
+      <c r="F230" s="84"/>
+      <c r="G230" s="84"/>
+      <c r="H230" s="84"/>
+      <c r="I230" s="84"/>
+      <c r="J230" s="84"/>
+      <c r="K230" s="84"/>
     </row>
     <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A231" s="2" t="s">
-[...169 lines deleted...]
-      <c r="F238" s="5"/>
+      <c r="A231" s="20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="101" t="s">
+        <v>78</v>
+      </c>
+      <c r="B232" s="85"/>
+      <c r="C232" s="85"/>
+      <c r="D232" s="85"/>
+      <c r="E232" s="85"/>
+      <c r="F232" s="85"/>
+      <c r="G232" s="85"/>
+      <c r="H232" s="85"/>
+      <c r="I232" s="85"/>
+      <c r="J232" s="85"/>
+      <c r="K232" s="85"/>
+    </row>
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="101" t="s">
+        <v>77</v>
+      </c>
+      <c r="B233" s="84"/>
+      <c r="C233" s="84"/>
+      <c r="D233" s="84"/>
+      <c r="E233" s="84"/>
+      <c r="F233" s="84"/>
+      <c r="G233" s="84"/>
+      <c r="H233" s="84"/>
+      <c r="I233" s="84"/>
+      <c r="J233" s="84"/>
+      <c r="K233" s="84"/>
+    </row>
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="82"/>
+    </row>
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="82"/>
+    </row>
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A236" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B236" s="8"/>
+      <c r="C236" s="8"/>
+      <c r="D236" s="8"/>
+      <c r="E236" s="8"/>
+      <c r="F236" s="8"/>
+      <c r="G236" s="8"/>
+      <c r="H236" s="8"/>
+      <c r="I236" s="8"/>
+      <c r="J236" s="8"/>
+      <c r="K236" s="9"/>
+    </row>
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="11">
+        <v>0</v>
+      </c>
+      <c r="B237" s="11"/>
+      <c r="C237" s="11"/>
+      <c r="D237" s="11"/>
+      <c r="E237" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F237" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G237" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H237" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I237" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J237" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K237" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B238" s="15"/>
+      <c r="C238" s="15"/>
+      <c r="D238" s="15"/>
+      <c r="E238" s="16">
+        <v>212.41</v>
+      </c>
+      <c r="F238" s="16">
+        <v>335.44</v>
+      </c>
       <c r="G238" s="16">
-        <v>7.6273670000000005</v>
+        <v>394.82</v>
       </c>
       <c r="H238" s="16">
-        <v>8.6325849999999988</v>
+        <v>440.99</v>
       </c>
       <c r="I238" s="16">
-        <v>2.2377951762108506</v>
+        <v>452.72</v>
       </c>
       <c r="J238" s="16">
-        <v>13.179095748244423</v>
+        <v>2.6599242613211223</v>
       </c>
       <c r="K238" s="16">
-        <v>1.0052179999999984</v>
-[...10 lines deleted...]
-      <c r="F239" s="5"/>
+        <v>20.826913177022742</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B239" s="15"/>
+      <c r="C239" s="15"/>
+      <c r="D239" s="15"/>
+      <c r="E239" s="16">
+        <v>73.44</v>
+      </c>
+      <c r="F239" s="16">
+        <v>75.59</v>
+      </c>
       <c r="G239" s="16">
-        <v>10.729192999999999</v>
+        <v>93.2</v>
       </c>
       <c r="H239" s="16">
-        <v>8.4443359999999998</v>
+        <v>109.82</v>
       </c>
       <c r="I239" s="16">
-        <v>2.1889960385103224</v>
+        <v>113.48</v>
       </c>
       <c r="J239" s="16">
-        <v>-21.295702295596687</v>
+        <v>3.3327262793662458</v>
       </c>
       <c r="K239" s="16">
-        <v>-2.2848569999999988</v>
-[...10 lines deleted...]
-      <c r="F240" s="5"/>
+        <v>11.492759536041742</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B240" s="15"/>
+      <c r="C240" s="15"/>
+      <c r="D240" s="15"/>
+      <c r="E240" s="16">
+        <v>138.97</v>
+      </c>
+      <c r="F240" s="16">
+        <v>259.85000000000002</v>
+      </c>
       <c r="G240" s="16">
-        <v>10.547668</v>
+        <v>301.62</v>
       </c>
       <c r="H240" s="16">
-        <v>8.240787000000001</v>
+        <v>331.17</v>
       </c>
       <c r="I240" s="16">
-        <v>2.1362307346850442</v>
-[...81 lines deleted...]
-      </c>
+        <v>339.24</v>
+      </c>
+      <c r="J240" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K240" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B241" s="1"/>
+      <c r="C241" s="1"/>
+      <c r="D241" s="1"/>
+      <c r="E241" s="17">
+        <v>289.229302832244</v>
+      </c>
+      <c r="F241" s="17">
+        <v>443.76240243418437</v>
+      </c>
+      <c r="G241" s="17">
+        <v>423.6266094420601</v>
+      </c>
+      <c r="H241" s="17">
+        <v>401.55709342560561</v>
+      </c>
+      <c r="I241" s="17">
+        <v>398.94254494183997</v>
+      </c>
+      <c r="J241" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K241" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B242" s="46"/>
+      <c r="C242" s="46"/>
+      <c r="D242" s="46"/>
+      <c r="E242" s="46"/>
+      <c r="F242" s="46"/>
+      <c r="G242" s="46"/>
+      <c r="H242" s="46"/>
+      <c r="I242" s="46"/>
+      <c r="J242" s="46"/>
+      <c r="K242" s="46"/>
+    </row>
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B243" s="46"/>
+      <c r="C243" s="46"/>
+      <c r="D243" s="46"/>
+      <c r="E243" s="46"/>
+      <c r="F243" s="46"/>
+      <c r="G243" s="46"/>
+      <c r="H243" s="46"/>
+      <c r="I243" s="46"/>
+      <c r="J243" s="46"/>
+      <c r="K243" s="46"/>
     </row>
     <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A244" s="4" t="s">
-        <v>1</v>
-      </c>
+        <v>0</v>
+      </c>
+      <c r="B244" s="46"/>
+      <c r="C244" s="46"/>
+      <c r="D244" s="46"/>
+      <c r="E244" s="46"/>
+      <c r="F244" s="46"/>
+      <c r="G244" s="46"/>
+      <c r="H244" s="46"/>
+      <c r="I244" s="46"/>
+      <c r="J244" s="46"/>
+      <c r="K244" s="46"/>
     </row>
     <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="4" t="s">
-        <v>34</v>
-[...36 lines deleted...]
-      <c r="E249" s="12">
+        <v>51</v>
+      </c>
+      <c r="B245" s="46"/>
+      <c r="C245" s="46"/>
+      <c r="D245" s="46"/>
+      <c r="E245" s="46"/>
+      <c r="F245" s="46"/>
+      <c r="G245" s="46"/>
+      <c r="H245" s="46"/>
+      <c r="I245" s="46"/>
+      <c r="J245" s="46"/>
+      <c r="K245" s="46"/>
+    </row>
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A246" s="20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B246" s="46"/>
+      <c r="C246" s="46"/>
+      <c r="D246" s="46"/>
+      <c r="E246" s="46"/>
+      <c r="F246" s="46"/>
+      <c r="G246" s="46"/>
+      <c r="H246" s="46"/>
+      <c r="I246" s="46"/>
+      <c r="J246" s="46"/>
+      <c r="K246" s="46"/>
+    </row>
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="128" t="s">
+        <v>125</v>
+      </c>
+      <c r="B247" s="128">
+        <v>0</v>
+      </c>
+      <c r="C247" s="128">
+        <v>0</v>
+      </c>
+      <c r="D247" s="128">
+        <v>0</v>
+      </c>
+      <c r="E247" s="128">
+        <v>0</v>
+      </c>
+      <c r="F247" s="128">
+        <v>0</v>
+      </c>
+      <c r="G247" s="128">
+        <v>0</v>
+      </c>
+      <c r="H247" s="128">
+        <v>0</v>
+      </c>
+      <c r="I247" s="128">
+        <v>0</v>
+      </c>
+      <c r="J247" s="128">
+        <v>0</v>
+      </c>
+      <c r="K247" s="128">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A248" s="46"/>
+      <c r="B248" s="46"/>
+      <c r="C248" s="46"/>
+      <c r="D248" s="46"/>
+      <c r="E248" s="46"/>
+      <c r="F248" s="46"/>
+      <c r="G248" s="46"/>
+      <c r="H248" s="46"/>
+      <c r="I248" s="46"/>
+      <c r="J248" s="46"/>
+      <c r="K248" s="46"/>
+    </row>
+    <row r="249" spans="1:11" s="10" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="B249" s="37"/>
+      <c r="C249" s="37"/>
+      <c r="D249" s="37"/>
+      <c r="E249" s="37"/>
+      <c r="F249" s="37"/>
+      <c r="G249" s="37"/>
+      <c r="H249" s="37"/>
+      <c r="I249" s="37"/>
+      <c r="J249" s="37"/>
+      <c r="K249" s="37"/>
+    </row>
+    <row r="250" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="23"/>
+      <c r="B250" s="23"/>
+      <c r="C250" s="23"/>
+      <c r="D250" s="24"/>
+      <c r="E250" s="12"/>
+      <c r="F250" s="12"/>
+      <c r="G250" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H250" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I250" s="12">
         <v>2023</v>
       </c>
-      <c r="F249" s="12">
+      <c r="J250" s="13">
         <v>2024</v>
       </c>
-      <c r="G249" s="13" t="s">
-[...211 lines deleted...]
-      </c>
+      <c r="K250" s="13">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="141" t="s">
+        <v>113</v>
+      </c>
+      <c r="B251" s="141"/>
+      <c r="C251" s="141"/>
+      <c r="D251" s="141"/>
+      <c r="E251" s="141"/>
+      <c r="F251" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G251" s="27">
+        <v>18</v>
+      </c>
+      <c r="H251" s="27">
+        <v>19</v>
+      </c>
+      <c r="I251" s="27">
+        <v>19</v>
+      </c>
+      <c r="J251" s="27">
+        <v>18</v>
+      </c>
+      <c r="K251" s="27">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="123"/>
+      <c r="B252" s="123"/>
+      <c r="C252" s="123"/>
+      <c r="D252" s="123"/>
+      <c r="E252" s="123"/>
+      <c r="F252" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G252" s="28">
+        <v>0.75828866161926278</v>
+      </c>
+      <c r="H252" s="28">
+        <v>0.74608325198347969</v>
+      </c>
+      <c r="I252" s="28">
+        <v>0.73984599690134911</v>
+      </c>
+      <c r="J252" s="28">
+        <v>0.76059051447957449</v>
+      </c>
+      <c r="K252" s="28">
+        <v>0.74826289031251447</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="127" t="s">
+        <v>114</v>
+      </c>
+      <c r="B253" s="127"/>
+      <c r="C253" s="127"/>
+      <c r="D253" s="127"/>
+      <c r="E253" s="127"/>
+      <c r="F253" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G253" s="30">
+        <v>29</v>
+      </c>
+      <c r="H253" s="30">
+        <v>33</v>
+      </c>
+      <c r="I253" s="30">
+        <v>30</v>
+      </c>
+      <c r="J253" s="30">
+        <v>30</v>
+      </c>
+      <c r="K253" s="30">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="124"/>
+      <c r="B254" s="124"/>
+      <c r="C254" s="124"/>
+      <c r="D254" s="124"/>
+      <c r="E254" s="124"/>
+      <c r="F254" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G254" s="32">
+        <v>0.42236947897412064</v>
+      </c>
+      <c r="H254" s="32">
+        <v>0.32411540377858788</v>
+      </c>
+      <c r="I254" s="32">
+        <v>0.38730439465819144</v>
+      </c>
+      <c r="J254" s="32">
+        <v>0.42076289807629896</v>
+      </c>
+      <c r="K254" s="32">
+        <v>0.41473045992029201</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B255" s="33"/>
+      <c r="C255" s="34"/>
     </row>
     <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="4" t="s">
-        <v>115</v>
-[...256 lines deleted...]
-      <c r="E269" s="12">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B260" s="8"/>
+      <c r="C260" s="8"/>
+      <c r="D260" s="8"/>
+      <c r="E260" s="8"/>
+      <c r="F260" s="8"/>
+      <c r="G260" s="8"/>
+      <c r="H260" s="8"/>
+      <c r="I260" s="8"/>
+      <c r="J260" s="8"/>
+      <c r="K260" s="9"/>
+    </row>
+    <row r="261" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="11">
+        <v>0</v>
+      </c>
+      <c r="B261" s="11"/>
+      <c r="C261" s="11"/>
+      <c r="D261" s="11"/>
+      <c r="E261" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F261" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G261" s="12">
         <v>2023</v>
       </c>
-      <c r="F269" s="12">
+      <c r="H261" s="12">
         <v>2024</v>
       </c>
-      <c r="G269" s="13" t="s">
-[...235 lines deleted...]
-      <c r="D279" s="60"/>
+      <c r="I261" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J261" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K261" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B262" s="15"/>
+      <c r="C262" s="15"/>
+      <c r="D262" s="15"/>
+      <c r="E262" s="16">
+        <v>568.29999999999995</v>
+      </c>
+      <c r="F262" s="16">
+        <v>762.88</v>
+      </c>
+      <c r="G262" s="16">
+        <v>801.09</v>
+      </c>
+      <c r="H262" s="16">
+        <v>885.74</v>
+      </c>
+      <c r="I262" s="16">
+        <v>926.52</v>
+      </c>
+      <c r="J262" s="16">
+        <v>4.604059882132451</v>
+      </c>
+      <c r="K262" s="16">
+        <v>12.99761721979209</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B263" s="15"/>
+      <c r="C263" s="15"/>
+      <c r="D263" s="15"/>
+      <c r="E263" s="16">
+        <v>519.30999999999995</v>
+      </c>
+      <c r="F263" s="16">
+        <v>615.79</v>
+      </c>
+      <c r="G263" s="16">
+        <v>681.17</v>
+      </c>
+      <c r="H263" s="16">
+        <v>705.8</v>
+      </c>
+      <c r="I263" s="16">
+        <v>699.97</v>
+      </c>
+      <c r="J263" s="16">
+        <v>-0.82601303485405597</v>
+      </c>
+      <c r="K263" s="16">
+        <v>7.748984397531844</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="B264" s="15"/>
+      <c r="C264" s="15"/>
+      <c r="D264" s="15"/>
+      <c r="E264" s="16">
+        <v>48.990000000000009</v>
+      </c>
+      <c r="F264" s="16">
+        <v>147.09000000000003</v>
+      </c>
+      <c r="G264" s="16">
+        <v>119.92000000000007</v>
+      </c>
+      <c r="H264" s="16">
+        <v>179.94000000000005</v>
+      </c>
+      <c r="I264" s="16">
+        <v>226.54999999999995</v>
+      </c>
+      <c r="J264" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K264" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B265" s="1"/>
+      <c r="C265" s="1"/>
+      <c r="D265" s="1"/>
+      <c r="E265" s="17">
+        <v>109.43367160270358</v>
+      </c>
+      <c r="F265" s="17">
+        <v>123.88638984069244</v>
+      </c>
+      <c r="G265" s="17">
+        <v>117.60500315633398</v>
+      </c>
+      <c r="H265" s="17">
+        <v>125.49447435534147</v>
+      </c>
+      <c r="I265" s="17">
+        <v>132.36567281454919</v>
+      </c>
+      <c r="J265" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K265" s="18" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="128" t="s">
+        <v>64</v>
+      </c>
+      <c r="B270" s="128"/>
+      <c r="C270" s="128"/>
+      <c r="D270" s="128"/>
+      <c r="E270" s="128"/>
+      <c r="F270" s="128"/>
+      <c r="G270" s="128"/>
+      <c r="H270" s="128"/>
+      <c r="I270" s="128"/>
+      <c r="J270" s="128"/>
+      <c r="K270" s="128"/>
+    </row>
+    <row r="271" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="128" t="s">
+        <v>125</v>
+      </c>
+      <c r="B271" s="128">
+        <v>0</v>
+      </c>
+      <c r="C271" s="128">
+        <v>0</v>
+      </c>
+      <c r="D271" s="128">
+        <v>0</v>
+      </c>
+      <c r="E271" s="128">
+        <v>0</v>
+      </c>
+      <c r="F271" s="128">
+        <v>0</v>
+      </c>
+      <c r="G271" s="128">
+        <v>0</v>
+      </c>
+      <c r="H271" s="128">
+        <v>0</v>
+      </c>
+      <c r="I271" s="128">
+        <v>0</v>
+      </c>
+      <c r="J271" s="128">
+        <v>0</v>
+      </c>
+      <c r="K271" s="128">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="46"/>
+      <c r="B272" s="46"/>
+      <c r="C272" s="46"/>
+      <c r="D272" s="46"/>
+      <c r="E272" s="46"/>
+      <c r="F272" s="46"/>
+      <c r="G272" s="46"/>
+      <c r="H272" s="46"/>
+      <c r="I272" s="46"/>
+      <c r="J272" s="46"/>
+      <c r="K272" s="46"/>
+    </row>
+    <row r="273" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B273" s="37"/>
+      <c r="C273" s="37"/>
+      <c r="D273" s="37"/>
+      <c r="E273" s="37"/>
+      <c r="F273" s="37"/>
+      <c r="G273" s="37"/>
+      <c r="H273" s="37"/>
+      <c r="I273" s="37"/>
+      <c r="J273" s="37"/>
+      <c r="K273" s="37"/>
+    </row>
+    <row r="274" spans="1:11" s="10" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="23">
+        <v>0</v>
+      </c>
+      <c r="B274" s="23">
+        <v>0</v>
+      </c>
+      <c r="C274" s="23">
+        <v>0</v>
+      </c>
+      <c r="D274" s="24"/>
+      <c r="E274" s="12"/>
+      <c r="F274" s="12">
+        <v>0</v>
+      </c>
+      <c r="G274" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H274" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I274" s="12">
+        <v>2023</v>
+      </c>
+      <c r="J274" s="13">
+        <v>2024</v>
+      </c>
+      <c r="K274" s="13">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="141" t="s">
+        <v>113</v>
+      </c>
+      <c r="B275" s="141"/>
+      <c r="C275" s="141"/>
+      <c r="D275" s="141"/>
+      <c r="E275" s="141"/>
+      <c r="F275" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G275" s="27">
+        <v>21</v>
+      </c>
+      <c r="H275" s="27">
+        <v>21</v>
+      </c>
+      <c r="I275" s="27">
+        <v>23</v>
+      </c>
+      <c r="J275" s="27">
+        <v>19</v>
+      </c>
+      <c r="K275" s="27">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="123">
+        <v>0</v>
+      </c>
+      <c r="B276" s="123">
+        <v>0</v>
+      </c>
+      <c r="C276" s="123">
+        <v>0</v>
+      </c>
+      <c r="D276" s="123"/>
+      <c r="E276" s="123"/>
+      <c r="F276" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G276" s="28">
+        <v>0.63054857504121642</v>
+      </c>
+      <c r="H276" s="28">
+        <v>0.63066400351772423</v>
+      </c>
+      <c r="I276" s="28">
+        <v>0.62721182815230536</v>
+      </c>
+      <c r="J276" s="28">
+        <v>0.66422834804863518</v>
+      </c>
+      <c r="K276" s="28">
+        <v>0.68817652828712139</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="127" t="s">
+        <v>114</v>
+      </c>
+      <c r="B277" s="127"/>
+      <c r="C277" s="127"/>
+      <c r="D277" s="127"/>
+      <c r="E277" s="127"/>
+      <c r="F277" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G277" s="30">
+        <v>22</v>
+      </c>
+      <c r="H277" s="30">
+        <v>25</v>
+      </c>
+      <c r="I277" s="30">
+        <v>22</v>
+      </c>
+      <c r="J277" s="30">
+        <v>22</v>
+      </c>
+      <c r="K277" s="30">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="124">
+        <v>0</v>
+      </c>
+      <c r="B278" s="124">
+        <v>0</v>
+      </c>
+      <c r="C278" s="124">
+        <v>0</v>
+      </c>
+      <c r="D278" s="124"/>
+      <c r="E278" s="124"/>
+      <c r="F278" s="31" t="s">
+        <v>30</v>
+      </c>
+      <c r="G278" s="32">
+        <v>0.54353343728615722</v>
+      </c>
+      <c r="H278" s="32">
+        <v>0.4895289348256126</v>
+      </c>
+      <c r="I278" s="32">
+        <v>0.55081776428328033</v>
+      </c>
+      <c r="J278" s="32">
+        <v>0.55614885279130699</v>
+      </c>
+      <c r="K278" s="32">
+        <v>0.53479837695488641</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A279" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B279" s="35"/>
+      <c r="C279" s="118"/>
+      <c r="D279" s="46"/>
+      <c r="E279" s="46"/>
+      <c r="F279" s="46"/>
+      <c r="G279" s="46"/>
+      <c r="H279" s="46"/>
+      <c r="I279" s="46"/>
+      <c r="J279" s="46"/>
+      <c r="K279" s="46"/>
     </row>
     <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A280" s="103" t="s">
-[...168 lines deleted...]
-      <c r="K286" s="46"/>
+      <c r="A280" s="4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+      <c r="A282" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B282" s="8"/>
+      <c r="C282" s="8"/>
+      <c r="D282" s="8"/>
+      <c r="E282" s="8"/>
+      <c r="F282" s="8"/>
+      <c r="G282" s="8"/>
+      <c r="H282" s="8"/>
+      <c r="I282" s="8"/>
+      <c r="J282" s="8"/>
+      <c r="K282" s="9"/>
+    </row>
+    <row r="283" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="11">
+        <v>0</v>
+      </c>
+      <c r="B283" s="11"/>
+      <c r="C283" s="11"/>
+      <c r="D283" s="11"/>
+      <c r="E283" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F283" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G283" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H283" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I283" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J283" s="13" t="s">
+        <v>133</v>
+      </c>
+      <c r="K283" s="13" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B284" s="15"/>
+      <c r="C284" s="15"/>
+      <c r="D284" s="15"/>
+      <c r="E284" s="16">
+        <v>13.14</v>
+      </c>
+      <c r="F284" s="16">
+        <v>1.6999999999999993</v>
+      </c>
+      <c r="G284" s="16">
+        <v>9.48</v>
+      </c>
+      <c r="H284" s="16">
+        <v>2.4799999999999995</v>
+      </c>
+      <c r="I284" s="16">
+        <v>-10.059999999999999</v>
+      </c>
+      <c r="J284" s="16">
+        <v>-12.54</v>
+      </c>
+      <c r="K284" s="16">
+        <v>3.3480000000000003</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B285" s="15"/>
+      <c r="C285" s="15"/>
+      <c r="D285" s="15"/>
+      <c r="E285" s="16">
+        <v>-46.04</v>
+      </c>
+      <c r="F285" s="16">
+        <v>-13.71</v>
+      </c>
+      <c r="G285" s="16">
+        <v>84.18</v>
+      </c>
+      <c r="H285" s="16">
+        <v>124.72000000000001</v>
+      </c>
+      <c r="I285" s="16">
+        <v>42.07</v>
+      </c>
+      <c r="J285" s="16">
+        <v>-82.65</v>
+      </c>
+      <c r="K285" s="16">
+        <v>38.244000000000007</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B286" s="1"/>
+      <c r="C286" s="1"/>
+      <c r="D286" s="1"/>
+      <c r="E286" s="17">
+        <v>59.18</v>
+      </c>
+      <c r="F286" s="17">
+        <v>15.41</v>
+      </c>
+      <c r="G286" s="17">
+        <v>-74.7</v>
+      </c>
+      <c r="H286" s="17">
+        <v>-122.24000000000001</v>
+      </c>
+      <c r="I286" s="17">
+        <v>-52.129999999999995</v>
+      </c>
+      <c r="J286" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K286" s="17" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="287" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A287" s="46"/>
-[...9 lines deleted...]
-      <c r="K287" s="46"/>
+      <c r="A287" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I287" s="8"/>
+      <c r="J287" s="8"/>
+      <c r="K287" s="9"/>
     </row>
     <row r="288" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A288" s="2" t="s">
-[...108 lines deleted...]
-        <v>64</v>
+      <c r="A288" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B288" s="60"/>
+      <c r="C288" s="60"/>
+      <c r="D288" s="60"/>
+      <c r="E288" s="60"/>
+      <c r="F288" s="60"/>
+      <c r="G288" s="60"/>
+      <c r="H288" s="60"/>
+      <c r="I288" s="60"/>
+    </row>
+    <row r="289" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B289" s="60"/>
+      <c r="C289" s="60"/>
+      <c r="D289" s="60"/>
+      <c r="E289" s="60"/>
+      <c r="F289" s="60"/>
+      <c r="G289" s="60"/>
+      <c r="H289" s="60"/>
+      <c r="I289" s="60"/>
+    </row>
+    <row r="290" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="138" t="s">
+        <v>37</v>
+      </c>
+      <c r="B290" s="138">
+        <v>0</v>
+      </c>
+      <c r="C290" s="138">
+        <v>0</v>
+      </c>
+      <c r="D290" s="138">
+        <v>0</v>
+      </c>
+      <c r="E290" s="138">
+        <v>0</v>
+      </c>
+      <c r="F290" s="138">
+        <v>0</v>
+      </c>
+      <c r="G290" s="138">
+        <v>0</v>
+      </c>
+      <c r="H290" s="138">
+        <v>0</v>
+      </c>
+      <c r="I290" s="138">
+        <v>0</v>
+      </c>
+      <c r="J290" s="138">
+        <v>0</v>
+      </c>
+      <c r="K290" s="138">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="46"/>
+      <c r="B291" s="46"/>
+      <c r="C291" s="46"/>
+      <c r="D291" s="46"/>
+      <c r="E291" s="46"/>
+      <c r="F291" s="46"/>
+      <c r="G291" s="46"/>
+      <c r="H291" s="46"/>
+      <c r="I291" s="46"/>
+      <c r="J291" s="46"/>
+      <c r="K291" s="46"/>
+    </row>
+    <row r="292" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="2" t="s">
+        <v>167</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="134">
-[...128 lines deleted...]
-      <c r="A298" s="20" t="s">
+      <c r="D292" s="22"/>
+      <c r="E292" s="22"/>
+      <c r="F292" s="22"/>
+      <c r="G292" s="22"/>
+      <c r="H292" s="22"/>
+      <c r="I292" s="22"/>
+      <c r="J292" s="22"/>
+      <c r="K292" s="22"/>
+    </row>
+    <row r="293" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="11">
+        <v>0</v>
+      </c>
+      <c r="B293" s="11"/>
+      <c r="C293" s="11"/>
+      <c r="D293" s="11"/>
+      <c r="E293" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="F293" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="G293" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="H293" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="I293" s="13" t="s">
         <v>107</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="K300" s="84"/>
+      <c r="J293" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K293" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="106" t="s">
+        <v>35</v>
+      </c>
+      <c r="B294" s="106"/>
+      <c r="C294" s="106"/>
+      <c r="D294" s="106"/>
+      <c r="E294" s="16">
+        <v>144.66999999999999</v>
+      </c>
+      <c r="F294" s="16">
+        <v>151.77000000000001</v>
+      </c>
+      <c r="G294" s="16">
+        <v>140.61000000000001</v>
+      </c>
+      <c r="H294" s="16">
+        <v>126.2</v>
+      </c>
+      <c r="I294" s="16">
+        <v>120.32</v>
+      </c>
+      <c r="J294" s="16">
+        <v>-4.6592709984152219</v>
+      </c>
+      <c r="K294" s="16">
+        <v>-4.5029765079836137</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="106" t="s">
+        <v>21</v>
+      </c>
+      <c r="B295" s="106"/>
+      <c r="C295" s="106"/>
+      <c r="D295" s="106"/>
+      <c r="E295" s="49">
+        <v>25</v>
+      </c>
+      <c r="F295" s="49">
+        <v>28</v>
+      </c>
+      <c r="G295" s="49">
+        <v>27</v>
+      </c>
+      <c r="H295" s="49">
+        <v>35</v>
+      </c>
+      <c r="I295" s="49">
+        <v>36</v>
+      </c>
+      <c r="J295" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K295" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B296" s="15"/>
+      <c r="C296" s="15"/>
+      <c r="D296" s="15"/>
+      <c r="E296" s="107">
+        <v>0.25242021204205106</v>
+      </c>
+      <c r="F296" s="107">
+        <v>0.23916783398282285</v>
+      </c>
+      <c r="G296" s="107">
+        <v>0.2024200576812949</v>
+      </c>
+      <c r="H296" s="107">
+        <v>0.17526159042255127</v>
+      </c>
+      <c r="I296" s="107">
+        <v>0.15304048399053061</v>
+      </c>
+      <c r="J296" s="86" t="s">
+        <v>24</v>
+      </c>
+      <c r="K296" s="86" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="97" t="s">
+        <v>65</v>
+      </c>
+      <c r="B297" s="97"/>
+      <c r="C297" s="97"/>
+      <c r="D297" s="97"/>
+      <c r="E297" s="99">
+        <v>445.18</v>
+      </c>
+      <c r="F297" s="99">
+        <v>432.73</v>
+      </c>
+      <c r="G297" s="99">
+        <v>561.69000000000005</v>
+      </c>
+      <c r="H297" s="99">
+        <v>736.48</v>
+      </c>
+      <c r="I297" s="99">
+        <v>768.79</v>
+      </c>
+      <c r="J297" s="99">
+        <v>4.3870845101020999</v>
+      </c>
+      <c r="K297" s="99">
+        <v>14.635207156488338</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B298" s="15"/>
+      <c r="C298" s="15"/>
+      <c r="D298" s="15"/>
+      <c r="E298" s="49">
+        <v>23</v>
+      </c>
+      <c r="F298" s="49">
+        <v>23</v>
+      </c>
+      <c r="G298" s="49">
+        <v>22</v>
+      </c>
+      <c r="H298" s="49">
+        <v>22</v>
+      </c>
+      <c r="I298" s="49">
+        <v>23</v>
+      </c>
+      <c r="J298" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K298" s="49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="108" t="s">
+        <v>43</v>
+      </c>
+      <c r="B299" s="108"/>
+      <c r="C299" s="108"/>
+      <c r="D299" s="108"/>
+      <c r="E299" s="109">
+        <v>0.27115955764653144</v>
+      </c>
+      <c r="F299" s="109">
+        <v>0.24624342630545351</v>
+      </c>
+      <c r="G299" s="109">
+        <v>0.29140295146588885</v>
+      </c>
+      <c r="H299" s="109">
+        <v>0.36570974569695919</v>
+      </c>
+      <c r="I299" s="109">
+        <v>0.3597001125060017</v>
+      </c>
+      <c r="J299" s="110" t="s">
+        <v>24</v>
+      </c>
+      <c r="K299" s="110" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="111" t="s">
+        <v>13</v>
+      </c>
+      <c r="B300" s="111"/>
+      <c r="C300" s="111"/>
+      <c r="D300" s="111"/>
+      <c r="E300" s="112">
+        <v>-300.51</v>
+      </c>
+      <c r="F300" s="112">
+        <v>-280.96000000000004</v>
+      </c>
+      <c r="G300" s="112">
+        <v>-421.08000000000004</v>
+      </c>
+      <c r="H300" s="112">
+        <v>-610.28</v>
+      </c>
+      <c r="I300" s="112">
+        <v>-648.47</v>
+      </c>
+      <c r="J300" s="113" t="s">
+        <v>24</v>
+      </c>
+      <c r="K300" s="113" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="301" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A301" s="46"/>
+      <c r="A301" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="I301" s="22"/>
+      <c r="J301" s="22"/>
+      <c r="K301" s="22"/>
     </row>
     <row r="302" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A302" s="46"/>
+      <c r="A302" s="54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B302" s="88"/>
+      <c r="C302" s="88"/>
+      <c r="D302" s="88"/>
+      <c r="E302" s="88"/>
+      <c r="F302" s="88"/>
+      <c r="G302" s="88"/>
+      <c r="H302" s="88"/>
+      <c r="I302" s="88"/>
+      <c r="J302" s="87"/>
+      <c r="K302" s="46"/>
     </row>
     <row r="303" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A303" s="2" t="s">
-[...25 lines deleted...]
-      <c r="F304" s="12">
+      <c r="A303" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B303" s="88"/>
+      <c r="C303" s="88"/>
+      <c r="D303" s="88"/>
+      <c r="E303" s="88"/>
+      <c r="F303" s="88"/>
+      <c r="G303" s="88"/>
+      <c r="H303" s="88"/>
+      <c r="I303" s="88"/>
+      <c r="J303" s="87"/>
+      <c r="K303" s="46"/>
+    </row>
+    <row r="304" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B304" s="88"/>
+      <c r="C304" s="88"/>
+      <c r="D304" s="88"/>
+      <c r="E304" s="88"/>
+      <c r="F304" s="88"/>
+      <c r="G304" s="88"/>
+      <c r="H304" s="88"/>
+      <c r="I304" s="88"/>
+      <c r="J304" s="87"/>
+      <c r="K304" s="46"/>
+    </row>
+    <row r="305" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="20" t="s">
+        <v>98</v>
+      </c>
+      <c r="B305" s="88"/>
+      <c r="C305" s="88"/>
+      <c r="D305" s="88"/>
+      <c r="E305" s="88"/>
+      <c r="F305" s="88"/>
+      <c r="G305" s="88"/>
+      <c r="H305" s="88"/>
+      <c r="I305" s="88"/>
+      <c r="J305" s="87"/>
+      <c r="K305" s="46"/>
+    </row>
+    <row r="306" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B306" s="88"/>
+      <c r="C306" s="88"/>
+      <c r="D306" s="88"/>
+      <c r="E306" s="88"/>
+      <c r="F306" s="88"/>
+      <c r="G306" s="88"/>
+      <c r="H306" s="88"/>
+      <c r="I306" s="88"/>
+      <c r="J306" s="87"/>
+      <c r="K306" s="46"/>
+    </row>
+    <row r="307" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="90"/>
+    </row>
+    <row r="308" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B308" s="15"/>
+      <c r="C308" s="15"/>
+      <c r="D308" s="15"/>
+      <c r="E308" s="15"/>
+      <c r="F308" s="15"/>
+      <c r="G308" s="15"/>
+      <c r="H308" s="15"/>
+      <c r="I308" s="15"/>
+      <c r="J308" s="15"/>
+      <c r="K308" s="22"/>
+    </row>
+    <row r="309" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="11">
+        <v>0</v>
+      </c>
+      <c r="B309" s="12"/>
+      <c r="C309" s="12"/>
+      <c r="D309" s="12"/>
+      <c r="E309" s="12">
         <v>2021</v>
       </c>
-      <c r="G304" s="12">
+      <c r="F309" s="12">
         <v>2022</v>
       </c>
-      <c r="H304" s="12">
+      <c r="G309" s="13">
         <v>2023</v>
       </c>
-      <c r="I304" s="12">
+      <c r="H309" s="13">
         <v>2024</v>
       </c>
-      <c r="J304" s="13" t="s">
-[...235 lines deleted...]
-      <c r="K315" s="84"/>
+      <c r="I309" s="13">
+        <v>2025</v>
+      </c>
+      <c r="J309" s="13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K309" s="13" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B310" s="16"/>
+      <c r="C310" s="16"/>
+      <c r="D310" s="16"/>
+      <c r="E310" s="16">
+        <v>99.35</v>
+      </c>
+      <c r="F310" s="16">
+        <v>208.59</v>
+      </c>
+      <c r="G310" s="16">
+        <v>256.17</v>
+      </c>
+      <c r="H310" s="16">
+        <v>275.43</v>
+      </c>
+      <c r="I310" s="16">
+        <v>294.5</v>
+      </c>
+      <c r="J310" s="16">
+        <v>6.9237192753149586</v>
+      </c>
+      <c r="K310" s="16">
+        <v>31.213752842564379</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B311" s="49"/>
+      <c r="C311" s="49"/>
+      <c r="D311" s="49"/>
+      <c r="E311" s="49">
+        <v>17</v>
+      </c>
+      <c r="F311" s="49">
+        <v>18</v>
+      </c>
+      <c r="G311" s="89">
+        <v>16</v>
+      </c>
+      <c r="H311" s="89">
+        <v>16</v>
+      </c>
+      <c r="I311" s="49">
+        <v>16</v>
+      </c>
+      <c r="J311" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K311" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B312" s="16"/>
+      <c r="C312" s="16"/>
+      <c r="D312" s="16"/>
+      <c r="E312" s="16">
+        <v>0.9811221627941884</v>
+      </c>
+      <c r="F312" s="16">
+        <v>0.98299052683466592</v>
+      </c>
+      <c r="G312" s="19">
+        <v>1.0057707061085936</v>
+      </c>
+      <c r="H312" s="19">
+        <v>0.99269221675672248</v>
+      </c>
+      <c r="I312" s="16">
+        <v>1.0109453282826115</v>
+      </c>
+      <c r="J312" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K312" s="114" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="97" t="s">
+        <v>100</v>
+      </c>
+      <c r="B313" s="99"/>
+      <c r="C313" s="99"/>
+      <c r="D313" s="99"/>
+      <c r="E313" s="99">
+        <v>19.12</v>
+      </c>
+      <c r="F313" s="99">
+        <v>32.61</v>
+      </c>
+      <c r="G313" s="99">
+        <v>41.49</v>
+      </c>
+      <c r="H313" s="99">
+        <v>49.4</v>
+      </c>
+      <c r="I313" s="99">
+        <v>50.61</v>
+      </c>
+      <c r="J313" s="99">
+        <v>2.4493927125506092</v>
+      </c>
+      <c r="K313" s="99">
+        <v>27.55195290761192</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B314" s="49"/>
+      <c r="C314" s="49"/>
+      <c r="D314" s="49"/>
+      <c r="E314" s="49">
+        <v>23</v>
+      </c>
+      <c r="F314" s="49">
+        <v>22</v>
+      </c>
+      <c r="G314" s="89">
+        <v>21</v>
+      </c>
+      <c r="H314" s="89">
+        <v>20</v>
+      </c>
+      <c r="I314" s="49">
+        <v>22</v>
+      </c>
+      <c r="J314" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="K314" s="16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B315" s="17"/>
+      <c r="C315" s="17"/>
+      <c r="D315" s="17"/>
+      <c r="E315" s="17">
+        <v>0.53494039275592231</v>
+      </c>
+      <c r="F315" s="17">
+        <v>0.589344094902291</v>
+      </c>
+      <c r="G315" s="18">
+        <v>0.65006792105176581</v>
+      </c>
+      <c r="H315" s="18">
+        <v>0.72155762966858006</v>
+      </c>
+      <c r="I315" s="17">
+        <v>0.70728711161049318</v>
+      </c>
+      <c r="J315" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K315" s="115" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="316" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A316" s="82"/>
+      <c r="A316" s="54" t="s">
+        <v>169</v>
+      </c>
+      <c r="C316" s="54"/>
     </row>
     <row r="317" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A317" s="82"/>
-[...1123 lines deleted...]
-      <c r="B375" s="13" t="s">
+      <c r="A317" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="4" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="4" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="128" t="s">
         <v>93</v>
       </c>
-      <c r="C375" s="13" t="s">
-[...2 lines deleted...]
-      <c r="D375" s="13" t="s">
+      <c r="B320" s="128"/>
+      <c r="C320" s="128"/>
+      <c r="D320" s="128"/>
+      <c r="E320" s="128"/>
+      <c r="F320" s="128"/>
+      <c r="G320" s="128"/>
+      <c r="H320" s="128"/>
+      <c r="I320" s="128"/>
+      <c r="J320" s="128"/>
+      <c r="K320" s="128"/>
+    </row>
+    <row r="321" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="120"/>
+      <c r="B321" s="120"/>
+      <c r="C321" s="120"/>
+      <c r="D321" s="120"/>
+      <c r="E321" s="120"/>
+      <c r="F321" s="120"/>
+      <c r="G321" s="120"/>
+      <c r="H321" s="120"/>
+      <c r="I321" s="7"/>
+      <c r="J321" s="7"/>
+      <c r="K321" s="7"/>
+    </row>
+    <row r="322" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="119"/>
+      <c r="B322" s="119"/>
+      <c r="C322" s="119"/>
+      <c r="D322" s="119"/>
+      <c r="E322" s="119"/>
+      <c r="F322" s="119"/>
+      <c r="G322" s="119"/>
+      <c r="H322" s="119"/>
+      <c r="I322" s="119"/>
+      <c r="J322" s="119"/>
+      <c r="K322" s="119"/>
+    </row>
+    <row r="323" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I323" s="84"/>
+      <c r="J323" s="84"/>
+      <c r="K323" s="84"/>
+    </row>
+    <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="117" t="s">
+        <v>44</v>
+      </c>
+      <c r="B324" s="117">
+        <v>46078</v>
+      </c>
+      <c r="I324" s="84"/>
+      <c r="J324" s="84"/>
+      <c r="K324" s="84"/>
+    </row>
+    <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="91" t="s">
         <v>95</v>
       </c>
-      <c r="E375" s="13" t="s">
-[...450 lines deleted...]
-      <c r="A393" s="15" t="s">
+      <c r="I325" s="84"/>
+      <c r="J325" s="84"/>
+      <c r="K325" s="84"/>
+    </row>
+    <row r="326" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="116" t="s">
         <v>96</v>
       </c>
-      <c r="B393" s="16"/>
-[...524 lines deleted...]
-      <c r="A423" s="92"/>
+      <c r="I326" s="84"/>
+      <c r="J326" s="84"/>
+      <c r="K326" s="84"/>
+    </row>
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="90"/>
     </row>
   </sheetData>
-  <mergeCells count="45">
-[...10 lines deleted...]
-    <mergeCell ref="J68:K68"/>
+  <mergeCells count="57">
+    <mergeCell ref="D192:D193"/>
+    <mergeCell ref="E192:E193"/>
+    <mergeCell ref="F192:F193"/>
+    <mergeCell ref="E172:E173"/>
+    <mergeCell ref="F172:F173"/>
+    <mergeCell ref="D188:D191"/>
+    <mergeCell ref="E188:E191"/>
+    <mergeCell ref="F188:F191"/>
+    <mergeCell ref="A320:K320"/>
+    <mergeCell ref="A182:K182"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="A290:K290"/>
+    <mergeCell ref="A271:K271"/>
+    <mergeCell ref="A275:E276"/>
+    <mergeCell ref="A277:E278"/>
+    <mergeCell ref="A251:E252"/>
+    <mergeCell ref="A253:E254"/>
+    <mergeCell ref="A270:K270"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="G49:K49"/>
-    <mergeCell ref="A31:D32"/>
-[...24 lines deleted...]
-    <mergeCell ref="C274:C275"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
+    <mergeCell ref="F64:K64"/>
+    <mergeCell ref="F77:K77"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="C168:C171"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="D168:D171"/>
+    <mergeCell ref="E168:E171"/>
+    <mergeCell ref="F168:F171"/>
+    <mergeCell ref="D172:D173"/>
   </mergeCells>
-  <conditionalFormatting sqref="B392:F392 I392:J392 B395:F395 I395:J395">
-    <cfRule type="cellIs" dxfId="46" priority="12" operator="lessThan">
+  <conditionalFormatting sqref="B311:F311 I311:J311 B314:F314 I314:J314">
+    <cfRule type="cellIs" dxfId="27" priority="11" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B406:F406 I406:J406 B409:F409 I409:J409">
-    <cfRule type="cellIs" dxfId="45" priority="10" operator="lessThan">
+  <conditionalFormatting sqref="E294:K294 E295:I295 E296:K297 E298:I299 J299:K299 E300:K300">
+    <cfRule type="cellIs" dxfId="26" priority="36" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B376:H376 B377:F377 B378:H379 B380:F381 G381:H381 B382:H382">
-    <cfRule type="cellIs" dxfId="44" priority="37" operator="lessThan">
+  <conditionalFormatting sqref="E284:K286">
+    <cfRule type="cellIs" dxfId="25" priority="39" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="43" priority="66" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E294:K300">
+    <cfRule type="cellIs" dxfId="24" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B366:K368">
-    <cfRule type="cellIs" dxfId="42" priority="40" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E296:K296 E299:K299">
+    <cfRule type="cellIs" dxfId="23" priority="38" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B312:K312 B315:K315">
+    <cfRule type="cellIs" dxfId="22" priority="12" operator="lessThan">
+      <formula>1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E8:K10">
+    <cfRule type="cellIs" dxfId="21" priority="65" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B376:K382">
-[...20 lines deleted...]
-    <cfRule type="cellIs" dxfId="37" priority="65" operator="lessThan">
+  <conditionalFormatting sqref="G168:K173 G188:K193">
+    <cfRule type="cellIs" dxfId="20" priority="64" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="36" priority="64" operator="lessThan">
+    <cfRule type="cellIs" dxfId="19" priority="63" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E22:K22 E24:K24">
-    <cfRule type="cellIs" dxfId="35" priority="60" operator="lessThan">
+  <conditionalFormatting sqref="G22:K22 G24:K24">
+    <cfRule type="cellIs" dxfId="18" priority="59" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E320:K322">
-    <cfRule type="cellIs" dxfId="34" priority="45" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E238:K240">
+    <cfRule type="cellIs" dxfId="17" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E344:K346">
-    <cfRule type="cellIs" dxfId="33" priority="43" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="E262:K264">
+    <cfRule type="cellIs" dxfId="16" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="32" priority="67" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G37:K40">
+    <cfRule type="cellIs" dxfId="15" priority="66" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G376:H376 G379:H379 I377:J377 I380:J380">
-    <cfRule type="cellIs" dxfId="31" priority="38" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J294:K294 J297:K297">
+    <cfRule type="cellIs" dxfId="14" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G391:H391">
-    <cfRule type="cellIs" dxfId="30" priority="17" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G310:H310">
+    <cfRule type="cellIs" dxfId="13" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G394:H394">
-[...10 lines deleted...]
-    <cfRule type="cellIs" dxfId="27" priority="7" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="G313:H313">
+    <cfRule type="cellIs" dxfId="12" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="26" priority="53" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="52" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="25" priority="59" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="58" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G334:K334 G336:K336">
-    <cfRule type="cellIs" dxfId="24" priority="44" operator="lessThan">
+  <conditionalFormatting sqref="G252:K252 G254:K254">
+    <cfRule type="cellIs" dxfId="9" priority="43" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G358:K358 G360:K360">
-    <cfRule type="cellIs" dxfId="23" priority="42" operator="lessThan">
+  <conditionalFormatting sqref="G276:K276 G278:K278">
+    <cfRule type="cellIs" dxfId="8" priority="41" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I377:J378">
-    <cfRule type="cellIs" dxfId="22" priority="36" operator="lessThan">
+  <conditionalFormatting sqref="J108:K125">
+    <cfRule type="cellIs" dxfId="7" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I380:J382">
-    <cfRule type="cellIs" dxfId="21" priority="32" operator="lessThan">
+  <conditionalFormatting sqref="J208:K212">
+    <cfRule type="cellIs" dxfId="6" priority="62" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I375:K375">
-    <cfRule type="cellIs" dxfId="20" priority="28" operator="lessThan">
+  <conditionalFormatting sqref="J223:K227">
+    <cfRule type="cellIs" dxfId="5" priority="45" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="19" priority="62" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="18" priority="52" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="3" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="17" priority="51" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="2" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="16" priority="50" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K310:K311">
+    <cfRule type="cellIs" dxfId="1" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J183:K192">
-[...73 lines deleted...]
-    <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K313:K314">
+    <cfRule type="cellIs" dxfId="0" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A422" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{61DB4B54-C234-49DA-85F2-81C9B4C71A7A}"/>
+    <hyperlink ref="A326" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{538770B5-0E55-4778-B211-E792D62C253A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
-  <rowBreaks count="4" manualBreakCount="4">
+  <rowBreaks count="3" manualBreakCount="3">
     <brk id="103" max="16383" man="1"/>
-    <brk id="153" max="16383" man="1"/>
-[...1 lines deleted...]
-    <brk id="285" max="16383" man="1"/>
+    <brk id="147" max="16383" man="1"/>
+    <brk id="203" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>