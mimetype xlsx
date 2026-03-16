--- v0 (2026-02-14)
+++ v1 (2026-03-16)
@@ -13,80 +13,80 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Angola\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB19E7FD-F051-4A83-AFF2-288BA6A62827}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E0670D1-77A2-4A40-B065-E786CF6A9708}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Angola" sheetId="45" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Angola!$A$1:$K$489</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Angola!$A$1:$K$408</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Angola!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{00000000-0015-0000-FFFF-FFFF00000000}" keepAlive="1" name="Connection" type="5" refreshedVersion="8">
-    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=iacardoso;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
+    <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;User ID=jsantos;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="2" xr16:uid="{00000000-0015-0000-FFFF-FFFF01000000}" keepAlive="1" name="Connection1" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="3" xr16:uid="{00000000-0015-0000-FFFF-FFFF02000000}" keepAlive="1" name="Connection10" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="4" xr16:uid="{00000000-0015-0000-FFFF-FFFF03000000}" keepAlive="1" name="Connection2" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="5" xr16:uid="{00000000-0015-0000-FFFF-FFFF04000000}" keepAlive="1" name="Connection3" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;User ID=&quot;&quot;;Initial Catalog=ComercioExternoConf;Data Source=sicorp41;Impersonation Level=Impersonate;Location=sicorp41;Mode=ReadWrite;Protection Level=Pkt Privacy;Auto Synch Period=20000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="6" xr16:uid="{00000000-0015-0000-FFFF-FFFF05000000}" keepAlive="1" name="Connection4" type="5" refreshedVersion="4">
     <dbPr connection="Provider=MSOLAP.8;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096;Update Isolation Level=2" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
   </connection>
   <connection id="7" xr16:uid="{00000000-0015-0000-FFFF-FFFF06000000}" keepAlive="1" name="Connection5" type="5" refreshedVersion="3">
     <dbPr connection="Provider=MSOLAP.3;Cache Authentication=False;Persist Security Info=True;Initial Catalog=ComercioExterno;Data Source=sicorp41;Impersonation Level=Impersonate;Mode=ReadWrite;Protection Level=Pkt Privacy;Extended Properties=&quot;Client Cache Size=25&quot;;Auto Synch Period=10000;Default Isolation Mode=0;Default MDX Visual Mode=0;MDX Compatibility=1;MDX Unique Name Style=0;Non Empty Threshold=0;SQLQueryMode=Calculated;Safety Options=2;Secured Cell Value=0;SQL Compatibility=0;Compression Level=0;Real Time Olap=False;MDX Missing Member Mode=Error;Packet Size=4096" command="ComercioExternoSegredo" commandType="1"/>
     <olapPr rowDrillCount="1000" serverFill="0" serverNumberFormat="0" serverFont="0" serverFontColor="0"/>
@@ -111,51 +111,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="1">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <valueMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="633" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="491" uniqueCount="197">
   <si>
     <t>Notas:</t>
   </si>
   <si>
     <t>Fonte: INE - Instituto Nacional de Estatística</t>
   </si>
   <si>
     <t>tvh %</t>
   </si>
   <si>
     <t>Unidades: pp - pontos percentuais; tvh % - taxa de variação homóloga em percentagem</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>pp</t>
   </si>
   <si>
     <t>Pastas celulósicas e papel</t>
   </si>
   <si>
     <t>Matérias têxteis</t>
   </si>
   <si>
@@ -404,238 +404,160 @@
   <si>
     <t>- Alta Tecnologia: aeronáutica e aeroespacial, produtos farmacêuticos, equipamento de escritório e computação, equipamento de rádio, TV e comunicações, instrumentos médicos, ópticos e de precisão</t>
   </si>
   <si>
     <t>- Média-Alta tecnologia: máquinas e aparelhos eléctricos n.e., veículos a motor, reboques e semi-reboques, produtos químicos, excepto farmacêuticos, equipamento ferroviário e equip. transporte n.e., máquinas e equip. n.e. (princ. não eléctricos)</t>
   </si>
   <si>
     <t>- Média-Baixa Tecnologia: construção e reparação naval, produtos da borracha e do plástico, refinação de petróleo, petroquímica e combustível nuclear, produtos minerais não metálicos, metalurgia de base, fabricação produtos metálicos (excl. máq. e equip.)</t>
   </si>
   <si>
     <t>- Baixa Tecnologia; manufacturas n.e.; reciclagem, pasta de papel, papel, cartão e publicações, produtos alimentares, bebidas e tabaco, têxteis, vestuário, couros e calçado, madeira e produtos da madeira e cortiça</t>
   </si>
   <si>
     <t>Transporte Ferroviário</t>
   </si>
   <si>
     <t>Outro (a)</t>
   </si>
   <si>
     <t>(a) Remessas postais, instalações de transporte fixas, transporte por navegação interior e outros não especificados</t>
   </si>
   <si>
     <t>- % no total e taxas de variação calculadas com base no valor absoluto em euros</t>
   </si>
   <si>
-    <t>Unidade: Milhares de unidades</t>
-[...7 lines deleted...]
-  <si>
     <t>&lt; 25%</t>
   </si>
   <si>
     <t>≥ 25% &lt; 50%</t>
   </si>
   <si>
     <t>≥ 50% &lt; 75%</t>
   </si>
   <si>
     <t>≥ 75%</t>
   </si>
   <si>
     <t>100% (inc. em ≥ 75%)</t>
   </si>
   <si>
     <t>Notas: vh M€ - variação homóloga em valor; média anual M€ - valor médio anual de ID</t>
   </si>
   <si>
     <t>Exportação &gt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; 1 milhão € e &lt; 10 milhões €</t>
   </si>
   <si>
     <t>Exportação &gt; mil € e &lt; 1 milhão €</t>
   </si>
   <si>
     <t>Exportação &lt; mil €</t>
   </si>
   <si>
-    <t>2020 dez</t>
-[...1 lines deleted...]
-  <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t xml:space="preserve"> % Total Portugal</t>
   </si>
   <si>
     <t>(a) As exportações de viagens e turismo correspondem às receitas obtidas quando um individuo residente noutro país se desloca a Portugal no âmbito de uma viagem ou estadia temporária (registadas a crédito na balança de serviços e as importações de viagens e turismo correspondem às despesas efetuadas por residentes em Portugal numa deslocação ao exterior (registadas a débito na balança de serviços). Estes gastos incluem despesas em alojamento, serviços de alimentação e restauração, culturais e de lazer, entre outros. As despesas em transporte aéreo, marítimo, rodoviário ou ferroviário na deslocação ao país visitado não estão incluídas nos serviços de turismo, mas as efetuadas dentro da economia visitada já fazem parte desses gastos. Para fins estatísticos, o turismo abrange tanto as despesas efetuadas em viagens de lazer como de negócios.</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Final / Imediato %</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
   </si>
   <si>
     <t>Posição entre 19 países</t>
   </si>
   <si>
     <t>Posição entre 62 países</t>
-  </si>
-[...46 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t>Exportações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <r>
       <t>Importações</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
-    <t>n.d.</t>
-[...1 lines deleted...]
-  <si>
     <t>2024 dez</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/set</t>
-[...16 lines deleted...]
-  <si>
     <t>2021 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
     <t>Fonte: DGE - Direção Geral da Economia (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
+    <t>2025 dez</t>
+  </si>
+  <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM ANGOLA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com Angola</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>tvma % 25/21</t>
   </si>
   <si>
     <t>&gt;1000%</t>
   </si>
   <si>
     <t>Posição e Quota de Angola no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Angola como cliente de Portugal</t>
   </si>
   <si>
     <t>Angola como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens de Angola</t>
@@ -763,126 +685,105 @@
   <si>
     <t>0307 Moluscos, próprios para alimentação humana, com ou sem concha, vivos, frescos, refrigerados,...</t>
   </si>
   <si>
     <t>7108 Ouro, incluído o ouro platinado, em formas brutas ou semimanufacturadas ou em pós</t>
   </si>
   <si>
     <t>0810 Frutas, frescas (exceto frutas de casca rija, bananas, tâmaras, figos, ananases "abacaxis",...</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para Angola por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados de Angola por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para Angola por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens de Angola por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com Angola</t>
   </si>
   <si>
-    <t>tvh % 24/23</t>
-[...4 lines deleted...]
-  <si>
     <t>Posição e Quota de Angola no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
+    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/dez e 2025 jan/dez entre 13 países</t>
   </si>
   <si>
     <t>Exportações de Portugal para Angola por Tipo de Serviço</t>
   </si>
   <si>
-    <t>% Tot 20</t>
-[...4 lines deleted...]
-  <si>
     <t>Importações de Portugal Provenientes de Angola por Tipo de Serviço</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com Angola</t>
   </si>
   <si>
     <t>Quota de Angola no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e Angola - Princípio Ativo/Passivo</t>
   </si>
   <si>
-    <t>vh M€ 24/23</t>
-[...2 lines deleted...]
-    <t>média anual M€ 24/20</t>
+    <t>média anual M€ 25/21</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e Angola - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e Angola - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e Angola - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto de Angola em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
-    <t>tvma % 24/21</t>
+    <t>tvma % 25/22</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com Angola</t>
   </si>
   <si>
-    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/nov e 2025 jan/nov entre 13 países</t>
-[...5 lines deleted...]
-    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/nov e 2025 jan/nov entre 15 países</t>
+    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/dez e 2025 jan/dez entre 13 países</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF005629"/>
@@ -996,58 +897,50 @@
       <i/>
       <sz val="9"/>
       <color rgb="FF002060"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="12"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF71525D"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color rgb="FF005629"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005629"/>
         <bgColor indexed="64"/>
@@ -1158,51 +1051,51 @@
         <color rgb="FF005629"/>
       </top>
       <bottom style="hair">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="145">
+  <cellXfs count="140">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -1433,51 +1326,51 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -1490,294 +1383,144 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="22" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
-  <dxfs count="71">
-[...134 lines deleted...]
-    </dxf>
+  <dxfs count="36">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -1831,207 +1574,167 @@
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
-      <font>
-[...43 lines deleted...]
-    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
-    </dxf>
-[...3 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
       <numFmt numFmtId="2" formatCode="0.00"/>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFC00000"/>
+      </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF808080"/>
       <color rgb="FF71525D"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF584841"/>
       <color rgb="FFFED766"/>
       <color rgb="FFF37167"/>
       <color rgb="FF62D1B0"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCFFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>514350</xdr:colOff>
-      <xdr:row>486</xdr:row>
+      <xdr:row>405</xdr:row>
       <xdr:rowOff>14721</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>505690</xdr:colOff>
-      <xdr:row>488</xdr:row>
+      <xdr:row>407</xdr:row>
       <xdr:rowOff>44162</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2387719-2BA3-4713-B408-41F2D1B1FC68}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
@@ -2419,10291 +2122,8208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet19">
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
-  <dimension ref="A2:K490"/>
+  <dimension ref="A2:K409"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A485" sqref="A485"/>
+      <selection activeCell="A404" sqref="A404"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.88671875" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="13.85546875" style="4" customWidth="1"/>
+    <col min="2" max="11" width="8.7109375" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="6"/>
     </row>
-    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="95" t="s">
-        <v>138</v>
+        <v>125</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="7" t="e" vm="1">
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="6"/>
     </row>
-    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6"/>
     </row>
-    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" s="10" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
-      <c r="E6" s="8"/>
-[...7 lines deleted...]
-    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
-      <c r="B7" s="11"/>
-[...1 lines deleted...]
-      <c r="D7" s="11"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
       <c r="E7" s="12">
         <v>2021</v>
       </c>
       <c r="F7" s="12">
         <v>2022</v>
       </c>
       <c r="G7" s="12">
         <v>2023</v>
       </c>
       <c r="H7" s="12">
         <v>2024</v>
       </c>
       <c r="I7" s="12">
         <v>2025</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K7" s="13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="15"/>
-[...1 lines deleted...]
-      <c r="D8" s="15"/>
+      <c r="B8" s="16"/>
+      <c r="C8" s="16"/>
+      <c r="D8" s="16"/>
       <c r="E8" s="16">
         <v>951.62662799999998</v>
       </c>
       <c r="F8" s="16">
         <v>1422.9844499999999</v>
       </c>
       <c r="G8" s="16">
         <v>1260.1641200000001</v>
       </c>
       <c r="H8" s="16">
         <v>1027.874667</v>
       </c>
       <c r="I8" s="16">
         <v>1090.4389639999999</v>
       </c>
       <c r="J8" s="16">
         <v>6.0867632026191281</v>
       </c>
       <c r="K8" s="16">
         <v>3.4626728896829828</v>
       </c>
     </row>
-    <row r="9" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="15"/>
-[...1 lines deleted...]
-      <c r="D9" s="15"/>
+      <c r="B9" s="16"/>
+      <c r="C9" s="16"/>
+      <c r="D9" s="16"/>
       <c r="E9" s="16">
         <v>80.59636900000001</v>
       </c>
       <c r="F9" s="16">
         <v>624.02353200000005</v>
       </c>
       <c r="G9" s="16">
         <v>271.00351899999998</v>
       </c>
       <c r="H9" s="16">
         <v>95.570777000000007</v>
       </c>
       <c r="I9" s="16">
         <v>233.61734200000001</v>
       </c>
       <c r="J9" s="16">
         <v>144.44432632372548</v>
       </c>
       <c r="K9" s="16">
         <v>30.481037256304134</v>
       </c>
     </row>
-    <row r="10" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B10" s="15"/>
-[...1 lines deleted...]
-      <c r="D10" s="15"/>
+      <c r="B10" s="16"/>
+      <c r="C10" s="16"/>
+      <c r="D10" s="16"/>
       <c r="E10" s="16">
         <v>871.030259</v>
       </c>
       <c r="F10" s="16">
         <v>798.96091799999988</v>
       </c>
       <c r="G10" s="16">
         <v>989.16060100000016</v>
       </c>
       <c r="H10" s="16">
         <v>932.30389000000002</v>
       </c>
       <c r="I10" s="16">
         <v>856.82162199999993</v>
       </c>
       <c r="J10" s="16" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="1"/>
-[...1 lines deleted...]
-      <c r="D11" s="1"/>
+      <c r="B11" s="17"/>
+      <c r="C11" s="17"/>
+      <c r="D11" s="17"/>
       <c r="E11" s="17" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="F11" s="17">
         <v>228.03378030301587</v>
       </c>
       <c r="G11" s="17">
         <v>464.99917220632108</v>
       </c>
       <c r="H11" s="17" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="I11" s="17">
         <v>466.7628501654641</v>
       </c>
       <c r="J11" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="I12" s="8"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21"/>
     </row>
-    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
-    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="24"/>
-      <c r="E20" s="24"/>
-      <c r="F20" s="24"/>
+      <c r="E20" s="12"/>
+      <c r="F20" s="12"/>
       <c r="G20" s="12">
         <v>2021</v>
       </c>
       <c r="H20" s="12">
         <v>2022</v>
       </c>
       <c r="I20" s="12">
         <v>2023</v>
       </c>
       <c r="J20" s="12">
         <v>2024</v>
       </c>
       <c r="K20" s="12">
         <v>2025</v>
       </c>
     </row>
-    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C21" s="128"/>
+    <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="121" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" s="121"/>
+      <c r="C21" s="121"/>
       <c r="D21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="2"/>
-      <c r="F21" s="2"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
       <c r="G21" s="27">
         <v>9</v>
       </c>
       <c r="H21" s="27">
         <v>9</v>
       </c>
       <c r="I21" s="27">
         <v>9</v>
       </c>
       <c r="J21" s="27">
         <v>13</v>
       </c>
       <c r="K21" s="27">
         <v>10</v>
       </c>
     </row>
-    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C22" s="128"/>
+    <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="121"/>
+      <c r="B22" s="121"/>
+      <c r="C22" s="121"/>
       <c r="D22" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E22" s="2"/>
-      <c r="F22" s="2"/>
+      <c r="E22" s="28"/>
+      <c r="F22" s="28"/>
       <c r="G22" s="28">
         <v>1.4958325797273706</v>
       </c>
       <c r="H22" s="28">
         <v>1.8149677926636558</v>
       </c>
       <c r="I22" s="28">
         <v>1.6293787048058272</v>
       </c>
       <c r="J22" s="28">
         <v>1.3028376591277337</v>
       </c>
       <c r="K22" s="28">
         <v>1.3748720927373856</v>
       </c>
     </row>
-    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C23" s="129"/>
+    <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="124" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" s="124"/>
+      <c r="C23" s="124"/>
       <c r="D23" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E23" s="29"/>
-      <c r="F23" s="29"/>
+      <c r="E23" s="30"/>
+      <c r="F23" s="30"/>
       <c r="G23" s="30">
         <v>56</v>
       </c>
       <c r="H23" s="30">
         <v>27</v>
       </c>
       <c r="I23" s="30">
         <v>37</v>
       </c>
       <c r="J23" s="30">
         <v>55</v>
       </c>
       <c r="K23" s="30">
         <v>38</v>
       </c>
     </row>
-    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C24" s="130"/>
+    <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="125"/>
+      <c r="B24" s="125"/>
+      <c r="C24" s="125"/>
       <c r="D24" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E24" s="31"/>
-      <c r="F24" s="31"/>
+      <c r="E24" s="32"/>
+      <c r="F24" s="32"/>
       <c r="G24" s="32">
         <v>9.6933881902565536E-2</v>
       </c>
       <c r="H24" s="32">
         <v>0.56956429268715469</v>
       </c>
       <c r="I24" s="32">
         <v>0.25773430188454466</v>
       </c>
       <c r="J24" s="32">
         <v>8.9115724224281836E-2</v>
       </c>
       <c r="K24" s="32">
         <v>0.20968784670212887</v>
       </c>
     </row>
-    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
-    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
-    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
-        <v>146</v>
+        <v>133</v>
       </c>
       <c r="B27" s="37"/>
       <c r="C27" s="38"/>
       <c r="D27" s="37"/>
       <c r="E27" s="37"/>
       <c r="F27" s="37"/>
       <c r="G27" s="37"/>
       <c r="H27" s="37"/>
       <c r="I27" s="37"/>
       <c r="J27" s="37"/>
       <c r="K27" s="37"/>
     </row>
-    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="24"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
-      <c r="G28" s="144">
+      <c r="G28" s="12">
         <v>2020</v>
       </c>
-      <c r="H28" s="144">
+      <c r="H28" s="12">
         <v>2021</v>
       </c>
-      <c r="I28" s="144">
+      <c r="I28" s="12">
         <v>2022</v>
       </c>
-      <c r="J28" s="144">
+      <c r="J28" s="12">
         <v>2023</v>
       </c>
-      <c r="K28" s="144">
+      <c r="K28" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E29" s="141" t="s">
+    <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="121" t="s">
+        <v>134</v>
+      </c>
+      <c r="B29" s="121"/>
+      <c r="C29" s="121"/>
+      <c r="D29" s="121"/>
+      <c r="E29" s="122" t="s">
         <v>23</v>
       </c>
-      <c r="F29" s="141"/>
+      <c r="F29" s="122"/>
       <c r="G29" s="27">
         <v>10</v>
       </c>
       <c r="H29" s="27">
         <v>26</v>
       </c>
       <c r="I29" s="27">
         <v>12</v>
       </c>
       <c r="J29" s="27">
         <v>20</v>
       </c>
       <c r="K29" s="27">
         <v>22</v>
       </c>
     </row>
-    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F30" s="141"/>
+    <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="121"/>
+      <c r="B30" s="121"/>
+      <c r="C30" s="121"/>
+      <c r="D30" s="121"/>
+      <c r="E30" s="122" t="s">
+        <v>135</v>
+      </c>
+      <c r="F30" s="122"/>
       <c r="G30" s="28">
         <v>1.3332491279251697</v>
       </c>
       <c r="H30" s="28">
         <v>0.23791041398605028</v>
       </c>
       <c r="I30" s="28">
         <v>1.4000674877020243</v>
       </c>
       <c r="J30" s="28">
         <v>0.5121989833423215</v>
       </c>
       <c r="K30" s="28">
         <v>0.46155869070227629</v>
       </c>
     </row>
-    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E31" s="143" t="s">
+    <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="124" t="s">
+        <v>136</v>
+      </c>
+      <c r="B31" s="124"/>
+      <c r="C31" s="124"/>
+      <c r="D31" s="124"/>
+      <c r="E31" s="126" t="s">
         <v>23</v>
       </c>
-      <c r="F31" s="143"/>
+      <c r="F31" s="126"/>
       <c r="G31" s="30">
         <v>2</v>
       </c>
       <c r="H31" s="30">
         <v>2</v>
       </c>
       <c r="I31" s="30">
         <v>2</v>
       </c>
       <c r="J31" s="30">
         <v>2</v>
       </c>
       <c r="K31" s="30">
         <v>2</v>
       </c>
     </row>
-    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F32" s="142"/>
+    <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="125"/>
+      <c r="B32" s="125"/>
+      <c r="C32" s="125"/>
+      <c r="D32" s="125"/>
+      <c r="E32" s="123" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" s="123"/>
       <c r="G32" s="32">
         <v>13.944537172749083</v>
       </c>
       <c r="H32" s="32">
         <v>12.101044034599211</v>
       </c>
       <c r="I32" s="32">
         <v>10.731194770712776</v>
       </c>
       <c r="J32" s="32">
         <v>11.196027080605987</v>
       </c>
       <c r="K32" s="32">
         <v>9.5539366580144716</v>
       </c>
     </row>
-    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
-    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
       <c r="C34" s="36"/>
       <c r="D34" s="36"/>
       <c r="E34" s="36"/>
       <c r="F34" s="36"/>
       <c r="G34" s="36"/>
       <c r="H34" s="36"/>
       <c r="I34" s="36"/>
       <c r="J34" s="36"/>
     </row>
-    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="2" t="s">
-        <v>152</v>
+        <v>139</v>
       </c>
       <c r="B35" s="37"/>
       <c r="C35" s="37"/>
       <c r="D35" s="37"/>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
       <c r="G35" s="37"/>
       <c r="H35" s="37"/>
       <c r="I35" s="37"/>
       <c r="J35" s="37"/>
       <c r="K35" s="37"/>
     </row>
-    <row r="36" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="F36" s="39"/>
+      <c r="F36" s="13"/>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13">
         <v>2025</v>
       </c>
     </row>
-    <row r="37" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D37" s="128"/>
+    <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="121" t="s">
+        <v>140</v>
+      </c>
+      <c r="B37" s="121"/>
+      <c r="C37" s="121"/>
+      <c r="D37" s="121"/>
       <c r="E37" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="F37" s="26"/>
+      <c r="F37" s="40"/>
       <c r="G37" s="40">
         <v>0.15124608192855071</v>
       </c>
       <c r="H37" s="40">
         <v>0.74091283924952811</v>
       </c>
       <c r="I37" s="40">
         <v>-0.20767173874659542</v>
       </c>
       <c r="J37" s="40">
         <v>-0.3003477738036171</v>
       </c>
       <c r="K37" s="40">
         <v>7.9300643225651321E-2</v>
       </c>
     </row>
-    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="136" t="s">
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="128" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="136"/>
-[...1 lines deleted...]
-      <c r="D38" s="136"/>
+      <c r="B38" s="128"/>
+      <c r="C38" s="128"/>
+      <c r="D38" s="128"/>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
-      <c r="F38" s="41"/>
+      <c r="F38" s="42"/>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
         <v>0.5285007714086577</v>
       </c>
     </row>
-    <row r="39" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D39" s="129"/>
+    <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="124" t="s">
+        <v>141</v>
+      </c>
+      <c r="B39" s="124"/>
+      <c r="C39" s="124"/>
+      <c r="D39" s="124"/>
       <c r="E39" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="F39" s="43"/>
+      <c r="F39" s="44"/>
       <c r="G39" s="44">
         <v>-0.45313490251761901</v>
       </c>
       <c r="H39" s="44">
         <v>0.65358408938854573</v>
       </c>
       <c r="I39" s="44">
         <v>-0.32221155725382994</v>
       </c>
       <c r="J39" s="44">
         <v>-0.16684298216460222</v>
       </c>
       <c r="K39" s="44">
         <v>0.12872260750427295</v>
       </c>
     </row>
-    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="137" t="s">
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="129" t="s">
         <v>36</v>
       </c>
-      <c r="B40" s="137"/>
-[...1 lines deleted...]
-      <c r="D40" s="137"/>
+      <c r="B40" s="129"/>
+      <c r="C40" s="129"/>
+      <c r="D40" s="129"/>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
-      <c r="F40" s="45"/>
+      <c r="F40" s="17"/>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
         <v>3.886961096989102</v>
       </c>
     </row>
-    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
-    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
-    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
       <c r="F44" s="37"/>
       <c r="G44" s="37"/>
       <c r="H44" s="37"/>
       <c r="I44" s="37"/>
       <c r="J44" s="37"/>
       <c r="K44" s="37"/>
     </row>
-    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23"/>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C46" s="138"/>
+    <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="130" t="s">
+        <v>142</v>
+      </c>
+      <c r="B46" s="130"/>
+      <c r="C46" s="130"/>
       <c r="D46" s="47" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>4351</v>
       </c>
       <c r="H46" s="48">
         <v>4225</v>
       </c>
       <c r="I46" s="48">
         <v>4784</v>
       </c>
       <c r="J46" s="48">
         <v>4499</v>
       </c>
       <c r="K46" s="48">
         <v>3723</v>
       </c>
     </row>
-    <row r="47" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C47" s="128"/>
+    <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="121"/>
+      <c r="B47" s="121"/>
+      <c r="C47" s="121"/>
       <c r="D47" s="50" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>21.01120339965231</v>
       </c>
       <c r="H47" s="51">
         <v>18.759435218897078</v>
       </c>
       <c r="I47" s="51">
         <v>20.854402789886663</v>
       </c>
       <c r="J47" s="51">
         <v>19.926477101603329</v>
       </c>
       <c r="K47" s="51">
         <v>17.585376222190732</v>
       </c>
     </row>
-    <row r="48" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C48" s="130"/>
+    <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="125"/>
+      <c r="B48" s="125"/>
+      <c r="C48" s="125"/>
       <c r="D48" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>4</v>
       </c>
       <c r="H48" s="52">
         <v>5</v>
       </c>
       <c r="I48" s="52">
         <v>4</v>
       </c>
       <c r="J48" s="52">
         <v>5</v>
       </c>
       <c r="K48" s="52">
         <v>6</v>
       </c>
     </row>
-    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="140" t="s">
-[...8 lines deleted...]
-      <c r="A50" s="124" t="s">
+      <c r="G49" s="133" t="s">
+        <v>143</v>
+      </c>
+      <c r="H49" s="133"/>
+      <c r="I49" s="133"/>
+      <c r="J49" s="133"/>
+      <c r="K49" s="133"/>
+    </row>
+    <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="127" t="s">
         <v>48</v>
       </c>
-      <c r="B50" s="124"/>
-[...10 lines deleted...]
-    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B50" s="127"/>
+      <c r="C50" s="127"/>
+      <c r="D50" s="127"/>
+      <c r="E50" s="127"/>
+      <c r="F50" s="127"/>
+      <c r="G50" s="127"/>
+      <c r="H50" s="127"/>
+      <c r="I50" s="127"/>
+      <c r="J50" s="127"/>
+      <c r="K50" s="127"/>
+    </row>
+    <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="C51" s="53"/>
     </row>
-    <row r="52" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="127" t="s">
+        <v>143</v>
+      </c>
+      <c r="B52" s="127"/>
+      <c r="C52" s="127"/>
+      <c r="D52" s="127"/>
+      <c r="E52" s="127"/>
+      <c r="F52" s="127"/>
+      <c r="G52" s="127"/>
+      <c r="H52" s="127"/>
+      <c r="I52" s="127"/>
+      <c r="J52" s="127"/>
+      <c r="K52" s="127"/>
+    </row>
+    <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
-    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
-    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
-    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47"/>
       <c r="B56" s="47"/>
       <c r="C56" s="57"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
-      <c r="H56" s="131" t="s">
+      <c r="H56" s="120" t="s">
         <v>59</v>
       </c>
-      <c r="I56" s="131"/>
-      <c r="J56" s="131" t="s">
+      <c r="I56" s="120"/>
+      <c r="J56" s="120" t="s">
         <v>56</v>
       </c>
-      <c r="K56" s="131"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K56" s="120"/>
+    </row>
+    <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="58"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J57" s="58" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B58" s="22"/>
       <c r="C58" s="59"/>
       <c r="D58" s="22"/>
       <c r="E58" s="22"/>
       <c r="F58" s="37"/>
       <c r="G58" s="37"/>
       <c r="H58" s="49">
         <v>3723</v>
       </c>
       <c r="I58" s="60">
         <v>100</v>
       </c>
       <c r="J58" s="60">
         <v>1027.874667</v>
       </c>
       <c r="K58" s="60">
         <v>100</v>
       </c>
     </row>
-    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B59" s="22"/>
       <c r="C59" s="59"/>
       <c r="D59" s="22"/>
       <c r="E59" s="22"/>
       <c r="F59" s="37"/>
       <c r="G59" s="37"/>
       <c r="H59" s="49">
         <v>12</v>
       </c>
       <c r="I59" s="60">
         <v>0.32232070910556004</v>
       </c>
       <c r="J59" s="60">
         <v>209.69601399999999</v>
       </c>
       <c r="K59" s="60">
         <v>20.400932208206662</v>
       </c>
     </row>
-    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B60" s="22"/>
       <c r="C60" s="59"/>
       <c r="D60" s="22"/>
       <c r="E60" s="22"/>
       <c r="F60" s="37"/>
       <c r="G60" s="37"/>
       <c r="H60" s="49">
         <v>185</v>
       </c>
       <c r="I60" s="60">
         <v>4.9691109320440505</v>
       </c>
       <c r="J60" s="60">
         <v>514.45193599999993</v>
       </c>
       <c r="K60" s="60">
         <v>50.050064712802175</v>
       </c>
     </row>
-    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B61" s="22"/>
       <c r="C61" s="59"/>
       <c r="D61" s="22"/>
       <c r="E61" s="22"/>
       <c r="F61" s="37"/>
       <c r="G61" s="37"/>
       <c r="H61" s="49">
         <v>3128</v>
       </c>
       <c r="I61" s="60">
         <v>84.018264840182638</v>
       </c>
       <c r="J61" s="60">
         <v>290.64033499999999</v>
       </c>
       <c r="K61" s="60">
         <v>28.275853499559005</v>
       </c>
     </row>
-    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B62" s="22"/>
       <c r="C62" s="59"/>
       <c r="D62" s="22"/>
       <c r="E62" s="22"/>
       <c r="F62" s="37"/>
       <c r="G62" s="37"/>
       <c r="H62" s="49">
         <v>398</v>
       </c>
       <c r="I62" s="60">
         <v>10.690303518667742</v>
       </c>
       <c r="J62" s="60">
         <v>0.190659</v>
       </c>
       <c r="K62" s="60">
         <v>1.8548856793646418E-2</v>
       </c>
     </row>
-    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61" t="s">
         <v>61</v>
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="66">
         <v>12.895723000000203</v>
       </c>
       <c r="K63" s="66">
         <v>1.2546007226385143</v>
       </c>
     </row>
-    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="139" t="s">
-[...8 lines deleted...]
-    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F64" s="132" t="s">
+        <v>143</v>
+      </c>
+      <c r="G64" s="132"/>
+      <c r="H64" s="132"/>
+      <c r="I64" s="132"/>
+      <c r="J64" s="132"/>
+      <c r="K64" s="132"/>
+    </row>
+    <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
-    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
-    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
-    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47"/>
       <c r="B68" s="47"/>
       <c r="C68" s="57"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
-      <c r="H68" s="131" t="s">
+      <c r="H68" s="120" t="s">
         <v>59</v>
       </c>
-      <c r="I68" s="131"/>
-      <c r="J68" s="131" t="s">
+      <c r="I68" s="120"/>
+      <c r="J68" s="120" t="s">
         <v>56</v>
       </c>
-      <c r="K68" s="131"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K68" s="120"/>
+    </row>
+    <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="58"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J69" s="58" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B70" s="22"/>
       <c r="C70" s="59"/>
       <c r="D70" s="22"/>
       <c r="E70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="H70" s="49">
         <v>3723</v>
       </c>
       <c r="I70" s="67">
         <v>100</v>
       </c>
       <c r="J70" s="60">
         <v>1027.874667</v>
       </c>
       <c r="K70" s="67">
         <v>100</v>
       </c>
     </row>
-    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B71" s="22"/>
       <c r="C71" s="59"/>
       <c r="D71" s="22"/>
       <c r="E71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="H71" s="49">
         <v>1116</v>
       </c>
       <c r="I71" s="60">
         <v>29.975825946817082</v>
       </c>
       <c r="J71" s="60">
         <v>170.72549600000002</v>
       </c>
       <c r="K71" s="67">
         <v>16.609563547108998</v>
       </c>
     </row>
-    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B72" s="22"/>
       <c r="C72" s="59"/>
       <c r="D72" s="22"/>
       <c r="E72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="H72" s="49">
         <v>253</v>
       </c>
       <c r="I72" s="67">
         <v>6.7955949503088906</v>
       </c>
       <c r="J72" s="60">
         <v>102.61503900000001</v>
       </c>
       <c r="K72" s="67">
         <v>9.9832248322158534</v>
       </c>
     </row>
-    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B73" s="22"/>
       <c r="C73" s="59"/>
       <c r="D73" s="22"/>
       <c r="E73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="H73" s="49">
         <v>242</v>
       </c>
       <c r="I73" s="67">
         <v>6.5001343002954615</v>
       </c>
       <c r="J73" s="60">
         <v>86.393206000000006</v>
       </c>
       <c r="K73" s="67">
         <v>8.4050331011806136</v>
       </c>
     </row>
-    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B74" s="22"/>
       <c r="C74" s="59"/>
       <c r="D74" s="22"/>
       <c r="E74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="H74" s="49">
         <v>2112</v>
       </c>
       <c r="I74" s="67">
         <v>56.728444802578572</v>
       </c>
       <c r="J74" s="60">
         <v>655.24520299999995</v>
       </c>
       <c r="K74" s="67">
         <v>63.747577796856035</v>
       </c>
     </row>
-    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="50" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B75" s="68"/>
       <c r="C75" s="69"/>
       <c r="D75" s="68"/>
       <c r="E75" s="68"/>
       <c r="F75" s="68"/>
       <c r="G75" s="68"/>
       <c r="H75" s="70">
         <v>1735</v>
       </c>
       <c r="I75" s="71">
         <v>46.602202524845552</v>
       </c>
       <c r="J75" s="72">
         <v>385.33424300000001</v>
       </c>
       <c r="K75" s="71">
         <v>37.488446341872923</v>
       </c>
     </row>
-    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="73" t="s">
         <v>61</v>
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="78">
         <v>12.895723000000089</v>
       </c>
       <c r="K76" s="78">
         <v>1.2546007226385001</v>
       </c>
     </row>
-    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="139" t="s">
-[...8 lines deleted...]
-    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F77" s="132" t="s">
+        <v>143</v>
+      </c>
+      <c r="G77" s="132"/>
+      <c r="H77" s="132"/>
+      <c r="I77" s="132"/>
+      <c r="J77" s="132"/>
+      <c r="K77" s="132"/>
+    </row>
+    <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
-    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
-    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
-    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="23"/>
       <c r="B81" s="23"/>
       <c r="C81" s="23"/>
       <c r="D81" s="13">
         <v>2021</v>
       </c>
       <c r="E81" s="13" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="F81" s="13">
         <v>2024</v>
       </c>
       <c r="G81" s="13" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="H81" s="13">
         <v>2025</v>
       </c>
       <c r="I81" s="13" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="J81" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K81" s="13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B82" s="5"/>
       <c r="C82" s="79"/>
       <c r="D82" s="16">
         <v>277.42744099999999</v>
       </c>
       <c r="E82" s="16">
         <v>29.152971642151233</v>
       </c>
       <c r="F82" s="16">
         <v>293.10358400000001</v>
       </c>
       <c r="G82" s="16">
         <v>28.515498378364061</v>
       </c>
       <c r="H82" s="16">
         <v>319.13441400000011</v>
       </c>
       <c r="I82" s="16">
         <v>29.266600381678963</v>
       </c>
       <c r="J82" s="16">
         <v>8.8811025934094658</v>
       </c>
       <c r="K82" s="16">
         <v>26.030830000000094</v>
       </c>
     </row>
-    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B83" s="5"/>
       <c r="C83" s="79"/>
       <c r="D83" s="16">
         <v>113.39220900000001</v>
       </c>
       <c r="E83" s="16">
         <v>11.915619599496958</v>
       </c>
       <c r="F83" s="16">
         <v>129.989002</v>
       </c>
       <c r="G83" s="16">
         <v>12.646386390608457</v>
       </c>
       <c r="H83" s="16">
         <v>137.187815</v>
       </c>
       <c r="I83" s="16">
         <v>12.580971473796311</v>
       </c>
       <c r="J83" s="16">
         <v>5.5380169777747827</v>
       </c>
       <c r="K83" s="16">
         <v>7.1988130000000012</v>
       </c>
     </row>
-    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B84" s="5"/>
       <c r="C84" s="79"/>
       <c r="D84" s="16">
         <v>87.236374000000012</v>
       </c>
       <c r="E84" s="16">
         <v>9.1670799695193086</v>
       </c>
       <c r="F84" s="16">
         <v>109.52327700000002</v>
       </c>
       <c r="G84" s="16">
         <v>10.655314360422896</v>
       </c>
       <c r="H84" s="16">
         <v>119.52780100000001</v>
       </c>
       <c r="I84" s="16">
         <v>10.96143892011548</v>
       </c>
       <c r="J84" s="16">
         <v>9.1346098053658391</v>
       </c>
       <c r="K84" s="16">
         <v>10.004523999999989</v>
       </c>
     </row>
-    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="79"/>
       <c r="D85" s="16">
         <v>86.986998999999997</v>
       </c>
       <c r="E85" s="16">
         <v>9.1408748389919996</v>
       </c>
       <c r="F85" s="16">
         <v>118.38307999999999</v>
       </c>
       <c r="G85" s="16">
         <v>11.517267990028204</v>
       </c>
       <c r="H85" s="16">
         <v>111.84061899999999</v>
       </c>
       <c r="I85" s="16">
         <v>10.256476766910541</v>
       </c>
       <c r="J85" s="16">
         <v>-5.5265169650933252</v>
       </c>
       <c r="K85" s="16">
         <v>-6.542461000000003</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="79"/>
       <c r="D86" s="16">
         <v>107.205079</v>
       </c>
       <c r="E86" s="16">
         <v>11.265455993524384</v>
       </c>
       <c r="F86" s="16">
         <v>92.567003</v>
       </c>
       <c r="G86" s="16">
         <v>9.0056702409224751</v>
       </c>
       <c r="H86" s="16">
         <v>87.316918999999999</v>
       </c>
       <c r="I86" s="16">
         <v>8.0075017385383891</v>
       </c>
       <c r="J86" s="16">
         <v>-5.6716581825599359</v>
       </c>
       <c r="K86" s="16">
         <v>-5.2500840000000011</v>
       </c>
     </row>
-    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="5"/>
       <c r="C87" s="79"/>
       <c r="D87" s="16">
         <v>52.343578999999991</v>
       </c>
       <c r="E87" s="16">
         <v>5.5004323607472649</v>
       </c>
       <c r="F87" s="16">
         <v>52.644619000000006</v>
       </c>
       <c r="G87" s="16">
         <v>5.1216963205884714</v>
       </c>
       <c r="H87" s="16">
         <v>70.087683999999982</v>
       </c>
       <c r="I87" s="16">
         <v>6.4274742845671087</v>
       </c>
       <c r="J87" s="16">
         <v>33.133614282591687</v>
       </c>
       <c r="K87" s="16">
         <v>17.443064999999976</v>
       </c>
     </row>
-    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B88" s="5"/>
       <c r="C88" s="79"/>
       <c r="D88" s="16">
         <v>56.179625999999999</v>
       </c>
       <c r="E88" s="16">
         <v>5.903536570647538</v>
       </c>
       <c r="F88" s="16">
         <v>51.292715999999999</v>
       </c>
       <c r="G88" s="16">
         <v>4.9901722113363451</v>
       </c>
       <c r="H88" s="16">
         <v>50.881619000000001</v>
       </c>
       <c r="I88" s="16">
         <v>4.6661592881231639</v>
       </c>
       <c r="J88" s="16">
         <v>-0.8014724741813205</v>
       </c>
       <c r="K88" s="16">
         <v>-0.41109699999999805</v>
       </c>
     </row>
-    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B89" s="5"/>
       <c r="C89" s="79"/>
       <c r="D89" s="16">
         <v>22.717243999999997</v>
       </c>
       <c r="E89" s="16">
         <v>2.3872013804136634</v>
       </c>
       <c r="F89" s="16">
         <v>19.923428000000001</v>
       </c>
       <c r="G89" s="16">
         <v>1.938312971380975</v>
       </c>
       <c r="H89" s="16">
         <v>29.416729</v>
       </c>
       <c r="I89" s="16">
         <v>2.6976960628857354</v>
       </c>
       <c r="J89" s="16">
         <v>47.648933707592882</v>
       </c>
       <c r="K89" s="16">
         <v>9.4933009999999989</v>
       </c>
     </row>
-    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B90" s="5"/>
       <c r="C90" s="79"/>
       <c r="D90" s="16">
         <v>31.332858000000005</v>
       </c>
       <c r="E90" s="16">
         <v>3.2925579295580625</v>
       </c>
       <c r="F90" s="16">
         <v>38.779158000000002</v>
       </c>
       <c r="G90" s="16">
         <v>3.7727516053277732</v>
       </c>
       <c r="H90" s="16">
         <v>25.364823999999992</v>
       </c>
       <c r="I90" s="16">
         <v>2.3261113035575636</v>
       </c>
       <c r="J90" s="16">
         <v>-34.591607172079421</v>
       </c>
       <c r="K90" s="16">
         <v>-13.414334000000011</v>
       </c>
     </row>
-    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="79"/>
       <c r="D91" s="16">
         <v>29.944804000000005</v>
       </c>
       <c r="E91" s="16">
         <v>3.1466967315672889</v>
       </c>
       <c r="F91" s="16">
         <v>26.860668</v>
       </c>
       <c r="G91" s="16">
         <v>2.613224049815015</v>
       </c>
       <c r="H91" s="16">
         <v>24.027675999999996</v>
       </c>
       <c r="I91" s="16">
         <v>2.2034865584645411</v>
       </c>
       <c r="J91" s="16">
         <v>-10.546990119530923</v>
       </c>
       <c r="K91" s="16">
         <v>-2.8329920000000044</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B92" s="5"/>
       <c r="C92" s="79"/>
       <c r="D92" s="16">
         <v>9.8375589999999988</v>
       </c>
       <c r="E92" s="16">
         <v>1.0337624768524236</v>
       </c>
       <c r="F92" s="16">
         <v>25.507731</v>
       </c>
       <c r="G92" s="16">
         <v>2.4815993446407214</v>
       </c>
       <c r="H92" s="16">
         <v>20.294540000000001</v>
       </c>
       <c r="I92" s="16">
         <v>1.8611348887932806</v>
       </c>
       <c r="J92" s="16">
         <v>-20.437690047774137</v>
       </c>
       <c r="K92" s="16">
         <v>-5.2131909999999984</v>
       </c>
     </row>
-    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B93" s="5"/>
       <c r="C93" s="79"/>
       <c r="D93" s="16">
         <v>9.1761289999999995</v>
       </c>
       <c r="E93" s="16">
         <v>0.96425727591136712</v>
       </c>
       <c r="F93" s="16">
         <v>6.6761509999999991</v>
       </c>
       <c r="G93" s="16">
         <v>0.64951021893411431</v>
       </c>
       <c r="H93" s="16">
         <v>13.363493</v>
       </c>
       <c r="I93" s="16">
         <v>1.2255149936113252</v>
       </c>
       <c r="J93" s="16">
         <v>100.16762652612263</v>
       </c>
       <c r="K93" s="16">
         <v>6.687342000000001</v>
       </c>
     </row>
-    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B94" s="5"/>
       <c r="C94" s="79"/>
       <c r="D94" s="16">
         <v>13.835808</v>
       </c>
       <c r="E94" s="16">
         <v>1.4539113968551121</v>
       </c>
       <c r="F94" s="16">
         <v>13.051902999999999</v>
       </c>
       <c r="G94" s="16">
         <v>1.2697951821396527</v>
       </c>
       <c r="H94" s="16">
         <v>10.941746999999999</v>
       </c>
       <c r="I94" s="16">
         <v>1.0034259010575854</v>
       </c>
       <c r="J94" s="16">
         <v>-16.16742018386131</v>
       </c>
       <c r="K94" s="16">
         <v>-2.1101559999999999</v>
       </c>
     </row>
-    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B95" s="5"/>
       <c r="C95" s="79"/>
       <c r="D95" s="16">
         <v>7.7224380000000004</v>
       </c>
       <c r="E95" s="16">
         <v>0.81149872994096173</v>
       </c>
       <c r="F95" s="16">
         <v>8.2714040000000004</v>
       </c>
       <c r="G95" s="16">
         <v>0.80470939362104144</v>
       </c>
       <c r="H95" s="16">
         <v>6.3762289999999995</v>
       </c>
       <c r="I95" s="16">
         <v>0.58473965169131648</v>
       </c>
       <c r="J95" s="16">
         <v>-22.912373763873713</v>
       </c>
       <c r="K95" s="16">
         <v>-1.8951750000000009</v>
       </c>
     </row>
-    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B96" s="5"/>
       <c r="C96" s="79"/>
       <c r="D96" s="16">
         <v>4.2190450000000004</v>
       </c>
       <c r="E96" s="16">
         <v>0.44335087689454611</v>
       </c>
       <c r="F96" s="16">
         <v>3.7016249999999999</v>
       </c>
       <c r="G96" s="16">
         <v>0.36012415898951228</v>
       </c>
       <c r="H96" s="16">
         <v>3.0153549999999996</v>
       </c>
       <c r="I96" s="16">
         <v>0.27652671076049329</v>
       </c>
       <c r="J96" s="16">
         <v>-18.539695404045531</v>
       </c>
       <c r="K96" s="16">
         <v>-0.68627000000000038</v>
       </c>
     </row>
-    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B97" s="5"/>
       <c r="C97" s="79"/>
       <c r="D97" s="16">
         <v>2.0937979999999996</v>
       </c>
       <c r="E97" s="16">
         <v>0.2200230571942339</v>
       </c>
       <c r="F97" s="16">
         <v>2.3112480000000004</v>
       </c>
       <c r="G97" s="16">
         <v>0.22485698638197885</v>
       </c>
       <c r="H97" s="16">
         <v>2.2468329999999996</v>
       </c>
       <c r="I97" s="16">
         <v>0.20604848819397101</v>
       </c>
       <c r="J97" s="16">
         <v>-2.787022422518084</v>
       </c>
       <c r="K97" s="16">
         <v>-6.4415000000000777E-2</v>
       </c>
     </row>
-    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B98" s="5"/>
       <c r="C98" s="79"/>
       <c r="D98" s="16">
         <v>39.975637999999996</v>
       </c>
       <c r="E98" s="16">
         <v>4.2007691697336567</v>
       </c>
       <c r="F98" s="16">
         <v>35.288069999999998</v>
       </c>
       <c r="G98" s="16">
         <v>3.4331101964983048</v>
       </c>
       <c r="H98" s="16">
         <v>59.414667000000001</v>
       </c>
       <c r="I98" s="16">
         <v>5.4486925872542464</v>
       </c>
       <c r="J98" s="16">
         <v>68.370406769199917</v>
       </c>
       <c r="K98" s="16">
         <v>24.126597000000004</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="96"/>
       <c r="C99" s="97"/>
       <c r="D99" s="17">
         <v>951.62662799999998</v>
       </c>
       <c r="E99" s="17">
         <v>100</v>
       </c>
       <c r="F99" s="17">
         <v>1027.874667</v>
       </c>
       <c r="G99" s="17">
         <v>100</v>
       </c>
       <c r="H99" s="17">
         <v>1090.4389639999999</v>
       </c>
       <c r="I99" s="17">
         <v>100</v>
       </c>
       <c r="J99" s="17">
         <v>6.0867632026191281</v>
       </c>
       <c r="K99" s="17">
         <v>62.564296999999897</v>
       </c>
     </row>
-    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E100" s="80"/>
       <c r="F100" s="80"/>
       <c r="G100" s="80"/>
       <c r="H100" s="80"/>
       <c r="I100" s="80"/>
     </row>
-    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E101" s="80"/>
       <c r="F101" s="80"/>
       <c r="G101" s="80"/>
       <c r="H101" s="80"/>
       <c r="I101" s="80"/>
     </row>
-    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E102" s="81"/>
       <c r="F102" s="82"/>
       <c r="G102" s="81"/>
       <c r="H102" s="82"/>
       <c r="I102" s="81"/>
     </row>
-    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="46"/>
       <c r="E103" s="81"/>
       <c r="F103" s="82"/>
       <c r="G103" s="81"/>
       <c r="H103" s="82"/>
       <c r="I103" s="81"/>
     </row>
-    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="46"/>
       <c r="E104" s="81"/>
       <c r="F104" s="82"/>
       <c r="G104" s="81"/>
       <c r="H104" s="82"/>
       <c r="I104" s="81"/>
     </row>
-    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="46"/>
       <c r="E105" s="81"/>
       <c r="F105" s="82"/>
       <c r="G105" s="81"/>
       <c r="H105" s="82"/>
       <c r="I105" s="81"/>
     </row>
-    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37"/>
       <c r="E106" s="37"/>
       <c r="F106" s="37"/>
       <c r="G106" s="37"/>
       <c r="H106" s="37"/>
       <c r="I106" s="37"/>
       <c r="J106" s="37"/>
       <c r="K106" s="37"/>
     </row>
-    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="23"/>
       <c r="B107" s="23"/>
       <c r="C107" s="23"/>
       <c r="D107" s="13">
         <v>2021</v>
       </c>
       <c r="E107" s="13" t="s">
-        <v>161</v>
+        <v>148</v>
       </c>
       <c r="F107" s="13">
         <v>2024</v>
       </c>
       <c r="G107" s="13" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="H107" s="13">
         <v>2025</v>
       </c>
       <c r="I107" s="13" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="J107" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K107" s="13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B108" s="5"/>
       <c r="C108" s="79"/>
       <c r="D108" s="16">
         <v>54.344217999999998</v>
       </c>
       <c r="E108" s="16">
         <v>67.427625678769715</v>
       </c>
       <c r="F108" s="16">
         <v>70.313417999999999</v>
       </c>
       <c r="G108" s="16">
         <v>73.572089928702781</v>
       </c>
       <c r="H108" s="16">
         <v>194.10915800000001</v>
       </c>
       <c r="I108" s="16">
         <v>83.088505475762148</v>
       </c>
       <c r="J108" s="16">
         <v>176.06275376913126</v>
       </c>
       <c r="K108" s="16">
         <v>123.79574000000001</v>
       </c>
     </row>
-    <row r="109" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B109" s="5"/>
       <c r="C109" s="79"/>
       <c r="D109" s="16">
         <v>12.319825999999997</v>
       </c>
       <c r="E109" s="16">
         <v>15.285832541662014</v>
       </c>
       <c r="F109" s="16">
         <v>16.441181</v>
       </c>
       <c r="G109" s="16">
         <v>17.20314673176718</v>
       </c>
       <c r="H109" s="16">
         <v>29.376000000000005</v>
       </c>
       <c r="I109" s="16">
         <v>12.574408966608312</v>
       </c>
       <c r="J109" s="16">
         <v>78.673296036337064</v>
       </c>
       <c r="K109" s="16">
         <v>12.934819000000005</v>
       </c>
     </row>
-    <row r="110" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B110" s="5"/>
       <c r="C110" s="79"/>
       <c r="D110" s="16">
         <v>1.647891</v>
       </c>
       <c r="E110" s="16">
         <v>2.0446218861298822</v>
       </c>
       <c r="F110" s="16">
         <v>2.7218060000000004</v>
       </c>
       <c r="G110" s="16">
         <v>2.8479479663537739</v>
       </c>
       <c r="H110" s="16">
         <v>3.4490469999999998</v>
       </c>
       <c r="I110" s="16">
         <v>1.476365996835971</v>
       </c>
       <c r="J110" s="16">
         <v>26.719060800071691</v>
       </c>
       <c r="K110" s="16">
         <v>0.72724099999999936</v>
       </c>
     </row>
-    <row r="111" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B111" s="5"/>
       <c r="C111" s="79"/>
       <c r="D111" s="16">
         <v>2.1350399999999996</v>
       </c>
       <c r="E111" s="16">
         <v>2.6490523413033649</v>
       </c>
       <c r="F111" s="16">
         <v>2.2021060000000001</v>
       </c>
       <c r="G111" s="16">
         <v>2.3041624951945301</v>
       </c>
       <c r="H111" s="16">
         <v>2.6609769999999999</v>
       </c>
       <c r="I111" s="16">
         <v>1.13903230694235</v>
       </c>
       <c r="J111" s="16">
         <v>20.837825245469553</v>
       </c>
       <c r="K111" s="16">
         <v>0.45887099999999981</v>
       </c>
     </row>
-    <row r="112" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B112" s="5"/>
       <c r="C112" s="79"/>
       <c r="D112" s="16">
         <v>1.4703719999999998</v>
       </c>
       <c r="E112" s="16">
         <v>1.8243650653790615</v>
       </c>
       <c r="F112" s="16">
         <v>0.79167100000000001</v>
       </c>
       <c r="G112" s="16">
         <v>0.82836095389284115</v>
       </c>
       <c r="H112" s="16">
         <v>0.95820700000000003</v>
       </c>
       <c r="I112" s="16">
         <v>0.41016090320897491</v>
       </c>
       <c r="J112" s="16">
         <v>21.036011171307276</v>
       </c>
       <c r="K112" s="16">
         <v>0.16653600000000002</v>
       </c>
     </row>
-    <row r="113" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B113" s="5"/>
       <c r="C113" s="79"/>
       <c r="D113" s="16">
         <v>0.55904999999999994</v>
       </c>
       <c r="E113" s="16">
         <v>0.69364167013528844</v>
       </c>
       <c r="F113" s="16">
         <v>0.28059100000000003</v>
       </c>
       <c r="G113" s="16">
         <v>0.29359497621328329</v>
       </c>
       <c r="H113" s="16">
         <v>0.7250160000000001</v>
       </c>
       <c r="I113" s="16">
         <v>0.31034339907865233</v>
       </c>
       <c r="J113" s="16">
         <v>158.3889005705814</v>
       </c>
       <c r="K113" s="16">
         <v>0.44442500000000007</v>
       </c>
     </row>
-    <row r="114" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B114" s="5"/>
       <c r="C114" s="79"/>
       <c r="D114" s="16">
         <v>0.60438400000000003</v>
       </c>
       <c r="E114" s="16">
         <v>0.74988986166361904</v>
       </c>
       <c r="F114" s="16">
         <v>0.97452800000000006</v>
       </c>
       <c r="G114" s="16">
         <v>1.0196924526416689</v>
       </c>
       <c r="H114" s="16">
         <v>0.51683999999999997</v>
       </c>
       <c r="I114" s="16">
         <v>0.22123357605874994</v>
       </c>
       <c r="J114" s="16">
         <v>-46.965094897222045</v>
       </c>
       <c r="K114" s="16">
         <v>-0.45768800000000009</v>
       </c>
     </row>
-    <row r="115" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B115" s="5"/>
       <c r="C115" s="79"/>
       <c r="D115" s="16">
         <v>0.26873900000000001</v>
       </c>
       <c r="E115" s="16">
         <v>0.33343809818529169</v>
       </c>
       <c r="F115" s="16">
         <v>0.14233399999999999</v>
       </c>
       <c r="G115" s="16">
         <v>0.14893046228974363</v>
       </c>
       <c r="H115" s="16">
         <v>0.297651</v>
       </c>
       <c r="I115" s="16">
         <v>0.127409633827612</v>
       </c>
       <c r="J115" s="16">
         <v>109.12150294378013</v>
       </c>
       <c r="K115" s="16">
         <v>0.15531700000000001</v>
       </c>
     </row>
-    <row r="116" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B116" s="5"/>
       <c r="C116" s="79"/>
       <c r="D116" s="16">
         <v>6.4100539999999997</v>
       </c>
       <c r="E116" s="16">
         <v>7.9532788877871141</v>
       </c>
       <c r="F116" s="16">
         <v>0.57295499999999988</v>
       </c>
       <c r="G116" s="16">
         <v>0.59950857153751069</v>
       </c>
       <c r="H116" s="16">
         <v>0.27790700000000002</v>
       </c>
       <c r="I116" s="16">
         <v>0.11895820645027287</v>
       </c>
       <c r="J116" s="16">
         <v>-51.495841732771318</v>
       </c>
       <c r="K116" s="16">
         <v>-0.29504799999999987</v>
       </c>
     </row>
-    <row r="117" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B117" s="5"/>
       <c r="C117" s="79"/>
       <c r="D117" s="16">
         <v>0.131546</v>
       </c>
       <c r="E117" s="16">
         <v>0.16321578953513399</v>
       </c>
       <c r="F117" s="16">
         <v>4.1091000000000003E-2</v>
       </c>
       <c r="G117" s="16">
         <v>4.2995360391388258E-2</v>
       </c>
       <c r="H117" s="16">
         <v>9.8979000000000011E-2</v>
       </c>
       <c r="I117" s="16">
         <v>4.2368001943965276E-2</v>
       </c>
       <c r="J117" s="16">
         <v>140.87756443016721</v>
       </c>
       <c r="K117" s="16">
         <v>5.7888000000000009E-2</v>
       </c>
     </row>
-    <row r="118" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B118" s="5"/>
       <c r="C118" s="79"/>
       <c r="D118" s="16">
         <v>1.2161000000000002E-2</v>
       </c>
       <c r="E118" s="16">
         <v>1.5088769073455407E-2</v>
       </c>
       <c r="F118" s="16">
         <v>7.9839999999999998E-3</v>
       </c>
       <c r="G118" s="16">
         <v>8.3540180906973259E-3</v>
       </c>
       <c r="H118" s="16">
         <v>3.3091000000000002E-2</v>
       </c>
       <c r="I118" s="16">
         <v>1.4164616255243586E-2</v>
       </c>
       <c r="J118" s="16">
         <v>314.46643286573152</v>
       </c>
       <c r="K118" s="16">
         <v>2.5107000000000004E-2</v>
       </c>
     </row>
-    <row r="119" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B119" s="5"/>
       <c r="C119" s="79"/>
       <c r="D119" s="16">
         <v>9.807999999999999E-3</v>
       </c>
       <c r="E119" s="16">
         <v>1.2169282712971843E-2</v>
       </c>
       <c r="F119" s="16">
         <v>1.9350000000000003E-2</v>
       </c>
       <c r="G119" s="16">
         <v>2.0246774806487136E-2</v>
       </c>
       <c r="H119" s="16">
         <v>2.8107E-2</v>
       </c>
       <c r="I119" s="16">
         <v>1.2031212991028722E-2</v>
       </c>
       <c r="J119" s="16">
         <v>45.255813953488357</v>
       </c>
       <c r="K119" s="16">
         <v>8.7569999999999974E-3</v>
       </c>
     </row>
-    <row r="120" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B120" s="5"/>
       <c r="C120" s="79"/>
       <c r="D120" s="16">
         <v>5.7686999999999995E-2</v>
       </c>
       <c r="E120" s="16">
         <v>7.1575184733198072E-2</v>
       </c>
       <c r="F120" s="16">
         <v>0.10565099999999999</v>
       </c>
       <c r="G120" s="16">
         <v>0.11054739044341973</v>
       </c>
       <c r="H120" s="16">
         <v>1.6650999999999996E-2</v>
       </c>
       <c r="I120" s="16">
         <v>7.1274674463165473E-3</v>
       </c>
       <c r="J120" s="16">
         <v>-84.239619123340049</v>
       </c>
       <c r="K120" s="16">
         <v>-8.8999999999999996E-2</v>
       </c>
     </row>
-    <row r="121" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B121" s="5"/>
       <c r="C121" s="79"/>
       <c r="D121" s="16">
         <v>1.2045E-2</v>
       </c>
       <c r="E121" s="16">
         <v>1.4944841994060551E-2</v>
       </c>
       <c r="F121" s="16">
         <v>7.7640000000000001E-3</v>
       </c>
       <c r="G121" s="16">
         <v>8.1238222014246037E-3</v>
       </c>
       <c r="H121" s="16">
         <v>6.353000000000001E-3</v>
       </c>
       <c r="I121" s="16">
         <v>2.7194042812112812E-3</v>
       </c>
       <c r="J121" s="16">
         <v>-18.173621844410086</v>
       </c>
       <c r="K121" s="16">
         <v>-1.4109999999999991E-3</v>
       </c>
     </row>
-    <row r="122" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B122" s="5"/>
       <c r="C122" s="79"/>
       <c r="D122" s="16">
         <v>7.7079999999999996E-3</v>
       </c>
       <c r="E122" s="16">
         <v>9.5637062756511997E-3</v>
       </c>
       <c r="F122" s="16">
         <v>1.8690999999999999E-2</v>
       </c>
       <c r="G122" s="16">
         <v>1.9557233483620207E-2</v>
       </c>
       <c r="H122" s="16">
         <v>5.9799999999999992E-3</v>
       </c>
       <c r="I122" s="16">
         <v>2.5597414767265002E-3</v>
       </c>
       <c r="J122" s="16">
         <v>-68.00599218875395</v>
       </c>
       <c r="K122" s="16">
         <v>-1.2711E-2</v>
       </c>
     </row>
-    <row r="123" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="79"/>
       <c r="D123" s="16">
         <v>1.9700000000000004E-3</v>
       </c>
       <c r="E123" s="16">
         <v>2.4442788483436521E-3</v>
       </c>
       <c r="F123" s="16">
         <v>2.941E-3</v>
       </c>
       <c r="G123" s="16">
         <v>3.0773005015957964E-3</v>
       </c>
       <c r="H123" s="16">
         <v>1.2669999999999999E-3</v>
       </c>
       <c r="I123" s="16">
         <v>5.4233987475125014E-4</v>
       </c>
       <c r="J123" s="16">
         <v>-56.919415164909907</v>
       </c>
       <c r="K123" s="16">
         <v>-1.6740000000000001E-3</v>
       </c>
     </row>
-    <row r="124" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B124" s="5"/>
       <c r="C124" s="79"/>
       <c r="D124" s="16">
         <v>0.60387000000000013</v>
       </c>
       <c r="E124" s="16">
         <v>0.74925211581181783</v>
       </c>
       <c r="F124" s="16">
         <v>0.92671499999999996</v>
       </c>
       <c r="G124" s="16">
         <v>0.96966356148804767</v>
       </c>
       <c r="H124" s="16">
         <v>1.0561109999999998</v>
       </c>
       <c r="I124" s="16">
         <v>0.45206875095770921</v>
       </c>
       <c r="J124" s="16">
         <v>13.962868843171833</v>
       </c>
       <c r="K124" s="16">
         <v>0.12939599999999984</v>
       </c>
     </row>
-    <row r="125" spans="1:11" ht="15.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B125" s="96"/>
       <c r="C125" s="97"/>
       <c r="D125" s="17">
         <v>80.59636900000001</v>
       </c>
       <c r="E125" s="17">
         <v>100</v>
       </c>
       <c r="F125" s="17">
         <v>95.570777000000007</v>
       </c>
       <c r="G125" s="17">
         <v>100</v>
       </c>
       <c r="H125" s="17">
         <v>233.61734200000001</v>
       </c>
       <c r="I125" s="17">
         <v>100</v>
       </c>
       <c r="J125" s="17">
         <v>144.44432632372548</v>
       </c>
       <c r="K125" s="17">
         <v>138.04656499999999</v>
       </c>
     </row>
-    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E126" s="80"/>
       <c r="F126" s="80"/>
       <c r="G126" s="80"/>
       <c r="H126" s="80"/>
       <c r="I126" s="80"/>
     </row>
-    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E127" s="80"/>
       <c r="F127" s="80"/>
       <c r="G127" s="80"/>
       <c r="H127" s="80"/>
       <c r="I127" s="80"/>
     </row>
-    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E128" s="81"/>
       <c r="F128" s="82"/>
       <c r="G128" s="81"/>
       <c r="H128" s="82"/>
       <c r="I128" s="81"/>
     </row>
-    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
-    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="46"/>
     </row>
-    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="2" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="B131" s="37"/>
       <c r="C131" s="37"/>
       <c r="D131" s="37"/>
       <c r="E131" s="37"/>
       <c r="F131" s="37"/>
       <c r="G131" s="37"/>
       <c r="H131" s="37"/>
       <c r="I131" s="37"/>
       <c r="J131" s="37"/>
       <c r="K131" s="37"/>
     </row>
-    <row r="132" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="23"/>
       <c r="B132" s="23"/>
       <c r="C132" s="23"/>
       <c r="D132" s="23"/>
       <c r="E132" s="23"/>
       <c r="F132" s="23"/>
       <c r="G132" s="13">
         <v>2024</v>
       </c>
       <c r="H132" s="13">
         <v>2025</v>
       </c>
       <c r="I132" s="13" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="J132" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K132" s="13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="5"/>
       <c r="D133" s="37"/>
       <c r="E133" s="5"/>
       <c r="F133" s="5"/>
       <c r="G133" s="16">
         <v>44.039375999999997</v>
       </c>
       <c r="H133" s="16">
         <v>53.693280000000001</v>
       </c>
       <c r="I133" s="16">
         <v>4.9240059987438238</v>
       </c>
       <c r="J133" s="16">
         <v>21.921073541096504</v>
       </c>
       <c r="K133" s="16">
         <v>9.6539040000000043</v>
       </c>
     </row>
-    <row r="134" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="5"/>
       <c r="D134" s="37"/>
       <c r="E134" s="5"/>
       <c r="F134" s="5"/>
       <c r="G134" s="16">
         <v>46.119410000000002</v>
       </c>
       <c r="H134" s="16">
         <v>51.349257999999999</v>
       </c>
       <c r="I134" s="16">
         <v>4.709044677900927</v>
       </c>
       <c r="J134" s="16">
         <v>11.339798145726489</v>
       </c>
       <c r="K134" s="16">
         <v>5.2298479999999969</v>
       </c>
     </row>
-    <row r="135" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="5"/>
       <c r="D135" s="37"/>
       <c r="E135" s="5"/>
       <c r="F135" s="5"/>
       <c r="G135" s="16">
         <v>24.830684000000002</v>
       </c>
       <c r="H135" s="16">
         <v>33.731026</v>
       </c>
       <c r="I135" s="16">
         <v>3.0933437921427762</v>
       </c>
       <c r="J135" s="16">
         <v>35.844127370796542</v>
       </c>
       <c r="K135" s="16">
         <v>8.9003419999999984</v>
       </c>
     </row>
-    <row r="136" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>170</v>
+        <v>157</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="5"/>
       <c r="D136" s="37"/>
       <c r="E136" s="5"/>
       <c r="F136" s="5"/>
       <c r="G136" s="16">
         <v>42.252935999999998</v>
       </c>
       <c r="H136" s="16">
         <v>28.319882</v>
       </c>
       <c r="I136" s="16">
         <v>2.5971084063353409</v>
       </c>
       <c r="J136" s="16">
         <v>-32.975351109328827</v>
       </c>
       <c r="K136" s="16">
         <v>-13.933053999999998</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="5"/>
       <c r="D137" s="37"/>
       <c r="E137" s="5"/>
       <c r="F137" s="5"/>
       <c r="G137" s="16">
         <v>25.682393000000001</v>
       </c>
       <c r="H137" s="16">
         <v>25.271265</v>
       </c>
       <c r="I137" s="16">
         <v>2.3175313643689641</v>
       </c>
       <c r="J137" s="16">
         <v>-1.600816559422642</v>
       </c>
       <c r="K137" s="16">
         <v>-0.41112800000000149</v>
       </c>
     </row>
-    <row r="138" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>172</v>
+        <v>159</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="5"/>
       <c r="D138" s="37"/>
       <c r="E138" s="5"/>
       <c r="F138" s="5"/>
       <c r="G138" s="16">
         <v>10.019714</v>
       </c>
       <c r="H138" s="16">
         <v>21.146531</v>
       </c>
       <c r="I138" s="16">
         <v>1.9392677351173597</v>
       </c>
       <c r="J138" s="16">
         <v>111.04924751345197</v>
       </c>
       <c r="K138" s="16">
         <v>11.126816999999999</v>
       </c>
     </row>
-    <row r="139" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>173</v>
+        <v>160</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="5"/>
       <c r="D139" s="37"/>
       <c r="E139" s="5"/>
       <c r="F139" s="5"/>
       <c r="G139" s="16">
         <v>24.579391000000001</v>
       </c>
       <c r="H139" s="16">
         <v>19.529485000000001</v>
       </c>
       <c r="I139" s="16">
         <v>1.790974611578535</v>
       </c>
       <c r="J139" s="16">
         <v>-20.545285275782462</v>
       </c>
       <c r="K139" s="16">
         <v>-5.049906</v>
       </c>
     </row>
-    <row r="140" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="5"/>
       <c r="D140" s="37"/>
       <c r="E140" s="5"/>
       <c r="F140" s="5"/>
       <c r="G140" s="16">
         <v>14.318318999999999</v>
       </c>
       <c r="H140" s="16">
         <v>16.584852999999999</v>
       </c>
       <c r="I140" s="16">
         <v>1.520933637510774</v>
       </c>
       <c r="J140" s="16">
         <v>15.829609607105416</v>
       </c>
       <c r="K140" s="16">
         <v>2.266534</v>
       </c>
     </row>
-    <row r="141" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>175</v>
+        <v>162</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="5"/>
       <c r="D141" s="37"/>
       <c r="E141" s="5"/>
       <c r="F141" s="5"/>
       <c r="G141" s="16">
         <v>11.586373</v>
       </c>
       <c r="H141" s="16">
         <v>16.334861</v>
       </c>
       <c r="I141" s="16">
         <v>1.4980078243058821</v>
       </c>
       <c r="J141" s="16">
         <v>40.983386259013066</v>
       </c>
       <c r="K141" s="16">
         <v>4.748488</v>
       </c>
     </row>
-    <row r="142" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="5"/>
       <c r="D142" s="37"/>
       <c r="E142" s="5"/>
       <c r="F142" s="5"/>
       <c r="G142" s="16">
         <v>9.3762509999999999</v>
       </c>
       <c r="H142" s="16">
         <v>15.16757</v>
       </c>
       <c r="I142" s="16">
         <v>1.3909600170890446</v>
       </c>
       <c r="J142" s="16">
         <v>61.765827301338241</v>
       </c>
       <c r="K142" s="16">
         <v>5.7913189999999997</v>
       </c>
     </row>
-    <row r="143" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="98" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="B143" s="96"/>
       <c r="C143" s="96"/>
       <c r="D143" s="99"/>
       <c r="E143" s="99"/>
       <c r="F143" s="99"/>
       <c r="G143" s="17">
         <v>252.80484699999997</v>
       </c>
       <c r="H143" s="17">
         <v>281.12801100000007</v>
       </c>
       <c r="I143" s="17">
         <v>25.781178065093435</v>
       </c>
       <c r="J143" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K143" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="46"/>
     </row>
-    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="46"/>
     </row>
-    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="46"/>
     </row>
-    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="2" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="B149" s="37"/>
       <c r="C149" s="37"/>
       <c r="D149" s="37"/>
       <c r="E149" s="37"/>
       <c r="F149" s="37"/>
       <c r="G149" s="37"/>
       <c r="H149" s="37"/>
       <c r="I149" s="37"/>
       <c r="J149" s="37"/>
       <c r="K149" s="37"/>
     </row>
-    <row r="150" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="23"/>
       <c r="B150" s="23"/>
       <c r="C150" s="23"/>
       <c r="D150" s="23"/>
       <c r="E150" s="23"/>
       <c r="F150" s="23"/>
       <c r="G150" s="13">
         <v>2024</v>
       </c>
       <c r="H150" s="13">
         <v>2025</v>
       </c>
       <c r="I150" s="13" t="s">
-        <v>163</v>
+        <v>150</v>
       </c>
       <c r="J150" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K150" s="13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="B151" s="5"/>
       <c r="C151" s="5"/>
       <c r="D151" s="37"/>
       <c r="E151" s="5"/>
       <c r="F151" s="5"/>
       <c r="G151" s="16">
         <v>70.312241999999998</v>
       </c>
       <c r="H151" s="16">
         <v>189.38458700000001</v>
       </c>
       <c r="I151" s="16">
         <v>81.066150902444562</v>
       </c>
       <c r="J151" s="16">
         <v>169.34795650521289</v>
       </c>
       <c r="K151" s="16">
         <v>119.07234500000001</v>
       </c>
     </row>
-    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>180</v>
+        <v>167</v>
       </c>
       <c r="B152" s="5"/>
       <c r="C152" s="5"/>
       <c r="D152" s="37"/>
       <c r="E152" s="5"/>
       <c r="F152" s="5"/>
       <c r="G152" s="16">
         <v>6.5361820000000002</v>
       </c>
       <c r="H152" s="16">
         <v>17.769663000000001</v>
       </c>
       <c r="I152" s="16">
         <v>7.6063116067813157</v>
       </c>
       <c r="J152" s="16">
         <v>171.86609858783004</v>
       </c>
       <c r="K152" s="16">
         <v>11.233481000000001</v>
       </c>
     </row>
-    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>181</v>
+        <v>168</v>
       </c>
       <c r="B153" s="5"/>
       <c r="C153" s="5"/>
       <c r="D153" s="37"/>
       <c r="E153" s="5"/>
       <c r="F153" s="5"/>
       <c r="G153" s="16">
         <v>4.1698239999999993</v>
       </c>
       <c r="H153" s="16">
         <v>5.1914920000000002</v>
       </c>
       <c r="I153" s="16">
         <v>2.222220300751474</v>
       </c>
       <c r="J153" s="16">
         <v>24.501465769298683</v>
       </c>
       <c r="K153" s="16">
         <v>1.0216680000000009</v>
       </c>
     </row>
-    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>182</v>
+        <v>169</v>
       </c>
       <c r="B154" s="5"/>
       <c r="C154" s="5"/>
       <c r="D154" s="37"/>
       <c r="E154" s="5"/>
       <c r="F154" s="5"/>
       <c r="G154" s="16">
         <v>0</v>
       </c>
       <c r="H154" s="16">
         <v>4.7242820000000005</v>
       </c>
       <c r="I154" s="16">
         <v>2.0222308667478974</v>
       </c>
       <c r="J154" s="16" t="s">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="K154" s="16">
         <v>4.7242820000000005</v>
       </c>
     </row>
-    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>184</v>
+        <v>171</v>
       </c>
       <c r="B155" s="5"/>
       <c r="C155" s="5"/>
       <c r="D155" s="37"/>
       <c r="E155" s="5"/>
       <c r="F155" s="5"/>
       <c r="G155" s="16">
         <v>2.7419890000000002</v>
       </c>
       <c r="H155" s="16">
         <v>3.2440329999999999</v>
       </c>
       <c r="I155" s="16">
         <v>1.3886096692256691</v>
       </c>
       <c r="J155" s="16">
         <v>18.309482641979951</v>
       </c>
       <c r="K155" s="16">
         <v>0.50204399999999971</v>
       </c>
     </row>
-    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>185</v>
+        <v>172</v>
       </c>
       <c r="B156" s="5"/>
       <c r="C156" s="5"/>
       <c r="D156" s="37"/>
       <c r="E156" s="5"/>
       <c r="F156" s="5"/>
       <c r="G156" s="16">
         <v>2.0206939999999998</v>
       </c>
       <c r="H156" s="16">
         <v>2.4938980000000002</v>
       </c>
       <c r="I156" s="16">
         <v>1.067514071793523</v>
       </c>
       <c r="J156" s="16">
         <v>23.417895040020927</v>
       </c>
       <c r="K156" s="16">
         <v>0.4732040000000004</v>
       </c>
     </row>
-    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="B157" s="5"/>
       <c r="C157" s="5"/>
       <c r="D157" s="37"/>
       <c r="E157" s="5"/>
       <c r="F157" s="5"/>
       <c r="G157" s="16">
         <v>0.802701</v>
       </c>
       <c r="H157" s="16">
         <v>1.679287</v>
       </c>
       <c r="I157" s="16">
         <v>0.71881949585746074</v>
       </c>
       <c r="J157" s="16">
         <v>109.20454814432772</v>
       </c>
       <c r="K157" s="16">
         <v>0.87658599999999998</v>
       </c>
     </row>
-    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="5"/>
       <c r="D158" s="37"/>
       <c r="E158" s="5"/>
       <c r="F158" s="5"/>
       <c r="G158" s="16">
         <v>1.7705540000000002</v>
       </c>
       <c r="H158" s="16">
         <v>1.6694500000000001</v>
       </c>
       <c r="I158" s="16">
         <v>0.71460876393328709</v>
       </c>
       <c r="J158" s="16">
         <v>-5.7103031028706308</v>
       </c>
       <c r="K158" s="16">
         <v>-0.10110400000000008</v>
       </c>
     </row>
-    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="5"/>
       <c r="D159" s="37"/>
       <c r="E159" s="5"/>
       <c r="F159" s="5"/>
       <c r="G159" s="16">
         <v>0.64243799999999995</v>
       </c>
       <c r="H159" s="16">
         <v>0.86938199999999999</v>
       </c>
       <c r="I159" s="16">
         <v>0.37213932517047466</v>
       </c>
       <c r="J159" s="16">
         <v>35.325432181782531</v>
       </c>
       <c r="K159" s="16">
         <v>0.22694400000000003</v>
       </c>
     </row>
-    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="5"/>
       <c r="D160" s="37"/>
       <c r="E160" s="5"/>
       <c r="F160" s="5"/>
       <c r="G160" s="16">
         <v>0.41275899999999999</v>
       </c>
       <c r="H160" s="16">
         <v>0.73328499999999996</v>
       </c>
       <c r="I160" s="16">
         <v>0.31388294795341004</v>
       </c>
       <c r="J160" s="16">
         <v>77.654515104455626</v>
       </c>
       <c r="K160" s="16">
         <v>0.32052599999999998</v>
       </c>
     </row>
-    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="98" t="s">
-        <v>177</v>
+        <v>164</v>
       </c>
       <c r="B161" s="96"/>
       <c r="C161" s="96"/>
       <c r="D161" s="99"/>
       <c r="E161" s="99"/>
       <c r="F161" s="99"/>
       <c r="G161" s="17">
         <v>89.409383000000005</v>
       </c>
       <c r="H161" s="17">
         <v>227.75935900000002</v>
       </c>
       <c r="I161" s="17">
         <v>97.492487950659083</v>
       </c>
       <c r="J161" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K161" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="46"/>
     </row>
-    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="46"/>
     </row>
-    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="2" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="B166" s="22"/>
       <c r="C166" s="22"/>
       <c r="D166" s="22"/>
       <c r="E166" s="22"/>
       <c r="F166" s="22"/>
       <c r="G166" s="22"/>
       <c r="H166" s="22"/>
       <c r="I166" s="22"/>
       <c r="J166" s="22"/>
       <c r="K166" s="22"/>
     </row>
-    <row r="167" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="12"/>
       <c r="B167" s="12"/>
       <c r="C167" s="12"/>
       <c r="D167" s="12"/>
       <c r="E167" s="12"/>
       <c r="F167" s="12"/>
       <c r="G167" s="12">
         <v>2021</v>
       </c>
       <c r="H167" s="12">
         <v>2024</v>
       </c>
       <c r="I167" s="12">
         <v>2025</v>
       </c>
       <c r="J167" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K167" s="13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B168" s="22"/>
-      <c r="C168" s="127" t="s">
+      <c r="C168" s="134" t="s">
         <v>84</v>
       </c>
-      <c r="D168" s="127"/>
-[...1 lines deleted...]
-      <c r="F168" s="127"/>
+      <c r="D168" s="16"/>
+      <c r="E168" s="16"/>
+      <c r="F168" s="16"/>
       <c r="G168" s="16">
         <v>15.545871325981276</v>
       </c>
       <c r="H168" s="16">
         <v>14.746699520672207</v>
       </c>
       <c r="I168" s="16">
         <v>16.000539465975724</v>
       </c>
       <c r="J168" s="16">
         <v>15.205976428144755</v>
       </c>
       <c r="K168" s="16">
         <v>4.2204386601411237</v>
       </c>
     </row>
-    <row r="169" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B169" s="22"/>
-      <c r="C169" s="127"/>
-[...2 lines deleted...]
-      <c r="F169" s="127"/>
+      <c r="C169" s="134"/>
+      <c r="D169" s="16"/>
+      <c r="E169" s="16"/>
+      <c r="F169" s="16"/>
       <c r="G169" s="16">
         <v>35.487170796676644</v>
       </c>
       <c r="H169" s="16">
         <v>36.614371336423289</v>
       </c>
       <c r="I169" s="16">
         <v>36.963083656344587</v>
       </c>
       <c r="J169" s="16">
         <v>7.1893971461917516</v>
       </c>
       <c r="K169" s="16">
         <v>4.5315071643901694</v>
       </c>
     </row>
-    <row r="170" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B170" s="22"/>
-      <c r="C170" s="127"/>
-[...2 lines deleted...]
-      <c r="F170" s="127"/>
+      <c r="C170" s="134"/>
+      <c r="D170" s="16"/>
+      <c r="E170" s="16"/>
+      <c r="F170" s="16"/>
       <c r="G170" s="16">
         <v>18.223261030116504</v>
       </c>
       <c r="H170" s="16">
         <v>20.725359941697249</v>
       </c>
       <c r="I170" s="16">
         <v>18.942013417749596</v>
       </c>
       <c r="J170" s="16">
         <v>-2.9581040217732961</v>
       </c>
       <c r="K170" s="16">
         <v>4.4775593169123606</v>
       </c>
     </row>
-    <row r="171" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
         <v>87</v>
       </c>
       <c r="B171" s="22"/>
-      <c r="C171" s="127"/>
-[...2 lines deleted...]
-      <c r="F171" s="127"/>
+      <c r="C171" s="134"/>
+      <c r="D171" s="16"/>
+      <c r="E171" s="16"/>
+      <c r="F171" s="16"/>
       <c r="G171" s="16">
         <v>30.743696847225578</v>
       </c>
       <c r="H171" s="16">
         <v>27.913569201207249</v>
       </c>
       <c r="I171" s="16">
         <v>28.094363459930094</v>
       </c>
       <c r="J171" s="16">
         <v>6.8658735028103486</v>
       </c>
       <c r="K171" s="16">
         <v>1.1669797002674676</v>
       </c>
     </row>
-    <row r="172" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="100" t="s">
         <v>86</v>
       </c>
       <c r="B172" s="101"/>
-      <c r="C172" s="125" t="s">
+      <c r="C172" s="138" t="s">
         <v>85</v>
       </c>
-      <c r="D172" s="125"/>
-[...1 lines deleted...]
-      <c r="F172" s="125"/>
+      <c r="D172" s="102"/>
+      <c r="E172" s="102"/>
+      <c r="F172" s="102"/>
       <c r="G172" s="102">
         <v>98.733021371486885</v>
       </c>
       <c r="H172" s="102">
         <v>98.683754894019586</v>
       </c>
       <c r="I172" s="102">
         <v>98.768778313758062</v>
       </c>
       <c r="J172" s="102">
         <v>6.1781648665116133</v>
       </c>
       <c r="K172" s="102">
         <v>3.472039073481259</v>
       </c>
     </row>
-    <row r="173" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B173" s="103"/>
-      <c r="C173" s="126"/>
-[...2 lines deleted...]
-      <c r="F173" s="126"/>
+      <c r="C173" s="139"/>
+      <c r="D173" s="17"/>
+      <c r="E173" s="17"/>
+      <c r="F173" s="17"/>
       <c r="G173" s="17">
         <v>1.266978628513115</v>
       </c>
       <c r="H173" s="17">
         <v>1.3162451059804161</v>
       </c>
       <c r="I173" s="17">
         <v>1.2312216862419452</v>
       </c>
       <c r="J173" s="17">
         <v>-0.76595697502099236</v>
       </c>
       <c r="K173" s="17">
         <v>2.7248310636433404</v>
       </c>
     </row>
-    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="4" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="D174" s="60"/>
     </row>
-    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D175" s="60"/>
     </row>
-    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D176" s="60"/>
     </row>
-    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="20" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="D177" s="60"/>
     </row>
-    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="104" t="s">
         <v>88</v>
       </c>
       <c r="D178" s="60"/>
     </row>
-    <row r="179" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A179" s="123" t="s">
+    <row r="179" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="131" t="s">
         <v>89</v>
       </c>
-      <c r="B179" s="123"/>
-[...11 lines deleted...]
-      <c r="A180" s="123" t="s">
+      <c r="B179" s="131"/>
+      <c r="C179" s="131"/>
+      <c r="D179" s="131"/>
+      <c r="E179" s="131"/>
+      <c r="F179" s="131"/>
+      <c r="G179" s="131"/>
+      <c r="H179" s="131"/>
+      <c r="I179" s="131"/>
+      <c r="J179" s="131"/>
+      <c r="K179" s="131"/>
+    </row>
+    <row r="180" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="131" t="s">
         <v>90</v>
       </c>
-      <c r="B180" s="123"/>
-[...11 lines deleted...]
-      <c r="A181" s="123" t="s">
+      <c r="B180" s="131"/>
+      <c r="C180" s="131"/>
+      <c r="D180" s="131"/>
+      <c r="E180" s="131"/>
+      <c r="F180" s="131"/>
+      <c r="G180" s="131"/>
+      <c r="H180" s="131"/>
+      <c r="I180" s="131"/>
+      <c r="J180" s="131"/>
+      <c r="K180" s="131"/>
+    </row>
+    <row r="181" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="131" t="s">
         <v>91</v>
       </c>
-      <c r="B181" s="123"/>
-[...11 lines deleted...]
-      <c r="A182" s="123" t="s">
+      <c r="B181" s="131"/>
+      <c r="C181" s="131"/>
+      <c r="D181" s="131"/>
+      <c r="E181" s="131"/>
+      <c r="F181" s="131"/>
+      <c r="G181" s="131"/>
+      <c r="H181" s="131"/>
+      <c r="I181" s="131"/>
+      <c r="J181" s="131"/>
+      <c r="K181" s="131"/>
+    </row>
+    <row r="182" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="131" t="s">
         <v>92</v>
       </c>
-      <c r="B182" s="123"/>
-[...10 lines deleted...]
-    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B182" s="131"/>
+      <c r="C182" s="131"/>
+      <c r="D182" s="131"/>
+      <c r="E182" s="131"/>
+      <c r="F182" s="131"/>
+      <c r="G182" s="131"/>
+      <c r="H182" s="131"/>
+      <c r="I182" s="131"/>
+      <c r="J182" s="131"/>
+      <c r="K182" s="131"/>
+    </row>
+    <row r="183" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="46"/>
       <c r="B183" s="46"/>
       <c r="C183" s="46"/>
       <c r="D183" s="46"/>
       <c r="E183" s="46"/>
       <c r="F183" s="46"/>
       <c r="G183" s="46"/>
       <c r="H183" s="46"/>
       <c r="I183" s="46"/>
       <c r="J183" s="46"/>
       <c r="K183" s="46"/>
     </row>
-    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="46"/>
       <c r="B184" s="46"/>
       <c r="C184" s="46"/>
       <c r="D184" s="46"/>
       <c r="E184" s="46"/>
       <c r="F184" s="46"/>
       <c r="G184" s="46"/>
       <c r="H184" s="46"/>
       <c r="I184" s="46"/>
       <c r="J184" s="46"/>
       <c r="K184" s="46"/>
     </row>
-    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="46"/>
       <c r="B185" s="46"/>
       <c r="C185" s="46"/>
       <c r="D185" s="46"/>
       <c r="E185" s="46"/>
       <c r="F185" s="46"/>
       <c r="G185" s="46"/>
       <c r="H185" s="46"/>
       <c r="I185" s="46"/>
       <c r="J185" s="46"/>
       <c r="K185" s="46"/>
     </row>
-    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="2" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="B186" s="22"/>
       <c r="C186" s="22"/>
       <c r="D186" s="22"/>
       <c r="E186" s="22"/>
       <c r="F186" s="22"/>
       <c r="G186" s="22"/>
       <c r="H186" s="22"/>
       <c r="I186" s="22"/>
       <c r="J186" s="22"/>
       <c r="K186" s="22"/>
     </row>
-    <row r="187" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="12"/>
       <c r="B187" s="12"/>
       <c r="C187" s="12"/>
       <c r="D187" s="12"/>
       <c r="E187" s="12"/>
       <c r="F187" s="12"/>
       <c r="G187" s="12">
         <v>2021</v>
       </c>
       <c r="H187" s="12">
         <v>2024</v>
       </c>
       <c r="I187" s="12">
         <v>2025</v>
       </c>
       <c r="J187" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K187" s="13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B188" s="22"/>
-      <c r="C188" s="127" t="s">
+      <c r="C188" s="134" t="s">
         <v>84</v>
       </c>
-      <c r="D188" s="127"/>
-[...1 lines deleted...]
-      <c r="F188" s="127"/>
+      <c r="D188" s="16"/>
+      <c r="E188" s="16"/>
+      <c r="F188" s="16"/>
       <c r="G188" s="16">
         <v>6.3532551043772827</v>
       </c>
       <c r="H188" s="16">
         <v>7.4201892001114951</v>
       </c>
       <c r="I188" s="16">
         <v>3.0491235032106645</v>
       </c>
       <c r="J188" s="16">
         <v>-9.7239793851176088</v>
       </c>
       <c r="K188" s="16">
         <v>6.2828174088139344</v>
       </c>
     </row>
-    <row r="189" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B189" s="22"/>
-      <c r="C189" s="127"/>
-[...2 lines deleted...]
-      <c r="F189" s="127"/>
+      <c r="C189" s="134"/>
+      <c r="D189" s="16"/>
+      <c r="E189" s="16"/>
+      <c r="F189" s="16"/>
       <c r="G189" s="16">
         <v>14.739917435724159</v>
       </c>
       <c r="H189" s="16">
         <v>6.8008045139408084</v>
       </c>
       <c r="I189" s="16">
         <v>3.990223462767057</v>
       </c>
       <c r="J189" s="16">
         <v>28.89892548840562</v>
       </c>
       <c r="K189" s="16">
         <v>-7.8927279780628634</v>
       </c>
     </row>
-    <row r="190" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B190" s="22"/>
-      <c r="C190" s="127"/>
-[...2 lines deleted...]
-      <c r="F190" s="127"/>
+      <c r="C190" s="134"/>
+      <c r="D190" s="16"/>
+      <c r="E190" s="16"/>
+      <c r="F190" s="16"/>
       <c r="G190" s="16">
         <v>8.6944870209506107</v>
       </c>
       <c r="H190" s="16">
         <v>13.828729684118482</v>
       </c>
       <c r="I190" s="16">
         <v>24.373922095176578</v>
       </c>
       <c r="J190" s="16">
         <v>287.21796821035286</v>
       </c>
       <c r="K190" s="16">
         <v>65.229938738791475</v>
       </c>
     </row>
-    <row r="191" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B191" s="22"/>
-      <c r="C191" s="127"/>
-[...2 lines deleted...]
-      <c r="F191" s="127"/>
+      <c r="C191" s="134"/>
+      <c r="D191" s="16"/>
+      <c r="E191" s="16"/>
+      <c r="F191" s="16"/>
       <c r="G191" s="16">
         <v>70.212340438947933</v>
       </c>
       <c r="H191" s="16">
         <v>71.950276601829216</v>
       </c>
       <c r="I191" s="16">
         <v>68.586730938845704</v>
       </c>
       <c r="J191" s="16">
         <v>109.42089251792633</v>
       </c>
       <c r="K191" s="16">
         <v>26.947759797866876</v>
       </c>
     </row>
-    <row r="192" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="100" t="s">
         <v>86</v>
       </c>
       <c r="B192" s="101"/>
-      <c r="C192" s="125" t="s">
+      <c r="C192" s="138" t="s">
         <v>77</v>
       </c>
-      <c r="D192" s="125"/>
-[...1 lines deleted...]
-      <c r="F192" s="125"/>
+      <c r="D192" s="102"/>
+      <c r="E192" s="102"/>
+      <c r="F192" s="102"/>
       <c r="G192" s="102">
         <v>15.584319933817369</v>
       </c>
       <c r="H192" s="102">
         <v>15.905208137001962</v>
       </c>
       <c r="I192" s="102">
         <v>14.297692327139892</v>
       </c>
       <c r="J192" s="102">
         <v>119.69105301580562</v>
       </c>
       <c r="K192" s="102">
         <v>27.693378617796704</v>
       </c>
     </row>
-    <row r="193" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B193" s="103"/>
-      <c r="C193" s="126"/>
-[...2 lines deleted...]
-      <c r="F193" s="126"/>
+      <c r="C193" s="139"/>
+      <c r="D193" s="17"/>
+      <c r="E193" s="17"/>
+      <c r="F193" s="17"/>
       <c r="G193" s="17">
         <v>84.415680066182645</v>
       </c>
       <c r="H193" s="17">
         <v>84.094791862998036</v>
       </c>
       <c r="I193" s="17">
         <v>85.702307672860115</v>
       </c>
       <c r="J193" s="17">
         <v>149.062989213668</v>
       </c>
       <c r="K193" s="17">
         <v>30.968303896322702</v>
       </c>
     </row>
-    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="4" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="D194" s="60"/>
     </row>
-    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D195" s="60"/>
     </row>
-    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D196" s="60"/>
     </row>
-    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="20" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="D197" s="60"/>
     </row>
-    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="104" t="s">
         <v>88</v>
       </c>
       <c r="D198" s="60"/>
     </row>
-    <row r="199" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A199" s="123" t="s">
+    <row r="199" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="131" t="s">
         <v>89</v>
       </c>
-      <c r="B199" s="123"/>
-[...11 lines deleted...]
-      <c r="A200" s="123" t="s">
+      <c r="B199" s="131"/>
+      <c r="C199" s="131"/>
+      <c r="D199" s="131"/>
+      <c r="E199" s="131"/>
+      <c r="F199" s="131"/>
+      <c r="G199" s="131"/>
+      <c r="H199" s="131"/>
+      <c r="I199" s="131"/>
+      <c r="J199" s="131"/>
+      <c r="K199" s="131"/>
+    </row>
+    <row r="200" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="131" t="s">
         <v>90</v>
       </c>
-      <c r="B200" s="123"/>
-[...11 lines deleted...]
-      <c r="A201" s="123" t="s">
+      <c r="B200" s="131"/>
+      <c r="C200" s="131"/>
+      <c r="D200" s="131"/>
+      <c r="E200" s="131"/>
+      <c r="F200" s="131"/>
+      <c r="G200" s="131"/>
+      <c r="H200" s="131"/>
+      <c r="I200" s="131"/>
+      <c r="J200" s="131"/>
+      <c r="K200" s="131"/>
+    </row>
+    <row r="201" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A201" s="131" t="s">
         <v>91</v>
       </c>
-      <c r="B201" s="123"/>
-[...11 lines deleted...]
-      <c r="A202" s="123" t="s">
+      <c r="B201" s="131"/>
+      <c r="C201" s="131"/>
+      <c r="D201" s="131"/>
+      <c r="E201" s="131"/>
+      <c r="F201" s="131"/>
+      <c r="G201" s="131"/>
+      <c r="H201" s="131"/>
+      <c r="I201" s="131"/>
+      <c r="J201" s="131"/>
+      <c r="K201" s="131"/>
+    </row>
+    <row r="202" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A202" s="131" t="s">
         <v>92</v>
       </c>
-      <c r="B202" s="123"/>
-[...10 lines deleted...]
-    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B202" s="131"/>
+      <c r="C202" s="131"/>
+      <c r="D202" s="131"/>
+      <c r="E202" s="131"/>
+      <c r="F202" s="131"/>
+      <c r="G202" s="131"/>
+      <c r="H202" s="131"/>
+      <c r="I202" s="131"/>
+      <c r="J202" s="131"/>
+      <c r="K202" s="131"/>
+    </row>
+    <row r="203" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="46"/>
       <c r="B203" s="46"/>
       <c r="C203" s="46"/>
       <c r="D203" s="46"/>
       <c r="E203" s="46"/>
       <c r="F203" s="83"/>
       <c r="G203" s="83"/>
       <c r="H203" s="46"/>
       <c r="I203" s="46"/>
       <c r="J203" s="46"/>
       <c r="K203" s="46"/>
     </row>
-    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="46"/>
       <c r="B204" s="46"/>
       <c r="C204" s="46"/>
       <c r="D204" s="46"/>
       <c r="E204" s="46"/>
       <c r="F204" s="83"/>
       <c r="G204" s="83"/>
       <c r="H204" s="46"/>
       <c r="I204" s="46"/>
       <c r="J204" s="46"/>
       <c r="K204" s="46"/>
     </row>
-    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="46"/>
       <c r="B205" s="46"/>
       <c r="C205" s="46"/>
       <c r="D205" s="46"/>
       <c r="E205" s="46"/>
       <c r="F205" s="83"/>
       <c r="G205" s="83"/>
       <c r="H205" s="46"/>
       <c r="I205" s="46"/>
       <c r="J205" s="46"/>
       <c r="K205" s="46"/>
     </row>
-    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="2" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="B206" s="22"/>
       <c r="C206" s="22"/>
       <c r="D206" s="22"/>
       <c r="E206" s="22"/>
       <c r="F206" s="22"/>
       <c r="G206" s="22"/>
       <c r="H206" s="22"/>
       <c r="I206" s="22"/>
       <c r="J206" s="22"/>
       <c r="K206" s="22"/>
     </row>
-    <row r="207" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="12"/>
       <c r="B207" s="12"/>
       <c r="C207" s="12"/>
       <c r="D207" s="24"/>
       <c r="E207" s="12">
         <v>2021</v>
       </c>
       <c r="F207" s="12">
         <v>2022</v>
       </c>
       <c r="G207" s="12">
         <v>2023</v>
       </c>
       <c r="H207" s="12">
         <v>2024</v>
       </c>
       <c r="I207" s="12">
         <v>2025</v>
       </c>
       <c r="J207" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K207" s="13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="47" t="s">
         <v>81</v>
       </c>
       <c r="B208" s="105"/>
       <c r="C208" s="105"/>
-      <c r="D208" s="131" t="s">
+      <c r="D208" s="120" t="s">
         <v>58</v>
       </c>
       <c r="E208" s="106">
         <v>12.576038698236175</v>
       </c>
       <c r="F208" s="106">
         <v>14.972279352736425</v>
       </c>
       <c r="G208" s="106">
         <v>14.060769798778272</v>
       </c>
       <c r="H208" s="106">
         <v>15.69752307165286</v>
       </c>
       <c r="I208" s="106">
         <v>18.509591518961901</v>
       </c>
       <c r="J208" s="107">
         <v>25.091241687377895</v>
       </c>
       <c r="K208" s="107">
         <v>13.958555675921257</v>
       </c>
     </row>
-    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B209" s="22"/>
       <c r="C209" s="22"/>
-      <c r="D209" s="132"/>
+      <c r="D209" s="135"/>
       <c r="E209" s="60">
         <v>2.7814585280814565E-2</v>
       </c>
       <c r="F209" s="60">
         <v>4.5017357709003772E-3</v>
       </c>
       <c r="G209" s="60">
         <v>1.3924694189832986E-2</v>
       </c>
       <c r="H209" s="60">
         <v>2.5222919517676953E-3</v>
       </c>
       <c r="I209" s="60">
         <v>1.2491850025271109E-2</v>
       </c>
       <c r="J209" s="16">
         <v>425.40307027694217</v>
       </c>
       <c r="K209" s="16">
         <v>-15.302179079800716</v>
       </c>
     </row>
-    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B210" s="22"/>
       <c r="C210" s="22"/>
-      <c r="D210" s="132"/>
+      <c r="D210" s="135"/>
       <c r="E210" s="60">
         <v>86.67387941145337</v>
       </c>
       <c r="F210" s="60">
         <v>84.049494778386375</v>
       </c>
       <c r="G210" s="60">
         <v>85.03540641991934</v>
       </c>
       <c r="H210" s="60">
         <v>83.416142602529959</v>
       </c>
       <c r="I210" s="60">
         <v>80.880480074261172</v>
       </c>
       <c r="J210" s="16">
         <v>2.8619649584715172</v>
       </c>
       <c r="K210" s="16">
         <v>1.6886695283953257</v>
       </c>
     </row>
-    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B211" s="22"/>
       <c r="C211" s="22"/>
-      <c r="D211" s="132"/>
+      <c r="D211" s="135"/>
       <c r="E211" s="60">
         <v>0.48654565391165161</v>
       </c>
       <c r="F211" s="60">
         <v>0.53388482214264532</v>
       </c>
       <c r="G211" s="60">
         <v>0.52144668267495187</v>
       </c>
       <c r="H211" s="60">
         <v>0.39571089069364129</v>
       </c>
       <c r="I211" s="60">
         <v>0.59094229138349097</v>
       </c>
       <c r="J211" s="16">
         <v>58.426660490749406</v>
       </c>
       <c r="K211" s="16">
         <v>8.6148139185128869</v>
       </c>
     </row>
-    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B212" s="73"/>
       <c r="C212" s="73"/>
-      <c r="D212" s="133"/>
+      <c r="D212" s="136"/>
       <c r="E212" s="108">
         <v>0.23572165111798446</v>
       </c>
       <c r="F212" s="108">
         <v>0.43983931096365814</v>
       </c>
       <c r="G212" s="108">
         <v>0.36845240443760602</v>
       </c>
       <c r="H212" s="108">
         <v>0.48810114317176767</v>
       </c>
       <c r="I212" s="108">
         <v>6.4942653681623226E-3</v>
       </c>
       <c r="J212" s="17">
         <v>-98.588498302195632</v>
       </c>
       <c r="K212" s="17">
         <v>-57.848179806559941</v>
       </c>
     </row>
-    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F213" s="60"/>
       <c r="G213" s="60"/>
       <c r="H213" s="60"/>
       <c r="I213" s="60"/>
       <c r="J213" s="60"/>
       <c r="K213" s="60"/>
     </row>
-    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B214" s="84"/>
       <c r="C214" s="84"/>
       <c r="D214" s="84"/>
       <c r="E214" s="84"/>
       <c r="F214" s="84"/>
       <c r="G214" s="84"/>
       <c r="H214" s="84"/>
       <c r="I214" s="84"/>
       <c r="J214" s="84"/>
       <c r="K214" s="84"/>
     </row>
-    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B215" s="84"/>
       <c r="C215" s="84"/>
       <c r="D215" s="84"/>
       <c r="E215" s="84"/>
       <c r="F215" s="84"/>
       <c r="G215" s="84"/>
       <c r="H215" s="84"/>
       <c r="I215" s="84"/>
       <c r="J215" s="84"/>
       <c r="K215" s="84"/>
     </row>
-    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="104" t="s">
         <v>96</v>
       </c>
       <c r="B217" s="85"/>
       <c r="C217" s="85"/>
       <c r="D217" s="85"/>
       <c r="E217" s="85"/>
       <c r="F217" s="85"/>
       <c r="G217" s="85"/>
       <c r="H217" s="85"/>
       <c r="I217" s="85"/>
       <c r="J217" s="85"/>
       <c r="K217" s="85"/>
     </row>
-    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="104" t="s">
         <v>95</v>
       </c>
       <c r="B218" s="84"/>
       <c r="C218" s="84"/>
       <c r="D218" s="84"/>
       <c r="E218" s="84"/>
       <c r="F218" s="84"/>
       <c r="G218" s="84"/>
       <c r="H218" s="84"/>
       <c r="I218" s="84"/>
       <c r="J218" s="84"/>
       <c r="K218" s="84"/>
     </row>
-    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="46"/>
     </row>
-    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="46"/>
     </row>
-    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="2" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
       <c r="B221" s="22"/>
       <c r="C221" s="22"/>
       <c r="D221" s="22"/>
       <c r="E221" s="22"/>
       <c r="F221" s="22"/>
       <c r="G221" s="22"/>
       <c r="H221" s="22"/>
       <c r="I221" s="22"/>
       <c r="J221" s="22"/>
       <c r="K221" s="22"/>
     </row>
-    <row r="222" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="12"/>
       <c r="B222" s="12"/>
       <c r="C222" s="12"/>
       <c r="D222" s="24"/>
       <c r="E222" s="12">
         <v>2021</v>
       </c>
       <c r="F222" s="12">
         <v>2022</v>
       </c>
       <c r="G222" s="12">
         <v>2023</v>
       </c>
       <c r="H222" s="12">
         <v>2024</v>
       </c>
       <c r="I222" s="12">
         <v>2025</v>
       </c>
       <c r="J222" s="13" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="K222" s="13" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="47" t="s">
         <v>81</v>
       </c>
       <c r="B223" s="105"/>
       <c r="C223" s="105"/>
-      <c r="D223" s="131" t="s">
+      <c r="D223" s="120" t="s">
         <v>58</v>
       </c>
       <c r="E223" s="106">
         <v>3.5522679687964596</v>
       </c>
       <c r="F223" s="106">
         <v>0.68188646449954704</v>
       </c>
       <c r="G223" s="106">
         <v>1.7902586718809361</v>
       </c>
       <c r="H223" s="106">
         <v>3.2231452926243347</v>
       </c>
       <c r="I223" s="106">
         <v>1.3528229423995417</v>
       </c>
       <c r="J223" s="107">
         <v>2.5985063555367223</v>
       </c>
       <c r="K223" s="107">
         <v>2.5017335634516691</v>
       </c>
     </row>
-    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B224" s="22"/>
       <c r="C224" s="22"/>
-      <c r="D224" s="132"/>
+      <c r="D224" s="135"/>
       <c r="E224" s="60">
         <v>0</v>
       </c>
       <c r="F224" s="60">
         <v>0</v>
       </c>
       <c r="G224" s="60">
         <v>0</v>
       </c>
       <c r="H224" s="60">
         <v>2.4997180885115124E-2</v>
       </c>
       <c r="I224" s="60">
         <v>0</v>
       </c>
       <c r="J224" s="16">
         <v>-100</v>
       </c>
       <c r="K224" s="16" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B225" s="22"/>
       <c r="C225" s="22"/>
-      <c r="D225" s="132"/>
+      <c r="D225" s="135"/>
       <c r="E225" s="60">
         <v>96.350124656360137</v>
       </c>
       <c r="F225" s="60">
         <v>99.310594267781553</v>
       </c>
       <c r="G225" s="60">
         <v>98.158627231700265</v>
       </c>
       <c r="H225" s="60">
         <v>96.556714193084346</v>
       </c>
       <c r="I225" s="60">
         <v>98.624058910832062</v>
       </c>
       <c r="J225" s="16">
         <v>149.6780450871685</v>
       </c>
       <c r="K225" s="16">
         <v>31.244178331479588</v>
       </c>
     </row>
-    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B226" s="22"/>
       <c r="C226" s="22"/>
-      <c r="D226" s="132"/>
+      <c r="D226" s="135"/>
       <c r="E226" s="60">
         <v>8.7623054085724378E-2</v>
       </c>
       <c r="F226" s="60">
         <v>5.6904905310526017E-4</v>
       </c>
       <c r="G226" s="60">
         <v>3.3979632567059034E-2</v>
       </c>
       <c r="H226" s="60">
         <v>0.11831859439627661</v>
       </c>
       <c r="I226" s="60">
         <v>2.3114722365088808E-3</v>
       </c>
       <c r="J226" s="16">
         <v>-95.224535276534766</v>
       </c>
       <c r="K226" s="16">
         <v>-47.414625134132436</v>
       </c>
     </row>
-    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B227" s="73"/>
       <c r="C227" s="73"/>
-      <c r="D227" s="133"/>
+      <c r="D227" s="136"/>
       <c r="E227" s="108">
         <v>9.984320757675821E-3</v>
       </c>
       <c r="F227" s="108">
         <v>6.9502186657922384E-3</v>
       </c>
       <c r="G227" s="108">
         <v>1.7134463851740615E-2</v>
       </c>
       <c r="H227" s="108">
         <v>7.6824739009917223E-2</v>
       </c>
       <c r="I227" s="108">
         <v>2.080667453189327E-2</v>
       </c>
       <c r="J227" s="17">
         <v>-33.796409795429163</v>
       </c>
       <c r="K227" s="17">
         <v>56.771977935670861</v>
       </c>
     </row>
-    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
       <c r="F228" s="60"/>
       <c r="G228" s="60"/>
       <c r="H228" s="60"/>
       <c r="I228" s="60"/>
       <c r="J228" s="60"/>
       <c r="K228" s="60"/>
     </row>
-    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B229" s="84"/>
       <c r="C229" s="84"/>
       <c r="D229" s="84"/>
       <c r="E229" s="84"/>
       <c r="F229" s="84"/>
       <c r="G229" s="84"/>
       <c r="H229" s="84"/>
       <c r="I229" s="84"/>
       <c r="J229" s="84"/>
       <c r="K229" s="84"/>
     </row>
-    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B230" s="84"/>
       <c r="C230" s="84"/>
       <c r="D230" s="84"/>
       <c r="E230" s="84"/>
       <c r="F230" s="84"/>
       <c r="G230" s="84"/>
       <c r="H230" s="84"/>
       <c r="I230" s="84"/>
       <c r="J230" s="84"/>
       <c r="K230" s="84"/>
     </row>
-    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="20" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="104" t="s">
         <v>96</v>
       </c>
       <c r="B232" s="85"/>
       <c r="C232" s="85"/>
       <c r="D232" s="85"/>
       <c r="E232" s="85"/>
       <c r="F232" s="85"/>
       <c r="G232" s="85"/>
       <c r="H232" s="85"/>
       <c r="I232" s="85"/>
       <c r="J232" s="85"/>
       <c r="K232" s="85"/>
     </row>
-    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="104" t="s">
         <v>95</v>
       </c>
       <c r="B233" s="84"/>
       <c r="C233" s="84"/>
       <c r="D233" s="84"/>
       <c r="E233" s="84"/>
       <c r="F233" s="84"/>
       <c r="G233" s="84"/>
       <c r="H233" s="84"/>
       <c r="I233" s="84"/>
       <c r="J233" s="84"/>
       <c r="K233" s="84"/>
     </row>
-    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="46"/>
     </row>
-    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="46"/>
     </row>
-    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A236" s="2" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="B236" s="8"/>
       <c r="C236" s="8"/>
       <c r="D236" s="8"/>
       <c r="E236" s="8"/>
       <c r="F236" s="8"/>
       <c r="G236" s="8"/>
       <c r="H236" s="8"/>
       <c r="I236" s="8"/>
       <c r="J236" s="8"/>
       <c r="K236" s="9"/>
     </row>
-    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="11"/>
-      <c r="B237" s="12">
-[...2 lines deleted...]
-      <c r="C237" s="12">
+      <c r="B237" s="12"/>
+      <c r="C237" s="12"/>
+      <c r="D237" s="12"/>
+      <c r="E237" s="12">
         <v>2021</v>
       </c>
-      <c r="D237" s="12">
+      <c r="F237" s="12">
         <v>2022</v>
       </c>
-      <c r="E237" s="12">
+      <c r="G237" s="12">
         <v>2023</v>
       </c>
-      <c r="F237" s="12">
+      <c r="H237" s="12">
         <v>2024</v>
       </c>
-      <c r="G237" s="13" t="s">
-[...6 lines deleted...]
-        <v>134</v>
+      <c r="I237" s="12">
+        <v>2025</v>
       </c>
       <c r="J237" s="13" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="K237" s="13" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="15" t="s">
         <v>27</v>
       </c>
-      <c r="B238" s="16">
-[...2 lines deleted...]
-      <c r="C238" s="16">
+      <c r="B238" s="16"/>
+      <c r="C238" s="16"/>
+      <c r="D238" s="16"/>
+      <c r="E238" s="16">
         <v>585.02</v>
       </c>
-      <c r="D238" s="16">
+      <c r="F238" s="16">
         <v>1042.32</v>
       </c>
-      <c r="E238" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="G238" s="16">
-        <v>15.107408960423196</v>
+        <v>1237.3399999999999</v>
       </c>
       <c r="H238" s="16">
-        <v>24.811070808570523</v>
+        <v>1532.8</v>
       </c>
       <c r="I238" s="16">
-        <v>1225.4299999999998</v>
+        <v>1404.17</v>
       </c>
       <c r="J238" s="16">
-        <v>1154.21</v>
+        <v>-8.3918319415448774</v>
       </c>
       <c r="K238" s="16">
-        <v>-5.8118374774568773</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>24.469299145511169</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="B239" s="16">
-[...2 lines deleted...]
-      <c r="C239" s="16">
+      <c r="B239" s="16"/>
+      <c r="C239" s="16"/>
+      <c r="D239" s="16"/>
+      <c r="E239" s="16">
         <v>83.23</v>
       </c>
-      <c r="D239" s="16">
+      <c r="F239" s="16">
         <v>171.4</v>
       </c>
-      <c r="E239" s="16">
+      <c r="G239" s="16">
         <v>158.36000000000001</v>
       </c>
-      <c r="F239" s="16">
-[...4 lines deleted...]
-      </c>
       <c r="H239" s="16">
-        <v>10.987732465913759</v>
+        <v>140.19999999999999</v>
       </c>
       <c r="I239" s="16">
-        <v>166.03</v>
+        <v>138.1</v>
       </c>
       <c r="J239" s="16">
-        <v>158.63</v>
+        <v>-1.4978601997146894</v>
       </c>
       <c r="K239" s="16">
-        <v>-4.4570258387038519</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13.495448653969056</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B240" s="16">
-[...2 lines deleted...]
-      <c r="C240" s="16">
+      <c r="B240" s="16"/>
+      <c r="C240" s="16"/>
+      <c r="D240" s="16"/>
+      <c r="E240" s="16">
         <v>501.78999999999996</v>
       </c>
-      <c r="D240" s="16">
+      <c r="F240" s="16">
         <v>870.92</v>
       </c>
-      <c r="E240" s="16">
-[...5 lines deleted...]
-      <c r="G240" s="16" t="s">
+      <c r="G240" s="16">
+        <v>1078.98</v>
+      </c>
+      <c r="H240" s="16">
+        <v>1392.6</v>
+      </c>
+      <c r="I240" s="16">
+        <v>1266.0700000000002</v>
+      </c>
+      <c r="J240" s="16" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>995.58</v>
       </c>
       <c r="K240" s="16" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="241" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B241" s="17">
-[...2 lines deleted...]
-      <c r="C241" s="17">
+      <c r="B241" s="17"/>
+      <c r="C241" s="17"/>
+      <c r="D241" s="17"/>
+      <c r="E241" s="17">
         <v>702.89559053226003</v>
       </c>
-      <c r="D241" s="17">
+      <c r="F241" s="17">
         <v>608.12135355892644</v>
       </c>
-      <c r="E241" s="17">
-[...5 lines deleted...]
-      <c r="G241" s="18" t="s">
+      <c r="G241" s="17">
+        <v>781.3462995705986</v>
+      </c>
+      <c r="H241" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="I241" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="J241" s="18" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>727.61142280779177</v>
       </c>
       <c r="K241" s="18" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B242" s="46"/>
       <c r="C242" s="46"/>
       <c r="D242" s="46"/>
       <c r="E242" s="46"/>
       <c r="F242" s="46"/>
       <c r="G242" s="46"/>
       <c r="H242" s="46"/>
       <c r="I242" s="46"/>
       <c r="J242" s="46"/>
       <c r="K242" s="46"/>
     </row>
-    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B243" s="46"/>
       <c r="C243" s="46"/>
       <c r="D243" s="46"/>
       <c r="E243" s="46"/>
       <c r="F243" s="46"/>
       <c r="G243" s="46"/>
       <c r="H243" s="46"/>
       <c r="I243" s="46"/>
       <c r="J243" s="46"/>
       <c r="K243" s="46"/>
     </row>
-    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B244" s="46"/>
       <c r="C244" s="46"/>
       <c r="D244" s="46"/>
       <c r="E244" s="46"/>
       <c r="F244" s="46"/>
       <c r="G244" s="46"/>
       <c r="H244" s="46"/>
       <c r="I244" s="46"/>
       <c r="J244" s="46"/>
       <c r="K244" s="46"/>
     </row>
-    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B245" s="46"/>
       <c r="C245" s="46"/>
       <c r="D245" s="46"/>
       <c r="E245" s="46"/>
       <c r="F245" s="46"/>
       <c r="G245" s="46"/>
       <c r="H245" s="46"/>
       <c r="I245" s="46"/>
       <c r="J245" s="46"/>
       <c r="K245" s="46"/>
     </row>
-    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A246" s="20" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="B246" s="46"/>
       <c r="C246" s="46"/>
       <c r="D246" s="46"/>
       <c r="E246" s="46"/>
       <c r="F246" s="46"/>
       <c r="G246" s="46"/>
       <c r="H246" s="46"/>
       <c r="I246" s="46"/>
       <c r="J246" s="46"/>
       <c r="K246" s="46"/>
     </row>
-    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A247" s="127" t="s">
+        <v>143</v>
+      </c>
+      <c r="B247" s="127"/>
+      <c r="C247" s="127"/>
+      <c r="D247" s="127"/>
+      <c r="E247" s="127"/>
+      <c r="F247" s="127"/>
+      <c r="G247" s="127"/>
+      <c r="H247" s="127"/>
+      <c r="I247" s="127"/>
+      <c r="J247" s="127"/>
+      <c r="K247" s="127"/>
+    </row>
+    <row r="248" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A248" s="46"/>
       <c r="B248" s="46"/>
       <c r="C248" s="46"/>
       <c r="D248" s="46"/>
       <c r="E248" s="46"/>
       <c r="F248" s="46"/>
       <c r="G248" s="46"/>
       <c r="H248" s="46"/>
       <c r="I248" s="46"/>
       <c r="J248" s="46"/>
       <c r="K248" s="46"/>
     </row>
-    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="2" t="s">
-        <v>197</v>
+        <v>182</v>
       </c>
       <c r="B249" s="22"/>
       <c r="C249" s="22"/>
       <c r="D249" s="22"/>
     </row>
-    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="23"/>
       <c r="B250" s="23"/>
       <c r="C250" s="23"/>
       <c r="D250" s="24"/>
-      <c r="E250" s="12">
-[...2 lines deleted...]
-      <c r="F250" s="12">
+      <c r="E250" s="12"/>
+      <c r="F250" s="12"/>
+      <c r="G250" s="12">
         <v>2021</v>
       </c>
-      <c r="G250" s="12">
+      <c r="H250" s="12">
         <v>2022</v>
       </c>
-      <c r="H250" s="12">
+      <c r="I250" s="12">
         <v>2023</v>
       </c>
-      <c r="I250" s="12">
+      <c r="J250" s="12">
         <v>2024</v>
       </c>
-      <c r="J250" s="13" t="s">
-[...11 lines deleted...]
-      <c r="C251" s="128"/>
+      <c r="K250" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A251" s="121" t="s">
+        <v>131</v>
+      </c>
+      <c r="B251" s="121"/>
+      <c r="C251" s="121"/>
       <c r="D251" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="E251" s="27">
+      <c r="E251" s="27"/>
+      <c r="F251" s="27"/>
+      <c r="G251" s="27">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="H251" s="27">
         <v>11</v>
       </c>
       <c r="I251" s="27">
         <v>11</v>
       </c>
       <c r="J251" s="27">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K251" s="27">
         <v>12</v>
       </c>
     </row>
-    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C252" s="128"/>
+    <row r="252" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A252" s="121"/>
+      <c r="B252" s="121"/>
+      <c r="C252" s="121"/>
       <c r="D252" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E252" s="28">
-[...2 lines deleted...]
-      <c r="F252" s="28">
+      <c r="E252" s="28"/>
+      <c r="F252" s="28"/>
+      <c r="G252" s="28">
         <v>2.0884799812650114</v>
       </c>
-      <c r="G252" s="28">
+      <c r="H252" s="28">
         <v>2.3183206988058083</v>
       </c>
-      <c r="H252" s="28">
-[...1 lines deleted...]
-      </c>
       <c r="I252" s="28">
-        <v>2.4667794295130827</v>
+        <v>2.3186288582288515</v>
       </c>
       <c r="J252" s="28">
-        <v>2.3060784021115888</v>
+        <v>2.6436725109283468</v>
       </c>
       <c r="K252" s="28">
-        <v>2.0709202399390247</v>
-[...7 lines deleted...]
-      <c r="C253" s="129"/>
+        <v>2.3208347382269912</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A253" s="124" t="s">
+        <v>132</v>
+      </c>
+      <c r="B253" s="124"/>
+      <c r="C253" s="124"/>
       <c r="D253" s="29" t="s">
         <v>23</v>
       </c>
-      <c r="E253" s="30">
-[...2 lines deleted...]
-      <c r="F253" s="30">
+      <c r="E253" s="30"/>
+      <c r="F253" s="30"/>
+      <c r="G253" s="30">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="H253" s="30">
         <v>22</v>
       </c>
       <c r="I253" s="30">
         <v>22</v>
       </c>
       <c r="J253" s="30">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="K253" s="30">
-        <v>13</v>
-[...5 lines deleted...]
-      <c r="C254" s="130"/>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A254" s="125"/>
+      <c r="B254" s="125"/>
+      <c r="C254" s="125"/>
       <c r="D254" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="E254" s="32">
-[...2 lines deleted...]
-      <c r="F254" s="32">
+      <c r="E254" s="32"/>
+      <c r="F254" s="32"/>
+      <c r="G254" s="32">
         <v>0.47867390706721225</v>
       </c>
-      <c r="G254" s="32">
+      <c r="H254" s="32">
         <v>0.7349302845303608</v>
       </c>
-      <c r="H254" s="32">
+      <c r="I254" s="32">
         <v>0.65808502079475528</v>
       </c>
-      <c r="I254" s="32">
-[...1 lines deleted...]
-      </c>
       <c r="J254" s="32">
-        <v>0.70684812067719149</v>
+        <v>0.53716042897739136</v>
       </c>
       <c r="K254" s="32">
-        <v>0.64991865262026238</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.50470811169362284</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B255" s="33"/>
       <c r="C255" s="34"/>
     </row>
-    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="4" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="46"/>
     </row>
-    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="46"/>
     </row>
-    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="46"/>
     </row>
-    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="2" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="B260" s="37"/>
       <c r="C260" s="37"/>
       <c r="D260" s="37"/>
       <c r="E260" s="37"/>
       <c r="F260" s="37"/>
       <c r="G260" s="37"/>
       <c r="H260" s="37"/>
       <c r="I260" s="37"/>
       <c r="J260" s="37"/>
       <c r="K260" s="37"/>
     </row>
-    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="23"/>
       <c r="B261" s="23"/>
       <c r="C261" s="23"/>
       <c r="D261" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E261" s="13" t="s">
-        <v>200</v>
+        <v>148</v>
       </c>
       <c r="F261" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G261" s="13" t="s">
-        <v>201</v>
+        <v>149</v>
       </c>
       <c r="H261" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I261" s="13" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="J261" s="13" t="s">
-        <v>195</v>
+        <v>127</v>
       </c>
       <c r="K261" s="13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B262" s="5"/>
       <c r="C262" s="79"/>
       <c r="D262" s="16">
-        <v>188.23</v>
+        <v>161.21</v>
       </c>
       <c r="E262" s="16">
-        <v>31.998844009247922</v>
+        <v>27.5563228607569</v>
       </c>
       <c r="F262" s="16">
-        <v>408.28999999999996</v>
+        <v>428.19000000000005</v>
       </c>
       <c r="G262" s="16">
-        <v>32.92342676515176</v>
+        <v>27.935151356993742</v>
       </c>
       <c r="H262" s="16">
-        <v>427.61</v>
+        <v>410.03999999999996</v>
       </c>
       <c r="I262" s="16">
-        <v>29.955795918653283</v>
+        <v>29.201592399780651</v>
       </c>
       <c r="J262" s="16">
-        <v>4.731930735506638</v>
+        <v>-4.2387725075317242</v>
       </c>
       <c r="K262" s="16">
-        <v>19.32000000000005</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-18.150000000000091</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B263" s="5"/>
       <c r="C263" s="79"/>
       <c r="D263" s="16">
-        <v>146.71</v>
+        <v>174.98</v>
       </c>
       <c r="E263" s="16">
-        <v>24.940500475996195</v>
+        <v>29.910088543981399</v>
       </c>
       <c r="F263" s="16">
-        <v>262.04999999999995</v>
+        <v>380.88999999999993</v>
       </c>
       <c r="G263" s="16">
-        <v>21.131019578750443</v>
+        <v>24.849295407098118</v>
       </c>
       <c r="H263" s="16">
-        <v>316.45</v>
+        <v>406.7</v>
       </c>
       <c r="I263" s="16">
-        <v>22.168591984419987</v>
+        <v>28.96372946295676</v>
       </c>
       <c r="J263" s="16">
-        <v>20.759397061629475</v>
+        <v>6.7762346084171448</v>
       </c>
       <c r="K263" s="16">
-        <v>54.400000000000034</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>25.810000000000059</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="15" t="s">
-        <v>4</v>
+        <v>29</v>
       </c>
       <c r="B264" s="5"/>
       <c r="C264" s="79"/>
       <c r="D264" s="16">
-        <v>30.04</v>
+        <v>75.089999999999989</v>
       </c>
       <c r="E264" s="16">
-        <v>5.1067591459268318</v>
+        <v>12.835458616799425</v>
       </c>
       <c r="F264" s="16">
-        <v>233.03</v>
+        <v>189.02</v>
       </c>
       <c r="G264" s="16">
-        <v>18.790923459020096</v>
+        <v>12.331680584551149</v>
       </c>
       <c r="H264" s="16">
-        <v>308.66999999999996</v>
+        <v>204.61</v>
       </c>
       <c r="I264" s="16">
-        <v>21.623571773837625</v>
+        <v>14.571597456148472</v>
       </c>
       <c r="J264" s="16">
-        <v>32.459339999141726</v>
+        <v>8.2478044651359657</v>
       </c>
       <c r="K264" s="16">
-        <v>75.639999999999958</v>
-[...2 lines deleted...]
-    <row r="265" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>15.590000000000003</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="15" t="s">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="B265" s="5"/>
       <c r="C265" s="79"/>
       <c r="D265" s="16">
-        <v>70.55</v>
+        <v>17.239999999999998</v>
       </c>
       <c r="E265" s="16">
-        <v>11.993404052767577</v>
+        <v>2.9469077980239988</v>
       </c>
       <c r="F265" s="16">
-        <v>158.13999999999999</v>
+        <v>335.76999999999992</v>
       </c>
       <c r="G265" s="16">
-        <v>12.751991742734575</v>
+        <v>21.905662839248428</v>
       </c>
       <c r="H265" s="16">
-        <v>159.51999999999998</v>
+        <v>188.50999999999996</v>
       </c>
       <c r="I265" s="16">
-        <v>11.175015937287647</v>
+        <v>13.425012640919542</v>
       </c>
       <c r="J265" s="16">
-        <v>0.87264449222207896</v>
+        <v>-43.857402388539775</v>
       </c>
       <c r="K265" s="16">
-        <v>1.3799999999999955</v>
-[...2 lines deleted...]
-    <row r="266" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-147.25999999999996</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B266" s="5"/>
       <c r="C266" s="79"/>
       <c r="D266" s="16">
-        <v>76.259999999999991</v>
+        <v>97.95</v>
       </c>
       <c r="E266" s="16">
-        <v>12.964096287229701</v>
+        <v>16.743017332740763</v>
       </c>
       <c r="F266" s="16">
-        <v>103.19000000000001</v>
+        <v>111.87</v>
       </c>
       <c r="G266" s="16">
-        <v>8.3209689384898251</v>
+        <v>7.2984081419624216</v>
       </c>
       <c r="H266" s="16">
-        <v>111.78000000000002</v>
+        <v>99.95</v>
       </c>
       <c r="I266" s="16">
-        <v>7.8306374214519403</v>
+        <v>7.1180839926789492</v>
       </c>
       <c r="J266" s="16">
-        <v>8.3244500436088789</v>
+        <v>-10.655224814516851</v>
       </c>
       <c r="K266" s="16">
-        <v>8.5900000000000034</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-11.920000000000002</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B267" s="5"/>
       <c r="C267" s="79"/>
       <c r="D267" s="16">
-        <v>15.28</v>
+        <v>15.360000000000001</v>
       </c>
       <c r="E267" s="16">
-        <v>2.5975792193662448</v>
+        <v>2.6255512632046769</v>
       </c>
       <c r="F267" s="16">
-        <v>30.24</v>
+        <v>34.260000000000005</v>
       </c>
       <c r="G267" s="16">
-        <v>2.4384736960939266</v>
+        <v>2.2351252609603347</v>
       </c>
       <c r="H267" s="16">
-        <v>40.880000000000003</v>
+        <v>33.83</v>
       </c>
       <c r="I267" s="16">
-        <v>2.8638079959648892</v>
+        <v>2.4092524409437601</v>
       </c>
       <c r="J267" s="16">
-        <v>35.185185185185205</v>
+        <v>-1.2551079976649351</v>
       </c>
       <c r="K267" s="16">
-        <v>10.640000000000004</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.43000000000000682</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="15" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="B268" s="5"/>
       <c r="C268" s="79"/>
       <c r="D268" s="16">
-        <v>10.200000000000001</v>
+        <v>18.22</v>
       </c>
       <c r="E268" s="16">
-        <v>1.7339861281109752</v>
+        <v>3.1144234385149225</v>
       </c>
       <c r="F268" s="16">
-        <v>15.110000000000001</v>
+        <v>18.319999999999997</v>
       </c>
       <c r="G268" s="16">
-        <v>1.2184304744702128</v>
+        <v>1.195198329853862</v>
       </c>
       <c r="H268" s="16">
-        <v>22.490000000000002</v>
+        <v>20.51</v>
       </c>
       <c r="I268" s="16">
-        <v>1.5755147218505468</v>
+        <v>1.4606493515742396</v>
       </c>
       <c r="J268" s="16">
-        <v>48.84182660489742</v>
+        <v>11.954148471615749</v>
       </c>
       <c r="K268" s="16">
-        <v>7.3800000000000008</v>
-[...2 lines deleted...]
-    <row r="269" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.1900000000000048</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="15" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="B269" s="5"/>
       <c r="C269" s="79"/>
       <c r="D269" s="16">
-        <v>26.37</v>
+        <v>8.7899999999999991</v>
       </c>
       <c r="E269" s="16">
-        <v>4.4828641370869029</v>
+        <v>1.5025127346073637</v>
       </c>
       <c r="F269" s="16">
-        <v>11.370000000000001</v>
+        <v>12.600000000000001</v>
       </c>
       <c r="G269" s="16">
-        <v>0.91684675676547445</v>
+        <v>0.82202505219206701</v>
       </c>
       <c r="H269" s="16">
-        <v>18.309999999999999</v>
+        <v>16.64</v>
       </c>
       <c r="I269" s="16">
-        <v>1.2826889531829038</v>
+        <v>1.1850416972303923</v>
       </c>
       <c r="J269" s="16">
-        <v>61.037818821459958</v>
+        <v>32.063492063492056</v>
       </c>
       <c r="K269" s="16">
-        <v>6.9399999999999977</v>
-[...2 lines deleted...]
-    <row r="270" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.0399999999999991</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B270" s="5"/>
       <c r="C270" s="79"/>
       <c r="D270" s="16">
-        <v>16.190000000000001</v>
+        <v>9.75</v>
       </c>
       <c r="E270" s="16">
-        <v>2.752277981776146</v>
+        <v>1.6666096885576562</v>
       </c>
       <c r="F270" s="16">
-        <v>12.78</v>
+        <v>15.68</v>
       </c>
       <c r="G270" s="16">
-        <v>1.0305454310873141</v>
+        <v>1.0229645093945721</v>
       </c>
       <c r="H270" s="16">
-        <v>15.68</v>
+        <v>16.29</v>
       </c>
       <c r="I270" s="16">
-        <v>1.0984469025618753</v>
+        <v>1.1601159403775894</v>
       </c>
       <c r="J270" s="16">
-        <v>22.691705790297341</v>
+        <v>3.8903061224489761</v>
       </c>
       <c r="K270" s="16">
-        <v>2.9000000000000004</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.60999999999999943</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B271" s="5"/>
       <c r="C271" s="79"/>
       <c r="D271" s="16">
-        <v>6.71</v>
+        <v>4.1399999999999997</v>
       </c>
       <c r="E271" s="16">
-        <v>1.1406908744730042</v>
+        <v>0.70766811391063555</v>
       </c>
       <c r="F271" s="16">
-        <v>3.5200000000000005</v>
+        <v>4.9099999999999993</v>
       </c>
       <c r="G271" s="16">
-        <v>0.2838434990162243</v>
+        <v>0.32032881002087676</v>
       </c>
       <c r="H271" s="16">
-        <v>4.7799999999999994</v>
+        <v>6.4300000000000006</v>
       </c>
       <c r="I271" s="16">
-        <v>0.33485817565342874</v>
+        <v>0.45792176161006148</v>
       </c>
       <c r="J271" s="16">
-        <v>35.795454545454511</v>
+        <v>30.957230142566221</v>
       </c>
       <c r="K271" s="16">
-        <v>1.2599999999999989</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1.5200000000000014</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B272" s="5"/>
       <c r="C272" s="79"/>
       <c r="D272" s="16">
-        <v>1.6600000000000004</v>
+        <v>2.33</v>
       </c>
       <c r="E272" s="16">
-        <v>0.28219774241806073</v>
+        <v>0.39827698198352196</v>
       </c>
       <c r="F272" s="16">
-        <v>2.36</v>
+        <v>1.29</v>
       </c>
       <c r="G272" s="16">
-        <v>0.19030416411315035</v>
+        <v>8.4159707724425881E-2</v>
       </c>
       <c r="H272" s="16">
-        <v>1.29</v>
+        <v>0.64</v>
       </c>
       <c r="I272" s="16">
-        <v>9.0369675019439988E-2</v>
+        <v>4.5578526816553548E-2</v>
       </c>
       <c r="J272" s="16">
-        <v>-45.338983050847453</v>
+        <v>-50.387596899224803</v>
       </c>
       <c r="K272" s="16">
-        <v>-1.0699999999999998</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.65</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="15" t="s">
         <v>68</v>
       </c>
       <c r="B273" s="5"/>
       <c r="C273" s="79"/>
       <c r="D273" s="16">
-        <v>0.03</v>
+        <v>0</v>
       </c>
       <c r="E273" s="16">
-        <v>5.0999592003263972E-3</v>
+        <v>0</v>
       </c>
       <c r="F273" s="16">
-        <v>0.06</v>
+        <v>0</v>
       </c>
       <c r="G273" s="16">
-        <v>4.8382414605038226E-3</v>
+        <v>0</v>
       </c>
       <c r="H273" s="16">
         <v>0</v>
       </c>
       <c r="I273" s="16">
         <v>0</v>
       </c>
-      <c r="J273" s="16">
-        <v>-100</v>
+      <c r="J273" s="16" t="s">
+        <v>170</v>
       </c>
       <c r="K273" s="16">
-        <v>-0.06</v>
-[...2 lines deleted...]
-    <row r="274" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B274" s="96"/>
       <c r="C274" s="97"/>
       <c r="D274" s="17">
-        <v>588.24</v>
+        <v>585.02</v>
       </c>
       <c r="E274" s="17">
         <v>100</v>
       </c>
       <c r="F274" s="17">
-        <v>1240.1199999999999</v>
+        <v>1532.8</v>
       </c>
       <c r="G274" s="17">
         <v>100</v>
       </c>
       <c r="H274" s="17">
-        <v>1427.47</v>
+        <v>1404.17</v>
       </c>
       <c r="I274" s="17">
         <v>100</v>
       </c>
       <c r="J274" s="17">
-        <v>15.107408960423196</v>
+        <v>-8.3918319415448774</v>
       </c>
       <c r="K274" s="17">
-        <v>187.35000000000014</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-128.62999999999988</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="4" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="277" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A277" s="124" t="s">
+    <row r="277" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="127" t="s">
         <v>51</v>
       </c>
-      <c r="B277" s="124"/>
-[...10 lines deleted...]
-    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B277" s="127"/>
+      <c r="C277" s="127"/>
+      <c r="D277" s="127"/>
+      <c r="E277" s="127"/>
+      <c r="F277" s="127"/>
+      <c r="G277" s="127"/>
+      <c r="H277" s="127"/>
+      <c r="I277" s="127"/>
+      <c r="J277" s="127"/>
+      <c r="K277" s="127"/>
+    </row>
+    <row r="278" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="46"/>
       <c r="B278" s="46"/>
       <c r="C278" s="46"/>
       <c r="D278" s="83"/>
       <c r="E278" s="83"/>
       <c r="F278" s="83"/>
       <c r="G278" s="83"/>
       <c r="H278" s="83"/>
       <c r="I278" s="83"/>
       <c r="J278" s="46"/>
       <c r="K278" s="46"/>
     </row>
-    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="46"/>
       <c r="B279" s="46"/>
       <c r="C279" s="46"/>
       <c r="D279" s="83"/>
       <c r="E279" s="83"/>
       <c r="F279" s="83"/>
       <c r="G279" s="83"/>
       <c r="H279" s="83"/>
       <c r="I279" s="83"/>
       <c r="J279" s="46"/>
       <c r="K279" s="46"/>
     </row>
-    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="2" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="B280" s="37"/>
       <c r="C280" s="37"/>
       <c r="D280" s="37"/>
       <c r="E280" s="37"/>
       <c r="F280" s="37"/>
       <c r="G280" s="37"/>
       <c r="H280" s="37"/>
       <c r="I280" s="37"/>
       <c r="J280" s="37"/>
       <c r="K280" s="37"/>
     </row>
-    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A281" s="23"/>
       <c r="B281" s="23"/>
       <c r="C281" s="23"/>
       <c r="D281" s="13">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="E281" s="13" t="s">
-        <v>200</v>
+        <v>148</v>
       </c>
       <c r="F281" s="13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G281" s="13" t="s">
-        <v>201</v>
+        <v>149</v>
       </c>
       <c r="H281" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="I281" s="13" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="J281" s="13" t="s">
-        <v>195</v>
+        <v>127</v>
       </c>
       <c r="K281" s="13" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A282" s="15" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="B282" s="5"/>
       <c r="C282" s="79"/>
       <c r="D282" s="16">
-        <v>19.180000000000003</v>
+        <v>27.69</v>
       </c>
       <c r="E282" s="16">
-        <v>16.279069767441865</v>
+        <v>33.269253874804761</v>
       </c>
       <c r="F282" s="16">
-        <v>55.099999999999994</v>
+        <v>39.76</v>
       </c>
       <c r="G282" s="16">
-        <v>34.794139934326843</v>
+        <v>28.359486447931527</v>
       </c>
       <c r="H282" s="16">
-        <v>82.899999999999991</v>
+        <v>55.99</v>
       </c>
       <c r="I282" s="16">
-        <v>46.369840026848635</v>
+        <v>40.543084721216509</v>
       </c>
       <c r="J282" s="16">
-        <v>50.453720508166967</v>
+        <v>40.819919517102626</v>
       </c>
       <c r="K282" s="16">
-        <v>27.799999999999997</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>16.230000000000004</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A283" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B283" s="5"/>
       <c r="C283" s="79"/>
       <c r="D283" s="16">
-        <v>14.799999999999995</v>
+        <v>26.08</v>
       </c>
       <c r="E283" s="16">
-        <v>12.561534544219993</v>
+        <v>31.334855220473383</v>
       </c>
       <c r="F283" s="16">
-        <v>41.13</v>
+        <v>38.380000000000003</v>
       </c>
       <c r="G283" s="16">
-        <v>25.972467794897703</v>
+        <v>27.375178316690445</v>
       </c>
       <c r="H283" s="16">
-        <v>38.380000000000003</v>
+        <v>42.430000000000007</v>
       </c>
       <c r="I283" s="16">
-        <v>21.467725696386623</v>
+        <v>30.724112961622019</v>
       </c>
       <c r="J283" s="16">
-        <v>-6.6861171893994653</v>
+        <v>10.552371026576353</v>
       </c>
       <c r="K283" s="16">
-        <v>-2.75</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4.0500000000000043</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A284" s="15" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="B284" s="5"/>
       <c r="C284" s="79"/>
       <c r="D284" s="16">
-        <v>55.910000000000011</v>
+        <v>18.79</v>
       </c>
       <c r="E284" s="16">
-        <v>47.453742997793256</v>
+        <v>22.575994232848732</v>
       </c>
       <c r="F284" s="16">
-        <v>44.279999999999994</v>
+        <v>32.33</v>
       </c>
       <c r="G284" s="16">
-        <v>27.96160646627936</v>
+        <v>23.05991440798859</v>
       </c>
       <c r="H284" s="16">
-        <v>27.78</v>
+        <v>24.249999999999996</v>
       </c>
       <c r="I284" s="16">
-        <v>15.538650855800427</v>
+        <v>17.559739319333815</v>
       </c>
       <c r="J284" s="16">
-        <v>-37.262872628726271</v>
+        <v>-24.992267244045784</v>
       </c>
       <c r="K284" s="16">
-        <v>-16.499999999999993</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-8.0800000000000018</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="15" t="s">
         <v>4</v>
       </c>
       <c r="B285" s="5"/>
       <c r="C285" s="79"/>
       <c r="D285" s="16">
-        <v>16.989999999999998</v>
+        <v>2.6500000000000004</v>
       </c>
       <c r="E285" s="16">
-        <v>14.420302155830928</v>
+        <v>3.1839480956385917</v>
       </c>
       <c r="F285" s="16">
-        <v>9.1</v>
+        <v>19.880000000000003</v>
       </c>
       <c r="G285" s="16">
-        <v>5.7464006062136894</v>
+        <v>14.179743223965765</v>
       </c>
       <c r="H285" s="16">
-        <v>19.880000000000003</v>
+        <v>5.58</v>
       </c>
       <c r="I285" s="16">
-        <v>11.119812059514489</v>
+        <v>4.0405503258508331</v>
       </c>
       <c r="J285" s="16">
-        <v>118.46153846153851</v>
+        <v>-71.931589537223346</v>
       </c>
       <c r="K285" s="16">
-        <v>10.780000000000003</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-14.300000000000002</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B286" s="5"/>
       <c r="C286" s="79"/>
       <c r="D286" s="16">
-        <v>4.0600000000000005</v>
+        <v>3.4899999999999998</v>
       </c>
       <c r="E286" s="16">
-        <v>3.4459344763198105</v>
+        <v>4.1931995674636546</v>
       </c>
       <c r="F286" s="16">
-        <v>2.93</v>
+        <v>3.77</v>
       </c>
       <c r="G286" s="16">
-        <v>1.8502147006819902</v>
+        <v>2.6890156918687591</v>
       </c>
       <c r="H286" s="16">
-        <v>3.7800000000000002</v>
+        <v>2.85</v>
       </c>
       <c r="I286" s="16">
-        <v>2.11433046202036</v>
+        <v>2.0637219406227372</v>
       </c>
       <c r="J286" s="16">
-        <v>29.010238907849832</v>
+        <v>-24.403183023872678</v>
       </c>
       <c r="K286" s="16">
-        <v>0.85000000000000009</v>
-[...2 lines deleted...]
-    <row r="287" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.91999999999999993</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B287" s="5"/>
       <c r="C287" s="79"/>
       <c r="D287" s="16">
-        <v>1.9400000000000004</v>
+        <v>1.6100000000000003</v>
       </c>
       <c r="E287" s="16">
-        <v>1.6465795280937026</v>
+        <v>1.9343986543313711</v>
       </c>
       <c r="F287" s="16">
-        <v>0.31999999999999995</v>
+        <v>2.3900000000000006</v>
       </c>
       <c r="G287" s="16">
-        <v>0.20207123010861322</v>
+        <v>1.7047075606276754</v>
       </c>
       <c r="H287" s="16">
-        <v>2.2999999999999998</v>
+        <v>2.4299999999999997</v>
       </c>
       <c r="I287" s="16">
-        <v>1.2864973710705896</v>
+        <v>1.7595944967414914</v>
       </c>
       <c r="J287" s="16">
-        <v>618.75000000000011</v>
+        <v>1.6736401673639805</v>
       </c>
       <c r="K287" s="16">
-        <v>1.98</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3.9999999999999147E-2</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B288" s="5"/>
       <c r="C288" s="79"/>
       <c r="D288" s="16">
-        <v>3.3499999999999996</v>
+        <v>1.1800000000000002</v>
       </c>
       <c r="E288" s="16">
-        <v>2.8433203191308776</v>
+        <v>1.4177580199447317</v>
       </c>
       <c r="F288" s="16">
-        <v>3.52</v>
+        <v>1.19</v>
       </c>
       <c r="G288" s="16">
-        <v>2.2227835311947457</v>
+        <v>0.84878744650499283</v>
       </c>
       <c r="H288" s="16">
-        <v>1.19</v>
+        <v>2.0700000000000007</v>
       </c>
       <c r="I288" s="16">
-        <v>0.66562255285826155</v>
+        <v>1.4989138305575676</v>
       </c>
       <c r="J288" s="16">
-        <v>-66.193181818181827</v>
+        <v>73.949579831932837</v>
       </c>
       <c r="K288" s="16">
-        <v>-2.33</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.88000000000000078</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="15" t="s">
-        <v>42</v>
+        <v>72</v>
       </c>
       <c r="B289" s="5"/>
       <c r="C289" s="79"/>
       <c r="D289" s="16">
-        <v>0.68</v>
+        <v>0.9700000000000002</v>
       </c>
       <c r="E289" s="16">
-        <v>0.57715158716686477</v>
+        <v>1.1654451519884659</v>
       </c>
       <c r="F289" s="16">
-        <v>0.48</v>
+        <v>0.8</v>
       </c>
       <c r="G289" s="16">
-        <v>0.30310684516291991</v>
+        <v>0.5706134094151214</v>
       </c>
       <c r="H289" s="16">
-        <v>1.01</v>
+        <v>0.9800000000000002</v>
       </c>
       <c r="I289" s="16">
-        <v>0.56494014990491104</v>
+        <v>0.70963070238957293</v>
       </c>
       <c r="J289" s="16">
-        <v>110.41666666666667</v>
+        <v>22.500000000000021</v>
       </c>
       <c r="K289" s="16">
-        <v>0.53</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.18000000000000016</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="15" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="B290" s="5"/>
       <c r="C290" s="79"/>
       <c r="D290" s="16">
-        <v>0.77</v>
+        <v>0.18</v>
       </c>
       <c r="E290" s="16">
-        <v>0.65353929723306747</v>
+        <v>0.21626817253394207</v>
       </c>
       <c r="F290" s="16">
-        <v>1.26</v>
+        <v>0.91000000000000014</v>
       </c>
       <c r="G290" s="16">
-        <v>0.79565546855266467</v>
+        <v>0.64907275320970059</v>
       </c>
       <c r="H290" s="16">
-        <v>0.8</v>
+        <v>0.75</v>
       </c>
       <c r="I290" s="16">
-        <v>0.44747734645933557</v>
+        <v>0.54308472121650975</v>
       </c>
       <c r="J290" s="16">
-        <v>-36.507936507936506</v>
+        <v>-17.582417582417595</v>
       </c>
       <c r="K290" s="16">
-        <v>-0.45999999999999996</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.16000000000000014</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B291" s="5"/>
       <c r="C291" s="79"/>
       <c r="D291" s="16">
-        <v>7.0000000000000007E-2</v>
+        <v>0.52</v>
       </c>
       <c r="E291" s="16">
-        <v>5.9412663384824316E-2</v>
+        <v>0.6247747206536105</v>
       </c>
       <c r="F291" s="16">
-        <v>6.0000000000000005E-2</v>
+        <v>0.75</v>
       </c>
       <c r="G291" s="16">
-        <v>3.7888355645364989E-2</v>
+        <v>0.53495007132667627</v>
       </c>
       <c r="H291" s="16">
-        <v>0.75</v>
+        <v>0.52</v>
       </c>
       <c r="I291" s="16">
-        <v>0.41951001230562701</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>0.37653874004344678</v>
+      </c>
+      <c r="J291" s="16">
+        <v>-30.666666666666664</v>
       </c>
       <c r="K291" s="16">
-        <v>0.69</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-0.22999999999999998</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B292" s="5"/>
       <c r="C292" s="79"/>
       <c r="D292" s="16">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="E292" s="16">
-        <v>3.3950093362756749E-2</v>
+        <v>3.6044695422323678E-2</v>
       </c>
       <c r="F292" s="16">
-        <v>0.11</v>
+        <v>0.01</v>
       </c>
       <c r="G292" s="16">
-        <v>6.9461985349835803E-2</v>
+        <v>7.1326676176890168E-3</v>
       </c>
       <c r="H292" s="16">
-        <v>0.01</v>
+        <v>0.25</v>
       </c>
       <c r="I292" s="16">
-        <v>5.5934668307416934E-3</v>
-[...2 lines deleted...]
-        <v>-90.909090909090921</v>
+        <v>0.18102824040550325</v>
+      </c>
+      <c r="J292" s="16" t="s">
+        <v>129</v>
       </c>
       <c r="K292" s="16">
-        <v>-0.1</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="15" t="s">
         <v>68</v>
       </c>
       <c r="B293" s="5"/>
       <c r="C293" s="79"/>
       <c r="D293" s="16">
         <v>0</v>
       </c>
       <c r="E293" s="16">
         <v>0</v>
       </c>
       <c r="F293" s="16">
         <v>0</v>
       </c>
       <c r="G293" s="16">
         <v>0</v>
       </c>
       <c r="H293" s="16">
         <v>0</v>
       </c>
       <c r="I293" s="16">
         <v>0</v>
       </c>
       <c r="J293" s="16" t="s">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="K293" s="16">
         <v>0</v>
       </c>
     </row>
-    <row r="294" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B294" s="96"/>
       <c r="C294" s="97"/>
       <c r="D294" s="17">
-        <v>117.82</v>
+        <v>83.23</v>
       </c>
       <c r="E294" s="17">
         <v>100</v>
       </c>
       <c r="F294" s="17">
-        <v>158.36000000000001</v>
+        <v>140.19999999999999</v>
       </c>
       <c r="G294" s="17">
         <v>100</v>
       </c>
       <c r="H294" s="17">
-        <v>178.78</v>
+        <v>138.1</v>
       </c>
       <c r="I294" s="17">
         <v>100</v>
       </c>
       <c r="J294" s="17">
-        <v>12.894670371305878</v>
+        <v>-1.4978601997146894</v>
       </c>
       <c r="K294" s="17">
-        <v>20.419999999999987</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-2.0999999999999943</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="4" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="4" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="297" spans="1:11" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A297" s="124" t="s">
+    <row r="297" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A297" s="127" t="s">
         <v>51</v>
       </c>
-      <c r="B297" s="124"/>
-[...10 lines deleted...]
-    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B297" s="127"/>
+      <c r="C297" s="127"/>
+      <c r="D297" s="127"/>
+      <c r="E297" s="127"/>
+      <c r="F297" s="127"/>
+      <c r="G297" s="127"/>
+      <c r="H297" s="127"/>
+      <c r="I297" s="127"/>
+      <c r="J297" s="127"/>
+      <c r="K297" s="127"/>
+    </row>
+    <row r="298" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="46"/>
       <c r="B298" s="46"/>
       <c r="C298" s="46"/>
       <c r="D298" s="83"/>
       <c r="E298" s="83"/>
       <c r="F298" s="83"/>
       <c r="G298" s="83"/>
       <c r="H298" s="83"/>
       <c r="I298" s="46"/>
       <c r="J298" s="46"/>
       <c r="K298" s="46"/>
     </row>
-    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="46"/>
       <c r="B299" s="46"/>
       <c r="C299" s="46"/>
       <c r="D299" s="83"/>
       <c r="E299" s="83"/>
       <c r="F299" s="83"/>
       <c r="G299" s="83"/>
       <c r="H299" s="83"/>
       <c r="I299" s="46"/>
       <c r="J299" s="46"/>
       <c r="K299" s="46"/>
     </row>
-    <row r="300" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...78 lines deleted...]
-      <c r="A306" s="46"/>
+    <row r="300" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A300" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B300" s="8"/>
+      <c r="C300" s="8"/>
+      <c r="D300" s="8"/>
+      <c r="E300" s="8"/>
+      <c r="F300" s="8"/>
+      <c r="G300" s="8"/>
+      <c r="H300" s="8"/>
+      <c r="I300" s="8"/>
+      <c r="J300" s="8"/>
+      <c r="K300" s="9"/>
+    </row>
+    <row r="301" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A301" s="11"/>
+      <c r="B301" s="12"/>
+      <c r="C301" s="12"/>
+      <c r="D301" s="12"/>
+      <c r="E301" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F301" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G301" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H301" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I301" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J301" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="K301" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A302" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B302" s="16"/>
+      <c r="C302" s="16"/>
+      <c r="D302" s="16"/>
+      <c r="E302" s="16">
+        <v>1536.99</v>
+      </c>
+      <c r="F302" s="16">
+        <v>2461.12</v>
+      </c>
+      <c r="G302" s="16">
+        <v>2472.41</v>
+      </c>
+      <c r="H302" s="16">
+        <v>2572.89</v>
+      </c>
+      <c r="I302" s="16">
+        <v>2507.65</v>
+      </c>
+      <c r="J302" s="16">
+        <v>-2.535670005324743</v>
+      </c>
+      <c r="K302" s="16">
+        <v>13.018351852498821</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A303" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B303" s="16"/>
+      <c r="C303" s="16"/>
+      <c r="D303" s="16"/>
+      <c r="E303" s="16">
+        <v>153.5</v>
+      </c>
+      <c r="F303" s="16">
+        <v>721.83</v>
+      </c>
+      <c r="G303" s="16">
+        <v>408.74</v>
+      </c>
+      <c r="H303" s="16">
+        <v>234.4</v>
+      </c>
+      <c r="I303" s="16">
+        <v>357.51</v>
+      </c>
+      <c r="J303" s="16">
+        <v>52.521331058020472</v>
+      </c>
+      <c r="K303" s="16">
+        <v>23.536403482518065</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A304" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="B304" s="16"/>
+      <c r="C304" s="16"/>
+      <c r="D304" s="16"/>
+      <c r="E304" s="16">
+        <v>1383.49</v>
+      </c>
+      <c r="F304" s="16">
+        <v>1739.29</v>
+      </c>
+      <c r="G304" s="16">
+        <v>2063.67</v>
+      </c>
+      <c r="H304" s="16">
+        <v>2338.4899999999998</v>
+      </c>
+      <c r="I304" s="16">
+        <v>2150.1400000000003</v>
+      </c>
+      <c r="J304" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="K304" s="16" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A305" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B305" s="17"/>
+      <c r="C305" s="17"/>
+      <c r="D305" s="17"/>
+      <c r="E305" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="F305" s="17">
+        <v>340.95562667109982</v>
+      </c>
+      <c r="G305" s="17">
+        <v>604.88574644027983</v>
+      </c>
+      <c r="H305" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="I305" s="17">
+        <v>701.4209392744259</v>
+      </c>
+      <c r="J305" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K305" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A306" s="4" t="s">
+        <v>25</v>
+      </c>
       <c r="B306" s="46"/>
       <c r="C306" s="46"/>
-      <c r="D306" s="83"/>
-[...3 lines deleted...]
-      <c r="H306" s="83"/>
+      <c r="D306" s="46"/>
+      <c r="E306" s="46"/>
+      <c r="F306" s="46"/>
+      <c r="G306" s="46"/>
+      <c r="H306" s="46"/>
       <c r="I306" s="46"/>
       <c r="J306" s="46"/>
       <c r="K306" s="46"/>
     </row>
-    <row r="307" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A307" s="46"/>
+    <row r="307" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A307" s="4" t="s">
+        <v>37</v>
+      </c>
       <c r="B307" s="46"/>
       <c r="C307" s="46"/>
-      <c r="D307" s="83"/>
-[...3 lines deleted...]
-      <c r="H307" s="83"/>
+      <c r="D307" s="46"/>
+      <c r="E307" s="46"/>
+      <c r="F307" s="46"/>
+      <c r="G307" s="46"/>
+      <c r="H307" s="46"/>
       <c r="I307" s="46"/>
       <c r="J307" s="46"/>
       <c r="K307" s="46"/>
     </row>
-    <row r="308" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...344 lines deleted...]
-      <c r="F321" s="16">
+    <row r="308" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A308" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="G321" s="16">
-[...8 lines deleted...]
-      <c r="J321" s="16" t="s">
+      <c r="B308" s="46"/>
+      <c r="C308" s="46"/>
+      <c r="D308" s="46"/>
+      <c r="E308" s="46"/>
+      <c r="F308" s="46"/>
+      <c r="G308" s="46"/>
+      <c r="H308" s="46"/>
+      <c r="I308" s="46"/>
+      <c r="J308" s="46"/>
+      <c r="K308" s="46"/>
+    </row>
+    <row r="309" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A309" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B309" s="46"/>
+      <c r="C309" s="46"/>
+      <c r="D309" s="46"/>
+      <c r="E309" s="46"/>
+      <c r="F309" s="46"/>
+      <c r="G309" s="46"/>
+      <c r="H309" s="46"/>
+      <c r="I309" s="46"/>
+      <c r="J309" s="46"/>
+      <c r="K309" s="46"/>
+    </row>
+    <row r="310" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A310" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B310" s="46"/>
+      <c r="C310" s="46"/>
+      <c r="D310" s="46"/>
+      <c r="E310" s="46"/>
+      <c r="F310" s="46"/>
+      <c r="G310" s="46"/>
+      <c r="H310" s="46"/>
+      <c r="I310" s="46"/>
+      <c r="J310" s="46"/>
+      <c r="K310" s="46"/>
+    </row>
+    <row r="311" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A311" s="127" t="s">
+        <v>82</v>
+      </c>
+      <c r="B311" s="127"/>
+      <c r="C311" s="127"/>
+      <c r="D311" s="127"/>
+      <c r="E311" s="127"/>
+      <c r="F311" s="127"/>
+      <c r="G311" s="127"/>
+      <c r="H311" s="127"/>
+      <c r="I311" s="127"/>
+      <c r="J311" s="127"/>
+      <c r="K311" s="127"/>
+    </row>
+    <row r="312" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A312" s="46"/>
+      <c r="B312" s="46"/>
+      <c r="C312" s="46"/>
+      <c r="D312" s="46"/>
+      <c r="E312" s="46"/>
+      <c r="F312" s="46"/>
+      <c r="G312" s="46"/>
+      <c r="H312" s="46"/>
+      <c r="I312" s="46"/>
+      <c r="J312" s="46"/>
+      <c r="K312" s="86"/>
+    </row>
+    <row r="313" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A313" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B313" s="22"/>
+      <c r="C313" s="22"/>
+      <c r="D313" s="22"/>
+    </row>
+    <row r="314" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A314" s="23"/>
+      <c r="B314" s="23"/>
+      <c r="C314" s="23"/>
+      <c r="D314" s="24"/>
+      <c r="E314" s="12"/>
+      <c r="F314" s="12"/>
+      <c r="G314" s="12">
+        <v>2021</v>
+      </c>
+      <c r="H314" s="12">
+        <v>2022</v>
+      </c>
+      <c r="I314" s="12">
+        <v>2023</v>
+      </c>
+      <c r="J314" s="12">
+        <v>2024</v>
+      </c>
+      <c r="K314" s="12">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A315" s="121" t="s">
+        <v>131</v>
+      </c>
+      <c r="B315" s="121"/>
+      <c r="C315" s="121"/>
+      <c r="D315" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E315" s="27"/>
+      <c r="F315" s="27"/>
+      <c r="G315" s="27">
+        <v>10</v>
+      </c>
+      <c r="H315" s="27">
+        <v>10</v>
+      </c>
+      <c r="I315" s="27">
+        <v>12</v>
+      </c>
+      <c r="J315" s="27">
+        <v>12</v>
+      </c>
+      <c r="K315" s="27">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A316" s="121"/>
+      <c r="B316" s="121"/>
+      <c r="C316" s="121"/>
+      <c r="D316" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E316" s="28"/>
+      <c r="F316" s="28"/>
+      <c r="G316" s="28">
+        <v>1.7053437521601256</v>
+      </c>
+      <c r="H316" s="28">
+        <v>2.0345792160464833</v>
+      </c>
+      <c r="I316" s="28">
+        <v>1.9357685104570537</v>
+      </c>
+      <c r="J316" s="28">
+        <v>1.9294448420652255</v>
+      </c>
+      <c r="K316" s="28">
+        <v>1.8625673176609248</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A317" s="124" t="s">
+        <v>132</v>
+      </c>
+      <c r="B317" s="124"/>
+      <c r="C317" s="124"/>
+      <c r="D317" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E317" s="30"/>
+      <c r="F317" s="30"/>
+      <c r="G317" s="30">
+        <v>38</v>
+      </c>
+      <c r="H317" s="30">
+        <v>22</v>
+      </c>
+      <c r="I317" s="30">
+        <v>31</v>
+      </c>
+      <c r="J317" s="30">
+        <v>38</v>
+      </c>
+      <c r="K317" s="30">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A318" s="125"/>
+      <c r="B318" s="125"/>
+      <c r="C318" s="125"/>
+      <c r="D318" s="31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E318" s="32"/>
+      <c r="F318" s="32"/>
+      <c r="G318" s="32">
+        <v>0.16066007321912759</v>
+      </c>
+      <c r="H318" s="32">
+        <v>0.57382658215490989</v>
+      </c>
+      <c r="I318" s="32">
+        <v>0.33052138669223247</v>
+      </c>
+      <c r="J318" s="32">
+        <v>0.18470004405537313</v>
+      </c>
+      <c r="K318" s="32">
+        <v>0.27314851742952045</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A319" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B319" s="33"/>
+      <c r="C319" s="34"/>
+    </row>
+    <row r="320" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A320" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="K321" s="16">
-[...31 lines deleted...]
-      <c r="A323" s="4" t="s">
+    </row>
+    <row r="321" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A321" s="46"/>
+      <c r="B321" s="46"/>
+      <c r="C321" s="46"/>
+      <c r="D321" s="46"/>
+      <c r="E321" s="46"/>
+      <c r="F321" s="46"/>
+      <c r="G321" s="46"/>
+      <c r="H321" s="46"/>
+      <c r="I321" s="46"/>
+      <c r="J321" s="46"/>
+      <c r="K321" s="46"/>
+    </row>
+    <row r="322" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A322" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B322" s="8"/>
+      <c r="C322" s="8"/>
+      <c r="D322" s="8"/>
+    </row>
+    <row r="323" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="11"/>
+      <c r="B323" s="12"/>
+      <c r="C323" s="12"/>
+      <c r="D323" s="12"/>
+      <c r="E323" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F323" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G323" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H323" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I323" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J323" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="K323" s="13" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="B324" s="16"/>
+      <c r="C324" s="16"/>
+      <c r="D324" s="16"/>
+      <c r="E324" s="16">
+        <v>41.900000000000006</v>
+      </c>
+      <c r="F324" s="16">
+        <v>-13.649999999999977</v>
+      </c>
+      <c r="G324" s="16">
+        <v>-30.299999999999997</v>
+      </c>
+      <c r="H324" s="16">
+        <v>324.68000000000006</v>
+      </c>
+      <c r="I324" s="16">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="J324" s="16">
+        <v>-188.48000000000008</v>
+      </c>
+      <c r="K324" s="16">
+        <v>91.76600000000002</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A325" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B325" s="16"/>
+      <c r="C325" s="16"/>
+      <c r="D325" s="16"/>
+      <c r="E325" s="16">
+        <v>277.73</v>
+      </c>
+      <c r="F325" s="16">
+        <v>388.16999999999996</v>
+      </c>
+      <c r="G325" s="16">
+        <v>603.55999999999995</v>
+      </c>
+      <c r="H325" s="16">
+        <v>393.61999999999989</v>
+      </c>
+      <c r="I325" s="16">
+        <v>421.4</v>
+      </c>
+      <c r="J325" s="16">
+        <v>27.780000000000086</v>
+      </c>
+      <c r="K325" s="16">
+        <v>416.89600000000002</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A326" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B326" s="17"/>
+      <c r="C326" s="17"/>
+      <c r="D326" s="17"/>
+      <c r="E326" s="17">
+        <v>-235.83</v>
+      </c>
+      <c r="F326" s="17">
+        <v>-401.81999999999994</v>
+      </c>
+      <c r="G326" s="17">
+        <v>-633.8599999999999</v>
+      </c>
+      <c r="H326" s="17">
+        <v>-68.939999999999827</v>
+      </c>
+      <c r="I326" s="17">
+        <v>-285.2</v>
+      </c>
+      <c r="J326" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K326" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A327" s="4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="C327" s="46"/>
+      <c r="B327" s="83"/>
+      <c r="C327" s="83"/>
       <c r="D327" s="83"/>
       <c r="E327" s="83"/>
       <c r="F327" s="83"/>
       <c r="G327" s="83"/>
       <c r="H327" s="83"/>
       <c r="I327" s="83"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
-    <row r="328" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A328" s="46"/>
+    <row r="328" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A328" s="4" t="s">
+        <v>52</v>
+      </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
-      <c r="D328" s="83"/>
-[...4 lines deleted...]
-      <c r="I328" s="83"/>
+      <c r="D328" s="46"/>
+      <c r="E328" s="46"/>
+      <c r="F328" s="46"/>
+      <c r="G328" s="46"/>
+      <c r="H328" s="46"/>
+      <c r="I328" s="46"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
-    <row r="329" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...125 lines deleted...]
-      <c r="C334" s="79"/>
+    <row r="329" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A329" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B329" s="46"/>
+      <c r="C329" s="46"/>
+      <c r="D329" s="46"/>
+      <c r="E329" s="46"/>
+      <c r="F329" s="46"/>
+      <c r="G329" s="46"/>
+      <c r="H329" s="46"/>
+      <c r="I329" s="46"/>
+      <c r="J329" s="46"/>
+      <c r="K329" s="46"/>
+    </row>
+    <row r="330" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A330" s="54" t="s">
+        <v>43</v>
+      </c>
+      <c r="B330" s="87"/>
+      <c r="C330" s="87"/>
+      <c r="D330" s="87"/>
+      <c r="E330" s="87"/>
+      <c r="F330" s="87"/>
+      <c r="G330" s="87"/>
+      <c r="H330" s="87"/>
+      <c r="I330" s="87"/>
+      <c r="J330" s="87"/>
+      <c r="K330" s="46"/>
+    </row>
+    <row r="331" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A331" s="46"/>
+      <c r="B331" s="46"/>
+      <c r="C331" s="46"/>
+      <c r="D331" s="46"/>
+      <c r="E331" s="46"/>
+      <c r="F331" s="46"/>
+      <c r="G331" s="46"/>
+      <c r="H331" s="46"/>
+      <c r="I331" s="46"/>
+      <c r="J331" s="46"/>
+      <c r="K331" s="46"/>
+    </row>
+    <row r="332" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A332" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B332" s="22"/>
+      <c r="C332" s="22"/>
+      <c r="D332" s="22"/>
+      <c r="E332" s="22"/>
+      <c r="F332" s="22"/>
+      <c r="G332" s="22"/>
+      <c r="H332" s="22"/>
+      <c r="I332" s="22"/>
+      <c r="J332" s="22"/>
+      <c r="K332" s="22"/>
+    </row>
+    <row r="333" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A333" s="11"/>
+      <c r="B333" s="13"/>
+      <c r="C333" s="13"/>
+      <c r="D333" s="13"/>
+      <c r="E333" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="F333" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="G333" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H333" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="I333" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="J333" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="K333" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A334" s="109" t="s">
+        <v>38</v>
+      </c>
+      <c r="B334" s="16"/>
+      <c r="C334" s="16"/>
       <c r="D334" s="16"/>
-      <c r="E334" s="16"/>
+      <c r="E334" s="16">
+        <v>3281.95</v>
+      </c>
       <c r="F334" s="16">
-        <v>18.940000000000001</v>
+        <v>3702.15</v>
       </c>
       <c r="G334" s="16">
-        <v>11.407576943925797</v>
+        <v>3230.91</v>
       </c>
       <c r="H334" s="16">
-        <v>5.21</v>
+        <v>3790.34</v>
       </c>
       <c r="I334" s="16">
-        <v>3.2843724390090143</v>
+        <v>3683.34</v>
       </c>
       <c r="J334" s="16">
-        <v>-72.492080253431894</v>
+        <v>-2.8229657497744265</v>
       </c>
       <c r="K334" s="16">
-        <v>-13.73</v>
-[...2 lines deleted...]
-    <row r="335" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2.9265609888151189</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="15" t="s">
-        <v>70</v>
-[...173 lines deleted...]
-      <c r="H341" s="16">
+        <v>54</v>
+      </c>
+      <c r="B335" s="110"/>
+      <c r="C335" s="110"/>
+      <c r="D335" s="110"/>
+      <c r="E335" s="110">
+        <v>4.047867190438895</v>
+      </c>
+      <c r="F335" s="110">
+        <v>4.1860091197480269</v>
+      </c>
+      <c r="G335" s="110">
+        <v>3.4342816331819308</v>
+      </c>
+      <c r="H335" s="110">
+        <v>3.9551767367146677</v>
+      </c>
+      <c r="I335" s="110">
+        <v>3.6290547840133365</v>
+      </c>
+      <c r="J335" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K335" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A336" s="100" t="s">
+        <v>39</v>
+      </c>
+      <c r="B336" s="102"/>
+      <c r="C336" s="102"/>
+      <c r="D336" s="102"/>
+      <c r="E336" s="102">
+        <v>2556.9299999999998</v>
+      </c>
+      <c r="F336" s="102">
+        <v>2591.4499999999998</v>
+      </c>
+      <c r="G336" s="102">
+        <v>3678.24</v>
+      </c>
+      <c r="H336" s="102">
+        <v>4121.54</v>
+      </c>
+      <c r="I336" s="102">
+        <v>5798.64</v>
+      </c>
+      <c r="J336" s="102">
+        <v>40.691100899178473</v>
+      </c>
+      <c r="K336" s="102">
+        <v>22.716179806468496</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A337" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B337" s="112"/>
+      <c r="C337" s="112"/>
+      <c r="D337" s="112"/>
+      <c r="E337" s="112">
+        <v>1.3604908287265418</v>
+      </c>
+      <c r="F337" s="112">
+        <v>1.2911021442175219</v>
+      </c>
+      <c r="G337" s="112">
+        <v>1.6921761603301764</v>
+      </c>
+      <c r="H337" s="112">
+        <v>1.8300916182528544</v>
+      </c>
+      <c r="I337" s="112">
+        <v>2.4507480634338115</v>
+      </c>
+      <c r="J337" s="113" t="s">
+        <v>26</v>
+      </c>
+      <c r="K337" s="113" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A338" s="114" t="s">
+        <v>14</v>
+      </c>
+      <c r="B338" s="115"/>
+      <c r="C338" s="115"/>
+      <c r="D338" s="115"/>
+      <c r="E338" s="115">
+        <v>725.02</v>
+      </c>
+      <c r="F338" s="115">
+        <v>1110.7000000000003</v>
+      </c>
+      <c r="G338" s="115">
+        <v>-447.32999999999993</v>
+      </c>
+      <c r="H338" s="115">
+        <v>-331.19999999999982</v>
+      </c>
+      <c r="I338" s="115">
+        <v>-2115.3000000000002</v>
+      </c>
+      <c r="J338" s="116" t="s">
+        <v>26</v>
+      </c>
+      <c r="K338" s="116" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A339" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="B339" s="89"/>
+      <c r="C339" s="89"/>
+      <c r="D339" s="89"/>
+      <c r="E339" s="89"/>
+      <c r="F339" s="89"/>
+      <c r="G339" s="89"/>
+      <c r="H339" s="89"/>
+      <c r="I339" s="89"/>
+      <c r="J339" s="89"/>
+      <c r="K339" s="46"/>
+    </row>
+    <row r="340" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A340" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B340" s="90"/>
+      <c r="C340" s="90"/>
+      <c r="D340" s="90"/>
+      <c r="E340" s="90"/>
+      <c r="F340" s="90"/>
+      <c r="G340" s="90"/>
+      <c r="H340" s="90"/>
+      <c r="I340" s="90"/>
+      <c r="J340" s="89"/>
+      <c r="K340" s="46"/>
+    </row>
+    <row r="341" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A341" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="I341" s="16">
-[...64 lines deleted...]
-      <c r="A344" s="4" t="s">
+      <c r="B341" s="90"/>
+      <c r="C341" s="90"/>
+      <c r="D341" s="90"/>
+      <c r="E341" s="90"/>
+      <c r="F341" s="90"/>
+      <c r="G341" s="90"/>
+      <c r="H341" s="90"/>
+      <c r="I341" s="90"/>
+      <c r="J341" s="89"/>
+      <c r="K341" s="46"/>
+    </row>
+    <row r="342" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A342" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B342" s="90"/>
+      <c r="C342" s="90"/>
+      <c r="D342" s="90"/>
+      <c r="E342" s="90"/>
+      <c r="F342" s="90"/>
+      <c r="G342" s="90"/>
+      <c r="H342" s="90"/>
+      <c r="I342" s="90"/>
+      <c r="J342" s="89"/>
+      <c r="K342" s="46"/>
+    </row>
+    <row r="343" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A343" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B343" s="90"/>
+      <c r="C343" s="90"/>
+      <c r="D343" s="90"/>
+      <c r="E343" s="90"/>
+      <c r="F343" s="90"/>
+      <c r="G343" s="90"/>
+      <c r="H343" s="90"/>
+      <c r="I343" s="90"/>
+      <c r="J343" s="89"/>
+      <c r="K343" s="46"/>
+    </row>
+    <row r="344" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A344" s="46"/>
+      <c r="B344" s="46"/>
+      <c r="C344" s="46"/>
+      <c r="D344" s="46"/>
+      <c r="E344" s="46"/>
+      <c r="F344" s="46"/>
+      <c r="G344" s="46"/>
+      <c r="H344" s="46"/>
+      <c r="I344" s="46"/>
+      <c r="J344" s="46"/>
+      <c r="K344" s="46"/>
+    </row>
+    <row r="345" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A345" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B345" s="8"/>
+      <c r="C345" s="8"/>
+      <c r="D345" s="8"/>
+      <c r="E345" s="8"/>
+      <c r="F345" s="8"/>
+      <c r="G345" s="8"/>
+      <c r="H345" s="8"/>
+      <c r="I345" s="8"/>
+      <c r="J345" s="8"/>
+      <c r="K345" s="9"/>
+    </row>
+    <row r="346" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A346" s="11"/>
+      <c r="B346" s="12"/>
+      <c r="C346" s="12"/>
+      <c r="D346" s="12"/>
+      <c r="E346" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F346" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G346" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H346" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I346" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J346" s="13" t="s">
+        <v>151</v>
+      </c>
+      <c r="K346" s="13" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B347" s="16"/>
+      <c r="C347" s="16"/>
+      <c r="D347" s="16"/>
+      <c r="E347" s="16">
+        <v>-154.80000000000001</v>
+      </c>
+      <c r="F347" s="16">
+        <v>76.339999999999989</v>
+      </c>
+      <c r="G347" s="16">
+        <v>-242.43</v>
+      </c>
+      <c r="H347" s="16">
+        <v>43.2</v>
+      </c>
+      <c r="I347" s="16">
+        <v>-42.720000000000006</v>
+      </c>
+      <c r="J347" s="16">
+        <v>-85.920000000000016</v>
+      </c>
+      <c r="K347" s="16">
+        <v>-64.082000000000022</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A348" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B348" s="16"/>
+      <c r="C348" s="16"/>
+      <c r="D348" s="16"/>
+      <c r="E348" s="16">
+        <v>81.040000000000006</v>
+      </c>
+      <c r="F348" s="16">
+        <v>478.12</v>
+      </c>
+      <c r="G348" s="16">
+        <v>391.41</v>
+      </c>
+      <c r="H348" s="16">
+        <v>112.13</v>
+      </c>
+      <c r="I348" s="16">
+        <v>242.49</v>
+      </c>
+      <c r="J348" s="16">
+        <v>130.36000000000001</v>
+      </c>
+      <c r="K348" s="16">
+        <v>261.03799999999995</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A349" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B349" s="17"/>
+      <c r="C349" s="17"/>
+      <c r="D349" s="17"/>
+      <c r="E349" s="17">
+        <v>-235.84000000000003</v>
+      </c>
+      <c r="F349" s="17">
+        <v>-401.78000000000003</v>
+      </c>
+      <c r="G349" s="17">
+        <v>-633.84</v>
+      </c>
+      <c r="H349" s="17">
+        <v>-68.929999999999993</v>
+      </c>
+      <c r="I349" s="17">
+        <v>-285.21000000000004</v>
+      </c>
+      <c r="J349" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="K349" s="17" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A350" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="K344" s="46"/>
-[...113 lines deleted...]
-    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K350" s="60"/>
+    </row>
+    <row r="351" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A351" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B351" s="60"/>
+      <c r="C351" s="60"/>
+      <c r="D351" s="60"/>
+      <c r="E351" s="60"/>
+      <c r="F351" s="60"/>
+      <c r="G351" s="60"/>
+      <c r="H351" s="60"/>
+      <c r="I351" s="60"/>
+    </row>
+    <row r="352" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A352" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B352" s="60"/>
+      <c r="C352" s="60"/>
+      <c r="D352" s="60"/>
+      <c r="E352" s="60"/>
+      <c r="F352" s="60"/>
+      <c r="G352" s="60"/>
+      <c r="H352" s="60"/>
+      <c r="I352" s="60"/>
+    </row>
+    <row r="353" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A353" s="137" t="s">
+        <v>47</v>
+      </c>
+      <c r="B353" s="137"/>
+      <c r="C353" s="137"/>
+      <c r="D353" s="137"/>
+      <c r="E353" s="137"/>
+      <c r="F353" s="137"/>
+      <c r="G353" s="137"/>
+      <c r="H353" s="137"/>
+      <c r="I353" s="137"/>
+      <c r="J353" s="137"/>
+      <c r="K353" s="137"/>
+    </row>
+    <row r="354" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="46"/>
       <c r="B354" s="46"/>
       <c r="C354" s="46"/>
-      <c r="D354" s="83"/>
-[...3 lines deleted...]
-      <c r="H354" s="83"/>
+      <c r="D354" s="46"/>
+      <c r="E354" s="46"/>
+      <c r="F354" s="46"/>
+      <c r="G354" s="46"/>
+      <c r="H354" s="46"/>
       <c r="I354" s="46"/>
       <c r="J354" s="46"/>
       <c r="K354" s="46"/>
     </row>
-    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="46"/>
       <c r="B355" s="46"/>
       <c r="C355" s="46"/>
-      <c r="D355" s="83"/>
-[...3 lines deleted...]
-      <c r="H355" s="83"/>
+      <c r="D355" s="46"/>
+      <c r="E355" s="46"/>
+      <c r="F355" s="46"/>
+      <c r="G355" s="46"/>
+      <c r="H355" s="46"/>
       <c r="I355" s="46"/>
       <c r="J355" s="46"/>
       <c r="K355" s="46"/>
     </row>
-    <row r="356" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="2" t="s">
-        <v>203</v>
-[...12 lines deleted...]
-    <row r="357" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+        <v>192</v>
+      </c>
+      <c r="B356" s="22"/>
+      <c r="C356" s="22"/>
+      <c r="D356" s="22"/>
+      <c r="E356" s="22"/>
+      <c r="F356" s="22"/>
+      <c r="G356" s="22"/>
+      <c r="H356" s="22"/>
+      <c r="I356" s="22"/>
+      <c r="J356" s="22"/>
+      <c r="K356" s="22"/>
+    </row>
+    <row r="357" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="11"/>
-      <c r="B357" s="12">
-[...12 lines deleted...]
-        <v>2024</v>
+      <c r="B357" s="13"/>
+      <c r="C357" s="13"/>
+      <c r="D357" s="13"/>
+      <c r="E357" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="F357" s="13" t="s">
+        <v>108</v>
       </c>
       <c r="G357" s="13" t="s">
-        <v>195</v>
+        <v>111</v>
       </c>
       <c r="H357" s="13" t="s">
-        <v>196</v>
+        <v>120</v>
       </c>
       <c r="I357" s="13" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="J357" s="13" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="K357" s="13" t="s">
-        <v>140</v>
-[...14 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A358" s="109" t="s">
+        <v>45</v>
+      </c>
+      <c r="B358" s="16"/>
+      <c r="C358" s="16"/>
+      <c r="D358" s="16"/>
       <c r="E358" s="16">
-        <v>2475.19</v>
+        <v>2520.9299999999998</v>
       </c>
       <c r="F358" s="16">
-        <v>2467.5700000000002</v>
+        <v>3075.95</v>
       </c>
       <c r="G358" s="16">
-        <v>-0.30785515455378742</v>
+        <v>2397.4299999999998</v>
       </c>
       <c r="H358" s="16">
-        <v>14.23095054106167</v>
+        <v>2668.94</v>
       </c>
       <c r="I358" s="16">
-        <v>2185.4</v>
+        <v>2410.4299999999998</v>
       </c>
       <c r="J358" s="16">
-        <v>2184.87</v>
+        <v>-9.6858677977024659</v>
       </c>
       <c r="K358" s="16">
-        <v>-2.4251853207659928E-2</v>
-[...37 lines deleted...]
-    <row r="360" spans="1:11" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>-1.1143131765472658</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A359" s="109" t="s">
+        <v>23</v>
+      </c>
+      <c r="B359" s="49"/>
+      <c r="C359" s="49"/>
+      <c r="D359" s="49"/>
+      <c r="E359" s="49">
+        <v>3</v>
+      </c>
+      <c r="F359" s="49">
+        <v>3</v>
+      </c>
+      <c r="G359" s="49">
+        <v>5</v>
+      </c>
+      <c r="H359" s="49">
+        <v>5</v>
+      </c>
+      <c r="I359" s="49">
+        <v>7</v>
+      </c>
+      <c r="J359" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K359" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B360" s="110"/>
+      <c r="C360" s="110"/>
+      <c r="D360" s="110"/>
+      <c r="E360" s="110">
+        <v>4.398518595031228</v>
+      </c>
+      <c r="F360" s="110">
+        <v>4.8472576855733269</v>
+      </c>
+      <c r="G360" s="110">
+        <v>3.4513044512258491</v>
+      </c>
+      <c r="H360" s="110">
+        <v>3.7065187729188902</v>
+      </c>
+      <c r="I360" s="110">
+        <v>3.0659356202235264</v>
+      </c>
+      <c r="J360" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K360" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A361" s="100" t="s">
+        <v>83</v>
+      </c>
+      <c r="B361" s="102"/>
+      <c r="C361" s="102"/>
+      <c r="D361" s="102"/>
+      <c r="E361" s="102">
+        <v>1795.91</v>
+      </c>
+      <c r="F361" s="102">
+        <v>1965.25</v>
+      </c>
+      <c r="G361" s="102">
+        <v>2844.76</v>
+      </c>
+      <c r="H361" s="102">
+        <v>3000.14</v>
+      </c>
+      <c r="I361" s="102">
+        <v>4525.7299999999996</v>
+      </c>
+      <c r="J361" s="102">
+        <v>50.850626970741352</v>
+      </c>
+      <c r="K361" s="102">
+        <v>25.994334820475864</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A362" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B362" s="49"/>
+      <c r="C362" s="49"/>
+      <c r="D362" s="49"/>
+      <c r="E362" s="49">
         <v>14</v>
       </c>
-      <c r="B360" s="16">
-[...14 lines deleted...]
-      <c r="G360" s="16" t="s">
+      <c r="F362" s="49">
+        <v>13</v>
+      </c>
+      <c r="G362" s="49">
+        <v>12</v>
+      </c>
+      <c r="H362" s="49">
+        <v>11</v>
+      </c>
+      <c r="I362" s="49">
+        <v>9</v>
+      </c>
+      <c r="J362" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="H360" s="16" t="s">
+      <c r="K362" s="49" t="s">
         <v>26</v>
       </c>
-      <c r="I360" s="16">
-[...5 lines deleted...]
-      <c r="K360" s="16" t="s">
+    </row>
+    <row r="363" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A363" s="111" t="s">
+        <v>54</v>
+      </c>
+      <c r="B363" s="112"/>
+      <c r="C363" s="112"/>
+      <c r="D363" s="112"/>
+      <c r="E363" s="112">
+        <v>1.0938904739048976</v>
+      </c>
+      <c r="F363" s="112">
+        <v>1.1183183360219826</v>
+      </c>
+      <c r="G363" s="112">
+        <v>1.475852267642475</v>
+      </c>
+      <c r="H363" s="112">
+        <v>1.4897627042896957</v>
+      </c>
+      <c r="I363" s="112">
+        <v>2.1174905893310099</v>
+      </c>
+      <c r="J363" s="113" t="s">
         <v>26</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G361" s="18" t="s">
+      <c r="K363" s="113" t="s">
         <v>26</v>
       </c>
-      <c r="H361" s="18" t="s">
+    </row>
+    <row r="364" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A364" s="114" t="s">
+        <v>14</v>
+      </c>
+      <c r="B364" s="115"/>
+      <c r="C364" s="115"/>
+      <c r="D364" s="115"/>
+      <c r="E364" s="115">
+        <v>725.01999999999975</v>
+      </c>
+      <c r="F364" s="115">
+        <v>1110.6999999999998</v>
+      </c>
+      <c r="G364" s="115">
+        <v>-447.33000000000038</v>
+      </c>
+      <c r="H364" s="115">
+        <v>-331.19999999999982</v>
+      </c>
+      <c r="I364" s="115">
+        <v>-2115.2999999999997</v>
+      </c>
+      <c r="J364" s="116" t="s">
         <v>26</v>
       </c>
-      <c r="I361" s="17">
-[...5 lines deleted...]
-      <c r="K361" s="18" t="s">
+      <c r="K364" s="116" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="362" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A362" s="4" t="s">
+    <row r="365" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A365" s="54" t="s">
         <v>25</v>
       </c>
-      <c r="B362" s="46"/>
-[...26 lines deleted...]
-      <c r="A364" s="4" t="s">
+      <c r="I365" s="22"/>
+      <c r="J365" s="22"/>
+      <c r="K365" s="22"/>
+    </row>
+    <row r="366" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A366" s="54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B366" s="90"/>
+      <c r="C366" s="90"/>
+      <c r="D366" s="90"/>
+      <c r="E366" s="90"/>
+      <c r="F366" s="90"/>
+      <c r="G366" s="90"/>
+      <c r="H366" s="90"/>
+      <c r="I366" s="90"/>
+      <c r="J366" s="89"/>
+      <c r="K366" s="46"/>
+    </row>
+    <row r="367" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A367" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B364" s="46"/>
-[...11 lines deleted...]
-      <c r="A365" s="4" t="s">
+      <c r="B367" s="90"/>
+      <c r="C367" s="90"/>
+      <c r="D367" s="90"/>
+      <c r="E367" s="90"/>
+      <c r="F367" s="90"/>
+      <c r="G367" s="90"/>
+      <c r="H367" s="90"/>
+      <c r="I367" s="90"/>
+      <c r="J367" s="89"/>
+      <c r="K367" s="46"/>
+    </row>
+    <row r="368" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A368" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="B365" s="46"/>
-[...109 lines deleted...]
-      <c r="D372" s="2" t="s">
+      <c r="B368" s="90"/>
+      <c r="C368" s="90"/>
+      <c r="D368" s="90"/>
+      <c r="E368" s="90"/>
+      <c r="F368" s="90"/>
+      <c r="G368" s="90"/>
+      <c r="H368" s="90"/>
+      <c r="I368" s="90"/>
+      <c r="J368" s="89"/>
+      <c r="K368" s="46"/>
+    </row>
+    <row r="369" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A369" s="20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B369" s="90"/>
+      <c r="C369" s="90"/>
+      <c r="D369" s="90"/>
+      <c r="E369" s="90"/>
+      <c r="F369" s="90"/>
+      <c r="G369" s="90"/>
+      <c r="H369" s="90"/>
+      <c r="I369" s="90"/>
+      <c r="J369" s="89"/>
+      <c r="K369" s="46"/>
+    </row>
+    <row r="370" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A370" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B370" s="90"/>
+      <c r="C370" s="90"/>
+      <c r="D370" s="90"/>
+      <c r="E370" s="90"/>
+      <c r="F370" s="90"/>
+      <c r="G370" s="90"/>
+      <c r="H370" s="90"/>
+      <c r="I370" s="90"/>
+      <c r="J370" s="89"/>
+      <c r="K370" s="46"/>
+    </row>
+    <row r="371" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="46"/>
+      <c r="B371" s="46"/>
+      <c r="C371" s="46"/>
+      <c r="D371" s="46"/>
+      <c r="E371" s="46"/>
+      <c r="F371" s="46"/>
+      <c r="G371" s="46"/>
+      <c r="H371" s="46"/>
+      <c r="I371" s="46"/>
+      <c r="J371" s="46"/>
+      <c r="K371" s="46"/>
+    </row>
+    <row r="372" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A372" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B372" s="22"/>
+      <c r="C372" s="22"/>
+      <c r="D372" s="22"/>
+      <c r="E372" s="22"/>
+      <c r="F372" s="22"/>
+      <c r="G372" s="22"/>
+      <c r="H372" s="22"/>
+      <c r="I372" s="22"/>
+      <c r="J372" s="22"/>
+      <c r="K372" s="22"/>
+    </row>
+    <row r="373" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A373" s="11"/>
+      <c r="B373" s="13"/>
+      <c r="C373" s="13"/>
+      <c r="D373" s="13"/>
+      <c r="E373" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="F373" s="13" t="s">
+        <v>108</v>
+      </c>
+      <c r="G373" s="13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H373" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="I373" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="J373" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="K373" s="13" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A374" s="109" t="s">
+        <v>73</v>
+      </c>
+      <c r="B374" s="16"/>
+      <c r="C374" s="16"/>
+      <c r="D374" s="16"/>
+      <c r="E374" s="16">
+        <v>4520.37</v>
+      </c>
+      <c r="F374" s="16">
+        <v>5198.42</v>
+      </c>
+      <c r="G374" s="16">
+        <v>5138.09</v>
+      </c>
+      <c r="H374" s="16">
+        <v>3560.74</v>
+      </c>
+      <c r="I374" s="16">
+        <v>5168.79</v>
+      </c>
+      <c r="J374" s="16">
+        <v>45.160556513533713</v>
+      </c>
+      <c r="K374" s="16">
+        <v>3.407901750661213</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A375" s="109" t="s">
         <v>23</v>
       </c>
-      <c r="E372" s="27">
-[...111 lines deleted...]
-      <c r="A376" s="4" t="s">
+      <c r="B375" s="49"/>
+      <c r="C375" s="49"/>
+      <c r="D375" s="49"/>
+      <c r="E375" s="49">
+        <v>9</v>
+      </c>
+      <c r="F375" s="49">
+        <v>9</v>
+      </c>
+      <c r="G375" s="49">
+        <v>9</v>
+      </c>
+      <c r="H375" s="49">
+        <v>11</v>
+      </c>
+      <c r="I375" s="49">
+        <v>9</v>
+      </c>
+      <c r="J375" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="K375" s="49" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A376" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B376" s="110"/>
+      <c r="C376" s="110"/>
+      <c r="D376" s="110"/>
+      <c r="E376" s="110">
+        <v>2.7533616281024558</v>
+      </c>
+      <c r="F376" s="110">
+        <v>2.9581419179968935</v>
+      </c>
+      <c r="G376" s="110">
+        <v>2.6656244385646328</v>
+      </c>
+      <c r="H376" s="110">
+        <v>1.7681367041779688</v>
+      </c>
+      <c r="I376" s="110">
+        <v>2.418364370660254</v>
+      </c>
+      <c r="J376" s="88" t="s">
+        <v>26</v>
+      </c>
+      <c r="K376" s="88" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A377" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B377" s="78"/>
+      <c r="C377" s="78"/>
+      <c r="D377" s="78"/>
+      <c r="E377" s="78">
+        <v>251.70359316446815</v>
+      </c>
+      <c r="F377" s="78">
+        <v>264.51698257219186</v>
+      </c>
+      <c r="G377" s="78">
+        <v>180.61593948171372</v>
+      </c>
+      <c r="H377" s="78">
+        <v>118.68579466291574</v>
+      </c>
+      <c r="I377" s="78">
+        <v>114.20897844104709</v>
+      </c>
+      <c r="J377" s="77" t="s">
+        <v>26</v>
+      </c>
+      <c r="K377" s="77" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A378" s="54" t="s">
         <v>25</v>
       </c>
-      <c r="B376" s="33"/>
-[...197 lines deleted...]
-      <c r="I385" s="83"/>
+    </row>
+    <row r="379" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A379" s="54" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A380" s="54" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A381" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A382" s="20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A384" s="137" t="s">
+        <v>74</v>
+      </c>
+      <c r="B384" s="137"/>
+      <c r="C384" s="137"/>
+      <c r="D384" s="137"/>
+      <c r="E384" s="137"/>
+      <c r="F384" s="137"/>
+      <c r="G384" s="137"/>
+      <c r="H384" s="137"/>
+      <c r="I384" s="137"/>
+      <c r="J384" s="137"/>
+      <c r="K384" s="137"/>
+    </row>
+    <row r="385" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A385" s="46"/>
+      <c r="B385" s="46"/>
+      <c r="C385" s="46"/>
+      <c r="D385" s="46"/>
+      <c r="E385" s="46"/>
+      <c r="F385" s="46"/>
+      <c r="G385" s="46"/>
+      <c r="H385" s="46"/>
+      <c r="I385" s="46"/>
       <c r="J385" s="46"/>
       <c r="K385" s="46"/>
     </row>
-    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="386" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A386" s="46"/>
       <c r="B386" s="46"/>
       <c r="C386" s="46"/>
       <c r="D386" s="46"/>
       <c r="E386" s="46"/>
       <c r="F386" s="46"/>
       <c r="G386" s="46"/>
       <c r="H386" s="46"/>
       <c r="I386" s="46"/>
       <c r="J386" s="46"/>
       <c r="K386" s="46"/>
     </row>
-    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="387" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A387" s="46"/>
       <c r="B387" s="46"/>
       <c r="C387" s="46"/>
       <c r="D387" s="46"/>
       <c r="E387" s="46"/>
       <c r="F387" s="46"/>
       <c r="G387" s="46"/>
       <c r="H387" s="46"/>
       <c r="I387" s="46"/>
       <c r="J387" s="46"/>
       <c r="K387" s="46"/>
     </row>
-    <row r="388" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-[...57 lines deleted...]
-      <c r="B392" s="13" t="s">
+    <row r="388" spans="1:11" ht="12" x14ac:dyDescent="0.2">
+      <c r="A388" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B388" s="15"/>
+      <c r="C388" s="15"/>
+      <c r="D388" s="15"/>
+      <c r="E388" s="15"/>
+      <c r="F388" s="15"/>
+      <c r="G388" s="15"/>
+      <c r="H388" s="15"/>
+      <c r="I388" s="15"/>
+      <c r="J388" s="15"/>
+      <c r="K388" s="22"/>
+    </row>
+    <row r="389" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A389" s="11"/>
+      <c r="B389" s="12"/>
+      <c r="C389" s="12"/>
+      <c r="D389" s="12"/>
+      <c r="E389" s="12">
+        <v>2021</v>
+      </c>
+      <c r="F389" s="12">
+        <v>2022</v>
+      </c>
+      <c r="G389" s="12">
+        <v>2023</v>
+      </c>
+      <c r="H389" s="12">
+        <v>2024</v>
+      </c>
+      <c r="I389" s="12">
+        <v>2025</v>
+      </c>
+      <c r="J389" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="K389" s="13" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A390" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B390" s="16"/>
+      <c r="C390" s="16"/>
+      <c r="D390" s="16"/>
+      <c r="E390" s="16">
+        <v>161.19999999999999</v>
+      </c>
+      <c r="F390" s="16">
+        <v>370.35</v>
+      </c>
+      <c r="G390" s="16">
+        <v>408.3</v>
+      </c>
+      <c r="H390" s="16">
+        <v>428.18</v>
+      </c>
+      <c r="I390" s="16">
+        <v>410.03</v>
+      </c>
+      <c r="J390" s="16">
+        <v>-4.2388715026390846</v>
+      </c>
+      <c r="K390" s="16">
+        <v>26.288163851488889</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A391" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B391" s="49"/>
+      <c r="C391" s="49"/>
+      <c r="D391" s="49"/>
+      <c r="E391" s="49">
+        <v>13</v>
+      </c>
+      <c r="F391" s="49">
+        <v>13</v>
+      </c>
+      <c r="G391" s="49">
+        <v>13</v>
+      </c>
+      <c r="H391" s="49">
+        <v>13</v>
+      </c>
+      <c r="I391" s="49">
+        <v>14</v>
+      </c>
+      <c r="J391" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K391" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A392" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B392" s="16"/>
+      <c r="C392" s="16"/>
+      <c r="D392" s="16"/>
+      <c r="E392" s="16">
+        <v>1.5919163829131673</v>
+      </c>
+      <c r="F392" s="16">
+        <v>1.7452923995072562</v>
+      </c>
+      <c r="G392" s="16">
+        <v>1.6030611676001825</v>
+      </c>
+      <c r="H392" s="16">
+        <v>1.5432267849213719</v>
+      </c>
+      <c r="I392" s="16">
+        <v>1.407531113601763</v>
+      </c>
+      <c r="J392" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="K392" s="42" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A393" s="100" t="s">
+        <v>118</v>
+      </c>
+      <c r="B393" s="102"/>
+      <c r="C393" s="102"/>
+      <c r="D393" s="102"/>
+      <c r="E393" s="102">
+        <v>26.07</v>
+      </c>
+      <c r="F393" s="102">
+        <v>36.35</v>
+      </c>
+      <c r="G393" s="102">
+        <v>41.14</v>
+      </c>
+      <c r="H393" s="102">
+        <v>38.369999999999997</v>
+      </c>
+      <c r="I393" s="102">
+        <v>42.42</v>
+      </c>
+      <c r="J393" s="102">
+        <v>10.555121188428473</v>
+      </c>
+      <c r="K393" s="16">
+        <v>12.942503008666906</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A394" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B394" s="49"/>
+      <c r="C394" s="49"/>
+      <c r="D394" s="49"/>
+      <c r="E394" s="49">
+        <v>20</v>
+      </c>
+      <c r="F394" s="49">
+        <v>21</v>
+      </c>
+      <c r="G394" s="49">
+        <v>22</v>
+      </c>
+      <c r="H394" s="49">
+        <v>23</v>
+      </c>
+      <c r="I394" s="49">
+        <v>24</v>
+      </c>
+      <c r="J394" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="K394" s="91" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A395" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B395" s="17"/>
+      <c r="C395" s="17"/>
+      <c r="D395" s="17"/>
+      <c r="E395" s="17">
+        <v>0.72938786815621826</v>
+      </c>
+      <c r="F395" s="17">
+        <v>0.65693522998154796</v>
+      </c>
+      <c r="G395" s="17">
+        <v>0.64458409910989745</v>
+      </c>
+      <c r="H395" s="17">
+        <v>0.56044870952193149</v>
+      </c>
+      <c r="I395" s="17">
+        <v>0.59282986118389891</v>
+      </c>
+      <c r="J395" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="K395" s="18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A396" s="4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A397" s="54" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A398" s="4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A399" s="4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A400" s="20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A401" s="4" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A402" s="127" t="s">
         <v>110</v>
       </c>
-      <c r="C392" s="13" t="s">
-[...1350 lines deleted...]
-      <c r="A455" s="15" t="s">
+      <c r="B402" s="127"/>
+      <c r="C402" s="127"/>
+      <c r="D402" s="127"/>
+      <c r="E402" s="127"/>
+      <c r="F402" s="127"/>
+      <c r="G402" s="127"/>
+      <c r="H402" s="127"/>
+      <c r="I402" s="127"/>
+      <c r="J402" s="127"/>
+      <c r="K402" s="127"/>
+    </row>
+    <row r="403" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A403" s="92"/>
+      <c r="B403" s="92"/>
+      <c r="C403" s="92"/>
+      <c r="D403" s="92"/>
+      <c r="E403" s="92"/>
+      <c r="F403" s="92"/>
+      <c r="G403" s="92"/>
+      <c r="H403" s="92"/>
+      <c r="I403" s="7"/>
+      <c r="J403" s="7"/>
+      <c r="K403" s="7"/>
+    </row>
+    <row r="404" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A404" s="117"/>
+      <c r="B404" s="117"/>
+      <c r="C404" s="117"/>
+      <c r="D404" s="117"/>
+      <c r="E404" s="117"/>
+      <c r="F404" s="117"/>
+      <c r="G404" s="117"/>
+      <c r="H404" s="117"/>
+      <c r="I404" s="117"/>
+      <c r="J404" s="117"/>
+      <c r="K404" s="117"/>
+    </row>
+    <row r="405" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C405" s="84"/>
+      <c r="D405" s="84"/>
+      <c r="E405" s="84"/>
+      <c r="F405" s="84"/>
+      <c r="G405" s="84"/>
+      <c r="H405" s="84"/>
+      <c r="I405" s="84"/>
+      <c r="J405" s="84"/>
+      <c r="K405" s="84"/>
+    </row>
+    <row r="406" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A406" s="118" t="s">
+        <v>55</v>
+      </c>
+      <c r="B406" s="119">
+        <v>46073</v>
+      </c>
+      <c r="C406" s="46"/>
+      <c r="D406" s="46"/>
+      <c r="E406" s="46"/>
+      <c r="F406" s="46"/>
+      <c r="G406" s="46"/>
+      <c r="H406" s="46"/>
+      <c r="I406" s="46"/>
+      <c r="J406" s="46"/>
+      <c r="K406" s="46"/>
+    </row>
+    <row r="407" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A407" s="94" t="s">
         <v>113</v>
       </c>
-      <c r="B455" s="16">
-[...166 lines deleted...]
-      <c r="A465" s="124" t="s">
+      <c r="C407" s="46"/>
+      <c r="D407" s="46"/>
+      <c r="E407" s="46"/>
+      <c r="F407" s="46"/>
+      <c r="G407" s="46"/>
+      <c r="H407" s="46"/>
+      <c r="I407" s="46"/>
+      <c r="J407" s="46"/>
+      <c r="K407" s="46"/>
+    </row>
+    <row r="408" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A408" s="118" t="s">
         <v>114</v>
       </c>
-      <c r="B465" s="124"/>
-[...497 lines deleted...]
-      <c r="A490" s="93"/>
+      <c r="C408" s="46"/>
+      <c r="D408" s="46"/>
+      <c r="E408" s="46"/>
+      <c r="F408" s="46"/>
+      <c r="G408" s="46"/>
+      <c r="H408" s="46"/>
+      <c r="I408" s="46"/>
+      <c r="J408" s="46"/>
+      <c r="K408" s="46"/>
+    </row>
+    <row r="409" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A409" s="93"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A331:K342">
-[...19 lines deleted...]
-    <mergeCell ref="A23:C24"/>
+  <mergeCells count="47">
+    <mergeCell ref="A199:K199"/>
+    <mergeCell ref="A200:K200"/>
+    <mergeCell ref="A201:K201"/>
+    <mergeCell ref="A202:K202"/>
+    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="C188:C191"/>
+    <mergeCell ref="C192:C193"/>
+    <mergeCell ref="A179:K179"/>
+    <mergeCell ref="A180:K180"/>
+    <mergeCell ref="A181:K181"/>
+    <mergeCell ref="A315:C316"/>
+    <mergeCell ref="A317:C318"/>
+    <mergeCell ref="A297:K297"/>
+    <mergeCell ref="A402:K402"/>
+    <mergeCell ref="D208:D212"/>
+    <mergeCell ref="D223:D227"/>
+    <mergeCell ref="A311:K311"/>
+    <mergeCell ref="A251:C252"/>
+    <mergeCell ref="A253:C254"/>
+    <mergeCell ref="A384:K384"/>
+    <mergeCell ref="A353:K353"/>
     <mergeCell ref="A277:K277"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="A182:K182"/>
     <mergeCell ref="F77:K77"/>
     <mergeCell ref="G49:K49"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="H68:I68"/>
     <mergeCell ref="C168:C171"/>
-    <mergeCell ref="A372:C373"/>
-[...31 lines deleted...]
-    <mergeCell ref="A247:K247"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="A23:C24"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="B455:G455 I455:K455 B458:K458 B472:G472 I472:K472 B475:K475">
-    <cfRule type="cellIs" dxfId="70" priority="115" operator="lessThan">
+  <conditionalFormatting sqref="B238:I239 B240:K240">
+    <cfRule type="cellIs" dxfId="35" priority="17" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B392:J392 B395:K395">
+    <cfRule type="cellIs" dxfId="34" priority="115" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B437:H437 B419:H419 B420:F420 B421:H422 B423:F424 G424:H424 B425:H425 B438:F438 B439:H439 B454:F454 I454:J454 B457:F457 I457:J457 B471:F471 I471:J471 B474:F474 I474:J474">
-    <cfRule type="cellIs" dxfId="69" priority="85" operator="lessThan">
+  <conditionalFormatting sqref="B8:K10">
+    <cfRule type="cellIs" dxfId="33" priority="431" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B358:J359 B360:K360">
-    <cfRule type="cellIs" dxfId="68" priority="16" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B302:K304">
+    <cfRule type="cellIs" dxfId="32" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B393:K397">
-    <cfRule type="cellIs" dxfId="67" priority="59" operator="lessThan">
+  <conditionalFormatting sqref="B324:K326">
+    <cfRule type="cellIs" dxfId="31" priority="35" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B394:K394 B396:K396 B421:K421 B424:K424 B439:K439">
-    <cfRule type="cellIs" dxfId="66" priority="116" operator="lessThan">
+  <conditionalFormatting sqref="B334:K338">
+    <cfRule type="cellIs" dxfId="30" priority="59" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B335:K335 B337:K337 B360:K360 B363:K363 B376:K376">
+    <cfRule type="cellIs" dxfId="29" priority="116" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B408:K410">
-    <cfRule type="cellIs" dxfId="65" priority="33" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B347:K349">
+    <cfRule type="cellIs" dxfId="28" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B419:K425">
-    <cfRule type="cellIs" dxfId="64" priority="58" operator="lessThan">
+  <conditionalFormatting sqref="B358:K364">
+    <cfRule type="cellIs" dxfId="27" priority="58" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B437:K440">
-    <cfRule type="cellIs" dxfId="63" priority="26" operator="lessThan">
+  <conditionalFormatting sqref="B374:K374 B359:I359 B362:I363 J363:K363 B375:I375 B391:I391 B394:I394">
+    <cfRule type="cellIs" dxfId="26" priority="85" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E8:K10">
-    <cfRule type="cellIs" dxfId="62" priority="431" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="B374:K377">
+    <cfRule type="cellIs" dxfId="25" priority="26" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B382:K384">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="60" priority="400" operator="lessThan">
+  <conditionalFormatting sqref="D168:K173 D188:K193">
+    <cfRule type="cellIs" dxfId="24" priority="400" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="59" priority="282" operator="lessThan">
+    <cfRule type="cellIs" dxfId="23" priority="282" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G22:K22 G24:K24">
-    <cfRule type="cellIs" dxfId="58" priority="121" operator="lessThan">
+  <conditionalFormatting sqref="E22:K22 E24:K24">
+    <cfRule type="cellIs" dxfId="22" priority="121" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E252:K252 E254:K254">
-    <cfRule type="cellIs" dxfId="57" priority="46" operator="lessThan">
+    <cfRule type="cellIs" dxfId="21" priority="46" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E373:K373 E375:K375">
-    <cfRule type="cellIs" dxfId="56" priority="45" operator="lessThan">
+  <conditionalFormatting sqref="E316:K316 E318:K318">
+    <cfRule type="cellIs" dxfId="20" priority="45" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G37:K40">
-[...45 lines deleted...]
-    <cfRule type="cellIs" dxfId="46" priority="12" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="F37:K40">
+    <cfRule type="cellIs" dxfId="19" priority="513" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="45" priority="56" operator="lessThan">
+    <cfRule type="cellIs" dxfId="18" priority="56" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="44" priority="119" operator="lessThan">
+    <cfRule type="cellIs" dxfId="17" priority="119" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H455">
-[...55 lines deleted...]
-    <cfRule type="cellIs" dxfId="32" priority="17" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J82:K99">
+    <cfRule type="cellIs" dxfId="16" priority="155" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="31" priority="55" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="15" priority="55" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J133:K142">
+    <cfRule type="cellIs" dxfId="14" priority="148" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J151:K160">
+    <cfRule type="cellIs" dxfId="13" priority="52" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J208:K212">
-    <cfRule type="cellIs" dxfId="30" priority="158" operator="lessThan">
+    <cfRule type="cellIs" dxfId="12" priority="158" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J223:K227">
-    <cfRule type="cellIs" dxfId="29" priority="49" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="49" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J82:K99">
-[...10 lines deleted...]
-    <cfRule type="cellIs" dxfId="24" priority="52" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J238:K239">
+    <cfRule type="cellIs" dxfId="10" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J262:K274">
-    <cfRule type="cellIs" dxfId="21" priority="43" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="9" priority="43" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J282:K294">
-    <cfRule type="cellIs" dxfId="20" priority="41" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="8" priority="41" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J310:K322">
-    <cfRule type="cellIs" dxfId="19" priority="39" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J302:K303">
+    <cfRule type="cellIs" dxfId="7" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="J331:K343">
-    <cfRule type="cellIs" dxfId="18" priority="37" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J334:K334">
+    <cfRule type="cellIs" dxfId="6" priority="407" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K238:K239">
-    <cfRule type="cellIs" dxfId="17" priority="3" operator="lessThan">
+  <conditionalFormatting sqref="J336:K336">
+    <cfRule type="cellIs" dxfId="5" priority="406" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K358:K359">
-    <cfRule type="cellIs" dxfId="16" priority="6" operator="lessThan">
+  <conditionalFormatting sqref="J358:K358 J361:K361">
+    <cfRule type="cellIs" dxfId="4" priority="89" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K393">
-    <cfRule type="cellIs" dxfId="15" priority="332" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J374:K374">
+    <cfRule type="cellIs" dxfId="3" priority="31" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K395">
-    <cfRule type="cellIs" dxfId="14" priority="331" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J390:K390">
+    <cfRule type="cellIs" dxfId="2" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K419">
-[...3 lines deleted...]
-    <cfRule type="cellIs" dxfId="12" priority="81" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="J393:K393">
+    <cfRule type="cellIs" dxfId="1" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="K421:K422">
-[...48 lines deleted...]
-    <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="K392">
+    <cfRule type="cellIs" dxfId="0" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A489" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
+    <hyperlink ref="A408" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="4" manualBreakCount="4">
     <brk id="103" max="16383" man="1"/>
     <brk id="147" max="16383" man="1"/>
     <brk id="203" max="16383" man="1"/>
-    <brk id="448" max="16383" man="1"/>
+    <brk id="385" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>