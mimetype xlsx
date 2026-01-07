--- v0 (2025-11-24)
+++ v1 (2026-01-07)
@@ -6,58 +6,58 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DI\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Alemanha\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DBITD\_Conhecimento\Direção de Informação\Estatística\Mercados Externos\Alemanha\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F52A1A14-901A-4756-A96B-EEE34A1028EE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{31A17DAE-8715-4764-88BE-E25C031D616D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="932" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Alemanha" sheetId="45" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Alemanha!$A$1:$K$571</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Alemanha!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -571,68 +571,68 @@
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF005629"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t>a</t>
     </r>
   </si>
   <si>
     <t>tvma % - taxa de variação média anual (composta) em percentagem</t>
   </si>
   <si>
     <t>2024 dez</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos; 2025: resultados preliminares</t>
   </si>
   <si>
     <t>Fonte: GEE - Gabinete de Estratégia e Estudos (Ministério da Economia e da Coesão Territorial) a partir de dados de base do INE</t>
   </si>
   <si>
     <t>2020 a 2024: resultados definitivos</t>
   </si>
   <si>
-    <t>2024 jan/ago</t>
-[...4 lines deleted...]
-  <si>
     <t>2024 jan/set</t>
   </si>
   <si>
     <t>2025 jan/set</t>
   </si>
   <si>
     <t>2024 set</t>
   </si>
   <si>
     <t>2025 set</t>
   </si>
   <si>
+    <t>2024 jan/out</t>
+  </si>
+  <si>
+    <t>2025 jan/out</t>
+  </si>
+  <si>
     <t>PORTUGAL - RELACIONAMENTO ECONÓMICO COM A ALEMANHA</t>
   </si>
   <si>
     <t>Balança Comercial de Bens de Portugal com a Alemanha</t>
   </si>
   <si>
     <t>tvh % 24/23</t>
   </si>
   <si>
     <t>tvma % 24/20</t>
   </si>
   <si>
     <t>tvh % 25/24</t>
   </si>
   <si>
     <t>Posição e Quota da Alemanha no Comércio Internacional Português de Bens</t>
   </si>
   <si>
     <t>Alemanha como cliente de Portugal</t>
   </si>
   <si>
     <t>Alemanha como fornecedor de Portugal</t>
   </si>
   <si>
     <t>Posição e Quota de Portugal no Comércio Internacional de Bens da Alemanha</t>
@@ -760,96 +760,96 @@
   <si>
     <t>8712 Bicicletas e outros ciclos, incluídos os triciclos, sem motor</t>
   </si>
   <si>
     <t>8701 Tratores (veículos a motor) (exceto os carros-tratores da posição 8709)</t>
   </si>
   <si>
     <t>Exportação de Produtos Industriais Transformados para a Alemanha por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Importação de Produtos Industriais Transformados da Alemanha por Graus de Intensidade Tecnológica</t>
   </si>
   <si>
     <t>Exportação de Bens para a Alemanha por Meios de Transporte</t>
   </si>
   <si>
     <t>Importação de Bens da Alemanha por Meios de Transporte</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Portugal com a Alemanha</t>
   </si>
   <si>
     <t>Posição e Quota da Alemanha no Comércio Internacional Português de Serviços</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/set e 2025 jan/set entre 13 países</t>
+    <t>Nota: Posição de 2020 a 2024 entre 62 países; em 2024 jan/out e 2025 jan/out entre 13 países</t>
   </si>
   <si>
     <t>Exportações de Portugal para a Alemanha por Tipo de Serviço</t>
   </si>
   <si>
     <t>Importações de Portugal Provenientes da Alemanha por Tipo de Serviço</t>
   </si>
   <si>
     <t>Balança Comercial de Bens e Serviços de Portugal com a Alemanha</t>
   </si>
   <si>
     <t>Quota da Alemanha no Comércio Internacional Português de Bens e Serviços</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e a Alemanha - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>média anual M€ 24/20</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e a Alemanha - Princípio Ativo/Passivo</t>
   </si>
   <si>
     <t>Fluxos de Investimento Direto entre Portugal e a Alemanha - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto entre Portugal e a Alemanha - Princípio Direcional</t>
   </si>
   <si>
     <t>Posição (stock) de Investimento Direto da Alemanha em Portugal como Contraparte Final - Princípio Direcional</t>
   </si>
   <si>
     <t>tvma % 24/21</t>
   </si>
   <si>
     <t>Balança Comercial de Serviços de Turismo de Portugal com a Alemanha</t>
   </si>
   <si>
-    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/set e 2025 jan/set entre 13 países</t>
+    <t>Posição de 2020 a 2024 entre 62 países; em 2024 jan/out e 2025 jan/out entre 13 países</t>
   </si>
   <si>
     <t>Indicadores de Turismo da Alemanha em Portugal</t>
   </si>
   <si>
-    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/set e 2025 jan/set entre 15 países</t>
+    <t>Nota: Posição de 2020 a 2024 entre 27 países; em 2024 jan/out e 2025 jan/out entre 15 países</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -1505,112 +1505,112 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
-[...12 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="70">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
@@ -2468,194 +2468,194 @@
     </row>
     <row r="7" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
       <c r="B7" s="12">
         <v>2020</v>
       </c>
       <c r="C7" s="12">
         <v>2021</v>
       </c>
       <c r="D7" s="12">
         <v>2022</v>
       </c>
       <c r="E7" s="12">
         <v>2023</v>
       </c>
       <c r="F7" s="12">
         <v>2024</v>
       </c>
       <c r="G7" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I7" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K7" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="16">
         <v>6378.6688880000002</v>
       </c>
       <c r="C8" s="16">
         <v>7011.7558589999999</v>
       </c>
       <c r="D8" s="16">
         <v>8501.8405179999991</v>
       </c>
       <c r="E8" s="16">
         <v>8279.6676239999997</v>
       </c>
       <c r="F8" s="16">
         <v>9658.927525000001</v>
       </c>
       <c r="G8" s="16">
         <v>16.658396974801089</v>
       </c>
       <c r="H8" s="16">
         <v>10.930178581086158</v>
       </c>
       <c r="I8" s="16">
-        <v>7317.8929170000001</v>
+        <v>8156.4511700000003</v>
       </c>
       <c r="J8" s="16">
-        <v>8643.6620510000012</v>
+        <v>9441.1942579999995</v>
       </c>
       <c r="K8" s="16">
-        <v>18.116815168477558</v>
+        <v>15.751250896043789</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="16">
         <v>9087.9992729999994</v>
       </c>
       <c r="C9" s="16">
         <v>10324.448146999999</v>
       </c>
       <c r="D9" s="16">
         <v>12104.763606</v>
       </c>
       <c r="E9" s="16">
         <v>11999.233855</v>
       </c>
       <c r="F9" s="16">
         <v>12127.175416</v>
       </c>
       <c r="G9" s="16">
         <v>1.0662477500318674</v>
       </c>
       <c r="H9" s="16">
         <v>7.4788086838545986</v>
       </c>
       <c r="I9" s="16">
-        <v>9059.1462350000002</v>
+        <v>10156.205193</v>
       </c>
       <c r="J9" s="16">
-        <v>9949.2922210000015</v>
+        <v>11141.394817</v>
       </c>
       <c r="K9" s="16">
-        <v>9.8259368257123771</v>
+        <v>9.7003714013086952</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B10" s="16">
         <v>-2709.3303849999993</v>
       </c>
       <c r="C10" s="16">
         <v>-3312.6922879999993</v>
       </c>
       <c r="D10" s="16">
         <v>-3602.9230880000014</v>
       </c>
       <c r="E10" s="16">
         <v>-3719.5662310000007</v>
       </c>
       <c r="F10" s="16">
         <v>-2468.2478909999991</v>
       </c>
       <c r="G10" s="16" t="s">
         <v>26</v>
       </c>
       <c r="H10" s="16" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="16">
-        <v>-1741.253318</v>
+        <v>-1999.7540229999995</v>
       </c>
       <c r="J10" s="16">
-        <v>-1305.6301700000004</v>
+        <v>-1700.2005590000008</v>
       </c>
       <c r="K10" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B11" s="17">
         <v>70.18782348443527</v>
       </c>
       <c r="C11" s="17">
         <v>67.914098256548698</v>
       </c>
       <c r="D11" s="17">
         <v>70.235494014818016</v>
       </c>
       <c r="E11" s="17">
         <v>69.001635638177987</v>
       </c>
       <c r="F11" s="17">
         <v>79.64696801743699</v>
       </c>
       <c r="G11" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="17">
-        <v>80.779057177897513</v>
+        <v>80.310027367522096</v>
       </c>
       <c r="J11" s="17">
-        <v>86.877155268952677</v>
+        <v>84.739787190686712</v>
       </c>
       <c r="K11" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="4" t="s">
         <v>62</v>
       </c>
     </row>
@@ -2679,174 +2679,174 @@
       <c r="B19" s="22"/>
       <c r="C19" s="22"/>
       <c r="D19" s="22"/>
     </row>
     <row r="20" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
       <c r="B20" s="23"/>
       <c r="C20" s="23"/>
       <c r="D20" s="24"/>
       <c r="E20" s="12">
         <v>2020</v>
       </c>
       <c r="F20" s="12">
         <v>2021</v>
       </c>
       <c r="G20" s="12">
         <v>2022</v>
       </c>
       <c r="H20" s="12">
         <v>2023</v>
       </c>
       <c r="I20" s="12">
         <v>2024</v>
       </c>
       <c r="J20" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K20" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="128" t="s">
+      <c r="A21" s="124" t="s">
         <v>143</v>
       </c>
-      <c r="B21" s="128"/>
-      <c r="C21" s="128"/>
+      <c r="B21" s="124"/>
+      <c r="C21" s="124"/>
       <c r="D21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="27">
         <v>3</v>
       </c>
       <c r="F21" s="27">
         <v>3</v>
       </c>
       <c r="G21" s="27">
         <v>3</v>
       </c>
       <c r="H21" s="27">
         <v>3</v>
       </c>
       <c r="I21" s="27">
         <v>2</v>
       </c>
       <c r="J21" s="27">
         <v>2</v>
       </c>
       <c r="K21" s="27">
         <v>2</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="128"/>
-[...1 lines deleted...]
-      <c r="C22" s="128"/>
+      <c r="A22" s="124"/>
+      <c r="B22" s="124"/>
+      <c r="C22" s="124"/>
       <c r="D22" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E22" s="28">
         <v>11.865658998259594</v>
       </c>
       <c r="F22" s="28">
         <v>11.021563023125573</v>
       </c>
       <c r="G22" s="28">
         <v>10.84380557955703</v>
       </c>
       <c r="H22" s="28">
         <v>10.705521523193234</v>
       </c>
       <c r="I22" s="28">
         <v>12.242751894142591</v>
       </c>
       <c r="J22" s="28">
-        <v>12.356702269321252</v>
+        <v>12.271288968550307</v>
       </c>
       <c r="K22" s="28">
-        <v>14.330013428675301</v>
+        <v>14.063293156728401</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="129" t="s">
+      <c r="A23" s="127" t="s">
         <v>144</v>
       </c>
-      <c r="B23" s="129"/>
-      <c r="C23" s="129"/>
+      <c r="B23" s="127"/>
+      <c r="C23" s="127"/>
       <c r="D23" s="29" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="30">
         <v>2</v>
       </c>
       <c r="F23" s="30">
         <v>2</v>
       </c>
       <c r="G23" s="30">
         <v>2</v>
       </c>
       <c r="H23" s="30">
         <v>2</v>
       </c>
       <c r="I23" s="30">
         <v>2</v>
       </c>
       <c r="J23" s="30">
         <v>2</v>
       </c>
       <c r="K23" s="30">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="130"/>
-[...1 lines deleted...]
-      <c r="C24" s="130"/>
+      <c r="A24" s="128"/>
+      <c r="B24" s="128"/>
+      <c r="C24" s="128"/>
       <c r="D24" s="31" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="32">
         <v>13.336156031062979</v>
       </c>
       <c r="F24" s="32">
         <v>12.417294349705251</v>
       </c>
       <c r="G24" s="32">
         <v>11.048367197467487</v>
       </c>
       <c r="H24" s="32">
         <v>11.411712188017084</v>
       </c>
       <c r="I24" s="32">
         <v>11.308080293118746</v>
       </c>
       <c r="J24" s="32">
-        <v>11.443858405072858</v>
+        <v>11.394222694258657</v>
       </c>
       <c r="K24" s="32">
-        <v>11.799963315697237</v>
+        <v>11.848711357484353</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="34"/>
     </row>
     <row r="26" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35"/>
       <c r="B26" s="36"/>
       <c r="C26" s="36"/>
       <c r="D26" s="36"/>
       <c r="E26" s="36"/>
       <c r="F26" s="36"/>
       <c r="G26" s="36"/>
       <c r="H26" s="36"/>
       <c r="I26" s="36"/>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
         <v>145</v>
       </c>
@@ -2863,137 +2863,137 @@
     </row>
     <row r="28" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23"/>
       <c r="B28" s="23"/>
       <c r="C28" s="23"/>
       <c r="D28" s="24"/>
       <c r="E28" s="12"/>
       <c r="F28" s="12"/>
       <c r="G28" s="12">
         <v>2020</v>
       </c>
       <c r="H28" s="12">
         <v>2021</v>
       </c>
       <c r="I28" s="12">
         <v>2022</v>
       </c>
       <c r="J28" s="12">
         <v>2023</v>
       </c>
       <c r="K28" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="128" t="s">
+      <c r="A29" s="124" t="s">
         <v>146</v>
       </c>
-      <c r="B29" s="128"/>
-[...2 lines deleted...]
-      <c r="E29" s="141" t="s">
+      <c r="B29" s="124"/>
+      <c r="C29" s="124"/>
+      <c r="D29" s="124"/>
+      <c r="E29" s="125" t="s">
         <v>23</v>
       </c>
-      <c r="F29" s="141"/>
+      <c r="F29" s="125"/>
       <c r="G29" s="27">
         <v>26</v>
       </c>
       <c r="H29" s="27">
         <v>27</v>
       </c>
       <c r="I29" s="27">
         <v>28</v>
       </c>
       <c r="J29" s="27">
         <v>25</v>
       </c>
       <c r="K29" s="27">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="128"/>
-[...3 lines deleted...]
-      <c r="E30" s="141" t="s">
+      <c r="A30" s="124"/>
+      <c r="B30" s="124"/>
+      <c r="C30" s="124"/>
+      <c r="D30" s="124"/>
+      <c r="E30" s="125" t="s">
         <v>147</v>
       </c>
-      <c r="F30" s="141"/>
+      <c r="F30" s="125"/>
       <c r="G30" s="28">
         <v>0.73499731550891101</v>
       </c>
       <c r="H30" s="28">
         <v>0.72727456919874978</v>
       </c>
       <c r="I30" s="28">
         <v>0.73011065653772578</v>
       </c>
       <c r="J30" s="28">
         <v>0.7676707330193927</v>
       </c>
       <c r="K30" s="28">
         <v>0.77899730153258429</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="129" t="s">
+      <c r="A31" s="127" t="s">
         <v>148</v>
       </c>
-      <c r="B31" s="129"/>
-[...2 lines deleted...]
-      <c r="E31" s="143" t="s">
+      <c r="B31" s="127"/>
+      <c r="C31" s="127"/>
+      <c r="D31" s="127"/>
+      <c r="E31" s="129" t="s">
         <v>23</v>
       </c>
-      <c r="F31" s="143"/>
+      <c r="F31" s="129"/>
       <c r="G31" s="30">
         <v>30</v>
       </c>
       <c r="H31" s="30">
         <v>32</v>
       </c>
       <c r="I31" s="30">
         <v>34</v>
       </c>
       <c r="J31" s="30">
         <v>32</v>
       </c>
       <c r="K31" s="30">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="130"/>
-[...3 lines deleted...]
-      <c r="E32" s="142" t="s">
+      <c r="A32" s="128"/>
+      <c r="B32" s="128"/>
+      <c r="C32" s="128"/>
+      <c r="D32" s="128"/>
+      <c r="E32" s="126" t="s">
         <v>149</v>
       </c>
-      <c r="F32" s="142"/>
+      <c r="F32" s="126"/>
       <c r="G32" s="32">
         <v>0.62828229690765136</v>
       </c>
       <c r="H32" s="32">
         <v>0.58921780063884266</v>
       </c>
       <c r="I32" s="32">
         <v>0.58507373988903777</v>
       </c>
       <c r="J32" s="32">
         <v>0.60003517241920568</v>
       </c>
       <c r="K32" s="32">
         <v>0.68248453772319506</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="4" t="s">
         <v>150</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="34"/>
     </row>
     <row r="34" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
@@ -3024,167 +3024,167 @@
     </row>
     <row r="36" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
       <c r="B36" s="23"/>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="39" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="13">
         <v>2020</v>
       </c>
       <c r="G36" s="13">
         <v>2021</v>
       </c>
       <c r="H36" s="13">
         <v>2022</v>
       </c>
       <c r="I36" s="13">
         <v>2023</v>
       </c>
       <c r="J36" s="13">
         <v>2024</v>
       </c>
       <c r="K36" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="128" t="s">
+      <c r="A37" s="124" t="s">
         <v>152</v>
       </c>
-      <c r="B37" s="128"/>
-[...1 lines deleted...]
-      <c r="D37" s="128"/>
+      <c r="B37" s="124"/>
+      <c r="C37" s="124"/>
+      <c r="D37" s="124"/>
       <c r="E37" s="26" t="s">
         <v>5</v>
       </c>
       <c r="F37" s="40">
         <v>-1.3418445674776072</v>
       </c>
       <c r="G37" s="40">
         <v>1.1776742524226567</v>
       </c>
       <c r="H37" s="40">
         <v>2.3422181703433247</v>
       </c>
       <c r="I37" s="40">
         <v>-0.2833738956268112</v>
       </c>
       <c r="J37" s="40">
         <v>1.7833682735563001</v>
       </c>
       <c r="K37" s="40">
-        <v>2.2386409110520029</v>
+        <v>1.9328815136149036</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="136" t="s">
+      <c r="A38" s="131" t="s">
         <v>35</v>
       </c>
-      <c r="B38" s="136"/>
-[...1 lines deleted...]
-      <c r="D38" s="136"/>
+      <c r="B38" s="131"/>
+      <c r="C38" s="131"/>
+      <c r="D38" s="131"/>
       <c r="E38" s="41" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="42">
         <v>-10.258980147584102</v>
       </c>
       <c r="G38" s="42">
         <v>18.343770509814043</v>
       </c>
       <c r="H38" s="42">
         <v>23.2388490869163</v>
       </c>
       <c r="I38" s="42">
         <v>-1.3552804405528664</v>
       </c>
       <c r="J38" s="42">
         <v>2.0104785650741244</v>
       </c>
       <c r="K38" s="42">
-        <v>1.8515666647388538</v>
+        <v>1.0017378139444362</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="129" t="s">
+      <c r="A39" s="127" t="s">
         <v>153</v>
       </c>
-      <c r="B39" s="129"/>
-[...1 lines deleted...]
-      <c r="D39" s="129"/>
+      <c r="B39" s="127"/>
+      <c r="C39" s="127"/>
+      <c r="D39" s="127"/>
       <c r="E39" s="43" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="44">
         <v>-1.8960570082719199</v>
       </c>
       <c r="G39" s="44">
         <v>1.8144230223571374</v>
       </c>
       <c r="H39" s="44">
         <v>2.1411992946235308</v>
       </c>
       <c r="I39" s="44">
         <v>-9.6320050292216616E-2</v>
       </c>
       <c r="J39" s="44">
         <v>0.12167712444484378</v>
       </c>
       <c r="K39" s="44">
-        <v>1.1244662973064352</v>
+        <v>1.1052819196352912</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="137" t="s">
+      <c r="A40" s="132" t="s">
         <v>36</v>
       </c>
-      <c r="B40" s="137"/>
-[...1 lines deleted...]
-      <c r="D40" s="137"/>
+      <c r="B40" s="132"/>
+      <c r="C40" s="132"/>
+      <c r="D40" s="132"/>
       <c r="E40" s="45" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="17">
         <v>-14.793679915540103</v>
       </c>
       <c r="G40" s="17">
         <v>22.011918431971004</v>
       </c>
       <c r="H40" s="17">
         <v>31.770544770324882</v>
       </c>
       <c r="I40" s="17">
         <v>-4.0280111631669717</v>
       </c>
       <c r="J40" s="17">
         <v>1.9924603779147958</v>
       </c>
       <c r="K40" s="17">
-        <v>6.5115574186567269</v>
+        <v>5.4925235055077613</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="33"/>
       <c r="C41" s="34"/>
     </row>
     <row r="42" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="46"/>
     </row>
     <row r="44" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B44" s="37"/>
       <c r="C44" s="37"/>
       <c r="D44" s="37"/>
       <c r="E44" s="37"/>
@@ -3197,233 +3197,233 @@
     </row>
     <row r="45" spans="1:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="23"/>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="12">
         <v>2020</v>
       </c>
       <c r="H45" s="12">
         <v>2021</v>
       </c>
       <c r="I45" s="12">
         <v>2022</v>
       </c>
       <c r="J45" s="12">
         <v>2023</v>
       </c>
       <c r="K45" s="12">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="138" t="s">
+      <c r="A46" s="133" t="s">
         <v>154</v>
       </c>
-      <c r="B46" s="138"/>
-      <c r="C46" s="138"/>
+      <c r="B46" s="133"/>
+      <c r="C46" s="133"/>
       <c r="D46" s="47" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="47"/>
       <c r="F46" s="47"/>
       <c r="G46" s="48">
         <v>3685</v>
       </c>
       <c r="H46" s="48">
         <v>3750</v>
       </c>
       <c r="I46" s="48">
         <v>3974</v>
       </c>
       <c r="J46" s="48">
         <v>3813</v>
       </c>
       <c r="K46" s="48">
         <v>3137</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="128"/>
-[...1 lines deleted...]
-      <c r="C47" s="128"/>
+      <c r="A47" s="124"/>
+      <c r="B47" s="124"/>
+      <c r="C47" s="124"/>
       <c r="D47" s="50" t="s">
         <v>75</v>
       </c>
       <c r="E47" s="50"/>
       <c r="F47" s="50"/>
       <c r="G47" s="51">
         <v>17.795055051187948</v>
       </c>
       <c r="H47" s="51">
         <v>16.650386288961904</v>
       </c>
       <c r="I47" s="51">
         <v>17.323452484742809</v>
       </c>
       <c r="J47" s="51">
         <v>16.888121179909646</v>
       </c>
       <c r="K47" s="51">
         <v>14.8174389495064</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="130"/>
-[...1 lines deleted...]
-      <c r="C48" s="130"/>
+      <c r="A48" s="128"/>
+      <c r="B48" s="128"/>
+      <c r="C48" s="128"/>
       <c r="D48" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="52">
         <v>5</v>
       </c>
       <c r="H48" s="52">
         <v>6</v>
       </c>
       <c r="I48" s="52">
         <v>7</v>
       </c>
       <c r="J48" s="52">
         <v>7</v>
       </c>
       <c r="K48" s="52">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C49" s="53"/>
       <c r="F49" s="54"/>
-      <c r="G49" s="140" t="s">
+      <c r="G49" s="136" t="s">
         <v>155</v>
       </c>
-      <c r="H49" s="140"/>
-[...2 lines deleted...]
-      <c r="K49" s="140"/>
+      <c r="H49" s="136"/>
+      <c r="I49" s="136"/>
+      <c r="J49" s="136"/>
+      <c r="K49" s="136"/>
     </row>
     <row r="50" spans="1:11" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="124" t="s">
+      <c r="A50" s="130" t="s">
         <v>48</v>
       </c>
-      <c r="B50" s="124"/>
-[...8 lines deleted...]
-      <c r="K50" s="124"/>
+      <c r="B50" s="130"/>
+      <c r="C50" s="130"/>
+      <c r="D50" s="130"/>
+      <c r="E50" s="130"/>
+      <c r="F50" s="130"/>
+      <c r="G50" s="130"/>
+      <c r="H50" s="130"/>
+      <c r="I50" s="130"/>
+      <c r="J50" s="130"/>
+      <c r="K50" s="130"/>
     </row>
     <row r="51" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="4" t="s">
         <v>130</v>
       </c>
       <c r="C51" s="53"/>
     </row>
     <row r="52" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="124" t="s">
+      <c r="A52" s="130" t="s">
         <v>155</v>
       </c>
-      <c r="B52" s="124"/>
-[...8 lines deleted...]
-      <c r="K52" s="124"/>
+      <c r="B52" s="130"/>
+      <c r="C52" s="130"/>
+      <c r="D52" s="130"/>
+      <c r="E52" s="130"/>
+      <c r="F52" s="130"/>
+      <c r="G52" s="130"/>
+      <c r="H52" s="130"/>
+      <c r="I52" s="130"/>
+      <c r="J52" s="130"/>
+      <c r="K52" s="130"/>
     </row>
     <row r="53" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="55"/>
       <c r="B53" s="55"/>
       <c r="C53" s="55"/>
       <c r="D53" s="55"/>
       <c r="E53" s="55"/>
       <c r="F53" s="55"/>
       <c r="G53" s="55"/>
       <c r="H53" s="55"/>
       <c r="I53" s="55"/>
       <c r="J53" s="55"/>
       <c r="K53" s="55"/>
     </row>
     <row r="54" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A54" s="46"/>
       <c r="B54" s="46"/>
       <c r="C54" s="56"/>
       <c r="D54" s="46"/>
       <c r="E54" s="46"/>
       <c r="F54" s="46"/>
       <c r="G54" s="46"/>
       <c r="H54" s="46"/>
       <c r="I54" s="46"/>
       <c r="J54" s="46"/>
       <c r="K54" s="46"/>
     </row>
     <row r="55" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B55" s="37"/>
       <c r="C55" s="38"/>
       <c r="D55" s="37"/>
       <c r="E55" s="37"/>
       <c r="F55" s="37"/>
       <c r="G55" s="37"/>
       <c r="H55" s="37"/>
       <c r="I55" s="37"/>
       <c r="J55" s="37"/>
       <c r="K55" s="37"/>
     </row>
     <row r="56" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="47"/>
       <c r="B56" s="47"/>
       <c r="C56" s="57"/>
       <c r="D56" s="47"/>
       <c r="E56" s="47"/>
       <c r="F56" s="47"/>
       <c r="G56" s="47"/>
-      <c r="H56" s="131" t="s">
+      <c r="H56" s="123" t="s">
         <v>59</v>
       </c>
-      <c r="I56" s="131"/>
-      <c r="J56" s="131" t="s">
+      <c r="I56" s="123"/>
+      <c r="J56" s="123" t="s">
         <v>56</v>
       </c>
-      <c r="K56" s="131"/>
+      <c r="K56" s="123"/>
     </row>
     <row r="57" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="58"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I57" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J57" s="58" t="s">
         <v>157</v>
       </c>
       <c r="K57" s="58" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
         <v>13</v>
@@ -3545,98 +3545,98 @@
       </c>
       <c r="B63" s="61"/>
       <c r="C63" s="62"/>
       <c r="D63" s="61"/>
       <c r="E63" s="61"/>
       <c r="F63" s="63"/>
       <c r="G63" s="63"/>
       <c r="H63" s="64" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="65" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="66">
         <v>158.60554200000115</v>
       </c>
       <c r="K63" s="66">
         <v>1.6420616221571862</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A64" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C64" s="53"/>
-      <c r="F64" s="139" t="s">
+      <c r="F64" s="135" t="s">
         <v>155</v>
       </c>
-      <c r="G64" s="139"/>
-[...3 lines deleted...]
-      <c r="K64" s="139"/>
+      <c r="G64" s="135"/>
+      <c r="H64" s="135"/>
+      <c r="I64" s="135"/>
+      <c r="J64" s="135"/>
+      <c r="K64" s="135"/>
     </row>
     <row r="65" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="46"/>
       <c r="C65" s="53"/>
     </row>
     <row r="66" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="46"/>
       <c r="C66" s="53"/>
     </row>
     <row r="67" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B67" s="37"/>
       <c r="C67" s="38"/>
       <c r="D67" s="37"/>
       <c r="E67" s="37"/>
       <c r="F67" s="37"/>
       <c r="G67" s="37"/>
       <c r="H67" s="37"/>
       <c r="I67" s="37"/>
       <c r="J67" s="37"/>
       <c r="K67" s="37"/>
     </row>
     <row r="68" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="47"/>
       <c r="B68" s="47"/>
       <c r="C68" s="57"/>
       <c r="D68" s="47"/>
       <c r="E68" s="47"/>
       <c r="F68" s="47"/>
       <c r="G68" s="47"/>
-      <c r="H68" s="131" t="s">
+      <c r="H68" s="123" t="s">
         <v>59</v>
       </c>
-      <c r="I68" s="131"/>
-      <c r="J68" s="131" t="s">
+      <c r="I68" s="123"/>
+      <c r="J68" s="123" t="s">
         <v>56</v>
       </c>
-      <c r="K68" s="131"/>
+      <c r="K68" s="123"/>
     </row>
     <row r="69" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1"/>
       <c r="B69" s="1"/>
       <c r="C69" s="58"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="58" t="s">
         <v>60</v>
       </c>
       <c r="I69" s="58" t="s">
         <v>58</v>
       </c>
       <c r="J69" s="58" t="s">
         <v>157</v>
       </c>
       <c r="K69" s="58" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
         <v>13</v>
@@ -3781,58 +3781,58 @@
       </c>
       <c r="B76" s="73"/>
       <c r="C76" s="74"/>
       <c r="D76" s="73"/>
       <c r="E76" s="73"/>
       <c r="F76" s="75"/>
       <c r="G76" s="75"/>
       <c r="H76" s="76" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="77" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="78">
         <v>158.60554200000115</v>
       </c>
       <c r="K76" s="78">
         <v>1.642061622157172</v>
       </c>
     </row>
     <row r="77" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A77" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C77" s="53"/>
-      <c r="F77" s="139" t="s">
+      <c r="F77" s="135" t="s">
         <v>155</v>
       </c>
-      <c r="G77" s="139"/>
-[...3 lines deleted...]
-      <c r="K77" s="139"/>
+      <c r="G77" s="135"/>
+      <c r="H77" s="135"/>
+      <c r="I77" s="135"/>
+      <c r="J77" s="135"/>
+      <c r="K77" s="135"/>
     </row>
     <row r="78" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="46"/>
       <c r="C78" s="34"/>
     </row>
     <row r="79" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="46"/>
       <c r="C79" s="34"/>
     </row>
     <row r="80" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B80" s="37"/>
       <c r="C80" s="37"/>
       <c r="D80" s="37"/>
       <c r="E80" s="37"/>
       <c r="F80" s="37"/>
       <c r="G80" s="37"/>
       <c r="H80" s="37"/>
       <c r="I80" s="37"/>
       <c r="J80" s="37"/>
       <c r="K80" s="37"/>
     </row>
     <row r="81" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
@@ -5111,552 +5111,552 @@
     <row r="129" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="46"/>
     </row>
     <row r="130" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="2" t="s">
         <v>159</v>
       </c>
       <c r="B130" s="37"/>
       <c r="C130" s="37"/>
       <c r="D130" s="37"/>
       <c r="E130" s="37"/>
       <c r="F130" s="37"/>
       <c r="G130" s="37"/>
       <c r="H130" s="37"/>
       <c r="I130" s="37"/>
       <c r="J130" s="37"/>
       <c r="K130" s="37"/>
     </row>
     <row r="131" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="23"/>
       <c r="B131" s="23"/>
       <c r="C131" s="23"/>
       <c r="D131" s="13"/>
       <c r="E131" s="13"/>
       <c r="F131" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G131" s="13" t="s">
         <v>162</v>
       </c>
       <c r="H131" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I131" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K131" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="132" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B132" s="5"/>
       <c r="C132" s="79"/>
       <c r="D132" s="16"/>
       <c r="E132" s="16"/>
       <c r="F132" s="16">
-        <v>1862.0778329999998</v>
+        <v>2119.3949720000001</v>
       </c>
       <c r="G132" s="16">
-        <v>25.445546335807361</v>
+        <v>25.984278307154995</v>
       </c>
       <c r="H132" s="16">
-        <v>2134.753541</v>
+        <v>2401.5491679999996</v>
       </c>
       <c r="I132" s="16">
-        <v>24.69732768824559</v>
+        <v>25.436921456891387</v>
       </c>
       <c r="J132" s="16">
-        <v>14.643625694243481</v>
+        <v>13.312959581749894</v>
       </c>
       <c r="K132" s="16">
-        <v>272.67570800000021</v>
+        <v>282.1541959999995</v>
       </c>
     </row>
     <row r="133" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="79"/>
       <c r="D133" s="16"/>
       <c r="E133" s="16"/>
       <c r="F133" s="16">
-        <v>1079.4532179999999</v>
+        <v>1120.8817729999998</v>
       </c>
       <c r="G133" s="16">
-        <v>14.750874742814988</v>
+        <v>13.742272829667412</v>
       </c>
       <c r="H133" s="16">
-        <v>2091.6398380000001</v>
+        <v>2141.7508279999997</v>
       </c>
       <c r="I133" s="16">
-        <v>24.198537907414071</v>
+        <v>22.685168522882435</v>
       </c>
       <c r="J133" s="16">
-        <v>93.768456392706796</v>
+        <v>91.077317839479221</v>
       </c>
       <c r="K133" s="16">
-        <v>1012.1866200000002</v>
+        <v>1020.8690549999999</v>
       </c>
     </row>
     <row r="134" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B134" s="5"/>
       <c r="C134" s="79"/>
       <c r="D134" s="16"/>
       <c r="E134" s="16"/>
       <c r="F134" s="16">
-        <v>1288.6776150000003</v>
+        <v>1470.7080189999999</v>
       </c>
       <c r="G134" s="16">
-        <v>17.609954526750563</v>
+        <v>18.031224466951599</v>
       </c>
       <c r="H134" s="16">
-        <v>1388.8153620000001</v>
+        <v>1515.8501069999998</v>
       </c>
       <c r="I134" s="16">
-        <v>16.067441714005064</v>
+        <v>16.055702971216206</v>
       </c>
       <c r="J134" s="16">
-        <v>7.7705817059606286</v>
+        <v>3.0694119714322325</v>
       </c>
       <c r="K134" s="16">
-        <v>100.13774699999976</v>
+        <v>45.142087999999831</v>
       </c>
     </row>
     <row r="135" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="15" t="s">
         <v>44</v>
       </c>
       <c r="B135" s="5"/>
       <c r="C135" s="79"/>
       <c r="D135" s="16"/>
       <c r="E135" s="16"/>
       <c r="F135" s="16">
-        <v>692.22953399999994</v>
+        <v>763.08264500000007</v>
       </c>
       <c r="G135" s="16">
-        <v>9.4594105414128169</v>
+        <v>9.3555717933636586</v>
       </c>
       <c r="H135" s="16">
-        <v>558.32408799999996</v>
+        <v>615.84585200000004</v>
       </c>
       <c r="I135" s="16">
-        <v>6.4593465675281276</v>
+        <v>6.5229655822213681</v>
       </c>
       <c r="J135" s="16">
-        <v>-19.344081612097181</v>
+        <v>-19.294999560630817</v>
       </c>
       <c r="K135" s="16">
-        <v>-133.90544599999998</v>
+        <v>-147.23679300000003</v>
       </c>
     </row>
     <row r="136" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B136" s="5"/>
       <c r="C136" s="79"/>
       <c r="D136" s="16"/>
       <c r="E136" s="16"/>
       <c r="F136" s="16">
-        <v>463.56537300000002</v>
+        <v>524.08701500000006</v>
       </c>
       <c r="G136" s="16">
-        <v>6.334683743774165</v>
+        <v>6.4254294432317431</v>
       </c>
       <c r="H136" s="16">
-        <v>490.78043499999995</v>
+        <v>552.503692</v>
       </c>
       <c r="I136" s="16">
-        <v>5.6779225298751772</v>
+        <v>5.8520530020006287</v>
       </c>
       <c r="J136" s="16">
-        <v>5.8708142551449658</v>
+        <v>5.4221295675489944</v>
       </c>
       <c r="K136" s="16">
-        <v>27.215061999999932</v>
+        <v>28.416676999999936</v>
       </c>
     </row>
     <row r="137" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B137" s="5"/>
       <c r="C137" s="79"/>
       <c r="D137" s="16"/>
       <c r="E137" s="16"/>
       <c r="F137" s="16">
-        <v>377.37093599999997</v>
+        <v>421.835309</v>
       </c>
       <c r="G137" s="16">
-        <v>5.1568250626261518</v>
+        <v>5.1717996001930331</v>
       </c>
       <c r="H137" s="16">
-        <v>394.93069500000001</v>
+        <v>434.44973300000004</v>
       </c>
       <c r="I137" s="16">
-        <v>4.5690205455719983</v>
+        <v>4.6016395927016216</v>
       </c>
       <c r="J137" s="16">
-        <v>4.6531826711742434</v>
+        <v>2.9903670297073313</v>
       </c>
       <c r="K137" s="16">
-        <v>17.559759000000042</v>
+        <v>12.614424000000042</v>
       </c>
     </row>
     <row r="138" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="79"/>
       <c r="D138" s="16"/>
       <c r="E138" s="16"/>
       <c r="F138" s="16">
-        <v>306.48828599999996</v>
+        <v>345.54644799999994</v>
       </c>
       <c r="G138" s="16">
-        <v>4.1882040291680855</v>
+        <v>4.2364803123071963</v>
       </c>
       <c r="H138" s="16">
-        <v>336.397513</v>
+        <v>376.84603100000004</v>
       </c>
       <c r="I138" s="16">
-        <v>3.8918401831904288</v>
+        <v>3.9915080730457317</v>
       </c>
       <c r="J138" s="16">
-        <v>9.7586851981677523</v>
+        <v>9.0579958732494639</v>
       </c>
       <c r="K138" s="16">
-        <v>29.909227000000044</v>
+        <v>31.299583000000098</v>
       </c>
     </row>
     <row r="139" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="15" t="s">
         <v>8</v>
       </c>
       <c r="B139" s="5"/>
       <c r="C139" s="79"/>
       <c r="D139" s="16"/>
       <c r="E139" s="16"/>
       <c r="F139" s="16">
-        <v>219.35343299999997</v>
+        <v>243.11884499999996</v>
       </c>
       <c r="G139" s="16">
-        <v>2.9974944357333504</v>
+        <v>2.9806939308875915</v>
       </c>
       <c r="H139" s="16">
-        <v>223.52243000000001</v>
+        <v>247.35964399999997</v>
       </c>
       <c r="I139" s="16">
-        <v>2.5859691029236886</v>
+        <v>2.6200037541903103</v>
       </c>
       <c r="J139" s="16">
-        <v>1.9005843414358816</v>
+        <v>1.7443316662679977</v>
       </c>
       <c r="K139" s="16">
-        <v>4.1689970000000471</v>
+        <v>4.2407990000000098</v>
       </c>
     </row>
     <row r="140" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B140" s="5"/>
       <c r="C140" s="79"/>
       <c r="D140" s="16"/>
       <c r="E140" s="16"/>
       <c r="F140" s="16">
-        <v>148.87603300000001</v>
+        <v>166.89652200000003</v>
       </c>
       <c r="G140" s="16">
-        <v>2.0344111985316169</v>
+        <v>2.0461904144520249</v>
       </c>
       <c r="H140" s="16">
-        <v>198.23692699999998</v>
+        <v>222.47725500000001</v>
       </c>
       <c r="I140" s="16">
-        <v>2.2934368075746967</v>
+        <v>2.3564524669268807</v>
       </c>
       <c r="J140" s="16">
-        <v>33.155702100149306</v>
+        <v>33.302511241067066</v>
       </c>
       <c r="K140" s="16">
-        <v>49.360893999999973</v>
+        <v>55.580732999999981</v>
       </c>
     </row>
     <row r="141" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B141" s="5"/>
       <c r="C141" s="79"/>
       <c r="D141" s="16"/>
       <c r="E141" s="16"/>
       <c r="F141" s="16">
-        <v>122.44146199999999</v>
+        <v>135.64448499999997</v>
       </c>
       <c r="G141" s="16">
-        <v>1.6731791977381838</v>
+        <v>1.6630331276782471</v>
       </c>
       <c r="H141" s="16">
-        <v>134.821214</v>
+        <v>148.64906399999998</v>
       </c>
       <c r="I141" s="16">
-        <v>1.5597696115895958</v>
+        <v>1.5744731009431583</v>
       </c>
       <c r="J141" s="16">
-        <v>10.110751536109568</v>
+        <v>9.5872522941128118</v>
       </c>
       <c r="K141" s="16">
-        <v>12.379752000000011</v>
+        <v>13.004579000000007</v>
       </c>
     </row>
     <row r="142" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B142" s="5"/>
       <c r="C142" s="79"/>
       <c r="D142" s="16"/>
       <c r="E142" s="16"/>
       <c r="F142" s="16">
-        <v>172.49183100000002</v>
+        <v>188.52454600000002</v>
       </c>
       <c r="G142" s="16">
-        <v>2.3571242836758226</v>
+        <v>2.3113550497722164</v>
       </c>
       <c r="H142" s="16">
-        <v>132.00862599999996</v>
+        <v>147.953092</v>
       </c>
       <c r="I142" s="16">
-        <v>1.5272303014753759</v>
+        <v>1.5671014487879209</v>
       </c>
       <c r="J142" s="16">
-        <v>-23.469636078012325</v>
+        <v>-21.520515424023358</v>
       </c>
       <c r="K142" s="16">
-        <v>-40.483205000000055</v>
+        <v>-40.571454000000017</v>
       </c>
     </row>
     <row r="143" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B143" s="5"/>
       <c r="C143" s="79"/>
       <c r="D143" s="16"/>
       <c r="E143" s="16"/>
       <c r="F143" s="16">
-        <v>138.59884900000003</v>
+        <v>155.49057199999999</v>
       </c>
       <c r="G143" s="16">
-        <v>1.8939720842050689</v>
+        <v>1.9063507983950818</v>
       </c>
       <c r="H143" s="16">
-        <v>129.012348</v>
+        <v>143.755021</v>
       </c>
       <c r="I143" s="16">
-        <v>1.4925658504322752</v>
+        <v>1.5226359830292564</v>
       </c>
       <c r="J143" s="16">
-        <v>-6.916724827924094</v>
+        <v>-7.5474357377757846</v>
       </c>
       <c r="K143" s="16">
-        <v>-9.5865010000000268</v>
+        <v>-11.735550999999987</v>
       </c>
     </row>
     <row r="144" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B144" s="5"/>
       <c r="C144" s="79"/>
       <c r="D144" s="16"/>
       <c r="E144" s="16"/>
       <c r="F144" s="16">
-        <v>108.725921</v>
+        <v>122.43614399999998</v>
       </c>
       <c r="G144" s="16">
-        <v>1.4857544683035979</v>
+        <v>1.5010957761915955</v>
       </c>
       <c r="H144" s="16">
-        <v>114.805307</v>
+        <v>129.270454</v>
       </c>
       <c r="I144" s="16">
-        <v>1.3282021708231637</v>
+        <v>1.3692171823544743</v>
       </c>
       <c r="J144" s="16">
-        <v>5.5914780432165756</v>
+        <v>5.5819382877657571</v>
       </c>
       <c r="K144" s="16">
-        <v>6.0793859999999995</v>
+        <v>6.8343100000000163</v>
       </c>
     </row>
     <row r="145" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B145" s="5"/>
       <c r="C145" s="79"/>
       <c r="D145" s="16"/>
       <c r="E145" s="16"/>
       <c r="F145" s="16">
-        <v>73.711214999999996</v>
+        <v>82.014720999999994</v>
       </c>
       <c r="G145" s="16">
-        <v>1.0072737581164033</v>
+        <v>1.0055196713695278</v>
       </c>
       <c r="H145" s="16">
-        <v>76.038637000000008</v>
+        <v>84.629844000000006</v>
       </c>
       <c r="I145" s="16">
-        <v>0.87970395593153661</v>
+        <v>0.89638918220847819</v>
       </c>
       <c r="J145" s="16">
-        <v>3.1574869577173743</v>
+        <v>3.1886019584216005</v>
       </c>
       <c r="K145" s="16">
-        <v>2.3274220000000128</v>
+        <v>2.6151230000000112</v>
       </c>
     </row>
     <row r="146" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B146" s="5"/>
       <c r="C146" s="79"/>
       <c r="D146" s="16"/>
       <c r="E146" s="16"/>
       <c r="F146" s="16">
-        <v>11.533622999999999</v>
+        <v>13.551677999999999</v>
       </c>
       <c r="G146" s="16">
-        <v>0.15760852380343732</v>
+        <v>0.16614674344945535</v>
       </c>
       <c r="H146" s="16">
-        <v>12.214399999999999</v>
+        <v>14.135414999999998</v>
       </c>
       <c r="I146" s="16">
-        <v>0.1413104761376793</v>
+        <v>0.14972062446466822</v>
       </c>
       <c r="J146" s="16">
-        <v>5.9025425055076015</v>
+        <v>4.3074887109920956</v>
       </c>
       <c r="K146" s="16">
-        <v>0.68077700000000085</v>
+        <v>0.58373699999999928</v>
       </c>
     </row>
     <row r="147" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B147" s="5"/>
       <c r="C147" s="79"/>
       <c r="D147" s="16"/>
       <c r="E147" s="16"/>
       <c r="F147" s="16">
-        <v>38.545929999999998</v>
+        <v>39.773443</v>
       </c>
       <c r="G147" s="16">
-        <v>0.52673536545547128</v>
+        <v>0.48763171839107572</v>
       </c>
       <c r="H147" s="16">
-        <v>2.0661119999999999</v>
+        <v>2.0696750000000002</v>
       </c>
       <c r="I147" s="16">
-        <v>2.3903201997132313E-2</v>
+        <v>2.1921749976135278E-2</v>
       </c>
       <c r="J147" s="16">
-        <v>-94.639869890284146</v>
+        <v>-94.796339356389126</v>
       </c>
       <c r="K147" s="16">
-        <v>-36.479818000000002</v>
+        <v>-37.703767999999997</v>
       </c>
     </row>
     <row r="148" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="79"/>
       <c r="D148" s="16"/>
       <c r="E148" s="16"/>
       <c r="F148" s="16">
-        <v>213.75182499999994</v>
+        <v>243.464033</v>
       </c>
       <c r="G148" s="16">
-        <v>2.9209477020829153</v>
+        <v>2.9849260165435405</v>
       </c>
       <c r="H148" s="16">
-        <v>225.29457800000003</v>
+        <v>262.09938299999999</v>
       </c>
       <c r="I148" s="16">
-        <v>2.6064713852843804</v>
+        <v>2.7761253061593343</v>
       </c>
       <c r="J148" s="16">
-        <v>5.4000722566930568</v>
+        <v>7.6542517473207177</v>
       </c>
       <c r="K148" s="16">
-        <v>11.54275300000009</v>
+        <v>18.635349999999988</v>
       </c>
     </row>
     <row r="149" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B149" s="96"/>
       <c r="C149" s="97"/>
       <c r="D149" s="17"/>
       <c r="E149" s="17"/>
       <c r="F149" s="17">
-        <v>7317.8929170000001</v>
+        <v>8156.4511700000003</v>
       </c>
       <c r="G149" s="17">
         <v>100</v>
       </c>
       <c r="H149" s="17">
-        <v>8643.6620510000012</v>
+        <v>9441.1942579999995</v>
       </c>
       <c r="I149" s="17">
         <v>100</v>
       </c>
       <c r="J149" s="17">
-        <v>18.116815168477558</v>
+        <v>15.751250896043789</v>
       </c>
       <c r="K149" s="17">
-        <v>1325.769134000001</v>
+        <v>1284.7430879999993</v>
       </c>
     </row>
     <row r="150" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E150" s="80"/>
       <c r="F150" s="80"/>
       <c r="G150" s="80"/>
       <c r="H150" s="80"/>
       <c r="I150" s="80"/>
     </row>
     <row r="151" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E151" s="80"/>
       <c r="F151" s="80"/>
       <c r="G151" s="80"/>
       <c r="H151" s="80"/>
       <c r="I151" s="80"/>
     </row>
     <row r="152" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="4" t="s">
         <v>50</v>
@@ -5691,552 +5691,552 @@
       <c r="H155" s="82"/>
       <c r="I155" s="81"/>
     </row>
     <row r="156" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B156" s="37"/>
       <c r="C156" s="37"/>
       <c r="D156" s="37"/>
       <c r="E156" s="37"/>
       <c r="F156" s="37"/>
       <c r="G156" s="37"/>
       <c r="H156" s="37"/>
       <c r="I156" s="37"/>
       <c r="J156" s="37"/>
       <c r="K156" s="37"/>
     </row>
     <row r="157" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="23"/>
       <c r="B157" s="23"/>
       <c r="C157" s="23"/>
       <c r="D157" s="13"/>
       <c r="E157" s="13"/>
       <c r="F157" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="G157" s="13" t="s">
         <v>162</v>
       </c>
       <c r="H157" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I157" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J157" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K157" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="158" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B158" s="5"/>
       <c r="C158" s="79"/>
       <c r="D158" s="16"/>
       <c r="E158" s="16"/>
       <c r="F158" s="16">
-        <v>2880.8854680000004</v>
+        <v>3244.5791950000003</v>
       </c>
       <c r="G158" s="16">
-        <v>31.800849586351781</v>
+        <v>31.946766861664766</v>
       </c>
       <c r="H158" s="16">
-        <v>2822.0273290000009</v>
+        <v>3172.6597839999999</v>
       </c>
       <c r="I158" s="16">
-        <v>28.364101348270172</v>
+        <v>28.476324877734559</v>
       </c>
       <c r="J158" s="16">
-        <v>-2.0430572354846377</v>
+        <v>-2.2166021131748121</v>
       </c>
       <c r="K158" s="16">
-        <v>-58.858138999999483</v>
+        <v>-71.919411000000309</v>
       </c>
     </row>
     <row r="159" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B159" s="5"/>
       <c r="C159" s="79"/>
       <c r="D159" s="16"/>
       <c r="E159" s="16"/>
       <c r="F159" s="16">
-        <v>1964.1468200000004</v>
+        <v>2200.4032830000001</v>
       </c>
       <c r="G159" s="16">
-        <v>21.681367857950249</v>
+        <v>21.665604831582101</v>
       </c>
       <c r="H159" s="16">
-        <v>2645.4720690000004</v>
+        <v>2952.0585470000001</v>
       </c>
       <c r="I159" s="16">
-        <v>26.589550394511424</v>
+        <v>26.496310340745016</v>
       </c>
       <c r="J159" s="16">
-        <v>34.688101829373416</v>
+        <v>34.15988649931495</v>
       </c>
       <c r="K159" s="16">
-        <v>681.32524899999999</v>
+        <v>751.65526399999999</v>
       </c>
     </row>
     <row r="160" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B160" s="5"/>
       <c r="C160" s="79"/>
       <c r="D160" s="16"/>
       <c r="E160" s="16"/>
       <c r="F160" s="16">
-        <v>1343.0062370000003</v>
+        <v>1487.6435449999999</v>
       </c>
       <c r="G160" s="16">
-        <v>14.824865414041968</v>
+        <v>14.647631834234051</v>
       </c>
       <c r="H160" s="16">
-        <v>1461.1533549999999</v>
+        <v>1620.13894</v>
       </c>
       <c r="I160" s="16">
-        <v>14.686003009499904</v>
+        <v>14.541616795842522</v>
       </c>
       <c r="J160" s="16">
-        <v>8.7972129052740673</v>
+        <v>8.906393970875607</v>
       </c>
       <c r="K160" s="16">
-        <v>118.14711799999964</v>
+        <v>132.49539500000014</v>
       </c>
     </row>
     <row r="161" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="15" t="s">
         <v>20</v>
       </c>
       <c r="B161" s="5"/>
       <c r="C161" s="79"/>
       <c r="D161" s="16"/>
       <c r="E161" s="16"/>
       <c r="F161" s="16">
-        <v>569.49379199999998</v>
+        <v>635.6783519999999</v>
       </c>
       <c r="G161" s="16">
-        <v>6.2863958393756958</v>
+        <v>6.2590144637697049</v>
       </c>
       <c r="H161" s="16">
-        <v>551.09158100000002</v>
+        <v>614.83377499999995</v>
       </c>
       <c r="I161" s="16">
-        <v>5.539002863307295</v>
+        <v>5.5184632184640039</v>
       </c>
       <c r="J161" s="16">
-        <v>-3.2313277613393137</v>
+        <v>-3.2791075760906141</v>
       </c>
       <c r="K161" s="16">
-        <v>-18.402210999999966</v>
+        <v>-20.844576999999958</v>
       </c>
     </row>
     <row r="162" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B162" s="5"/>
       <c r="C162" s="79"/>
       <c r="D162" s="16"/>
       <c r="E162" s="16"/>
       <c r="F162" s="16">
-        <v>532.01238799999999</v>
+        <v>595.77254000000005</v>
       </c>
       <c r="G162" s="16">
-        <v>5.8726548197728698</v>
+        <v>5.8660939659886608</v>
       </c>
       <c r="H162" s="16">
-        <v>537.16907800000001</v>
+        <v>598.88849500000003</v>
       </c>
       <c r="I162" s="16">
-        <v>5.3990682559930807</v>
+        <v>5.3753457698688791</v>
       </c>
       <c r="J162" s="16">
-        <v>0.96928006120038435</v>
+        <v>0.52301084571638445</v>
       </c>
       <c r="K162" s="16">
-        <v>5.156690000000026</v>
+        <v>3.1159549999999854</v>
       </c>
     </row>
     <row r="163" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="15" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="B163" s="5"/>
       <c r="C163" s="79"/>
       <c r="D163" s="16"/>
       <c r="E163" s="16"/>
       <c r="F163" s="16">
-        <v>346.87527899999998</v>
+        <v>370.47765000000004</v>
       </c>
       <c r="G163" s="16">
-        <v>3.8290062882509588</v>
+        <v>3.6477960316846074</v>
       </c>
       <c r="H163" s="16">
-        <v>368.47523699999999</v>
+        <v>412.27120700000006</v>
       </c>
       <c r="I163" s="16">
-        <v>3.7035321590239172</v>
+        <v>3.7003554202292483</v>
       </c>
       <c r="J163" s="16">
-        <v>6.2270099103833845</v>
+        <v>11.280992794032249</v>
       </c>
       <c r="K163" s="16">
-        <v>21.599958000000015</v>
+        <v>41.793557000000021</v>
       </c>
     </row>
     <row r="164" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="15" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="B164" s="5"/>
       <c r="C164" s="79"/>
       <c r="D164" s="16"/>
       <c r="E164" s="16"/>
       <c r="F164" s="16">
-        <v>333.27927399999999</v>
+        <v>386.97836999999998</v>
       </c>
       <c r="G164" s="16">
-        <v>3.6789258651370034</v>
+        <v>3.8102653761536693</v>
       </c>
       <c r="H164" s="16">
-        <v>361.95951599999995</v>
+        <v>410.56367999999986</v>
       </c>
       <c r="I164" s="16">
-        <v>3.6380428673711172</v>
+        <v>3.6850294486785873</v>
       </c>
       <c r="J164" s="16">
-        <v>8.6054682176245869</v>
+        <v>6.0947359926085483</v>
       </c>
       <c r="K164" s="16">
-        <v>28.680241999999964</v>
+        <v>23.585309999999879</v>
       </c>
     </row>
     <row r="165" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B165" s="5"/>
       <c r="C165" s="79"/>
       <c r="D165" s="16"/>
       <c r="E165" s="16"/>
       <c r="F165" s="16">
-        <v>274.46386899999993</v>
+        <v>304.17212799999999</v>
       </c>
       <c r="G165" s="16">
-        <v>3.0296880288741681</v>
+        <v>2.9949387809695467</v>
       </c>
       <c r="H165" s="16">
-        <v>255.11451099999996</v>
+        <v>285.17943199999996</v>
       </c>
       <c r="I165" s="16">
-        <v>2.56414733162153</v>
+        <v>2.5596385074233381</v>
       </c>
       <c r="J165" s="16">
-        <v>-7.0498743861983417</v>
+        <v>-6.2440619148379115</v>
       </c>
       <c r="K165" s="16">
-        <v>-19.349357999999967</v>
+        <v>-18.992696000000024</v>
       </c>
     </row>
     <row r="166" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="15" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B166" s="5"/>
       <c r="C166" s="79"/>
       <c r="D166" s="16"/>
       <c r="E166" s="16"/>
       <c r="F166" s="16">
-        <v>132.59214799999998</v>
+        <v>141.02227500000004</v>
       </c>
       <c r="G166" s="16">
-        <v>1.4636274165409802</v>
+        <v>1.3885331412681319</v>
       </c>
       <c r="H166" s="16">
-        <v>143.65624400000002</v>
+        <v>161.83172200000004</v>
       </c>
       <c r="I166" s="16">
-        <v>1.4438840553580721</v>
+        <v>1.4525265880809692</v>
       </c>
       <c r="J166" s="16">
-        <v>8.3444579237075462</v>
+        <v>14.756141893186733</v>
       </c>
       <c r="K166" s="16">
-        <v>11.064096000000035</v>
+        <v>20.809447000000006</v>
       </c>
     </row>
     <row r="167" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="15" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B167" s="5"/>
       <c r="C167" s="79"/>
       <c r="D167" s="16"/>
       <c r="E167" s="16"/>
       <c r="F167" s="16">
-        <v>128.14475300000001</v>
+        <v>149.27255</v>
       </c>
       <c r="G167" s="16">
-        <v>1.4145345452633595</v>
+        <v>1.4697669765758936</v>
       </c>
       <c r="H167" s="16">
-        <v>142.42044300000001</v>
+        <v>160.57866600000003</v>
       </c>
       <c r="I167" s="16">
-        <v>1.4314630612556813</v>
+        <v>1.4412797377486566</v>
       </c>
       <c r="J167" s="16">
-        <v>11.140284456282027</v>
+        <v>7.5741427342133782</v>
       </c>
       <c r="K167" s="16">
-        <v>14.275689999999997</v>
+        <v>11.306116000000031</v>
       </c>
     </row>
     <row r="168" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="15" t="s">
         <v>6</v>
       </c>
       <c r="B168" s="5"/>
       <c r="C168" s="79"/>
       <c r="D168" s="16"/>
       <c r="E168" s="16"/>
       <c r="F168" s="16">
-        <v>114.00887599999999</v>
+        <v>128.66355000000001</v>
       </c>
       <c r="G168" s="16">
-        <v>1.2584947084696219</v>
+        <v>1.2668466967236864</v>
       </c>
       <c r="H168" s="16">
-        <v>120.12150400000002</v>
+        <v>137.427415</v>
       </c>
       <c r="I168" s="16">
-        <v>1.2073371786835168</v>
+        <v>1.233484830735085</v>
       </c>
       <c r="J168" s="16">
-        <v>5.3615369385801417</v>
+        <v>6.8114590340465355</v>
       </c>
       <c r="K168" s="16">
-        <v>6.1126280000000293</v>
+        <v>8.7638649999999814</v>
       </c>
     </row>
     <row r="169" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B169" s="5"/>
       <c r="C169" s="79"/>
       <c r="D169" s="16"/>
       <c r="E169" s="16"/>
       <c r="F169" s="16">
-        <v>90.69315899999998</v>
+        <v>100.770343</v>
       </c>
       <c r="G169" s="16">
-        <v>1.0011225853668977</v>
+        <v>0.99220467768270704</v>
       </c>
       <c r="H169" s="16">
-        <v>101.041617</v>
+        <v>110.497867</v>
       </c>
       <c r="I169" s="16">
-        <v>1.0155658790153046</v>
+        <v>0.99177767967972719</v>
       </c>
       <c r="J169" s="16">
-        <v>11.41040637916254</v>
+        <v>9.6531615457535977</v>
       </c>
       <c r="K169" s="16">
-        <v>10.348458000000022</v>
+        <v>9.7275240000000025</v>
       </c>
     </row>
     <row r="170" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B170" s="5"/>
       <c r="C170" s="79"/>
       <c r="D170" s="16"/>
       <c r="E170" s="16"/>
       <c r="F170" s="16">
-        <v>76.985778999999994</v>
+        <v>86.385034000000005</v>
       </c>
       <c r="G170" s="16">
-        <v>0.84981274176329691</v>
+        <v>0.85056408725908261</v>
       </c>
       <c r="H170" s="16">
-        <v>82.676684999999992</v>
+        <v>94.294239999999988</v>
       </c>
       <c r="I170" s="16">
-        <v>0.83098056789903174</v>
+        <v>0.84634142805999435</v>
       </c>
       <c r="J170" s="16">
-        <v>7.392152257107119</v>
+        <v>9.1557595497386544</v>
       </c>
       <c r="K170" s="16">
-        <v>5.6909059999999982</v>
+        <v>7.9092059999999833</v>
       </c>
     </row>
     <row r="171" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B171" s="5"/>
       <c r="C171" s="79"/>
       <c r="D171" s="16"/>
       <c r="E171" s="16"/>
       <c r="F171" s="16">
-        <v>42.296011000000007</v>
+        <v>47.383172000000009</v>
       </c>
       <c r="G171" s="16">
-        <v>0.46688738544245395</v>
+        <v>0.46654405951406031</v>
       </c>
       <c r="H171" s="16">
-        <v>50.933818999999993</v>
+        <v>57.517350000000008</v>
       </c>
       <c r="I171" s="16">
-        <v>0.51193409409057089</v>
+        <v>0.51624909577962053</v>
       </c>
       <c r="J171" s="16">
-        <v>20.422275755507972</v>
+        <v>21.387715453072659</v>
       </c>
       <c r="K171" s="16">
-        <v>8.6378079999999855</v>
+        <v>10.134177999999999</v>
       </c>
     </row>
     <row r="172" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B172" s="5"/>
       <c r="C172" s="79"/>
       <c r="D172" s="16"/>
       <c r="E172" s="16"/>
       <c r="F172" s="16">
-        <v>28.354969999999998</v>
+        <v>31.870844999999999</v>
       </c>
       <c r="G172" s="16">
-        <v>0.31299825904620687</v>
+        <v>0.31380662751838123</v>
       </c>
       <c r="H172" s="16">
-        <v>33.313980000000001</v>
+        <v>36.980959999999996</v>
       </c>
       <c r="I172" s="16">
-        <v>0.33483768754609583</v>
+        <v>0.33192397009010866</v>
       </c>
       <c r="J172" s="16">
-        <v>17.489032786844785</v>
+        <v>16.033823389370433</v>
       </c>
       <c r="K172" s="16">
-        <v>4.9590100000000028</v>
+        <v>5.1101149999999969</v>
       </c>
     </row>
     <row r="173" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B173" s="5"/>
       <c r="C173" s="79"/>
       <c r="D173" s="16"/>
       <c r="E173" s="16"/>
       <c r="F173" s="16">
-        <v>17.688220999999999</v>
+        <v>20.125935999999999</v>
       </c>
       <c r="G173" s="16">
-        <v>0.19525262691600648</v>
+        <v>0.19816393640679372</v>
       </c>
       <c r="H173" s="16">
-        <v>21.793165999999999</v>
+        <v>24.782400000000003</v>
       </c>
       <c r="I173" s="16">
-        <v>0.21904237523550765</v>
+        <v>0.22243534500892109</v>
       </c>
       <c r="J173" s="16">
-        <v>23.207223609429128</v>
+        <v>23.136633247765488</v>
       </c>
       <c r="K173" s="16">
-        <v>4.1049450000000007</v>
+        <v>4.6564640000000033</v>
       </c>
     </row>
     <row r="174" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B174" s="5"/>
       <c r="C174" s="79"/>
       <c r="D174" s="16"/>
       <c r="E174" s="16"/>
       <c r="F174" s="16">
-        <v>184.219191</v>
+        <v>225.00642499999998</v>
       </c>
       <c r="G174" s="16">
-        <v>2.0335160314364877</v>
+        <v>2.2154576510041566</v>
       </c>
       <c r="H174" s="16">
-        <v>250.87208699999999</v>
+        <v>290.89033699999999</v>
       </c>
       <c r="I174" s="16">
-        <v>2.5215068713177762</v>
+        <v>2.6108969458307634</v>
       </c>
       <c r="J174" s="16">
-        <v>36.181298831129922</v>
+        <v>29.280902534227643</v>
       </c>
       <c r="K174" s="16">
-        <v>66.652895999999998</v>
+        <v>65.883912000000009</v>
       </c>
     </row>
     <row r="175" spans="1:11" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B175" s="96"/>
       <c r="C175" s="97"/>
       <c r="D175" s="17"/>
       <c r="E175" s="17"/>
       <c r="F175" s="17">
-        <v>9059.1462350000002</v>
+        <v>10156.205193</v>
       </c>
       <c r="G175" s="17">
         <v>100</v>
       </c>
       <c r="H175" s="17">
-        <v>9949.2922210000015</v>
+        <v>11141.394817</v>
       </c>
       <c r="I175" s="17">
         <v>100</v>
       </c>
       <c r="J175" s="17">
-        <v>9.8259368257123771</v>
+        <v>9.7003714013086952</v>
       </c>
       <c r="K175" s="17">
-        <v>890.14598600000136</v>
+        <v>985.18962400000055</v>
       </c>
     </row>
     <row r="176" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E176" s="80"/>
       <c r="F176" s="80"/>
       <c r="G176" s="80"/>
       <c r="H176" s="80"/>
       <c r="I176" s="80"/>
     </row>
     <row r="177" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="4" t="s">
         <v>37</v>
       </c>
       <c r="E177" s="80"/>
       <c r="F177" s="80"/>
       <c r="G177" s="80"/>
       <c r="H177" s="80"/>
       <c r="I177" s="80"/>
     </row>
     <row r="178" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="4" t="s">
         <v>50</v>
@@ -6912,658 +6912,658 @@
       <c r="A214" s="46"/>
     </row>
     <row r="215" spans="1:11" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B215" s="37"/>
       <c r="C215" s="37"/>
       <c r="D215" s="37"/>
       <c r="E215" s="37"/>
       <c r="F215" s="37"/>
       <c r="G215" s="37"/>
       <c r="H215" s="37"/>
       <c r="I215" s="37"/>
       <c r="J215" s="37"/>
       <c r="K215" s="37"/>
     </row>
     <row r="216" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="23"/>
       <c r="B216" s="23"/>
       <c r="C216" s="23"/>
       <c r="D216" s="23"/>
       <c r="E216" s="23"/>
       <c r="F216" s="23"/>
       <c r="G216" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H216" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I216" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J216" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K216" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="217" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
         <v>169</v>
       </c>
       <c r="B217" s="5"/>
       <c r="C217" s="5"/>
       <c r="D217" s="37"/>
       <c r="E217" s="5"/>
       <c r="F217" s="5"/>
       <c r="G217" s="16">
-        <v>784.15858200000002</v>
+        <v>784.86713499999996</v>
       </c>
       <c r="H217" s="16">
-        <v>1777.7212649999999</v>
+        <v>1780.042254</v>
       </c>
       <c r="I217" s="16">
-        <v>20.566760413710668</v>
+        <v>18.853994583277224</v>
       </c>
       <c r="J217" s="16">
-        <v>126.70430520136804</v>
+        <v>126.79536123015266</v>
       </c>
       <c r="K217" s="16">
-        <v>993.56268299999988</v>
+        <v>995.175119</v>
       </c>
     </row>
     <row r="218" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B218" s="5"/>
       <c r="C218" s="5"/>
       <c r="D218" s="37"/>
       <c r="E218" s="5"/>
       <c r="F218" s="5"/>
       <c r="G218" s="16">
-        <v>782.66157799999996</v>
+        <v>894.18558600000006</v>
       </c>
       <c r="H218" s="16">
-        <v>802.05490699999996</v>
+        <v>860.15114500000004</v>
       </c>
       <c r="I218" s="16">
-        <v>9.2791099682941542</v>
+        <v>9.1106180160539605</v>
       </c>
       <c r="J218" s="16">
-        <v>2.4778690490412694</v>
+        <v>-3.8061943217232774</v>
       </c>
       <c r="K218" s="16">
-        <v>19.393328999999994</v>
+        <v>-34.034441000000015</v>
       </c>
     </row>
     <row r="219" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
         <v>171</v>
       </c>
       <c r="B219" s="5"/>
       <c r="C219" s="5"/>
       <c r="D219" s="37"/>
       <c r="E219" s="5"/>
       <c r="F219" s="5"/>
       <c r="G219" s="16">
-        <v>597.484374</v>
+        <v>657.624415</v>
       </c>
       <c r="H219" s="16">
-        <v>446.44539100000003</v>
+        <v>490.06327099999999</v>
       </c>
       <c r="I219" s="16">
-        <v>5.1650028467777718</v>
+        <v>5.1906915333803738</v>
       </c>
       <c r="J219" s="16">
-        <v>-25.279151986659315</v>
+        <v>-25.479763247536972</v>
       </c>
       <c r="K219" s="16">
-        <v>-151.03898299999997</v>
+        <v>-167.56114400000001</v>
       </c>
     </row>
     <row r="220" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
         <v>173</v>
       </c>
       <c r="B220" s="5"/>
       <c r="C220" s="5"/>
       <c r="D220" s="37"/>
       <c r="E220" s="5"/>
       <c r="F220" s="5"/>
       <c r="G220" s="16">
-        <v>262.88410900000002</v>
+        <v>295.94425699999999</v>
       </c>
       <c r="H220" s="16">
-        <v>287.90308199999998</v>
+        <v>320.73190600000004</v>
       </c>
       <c r="I220" s="16">
-        <v>3.3307998427205048</v>
+        <v>3.3971539747551294</v>
       </c>
       <c r="J220" s="16">
-        <v>9.5171112073571393</v>
+        <v>8.3757830786356653</v>
       </c>
       <c r="K220" s="16">
-        <v>25.01897299999996</v>
+        <v>24.787649000000044</v>
       </c>
     </row>
     <row r="221" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
         <v>175</v>
       </c>
       <c r="B221" s="5"/>
       <c r="C221" s="5"/>
       <c r="D221" s="37"/>
       <c r="E221" s="5"/>
       <c r="F221" s="5"/>
       <c r="G221" s="16">
-        <v>233.12383400000002</v>
+        <v>267.83008799999999</v>
       </c>
       <c r="H221" s="16">
-        <v>264.77848599999999</v>
+        <v>300.07894599999997</v>
       </c>
       <c r="I221" s="16">
-        <v>3.0632674488860574</v>
+        <v>3.1784002934345725</v>
       </c>
       <c r="J221" s="16">
-        <v>13.578470916877579</v>
+        <v>12.040789830902041</v>
       </c>
       <c r="K221" s="16">
-        <v>31.65465199999997</v>
+        <v>32.248857999999984</v>
       </c>
     </row>
     <row r="222" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
         <v>178</v>
       </c>
       <c r="B222" s="5"/>
       <c r="C222" s="5"/>
       <c r="D222" s="37"/>
       <c r="E222" s="5"/>
       <c r="F222" s="5"/>
       <c r="G222" s="16">
-        <v>155.805601</v>
+        <v>189.46588699999998</v>
       </c>
       <c r="H222" s="16">
-        <v>247.987225</v>
+        <v>277.32429500000001</v>
       </c>
       <c r="I222" s="16">
-        <v>2.8690064874911427</v>
+        <v>2.937385752496398</v>
       </c>
       <c r="J222" s="16">
-        <v>59.164512320709193</v>
+        <v>46.37162361581219</v>
       </c>
       <c r="K222" s="16">
-        <v>92.181623999999999</v>
+        <v>87.858408000000026</v>
       </c>
     </row>
     <row r="223" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
         <v>172</v>
       </c>
       <c r="B223" s="5"/>
       <c r="C223" s="5"/>
       <c r="D223" s="37"/>
       <c r="E223" s="5"/>
       <c r="F223" s="5"/>
       <c r="G223" s="16">
-        <v>279.95754100000005</v>
+        <v>315.91653400000001</v>
       </c>
       <c r="H223" s="16">
-        <v>239.207403</v>
+        <v>264.63377000000003</v>
       </c>
       <c r="I223" s="16">
-        <v>2.7674312298260855</v>
+        <v>2.8029692300395417</v>
       </c>
       <c r="J223" s="16">
-        <v>-14.555827949638992</v>
+        <v>-16.233010457122823</v>
       </c>
       <c r="K223" s="16">
-        <v>-40.750138000000049</v>
+        <v>-51.282763999999986</v>
       </c>
     </row>
     <row r="224" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B224" s="5"/>
       <c r="C224" s="5"/>
       <c r="D224" s="37"/>
       <c r="E224" s="5"/>
       <c r="F224" s="5"/>
       <c r="G224" s="16">
-        <v>245.42949400000001</v>
+        <v>215.86678400000002</v>
       </c>
       <c r="H224" s="16">
-        <v>221.45134200000001</v>
+        <v>245.44844899999998</v>
       </c>
       <c r="I224" s="16">
-        <v>2.562008332734155</v>
+        <v>2.5997606054130191</v>
       </c>
       <c r="J224" s="16">
-        <v>-9.7698738685416497</v>
+        <v>13.703666887444784</v>
       </c>
       <c r="K224" s="16">
-        <v>-23.978151999999994</v>
+        <v>29.581664999999958</v>
       </c>
     </row>
     <row r="225" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B225" s="5"/>
       <c r="C225" s="5"/>
       <c r="D225" s="37"/>
       <c r="E225" s="5"/>
       <c r="F225" s="5"/>
       <c r="G225" s="16">
-        <v>191.72188399999999</v>
+        <v>271.84908000000001</v>
       </c>
       <c r="H225" s="16">
-        <v>208.99005199999999</v>
+        <v>244.589213</v>
       </c>
       <c r="I225" s="16">
-        <v>2.4178415440920848</v>
+        <v>2.5906596805033137</v>
       </c>
       <c r="J225" s="16">
-        <v>9.0068841593482389</v>
+        <v>-10.027573755261564</v>
       </c>
       <c r="K225" s="16">
-        <v>17.268168000000003</v>
+        <v>-27.259867000000014</v>
       </c>
     </row>
     <row r="226" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B226" s="5"/>
       <c r="C226" s="5"/>
       <c r="D226" s="37"/>
       <c r="E226" s="5"/>
       <c r="F226" s="5"/>
       <c r="G226" s="16">
-        <v>122.11024400000001</v>
+        <v>145.90198699999999</v>
       </c>
       <c r="H226" s="16">
-        <v>199.98799</v>
+        <v>225.78567699999999</v>
       </c>
       <c r="I226" s="16">
-        <v>2.3136951539754267</v>
+        <v>2.3914948769185678</v>
       </c>
       <c r="J226" s="16">
-        <v>63.776586999531325</v>
+        <v>54.75161212163615</v>
       </c>
       <c r="K226" s="16">
-        <v>77.877745999999988</v>
+        <v>79.883690000000001</v>
       </c>
     </row>
     <row r="227" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="98" t="s">
         <v>179</v>
       </c>
       <c r="B227" s="96"/>
       <c r="C227" s="96"/>
       <c r="D227" s="99"/>
       <c r="E227" s="99"/>
       <c r="F227" s="99"/>
       <c r="G227" s="17">
-        <v>3655.3372410000002</v>
+        <v>4039.4517530000003</v>
       </c>
       <c r="H227" s="17">
-        <v>4696.5271429999993</v>
+        <v>5008.8489259999997</v>
       </c>
       <c r="I227" s="17">
-        <v>54.334923268508042</v>
+        <v>53.053128546272099</v>
       </c>
       <c r="J227" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K227" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="228" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="229" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="230" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="46"/>
     </row>
     <row r="231" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B231" s="37"/>
       <c r="C231" s="37"/>
       <c r="D231" s="37"/>
       <c r="E231" s="37"/>
       <c r="F231" s="37"/>
       <c r="G231" s="37"/>
       <c r="H231" s="37"/>
       <c r="I231" s="37"/>
       <c r="J231" s="37"/>
       <c r="K231" s="37"/>
     </row>
     <row r="232" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="23"/>
       <c r="B232" s="23"/>
       <c r="C232" s="23"/>
       <c r="D232" s="23"/>
       <c r="E232" s="23"/>
       <c r="F232" s="23"/>
       <c r="G232" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H232" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I232" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J232" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K232" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="233" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
         <v>168</v>
       </c>
       <c r="B233" s="5"/>
       <c r="C233" s="5"/>
       <c r="D233" s="37"/>
       <c r="E233" s="5"/>
       <c r="F233" s="5"/>
       <c r="G233" s="16">
-        <v>1085.589972</v>
+        <v>1208.670079</v>
       </c>
       <c r="H233" s="16">
-        <v>1571.186682</v>
+        <v>1737.429474</v>
       </c>
       <c r="I233" s="16">
-        <v>15.791944261961586</v>
+        <v>15.59436230864881</v>
       </c>
       <c r="J233" s="16">
-        <v>44.731134454510233</v>
+        <v>43.747206469897236</v>
       </c>
       <c r="K233" s="16">
-        <v>485.59671000000003</v>
+        <v>528.75939500000004</v>
       </c>
     </row>
     <row r="234" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
         <v>174</v>
       </c>
       <c r="B234" s="5"/>
       <c r="C234" s="5"/>
       <c r="D234" s="37"/>
       <c r="E234" s="5"/>
       <c r="F234" s="5"/>
       <c r="G234" s="16">
-        <v>518.10401300000001</v>
+        <v>588.95456200000001</v>
       </c>
       <c r="H234" s="16">
-        <v>557.25424100000009</v>
+        <v>634.03997800000002</v>
       </c>
       <c r="I234" s="16">
-        <v>5.6009435507764245</v>
+        <v>5.6908492016866292</v>
       </c>
       <c r="J234" s="16">
-        <v>7.5564417602764413</v>
+        <v>7.6551603313669574</v>
       </c>
       <c r="K234" s="16">
-        <v>39.150228000000084</v>
+        <v>45.085416000000009</v>
       </c>
     </row>
     <row r="235" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B235" s="5"/>
       <c r="C235" s="5"/>
       <c r="D235" s="37"/>
       <c r="E235" s="5"/>
       <c r="F235" s="5"/>
       <c r="G235" s="16">
-        <v>485.87469400000003</v>
+        <v>543.29815099999996</v>
       </c>
       <c r="H235" s="16">
-        <v>537.17653599999994</v>
+        <v>588.49868900000001</v>
       </c>
       <c r="I235" s="16">
-        <v>5.3991432160991293</v>
+        <v>5.2820916830094236</v>
       </c>
       <c r="J235" s="16">
-        <v>10.558656919884761</v>
+        <v>8.3196561440165944</v>
       </c>
       <c r="K235" s="16">
-        <v>51.301841999999908</v>
+        <v>45.200538000000051</v>
       </c>
     </row>
     <row r="236" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
         <v>177</v>
       </c>
       <c r="B236" s="5"/>
       <c r="C236" s="5"/>
       <c r="D236" s="37"/>
       <c r="E236" s="5"/>
       <c r="F236" s="5"/>
       <c r="G236" s="16">
-        <v>437.23114000000004</v>
+        <v>479.18255599999998</v>
       </c>
       <c r="H236" s="16">
-        <v>437.32262300000002</v>
+        <v>481.20012800000001</v>
       </c>
       <c r="I236" s="16">
-        <v>4.3955149098640591</v>
+        <v>4.3190294923016728</v>
       </c>
       <c r="J236" s="16">
-        <v>2.0923258119259856E-2</v>
+        <v>0.42104454236435729</v>
       </c>
       <c r="K236" s="16">
-        <v>9.1482999999982439E-2</v>
+        <v>2.0175720000000297</v>
       </c>
     </row>
     <row r="237" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
         <v>182</v>
       </c>
       <c r="B237" s="5"/>
       <c r="C237" s="5"/>
       <c r="D237" s="37"/>
       <c r="E237" s="5"/>
       <c r="F237" s="5"/>
       <c r="G237" s="16">
-        <v>265.738293</v>
+        <v>298.78912800000001</v>
       </c>
       <c r="H237" s="16">
-        <v>302.81611099999998</v>
+        <v>339.43695700000001</v>
       </c>
       <c r="I237" s="16">
-        <v>3.0435945017359636</v>
+        <v>3.0466289237149469</v>
       </c>
       <c r="J237" s="16">
-        <v>13.952756895296222</v>
+        <v>13.604186093411002</v>
       </c>
       <c r="K237" s="16">
-        <v>37.077817999999979</v>
+        <v>40.647829000000002</v>
       </c>
     </row>
     <row r="238" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B238" s="5"/>
       <c r="C238" s="5"/>
       <c r="D238" s="37"/>
       <c r="E238" s="5"/>
       <c r="F238" s="5"/>
       <c r="G238" s="16">
-        <v>314.249461</v>
+        <v>372.43531100000001</v>
       </c>
       <c r="H238" s="16">
-        <v>222.57963000000001</v>
+        <v>268.90572200000003</v>
       </c>
       <c r="I238" s="16">
-        <v>2.23714034180442</v>
+        <v>2.4135732232529143</v>
       </c>
       <c r="J238" s="16">
-        <v>-29.171038419060324</v>
+        <v>-27.798005705210905</v>
       </c>
       <c r="K238" s="16">
-        <v>-91.669830999999988</v>
+        <v>-103.52958899999999</v>
       </c>
     </row>
     <row r="239" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B239" s="5"/>
       <c r="C239" s="5"/>
       <c r="D239" s="37"/>
       <c r="E239" s="5"/>
       <c r="F239" s="5"/>
       <c r="G239" s="16">
-        <v>132.08023600000001</v>
+        <v>140.408027</v>
       </c>
       <c r="H239" s="16">
-        <v>150.54644200000001</v>
+        <v>162.50323699999998</v>
       </c>
       <c r="I239" s="16">
-        <v>1.5131372026870533</v>
+        <v>1.4585537957244441</v>
       </c>
       <c r="J239" s="16">
-        <v>13.981051638944678</v>
+        <v>15.736429370950408</v>
       </c>
       <c r="K239" s="16">
-        <v>18.466206</v>
+        <v>22.09520999999998</v>
       </c>
     </row>
     <row r="240" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
         <v>184</v>
       </c>
       <c r="B240" s="5"/>
       <c r="C240" s="5"/>
       <c r="D240" s="37"/>
       <c r="E240" s="5"/>
       <c r="F240" s="5"/>
       <c r="G240" s="16">
-        <v>125.058646</v>
+        <v>137.73425700000001</v>
       </c>
       <c r="H240" s="16">
-        <v>141.37779999999998</v>
+        <v>157.25055499999999</v>
       </c>
       <c r="I240" s="16">
-        <v>1.4209834916859054</v>
+        <v>1.4114081547497142</v>
       </c>
       <c r="J240" s="16">
-        <v>13.049200932496891</v>
+        <v>14.169530823402907</v>
       </c>
       <c r="K240" s="16">
-        <v>16.319153999999983</v>
+        <v>19.516297999999978</v>
       </c>
     </row>
     <row r="241" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
         <v>187</v>
       </c>
       <c r="B241" s="5"/>
       <c r="C241" s="5"/>
       <c r="D241" s="37"/>
       <c r="E241" s="5"/>
       <c r="F241" s="5"/>
       <c r="G241" s="16">
-        <v>104.207961</v>
+        <v>115.524834</v>
       </c>
       <c r="H241" s="16">
-        <v>124.74591700000001</v>
+        <v>148.05148399999999</v>
       </c>
       <c r="I241" s="16">
-        <v>1.2538169975216773</v>
+        <v>1.3288415537890903</v>
       </c>
       <c r="J241" s="16">
-        <v>19.708624756605698</v>
+        <v>28.155547923141782</v>
       </c>
       <c r="K241" s="16">
-        <v>20.537956000000008</v>
+        <v>32.526649999999989</v>
       </c>
     </row>
     <row r="242" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
         <v>185</v>
       </c>
       <c r="B242" s="5"/>
       <c r="C242" s="5"/>
       <c r="D242" s="37"/>
       <c r="E242" s="5"/>
       <c r="F242" s="5"/>
       <c r="G242" s="16">
-        <v>109.27533500000001</v>
+        <v>121.15974</v>
       </c>
       <c r="H242" s="16">
-        <v>124.696969</v>
+        <v>147.739203</v>
       </c>
       <c r="I242" s="16">
-        <v>1.2533250228272694</v>
+        <v>1.3260386641587589</v>
       </c>
       <c r="J242" s="16">
-        <v>14.112639416754003</v>
+        <v>21.9375371720012</v>
       </c>
       <c r="K242" s="16">
-        <v>15.421633999999983</v>
+        <v>26.579463000000004</v>
       </c>
     </row>
     <row r="243" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="98" t="s">
         <v>179</v>
       </c>
       <c r="B243" s="96"/>
       <c r="C243" s="96"/>
       <c r="D243" s="99"/>
       <c r="E243" s="99"/>
       <c r="F243" s="99"/>
       <c r="G243" s="17">
-        <v>3577.4097509999992</v>
+        <v>4006.156645</v>
       </c>
       <c r="H243" s="17">
-        <v>4169.7029510000002</v>
+        <v>4665.0554269999993</v>
       </c>
       <c r="I243" s="17">
-        <v>41.909543496963487</v>
+        <v>41.8713770010364</v>
       </c>
       <c r="J243" s="18" t="s">
         <v>26</v>
       </c>
       <c r="K243" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="244" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="245" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="246" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="46"/>
     </row>
     <row r="247" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="46"/>
     </row>
     <row r="248" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
@@ -7579,338 +7579,338 @@
       <c r="H248" s="22"/>
       <c r="I248" s="22"/>
       <c r="J248" s="22"/>
       <c r="K248" s="22"/>
     </row>
     <row r="249" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="12"/>
       <c r="B249" s="12"/>
       <c r="C249" s="12"/>
       <c r="D249" s="12">
         <v>2020</v>
       </c>
       <c r="E249" s="12">
         <v>2023</v>
       </c>
       <c r="F249" s="12">
         <v>2024</v>
       </c>
       <c r="G249" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H249" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I249" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J249" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K249" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="250" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B250" s="22"/>
-      <c r="C250" s="127" t="s">
+      <c r="C250" s="137" t="s">
         <v>84</v>
       </c>
       <c r="D250" s="16">
         <v>22.86540428342693</v>
       </c>
       <c r="E250" s="16">
         <v>23.602092487142549</v>
       </c>
       <c r="F250" s="16">
         <v>31.656361337098883</v>
       </c>
       <c r="G250" s="16">
         <v>56.474891233825907</v>
       </c>
       <c r="H250" s="16">
         <v>20.392035489944462</v>
       </c>
       <c r="I250" s="16">
-        <v>33.616893205166747</v>
+        <v>32.641521307938035</v>
       </c>
       <c r="J250" s="16">
-        <v>39.590451777633255</v>
+        <v>38.265155672748698</v>
       </c>
       <c r="K250" s="16">
-        <v>39.08537119622526</v>
+        <v>35.566883665106673</v>
       </c>
     </row>
     <row r="251" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B251" s="22"/>
-      <c r="C251" s="127"/>
+      <c r="C251" s="137"/>
       <c r="D251" s="16">
         <v>43.620460475249971</v>
       </c>
       <c r="E251" s="16">
         <v>42.140172199740057</v>
       </c>
       <c r="F251" s="16">
         <v>37.878865911286134</v>
       </c>
       <c r="G251" s="16">
         <v>4.8660316170032729</v>
       </c>
       <c r="H251" s="16">
         <v>7.1405595586338855</v>
       </c>
       <c r="I251" s="16">
-        <v>35.92136144433956</v>
+        <v>36.715260423698759</v>
       </c>
       <c r="J251" s="16">
-        <v>34.132006026539891</v>
+        <v>34.767906170866951</v>
       </c>
       <c r="K251" s="16">
-        <v>12.216726597731371</v>
+        <v>9.5096633234564241</v>
       </c>
     </row>
     <row r="252" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B252" s="22"/>
-      <c r="C252" s="127"/>
+      <c r="C252" s="137"/>
       <c r="D252" s="16">
         <v>12.379012258028009</v>
       </c>
       <c r="E252" s="16">
         <v>14.294610351838131</v>
       </c>
       <c r="F252" s="16">
         <v>13.447822734189863</v>
       </c>
       <c r="G252" s="16">
         <v>9.7523494161119562</v>
       </c>
       <c r="H252" s="16">
         <v>13.31012676421266</v>
       </c>
       <c r="I252" s="16">
-        <v>13.550783037265617</v>
+        <v>13.673740341950817</v>
       </c>
       <c r="J252" s="16">
-        <v>11.986529572785082</v>
+        <v>12.299924268834253</v>
       </c>
       <c r="K252" s="16">
-        <v>4.4666432685937485</v>
+        <v>4.0244980233199632</v>
       </c>
     </row>
     <row r="253" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="15" t="s">
         <v>87</v>
       </c>
       <c r="B253" s="22"/>
-      <c r="C253" s="127"/>
+      <c r="C253" s="137"/>
       <c r="D253" s="16">
         <v>21.135122983295091</v>
       </c>
       <c r="E253" s="16">
         <v>19.963124961279263</v>
       </c>
       <c r="F253" s="16">
         <v>17.016950017425113</v>
       </c>
       <c r="G253" s="16">
         <v>-0.55398845516471829</v>
       </c>
       <c r="H253" s="16">
         <v>5.1347934256657846</v>
       </c>
       <c r="I253" s="16">
-        <v>16.91096231322808</v>
+        <v>16.969477926412392</v>
       </c>
       <c r="J253" s="16">
-        <v>14.291012623041762</v>
+        <v>14.667013887550103</v>
       </c>
       <c r="K253" s="16">
-        <v>-0.19707908784950107</v>
+        <v>-4.7481428299600496E-2</v>
       </c>
     </row>
     <row r="254" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="100" t="s">
         <v>86</v>
       </c>
       <c r="B254" s="101"/>
-      <c r="C254" s="125" t="s">
+      <c r="C254" s="142" t="s">
         <v>85</v>
       </c>
       <c r="D254" s="102">
         <v>97.363396235907572</v>
       </c>
       <c r="E254" s="102">
         <v>97.563555215486502</v>
       </c>
       <c r="F254" s="102">
         <v>97.567636558076359</v>
       </c>
       <c r="G254" s="102">
         <v>16.663277105327094</v>
       </c>
       <c r="H254" s="102">
         <v>10.988307753803973</v>
       </c>
       <c r="I254" s="102">
-        <v>97.580669531406855</v>
+        <v>97.586730541292496</v>
       </c>
       <c r="J254" s="102">
-        <v>97.566479811925717</v>
+        <v>97.495729877608881</v>
       </c>
       <c r="K254" s="102">
-        <v>18.099639179818244</v>
+        <v>15.643311624020587</v>
       </c>
     </row>
     <row r="255" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B255" s="103"/>
-      <c r="C255" s="126"/>
+      <c r="C255" s="143"/>
       <c r="D255" s="17">
         <v>2.6366037640924178</v>
       </c>
       <c r="E255" s="17">
         <v>2.4364447845134878</v>
       </c>
       <c r="F255" s="17">
         <v>2.4323634419236422</v>
       </c>
       <c r="G255" s="17">
         <v>16.462979911766091</v>
       </c>
       <c r="H255" s="17">
         <v>8.7165374750220117</v>
       </c>
       <c r="I255" s="17">
-        <v>2.4193304685931358</v>
+        <v>2.4132694587074939</v>
       </c>
       <c r="J255" s="17">
-        <v>2.4335201880742763</v>
+        <v>2.5042701223911221</v>
       </c>
       <c r="K255" s="17">
-        <v>18.809587195699283</v>
+        <v>20.116051774679029</v>
       </c>
     </row>
     <row r="256" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="4" t="s">
         <v>129</v>
       </c>
       <c r="D256" s="60"/>
     </row>
     <row r="257" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D257" s="60"/>
     </row>
     <row r="258" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D258" s="60"/>
     </row>
     <row r="259" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="20" t="s">
         <v>126</v>
       </c>
       <c r="D259" s="60"/>
     </row>
     <row r="260" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="104" t="s">
         <v>88</v>
       </c>
       <c r="D260" s="60"/>
     </row>
     <row r="261" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A261" s="123" t="s">
+      <c r="A261" s="134" t="s">
         <v>89</v>
       </c>
-      <c r="B261" s="123"/>
-[...8 lines deleted...]
-      <c r="K261" s="123"/>
+      <c r="B261" s="134"/>
+      <c r="C261" s="134"/>
+      <c r="D261" s="134"/>
+      <c r="E261" s="134"/>
+      <c r="F261" s="134"/>
+      <c r="G261" s="134"/>
+      <c r="H261" s="134"/>
+      <c r="I261" s="134"/>
+      <c r="J261" s="134"/>
+      <c r="K261" s="134"/>
     </row>
     <row r="262" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A262" s="123" t="s">
+      <c r="A262" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="B262" s="123"/>
-[...8 lines deleted...]
-      <c r="K262" s="123"/>
+      <c r="B262" s="134"/>
+      <c r="C262" s="134"/>
+      <c r="D262" s="134"/>
+      <c r="E262" s="134"/>
+      <c r="F262" s="134"/>
+      <c r="G262" s="134"/>
+      <c r="H262" s="134"/>
+      <c r="I262" s="134"/>
+      <c r="J262" s="134"/>
+      <c r="K262" s="134"/>
     </row>
     <row r="263" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="123" t="s">
+      <c r="A263" s="134" t="s">
         <v>91</v>
       </c>
-      <c r="B263" s="123"/>
-[...8 lines deleted...]
-      <c r="K263" s="123"/>
+      <c r="B263" s="134"/>
+      <c r="C263" s="134"/>
+      <c r="D263" s="134"/>
+      <c r="E263" s="134"/>
+      <c r="F263" s="134"/>
+      <c r="G263" s="134"/>
+      <c r="H263" s="134"/>
+      <c r="I263" s="134"/>
+      <c r="J263" s="134"/>
+      <c r="K263" s="134"/>
     </row>
     <row r="264" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A264" s="123" t="s">
+      <c r="A264" s="134" t="s">
         <v>92</v>
       </c>
-      <c r="B264" s="123"/>
-[...8 lines deleted...]
-      <c r="K264" s="123"/>
+      <c r="B264" s="134"/>
+      <c r="C264" s="134"/>
+      <c r="D264" s="134"/>
+      <c r="E264" s="134"/>
+      <c r="F264" s="134"/>
+      <c r="G264" s="134"/>
+      <c r="H264" s="134"/>
+      <c r="I264" s="134"/>
+      <c r="J264" s="134"/>
+      <c r="K264" s="134"/>
     </row>
     <row r="265" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="46"/>
       <c r="B265" s="46"/>
       <c r="C265" s="46"/>
       <c r="D265" s="46"/>
       <c r="E265" s="46"/>
       <c r="F265" s="46"/>
       <c r="G265" s="46"/>
       <c r="H265" s="46"/>
       <c r="I265" s="46"/>
       <c r="J265" s="46"/>
       <c r="K265" s="46"/>
     </row>
     <row r="266" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="46"/>
       <c r="B266" s="46"/>
       <c r="C266" s="46"/>
       <c r="D266" s="46"/>
       <c r="E266" s="46"/>
       <c r="F266" s="46"/>
       <c r="G266" s="46"/>
       <c r="H266" s="46"/>
       <c r="I266" s="46"/>
       <c r="J266" s="46"/>
@@ -7942,338 +7942,338 @@
       <c r="H268" s="22"/>
       <c r="I268" s="22"/>
       <c r="J268" s="22"/>
       <c r="K268" s="22"/>
     </row>
     <row r="269" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="12"/>
       <c r="B269" s="12"/>
       <c r="C269" s="12"/>
       <c r="D269" s="12">
         <v>2020</v>
       </c>
       <c r="E269" s="12">
         <v>2023</v>
       </c>
       <c r="F269" s="12">
         <v>2024</v>
       </c>
       <c r="G269" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H269" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I269" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J269" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K269" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="270" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B270" s="22"/>
-      <c r="C270" s="127" t="s">
+      <c r="C270" s="137" t="s">
         <v>84</v>
       </c>
       <c r="D270" s="16">
         <v>22.663703905473177</v>
       </c>
       <c r="E270" s="16">
         <v>22.317522093605739</v>
       </c>
       <c r="F270" s="16">
         <v>22.333513812106791</v>
       </c>
       <c r="G270" s="16">
         <v>1.2956619207479299</v>
       </c>
       <c r="H270" s="16">
         <v>7.4444166833210312</v>
       </c>
       <c r="I270" s="16">
-        <v>22.943053023271702</v>
+        <v>22.604853988688035</v>
       </c>
       <c r="J270" s="16">
-        <v>21.416507990899376</v>
+        <v>21.095322584982586</v>
       </c>
       <c r="K270" s="16">
-        <v>3.0493173651017824</v>
+        <v>2.8580441619516814</v>
       </c>
     </row>
     <row r="271" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="15" t="s">
         <v>64</v>
       </c>
       <c r="B271" s="22"/>
-      <c r="C271" s="127"/>
+      <c r="C271" s="137"/>
       <c r="D271" s="16">
         <v>55.124000968095764</v>
       </c>
       <c r="E271" s="16">
         <v>53.755335851954499</v>
       </c>
       <c r="F271" s="16">
         <v>53.219232878227949</v>
       </c>
       <c r="G271" s="16">
         <v>0.21362986581443949</v>
       </c>
       <c r="H271" s="16">
         <v>6.8954646934187958</v>
       </c>
       <c r="I271" s="16">
-        <v>52.92945767291917</v>
+        <v>53.156449621465661</v>
       </c>
       <c r="J271" s="16">
-        <v>55.251886262880049</v>
+        <v>55.499597276903714</v>
       </c>
       <c r="K271" s="16">
-        <v>15.238430152626513</v>
+        <v>15.076769797898537</v>
       </c>
     </row>
     <row r="272" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B272" s="22"/>
-      <c r="C272" s="127"/>
+      <c r="C272" s="137"/>
       <c r="D272" s="16">
         <v>9.9365732086467595</v>
       </c>
       <c r="E272" s="16">
         <v>11.094944316908339</v>
       </c>
       <c r="F272" s="16">
         <v>10.808851954566045</v>
       </c>
       <c r="G272" s="16">
         <v>-1.3869925118225088</v>
       </c>
       <c r="H272" s="16">
         <v>10.131877472940264</v>
       </c>
       <c r="I272" s="16">
-        <v>10.936302687472805</v>
+        <v>10.914668487678229</v>
       </c>
       <c r="J272" s="16">
-        <v>10.018143855244817</v>
+        <v>10.030553191077933</v>
       </c>
       <c r="K272" s="16">
-        <v>1.1263681392803837</v>
+        <v>1.2903643049995301</v>
       </c>
     </row>
     <row r="273" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="15" t="s">
         <v>66</v>
       </c>
       <c r="B273" s="22"/>
-      <c r="C273" s="127"/>
+      <c r="C273" s="137"/>
       <c r="D273" s="16">
         <v>12.275721917784304</v>
       </c>
       <c r="E273" s="16">
         <v>12.832197737531425</v>
       </c>
       <c r="F273" s="16">
         <v>13.638401355099203</v>
       </c>
       <c r="G273" s="16">
         <v>7.5826372202426366</v>
       </c>
       <c r="H273" s="16">
         <v>10.714987719901714</v>
       </c>
       <c r="I273" s="16">
-        <v>13.191186616336321</v>
+        <v>13.324027902168062</v>
       </c>
       <c r="J273" s="16">
-        <v>13.313461890975761</v>
+        <v>13.374526947035756</v>
       </c>
       <c r="K273" s="16">
-        <v>11.417857643408297</v>
+        <v>10.636058133513997</v>
       </c>
     </row>
     <row r="274" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="100" t="s">
         <v>86</v>
       </c>
       <c r="B274" s="101"/>
-      <c r="C274" s="125" t="s">
+      <c r="C274" s="142" t="s">
         <v>77</v>
       </c>
       <c r="D274" s="102">
         <v>97.27465182863908</v>
       </c>
       <c r="E274" s="102">
         <v>98.433726850638166</v>
       </c>
       <c r="F274" s="102">
         <v>98.586522754722878</v>
       </c>
       <c r="G274" s="102">
         <v>1.2231300422247853</v>
       </c>
       <c r="H274" s="102">
         <v>7.8393620309279877</v>
       </c>
       <c r="I274" s="102">
-        <v>98.499177544185002</v>
+        <v>98.535675725589883</v>
       </c>
       <c r="J274" s="102">
-        <v>99.009155477492953</v>
+        <v>99.000912714894952</v>
       </c>
       <c r="K274" s="102">
-        <v>10.394558875991461</v>
+        <v>10.21832259147992</v>
       </c>
     </row>
     <row r="275" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B275" s="103"/>
-      <c r="C275" s="126"/>
+      <c r="C275" s="143"/>
       <c r="D275" s="17">
         <v>2.7253481713609298</v>
       </c>
       <c r="E275" s="17">
         <v>1.5662731493618343</v>
       </c>
       <c r="F275" s="17">
         <v>1.4134772452771112</v>
       </c>
       <c r="G275" s="17">
         <v>-8.7931491908584167</v>
       </c>
       <c r="H275" s="17">
         <v>-8.7906100035014649</v>
       </c>
       <c r="I275" s="17">
-        <v>1.5008224558150085</v>
+        <v>1.4643242744101184</v>
       </c>
       <c r="J275" s="17">
-        <v>0.99084452250706534</v>
+        <v>0.99908728510504918</v>
       </c>
       <c r="K275" s="17">
-        <v>-27.49280402133239</v>
+        <v>-25.153022350530968</v>
       </c>
     </row>
     <row r="276" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="4" t="s">
         <v>129</v>
       </c>
       <c r="D276" s="60"/>
     </row>
     <row r="277" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D277" s="60"/>
     </row>
     <row r="278" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D278" s="60"/>
     </row>
     <row r="279" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="20" t="s">
         <v>126</v>
       </c>
       <c r="D279" s="60"/>
     </row>
     <row r="280" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="104" t="s">
         <v>88</v>
       </c>
       <c r="D280" s="60"/>
     </row>
     <row r="281" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A281" s="123" t="s">
+      <c r="A281" s="134" t="s">
         <v>89</v>
       </c>
-      <c r="B281" s="123"/>
-[...8 lines deleted...]
-      <c r="K281" s="123"/>
+      <c r="B281" s="134"/>
+      <c r="C281" s="134"/>
+      <c r="D281" s="134"/>
+      <c r="E281" s="134"/>
+      <c r="F281" s="134"/>
+      <c r="G281" s="134"/>
+      <c r="H281" s="134"/>
+      <c r="I281" s="134"/>
+      <c r="J281" s="134"/>
+      <c r="K281" s="134"/>
     </row>
     <row r="282" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A282" s="123" t="s">
+      <c r="A282" s="134" t="s">
         <v>90</v>
       </c>
-      <c r="B282" s="123"/>
-[...8 lines deleted...]
-      <c r="K282" s="123"/>
+      <c r="B282" s="134"/>
+      <c r="C282" s="134"/>
+      <c r="D282" s="134"/>
+      <c r="E282" s="134"/>
+      <c r="F282" s="134"/>
+      <c r="G282" s="134"/>
+      <c r="H282" s="134"/>
+      <c r="I282" s="134"/>
+      <c r="J282" s="134"/>
+      <c r="K282" s="134"/>
     </row>
     <row r="283" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A283" s="123" t="s">
+      <c r="A283" s="134" t="s">
         <v>91</v>
       </c>
-      <c r="B283" s="123"/>
-[...8 lines deleted...]
-      <c r="K283" s="123"/>
+      <c r="B283" s="134"/>
+      <c r="C283" s="134"/>
+      <c r="D283" s="134"/>
+      <c r="E283" s="134"/>
+      <c r="F283" s="134"/>
+      <c r="G283" s="134"/>
+      <c r="H283" s="134"/>
+      <c r="I283" s="134"/>
+      <c r="J283" s="134"/>
+      <c r="K283" s="134"/>
     </row>
     <row r="284" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A284" s="123" t="s">
+      <c r="A284" s="134" t="s">
         <v>92</v>
       </c>
-      <c r="B284" s="123"/>
-[...8 lines deleted...]
-      <c r="K284" s="123"/>
+      <c r="B284" s="134"/>
+      <c r="C284" s="134"/>
+      <c r="D284" s="134"/>
+      <c r="E284" s="134"/>
+      <c r="F284" s="134"/>
+      <c r="G284" s="134"/>
+      <c r="H284" s="134"/>
+      <c r="I284" s="134"/>
+      <c r="J284" s="134"/>
+      <c r="K284" s="134"/>
     </row>
     <row r="285" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="46"/>
       <c r="B285" s="46"/>
       <c r="C285" s="46"/>
       <c r="D285" s="46"/>
       <c r="E285" s="46"/>
       <c r="F285" s="83"/>
       <c r="G285" s="83"/>
       <c r="H285" s="46"/>
       <c r="I285" s="46"/>
       <c r="J285" s="46"/>
       <c r="K285" s="46"/>
     </row>
     <row r="286" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="46"/>
       <c r="B286" s="46"/>
       <c r="C286" s="46"/>
       <c r="D286" s="46"/>
       <c r="E286" s="46"/>
       <c r="F286" s="83"/>
       <c r="G286" s="83"/>
       <c r="H286" s="46"/>
       <c r="I286" s="46"/>
       <c r="J286" s="46"/>
@@ -8318,169 +8318,169 @@
       <c r="F289" s="12">
         <v>2021</v>
       </c>
       <c r="G289" s="12">
         <v>2022</v>
       </c>
       <c r="H289" s="12">
         <v>2023</v>
       </c>
       <c r="I289" s="12">
         <v>2024</v>
       </c>
       <c r="J289" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K289" s="13" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="290" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="47" t="s">
         <v>81</v>
       </c>
       <c r="B290" s="105"/>
       <c r="C290" s="105"/>
-      <c r="D290" s="131" t="s">
+      <c r="D290" s="123" t="s">
         <v>58</v>
       </c>
       <c r="E290" s="106">
         <v>2.4936331355784271</v>
       </c>
       <c r="F290" s="106">
         <v>2.8923829220278048</v>
       </c>
       <c r="G290" s="106">
         <v>3.2194794811840297</v>
       </c>
       <c r="H290" s="106">
         <v>3.358921403968667</v>
       </c>
       <c r="I290" s="106">
         <v>3.1393704861658547</v>
       </c>
       <c r="J290" s="107">
         <v>9.0331938084034995</v>
       </c>
       <c r="K290" s="107">
         <v>17.503882033584507</v>
       </c>
     </row>
     <row r="291" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B291" s="22"/>
       <c r="C291" s="22"/>
-      <c r="D291" s="132"/>
+      <c r="D291" s="138"/>
       <c r="E291" s="60">
         <v>6.6044516089012587E-2</v>
       </c>
       <c r="F291" s="60">
         <v>6.5029916781077127E-2</v>
       </c>
       <c r="G291" s="60">
         <v>7.2969329251301771E-2</v>
       </c>
       <c r="H291" s="60">
         <v>0.10926689827229227</v>
       </c>
       <c r="I291" s="60">
         <v>0.12350795643846597</v>
       </c>
       <c r="J291" s="16">
         <v>31.862809684958538</v>
       </c>
       <c r="K291" s="16">
         <v>29.722185099649213</v>
       </c>
     </row>
     <row r="292" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
-      <c r="D292" s="132"/>
+      <c r="D292" s="138"/>
       <c r="E292" s="60">
         <v>17.790285025373148</v>
       </c>
       <c r="F292" s="60">
         <v>16.757183487668833</v>
       </c>
       <c r="G292" s="60">
         <v>18.934437026803803</v>
       </c>
       <c r="H292" s="60">
         <v>15.145899110309506</v>
       </c>
       <c r="I292" s="60">
         <v>15.912179121563497</v>
       </c>
       <c r="J292" s="16">
         <v>22.560522500374898</v>
       </c>
       <c r="K292" s="16">
         <v>7.8788728922120521</v>
       </c>
     </row>
     <row r="293" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B293" s="22"/>
       <c r="C293" s="22"/>
-      <c r="D293" s="132"/>
+      <c r="D293" s="138"/>
       <c r="E293" s="60">
         <v>78.328425408621086</v>
       </c>
       <c r="F293" s="60">
         <v>78.864481667629605</v>
       </c>
       <c r="G293" s="60">
         <v>76.591724229753439</v>
       </c>
       <c r="H293" s="60">
         <v>79.278202291275946</v>
       </c>
       <c r="I293" s="60">
         <v>78.671324609612896</v>
       </c>
       <c r="J293" s="16">
         <v>15.765372467982969</v>
       </c>
       <c r="K293" s="16">
         <v>11.051384847645185</v>
       </c>
     </row>
     <row r="294" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B294" s="73"/>
       <c r="C294" s="73"/>
-      <c r="D294" s="133"/>
+      <c r="D294" s="139"/>
       <c r="E294" s="108">
         <v>1.3216119143383258</v>
       </c>
       <c r="F294" s="108">
         <v>1.4209220058926755</v>
       </c>
       <c r="G294" s="108">
         <v>1.1813899330074449</v>
       </c>
       <c r="H294" s="108">
         <v>2.1077102961735994</v>
       </c>
       <c r="I294" s="108">
         <v>2.1536178262192731</v>
       </c>
       <c r="J294" s="17">
         <v>19.19930540700987</v>
       </c>
       <c r="K294" s="17">
         <v>25.33312987155767</v>
       </c>
     </row>
     <row r="295" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="4" t="s">
         <v>1</v>
@@ -8589,169 +8589,169 @@
       <c r="F304" s="12">
         <v>2021</v>
       </c>
       <c r="G304" s="12">
         <v>2022</v>
       </c>
       <c r="H304" s="12">
         <v>2023</v>
       </c>
       <c r="I304" s="12">
         <v>2024</v>
       </c>
       <c r="J304" s="13" t="s">
         <v>139</v>
       </c>
       <c r="K304" s="13" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="305" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="47" t="s">
         <v>81</v>
       </c>
       <c r="B305" s="105"/>
       <c r="C305" s="105"/>
-      <c r="D305" s="131" t="s">
+      <c r="D305" s="123" t="s">
         <v>58</v>
       </c>
       <c r="E305" s="106">
         <v>1.3899841340799368</v>
       </c>
       <c r="F305" s="106">
         <v>2.4743073272563163</v>
       </c>
       <c r="G305" s="106">
         <v>1.8897893543878268</v>
       </c>
       <c r="H305" s="106">
         <v>2.0439302872474934</v>
       </c>
       <c r="I305" s="106">
         <v>1.9974195861009223</v>
       </c>
       <c r="J305" s="107">
         <v>-1.2335675002413358</v>
       </c>
       <c r="K305" s="107">
         <v>17.675948968379409</v>
       </c>
     </row>
     <row r="306" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="15" t="s">
         <v>93</v>
       </c>
       <c r="B306" s="22"/>
       <c r="C306" s="22"/>
-      <c r="D306" s="132"/>
+      <c r="D306" s="138"/>
       <c r="E306" s="60">
         <v>5.3089682944124063E-2</v>
       </c>
       <c r="F306" s="60">
         <v>8.6288214858134052E-2</v>
       </c>
       <c r="G306" s="60">
         <v>7.7587273123985348E-2</v>
       </c>
       <c r="H306" s="60">
         <v>0.11680134056358882</v>
       </c>
       <c r="I306" s="60">
         <v>0.14802250634815095</v>
       </c>
       <c r="J306" s="16">
         <v>28.081400666958451</v>
       </c>
       <c r="K306" s="16">
         <v>38.884010648230486</v>
       </c>
     </row>
     <row r="307" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="15" t="s">
         <v>80</v>
       </c>
       <c r="B307" s="22"/>
       <c r="C307" s="22"/>
-      <c r="D307" s="132"/>
+      <c r="D307" s="138"/>
       <c r="E307" s="60">
         <v>6.4657780700506873</v>
       </c>
       <c r="F307" s="60">
         <v>3.9798488902227231</v>
       </c>
       <c r="G307" s="60">
         <v>5.5657193475968159</v>
       </c>
       <c r="H307" s="60">
         <v>6.1637838293468281</v>
       </c>
       <c r="I307" s="60">
         <v>5.3655288942346413</v>
       </c>
       <c r="J307" s="16">
         <v>-12.022568028292262</v>
       </c>
       <c r="K307" s="16">
         <v>2.5819097510825451</v>
       </c>
     </row>
     <row r="308" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B308" s="22"/>
       <c r="C308" s="22"/>
-      <c r="D308" s="132"/>
+      <c r="D308" s="138"/>
       <c r="E308" s="60">
         <v>84.150265831562862</v>
       </c>
       <c r="F308" s="60">
         <v>85.726661773896367</v>
       </c>
       <c r="G308" s="60">
         <v>82.951631670220323</v>
       </c>
       <c r="H308" s="60">
         <v>82.694369056448394</v>
       </c>
       <c r="I308" s="60">
         <v>83.550594309305566</v>
       </c>
       <c r="J308" s="16">
         <v>2.112697157923547</v>
       </c>
       <c r="K308" s="16">
         <v>7.2868160136859039</v>
       </c>
     </row>
     <row r="309" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A309" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B309" s="73"/>
       <c r="C309" s="73"/>
-      <c r="D309" s="133"/>
+      <c r="D309" s="139"/>
       <c r="E309" s="108">
         <v>7.9408822813623923</v>
       </c>
       <c r="F309" s="108">
         <v>7.7328937937664666</v>
       </c>
       <c r="G309" s="108">
         <v>9.5152723546710458</v>
       </c>
       <c r="H309" s="108">
         <v>8.9811154863936942</v>
       </c>
       <c r="I309" s="108">
         <v>8.9384347040107173</v>
       </c>
       <c r="J309" s="17">
         <v>0.58595256476025759</v>
       </c>
       <c r="K309" s="17">
         <v>10.705965140745199</v>
       </c>
     </row>
     <row r="310" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="4" t="s">
         <v>1</v>
@@ -8851,194 +8851,194 @@
     </row>
     <row r="319" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="11"/>
       <c r="B319" s="12">
         <v>2020</v>
       </c>
       <c r="C319" s="12">
         <v>2021</v>
       </c>
       <c r="D319" s="12">
         <v>2022</v>
       </c>
       <c r="E319" s="12">
         <v>2023</v>
       </c>
       <c r="F319" s="12">
         <v>2024</v>
       </c>
       <c r="G319" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H319" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I319" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J319" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K319" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="320" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B320" s="16">
         <v>2531.5100000000002</v>
       </c>
       <c r="C320" s="16">
         <v>3017.41</v>
       </c>
       <c r="D320" s="16">
         <v>4898.41</v>
       </c>
       <c r="E320" s="16">
         <v>6216.79</v>
       </c>
       <c r="F320" s="16">
         <v>6637.76</v>
       </c>
       <c r="G320" s="16">
         <v>6.7715010479684894</v>
       </c>
       <c r="H320" s="16">
         <v>27.250786304303332</v>
       </c>
       <c r="I320" s="16">
-        <v>5048.0899999999992</v>
+        <v>5631.3599999999988</v>
       </c>
       <c r="J320" s="16">
-        <v>5406.05</v>
+        <v>6056.95</v>
       </c>
       <c r="K320" s="16">
-        <v>7.0909987737936717</v>
+        <v>7.5574994317536284</v>
       </c>
     </row>
     <row r="321" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B321" s="16">
         <v>1179.4100000000001</v>
       </c>
       <c r="C321" s="16">
         <v>1268.6400000000001</v>
       </c>
       <c r="D321" s="16">
         <v>1719.76</v>
       </c>
       <c r="E321" s="16">
         <v>1903.65</v>
       </c>
       <c r="F321" s="16">
         <v>2200.86</v>
       </c>
       <c r="G321" s="16">
         <v>15.612638877945001</v>
       </c>
       <c r="H321" s="16">
         <v>16.877766263872761</v>
       </c>
       <c r="I321" s="16">
-        <v>1582.55</v>
+        <v>1813.79</v>
       </c>
       <c r="J321" s="16">
-        <v>1648.7800000000002</v>
+        <v>1864.4900000000002</v>
       </c>
       <c r="K321" s="16">
-        <v>4.1850178509367941</v>
+        <v>2.7952519310394406</v>
       </c>
     </row>
     <row r="322" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B322" s="16">
         <v>1352.1000000000001</v>
       </c>
       <c r="C322" s="16">
         <v>1748.7699999999998</v>
       </c>
       <c r="D322" s="16">
         <v>3178.6499999999996</v>
       </c>
       <c r="E322" s="16">
         <v>4313.1399999999994</v>
       </c>
       <c r="F322" s="16">
         <v>4436.8999999999996</v>
       </c>
       <c r="G322" s="16" t="s">
         <v>26</v>
       </c>
       <c r="H322" s="16" t="s">
         <v>26</v>
       </c>
       <c r="I322" s="16">
-        <v>3465.5399999999991</v>
+        <v>3817.5699999999988</v>
       </c>
       <c r="J322" s="16">
-        <v>3757.27</v>
+        <v>4192.4599999999991</v>
       </c>
       <c r="K322" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="323" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B323" s="17">
         <v>214.64206679610993</v>
       </c>
       <c r="C323" s="17">
         <v>237.8460398537016</v>
       </c>
       <c r="D323" s="17">
         <v>284.83102293343256</v>
       </c>
       <c r="E323" s="17">
         <v>326.57211147007064</v>
       </c>
       <c r="F323" s="17">
         <v>301.5984660541788</v>
       </c>
       <c r="G323" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H323" s="18" t="s">
         <v>26</v>
       </c>
       <c r="I323" s="17">
-        <v>318.98455025117687</v>
+        <v>310.47475176288322</v>
       </c>
       <c r="J323" s="17">
-        <v>327.88182777568863</v>
+        <v>324.85827223530288</v>
       </c>
       <c r="K323" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="324" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B324" s="46"/>
       <c r="C324" s="46"/>
       <c r="D324" s="46"/>
       <c r="E324" s="46"/>
       <c r="F324" s="46"/>
       <c r="G324" s="46"/>
       <c r="H324" s="46"/>
       <c r="I324" s="46"/>
       <c r="J324" s="46"/>
       <c r="K324" s="46"/>
     </row>
     <row r="325" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B325" s="46"/>
@@ -9076,230 +9076,230 @@
       <c r="D327" s="46"/>
       <c r="E327" s="46"/>
       <c r="F327" s="46"/>
       <c r="G327" s="46"/>
       <c r="H327" s="46"/>
       <c r="I327" s="46"/>
       <c r="J327" s="46"/>
       <c r="K327" s="46"/>
     </row>
     <row r="328" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A328" s="20" t="s">
         <v>126</v>
       </c>
       <c r="B328" s="46"/>
       <c r="C328" s="46"/>
       <c r="D328" s="46"/>
       <c r="E328" s="46"/>
       <c r="F328" s="46"/>
       <c r="G328" s="46"/>
       <c r="H328" s="46"/>
       <c r="I328" s="46"/>
       <c r="J328" s="46"/>
       <c r="K328" s="46"/>
     </row>
     <row r="329" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A329" s="124" t="s">
+      <c r="A329" s="130" t="s">
         <v>155</v>
       </c>
-      <c r="B329" s="124"/>
-[...8 lines deleted...]
-      <c r="K329" s="124"/>
+      <c r="B329" s="130"/>
+      <c r="C329" s="130"/>
+      <c r="D329" s="130"/>
+      <c r="E329" s="130"/>
+      <c r="F329" s="130"/>
+      <c r="G329" s="130"/>
+      <c r="H329" s="130"/>
+      <c r="I329" s="130"/>
+      <c r="J329" s="130"/>
+      <c r="K329" s="130"/>
     </row>
     <row r="330" spans="1:11" ht="12" x14ac:dyDescent="0.2">
       <c r="A330" s="46"/>
       <c r="B330" s="46"/>
       <c r="C330" s="46"/>
       <c r="D330" s="46"/>
       <c r="E330" s="46"/>
       <c r="F330" s="46"/>
       <c r="G330" s="46"/>
       <c r="H330" s="46"/>
       <c r="I330" s="46"/>
       <c r="J330" s="46"/>
       <c r="K330" s="46"/>
     </row>
     <row r="331" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B331" s="22"/>
       <c r="C331" s="22"/>
       <c r="D331" s="22"/>
     </row>
     <row r="332" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="23"/>
       <c r="B332" s="23"/>
       <c r="C332" s="23"/>
       <c r="D332" s="24"/>
       <c r="E332" s="12">
         <v>2020</v>
       </c>
       <c r="F332" s="12">
         <v>2021</v>
       </c>
       <c r="G332" s="12">
         <v>2022</v>
       </c>
       <c r="H332" s="12">
         <v>2023</v>
       </c>
       <c r="I332" s="12">
         <v>2024</v>
       </c>
       <c r="J332" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K332" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="333" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A333" s="128" t="s">
+      <c r="A333" s="124" t="s">
         <v>143</v>
       </c>
-      <c r="B333" s="128"/>
-      <c r="C333" s="128"/>
+      <c r="B333" s="124"/>
+      <c r="C333" s="124"/>
       <c r="D333" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E333" s="27">
         <v>4</v>
       </c>
       <c r="F333" s="27">
         <v>4</v>
       </c>
       <c r="G333" s="27">
         <v>3</v>
       </c>
       <c r="H333" s="27">
         <v>3</v>
       </c>
       <c r="I333" s="27">
         <v>2</v>
       </c>
       <c r="J333" s="27">
         <v>3</v>
       </c>
       <c r="K333" s="27">
         <v>2</v>
       </c>
     </row>
     <row r="334" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A334" s="128"/>
-[...1 lines deleted...]
-      <c r="C334" s="128"/>
+      <c r="A334" s="124"/>
+      <c r="B334" s="124"/>
+      <c r="C334" s="124"/>
       <c r="D334" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E334" s="28">
         <v>10.998230471429697</v>
       </c>
       <c r="F334" s="28">
         <v>10.771940070884515</v>
       </c>
       <c r="G334" s="28">
         <v>10.895008533115897</v>
       </c>
       <c r="H334" s="28">
         <v>11.640311402423109</v>
       </c>
       <c r="I334" s="28">
         <v>11.470566685145581</v>
       </c>
       <c r="J334" s="28">
-        <v>11.385850761403917</v>
+        <v>11.439959289268636</v>
       </c>
       <c r="K334" s="28">
-        <v>11.636777473335862</v>
+        <v>11.701494855607926</v>
       </c>
     </row>
     <row r="335" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A335" s="129" t="s">
+      <c r="A335" s="127" t="s">
         <v>144</v>
       </c>
-      <c r="B335" s="129"/>
-      <c r="C335" s="129"/>
+      <c r="B335" s="127"/>
+      <c r="C335" s="127"/>
       <c r="D335" s="29" t="s">
         <v>23</v>
       </c>
       <c r="E335" s="30">
         <v>4</v>
       </c>
       <c r="F335" s="30">
         <v>5</v>
       </c>
       <c r="G335" s="30">
         <v>4</v>
       </c>
       <c r="H335" s="30">
         <v>3</v>
       </c>
       <c r="I335" s="30">
         <v>3</v>
       </c>
       <c r="J335" s="30">
         <v>3</v>
       </c>
       <c r="K335" s="30">
         <v>3</v>
       </c>
     </row>
     <row r="336" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A336" s="130"/>
-[...1 lines deleted...]
-      <c r="C336" s="130"/>
+      <c r="A336" s="128"/>
+      <c r="B336" s="128"/>
+      <c r="C336" s="128"/>
       <c r="D336" s="31" t="s">
         <v>33</v>
       </c>
       <c r="E336" s="32">
         <v>8.4030733584791673</v>
       </c>
       <c r="F336" s="32">
         <v>7.2962257054156936</v>
       </c>
       <c r="G336" s="32">
         <v>7.3740006191594691</v>
       </c>
       <c r="H336" s="32">
         <v>7.9108584859556448</v>
       </c>
       <c r="I336" s="32">
         <v>8.5359406906368225</v>
       </c>
       <c r="J336" s="32">
-        <v>8.1591018414498162</v>
+        <v>8.4349575064234497</v>
       </c>
       <c r="K336" s="32">
-        <v>8.2205741209318575</v>
+        <v>8.3616691317540646</v>
       </c>
     </row>
     <row r="337" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B337" s="33"/>
       <c r="C337" s="34"/>
     </row>
     <row r="338" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="339" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A339" s="46"/>
     </row>
     <row r="340" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A340" s="46"/>
     </row>
     <row r="341" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A341" s="46"/>
     </row>
     <row r="342" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="2" t="s">
@@ -9737,63 +9737,63 @@
       </c>
       <c r="H356" s="17">
         <v>6637.76</v>
       </c>
       <c r="I356" s="17">
         <v>100</v>
       </c>
       <c r="J356" s="17">
         <v>6.7715010479684894</v>
       </c>
       <c r="K356" s="17">
         <v>420.97000000000025</v>
       </c>
     </row>
     <row r="357" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="359" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A359" s="124" t="s">
+      <c r="A359" s="130" t="s">
         <v>51</v>
       </c>
-      <c r="B359" s="124"/>
-[...8 lines deleted...]
-      <c r="K359" s="124"/>
+      <c r="B359" s="130"/>
+      <c r="C359" s="130"/>
+      <c r="D359" s="130"/>
+      <c r="E359" s="130"/>
+      <c r="F359" s="130"/>
+      <c r="G359" s="130"/>
+      <c r="H359" s="130"/>
+      <c r="I359" s="130"/>
+      <c r="J359" s="130"/>
+      <c r="K359" s="130"/>
     </row>
     <row r="360" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="46"/>
       <c r="B360" s="46"/>
       <c r="C360" s="46"/>
       <c r="D360" s="83"/>
       <c r="E360" s="83"/>
       <c r="F360" s="83"/>
       <c r="G360" s="83"/>
       <c r="H360" s="83"/>
       <c r="I360" s="83"/>
       <c r="J360" s="46"/>
       <c r="K360" s="46"/>
     </row>
     <row r="361" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="46"/>
       <c r="B361" s="46"/>
       <c r="C361" s="46"/>
       <c r="D361" s="83"/>
       <c r="E361" s="83"/>
       <c r="F361" s="83"/>
       <c r="G361" s="83"/>
       <c r="H361" s="83"/>
       <c r="I361" s="83"/>
       <c r="J361" s="46"/>
@@ -10235,63 +10235,63 @@
       </c>
       <c r="H376" s="17">
         <v>2200.86</v>
       </c>
       <c r="I376" s="17">
         <v>100</v>
       </c>
       <c r="J376" s="17">
         <v>15.612638877945001</v>
       </c>
       <c r="K376" s="17">
         <v>297.21000000000004</v>
       </c>
     </row>
     <row r="377" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="378" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="379" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A379" s="124" t="s">
+      <c r="A379" s="130" t="s">
         <v>51</v>
       </c>
-      <c r="B379" s="124"/>
-[...8 lines deleted...]
-      <c r="K379" s="124"/>
+      <c r="B379" s="130"/>
+      <c r="C379" s="130"/>
+      <c r="D379" s="130"/>
+      <c r="E379" s="130"/>
+      <c r="F379" s="130"/>
+      <c r="G379" s="130"/>
+      <c r="H379" s="130"/>
+      <c r="I379" s="130"/>
+      <c r="J379" s="130"/>
+      <c r="K379" s="130"/>
     </row>
     <row r="380" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="46"/>
       <c r="B380" s="46"/>
       <c r="C380" s="46"/>
       <c r="D380" s="83"/>
       <c r="E380" s="83"/>
       <c r="F380" s="83"/>
       <c r="G380" s="83"/>
       <c r="H380" s="83"/>
       <c r="I380" s="46"/>
       <c r="J380" s="46"/>
       <c r="K380" s="46"/>
     </row>
     <row r="381" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="46"/>
       <c r="B381" s="46"/>
       <c r="C381" s="46"/>
       <c r="D381" s="83"/>
       <c r="E381" s="83"/>
       <c r="F381" s="83"/>
       <c r="G381" s="83"/>
       <c r="H381" s="83"/>
       <c r="I381" s="46"/>
       <c r="J381" s="46"/>
@@ -10401,443 +10401,443 @@
       <c r="J389" s="46"/>
       <c r="K389" s="46"/>
     </row>
     <row r="390" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A390" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B390" s="37"/>
       <c r="C390" s="37"/>
       <c r="D390" s="37"/>
       <c r="E390" s="37"/>
       <c r="F390" s="37"/>
       <c r="G390" s="37"/>
       <c r="H390" s="37"/>
       <c r="I390" s="37"/>
       <c r="J390" s="37"/>
       <c r="K390" s="37"/>
     </row>
     <row r="391" spans="1:11" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A391" s="23"/>
       <c r="B391" s="23"/>
       <c r="C391" s="23"/>
       <c r="D391" s="13"/>
       <c r="E391" s="13"/>
       <c r="F391" s="13" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G391" s="13" t="s">
         <v>162</v>
       </c>
       <c r="H391" s="13" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="I391" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J391" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K391" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="392" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A392" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B392" s="5"/>
       <c r="C392" s="79"/>
       <c r="D392" s="16"/>
       <c r="E392" s="16"/>
       <c r="F392" s="16">
-        <v>2100.87</v>
+        <v>2776.3</v>
       </c>
       <c r="G392" s="16">
-        <v>41.617126477539031</v>
+        <v>49.300701784293679</v>
       </c>
       <c r="H392" s="16">
-        <v>2253.13</v>
+        <v>2989.13</v>
       </c>
       <c r="I392" s="16">
-        <v>41.677934906262429</v>
+        <v>49.35041563823377</v>
       </c>
       <c r="J392" s="16">
-        <v>7.2474736656718513</v>
+        <v>7.6659582898101766</v>
       </c>
       <c r="K392" s="16">
-        <v>152.26000000000022</v>
+        <v>212.82999999999993</v>
       </c>
     </row>
     <row r="393" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A393" s="15" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="B393" s="5"/>
       <c r="C393" s="79"/>
       <c r="D393" s="16"/>
       <c r="E393" s="16"/>
       <c r="F393" s="16">
-        <v>676.83999999999992</v>
+        <v>893.07</v>
       </c>
       <c r="G393" s="16">
-        <v>13.407843362539099</v>
+        <v>15.858868905557454</v>
       </c>
       <c r="H393" s="16">
-        <v>731.8599999999999</v>
+        <v>940.07000000000028</v>
       </c>
       <c r="I393" s="16">
-        <v>13.537795617872566</v>
+        <v>15.520517752334101</v>
       </c>
       <c r="J393" s="16">
-        <v>8.1289521895869026</v>
+        <v>5.2627453615058419</v>
       </c>
       <c r="K393" s="16">
-        <v>55.019999999999982</v>
+        <v>47.000000000000227</v>
       </c>
     </row>
     <row r="394" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A394" s="15" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="B394" s="5"/>
       <c r="C394" s="79"/>
       <c r="D394" s="16"/>
       <c r="E394" s="16"/>
       <c r="F394" s="16">
-        <v>646.44999999999993</v>
+        <v>838.4</v>
       </c>
       <c r="G394" s="16">
-        <v>12.805833493459904</v>
+        <v>14.888055460847827</v>
       </c>
       <c r="H394" s="16">
-        <v>731.02</v>
+        <v>916.41999999999985</v>
       </c>
       <c r="I394" s="16">
-        <v>13.522257470796607</v>
+        <v>15.130057207010129</v>
       </c>
       <c r="J394" s="16">
-        <v>13.082218269007667</v>
+        <v>9.3058206106870074</v>
       </c>
       <c r="K394" s="16">
-        <v>84.57000000000005</v>
+        <v>78.019999999999868</v>
       </c>
     </row>
     <row r="395" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B395" s="5"/>
       <c r="C395" s="79"/>
       <c r="D395" s="16"/>
       <c r="E395" s="16"/>
       <c r="F395" s="16">
-        <v>719.27</v>
+        <v>801.74</v>
       </c>
       <c r="G395" s="16">
-        <v>14.248359280440722</v>
+        <v>14.237058188430506</v>
       </c>
       <c r="H395" s="16">
-        <v>714.06000000000006</v>
+        <v>901.04000000000008</v>
       </c>
       <c r="I395" s="16">
-        <v>13.208534882215298</v>
+        <v>14.876134027852302</v>
       </c>
       <c r="J395" s="16">
-        <v>-0.72434551698248539</v>
+        <v>12.385561403946426</v>
       </c>
       <c r="K395" s="16">
-        <v>-5.2099999999999227</v>
+        <v>99.300000000000068</v>
       </c>
     </row>
     <row r="396" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A396" s="15" t="s">
         <v>4</v>
       </c>
       <c r="B396" s="5"/>
       <c r="C396" s="79"/>
       <c r="D396" s="16"/>
       <c r="E396" s="16"/>
       <c r="F396" s="16">
-        <v>65.010000000000005</v>
+        <v>79.44</v>
       </c>
       <c r="G396" s="16">
-        <v>1.2878138068061389</v>
+        <v>1.4106716672349133</v>
       </c>
       <c r="H396" s="16">
-        <v>57.709999999999994</v>
+        <v>71.44</v>
       </c>
       <c r="I396" s="16">
-        <v>1.0675076997068098</v>
+        <v>1.1794715161921427</v>
       </c>
       <c r="J396" s="16">
-        <v>-11.229041685894495</v>
+        <v>-10.070493454179255</v>
       </c>
       <c r="K396" s="16">
-        <v>-7.3000000000000114</v>
+        <v>-8</v>
       </c>
     </row>
     <row r="397" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A397" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B397" s="5"/>
       <c r="C397" s="79"/>
       <c r="D397" s="16"/>
       <c r="E397" s="16"/>
       <c r="F397" s="16">
-        <v>59.639999999999993</v>
+        <v>73.94</v>
       </c>
       <c r="G397" s="16">
-        <v>1.1814369395157378</v>
+        <v>1.3130043186725766</v>
       </c>
       <c r="H397" s="16">
-        <v>50.49</v>
+        <v>63.58</v>
       </c>
       <c r="I397" s="16">
-        <v>0.93395362603009591</v>
+        <v>1.0497032334755942</v>
       </c>
       <c r="J397" s="16">
-        <v>-15.342052313883286</v>
+        <v>-14.011360562618339</v>
       </c>
       <c r="K397" s="16">
-        <v>-9.1499999999999915</v>
+        <v>-10.36</v>
       </c>
     </row>
     <row r="398" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="15" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="B398" s="5"/>
       <c r="C398" s="79"/>
       <c r="D398" s="16"/>
       <c r="E398" s="16"/>
       <c r="F398" s="16">
-        <v>24.66</v>
+        <v>54.81</v>
       </c>
       <c r="G398" s="16">
-        <v>0.4885015916911149</v>
+        <v>0.97329952267303133</v>
       </c>
       <c r="H398" s="16">
-        <v>38.99</v>
+        <v>47.849999999999994</v>
       </c>
       <c r="I398" s="16">
-        <v>0.721228993442532</v>
+        <v>0.79000156844616498</v>
       </c>
       <c r="J398" s="16">
-        <v>58.110300081103006</v>
+        <v>-12.698412698412712</v>
       </c>
       <c r="K398" s="16">
-        <v>14.330000000000002</v>
+        <v>-6.960000000000008</v>
       </c>
     </row>
     <row r="399" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A399" s="15" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B399" s="5"/>
       <c r="C399" s="79"/>
       <c r="D399" s="16"/>
       <c r="E399" s="16"/>
       <c r="F399" s="16">
-        <v>43.96</v>
+        <v>50.69</v>
       </c>
       <c r="G399" s="16">
-        <v>0.87082441081676454</v>
+        <v>0.90013779974997177</v>
       </c>
       <c r="H399" s="16">
-        <v>36.839999999999996</v>
+        <v>45.18</v>
       </c>
       <c r="I399" s="16">
-        <v>0.68145873604572638</v>
+        <v>0.74591997622565809</v>
       </c>
       <c r="J399" s="16">
-        <v>-16.196542311192001</v>
+        <v>-10.86999408167291</v>
       </c>
       <c r="K399" s="16">
-        <v>-7.1200000000000045</v>
+        <v>-5.509999999999998</v>
       </c>
     </row>
     <row r="400" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A400" s="15" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="B400" s="5"/>
       <c r="C400" s="79"/>
       <c r="D400" s="16"/>
       <c r="E400" s="16"/>
       <c r="F400" s="16">
-        <v>42.58</v>
+        <v>25.520000000000003</v>
       </c>
       <c r="G400" s="16">
-        <v>0.84348733877565585</v>
+        <v>0.45317649732924215</v>
       </c>
       <c r="H400" s="16">
-        <v>34.800000000000004</v>
+        <v>45.16</v>
       </c>
       <c r="I400" s="16">
-        <v>0.64372323600410652</v>
+        <v>0.74558977703299512</v>
       </c>
       <c r="J400" s="16">
-        <v>-18.271488961953956</v>
+        <v>76.959247648902789</v>
       </c>
       <c r="K400" s="16">
-        <v>-7.779999999999994</v>
+        <v>19.639999999999993</v>
       </c>
     </row>
     <row r="401" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A401" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B401" s="5"/>
       <c r="C401" s="79"/>
       <c r="D401" s="16"/>
       <c r="E401" s="16"/>
       <c r="F401" s="16">
-        <v>26.11</v>
+        <v>30.68</v>
       </c>
       <c r="G401" s="16">
-        <v>0.51722532680677247</v>
+        <v>0.54480622798045242</v>
       </c>
       <c r="H401" s="16">
-        <v>26.279999999999998</v>
+        <v>30.499999999999996</v>
       </c>
       <c r="I401" s="16">
-        <v>0.48612202994792864</v>
+        <v>0.5035537688110352</v>
       </c>
       <c r="J401" s="16">
-        <v>0.65109153581002743</v>
+        <v>-0.58670143415907194</v>
       </c>
       <c r="K401" s="16">
-        <v>0.16999999999999815</v>
+        <v>-0.18000000000000327</v>
       </c>
     </row>
     <row r="402" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B402" s="5"/>
       <c r="C402" s="79"/>
       <c r="D402" s="16"/>
       <c r="E402" s="16"/>
       <c r="F402" s="16">
-        <v>3.81</v>
+        <v>4.8099999999999996</v>
       </c>
       <c r="G402" s="16">
-        <v>7.5474090200452065E-2</v>
+        <v>8.5414535742698042E-2</v>
       </c>
       <c r="H402" s="16">
-        <v>3.3400000000000003</v>
+        <v>4.25</v>
       </c>
       <c r="I402" s="16">
-        <v>6.178263242108379E-2</v>
+        <v>7.0167328440881957E-2</v>
       </c>
       <c r="J402" s="16">
-        <v>-12.335958005249337</v>
+        <v>-11.642411642411634</v>
       </c>
       <c r="K402" s="16">
-        <v>-0.46999999999999975</v>
+        <v>-0.55999999999999961</v>
       </c>
     </row>
     <row r="403" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B403" s="5"/>
       <c r="C403" s="79"/>
       <c r="D403" s="16"/>
       <c r="E403" s="16"/>
       <c r="F403" s="16">
-        <v>1.63</v>
+        <v>1.9899999999999998</v>
       </c>
       <c r="G403" s="16">
-        <v>3.2289440164497862E-2</v>
+        <v>3.5337822479827252E-2</v>
       </c>
       <c r="H403" s="16">
-        <v>1.7899999999999998</v>
+        <v>2.34</v>
       </c>
       <c r="I403" s="16">
-        <v>3.3111051507107775E-2</v>
+        <v>3.863330554156795E-2</v>
       </c>
       <c r="J403" s="16">
-        <v>9.8159509202453954</v>
+        <v>17.58793969849247</v>
       </c>
       <c r="K403" s="16">
-        <v>0.15999999999999992</v>
+        <v>0.35000000000000009</v>
       </c>
     </row>
     <row r="404" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B404" s="96"/>
       <c r="C404" s="97"/>
       <c r="D404" s="17"/>
       <c r="E404" s="17"/>
       <c r="F404" s="17">
-        <v>5048.0899999999992</v>
+        <v>5631.3599999999988</v>
       </c>
       <c r="G404" s="17">
         <v>100</v>
       </c>
       <c r="H404" s="17">
-        <v>5406.05</v>
+        <v>6056.95</v>
       </c>
       <c r="I404" s="17">
         <v>100</v>
       </c>
       <c r="J404" s="17">
-        <v>7.0909987737936717</v>
+        <v>7.5574994317536284</v>
       </c>
       <c r="K404" s="17">
-        <v>357.96000000000095</v>
+        <v>425.59000000000106</v>
       </c>
     </row>
     <row r="405" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="406" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="407" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A407" s="124" t="s">
+      <c r="A407" s="130" t="s">
         <v>51</v>
       </c>
-      <c r="B407" s="124"/>
-[...8 lines deleted...]
-      <c r="K407" s="124"/>
+      <c r="B407" s="130"/>
+      <c r="C407" s="130"/>
+      <c r="D407" s="130"/>
+      <c r="E407" s="130"/>
+      <c r="F407" s="130"/>
+      <c r="G407" s="130"/>
+      <c r="H407" s="130"/>
+      <c r="I407" s="130"/>
+      <c r="J407" s="130"/>
+      <c r="K407" s="130"/>
     </row>
     <row r="408" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="46"/>
       <c r="B408" s="46"/>
       <c r="C408" s="46"/>
       <c r="D408" s="83"/>
       <c r="E408" s="83"/>
       <c r="F408" s="83"/>
       <c r="G408" s="83"/>
       <c r="H408" s="83"/>
       <c r="I408" s="83"/>
       <c r="J408" s="46"/>
       <c r="K408" s="46"/>
     </row>
     <row r="409" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="46"/>
       <c r="B409" s="46"/>
       <c r="C409" s="46"/>
       <c r="D409" s="83"/>
       <c r="E409" s="83"/>
       <c r="F409" s="83"/>
       <c r="G409" s="83"/>
       <c r="H409" s="83"/>
       <c r="I409" s="83"/>
       <c r="J409" s="46"/>
@@ -10856,444 +10856,444 @@
       <c r="J410" s="46"/>
       <c r="K410" s="46"/>
     </row>
     <row r="411" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B411" s="37"/>
       <c r="C411" s="37"/>
       <c r="D411" s="37"/>
       <c r="E411" s="37"/>
       <c r="F411" s="37"/>
       <c r="G411" s="37"/>
       <c r="H411" s="37"/>
       <c r="I411" s="37"/>
       <c r="J411" s="37"/>
       <c r="K411" s="37"/>
     </row>
     <row r="412" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="23"/>
       <c r="B412" s="23"/>
       <c r="C412" s="23"/>
       <c r="D412" s="13"/>
       <c r="E412" s="13"/>
       <c r="F412" s="13" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G412" s="13" t="s">
         <v>162</v>
       </c>
       <c r="H412" s="13" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="I412" s="13" t="s">
         <v>165</v>
       </c>
       <c r="J412" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K412" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="413" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B413" s="5"/>
       <c r="C413" s="79"/>
       <c r="D413" s="16"/>
       <c r="E413" s="16"/>
       <c r="F413" s="16">
-        <v>605.70000000000005</v>
+        <v>792.62</v>
       </c>
       <c r="G413" s="16">
-        <v>38.273672237843989</v>
+        <v>43.699656520324851</v>
       </c>
       <c r="H413" s="16">
-        <v>600.69000000000005</v>
+        <v>720.89</v>
       </c>
       <c r="I413" s="16">
-        <v>36.432392435619064</v>
+        <v>38.664192352868611</v>
       </c>
       <c r="J413" s="16">
-        <v>-0.8271421495789979</v>
+        <v>-9.049733794251976</v>
       </c>
       <c r="K413" s="16">
-        <v>-5.0099999999999909</v>
+        <v>-71.730000000000018</v>
       </c>
     </row>
     <row r="414" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B414" s="5"/>
       <c r="C414" s="79"/>
       <c r="D414" s="16"/>
       <c r="E414" s="16"/>
       <c r="F414" s="16">
-        <v>253.89000000000001</v>
+        <v>317.87</v>
       </c>
       <c r="G414" s="16">
-        <v>16.043095004897161</v>
+        <v>17.52518207730774</v>
       </c>
       <c r="H414" s="16">
-        <v>262.83</v>
+        <v>344.57000000000005</v>
       </c>
       <c r="I414" s="16">
-        <v>15.940877497301031</v>
+        <v>18.480656908859796</v>
       </c>
       <c r="J414" s="16">
-        <v>3.5212099728228639</v>
+        <v>8.3996602384622783</v>
       </c>
       <c r="K414" s="16">
-        <v>8.9399999999999693</v>
+        <v>26.700000000000045</v>
       </c>
     </row>
     <row r="415" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A415" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B415" s="5"/>
       <c r="C415" s="79"/>
       <c r="D415" s="16"/>
       <c r="E415" s="16"/>
       <c r="F415" s="16">
-        <v>183.21999999999997</v>
+        <v>234.74999999999997</v>
       </c>
       <c r="G415" s="16">
-        <v>11.577517298031657</v>
+        <v>12.94251263928018</v>
       </c>
       <c r="H415" s="16">
-        <v>181.03</v>
+        <v>232.77</v>
       </c>
       <c r="I415" s="16">
-        <v>10.979633425927048</v>
+        <v>12.484379106350797</v>
       </c>
       <c r="J415" s="16">
-        <v>-1.1952843576028653</v>
+        <v>-0.84345047923321048</v>
       </c>
       <c r="K415" s="16">
-        <v>-2.1899999999999693</v>
+        <v>-1.9799999999999613</v>
       </c>
     </row>
     <row r="416" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A416" s="15" t="s">
         <v>70</v>
       </c>
       <c r="B416" s="5"/>
       <c r="C416" s="79"/>
       <c r="D416" s="16"/>
       <c r="E416" s="16"/>
       <c r="F416" s="16">
-        <v>103.64000000000001</v>
+        <v>131.96</v>
       </c>
       <c r="G416" s="16">
-        <v>6.5489242046064904</v>
+        <v>7.2753736650880212</v>
       </c>
       <c r="H416" s="16">
-        <v>106.4</v>
+        <v>145.51000000000002</v>
       </c>
       <c r="I416" s="16">
-        <v>6.4532563471172617</v>
+        <v>7.8042789180955658</v>
       </c>
       <c r="J416" s="16">
-        <v>2.663064453878802</v>
+        <v>10.268263110033352</v>
       </c>
       <c r="K416" s="16">
-        <v>2.7599999999999909</v>
+        <v>13.550000000000011</v>
       </c>
     </row>
     <row r="417" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A417" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B417" s="5"/>
       <c r="C417" s="79"/>
       <c r="D417" s="16"/>
       <c r="E417" s="16"/>
       <c r="F417" s="16">
-        <v>80.09</v>
+        <v>98.59</v>
       </c>
       <c r="G417" s="16">
-        <v>5.0608195633629274</v>
+        <v>5.4355796426267649</v>
       </c>
       <c r="H417" s="16">
-        <v>98.739999999999981</v>
+        <v>138.74999999999997</v>
       </c>
       <c r="I417" s="16">
-        <v>5.9886704108492319</v>
+        <v>7.4417132835252513</v>
       </c>
       <c r="J417" s="16">
-        <v>23.286302909227093</v>
+        <v>40.734354396997638</v>
       </c>
       <c r="K417" s="16">
-        <v>18.649999999999977</v>
+        <v>40.159999999999968</v>
       </c>
     </row>
     <row r="418" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A418" s="15" t="s">
         <v>40</v>
       </c>
       <c r="B418" s="5"/>
       <c r="C418" s="79"/>
       <c r="D418" s="16"/>
       <c r="E418" s="16"/>
       <c r="F418" s="16">
-        <v>68.05</v>
+        <v>81.44</v>
       </c>
       <c r="G418" s="16">
-        <v>4.3000221162048593</v>
+        <v>4.4900457054013971</v>
       </c>
       <c r="H418" s="16">
-        <v>65.77</v>
+        <v>79.039999999999992</v>
       </c>
       <c r="I418" s="16">
-        <v>3.9890100559201342</v>
+        <v>4.2392289580528715</v>
       </c>
       <c r="J418" s="16">
-        <v>-3.3504775900073493</v>
+        <v>-2.9469548133595356</v>
       </c>
       <c r="K418" s="16">
-        <v>-2.2800000000000011</v>
+        <v>-2.4000000000000057</v>
       </c>
     </row>
     <row r="419" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A419" s="15" t="s">
         <v>34</v>
       </c>
       <c r="B419" s="5"/>
       <c r="C419" s="79"/>
       <c r="D419" s="16"/>
       <c r="E419" s="16"/>
       <c r="F419" s="16">
-        <v>17.28</v>
+        <v>19.46</v>
       </c>
       <c r="G419" s="16">
-        <v>1.0919086284793531</v>
+        <v>1.0728915695863359</v>
       </c>
       <c r="H419" s="16">
-        <v>53.04</v>
+        <v>72.73</v>
       </c>
       <c r="I419" s="16">
-        <v>3.2169240286757472</v>
+        <v>3.9007986098075076</v>
       </c>
       <c r="J419" s="16">
-        <v>206.94444444444443</v>
+        <v>273.74100719424462</v>
       </c>
       <c r="K419" s="16">
-        <v>35.76</v>
+        <v>53.27</v>
       </c>
     </row>
     <row r="420" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A420" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B420" s="5"/>
       <c r="C420" s="79"/>
       <c r="D420" s="16"/>
       <c r="E420" s="16"/>
       <c r="F420" s="16">
-        <v>45.12</v>
+        <v>55.33</v>
       </c>
       <c r="G420" s="16">
-        <v>2.8510947521405328</v>
+        <v>3.0505185275031836</v>
       </c>
       <c r="H420" s="16">
-        <v>46.69</v>
+        <v>57.77</v>
       </c>
       <c r="I420" s="16">
-        <v>2.8317907786363246</v>
+        <v>3.098434424427055</v>
       </c>
       <c r="J420" s="16">
-        <v>3.4796099290780145</v>
+        <v>4.4099042110970625</v>
       </c>
       <c r="K420" s="16">
-        <v>1.5700000000000003</v>
+        <v>2.4400000000000048</v>
       </c>
     </row>
     <row r="421" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A421" s="15" t="s">
         <v>42</v>
       </c>
       <c r="B421" s="5"/>
       <c r="C421" s="79"/>
       <c r="D421" s="16"/>
       <c r="E421" s="16"/>
       <c r="F421" s="16">
-        <v>34.28</v>
+        <v>42.09</v>
       </c>
       <c r="G421" s="16">
-        <v>2.1661242930713089</v>
+        <v>2.3205553013303635</v>
       </c>
       <c r="H421" s="16">
-        <v>28.85</v>
+        <v>37.839999999999996</v>
       </c>
       <c r="I421" s="16">
-        <v>1.7497786241948592</v>
+        <v>2.0295094100799678</v>
       </c>
       <c r="J421" s="16">
-        <v>-15.84014002333722</v>
+        <v>-10.097410311237839</v>
       </c>
       <c r="K421" s="16">
-        <v>-5.43</v>
+        <v>-4.2500000000000071</v>
       </c>
     </row>
     <row r="422" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A422" s="15" t="s">
         <v>4</v>
       </c>
       <c r="B422" s="5"/>
       <c r="C422" s="79"/>
       <c r="D422" s="16"/>
       <c r="E422" s="16"/>
       <c r="F422" s="16">
-        <v>21.17</v>
+        <v>30.92</v>
       </c>
       <c r="G422" s="16">
-        <v>1.3377144482006891</v>
+        <v>1.704717745714774</v>
       </c>
       <c r="H422" s="16">
-        <v>23.33</v>
+        <v>30.3</v>
       </c>
       <c r="I422" s="16">
-        <v>1.4149856257353921</v>
+        <v>1.6251092792130821</v>
       </c>
       <c r="J422" s="16">
-        <v>10.20311761927254</v>
+        <v>-2.0051746442432115</v>
       </c>
       <c r="K422" s="16">
-        <v>2.1599999999999966</v>
+        <v>-0.62000000000000099</v>
       </c>
     </row>
     <row r="423" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A423" s="15" t="s">
         <v>72</v>
       </c>
       <c r="B423" s="5"/>
       <c r="C423" s="79"/>
       <c r="D423" s="16"/>
       <c r="E423" s="16"/>
       <c r="F423" s="16">
-        <v>1.74</v>
+        <v>2.17</v>
       </c>
       <c r="G423" s="16">
-        <v>0.10994913272882373</v>
+        <v>0.11963898797545472</v>
       </c>
       <c r="H423" s="16">
-        <v>3.27</v>
+        <v>3.8200000000000003</v>
       </c>
       <c r="I423" s="16">
-        <v>0.19832846104392335</v>
+        <v>0.20488176391399254</v>
       </c>
       <c r="J423" s="16">
-        <v>87.931034482758619</v>
+        <v>76.036866359447018</v>
       </c>
       <c r="K423" s="16">
-        <v>1.53</v>
+        <v>1.6500000000000004</v>
       </c>
     </row>
     <row r="424" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A424" s="15" t="s">
         <v>68</v>
       </c>
       <c r="B424" s="5"/>
       <c r="C424" s="79"/>
       <c r="D424" s="16"/>
       <c r="E424" s="16"/>
       <c r="F424" s="16">
-        <v>1.86</v>
+        <v>6.58</v>
       </c>
       <c r="G424" s="16">
-        <v>0.11753183153770813</v>
+        <v>0.36277628611912072</v>
       </c>
       <c r="H424" s="16">
-        <v>0.4</v>
+        <v>0.52</v>
       </c>
       <c r="I424" s="16">
-        <v>2.4260362207207752E-2</v>
+        <v>2.7889664197716262E-2</v>
       </c>
       <c r="J424" s="16">
-        <v>-78.494623655913969</v>
+        <v>-92.097264437689972</v>
       </c>
       <c r="K424" s="16">
-        <v>-1.46</v>
+        <v>-6.0600000000000005</v>
       </c>
     </row>
     <row r="425" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A425" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B425" s="96"/>
       <c r="C425" s="97"/>
       <c r="D425" s="17"/>
       <c r="E425" s="17"/>
       <c r="F425" s="17">
-        <v>1582.55</v>
+        <v>1813.79</v>
       </c>
       <c r="G425" s="17">
         <v>100</v>
       </c>
       <c r="H425" s="17">
-        <v>1648.7800000000002</v>
+        <v>1864.4900000000002</v>
       </c>
       <c r="I425" s="17">
         <v>100</v>
       </c>
       <c r="J425" s="17">
-        <v>4.1850178509367941</v>
+        <v>2.7952519310394406</v>
       </c>
       <c r="K425" s="17">
-        <v>66.230000000000246</v>
+        <v>50.700000000000273</v>
       </c>
     </row>
     <row r="426" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A426" s="4" t="s">
         <v>25</v>
       </c>
       <c r="K426" s="46"/>
     </row>
     <row r="427" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A427" s="4" t="s">
         <v>37</v>
       </c>
       <c r="K427" s="46"/>
     </row>
     <row r="428" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A428" s="124" t="s">
+      <c r="A428" s="130" t="s">
         <v>51</v>
       </c>
-      <c r="B428" s="124"/>
-[...7 lines deleted...]
-      <c r="J428" s="124"/>
+      <c r="B428" s="130"/>
+      <c r="C428" s="130"/>
+      <c r="D428" s="130"/>
+      <c r="E428" s="130"/>
+      <c r="F428" s="130"/>
+      <c r="G428" s="130"/>
+      <c r="H428" s="130"/>
+      <c r="I428" s="130"/>
+      <c r="J428" s="130"/>
       <c r="K428" s="46"/>
     </row>
     <row r="429" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A429" s="46"/>
       <c r="B429" s="46"/>
       <c r="C429" s="46"/>
       <c r="D429" s="83"/>
       <c r="E429" s="83"/>
       <c r="F429" s="83"/>
       <c r="G429" s="83"/>
       <c r="H429" s="83"/>
       <c r="I429" s="46"/>
       <c r="J429" s="46"/>
       <c r="K429" s="46"/>
     </row>
     <row r="430" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A430" s="46"/>
       <c r="B430" s="46"/>
       <c r="C430" s="46"/>
       <c r="D430" s="83"/>
       <c r="E430" s="83"/>
       <c r="F430" s="83"/>
       <c r="G430" s="83"/>
       <c r="H430" s="83"/>
       <c r="I430" s="46"/>
@@ -11408,194 +11408,194 @@
     </row>
     <row r="439" spans="1:11" s="14" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A439" s="11"/>
       <c r="B439" s="12">
         <v>2020</v>
       </c>
       <c r="C439" s="12">
         <v>2021</v>
       </c>
       <c r="D439" s="12">
         <v>2022</v>
       </c>
       <c r="E439" s="12">
         <v>2023</v>
       </c>
       <c r="F439" s="12">
         <v>2024</v>
       </c>
       <c r="G439" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H439" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I439" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J439" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K439" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="440" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A440" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B440" s="16">
         <v>8722.74</v>
       </c>
       <c r="C440" s="16">
         <v>9777.14</v>
       </c>
       <c r="D440" s="16">
         <v>13176.45</v>
       </c>
       <c r="E440" s="16">
         <v>14208.87</v>
       </c>
       <c r="F440" s="16">
         <v>15217.65</v>
       </c>
       <c r="G440" s="16">
         <v>7.0996497258402584</v>
       </c>
       <c r="H440" s="16">
         <v>14.927422266580193</v>
       </c>
       <c r="I440" s="16">
-        <v>11449.39</v>
+        <v>12843.56</v>
       </c>
       <c r="J440" s="16">
-        <v>12135.84</v>
+        <v>13562.05</v>
       </c>
       <c r="K440" s="16">
-        <v>5.9955159183153057</v>
+        <v>5.5941654805988357</v>
       </c>
     </row>
     <row r="441" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A441" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B441" s="16">
         <v>9871.0499999999993</v>
       </c>
       <c r="C441" s="16">
         <v>11476.86</v>
       </c>
       <c r="D441" s="16">
         <v>13730.62</v>
       </c>
       <c r="E441" s="16">
         <v>13732.85</v>
       </c>
       <c r="F441" s="16">
         <v>14139.21</v>
       </c>
       <c r="G441" s="16">
         <v>2.9590361796713629</v>
       </c>
       <c r="H441" s="16">
         <v>9.3995280021011105</v>
       </c>
       <c r="I441" s="16">
-        <v>10506.99</v>
+        <v>11810.59</v>
       </c>
       <c r="J441" s="16">
-        <v>11370.590000000002</v>
+        <v>12750.060000000001</v>
       </c>
       <c r="K441" s="16">
-        <v>8.2192902058534578</v>
+        <v>7.9544713684921842</v>
       </c>
     </row>
     <row r="442" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A442" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B442" s="16">
         <v>-1148.3099999999995</v>
       </c>
       <c r="C442" s="16">
         <v>-1699.7200000000012</v>
       </c>
       <c r="D442" s="16">
         <v>-554.17000000000007</v>
       </c>
       <c r="E442" s="16">
         <v>476.02000000000044</v>
       </c>
       <c r="F442" s="16">
         <v>1078.4400000000005</v>
       </c>
       <c r="G442" s="16" t="s">
         <v>26</v>
       </c>
       <c r="H442" s="16" t="s">
         <v>26</v>
       </c>
       <c r="I442" s="16">
-        <v>942.39999999999964</v>
+        <v>1032.9699999999993</v>
       </c>
       <c r="J442" s="16">
-        <v>765.24999999999818</v>
+        <v>811.98999999999796</v>
       </c>
       <c r="K442" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="443" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A443" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B443" s="17">
         <v>88.366891060221562</v>
       </c>
       <c r="C443" s="17">
         <v>85.190025843305563</v>
       </c>
       <c r="D443" s="17">
         <v>95.963984146382316</v>
       </c>
       <c r="E443" s="17">
         <v>103.46628704165559</v>
       </c>
       <c r="F443" s="17">
         <v>107.62730025227718</v>
       </c>
       <c r="G443" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H443" s="18" t="s">
         <v>26</v>
       </c>
       <c r="I443" s="17">
-        <v>108.96926712597994</v>
+        <v>108.746133766391</v>
       </c>
       <c r="J443" s="17">
-        <v>106.73008172838874</v>
+        <v>106.36851905010643</v>
       </c>
       <c r="K443" s="18" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="444" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B444" s="46"/>
       <c r="C444" s="46"/>
       <c r="D444" s="46"/>
       <c r="E444" s="46"/>
       <c r="F444" s="46"/>
       <c r="G444" s="46"/>
       <c r="H444" s="46"/>
       <c r="I444" s="46"/>
       <c r="J444" s="46"/>
       <c r="K444" s="46"/>
     </row>
     <row r="445" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A445" s="4" t="s">
         <v>37</v>
       </c>
       <c r="B445" s="46"/>
@@ -11633,245 +11633,245 @@
       <c r="D447" s="46"/>
       <c r="E447" s="46"/>
       <c r="F447" s="46"/>
       <c r="G447" s="46"/>
       <c r="H447" s="46"/>
       <c r="I447" s="46"/>
       <c r="J447" s="46"/>
       <c r="K447" s="46"/>
     </row>
     <row r="448" spans="1:11" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A448" s="20" t="s">
         <v>126</v>
       </c>
       <c r="B448" s="46"/>
       <c r="C448" s="46"/>
       <c r="D448" s="46"/>
       <c r="E448" s="46"/>
       <c r="F448" s="46"/>
       <c r="G448" s="46"/>
       <c r="H448" s="46"/>
       <c r="I448" s="46"/>
       <c r="J448" s="46"/>
       <c r="K448" s="46"/>
     </row>
     <row r="449" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A449" s="124" t="s">
+      <c r="A449" s="130" t="s">
         <v>82</v>
       </c>
-      <c r="B449" s="124"/>
-[...8 lines deleted...]
-      <c r="K449" s="124"/>
+      <c r="B449" s="130"/>
+      <c r="C449" s="130"/>
+      <c r="D449" s="130"/>
+      <c r="E449" s="130"/>
+      <c r="F449" s="130"/>
+      <c r="G449" s="130"/>
+      <c r="H449" s="130"/>
+      <c r="I449" s="130"/>
+      <c r="J449" s="130"/>
+      <c r="K449" s="130"/>
     </row>
     <row r="450" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A450" s="124" t="s">
+      <c r="A450" s="130" t="s">
         <v>155</v>
       </c>
-      <c r="B450" s="124"/>
-[...8 lines deleted...]
-      <c r="K450" s="124"/>
+      <c r="B450" s="130"/>
+      <c r="C450" s="130"/>
+      <c r="D450" s="130"/>
+      <c r="E450" s="130"/>
+      <c r="F450" s="130"/>
+      <c r="G450" s="130"/>
+      <c r="H450" s="130"/>
+      <c r="I450" s="130"/>
+      <c r="J450" s="130"/>
+      <c r="K450" s="130"/>
     </row>
     <row r="451" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A451" s="46"/>
       <c r="B451" s="46"/>
       <c r="C451" s="46"/>
       <c r="D451" s="46"/>
       <c r="E451" s="46"/>
       <c r="F451" s="46"/>
       <c r="G451" s="46"/>
       <c r="H451" s="46"/>
       <c r="I451" s="46"/>
       <c r="J451" s="46"/>
       <c r="K451" s="86"/>
     </row>
     <row r="452" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A452" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B452" s="22"/>
       <c r="C452" s="22"/>
       <c r="D452" s="22"/>
     </row>
     <row r="453" spans="1:11" s="25" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A453" s="23"/>
       <c r="B453" s="23"/>
       <c r="C453" s="23"/>
       <c r="D453" s="24"/>
       <c r="E453" s="12">
         <v>2020</v>
       </c>
       <c r="F453" s="12">
         <v>2021</v>
       </c>
       <c r="G453" s="12">
         <v>2022</v>
       </c>
       <c r="H453" s="12">
         <v>2023</v>
       </c>
       <c r="I453" s="12">
         <v>2024</v>
       </c>
       <c r="J453" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="K453" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="454" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A454" s="128" t="s">
+      <c r="A454" s="124" t="s">
         <v>143</v>
       </c>
-      <c r="B454" s="128"/>
-      <c r="C454" s="128"/>
+      <c r="B454" s="124"/>
+      <c r="C454" s="124"/>
       <c r="D454" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E454" s="27">
         <v>3</v>
       </c>
       <c r="F454" s="27">
         <v>3</v>
       </c>
       <c r="G454" s="27">
         <v>3</v>
       </c>
       <c r="H454" s="27">
         <v>3</v>
       </c>
       <c r="I454" s="27">
         <v>3</v>
       </c>
       <c r="J454" s="27">
         <v>3</v>
       </c>
       <c r="K454" s="27">
         <v>3</v>
       </c>
     </row>
     <row r="455" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A455" s="128"/>
-[...1 lines deleted...]
-      <c r="C455" s="128"/>
+      <c r="A455" s="124"/>
+      <c r="B455" s="124"/>
+      <c r="C455" s="124"/>
       <c r="D455" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E455" s="28">
         <v>11.610177116714308</v>
       </c>
       <c r="F455" s="28">
         <v>10.848076183315992</v>
       </c>
       <c r="G455" s="28">
         <v>10.892817624201863</v>
       </c>
       <c r="H455" s="28">
         <v>11.121126921951657</v>
       </c>
       <c r="I455" s="28">
         <v>11.431026463382315</v>
       </c>
       <c r="J455" s="28">
-        <v>11.369895104398578</v>
+        <v>11.417811079781089</v>
       </c>
       <c r="K455" s="28">
-        <v>11.843356468650216</v>
+        <v>11.846185681157095</v>
       </c>
     </row>
     <row r="456" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A456" s="129" t="s">
+      <c r="A456" s="127" t="s">
         <v>144</v>
       </c>
-      <c r="B456" s="129"/>
-      <c r="C456" s="129"/>
+      <c r="B456" s="127"/>
+      <c r="C456" s="127"/>
       <c r="D456" s="29" t="s">
         <v>23</v>
       </c>
       <c r="E456" s="30">
         <v>2</v>
       </c>
       <c r="F456" s="30">
         <v>2</v>
       </c>
       <c r="G456" s="30">
         <v>2</v>
       </c>
       <c r="H456" s="30">
         <v>2</v>
       </c>
       <c r="I456" s="30">
         <v>2</v>
       </c>
       <c r="J456" s="30">
         <v>2</v>
       </c>
       <c r="K456" s="30">
         <v>2</v>
       </c>
     </row>
     <row r="457" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A457" s="130"/>
-[...1 lines deleted...]
-      <c r="C457" s="130"/>
+      <c r="A457" s="128"/>
+      <c r="B457" s="128"/>
+      <c r="C457" s="128"/>
       <c r="D457" s="31" t="s">
         <v>33</v>
       </c>
       <c r="E457" s="32">
         <v>12.531651113795473</v>
       </c>
       <c r="F457" s="32">
         <v>12.012203048375742</v>
       </c>
       <c r="G457" s="32">
         <v>10.915305190235719</v>
       </c>
       <c r="H457" s="32">
         <v>11.104860364134717</v>
       </c>
       <c r="I457" s="32">
         <v>11.169620158767563</v>
       </c>
       <c r="J457" s="32">
-        <v>11.205292631502612</v>
+        <v>11.206837328499358</v>
       </c>
       <c r="K457" s="32">
-        <v>11.64198206490606</v>
+        <v>11.6849970567693</v>
       </c>
     </row>
     <row r="458" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A458" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B458" s="33"/>
       <c r="C458" s="34"/>
     </row>
     <row r="459" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A459" s="4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="460" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A460" s="46"/>
       <c r="B460" s="46"/>
       <c r="C460" s="46"/>
       <c r="D460" s="46"/>
       <c r="E460" s="46"/>
       <c r="F460" s="46"/>
       <c r="G460" s="46"/>
       <c r="H460" s="46"/>
       <c r="I460" s="46"/>
       <c r="J460" s="46"/>
@@ -11907,159 +11907,159 @@
     </row>
     <row r="463" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A463" s="11"/>
       <c r="B463" s="12">
         <v>2020</v>
       </c>
       <c r="C463" s="12">
         <v>2021</v>
       </c>
       <c r="D463" s="12">
         <v>2022</v>
       </c>
       <c r="E463" s="12">
         <v>2023</v>
       </c>
       <c r="F463" s="12">
         <v>2024</v>
       </c>
       <c r="G463" s="13" t="s">
         <v>163</v>
       </c>
       <c r="H463" s="13" t="s">
         <v>200</v>
       </c>
       <c r="I463" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J463" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K463" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="464" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A464" s="15" t="s">
         <v>38</v>
       </c>
       <c r="B464" s="16">
         <v>-350.20000000000005</v>
       </c>
       <c r="C464" s="16">
         <v>476.95999999999992</v>
       </c>
       <c r="D464" s="16">
         <v>276.71000000000004</v>
       </c>
       <c r="E464" s="16">
         <v>-346.66</v>
       </c>
       <c r="F464" s="16">
         <v>343.44000000000005</v>
       </c>
       <c r="G464" s="16">
         <v>690.10000000000014</v>
       </c>
       <c r="H464" s="16">
         <v>80.049999999999983</v>
       </c>
       <c r="I464" s="16">
-        <v>406.68000000000006</v>
+        <v>483.81000000000006</v>
       </c>
       <c r="J464" s="16">
-        <v>64.539999999999992</v>
+        <v>42.749999999999993</v>
       </c>
       <c r="K464" s="16">
-        <v>-342.1400000000001</v>
+        <v>-441.06000000000006</v>
       </c>
     </row>
     <row r="465" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A465" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B465" s="16">
         <v>174.14</v>
       </c>
       <c r="C465" s="16">
         <v>692.68</v>
       </c>
       <c r="D465" s="16">
         <v>881.65</v>
       </c>
       <c r="E465" s="16">
         <v>544.55999999999995</v>
       </c>
       <c r="F465" s="16">
         <v>335.3</v>
       </c>
       <c r="G465" s="16">
         <v>-209.25999999999993</v>
       </c>
       <c r="H465" s="16">
         <v>525.66599999999994</v>
       </c>
       <c r="I465" s="16">
-        <v>163.13</v>
+        <v>274.57</v>
       </c>
       <c r="J465" s="16">
-        <v>346.56000000000006</v>
+        <v>354.94000000000005</v>
       </c>
       <c r="K465" s="16">
-        <v>183.43000000000006</v>
+        <v>80.370000000000061</v>
       </c>
     </row>
     <row r="466" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A466" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B466" s="17">
         <v>-524.34</v>
       </c>
       <c r="C466" s="17">
         <v>-215.72000000000003</v>
       </c>
       <c r="D466" s="17">
         <v>-604.93999999999994</v>
       </c>
       <c r="E466" s="17">
         <v>-891.22</v>
       </c>
       <c r="F466" s="17">
         <v>8.1400000000000432</v>
       </c>
       <c r="G466" s="17" t="s">
         <v>26</v>
       </c>
       <c r="H466" s="17" t="s">
         <v>26</v>
       </c>
       <c r="I466" s="17">
-        <v>243.55000000000007</v>
+        <v>209.24000000000007</v>
       </c>
       <c r="J466" s="17">
-        <v>-282.0200000000001</v>
+        <v>-312.19000000000005</v>
       </c>
       <c r="K466" s="17" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="467" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A467" s="4" t="s">
         <v>25</v>
       </c>
       <c r="B467" s="83"/>
       <c r="C467" s="83"/>
       <c r="D467" s="83"/>
       <c r="E467" s="83"/>
       <c r="F467" s="83"/>
       <c r="G467" s="83"/>
       <c r="H467" s="83"/>
       <c r="I467" s="83"/>
       <c r="J467" s="46"/>
       <c r="K467" s="46"/>
     </row>
     <row r="468" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A468" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B468" s="46"/>
@@ -12146,54 +12146,54 @@
     </row>
     <row r="474" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A474" s="11"/>
       <c r="B474" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C474" s="13" t="s">
         <v>111</v>
       </c>
       <c r="D474" s="13" t="s">
         <v>112</v>
       </c>
       <c r="E474" s="13" t="s">
         <v>115</v>
       </c>
       <c r="F474" s="13" t="s">
         <v>127</v>
       </c>
       <c r="G474" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H474" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I474" s="13" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J474" s="13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="K474" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="475" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A475" s="109" t="s">
         <v>38</v>
       </c>
       <c r="B475" s="16">
         <v>2323.5</v>
       </c>
       <c r="C475" s="16">
         <v>2597.9899999999998</v>
       </c>
       <c r="D475" s="16">
         <v>3059.91</v>
       </c>
       <c r="E475" s="16">
         <v>2841.38</v>
       </c>
       <c r="F475" s="16">
         <v>3515.63</v>
       </c>
       <c r="G475" s="16">
@@ -12406,63 +12406,63 @@
       <c r="D483" s="90"/>
       <c r="E483" s="90"/>
       <c r="F483" s="90"/>
       <c r="G483" s="90"/>
       <c r="H483" s="90"/>
       <c r="I483" s="90"/>
       <c r="J483" s="89"/>
       <c r="K483" s="46"/>
     </row>
     <row r="484" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A484" s="20" t="s">
         <v>126</v>
       </c>
       <c r="B484" s="90"/>
       <c r="C484" s="90"/>
       <c r="D484" s="90"/>
       <c r="E484" s="90"/>
       <c r="F484" s="90"/>
       <c r="G484" s="90"/>
       <c r="H484" s="90"/>
       <c r="I484" s="90"/>
       <c r="J484" s="89"/>
       <c r="K484" s="46"/>
     </row>
     <row r="485" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A485" s="124" t="s">
+      <c r="A485" s="130" t="s">
         <v>155</v>
       </c>
-      <c r="B485" s="124"/>
-[...8 lines deleted...]
-      <c r="K485" s="124"/>
+      <c r="B485" s="130"/>
+      <c r="C485" s="130"/>
+      <c r="D485" s="130"/>
+      <c r="E485" s="130"/>
+      <c r="F485" s="130"/>
+      <c r="G485" s="130"/>
+      <c r="H485" s="130"/>
+      <c r="I485" s="130"/>
+      <c r="J485" s="130"/>
+      <c r="K485" s="130"/>
     </row>
     <row r="486" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A486" s="46"/>
       <c r="B486" s="46"/>
       <c r="C486" s="46"/>
       <c r="D486" s="46"/>
       <c r="E486" s="46"/>
       <c r="F486" s="46"/>
       <c r="G486" s="46"/>
       <c r="H486" s="46"/>
       <c r="I486" s="46"/>
       <c r="J486" s="46"/>
       <c r="K486" s="46"/>
     </row>
     <row r="487" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A487" s="46"/>
       <c r="B487" s="46"/>
       <c r="C487" s="46"/>
       <c r="D487" s="46"/>
       <c r="E487" s="46"/>
       <c r="F487" s="46"/>
       <c r="G487" s="46"/>
       <c r="H487" s="46"/>
       <c r="I487" s="46"/>
       <c r="J487" s="46"/>
@@ -12485,54 +12485,54 @@
     </row>
     <row r="489" spans="1:11" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A489" s="11"/>
       <c r="B489" s="12">
         <v>2020</v>
       </c>
       <c r="C489" s="12">
         <v>2021</v>
       </c>
       <c r="D489" s="12">
         <v>2022</v>
       </c>
       <c r="E489" s="12">
         <v>2023</v>
       </c>
       <c r="F489" s="12">
         <v>2024</v>
       </c>
       <c r="G489" s="13" t="s">
         <v>163</v>
       </c>
       <c r="H489" s="13" t="s">
         <v>200</v>
       </c>
       <c r="I489" s="13" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="J489" s="13" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="K489" s="13" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="490" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A490" s="15" t="s">
         <v>45</v>
       </c>
       <c r="B490" s="16">
         <v>-157.20999999999998</v>
       </c>
       <c r="C490" s="16">
         <v>276.25</v>
       </c>
       <c r="D490" s="16">
         <v>-105.54999999999998</v>
       </c>
       <c r="E490" s="16">
         <v>-216.91</v>
       </c>
       <c r="F490" s="16">
         <v>-136.99</v>
       </c>
       <c r="G490" s="16">
@@ -12632,63 +12632,63 @@
         <v>52</v>
       </c>
       <c r="B494" s="60"/>
       <c r="C494" s="60"/>
       <c r="D494" s="60"/>
       <c r="E494" s="60"/>
       <c r="F494" s="60"/>
       <c r="G494" s="60"/>
       <c r="H494" s="60"/>
       <c r="I494" s="60"/>
     </row>
     <row r="495" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A495" s="4" t="s">
         <v>105</v>
       </c>
       <c r="B495" s="60"/>
       <c r="C495" s="60"/>
       <c r="D495" s="60"/>
       <c r="E495" s="60"/>
       <c r="F495" s="60"/>
       <c r="G495" s="60"/>
       <c r="H495" s="60"/>
       <c r="I495" s="60"/>
     </row>
     <row r="496" spans="1:11" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A496" s="134" t="s">
+      <c r="A496" s="140" t="s">
         <v>47</v>
       </c>
-      <c r="B496" s="134"/>
-[...8 lines deleted...]
-      <c r="K496" s="134"/>
+      <c r="B496" s="140"/>
+      <c r="C496" s="140"/>
+      <c r="D496" s="140"/>
+      <c r="E496" s="140"/>
+      <c r="F496" s="140"/>
+      <c r="G496" s="140"/>
+      <c r="H496" s="140"/>
+      <c r="I496" s="140"/>
+      <c r="J496" s="140"/>
+      <c r="K496" s="140"/>
     </row>
     <row r="497" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A497" s="46"/>
       <c r="B497" s="46"/>
       <c r="C497" s="46"/>
       <c r="D497" s="46"/>
       <c r="E497" s="46"/>
       <c r="F497" s="46"/>
       <c r="G497" s="46"/>
       <c r="H497" s="46"/>
       <c r="I497" s="46"/>
       <c r="J497" s="46"/>
       <c r="K497" s="46"/>
     </row>
     <row r="498" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A498" s="46"/>
       <c r="B498" s="46"/>
       <c r="C498" s="46"/>
       <c r="D498" s="46"/>
       <c r="E498" s="46"/>
       <c r="F498" s="46"/>
       <c r="G498" s="46"/>
       <c r="H498" s="46"/>
       <c r="I498" s="46"/>
       <c r="J498" s="46"/>
@@ -12711,54 +12711,54 @@
     </row>
     <row r="500" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A500" s="11"/>
       <c r="B500" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C500" s="13" t="s">
         <v>111</v>
       </c>
       <c r="D500" s="13" t="s">
         <v>112</v>
       </c>
       <c r="E500" s="13" t="s">
         <v>115</v>
       </c>
       <c r="F500" s="13" t="s">
         <v>127</v>
       </c>
       <c r="G500" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H500" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I500" s="13" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J500" s="13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="K500" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="501" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A501" s="109" t="s">
         <v>45</v>
       </c>
       <c r="B501" s="16">
         <v>546.5</v>
       </c>
       <c r="C501" s="16">
         <v>616.21</v>
       </c>
       <c r="D501" s="16">
         <v>694.44</v>
       </c>
       <c r="E501" s="16">
         <v>648.59</v>
       </c>
       <c r="F501" s="16">
         <v>747.72</v>
       </c>
       <c r="G501" s="16">
@@ -13047,63 +13047,63 @@
       <c r="D512" s="90"/>
       <c r="E512" s="90"/>
       <c r="F512" s="90"/>
       <c r="G512" s="90"/>
       <c r="H512" s="90"/>
       <c r="I512" s="90"/>
       <c r="J512" s="89"/>
       <c r="K512" s="46"/>
     </row>
     <row r="513" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A513" s="4" t="s">
         <v>120</v>
       </c>
       <c r="B513" s="90"/>
       <c r="C513" s="90"/>
       <c r="D513" s="90"/>
       <c r="E513" s="90"/>
       <c r="F513" s="90"/>
       <c r="G513" s="90"/>
       <c r="H513" s="90"/>
       <c r="I513" s="90"/>
       <c r="J513" s="89"/>
       <c r="K513" s="46"/>
     </row>
     <row r="514" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A514" s="135" t="s">
+      <c r="A514" s="141" t="s">
         <v>155</v>
       </c>
-      <c r="B514" s="135"/>
-[...8 lines deleted...]
-      <c r="K514" s="135"/>
+      <c r="B514" s="141"/>
+      <c r="C514" s="141"/>
+      <c r="D514" s="141"/>
+      <c r="E514" s="141"/>
+      <c r="F514" s="141"/>
+      <c r="G514" s="141"/>
+      <c r="H514" s="141"/>
+      <c r="I514" s="141"/>
+      <c r="J514" s="141"/>
+      <c r="K514" s="141"/>
     </row>
     <row r="515" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A515" s="46"/>
       <c r="B515" s="46"/>
       <c r="C515" s="46"/>
       <c r="D515" s="46"/>
       <c r="E515" s="46"/>
       <c r="F515" s="46"/>
       <c r="G515" s="46"/>
       <c r="H515" s="46"/>
       <c r="I515" s="46"/>
       <c r="J515" s="46"/>
       <c r="K515" s="46"/>
     </row>
     <row r="516" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A516" s="46"/>
       <c r="B516" s="46"/>
       <c r="C516" s="46"/>
       <c r="D516" s="46"/>
       <c r="E516" s="46"/>
       <c r="F516" s="46"/>
       <c r="G516" s="46"/>
       <c r="H516" s="46"/>
       <c r="I516" s="46"/>
       <c r="J516" s="46"/>
@@ -13126,54 +13126,54 @@
     </row>
     <row r="518" spans="1:11" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A518" s="11"/>
       <c r="B518" s="13" t="s">
         <v>110</v>
       </c>
       <c r="C518" s="13" t="s">
         <v>111</v>
       </c>
       <c r="D518" s="13" t="s">
         <v>112</v>
       </c>
       <c r="E518" s="13" t="s">
         <v>115</v>
       </c>
       <c r="F518" s="13" t="s">
         <v>127</v>
       </c>
       <c r="G518" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H518" s="13" t="s">
         <v>205</v>
       </c>
       <c r="I518" s="13" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J518" s="13" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="K518" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="519" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A519" s="109" t="s">
         <v>73</v>
       </c>
       <c r="B519" s="16">
         <v>7408.09</v>
       </c>
       <c r="C519" s="16">
         <v>7926.62</v>
       </c>
       <c r="D519" s="16">
         <v>8109.48</v>
       </c>
       <c r="E519" s="16">
         <v>9239.7999999999993</v>
       </c>
       <c r="F519" s="16">
         <v>9484.19</v>
       </c>
       <c r="G519" s="16">
@@ -13306,63 +13306,63 @@
       <c r="A524" s="54" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="525" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A525" s="54" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="526" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A526" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="527" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A527" s="20" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="528" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A528" s="20" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="529" spans="1:11" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A529" s="134" t="s">
+      <c r="A529" s="140" t="s">
         <v>74</v>
       </c>
-      <c r="B529" s="134"/>
-[...8 lines deleted...]
-      <c r="K529" s="134"/>
+      <c r="B529" s="140"/>
+      <c r="C529" s="140"/>
+      <c r="D529" s="140"/>
+      <c r="E529" s="140"/>
+      <c r="F529" s="140"/>
+      <c r="G529" s="140"/>
+      <c r="H529" s="140"/>
+      <c r="I529" s="140"/>
+      <c r="J529" s="140"/>
+      <c r="K529" s="140"/>
     </row>
     <row r="530" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A530" s="46"/>
       <c r="B530" s="46"/>
       <c r="C530" s="46"/>
       <c r="D530" s="46"/>
       <c r="E530" s="46"/>
       <c r="F530" s="46"/>
       <c r="G530" s="46"/>
       <c r="H530" s="46"/>
       <c r="I530" s="46"/>
       <c r="J530" s="46"/>
       <c r="K530" s="46"/>
     </row>
     <row r="531" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A531" s="46"/>
       <c r="B531" s="46"/>
       <c r="C531" s="46"/>
       <c r="D531" s="46"/>
       <c r="E531" s="46"/>
       <c r="F531" s="46"/>
       <c r="G531" s="46"/>
       <c r="H531" s="46"/>
       <c r="I531" s="46"/>
       <c r="J531" s="46"/>
@@ -13398,197 +13398,197 @@
     </row>
     <row r="534" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A534" s="11"/>
       <c r="B534" s="12">
         <v>2020</v>
       </c>
       <c r="C534" s="12">
         <v>2021</v>
       </c>
       <c r="D534" s="12">
         <v>2022</v>
       </c>
       <c r="E534" s="12">
         <v>2023</v>
       </c>
       <c r="F534" s="12">
         <v>2024</v>
       </c>
       <c r="G534" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H534" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I534" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J534" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K534" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="535" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A535" s="15" t="s">
         <v>124</v>
       </c>
       <c r="B535" s="16">
         <v>886.63</v>
       </c>
       <c r="C535" s="16">
         <v>1143.27</v>
       </c>
       <c r="D535" s="16">
         <v>2377.11</v>
       </c>
       <c r="E535" s="16">
         <v>2887.6</v>
       </c>
       <c r="F535" s="16">
         <v>3128.66</v>
       </c>
       <c r="G535" s="16">
         <v>8.3481091563928516</v>
       </c>
       <c r="H535" s="16">
         <v>37.05787275290853</v>
       </c>
       <c r="I535" s="16">
-        <v>2475.21</v>
+        <v>2776.3</v>
       </c>
       <c r="J535" s="16">
-        <v>2662.98</v>
+        <v>2989.13</v>
       </c>
       <c r="K535" s="16">
-        <v>7.5860230041087409</v>
+        <v>7.6659582898101766</v>
       </c>
     </row>
     <row r="536" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A536" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B536" s="49">
         <v>4</v>
       </c>
       <c r="C536" s="49">
         <v>4</v>
       </c>
       <c r="D536" s="49">
         <v>3</v>
       </c>
       <c r="E536" s="49">
         <v>3</v>
       </c>
       <c r="F536" s="49">
         <v>3</v>
       </c>
       <c r="G536" s="91" t="s">
         <v>26</v>
       </c>
       <c r="H536" s="91" t="s">
         <v>26</v>
       </c>
       <c r="I536" s="49">
         <v>3</v>
       </c>
       <c r="J536" s="49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K536" s="16" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="537" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A537" s="15" t="s">
         <v>113</v>
       </c>
       <c r="B537" s="16">
         <v>11.416140687005406</v>
       </c>
       <c r="C537" s="16">
         <v>11.29026205392765</v>
       </c>
       <c r="D537" s="16">
         <v>11.202246566201413</v>
       </c>
       <c r="E537" s="16">
         <v>11.337250618570382</v>
       </c>
       <c r="F537" s="16">
         <v>11.285776896813559</v>
       </c>
       <c r="G537" s="19" t="s">
         <v>26</v>
       </c>
       <c r="H537" s="42" t="s">
         <v>26</v>
       </c>
       <c r="I537" s="16">
-        <v>11.081528055600824</v>
+        <v>11.253005982985318</v>
       </c>
       <c r="J537" s="16">
-        <v>11.330879921981008</v>
+        <v>11.503197395749352</v>
       </c>
       <c r="K537" s="118" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="538" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A538" s="100" t="s">
         <v>125</v>
       </c>
       <c r="B538" s="102">
         <v>116.53</v>
       </c>
       <c r="C538" s="102">
         <v>131.16999999999999</v>
       </c>
       <c r="D538" s="102">
         <v>219.61</v>
       </c>
       <c r="E538" s="102">
         <v>255.3</v>
       </c>
       <c r="F538" s="102">
         <v>274.54000000000002</v>
       </c>
       <c r="G538" s="102">
         <v>7.5362318840579743</v>
       </c>
       <c r="H538" s="16">
         <v>23.891631105597199</v>
       </c>
       <c r="I538" s="102">
-        <v>211.46999999999997</v>
+        <v>234.74999999999997</v>
       </c>
       <c r="J538" s="102">
-        <v>208.4</v>
+        <v>232.77</v>
       </c>
       <c r="K538" s="102">
-        <v>-1.451742563957046</v>
+        <v>-0.84345047923321048</v>
       </c>
     </row>
     <row r="539" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A539" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B539" s="49">
         <v>5</v>
       </c>
       <c r="C539" s="49">
         <v>7</v>
       </c>
       <c r="D539" s="49">
         <v>7</v>
       </c>
       <c r="E539" s="49">
         <v>6</v>
       </c>
       <c r="F539" s="49">
         <v>7</v>
       </c>
       <c r="G539" s="91" t="s">
         <v>26</v>
       </c>
       <c r="H539" s="91" t="s">
@@ -13608,103 +13608,103 @@
       <c r="A540" s="1" t="s">
         <v>113</v>
       </c>
       <c r="B540" s="17">
         <v>4.2479276179088812</v>
       </c>
       <c r="C540" s="17">
         <v>3.6698813450729242</v>
       </c>
       <c r="D540" s="17">
         <v>3.9689008488651374</v>
       </c>
       <c r="E540" s="17">
         <v>4.0000564050256875</v>
       </c>
       <c r="F540" s="17">
         <v>4.0100492236682594</v>
       </c>
       <c r="G540" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H540" s="18" t="s">
         <v>26</v>
       </c>
       <c r="I540" s="17">
-        <v>3.9868781991459517</v>
+        <v>4.0435027499263647</v>
       </c>
       <c r="J540" s="17">
-        <v>3.8053987725580352</v>
+        <v>3.8787177919119649</v>
       </c>
       <c r="K540" s="119" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="541" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A541" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="542" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A542" s="54" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="543" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A543" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="544" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A544" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="545" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A545" s="20" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="546" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A546" s="4" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="547" spans="1:11" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A547" s="124" t="s">
+      <c r="A547" s="130" t="s">
         <v>114</v>
       </c>
-      <c r="B547" s="124"/>
-[...8 lines deleted...]
-      <c r="K547" s="124"/>
+      <c r="B547" s="130"/>
+      <c r="C547" s="130"/>
+      <c r="D547" s="130"/>
+      <c r="E547" s="130"/>
+      <c r="F547" s="130"/>
+      <c r="G547" s="130"/>
+      <c r="H547" s="130"/>
+      <c r="I547" s="130"/>
+      <c r="J547" s="130"/>
+      <c r="K547" s="130"/>
     </row>
     <row r="548" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A548" s="46"/>
       <c r="B548" s="46"/>
       <c r="C548" s="46"/>
       <c r="D548" s="46"/>
       <c r="E548" s="46"/>
       <c r="F548" s="46"/>
       <c r="G548" s="46"/>
       <c r="H548" s="46"/>
       <c r="I548" s="46"/>
       <c r="J548" s="46"/>
       <c r="K548" s="46"/>
     </row>
     <row r="549" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A549" s="46"/>
       <c r="B549" s="46"/>
       <c r="C549" s="46"/>
       <c r="D549" s="46"/>
       <c r="E549" s="46"/>
       <c r="F549" s="46"/>
       <c r="G549" s="46"/>
       <c r="H549" s="46"/>
       <c r="I549" s="46"/>
       <c r="J549" s="46"/>
@@ -13727,92 +13727,92 @@
     </row>
     <row r="551" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A551" s="11"/>
       <c r="B551" s="12">
         <v>2020</v>
       </c>
       <c r="C551" s="12">
         <v>2021</v>
       </c>
       <c r="D551" s="12">
         <v>2022</v>
       </c>
       <c r="E551" s="12">
         <v>2023</v>
       </c>
       <c r="F551" s="12">
         <v>2024</v>
       </c>
       <c r="G551" s="13" t="s">
         <v>139</v>
       </c>
       <c r="H551" s="13" t="s">
         <v>140</v>
       </c>
       <c r="I551" s="13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J551" s="13" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K551" s="13" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="552" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A552" s="15" t="s">
         <v>121</v>
       </c>
       <c r="B552" s="16">
         <v>438.32100000000003</v>
       </c>
       <c r="C552" s="16">
         <v>569.51700000000005</v>
       </c>
       <c r="D552" s="16">
         <v>1430.077</v>
       </c>
       <c r="E552" s="16">
         <v>1623.1320000000001</v>
       </c>
       <c r="F552" s="16">
         <v>1732.441</v>
       </c>
       <c r="G552" s="16">
         <v>6.7344492006811505</v>
       </c>
       <c r="H552" s="16">
         <v>40.999165967164132</v>
       </c>
       <c r="I552" s="16">
-        <v>1353.2860000000001</v>
+        <v>1553.079</v>
       </c>
       <c r="J552" s="16">
-        <v>1376.317</v>
+        <v>1581.2139999999999</v>
       </c>
       <c r="K552" s="16">
-        <v>1.7018575526533155</v>
+        <v>1.8115627086580908</v>
       </c>
     </row>
     <row r="553" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A553" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B553" s="49">
         <v>4</v>
       </c>
       <c r="C553" s="49">
         <v>4</v>
       </c>
       <c r="D553" s="49">
         <v>5</v>
       </c>
       <c r="E553" s="49">
         <v>5</v>
       </c>
       <c r="F553" s="49">
         <v>4</v>
       </c>
       <c r="G553" s="91" t="s">
         <v>26</v>
       </c>
       <c r="H553" s="91" t="s">
@@ -13832,92 +13832,92 @@
       <c r="A554" s="15" t="s">
         <v>122</v>
       </c>
       <c r="B554" s="16">
         <v>11.224767570349902</v>
       </c>
       <c r="C554" s="16">
         <v>9.6236772908103987</v>
       </c>
       <c r="D554" s="16">
         <v>9.3329334963136912</v>
       </c>
       <c r="E554" s="16">
         <v>8.8995428594926906</v>
       </c>
       <c r="F554" s="16">
         <v>8.9374599993128374</v>
       </c>
       <c r="G554" s="19" t="s">
         <v>26</v>
       </c>
       <c r="H554" s="42" t="s">
         <v>26</v>
       </c>
       <c r="I554" s="16">
-        <v>8.8693787772504535</v>
+        <v>9.0134395561225773</v>
       </c>
       <c r="J554" s="16">
-        <v>8.8573856252643015</v>
+        <v>8.9962387043073111</v>
       </c>
       <c r="K554" s="42" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="555" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A555" s="100" t="s">
         <v>123</v>
       </c>
       <c r="B555" s="102">
         <v>1803.3489999999999</v>
       </c>
       <c r="C555" s="102">
         <v>2216.39</v>
       </c>
       <c r="D555" s="102">
         <v>5377.4430000000002</v>
       </c>
       <c r="E555" s="102">
         <v>6086.9709999999995</v>
       </c>
       <c r="F555" s="102">
         <v>6362.8959999999997</v>
       </c>
       <c r="G555" s="102">
         <v>4.5330427892625123</v>
       </c>
       <c r="H555" s="16">
         <v>37.054645416388674</v>
       </c>
       <c r="I555" s="102">
-        <v>4919.5630000000001</v>
+        <v>5644.8310000000001</v>
       </c>
       <c r="J555" s="102">
-        <v>4963.17</v>
+        <v>5700.6790000000001</v>
       </c>
       <c r="K555" s="16">
-        <v>0.88639986925667935</v>
+        <v>0.98936531492262481</v>
       </c>
     </row>
     <row r="556" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A556" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B556" s="49">
         <v>2</v>
       </c>
       <c r="C556" s="49">
         <v>3</v>
       </c>
       <c r="D556" s="49">
         <v>2</v>
       </c>
       <c r="E556" s="49">
         <v>2</v>
       </c>
       <c r="F556" s="49">
         <v>2</v>
       </c>
       <c r="G556" s="91" t="s">
         <v>26</v>
       </c>
       <c r="H556" s="91" t="s">
@@ -13937,54 +13937,54 @@
       <c r="A557" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B557" s="17">
         <v>14.781924786613429</v>
       </c>
       <c r="C557" s="17">
         <v>11.877339815419177</v>
       </c>
       <c r="D557" s="17">
         <v>11.488818617095633</v>
       </c>
       <c r="E557" s="17">
         <v>11.301449108155087</v>
       </c>
       <c r="F557" s="17">
         <v>11.259021011148807</v>
       </c>
       <c r="G557" s="18" t="s">
         <v>26</v>
       </c>
       <c r="H557" s="18" t="s">
         <v>26</v>
       </c>
       <c r="I557" s="17">
-        <v>10.973825725342857</v>
+        <v>11.166592306211093</v>
       </c>
       <c r="J557" s="17">
-        <v>10.990501701764318</v>
+        <v>11.188664838028529</v>
       </c>
       <c r="K557" s="119" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="558" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A558" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B558" s="46"/>
       <c r="C558" s="46"/>
       <c r="D558" s="46"/>
       <c r="E558" s="46"/>
       <c r="F558" s="46"/>
       <c r="G558" s="46"/>
       <c r="H558" s="46"/>
       <c r="I558" s="46"/>
       <c r="J558" s="46"/>
       <c r="K558" s="46"/>
     </row>
     <row r="559" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A559" s="54" t="s">
         <v>97</v>
       </c>
       <c r="B559" s="46"/>
@@ -14108,495 +14108,495 @@
       <c r="D567" s="120"/>
       <c r="E567" s="120"/>
       <c r="F567" s="120"/>
       <c r="G567" s="120"/>
       <c r="H567" s="120"/>
       <c r="I567" s="120"/>
       <c r="J567" s="120"/>
       <c r="K567" s="120"/>
     </row>
     <row r="568" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C568" s="84"/>
       <c r="D568" s="84"/>
       <c r="E568" s="84"/>
       <c r="F568" s="84"/>
       <c r="G568" s="84"/>
       <c r="H568" s="84"/>
       <c r="I568" s="84"/>
       <c r="J568" s="84"/>
       <c r="K568" s="84"/>
     </row>
     <row r="569" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A569" s="121" t="s">
         <v>55</v>
       </c>
       <c r="B569" s="122">
-        <v>45981</v>
+        <v>46021</v>
       </c>
       <c r="C569" s="46"/>
       <c r="D569" s="46"/>
       <c r="E569" s="46"/>
       <c r="F569" s="46"/>
       <c r="G569" s="46"/>
       <c r="H569" s="46"/>
       <c r="I569" s="46"/>
       <c r="J569" s="46"/>
       <c r="K569" s="46"/>
     </row>
     <row r="570" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A570" s="94" t="s">
         <v>117</v>
       </c>
       <c r="C570" s="46"/>
       <c r="D570" s="46"/>
       <c r="E570" s="46"/>
       <c r="F570" s="46"/>
       <c r="G570" s="46"/>
       <c r="H570" s="46"/>
       <c r="I570" s="46"/>
       <c r="J570" s="46"/>
       <c r="K570" s="46"/>
     </row>
     <row r="571" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A571" s="121" t="s">
         <v>118</v>
       </c>
       <c r="C571" s="46"/>
       <c r="D571" s="46"/>
       <c r="E571" s="46"/>
       <c r="F571" s="46"/>
       <c r="G571" s="46"/>
       <c r="H571" s="46"/>
       <c r="I571" s="46"/>
       <c r="J571" s="46"/>
       <c r="K571" s="46"/>
     </row>
     <row r="572" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A572" s="93"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A413:K424">
     <sortCondition descending="1" ref="H413:H424"/>
     <sortCondition descending="1" ref="F413:F424"/>
     <sortCondition ref="A413:A424"/>
   </sortState>
   <mergeCells count="52">
-    <mergeCell ref="J68:K68"/>
-[...7 lines deleted...]
-    <mergeCell ref="A23:C24"/>
+    <mergeCell ref="A281:K281"/>
+    <mergeCell ref="A282:K282"/>
+    <mergeCell ref="A283:K283"/>
+    <mergeCell ref="A284:K284"/>
+    <mergeCell ref="A329:K329"/>
+    <mergeCell ref="C254:C255"/>
+    <mergeCell ref="C270:C273"/>
+    <mergeCell ref="C274:C275"/>
+    <mergeCell ref="A261:K261"/>
+    <mergeCell ref="A262:K262"/>
+    <mergeCell ref="A263:K263"/>
+    <mergeCell ref="A454:C455"/>
+    <mergeCell ref="A456:C457"/>
+    <mergeCell ref="A379:K379"/>
+    <mergeCell ref="A547:K547"/>
+    <mergeCell ref="D290:D294"/>
+    <mergeCell ref="D305:D309"/>
+    <mergeCell ref="A450:K450"/>
+    <mergeCell ref="A449:K449"/>
+    <mergeCell ref="A407:K407"/>
+    <mergeCell ref="A428:J428"/>
+    <mergeCell ref="A333:C334"/>
+    <mergeCell ref="A335:C336"/>
+    <mergeCell ref="A529:K529"/>
+    <mergeCell ref="A514:K514"/>
+    <mergeCell ref="A496:K496"/>
+    <mergeCell ref="A485:K485"/>
     <mergeCell ref="A359:K359"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A50:K50"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="A40:D40"/>
     <mergeCell ref="H56:I56"/>
     <mergeCell ref="J56:K56"/>
     <mergeCell ref="A46:C48"/>
     <mergeCell ref="A52:K52"/>
     <mergeCell ref="A264:K264"/>
     <mergeCell ref="F77:K77"/>
     <mergeCell ref="G49:K49"/>
     <mergeCell ref="F64:K64"/>
     <mergeCell ref="H68:I68"/>
     <mergeCell ref="C250:C253"/>
-    <mergeCell ref="A454:C455"/>
-[...25 lines deleted...]
-    <mergeCell ref="A329:K329"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="A21:C22"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="A29:D30"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="A31:D32"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="A23:C24"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B537:G537 I537:K537 B540:K540 B554:G554 I554:K554 B557:K557">
-    <cfRule type="cellIs" dxfId="69" priority="115" operator="lessThan">
+    <cfRule type="cellIs" dxfId="69" priority="116" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B519:H519 B501:H501 B502:F502 B503:H504 B505:F506 G506:H506 B507:H507 B520:F520 B521:H521 B536:F536 I536:J536 B539:F539 I539:J539 B553:F553 I553:J553 B556:F556 I556:J556">
-    <cfRule type="cellIs" dxfId="68" priority="85" operator="lessThan">
+    <cfRule type="cellIs" dxfId="68" priority="86" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B440:J441 B442:K442">
-    <cfRule type="cellIs" dxfId="67" priority="16" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="67" priority="17" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:K10">
-    <cfRule type="cellIs" dxfId="66" priority="431" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="66" priority="432" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B464:K466">
-    <cfRule type="cellIs" dxfId="65" priority="35" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="65" priority="36" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B475:K479">
-    <cfRule type="cellIs" dxfId="64" priority="59" operator="lessThan">
+    <cfRule type="cellIs" dxfId="64" priority="60" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B476:K476 B478:K478 B503:K503 B506:K506 B521:K521">
-    <cfRule type="cellIs" dxfId="63" priority="116" operator="lessThan">
+    <cfRule type="cellIs" dxfId="63" priority="117" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B490:K492">
-    <cfRule type="cellIs" dxfId="62" priority="33" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="62" priority="34" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B501:K507">
-    <cfRule type="cellIs" dxfId="61" priority="58" operator="lessThan">
+    <cfRule type="cellIs" dxfId="61" priority="59" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B519:K522">
-    <cfRule type="cellIs" dxfId="60" priority="26" operator="lessThan">
+    <cfRule type="cellIs" dxfId="60" priority="27" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D250:K255 D270:K275">
-    <cfRule type="cellIs" dxfId="59" priority="400" operator="lessThan">
+    <cfRule type="cellIs" dxfId="59" priority="401" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E46:E48">
-    <cfRule type="cellIs" dxfId="58" priority="282" operator="lessThan">
+    <cfRule type="cellIs" dxfId="58" priority="283" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E22:K22 E24:K24">
-    <cfRule type="cellIs" dxfId="57" priority="121" operator="lessThan">
+    <cfRule type="cellIs" dxfId="57" priority="122" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E334:K334 E336:K336">
-    <cfRule type="cellIs" dxfId="56" priority="46" operator="lessThan">
+    <cfRule type="cellIs" dxfId="56" priority="47" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E455:K455 E457:K457">
-    <cfRule type="cellIs" dxfId="55" priority="45" operator="lessThan">
+    <cfRule type="cellIs" dxfId="55" priority="46" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F37:K40">
-    <cfRule type="cellIs" dxfId="54" priority="513" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="54" priority="514" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G320:H321">
-    <cfRule type="cellIs" dxfId="53" priority="5" operator="lessThan">
+    <cfRule type="cellIs" dxfId="53" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G440:H441">
-    <cfRule type="cellIs" dxfId="52" priority="9" operator="lessThan">
+    <cfRule type="cellIs" dxfId="52" priority="10" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G475:H475">
-    <cfRule type="cellIs" dxfId="51" priority="407" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="51" priority="408" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G477:H477">
-    <cfRule type="cellIs" dxfId="50" priority="406" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="50" priority="407" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G501:H501 G504:H504 I502:J502 I505:J505">
-    <cfRule type="cellIs" dxfId="49" priority="89" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="49" priority="90" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G535:H535">
-    <cfRule type="cellIs" dxfId="48" priority="15" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="48" priority="16" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G538:H538">
-    <cfRule type="cellIs" dxfId="47" priority="14" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="47" priority="15" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G552:H552">
-    <cfRule type="cellIs" dxfId="46" priority="13" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="46" priority="14" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G555:H555">
-    <cfRule type="cellIs" dxfId="45" priority="12" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="45" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G30:K30 G32:K32">
-    <cfRule type="cellIs" dxfId="44" priority="56" operator="lessThan">
+    <cfRule type="cellIs" dxfId="44" priority="1" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G47:K47">
-    <cfRule type="cellIs" dxfId="43" priority="119" operator="lessThan">
+    <cfRule type="cellIs" dxfId="43" priority="120" operator="lessThan">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H537">
-    <cfRule type="cellIs" dxfId="42" priority="10" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="42" priority="11" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H554">
-    <cfRule type="cellIs" dxfId="41" priority="11" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="41" priority="12" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I476:J476">
-    <cfRule type="cellIs" dxfId="40" priority="337" operator="lessThan">
+    <cfRule type="cellIs" dxfId="40" priority="338" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I478:J479">
-    <cfRule type="cellIs" dxfId="39" priority="88" operator="lessThan">
+    <cfRule type="cellIs" dxfId="39" priority="89" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I502:J503">
-    <cfRule type="cellIs" dxfId="38" priority="83" operator="lessThan">
+    <cfRule type="cellIs" dxfId="38" priority="84" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I505:J507">
-    <cfRule type="cellIs" dxfId="37" priority="78" operator="lessThan">
+    <cfRule type="cellIs" dxfId="37" priority="79" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I520:J520 G519:H519">
-    <cfRule type="cellIs" dxfId="36" priority="31" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="36" priority="32" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I520:J521">
-    <cfRule type="cellIs" dxfId="35" priority="30" operator="lessThan">
+    <cfRule type="cellIs" dxfId="35" priority="31" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I320:K321 B320:F321 B322:K322">
-    <cfRule type="cellIs" dxfId="34" priority="17" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="34" priority="18" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I474:K474">
-    <cfRule type="cellIs" dxfId="33" priority="339" operator="lessThan">
+    <cfRule type="cellIs" dxfId="33" priority="340" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I500:K500">
-    <cfRule type="cellIs" dxfId="32" priority="32" operator="lessThan">
+    <cfRule type="cellIs" dxfId="32" priority="33" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I518:K518">
-    <cfRule type="cellIs" dxfId="31" priority="25" operator="lessThan">
+    <cfRule type="cellIs" dxfId="31" priority="26" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J82:K99">
-    <cfRule type="cellIs" dxfId="30" priority="155" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="30" priority="156" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J108:K125">
-    <cfRule type="cellIs" dxfId="29" priority="55" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="29" priority="56" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J132:K149">
-    <cfRule type="cellIs" dxfId="28" priority="54" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="28" priority="55" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J158:K175">
-    <cfRule type="cellIs" dxfId="27" priority="53" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="27" priority="54" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J183:K192">
-    <cfRule type="cellIs" dxfId="26" priority="148" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="26" priority="149" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J201:K210">
-    <cfRule type="cellIs" dxfId="25" priority="52" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="25" priority="53" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J217:K226">
-    <cfRule type="cellIs" dxfId="24" priority="51" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="24" priority="52" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J233:K242">
-    <cfRule type="cellIs" dxfId="23" priority="50" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="23" priority="51" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J290:K294">
-    <cfRule type="cellIs" dxfId="22" priority="158" operator="lessThan">
+    <cfRule type="cellIs" dxfId="22" priority="159" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J305:K309">
-    <cfRule type="cellIs" dxfId="21" priority="49" operator="lessThan">
+    <cfRule type="cellIs" dxfId="21" priority="50" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J344:K356">
-    <cfRule type="cellIs" dxfId="20" priority="43" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="20" priority="44" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J364:K376">
-    <cfRule type="cellIs" dxfId="19" priority="41" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="19" priority="42" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J392:K404">
-    <cfRule type="cellIs" dxfId="18" priority="39" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="18" priority="40" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J413:K425">
-    <cfRule type="cellIs" dxfId="17" priority="37" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="17" priority="38" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K320:K321">
-    <cfRule type="cellIs" dxfId="16" priority="3" operator="lessThan">
+    <cfRule type="cellIs" dxfId="16" priority="4" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K440:K441">
-    <cfRule type="cellIs" dxfId="15" priority="6" operator="lessThan">
+    <cfRule type="cellIs" dxfId="15" priority="7" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="14" priority="7" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="14" priority="8" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K475">
-    <cfRule type="cellIs" dxfId="13" priority="332" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="13" priority="333" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K477">
-    <cfRule type="cellIs" dxfId="12" priority="331" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="12" priority="332" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K501">
-    <cfRule type="cellIs" dxfId="11" priority="81" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="82" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="79" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="80" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K503:K504">
-    <cfRule type="cellIs" dxfId="9" priority="68" operator="lessThan">
+    <cfRule type="cellIs" dxfId="9" priority="69" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K504">
-    <cfRule type="cellIs" dxfId="8" priority="80" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="8" priority="81" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K506:K507">
-    <cfRule type="cellIs" dxfId="7" priority="67" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="68" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K519">
-    <cfRule type="cellIs" dxfId="6" priority="29" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="6" priority="30" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="5" priority="28" operator="lessThan">
+    <cfRule type="cellIs" dxfId="5" priority="29" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K521">
-    <cfRule type="cellIs" dxfId="4" priority="27" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="28" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K535:K536">
-    <cfRule type="cellIs" dxfId="3" priority="425" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="3" priority="426" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K538:K539">
-    <cfRule type="cellIs" dxfId="2" priority="143" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="2" priority="144" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K552:K553">
-    <cfRule type="cellIs" dxfId="1" priority="23" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="1" priority="24" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K555:K556">
-    <cfRule type="cellIs" dxfId="0" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="0" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A571" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{EF4896EE-7F6A-4798-9ABC-F2F0B6A38550}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <rowBreaks count="5" manualBreakCount="5">
     <brk id="103" max="16383" man="1"/>
     <brk id="153" max="16383" man="1"/>
     <brk id="197" max="16383" man="1"/>
     <brk id="285" max="16383" man="1"/>
     <brk id="530" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>