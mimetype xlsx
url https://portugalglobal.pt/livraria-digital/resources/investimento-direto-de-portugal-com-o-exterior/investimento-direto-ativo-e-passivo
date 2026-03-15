--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -13,97 +13,94 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/ID/ID Observatório/Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="16" documentId="8_{958A314B-68CB-4239-B9F9-B2D1852A9D98}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1ED1CAC7-10A8-4E68-AC24-CD4F6EA53A0B}"/>
+  <xr:revisionPtr revIDLastSave="32" documentId="8_{EA594F8F-25B5-48A6-9CA4-E11E747FB31A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E60292D5-DC9A-4E31-9100-096D0CA449EC}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="958" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="33" r:id="rId1"/>
     <sheet name="Índice" sheetId="32" r:id="rId2"/>
     <sheet name="1 ID Global" sheetId="16" r:id="rId3"/>
     <sheet name="2 Ativo Fluxos" sheetId="8" r:id="rId4"/>
     <sheet name="3 Passivo Fluxos" sheetId="22" r:id="rId5"/>
     <sheet name="5 Ativo Stock" sheetId="37" r:id="rId6"/>
     <sheet name="6 Passivo Stock" sheetId="38" r:id="rId7"/>
     <sheet name=" " sheetId="31" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1 ID Global'!$A$1:$H$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Ativo Fluxos'!$A$1:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Passivo Fluxos'!$A$1:$D$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'5 Ativo Stock'!$A$1:$E$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'6 Passivo Stock'!$A$1:$E$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="83">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="80">
   <si>
     <t>Por Instrumento Financeiro e Tipo de Relação Entre Empresas</t>
   </si>
   <si>
     <t>Títulos de participação no capital</t>
   </si>
   <si>
     <t>Instrumentos de dívida</t>
   </si>
   <si>
     <t xml:space="preserve">     De investidores diretos em empresas de investimento direto</t>
   </si>
   <si>
     <t xml:space="preserve">     De empresas de investimento direto em investidores diretos</t>
   </si>
   <si>
     <t xml:space="preserve">     Entre empresas irmãs</t>
   </si>
   <si>
     <t>Princípio Ativo / Passivo</t>
   </si>
   <si>
     <t>Ativo</t>
   </si>
   <si>
@@ -175,53 +172,50 @@
   <si>
     <t>Itália</t>
   </si>
   <si>
     <t>Luxemburgo</t>
   </si>
   <si>
     <t>Países Baixos</t>
   </si>
   <si>
     <t>Reino Unido</t>
   </si>
   <si>
     <t>Suíça</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
     <t>União Europeia</t>
   </si>
   <si>
     <t>Países Terceiros</t>
   </si>
   <si>
-    <t>2020 dez</t>
-[...1 lines deleted...]
-  <si>
     <t>2021 dez</t>
   </si>
   <si>
     <t>Ativo (v.h.)</t>
   </si>
   <si>
     <t>Passivo (v.h.)</t>
   </si>
   <si>
     <t>Transações (Fluxos; valores líquidos)</t>
   </si>
   <si>
     <t>Posições (Stock; posições em fim de período)</t>
   </si>
   <si>
     <t>2022 dez</t>
   </si>
   <si>
     <t>2023 dez</t>
   </si>
   <si>
     <t>Agência para o Investimento e Comércio Externo de Portugal, E.P.E.</t>
   </si>
   <si>
     <t>Contact Centre: 808 214 214  email: aicep@portugalglobal.pt  www.portugalglobal.pt</t>
@@ -280,75 +274,72 @@
   <si>
     <t>Variação das Posições (Stock; posições em fim de período)</t>
   </si>
   <si>
     <t>Variação Total</t>
   </si>
   <si>
     <t>Transações</t>
   </si>
   <si>
     <t>Variação de Preço</t>
   </si>
   <si>
     <t>Variação de Volume</t>
   </si>
   <si>
     <t>Variação Cambial</t>
   </si>
   <si>
     <t>t.v.h. - variação homóloga em percentagem</t>
   </si>
   <si>
     <t>v.h. - variação homóloga em valor</t>
   </si>
   <si>
-    <t>2024 set</t>
-[...23 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2025 (janeiro a dezembro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>2024 jan/dez</t>
+  </si>
+  <si>
+    <t>2025 jan/dez</t>
+  </si>
+  <si>
+    <t>2025 dez</t>
+  </si>
+  <si>
+    <t>2025 dez vs 2025 mar</t>
+  </si>
+  <si>
+    <t>2025 dez vs 2025 set</t>
+  </si>
+  <si>
+    <t>2025 dez vs 2024 dez</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
@@ -565,61 +556,50 @@
         <color indexed="9"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="9"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="9"/>
       </left>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...9 lines deleted...]
-      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
@@ -696,338 +676,335 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="9"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="9"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="9"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="92">
+  <cellXfs count="89">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="3" fontId="17" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="16" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="24" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="24" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="17" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...55 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="17" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
-  <dxfs count="14">
-[...4 lines deleted...]
-    </dxf>
+  <dxfs count="13">
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
@@ -2017,143 +1994,143 @@
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
     </row>
     <row r="16" spans="1:10" ht="40.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="3" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
     </row>
     <row r="17" spans="1:10" ht="40.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
     </row>
     <row r="18" spans="1:10" ht="40.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="3" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="4"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="5" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
     </row>
     <row r="23" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
     </row>
     <row r="24" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="6"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
@@ -2360,4195 +2337,4162 @@
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
     </row>
     <row r="44" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A44" s="9" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:A12"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="9.28515625" style="14"/>
     <col min="2" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" s="10" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="12" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="12"/>
     </row>
     <row r="6" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="12"/>
     </row>
     <row r="8" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="12" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="12"/>
     </row>
     <row r="10" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="12"/>
     </row>
     <row r="12" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 ID Global'!A2" display="Fluxos e Posição de Investimento Direto com o Exterior (valores globais)" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A6" location="'2 Ativo Fluxos'!Print_Area" display="Fluxos de Investimento Direto - Ativo" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="A8" location="'3 Passivo Fluxos'!Print_Area" display="Fluxos de Investimento Direto - Passivo" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="A10" location="'5 Ativo Stock'!Print_Area" display="Stock de Investimento Direto - Ativo" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
     <hyperlink ref="A12" location="'6 Passivo Stock'!A1" display="Stock de Investimento Direto - Passivo" xr:uid="{331587CB-47AB-47B2-8EC8-E800D454D416}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AB104"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+      <selection activeCell="A45" sqref="A45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="20.7109375" style="20" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="29" max="16384" width="9.28515625" style="28"/>
+    <col min="1" max="1" width="20.7109375" style="18" customWidth="1"/>
+    <col min="2" max="8" width="9.7109375" style="25" customWidth="1"/>
+    <col min="9" max="9" width="9.28515625" style="25"/>
+    <col min="10" max="14" width="9.7109375" style="25" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="9.28515625" style="25"/>
+    <col min="16" max="16" width="9.7109375" style="25" bestFit="1" customWidth="1"/>
+    <col min="17" max="20" width="9.28515625" style="25"/>
+    <col min="21" max="28" width="9.28515625" style="26"/>
+    <col min="29" max="16384" width="9.28515625" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="26"/>
-[...6 lines deleted...]
-      <c r="H1" s="27"/>
+      <c r="A1" s="23"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
     </row>
     <row r="2" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="83" t="s">
-[...8 lines deleted...]
-      <c r="H2" s="83"/>
+      <c r="A2" s="80" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+      <c r="F2" s="80"/>
+      <c r="G2" s="80"/>
+      <c r="H2" s="80"/>
     </row>
     <row r="3" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="39"/>
-[...6 lines deleted...]
-      <c r="H3" s="39"/>
+      <c r="A3" s="36"/>
+      <c r="B3" s="36"/>
+      <c r="C3" s="36"/>
+      <c r="D3" s="36"/>
+      <c r="E3" s="36"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="36"/>
+      <c r="H3" s="36"/>
     </row>
     <row r="4" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="83" t="s">
+      <c r="A4" s="80" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="80"/>
+      <c r="C4" s="80"/>
+      <c r="D4" s="80"/>
+      <c r="E4" s="80"/>
+      <c r="F4" s="80"/>
+      <c r="G4" s="80"/>
+      <c r="H4" s="80"/>
+    </row>
+    <row r="5" spans="1:28" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="36"/>
+      <c r="B5" s="37"/>
+      <c r="C5" s="37"/>
+      <c r="D5" s="37"/>
+      <c r="E5" s="37"/>
+      <c r="F5" s="37"/>
+      <c r="G5" s="37"/>
+      <c r="H5" s="37"/>
+    </row>
+    <row r="6" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="80" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="80"/>
+      <c r="C6" s="80"/>
+      <c r="D6" s="80"/>
+      <c r="E6" s="80"/>
+      <c r="F6" s="80"/>
+      <c r="G6" s="80"/>
+      <c r="H6" s="80"/>
+    </row>
+    <row r="7" spans="1:28" s="18" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="71"/>
+      <c r="B7" s="71"/>
+      <c r="C7" s="71"/>
+      <c r="D7" s="38">
+        <v>2021</v>
+      </c>
+      <c r="E7" s="38">
+        <v>2022</v>
+      </c>
+      <c r="F7" s="38">
+        <v>2023</v>
+      </c>
+      <c r="G7" s="38">
+        <v>2024</v>
+      </c>
+      <c r="H7" s="38">
+        <v>2025</v>
+      </c>
+      <c r="K7" s="25"/>
+      <c r="U7" s="22"/>
+      <c r="V7" s="22"/>
+      <c r="W7" s="22"/>
+      <c r="X7" s="22"/>
+      <c r="Y7" s="22"/>
+      <c r="Z7" s="22"/>
+      <c r="AA7" s="22"/>
+      <c r="AB7" s="22"/>
+    </row>
+    <row r="8" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="34" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="83"/>
-[...63 lines deleted...]
-      <c r="A8" s="37" t="s">
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15">
+        <v>52.610000000000355</v>
+      </c>
+      <c r="E8" s="15">
+        <v>5269.5500000000011</v>
+      </c>
+      <c r="F8" s="15">
+        <v>5258.64</v>
+      </c>
+      <c r="G8" s="15">
+        <v>6222.5499999999993</v>
+      </c>
+      <c r="H8" s="15">
+        <v>5413.53</v>
+      </c>
+      <c r="I8" s="19"/>
+      <c r="U8" s="25"/>
+      <c r="V8" s="25"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="25"/>
+      <c r="AB8" s="25"/>
+    </row>
+    <row r="9" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="34" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="15">
-[...31 lines deleted...]
-      <c r="A9" s="37" t="s">
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15">
+        <v>7859.25</v>
+      </c>
+      <c r="E9" s="15">
+        <v>12615.169999999998</v>
+      </c>
+      <c r="F9" s="15">
+        <v>10711.680000000002</v>
+      </c>
+      <c r="G9" s="15">
+        <v>11703.41</v>
+      </c>
+      <c r="H9" s="15">
+        <v>7219.7</v>
+      </c>
+      <c r="U9" s="25"/>
+      <c r="V9" s="25"/>
+      <c r="W9" s="25"/>
+      <c r="X9" s="25"/>
+      <c r="Y9" s="25"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="25"/>
+    </row>
+    <row r="10" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="15">
-[...36 lines deleted...]
-      <c r="C10" s="15">
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15">
         <v>-7806.6399999999994</v>
       </c>
-      <c r="D10" s="15">
+      <c r="E10" s="15">
         <v>-7345.6199999999972</v>
       </c>
-      <c r="E10" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="15">
-        <v>-6151.19</v>
+        <v>-5453.0400000000018</v>
       </c>
       <c r="G10" s="15">
-        <v>-5656.66</v>
+        <v>-5480.8600000000006</v>
       </c>
       <c r="H10" s="15">
-        <v>-435.98999999999978</v>
-[...9 lines deleted...]
-      <c r="AB10" s="28"/>
+        <v>-1806.17</v>
+      </c>
+      <c r="I10" s="19"/>
+      <c r="U10" s="25"/>
+      <c r="V10" s="25"/>
+      <c r="W10" s="25"/>
+      <c r="X10" s="25"/>
+      <c r="Y10" s="25"/>
+      <c r="Z10" s="25"/>
+      <c r="AA10" s="25"/>
+      <c r="AB10" s="25"/>
     </row>
     <row r="11" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="38"/>
+      <c r="A11" s="78"/>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
-      <c r="G11" s="18"/>
+      <c r="G11" s="17"/>
       <c r="H11" s="17"/>
     </row>
     <row r="12" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="37" t="s">
-[...5 lines deleted...]
-      <c r="C12" s="15">
+      <c r="A12" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="15"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="15">
         <v>2207.4700000000003</v>
       </c>
-      <c r="D12" s="15">
+      <c r="E12" s="15">
         <v>5216.9400000000005</v>
       </c>
-      <c r="E12" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="15">
-        <v>1068.4199999999992</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>-10.910000000000764</v>
+      </c>
+      <c r="G12" s="15">
+        <v>963.90999999999894</v>
       </c>
       <c r="H12" s="15">
-        <v>-1107.1000000000004</v>
-[...9 lines deleted...]
-      <c r="AB12" s="28"/>
+        <v>-809.01999999999953</v>
+      </c>
+      <c r="I12" s="19"/>
+      <c r="U12" s="25"/>
+      <c r="V12" s="25"/>
+      <c r="W12" s="25"/>
+      <c r="X12" s="25"/>
+      <c r="Y12" s="25"/>
+      <c r="Z12" s="25"/>
+      <c r="AA12" s="25"/>
+      <c r="AB12" s="25"/>
     </row>
     <row r="13" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="37" t="s">
+      <c r="A13" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="15"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="15">
+        <v>4368.25</v>
+      </c>
+      <c r="E13" s="15">
+        <v>4755.9199999999983</v>
+      </c>
+      <c r="F13" s="15">
+        <v>-1903.4899999999961</v>
+      </c>
+      <c r="G13" s="15">
+        <v>991.72999999999774</v>
+      </c>
+      <c r="H13" s="15">
+        <v>-4483.71</v>
+      </c>
+      <c r="U13" s="25"/>
+      <c r="V13" s="25"/>
+      <c r="W13" s="25"/>
+      <c r="X13" s="25"/>
+      <c r="Y13" s="25"/>
+      <c r="Z13" s="25"/>
+      <c r="AA13" s="25"/>
+      <c r="AB13" s="25"/>
+    </row>
+    <row r="14" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="41" t="s">
+        <v>12</v>
+      </c>
+      <c r="B14" s="40"/>
+      <c r="C14" s="40"/>
+      <c r="D14" s="40">
+        <v>-2160.7799999999988</v>
+      </c>
+      <c r="E14" s="40">
+        <v>461.02000000000226</v>
+      </c>
+      <c r="F14" s="40">
+        <v>1892.5799999999954</v>
+      </c>
+      <c r="G14" s="40">
+        <v>-27.819999999998799</v>
+      </c>
+      <c r="H14" s="40">
+        <v>3674.6900000000005</v>
+      </c>
+      <c r="I14" s="19"/>
+      <c r="U14" s="25"/>
+      <c r="V14" s="25"/>
+      <c r="W14" s="25"/>
+      <c r="X14" s="25"/>
+      <c r="Y14" s="25"/>
+      <c r="Z14" s="25"/>
+      <c r="AA14" s="25"/>
+      <c r="AB14" s="25"/>
+    </row>
+    <row r="15" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19"/>
+      <c r="H15" s="19"/>
+      <c r="U15" s="25"/>
+      <c r="V15" s="25"/>
+      <c r="W15" s="25"/>
+      <c r="X15" s="25"/>
+      <c r="Y15" s="25"/>
+      <c r="Z15" s="25"/>
+      <c r="AA15" s="25"/>
+      <c r="AB15" s="25"/>
+    </row>
+    <row r="16" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="20"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="19"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="19"/>
+      <c r="U16" s="25"/>
+      <c r="V16" s="25"/>
+      <c r="W16" s="25"/>
+      <c r="X16" s="25"/>
+      <c r="Y16" s="25"/>
+      <c r="Z16" s="25"/>
+      <c r="AA16" s="25"/>
+      <c r="AB16" s="25"/>
+    </row>
+    <row r="17" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="20"/>
+      <c r="B17" s="19"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="19"/>
+      <c r="E17" s="19"/>
+      <c r="F17" s="19"/>
+      <c r="G17" s="19"/>
+      <c r="H17" s="19"/>
+      <c r="U17" s="25"/>
+      <c r="V17" s="25"/>
+      <c r="W17" s="25"/>
+      <c r="X17" s="25"/>
+      <c r="Y17" s="25"/>
+      <c r="Z17" s="25"/>
+      <c r="AA17" s="25"/>
+      <c r="AB17" s="25"/>
+    </row>
+    <row r="18" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="80" t="s">
         <v>42</v>
       </c>
-      <c r="B13" s="15">
-[...118 lines deleted...]
-      <c r="A18" s="83" t="s">
+      <c r="B18" s="80"/>
+      <c r="C18" s="80"/>
+      <c r="D18" s="80"/>
+      <c r="E18" s="80"/>
+      <c r="F18" s="80"/>
+      <c r="G18" s="80"/>
+      <c r="H18" s="80"/>
+      <c r="U18" s="25"/>
+      <c r="V18" s="25"/>
+      <c r="W18" s="25"/>
+      <c r="X18" s="25"/>
+      <c r="Y18" s="25"/>
+      <c r="Z18" s="25"/>
+      <c r="AA18" s="25"/>
+      <c r="AB18" s="25"/>
+    </row>
+    <row r="19" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="71"/>
+      <c r="B19" s="71"/>
+      <c r="C19" s="77"/>
+      <c r="D19" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="B18" s="83"/>
-[...36 lines deleted...]
-        <v>75</v>
+      <c r="G19" s="38" t="s">
+        <v>61</v>
+      </c>
+      <c r="H19" s="38" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="37" t="s">
+      <c r="A20" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="15"/>
+      <c r="C20" s="15"/>
+      <c r="D20" s="15">
+        <v>81078.5</v>
+      </c>
+      <c r="E20" s="15">
+        <v>88441.04</v>
+      </c>
+      <c r="F20" s="15">
+        <v>94078.19</v>
+      </c>
+      <c r="G20" s="15">
+        <v>95832.38</v>
+      </c>
+      <c r="H20" s="15">
+        <v>101495.85</v>
+      </c>
+      <c r="I20" s="19"/>
+      <c r="U20" s="25"/>
+      <c r="V20" s="25"/>
+      <c r="W20" s="25"/>
+      <c r="X20" s="25"/>
+      <c r="Y20" s="25"/>
+      <c r="Z20" s="25"/>
+      <c r="AA20" s="25"/>
+      <c r="AB20" s="25"/>
+    </row>
+    <row r="21" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="34" t="s">
         <v>8</v>
       </c>
-      <c r="B20" s="15">
-[...31 lines deleted...]
-      <c r="A21" s="37" t="s">
+      <c r="B21" s="15"/>
+      <c r="C21" s="15"/>
+      <c r="D21" s="15">
+        <v>187941.73</v>
+      </c>
+      <c r="E21" s="15">
+        <v>200716.11</v>
+      </c>
+      <c r="F21" s="15">
+        <v>217367.44</v>
+      </c>
+      <c r="G21" s="15">
+        <v>225209.49</v>
+      </c>
+      <c r="H21" s="15">
+        <v>236606.94</v>
+      </c>
+      <c r="U21" s="25"/>
+      <c r="V21" s="25"/>
+      <c r="W21" s="25"/>
+      <c r="X21" s="25"/>
+      <c r="Y21" s="25"/>
+      <c r="Z21" s="25"/>
+      <c r="AA21" s="25"/>
+      <c r="AB21" s="25"/>
+    </row>
+    <row r="22" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="B21" s="15">
-[...36 lines deleted...]
-      <c r="C22" s="15">
+      <c r="B22" s="15"/>
+      <c r="C22" s="15"/>
+      <c r="D22" s="15">
         <v>-106863.23000000001</v>
       </c>
-      <c r="D22" s="15">
+      <c r="E22" s="15">
         <v>-112275.06999999999</v>
       </c>
-      <c r="E22" s="15">
+      <c r="F22" s="15">
         <v>-123289.25</v>
       </c>
-      <c r="F22" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="G22" s="15">
-        <v>-128502.37</v>
+        <v>-129377.10999999999</v>
       </c>
       <c r="H22" s="15">
-        <v>-129692.42000000001</v>
-[...9 lines deleted...]
-      <c r="AB22" s="28"/>
+        <v>-135111.09</v>
+      </c>
+      <c r="I22" s="19"/>
+      <c r="U22" s="25"/>
+      <c r="V22" s="25"/>
+      <c r="W22" s="25"/>
+      <c r="X22" s="25"/>
+      <c r="Y22" s="25"/>
+      <c r="Z22" s="25"/>
+      <c r="AA22" s="25"/>
+      <c r="AB22" s="25"/>
     </row>
     <row r="23" spans="1:28" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="38"/>
+      <c r="A23" s="78"/>
       <c r="B23" s="17"/>
       <c r="C23" s="17"/>
       <c r="D23" s="17"/>
       <c r="E23" s="17"/>
       <c r="F23" s="17"/>
-      <c r="G23" s="18"/>
+      <c r="G23" s="17"/>
       <c r="H23" s="17"/>
     </row>
     <row r="24" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="37" t="s">
+      <c r="A24" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" s="21"/>
+      <c r="C24" s="21"/>
+      <c r="D24" s="21">
+        <v>5.620610729783148E-2</v>
+      </c>
+      <c r="E24" s="21">
+        <v>9.0807550707030768E-2</v>
+      </c>
+      <c r="F24" s="21">
+        <v>6.3739074076921864E-2</v>
+      </c>
+      <c r="G24" s="21">
+        <v>1.8646085771845761E-2</v>
+      </c>
+      <c r="H24" s="21">
+        <v>5.9097666154174625E-2</v>
+      </c>
+      <c r="I24" s="19"/>
+      <c r="J24" s="27"/>
+      <c r="K24" s="27"/>
+      <c r="L24" s="27"/>
+      <c r="M24" s="27"/>
+      <c r="N24" s="27"/>
+      <c r="O24" s="27"/>
+      <c r="P24" s="27"/>
+      <c r="U24" s="25"/>
+      <c r="V24" s="25"/>
+      <c r="W24" s="25"/>
+      <c r="X24" s="25"/>
+      <c r="Y24" s="25"/>
+      <c r="Z24" s="25"/>
+      <c r="AA24" s="25"/>
+      <c r="AB24" s="25"/>
+    </row>
+    <row r="25" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="B24" s="23">
-[...38 lines deleted...]
-      <c r="A25" s="37" t="s">
+      <c r="B25" s="21"/>
+      <c r="C25" s="21"/>
+      <c r="D25" s="21">
+        <v>8.0227072055207072E-2</v>
+      </c>
+      <c r="E25" s="21">
+        <v>6.7969896839834218E-2</v>
+      </c>
+      <c r="F25" s="21">
+        <v>8.2959608972095047E-2</v>
+      </c>
+      <c r="G25" s="21">
+        <v>3.6077390431611969E-2</v>
+      </c>
+      <c r="H25" s="21">
+        <v>5.0608213712486146E-2</v>
+      </c>
+      <c r="J25" s="27"/>
+      <c r="K25" s="27"/>
+      <c r="L25" s="27"/>
+      <c r="M25" s="27"/>
+      <c r="N25" s="27"/>
+      <c r="O25" s="27"/>
+      <c r="P25" s="27"/>
+      <c r="U25" s="25"/>
+      <c r="V25" s="25"/>
+      <c r="W25" s="25"/>
+      <c r="X25" s="25"/>
+      <c r="Y25" s="25"/>
+      <c r="Z25" s="25"/>
+      <c r="AA25" s="25"/>
+      <c r="AB25" s="25"/>
+    </row>
+    <row r="26" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="B25" s="23">
-[...43 lines deleted...]
-      <c r="C26" s="49">
+      <c r="B26" s="44"/>
+      <c r="C26" s="44"/>
+      <c r="D26" s="44">
         <v>9.9193846017121598E-2</v>
       </c>
-      <c r="D26" s="49">
+      <c r="E26" s="44">
         <v>5.0642676625065344E-2</v>
       </c>
-      <c r="E26" s="49">
+      <c r="F26" s="44">
         <v>9.8099961104455402E-2</v>
       </c>
-      <c r="F26" s="49">
-[...23 lines deleted...]
-      <c r="AB26" s="28"/>
+      <c r="G26" s="44">
+        <v>4.9378676567502729E-2</v>
+      </c>
+      <c r="H26" s="44">
+        <v>4.4319895536389792E-2</v>
+      </c>
+      <c r="I26" s="19"/>
+      <c r="J26" s="27"/>
+      <c r="K26" s="27"/>
+      <c r="L26" s="27"/>
+      <c r="M26" s="27"/>
+      <c r="N26" s="27"/>
+      <c r="O26" s="27"/>
+      <c r="P26" s="27"/>
+      <c r="U26" s="25"/>
+      <c r="V26" s="25"/>
+      <c r="W26" s="25"/>
+      <c r="X26" s="25"/>
+      <c r="Y26" s="25"/>
+      <c r="Z26" s="25"/>
+      <c r="AA26" s="25"/>
+      <c r="AB26" s="25"/>
     </row>
     <row r="27" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="22"/>
-[...14 lines deleted...]
-      <c r="AB27" s="28"/>
+      <c r="A27" s="20"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="19"/>
+      <c r="F27" s="19"/>
+      <c r="G27" s="19"/>
+      <c r="H27" s="19"/>
+      <c r="U27" s="25"/>
+      <c r="V27" s="25"/>
+      <c r="W27" s="25"/>
+      <c r="X27" s="25"/>
+      <c r="Y27" s="25"/>
+      <c r="Z27" s="25"/>
+      <c r="AA27" s="25"/>
+      <c r="AB27" s="25"/>
     </row>
     <row r="28" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="22"/>
-[...14 lines deleted...]
-      <c r="AB28" s="28"/>
+      <c r="A28" s="20"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="19"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="19"/>
+      <c r="H28" s="19"/>
+      <c r="U28" s="25"/>
+      <c r="V28" s="25"/>
+      <c r="W28" s="25"/>
+      <c r="X28" s="25"/>
+      <c r="Y28" s="25"/>
+      <c r="Z28" s="25"/>
+      <c r="AA28" s="25"/>
+      <c r="AB28" s="25"/>
     </row>
     <row r="29" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="83" t="s">
+      <c r="A29" s="80" t="s">
+        <v>64</v>
+      </c>
+      <c r="B29" s="80"/>
+      <c r="C29" s="80"/>
+      <c r="D29" s="80"/>
+      <c r="E29" s="80"/>
+      <c r="F29" s="80"/>
+      <c r="G29" s="80"/>
+      <c r="H29" s="80"/>
+      <c r="U29" s="25"/>
+      <c r="V29" s="25"/>
+      <c r="W29" s="25"/>
+      <c r="X29" s="25"/>
+      <c r="Y29" s="25"/>
+      <c r="Z29" s="25"/>
+      <c r="AA29" s="25"/>
+      <c r="AB29" s="25"/>
+    </row>
+    <row r="30" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="71"/>
+      <c r="B30" s="71"/>
+      <c r="C30" s="75" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" s="75" t="s">
+        <v>7</v>
+      </c>
+      <c r="F30" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="G30" s="74" t="s">
+        <v>7</v>
+      </c>
+      <c r="H30" s="39" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" spans="1:28" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="76"/>
+      <c r="B31" s="76"/>
+      <c r="C31" s="83" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" s="84"/>
+      <c r="E31" s="83" t="s">
+        <v>78</v>
+      </c>
+      <c r="F31" s="84"/>
+      <c r="G31" s="85" t="s">
+        <v>79</v>
+      </c>
+      <c r="H31" s="85"/>
+    </row>
+    <row r="32" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="73" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="72"/>
+      <c r="C32" s="72">
+        <v>4393.6300000000047</v>
+      </c>
+      <c r="D32" s="72">
+        <v>12266.470000000001</v>
+      </c>
+      <c r="E32" s="72">
+        <v>2359.5500000000029</v>
+      </c>
+      <c r="F32" s="72">
+        <v>4809.820000000007</v>
+      </c>
+      <c r="G32" s="72">
+        <v>5663.4700000000012</v>
+      </c>
+      <c r="H32" s="72">
+        <v>11397.450000000012</v>
+      </c>
+      <c r="I32" s="19"/>
+      <c r="U32" s="25"/>
+      <c r="V32" s="25"/>
+      <c r="W32" s="25"/>
+      <c r="X32" s="25"/>
+      <c r="Y32" s="25"/>
+      <c r="Z32" s="25"/>
+      <c r="AA32" s="25"/>
+      <c r="AB32" s="25"/>
+    </row>
+    <row r="33" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="34" t="s">
         <v>66</v>
       </c>
-      <c r="B29" s="83"/>
-[...54 lines deleted...]
-      <c r="A32" s="78" t="s">
+      <c r="B33" s="15"/>
+      <c r="C33" s="72">
+        <v>4896.0800000000008</v>
+      </c>
+      <c r="D33" s="72">
+        <v>9441.4</v>
+      </c>
+      <c r="E33" s="72">
+        <v>2463.62</v>
+      </c>
+      <c r="F33" s="72">
+        <v>4725.99</v>
+      </c>
+      <c r="G33" s="72">
+        <v>5413.53</v>
+      </c>
+      <c r="H33" s="72">
+        <v>7219.7</v>
+      </c>
+      <c r="U33" s="25"/>
+      <c r="V33" s="25"/>
+      <c r="W33" s="25"/>
+      <c r="X33" s="25"/>
+      <c r="Y33" s="25"/>
+      <c r="Z33" s="25"/>
+      <c r="AA33" s="25"/>
+      <c r="AB33" s="25"/>
+    </row>
+    <row r="34" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="34" t="s">
         <v>67</v>
       </c>
-      <c r="B32" s="77"/>
-[...29 lines deleted...]
-      <c r="A33" s="37" t="s">
+      <c r="B34" s="15"/>
+      <c r="C34" s="72">
+        <v>-141.54</v>
+      </c>
+      <c r="D34" s="72">
+        <v>3485.84</v>
+      </c>
+      <c r="E34" s="72">
+        <v>-271.52</v>
+      </c>
+      <c r="F34" s="72">
+        <v>610.36</v>
+      </c>
+      <c r="G34" s="72">
+        <v>835.62999999999988</v>
+      </c>
+      <c r="H34" s="72">
+        <v>5109.88</v>
+      </c>
+      <c r="I34" s="19"/>
+      <c r="U34" s="25"/>
+      <c r="V34" s="25"/>
+      <c r="W34" s="25"/>
+      <c r="X34" s="25"/>
+      <c r="Y34" s="25"/>
+      <c r="Z34" s="25"/>
+      <c r="AA34" s="25"/>
+      <c r="AB34" s="25"/>
+    </row>
+    <row r="35" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="35" t="s">
         <v>68</v>
       </c>
-      <c r="B33" s="15"/>
-[...28 lines deleted...]
-      <c r="A34" s="37" t="s">
+      <c r="B35" s="17"/>
+      <c r="C35" s="72">
+        <v>748.69999999999993</v>
+      </c>
+      <c r="D35" s="72">
+        <v>-590.16000000000008</v>
+      </c>
+      <c r="E35" s="72">
+        <v>151.38</v>
+      </c>
+      <c r="F35" s="72">
+        <v>-534.61</v>
+      </c>
+      <c r="G35" s="72">
+        <v>958.55</v>
+      </c>
+      <c r="H35" s="72">
+        <v>-819.76</v>
+      </c>
+    </row>
+    <row r="36" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="41" t="s">
         <v>69</v>
       </c>
-      <c r="B34" s="15"/>
-[...29 lines deleted...]
-      <c r="A35" s="38" t="s">
+      <c r="B36" s="44"/>
+      <c r="C36" s="40">
+        <v>-1109.6200000000001</v>
+      </c>
+      <c r="D36" s="40">
+        <v>-70.63</v>
+      </c>
+      <c r="E36" s="40">
+        <v>16.059999999999999</v>
+      </c>
+      <c r="F36" s="40">
+        <v>8.08</v>
+      </c>
+      <c r="G36" s="40">
+        <v>-1544.24</v>
+      </c>
+      <c r="H36" s="40">
+        <v>-112.38</v>
+      </c>
+      <c r="I36" s="19"/>
+      <c r="J36" s="27"/>
+      <c r="K36" s="27"/>
+      <c r="L36" s="27"/>
+      <c r="M36" s="27"/>
+      <c r="N36" s="27"/>
+      <c r="O36" s="27"/>
+      <c r="P36" s="27"/>
+      <c r="U36" s="25"/>
+      <c r="V36" s="25"/>
+      <c r="W36" s="25"/>
+      <c r="X36" s="25"/>
+      <c r="Y36" s="25"/>
+      <c r="Z36" s="25"/>
+      <c r="AA36" s="25"/>
+      <c r="AB36" s="25"/>
+    </row>
+    <row r="37" spans="1:28" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="20"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="19"/>
+      <c r="F37" s="19"/>
+      <c r="G37" s="19"/>
+      <c r="H37" s="19"/>
+      <c r="U37" s="25"/>
+      <c r="V37" s="25"/>
+      <c r="W37" s="25"/>
+      <c r="X37" s="25"/>
+      <c r="Y37" s="25"/>
+      <c r="Z37" s="25"/>
+      <c r="AA37" s="25"/>
+      <c r="AB37" s="25"/>
+    </row>
+    <row r="38" spans="1:28" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="22"/>
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="19"/>
+      <c r="F38" s="19"/>
+      <c r="G38" s="19"/>
+      <c r="H38" s="19"/>
+    </row>
+    <row r="39" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A39" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" s="19"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+      <c r="F39" s="19"/>
+      <c r="G39" s="19"/>
+      <c r="H39" s="19"/>
+    </row>
+    <row r="40" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A40" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="H40" s="30"/>
+    </row>
+    <row r="41" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A41" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="H41" s="30"/>
+    </row>
+    <row r="42" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A42" s="19" t="s">
         <v>70</v>
       </c>
-      <c r="B35" s="17"/>
-[...88 lines deleted...]
-      <c r="A39" s="21" t="s">
+      <c r="H42" s="30"/>
+    </row>
+    <row r="43" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="81" t="s">
         <v>59</v>
       </c>
-      <c r="C39" s="21"/>
-[...42 lines deleted...]
-      <c r="S43" s="31"/>
+      <c r="B43" s="82"/>
+      <c r="C43" s="82"/>
+      <c r="D43" s="82"/>
+      <c r="E43" s="82"/>
+      <c r="F43" s="82"/>
+      <c r="G43" s="82"/>
+      <c r="H43" s="82"/>
+      <c r="K43" s="18"/>
+      <c r="M43" s="28"/>
+      <c r="N43" s="28"/>
+      <c r="O43" s="28"/>
+      <c r="P43" s="28"/>
+      <c r="Q43" s="28"/>
+      <c r="R43" s="28"/>
+      <c r="S43" s="28"/>
     </row>
     <row r="44" spans="1:28" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K44" s="20"/>
-[...6 lines deleted...]
-      <c r="S44" s="31"/>
+      <c r="K44" s="18"/>
+      <c r="M44" s="28"/>
+      <c r="N44" s="28"/>
+      <c r="O44" s="28"/>
+      <c r="P44" s="28"/>
+      <c r="Q44" s="28"/>
+      <c r="R44" s="28"/>
+      <c r="S44" s="28"/>
     </row>
     <row r="45" spans="1:28" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="47"/>
-[...14 lines deleted...]
-      <c r="S45" s="31"/>
+      <c r="A45" s="42"/>
+      <c r="B45" s="42"/>
+      <c r="C45" s="42"/>
+      <c r="D45" s="42"/>
+      <c r="E45" s="42"/>
+      <c r="F45" s="42"/>
+      <c r="G45" s="42"/>
+      <c r="H45" s="42"/>
+      <c r="K45" s="18"/>
+      <c r="M45" s="28"/>
+      <c r="N45" s="28"/>
+      <c r="O45" s="28"/>
+      <c r="P45" s="28"/>
+      <c r="Q45" s="28"/>
+      <c r="R45" s="28"/>
+      <c r="S45" s="28"/>
     </row>
     <row r="46" spans="1:28" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="28"/>
-[...7 lines deleted...]
-      <c r="S46" s="31"/>
+      <c r="A46" s="25"/>
+      <c r="K46" s="18"/>
+      <c r="M46" s="28"/>
+      <c r="N46" s="28"/>
+      <c r="O46" s="28"/>
+      <c r="P46" s="28"/>
+      <c r="Q46" s="28"/>
+      <c r="R46" s="28"/>
+      <c r="S46" s="28"/>
     </row>
     <row r="47" spans="1:28" x14ac:dyDescent="0.2">
-      <c r="A47" s="20" t="s">
-[...9 lines deleted...]
-      <c r="S47" s="31"/>
+      <c r="A47" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K47" s="18"/>
+      <c r="M47" s="28"/>
+      <c r="N47" s="28"/>
+      <c r="O47" s="28"/>
+      <c r="P47" s="28"/>
+      <c r="Q47" s="28"/>
+      <c r="R47" s="28"/>
+      <c r="S47" s="28"/>
     </row>
     <row r="48" spans="1:28" x14ac:dyDescent="0.2">
-      <c r="A48" s="48" t="s">
-[...9 lines deleted...]
-      <c r="S48" s="31"/>
+      <c r="A48" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="K48" s="18"/>
+      <c r="M48" s="28"/>
+      <c r="N48" s="28"/>
+      <c r="O48" s="28"/>
+      <c r="P48" s="28"/>
+      <c r="Q48" s="28"/>
+      <c r="R48" s="28"/>
+      <c r="S48" s="28"/>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="A49" s="32"/>
-[...7 lines deleted...]
-      <c r="S49" s="31"/>
+      <c r="A49" s="29"/>
+      <c r="K49" s="18"/>
+      <c r="M49" s="28"/>
+      <c r="N49" s="28"/>
+      <c r="O49" s="28"/>
+      <c r="P49" s="28"/>
+      <c r="Q49" s="28"/>
+      <c r="R49" s="28"/>
+      <c r="S49" s="28"/>
     </row>
     <row r="50" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="B50" s="21"/>
-[...16 lines deleted...]
-      <c r="W50" s="82"/>
+      <c r="B50" s="19"/>
+      <c r="C50" s="19"/>
+      <c r="D50" s="19"/>
+      <c r="E50" s="19"/>
+      <c r="F50" s="19"/>
+      <c r="G50" s="19"/>
+      <c r="H50" s="19"/>
+      <c r="K50" s="18"/>
+      <c r="M50" s="28"/>
+      <c r="N50" s="28"/>
+      <c r="O50" s="28"/>
+      <c r="P50" s="28"/>
+      <c r="Q50" s="28"/>
+      <c r="R50" s="28"/>
+      <c r="S50" s="28"/>
+      <c r="U50" s="79"/>
+      <c r="V50" s="79"/>
+      <c r="W50" s="79"/>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="K51" s="20"/>
-[...9 lines deleted...]
-      <c r="W51" s="28"/>
+      <c r="K51" s="18"/>
+      <c r="M51" s="28"/>
+      <c r="N51" s="28"/>
+      <c r="O51" s="28"/>
+      <c r="P51" s="28"/>
+      <c r="Q51" s="28"/>
+      <c r="R51" s="28"/>
+      <c r="S51" s="28"/>
+      <c r="U51" s="25"/>
+      <c r="V51" s="25"/>
+      <c r="W51" s="25"/>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="B52" s="21"/>
-[...7 lines deleted...]
-      <c r="Y52" s="34"/>
+      <c r="B52" s="19"/>
+      <c r="C52" s="19"/>
+      <c r="D52" s="19"/>
+      <c r="E52" s="19"/>
+      <c r="F52" s="19"/>
+      <c r="U52" s="30"/>
+      <c r="V52" s="30"/>
+      <c r="W52" s="30"/>
+      <c r="Y52" s="31"/>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="B53" s="21"/>
-[...14 lines deleted...]
-      <c r="W53" s="33"/>
+      <c r="B53" s="19"/>
+      <c r="C53" s="19"/>
+      <c r="D53" s="19"/>
+      <c r="E53" s="19"/>
+      <c r="F53" s="19"/>
+      <c r="K53" s="18"/>
+      <c r="M53" s="28"/>
+      <c r="N53" s="28"/>
+      <c r="O53" s="28"/>
+      <c r="P53" s="28"/>
+      <c r="Q53" s="28"/>
+      <c r="R53" s="28"/>
+      <c r="S53" s="18"/>
+      <c r="U53" s="30"/>
+      <c r="V53" s="30"/>
+      <c r="W53" s="30"/>
     </row>
     <row r="54" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="B54" s="21"/>
-[...14 lines deleted...]
-      <c r="W54" s="33"/>
+      <c r="B54" s="19"/>
+      <c r="C54" s="19"/>
+      <c r="D54" s="19"/>
+      <c r="E54" s="19"/>
+      <c r="F54" s="19"/>
+      <c r="K54" s="18"/>
+      <c r="M54" s="28"/>
+      <c r="N54" s="28"/>
+      <c r="O54" s="28"/>
+      <c r="P54" s="28"/>
+      <c r="Q54" s="28"/>
+      <c r="R54" s="28"/>
+      <c r="S54" s="18"/>
+      <c r="U54" s="30"/>
+      <c r="V54" s="30"/>
+      <c r="W54" s="30"/>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="B55" s="21"/>
-[...14 lines deleted...]
-      <c r="W55" s="33"/>
+      <c r="B55" s="19"/>
+      <c r="C55" s="19"/>
+      <c r="D55" s="19"/>
+      <c r="E55" s="19"/>
+      <c r="F55" s="19"/>
+      <c r="K55" s="18"/>
+      <c r="M55" s="28"/>
+      <c r="N55" s="28"/>
+      <c r="O55" s="28"/>
+      <c r="P55" s="28"/>
+      <c r="Q55" s="28"/>
+      <c r="R55" s="28"/>
+      <c r="S55" s="18"/>
+      <c r="U55" s="30"/>
+      <c r="V55" s="30"/>
+      <c r="W55" s="30"/>
     </row>
     <row r="56" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="K56" s="20"/>
-[...9 lines deleted...]
-      <c r="W56" s="33"/>
+      <c r="K56" s="18"/>
+      <c r="M56" s="28"/>
+      <c r="N56" s="28"/>
+      <c r="O56" s="28"/>
+      <c r="P56" s="28"/>
+      <c r="Q56" s="28"/>
+      <c r="R56" s="28"/>
+      <c r="S56" s="18"/>
+      <c r="U56" s="30"/>
+      <c r="V56" s="30"/>
+      <c r="W56" s="30"/>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="K57" s="20"/>
-[...9 lines deleted...]
-      <c r="W57" s="33"/>
+      <c r="K57" s="18"/>
+      <c r="M57" s="28"/>
+      <c r="N57" s="28"/>
+      <c r="O57" s="28"/>
+      <c r="P57" s="28"/>
+      <c r="Q57" s="28"/>
+      <c r="R57" s="28"/>
+      <c r="S57" s="18"/>
+      <c r="U57" s="30"/>
+      <c r="V57" s="30"/>
+      <c r="W57" s="30"/>
     </row>
     <row r="58" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="K58" s="20"/>
-[...9 lines deleted...]
-      <c r="W58" s="33"/>
+      <c r="K58" s="18"/>
+      <c r="M58" s="28"/>
+      <c r="N58" s="28"/>
+      <c r="O58" s="28"/>
+      <c r="P58" s="28"/>
+      <c r="Q58" s="28"/>
+      <c r="R58" s="28"/>
+      <c r="S58" s="18"/>
+      <c r="U58" s="30"/>
+      <c r="V58" s="30"/>
+      <c r="W58" s="30"/>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.2">
-      <c r="K59" s="20"/>
-[...9 lines deleted...]
-      <c r="W59" s="33"/>
+      <c r="K59" s="18"/>
+      <c r="M59" s="28"/>
+      <c r="N59" s="28"/>
+      <c r="O59" s="28"/>
+      <c r="P59" s="28"/>
+      <c r="Q59" s="28"/>
+      <c r="R59" s="28"/>
+      <c r="S59" s="18"/>
+      <c r="U59" s="30"/>
+      <c r="V59" s="30"/>
+      <c r="W59" s="30"/>
     </row>
     <row r="60" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K60" s="20"/>
-[...9 lines deleted...]
-      <c r="W60" s="33"/>
+      <c r="K60" s="18"/>
+      <c r="M60" s="28"/>
+      <c r="N60" s="28"/>
+      <c r="O60" s="28"/>
+      <c r="P60" s="28"/>
+      <c r="Q60" s="28"/>
+      <c r="R60" s="28"/>
+      <c r="S60" s="18"/>
+      <c r="U60" s="30"/>
+      <c r="V60" s="30"/>
+      <c r="W60" s="30"/>
     </row>
     <row r="61" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K61" s="20"/>
-[...9 lines deleted...]
-      <c r="W61" s="33"/>
+      <c r="K61" s="18"/>
+      <c r="M61" s="28"/>
+      <c r="N61" s="28"/>
+      <c r="O61" s="28"/>
+      <c r="P61" s="28"/>
+      <c r="Q61" s="28"/>
+      <c r="R61" s="28"/>
+      <c r="S61" s="18"/>
+      <c r="U61" s="30"/>
+      <c r="V61" s="30"/>
+      <c r="W61" s="30"/>
     </row>
     <row r="62" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K62" s="20"/>
-[...9 lines deleted...]
-      <c r="W62" s="33"/>
+      <c r="K62" s="18"/>
+      <c r="M62" s="28"/>
+      <c r="N62" s="28"/>
+      <c r="O62" s="28"/>
+      <c r="P62" s="28"/>
+      <c r="Q62" s="28"/>
+      <c r="R62" s="28"/>
+      <c r="S62" s="18"/>
+      <c r="U62" s="30"/>
+      <c r="V62" s="30"/>
+      <c r="W62" s="30"/>
     </row>
     <row r="63" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K63" s="20"/>
-[...9 lines deleted...]
-      <c r="W63" s="33"/>
+      <c r="K63" s="18"/>
+      <c r="M63" s="28"/>
+      <c r="N63" s="28"/>
+      <c r="O63" s="28"/>
+      <c r="P63" s="28"/>
+      <c r="Q63" s="28"/>
+      <c r="R63" s="28"/>
+      <c r="S63" s="18"/>
+      <c r="U63" s="30"/>
+      <c r="V63" s="30"/>
+      <c r="W63" s="30"/>
     </row>
     <row r="64" spans="1:25" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="K64" s="20"/>
-[...8 lines deleted...]
-      <c r="W64" s="28"/>
+      <c r="K64" s="18"/>
+      <c r="M64" s="28"/>
+      <c r="N64" s="28"/>
+      <c r="O64" s="28"/>
+      <c r="P64" s="28"/>
+      <c r="Q64" s="28"/>
+      <c r="R64" s="28"/>
+      <c r="U64" s="25"/>
+      <c r="V64" s="25"/>
+      <c r="W64" s="25"/>
     </row>
     <row r="65" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="K65" s="20"/>
-[...9 lines deleted...]
-      <c r="W65" s="33"/>
+      <c r="K65" s="18"/>
+      <c r="M65" s="28"/>
+      <c r="N65" s="28"/>
+      <c r="O65" s="28"/>
+      <c r="P65" s="28"/>
+      <c r="Q65" s="28"/>
+      <c r="R65" s="28"/>
+      <c r="S65" s="18"/>
+      <c r="U65" s="30"/>
+      <c r="V65" s="30"/>
+      <c r="W65" s="30"/>
     </row>
     <row r="66" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="A66" s="28"/>
-[...10 lines deleted...]
-      <c r="W66" s="33"/>
+      <c r="A66" s="25"/>
+      <c r="K66" s="18"/>
+      <c r="M66" s="28"/>
+      <c r="N66" s="28"/>
+      <c r="O66" s="28"/>
+      <c r="P66" s="28"/>
+      <c r="Q66" s="28"/>
+      <c r="R66" s="28"/>
+      <c r="S66" s="18"/>
+      <c r="U66" s="30"/>
+      <c r="V66" s="30"/>
+      <c r="W66" s="30"/>
     </row>
     <row r="67" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="A67" s="28"/>
-[...10 lines deleted...]
-      <c r="W67" s="33"/>
+      <c r="A67" s="25"/>
+      <c r="K67" s="18"/>
+      <c r="M67" s="28"/>
+      <c r="N67" s="28"/>
+      <c r="O67" s="28"/>
+      <c r="P67" s="28"/>
+      <c r="Q67" s="28"/>
+      <c r="R67" s="28"/>
+      <c r="S67" s="18"/>
+      <c r="U67" s="30"/>
+      <c r="V67" s="30"/>
+      <c r="W67" s="30"/>
     </row>
     <row r="68" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="K68" s="20"/>
-[...9 lines deleted...]
-      <c r="W68" s="33"/>
+      <c r="K68" s="18"/>
+      <c r="M68" s="28"/>
+      <c r="N68" s="28"/>
+      <c r="O68" s="28"/>
+      <c r="P68" s="28"/>
+      <c r="Q68" s="28"/>
+      <c r="R68" s="28"/>
+      <c r="S68" s="18"/>
+      <c r="U68" s="30"/>
+      <c r="V68" s="30"/>
+      <c r="W68" s="30"/>
     </row>
     <row r="69" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="K69" s="20"/>
-[...9 lines deleted...]
-      <c r="W69" s="33"/>
+      <c r="K69" s="18"/>
+      <c r="M69" s="28"/>
+      <c r="N69" s="28"/>
+      <c r="O69" s="28"/>
+      <c r="P69" s="28"/>
+      <c r="Q69" s="28"/>
+      <c r="R69" s="28"/>
+      <c r="S69" s="18"/>
+      <c r="U69" s="30"/>
+      <c r="V69" s="30"/>
+      <c r="W69" s="30"/>
     </row>
     <row r="70" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="K70" s="20"/>
-[...9 lines deleted...]
-      <c r="W70" s="33"/>
+      <c r="K70" s="18"/>
+      <c r="M70" s="28"/>
+      <c r="N70" s="28"/>
+      <c r="O70" s="28"/>
+      <c r="P70" s="28"/>
+      <c r="Q70" s="28"/>
+      <c r="R70" s="28"/>
+      <c r="S70" s="18"/>
+      <c r="U70" s="30"/>
+      <c r="V70" s="30"/>
+      <c r="W70" s="30"/>
     </row>
     <row r="71" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M71" s="31"/>
-[...7 lines deleted...]
-      <c r="W71" s="33"/>
+      <c r="M71" s="28"/>
+      <c r="N71" s="28"/>
+      <c r="O71" s="28"/>
+      <c r="P71" s="28"/>
+      <c r="Q71" s="28"/>
+      <c r="R71" s="28"/>
+      <c r="U71" s="30"/>
+      <c r="V71" s="30"/>
+      <c r="W71" s="30"/>
     </row>
     <row r="72" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M72" s="31"/>
-[...7 lines deleted...]
-      <c r="W72" s="33"/>
+      <c r="M72" s="28"/>
+      <c r="N72" s="28"/>
+      <c r="O72" s="28"/>
+      <c r="P72" s="28"/>
+      <c r="Q72" s="28"/>
+      <c r="R72" s="28"/>
+      <c r="U72" s="30"/>
+      <c r="V72" s="30"/>
+      <c r="W72" s="30"/>
     </row>
     <row r="73" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M73" s="31"/>
-[...7 lines deleted...]
-      <c r="W73" s="33"/>
+      <c r="M73" s="28"/>
+      <c r="N73" s="28"/>
+      <c r="O73" s="28"/>
+      <c r="P73" s="28"/>
+      <c r="Q73" s="28"/>
+      <c r="R73" s="28"/>
+      <c r="U73" s="30"/>
+      <c r="V73" s="30"/>
+      <c r="W73" s="30"/>
     </row>
     <row r="74" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M74" s="31"/>
-[...7 lines deleted...]
-      <c r="W74" s="33"/>
+      <c r="M74" s="28"/>
+      <c r="N74" s="28"/>
+      <c r="O74" s="28"/>
+      <c r="P74" s="28"/>
+      <c r="Q74" s="28"/>
+      <c r="R74" s="28"/>
+      <c r="U74" s="30"/>
+      <c r="V74" s="30"/>
+      <c r="W74" s="30"/>
     </row>
     <row r="75" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M75" s="31"/>
-[...7 lines deleted...]
-      <c r="W75" s="33"/>
+      <c r="M75" s="28"/>
+      <c r="N75" s="28"/>
+      <c r="O75" s="28"/>
+      <c r="P75" s="28"/>
+      <c r="Q75" s="28"/>
+      <c r="R75" s="28"/>
+      <c r="U75" s="30"/>
+      <c r="V75" s="30"/>
+      <c r="W75" s="30"/>
     </row>
     <row r="76" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M76" s="31"/>
-[...7 lines deleted...]
-      <c r="W76" s="33"/>
+      <c r="M76" s="28"/>
+      <c r="N76" s="28"/>
+      <c r="O76" s="28"/>
+      <c r="P76" s="28"/>
+      <c r="Q76" s="28"/>
+      <c r="R76" s="28"/>
+      <c r="U76" s="30"/>
+      <c r="V76" s="30"/>
+      <c r="W76" s="30"/>
     </row>
     <row r="77" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M77" s="31"/>
-[...7 lines deleted...]
-      <c r="W77" s="33"/>
+      <c r="M77" s="28"/>
+      <c r="N77" s="28"/>
+      <c r="O77" s="28"/>
+      <c r="P77" s="28"/>
+      <c r="Q77" s="28"/>
+      <c r="R77" s="28"/>
+      <c r="U77" s="30"/>
+      <c r="V77" s="30"/>
+      <c r="W77" s="30"/>
     </row>
     <row r="78" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M78" s="31"/>
-[...7 lines deleted...]
-      <c r="W78" s="33"/>
+      <c r="M78" s="28"/>
+      <c r="N78" s="28"/>
+      <c r="O78" s="28"/>
+      <c r="P78" s="28"/>
+      <c r="Q78" s="28"/>
+      <c r="R78" s="28"/>
+      <c r="U78" s="30"/>
+      <c r="V78" s="30"/>
+      <c r="W78" s="30"/>
     </row>
     <row r="79" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M79" s="31"/>
-[...7 lines deleted...]
-      <c r="W79" s="33"/>
+      <c r="M79" s="28"/>
+      <c r="N79" s="28"/>
+      <c r="O79" s="28"/>
+      <c r="P79" s="28"/>
+      <c r="Q79" s="28"/>
+      <c r="R79" s="28"/>
+      <c r="U79" s="30"/>
+      <c r="V79" s="30"/>
+      <c r="W79" s="30"/>
     </row>
     <row r="80" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="A80" s="28"/>
-[...43 lines deleted...]
-      <c r="W83" s="33"/>
+      <c r="A80" s="25"/>
+      <c r="M80" s="28"/>
+      <c r="N80" s="28"/>
+      <c r="O80" s="28"/>
+      <c r="P80" s="28"/>
+      <c r="Q80" s="28"/>
+      <c r="R80" s="28"/>
+      <c r="U80" s="30"/>
+      <c r="V80" s="30"/>
+      <c r="W80" s="30"/>
+    </row>
+    <row r="81" spans="1:23" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="32"/>
+      <c r="M81" s="28"/>
+      <c r="N81" s="28"/>
+      <c r="O81" s="28"/>
+      <c r="P81" s="28"/>
+      <c r="Q81" s="28"/>
+      <c r="R81" s="28"/>
+      <c r="U81" s="30"/>
+      <c r="V81" s="30"/>
+      <c r="W81" s="30"/>
+    </row>
+    <row r="82" spans="1:23" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="M82" s="28"/>
+      <c r="N82" s="28"/>
+      <c r="O82" s="28"/>
+      <c r="P82" s="28"/>
+      <c r="Q82" s="28"/>
+      <c r="R82" s="28"/>
+      <c r="U82" s="30"/>
+      <c r="V82" s="30"/>
+      <c r="W82" s="30"/>
+    </row>
+    <row r="83" spans="1:23" s="29" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="33"/>
+      <c r="M83" s="28"/>
+      <c r="N83" s="28"/>
+      <c r="O83" s="28"/>
+      <c r="P83" s="28"/>
+      <c r="Q83" s="28"/>
+      <c r="R83" s="28"/>
+      <c r="U83" s="30"/>
+      <c r="V83" s="30"/>
+      <c r="W83" s="30"/>
     </row>
     <row r="84" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M84" s="31"/>
-[...7 lines deleted...]
-      <c r="W84" s="33"/>
+      <c r="M84" s="28"/>
+      <c r="N84" s="28"/>
+      <c r="O84" s="28"/>
+      <c r="P84" s="28"/>
+      <c r="Q84" s="28"/>
+      <c r="R84" s="28"/>
+      <c r="U84" s="30"/>
+      <c r="V84" s="30"/>
+      <c r="W84" s="30"/>
     </row>
     <row r="85" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M85" s="31"/>
-[...7 lines deleted...]
-      <c r="W85" s="33"/>
+      <c r="M85" s="28"/>
+      <c r="N85" s="28"/>
+      <c r="O85" s="28"/>
+      <c r="P85" s="28"/>
+      <c r="Q85" s="28"/>
+      <c r="R85" s="28"/>
+      <c r="U85" s="30"/>
+      <c r="V85" s="30"/>
+      <c r="W85" s="30"/>
     </row>
     <row r="86" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M86" s="31"/>
-[...7 lines deleted...]
-      <c r="W86" s="33"/>
+      <c r="M86" s="28"/>
+      <c r="N86" s="28"/>
+      <c r="O86" s="28"/>
+      <c r="P86" s="28"/>
+      <c r="Q86" s="28"/>
+      <c r="R86" s="28"/>
+      <c r="U86" s="30"/>
+      <c r="V86" s="30"/>
+      <c r="W86" s="30"/>
     </row>
     <row r="87" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M87" s="31"/>
-[...7 lines deleted...]
-      <c r="W87" s="33"/>
+      <c r="M87" s="28"/>
+      <c r="N87" s="28"/>
+      <c r="O87" s="28"/>
+      <c r="P87" s="28"/>
+      <c r="Q87" s="28"/>
+      <c r="R87" s="28"/>
+      <c r="U87" s="30"/>
+      <c r="V87" s="30"/>
+      <c r="W87" s="30"/>
     </row>
     <row r="88" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M88" s="31"/>
-[...7 lines deleted...]
-      <c r="W88" s="33"/>
+      <c r="M88" s="28"/>
+      <c r="N88" s="28"/>
+      <c r="O88" s="28"/>
+      <c r="P88" s="28"/>
+      <c r="Q88" s="28"/>
+      <c r="R88" s="28"/>
+      <c r="U88" s="30"/>
+      <c r="V88" s="30"/>
+      <c r="W88" s="30"/>
     </row>
     <row r="89" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M89" s="31"/>
-[...7 lines deleted...]
-      <c r="W89" s="33"/>
+      <c r="M89" s="28"/>
+      <c r="N89" s="28"/>
+      <c r="O89" s="28"/>
+      <c r="P89" s="28"/>
+      <c r="Q89" s="28"/>
+      <c r="R89" s="28"/>
+      <c r="U89" s="30"/>
+      <c r="V89" s="30"/>
+      <c r="W89" s="30"/>
     </row>
     <row r="90" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M90" s="31"/>
-[...7 lines deleted...]
-      <c r="W90" s="33"/>
+      <c r="M90" s="28"/>
+      <c r="N90" s="28"/>
+      <c r="O90" s="28"/>
+      <c r="P90" s="28"/>
+      <c r="Q90" s="28"/>
+      <c r="R90" s="28"/>
+      <c r="U90" s="30"/>
+      <c r="V90" s="30"/>
+      <c r="W90" s="30"/>
     </row>
     <row r="91" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M91" s="31"/>
-[...7 lines deleted...]
-      <c r="W91" s="33"/>
+      <c r="M91" s="28"/>
+      <c r="N91" s="28"/>
+      <c r="O91" s="28"/>
+      <c r="P91" s="28"/>
+      <c r="Q91" s="28"/>
+      <c r="R91" s="28"/>
+      <c r="U91" s="30"/>
+      <c r="V91" s="30"/>
+      <c r="W91" s="30"/>
     </row>
     <row r="92" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M92" s="31"/>
-[...7 lines deleted...]
-      <c r="W92" s="33"/>
+      <c r="M92" s="28"/>
+      <c r="N92" s="28"/>
+      <c r="O92" s="28"/>
+      <c r="P92" s="28"/>
+      <c r="Q92" s="28"/>
+      <c r="R92" s="28"/>
+      <c r="U92" s="30"/>
+      <c r="V92" s="30"/>
+      <c r="W92" s="30"/>
     </row>
     <row r="93" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M93" s="31"/>
-[...7 lines deleted...]
-      <c r="W93" s="33"/>
+      <c r="M93" s="28"/>
+      <c r="N93" s="28"/>
+      <c r="O93" s="28"/>
+      <c r="P93" s="28"/>
+      <c r="Q93" s="28"/>
+      <c r="R93" s="28"/>
+      <c r="U93" s="30"/>
+      <c r="V93" s="30"/>
+      <c r="W93" s="30"/>
     </row>
     <row r="94" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M94" s="31"/>
-[...7 lines deleted...]
-      <c r="W94" s="33"/>
+      <c r="M94" s="28"/>
+      <c r="N94" s="28"/>
+      <c r="O94" s="28"/>
+      <c r="P94" s="28"/>
+      <c r="Q94" s="28"/>
+      <c r="R94" s="28"/>
+      <c r="U94" s="30"/>
+      <c r="V94" s="30"/>
+      <c r="W94" s="30"/>
     </row>
     <row r="95" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M95" s="31"/>
-[...7 lines deleted...]
-      <c r="W95" s="33"/>
+      <c r="M95" s="28"/>
+      <c r="N95" s="28"/>
+      <c r="O95" s="28"/>
+      <c r="P95" s="28"/>
+      <c r="Q95" s="28"/>
+      <c r="R95" s="28"/>
+      <c r="U95" s="30"/>
+      <c r="V95" s="30"/>
+      <c r="W95" s="30"/>
     </row>
     <row r="96" spans="1:23" x14ac:dyDescent="0.2">
-      <c r="M96" s="31"/>
-[...7 lines deleted...]
-      <c r="W96" s="33"/>
+      <c r="M96" s="28"/>
+      <c r="N96" s="28"/>
+      <c r="O96" s="28"/>
+      <c r="P96" s="28"/>
+      <c r="Q96" s="28"/>
+      <c r="R96" s="28"/>
+      <c r="U96" s="30"/>
+      <c r="V96" s="30"/>
+      <c r="W96" s="30"/>
     </row>
     <row r="97" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M97" s="31"/>
-[...7 lines deleted...]
-      <c r="W97" s="33"/>
+      <c r="M97" s="28"/>
+      <c r="N97" s="28"/>
+      <c r="O97" s="28"/>
+      <c r="P97" s="28"/>
+      <c r="Q97" s="28"/>
+      <c r="R97" s="28"/>
+      <c r="U97" s="30"/>
+      <c r="V97" s="30"/>
+      <c r="W97" s="30"/>
     </row>
     <row r="98" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M98" s="31"/>
-[...7 lines deleted...]
-      <c r="W98" s="33"/>
+      <c r="M98" s="28"/>
+      <c r="N98" s="28"/>
+      <c r="O98" s="28"/>
+      <c r="P98" s="28"/>
+      <c r="Q98" s="28"/>
+      <c r="R98" s="28"/>
+      <c r="U98" s="30"/>
+      <c r="V98" s="30"/>
+      <c r="W98" s="30"/>
     </row>
     <row r="99" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M99" s="31"/>
-[...7 lines deleted...]
-      <c r="W99" s="33"/>
+      <c r="M99" s="28"/>
+      <c r="N99" s="28"/>
+      <c r="O99" s="28"/>
+      <c r="P99" s="28"/>
+      <c r="Q99" s="28"/>
+      <c r="R99" s="28"/>
+      <c r="U99" s="30"/>
+      <c r="V99" s="30"/>
+      <c r="W99" s="30"/>
     </row>
     <row r="100" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M100" s="31"/>
-[...7 lines deleted...]
-      <c r="W100" s="33"/>
+      <c r="M100" s="28"/>
+      <c r="N100" s="28"/>
+      <c r="O100" s="28"/>
+      <c r="P100" s="28"/>
+      <c r="Q100" s="28"/>
+      <c r="R100" s="28"/>
+      <c r="U100" s="30"/>
+      <c r="V100" s="30"/>
+      <c r="W100" s="30"/>
     </row>
     <row r="101" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M101" s="31"/>
-[...4 lines deleted...]
-      <c r="R101" s="31"/>
+      <c r="M101" s="28"/>
+      <c r="N101" s="28"/>
+      <c r="O101" s="28"/>
+      <c r="P101" s="28"/>
+      <c r="Q101" s="28"/>
+      <c r="R101" s="28"/>
     </row>
     <row r="102" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M102" s="31"/>
-[...4 lines deleted...]
-      <c r="R102" s="31"/>
+      <c r="M102" s="28"/>
+      <c r="N102" s="28"/>
+      <c r="O102" s="28"/>
+      <c r="P102" s="28"/>
+      <c r="Q102" s="28"/>
+      <c r="R102" s="28"/>
     </row>
     <row r="103" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M103" s="31"/>
-[...4 lines deleted...]
-      <c r="R103" s="31"/>
+      <c r="M103" s="28"/>
+      <c r="N103" s="28"/>
+      <c r="O103" s="28"/>
+      <c r="P103" s="28"/>
+      <c r="Q103" s="28"/>
+      <c r="R103" s="28"/>
     </row>
     <row r="104" spans="13:23" x14ac:dyDescent="0.2">
-      <c r="M104" s="31"/>
-[...4 lines deleted...]
-      <c r="R104" s="31"/>
+      <c r="M104" s="28"/>
+      <c r="N104" s="28"/>
+      <c r="O104" s="28"/>
+      <c r="P104" s="28"/>
+      <c r="Q104" s="28"/>
+      <c r="R104" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="U50:W50"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A18:H18"/>
     <mergeCell ref="A43:H43"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A29:H29"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="G31:H31"/>
     <mergeCell ref="C31:D31"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <conditionalFormatting sqref="B8:H14 B32:H36">
-[...5 lines deleted...]
-    <cfRule type="cellIs" dxfId="12" priority="3" operator="lessThan">
+  <conditionalFormatting sqref="B8:H14 B20:H26 B32:H36">
+    <cfRule type="cellIs" dxfId="12" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A48" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{2578EA8E-F916-4F34-92A5-E479E570EC37}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="1.1811023622047245" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" topLeftCell="A10" workbookViewId="0">
+    <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="55.7109375" style="28" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="9.28515625" style="28"/>
+    <col min="1" max="1" width="55.7109375" style="25" customWidth="1"/>
+    <col min="2" max="3" width="8.7109375" style="25" customWidth="1"/>
+    <col min="4" max="4" width="8.7109375" style="19" customWidth="1"/>
+    <col min="5" max="16384" width="9.28515625" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...15 lines deleted...]
-      <c r="A4" s="56" t="s">
+    <row r="1" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="80" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+    </row>
+    <row r="3" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+    </row>
+    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" s="53" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="50">
+        <v>6222.5499999999993</v>
+      </c>
+      <c r="C5" s="50">
+        <v>5413.53</v>
+      </c>
+      <c r="D5" s="50">
+        <v>-809.01999999999953</v>
+      </c>
+      <c r="F5" s="45"/>
+    </row>
+    <row r="6" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="58" t="s">
+      <c r="B6" s="50">
+        <v>2105.2699999999995</v>
+      </c>
+      <c r="C6" s="50">
+        <v>4247.8600000000006</v>
+      </c>
+      <c r="D6" s="50">
+        <v>2142.5900000000011</v>
+      </c>
+      <c r="F6" s="45"/>
+    </row>
+    <row r="7" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="50">
+        <v>2114.89</v>
+      </c>
+      <c r="C7" s="50">
+        <v>4220.3900000000003</v>
+      </c>
+      <c r="D7" s="50">
+        <v>2105.5000000000005</v>
+      </c>
+      <c r="F7" s="45"/>
+    </row>
+    <row r="8" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="50">
+        <v>-5.34</v>
+      </c>
+      <c r="C8" s="50">
+        <v>0</v>
+      </c>
+      <c r="D8" s="50">
+        <v>5.34</v>
+      </c>
+      <c r="F8" s="45"/>
+    </row>
+    <row r="9" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="49" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="50">
+        <v>-4.2799999999999994</v>
+      </c>
+      <c r="C9" s="50">
+        <v>27.47</v>
+      </c>
+      <c r="D9" s="50">
+        <v>31.75</v>
+      </c>
+      <c r="F9" s="45"/>
+    </row>
+    <row r="10" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="49" t="s">
+        <v>2</v>
+      </c>
+      <c r="B10" s="50">
+        <v>4117.2599999999993</v>
+      </c>
+      <c r="C10" s="50">
+        <v>1165.6599999999999</v>
+      </c>
+      <c r="D10" s="50">
+        <v>-2951.5999999999995</v>
+      </c>
+      <c r="E10" s="28"/>
+      <c r="F10" s="28"/>
+    </row>
+    <row r="11" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="50">
+        <v>2914.8499999999995</v>
+      </c>
+      <c r="C11" s="50">
+        <v>990.99999999999989</v>
+      </c>
+      <c r="D11" s="50">
+        <v>-1923.8499999999995</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="50">
+        <v>247.39999999999995</v>
+      </c>
+      <c r="C12" s="50">
+        <v>-221.36999999999995</v>
+      </c>
+      <c r="D12" s="50">
+        <v>-468.76999999999987</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="55" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="56">
+        <v>955.0100000000001</v>
+      </c>
+      <c r="C13" s="56">
+        <v>396.03</v>
+      </c>
+      <c r="D13" s="57">
+        <v>-558.98000000000013</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D14" s="46"/>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="51" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="54" t="s">
+      <c r="B15" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="54" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="55">
-[...139 lines deleted...]
-      <c r="A16" s="54" t="s">
+    </row>
+    <row r="16" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="50">
+        <v>6222.5499999999993</v>
+      </c>
+      <c r="C16" s="50">
+        <v>5413.53</v>
+      </c>
+      <c r="D16" s="50">
+        <v>-809.01999999999953</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="50">
+        <v>220.19000000000005</v>
+      </c>
+      <c r="C17" s="50">
+        <v>1744.2199999999998</v>
+      </c>
+      <c r="D17" s="50">
+        <v>1524.0299999999997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="50">
+        <v>1252.1400000000001</v>
+      </c>
+      <c r="C18" s="50">
+        <v>695.87999999999988</v>
+      </c>
+      <c r="D18" s="50">
+        <v>-556.26000000000022</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="49" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="50">
+        <v>741.36999999999989</v>
+      </c>
+      <c r="C19" s="50">
+        <v>588.53</v>
+      </c>
+      <c r="D19" s="50">
+        <v>-152.83999999999992</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="50">
+        <v>321.25000000000006</v>
+      </c>
+      <c r="C20" s="50">
+        <v>537.83999999999992</v>
+      </c>
+      <c r="D20" s="50">
+        <v>216.58999999999986</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="50">
+        <v>324.68000000000006</v>
+      </c>
+      <c r="C21" s="50">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="D21" s="50">
+        <v>-188.48000000000008</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" s="50">
+        <v>363.69</v>
+      </c>
+      <c r="C22" s="50">
+        <v>61.019999999999989</v>
+      </c>
+      <c r="D22" s="50">
+        <v>-302.67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="50">
+        <v>42.119999999999983</v>
+      </c>
+      <c r="C23" s="50">
+        <v>56.36</v>
+      </c>
+      <c r="D23" s="50">
+        <v>14.240000000000016</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="B24" s="50">
+        <v>147.97</v>
+      </c>
+      <c r="C24" s="50">
+        <v>48.489999999999981</v>
+      </c>
+      <c r="D24" s="50">
+        <v>-99.480000000000018</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" s="50">
+        <v>64.970000000000013</v>
+      </c>
+      <c r="C25" s="50">
+        <v>7.9199999999999875</v>
+      </c>
+      <c r="D25" s="50">
+        <v>-57.050000000000026</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="50">
+        <v>99.49</v>
+      </c>
+      <c r="C26" s="50">
+        <v>-11.199999999999996</v>
+      </c>
+      <c r="D26" s="50">
+        <v>-110.69</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="49" t="s">
+        <v>27</v>
+      </c>
+      <c r="B27" s="50">
+        <v>128.53999999999996</v>
+      </c>
+      <c r="C27" s="50">
+        <v>-24.669999999999991</v>
+      </c>
+      <c r="D27" s="50">
+        <v>-153.20999999999995</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="49" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="50">
+        <v>-116.08000000000001</v>
+      </c>
+      <c r="C28" s="50">
+        <v>-127.42999999999998</v>
+      </c>
+      <c r="D28" s="50">
+        <v>-11.349999999999966</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" s="50">
+        <v>233.33999999999997</v>
+      </c>
+      <c r="C29" s="50">
+        <v>-194.24</v>
+      </c>
+      <c r="D29" s="50">
+        <v>-427.58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="B30" s="56">
+        <v>2398.8799999999992</v>
+      </c>
+      <c r="C30" s="56">
+        <v>1894.6100000000001</v>
+      </c>
+      <c r="D30" s="57">
+        <v>-504.26999999999907</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="22"/>
+      <c r="B31" s="47"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="16"/>
+    </row>
+    <row r="32" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" s="54" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="55">
-[...192 lines deleted...]
-      <c r="A30" s="60" t="s">
+    </row>
+    <row r="33" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="49" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="61">
-[...30 lines deleted...]
-      <c r="A33" s="54" t="s">
+      <c r="B33" s="50">
+        <v>3716.4000000000005</v>
+      </c>
+      <c r="C33" s="50">
+        <v>3969.1500000000005</v>
+      </c>
+      <c r="D33" s="50">
+        <v>252.75</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="55">
-[...20 lines deleted...]
-        <v>-412.48000000000138</v>
+      <c r="B34" s="56">
+        <v>2506.1499999999987</v>
+      </c>
+      <c r="C34" s="56">
+        <v>1444.3799999999992</v>
+      </c>
+      <c r="D34" s="57">
+        <v>-1061.7699999999995</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="25"/>
-[...2 lines deleted...]
-      <c r="D35" s="52"/>
+      <c r="A35" s="22"/>
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="51"/>
+      <c r="A36" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D36" s="46"/>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" s="46"/>
+    </row>
+    <row r="38" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="D37" s="51"/>
-[...7 lines deleted...]
-      <c r="D38" s="91"/>
+      <c r="B38" s="87"/>
+      <c r="C38" s="87"/>
+      <c r="D38" s="88"/>
     </row>
     <row r="39" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21"/>
+      <c r="A39" s="19"/>
     </row>
     <row r="40" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="47"/>
-[...2 lines deleted...]
-      <c r="D40" s="63"/>
+      <c r="A40" s="42"/>
+      <c r="B40" s="42"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="58"/>
     </row>
     <row r="41" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="20" t="s">
-        <v>47</v>
+      <c r="A42" s="18" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="48" t="s">
-        <v>48</v>
+      <c r="A43" s="43" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="32"/>
+      <c r="A44" s="29"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:D29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="B5:D13">
     <cfRule type="cellIs" dxfId="11" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:D30">
     <cfRule type="cellIs" dxfId="10" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:D34">
     <cfRule type="cellIs" dxfId="9" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{2A1CF4C2-11A0-43E6-9B0E-E377541EDEF2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:D44"/>
+  <dimension ref="A1:F44"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" topLeftCell="A15" workbookViewId="0">
+    <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="55.7109375" style="28" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="9.28515625" style="28"/>
+    <col min="1" max="1" width="55.7109375" style="25" customWidth="1"/>
+    <col min="2" max="3" width="8.7109375" style="25" customWidth="1"/>
+    <col min="4" max="4" width="8.7109375" style="19" customWidth="1"/>
+    <col min="5" max="16384" width="9.28515625" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...15 lines deleted...]
-      <c r="A4" s="56" t="s">
+    <row r="1" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="80" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+    </row>
+    <row r="3" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+    </row>
+    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" s="53" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="50">
+        <v>11703.41</v>
+      </c>
+      <c r="C5" s="50">
+        <v>7219.7</v>
+      </c>
+      <c r="D5" s="50">
+        <v>-4483.71</v>
+      </c>
+      <c r="F5" s="45"/>
+    </row>
+    <row r="6" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
-[...5 lines deleted...]
-      <c r="D4" s="58" t="s">
+      <c r="B6" s="50">
+        <v>10720.39</v>
+      </c>
+      <c r="C6" s="50">
+        <v>11874.61</v>
+      </c>
+      <c r="D6" s="50">
+        <v>1154.2200000000012</v>
+      </c>
+      <c r="F6" s="45"/>
+    </row>
+    <row r="7" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="50">
+        <v>10835.24</v>
+      </c>
+      <c r="C7" s="50">
+        <v>11896.210000000001</v>
+      </c>
+      <c r="D7" s="50">
+        <v>1060.9700000000012</v>
+      </c>
+      <c r="F7" s="45"/>
+    </row>
+    <row r="8" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="50">
+        <v>-115</v>
+      </c>
+      <c r="C8" s="50">
+        <v>0</v>
+      </c>
+      <c r="D8" s="50">
+        <v>115</v>
+      </c>
+      <c r="F8" s="45"/>
+    </row>
+    <row r="9" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="49" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="50">
+        <v>0.14999999999999991</v>
+      </c>
+      <c r="C9" s="50">
+        <v>-21.599999999999994</v>
+      </c>
+      <c r="D9" s="50">
+        <v>-21.749999999999993</v>
+      </c>
+      <c r="F9" s="45"/>
+    </row>
+    <row r="10" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="49" t="s">
+        <v>2</v>
+      </c>
+      <c r="B10" s="50">
+        <v>983.06</v>
+      </c>
+      <c r="C10" s="50">
+        <v>-4654.87</v>
+      </c>
+      <c r="D10" s="50">
+        <v>-5637.93</v>
+      </c>
+      <c r="E10" s="28"/>
+      <c r="F10" s="28"/>
+    </row>
+    <row r="11" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="50">
+        <v>1527.3199999999997</v>
+      </c>
+      <c r="C11" s="50">
+        <v>-4571.45</v>
+      </c>
+      <c r="D11" s="50">
+        <v>-6098.7699999999995</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="50">
+        <v>-2186.71</v>
+      </c>
+      <c r="C12" s="50">
+        <v>-1684.3900000000003</v>
+      </c>
+      <c r="D12" s="50">
+        <v>502.31999999999971</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="55" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="56">
+        <v>1642.4500000000003</v>
+      </c>
+      <c r="C13" s="56">
+        <v>1600.97</v>
+      </c>
+      <c r="D13" s="57">
+        <v>-41.480000000000246</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D14" s="46"/>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="51" t="s">
         <v>17</v>
       </c>
-    </row>
-[...154 lines deleted...]
-        <v>-6327.77</v>
+      <c r="B15" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" s="54" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="50">
+        <v>11703.41</v>
+      </c>
+      <c r="C16" s="50">
+        <v>7219.7</v>
+      </c>
+      <c r="D16" s="50">
+        <v>-4483.71</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="B17" s="50">
+        <v>1536.9699999999996</v>
+      </c>
+      <c r="C17" s="50">
+        <v>1299.1300000000001</v>
+      </c>
+      <c r="D17" s="50">
+        <v>-237.83999999999946</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="B18" s="50">
+        <v>693.58999999999992</v>
+      </c>
+      <c r="C18" s="50">
+        <v>836.70999999999992</v>
+      </c>
+      <c r="D18" s="50">
+        <v>143.12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="50">
+        <v>489.05</v>
+      </c>
+      <c r="C19" s="50">
+        <v>631.49</v>
+      </c>
+      <c r="D19" s="50">
+        <v>142.44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="49" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="50">
+        <v>901.16000000000008</v>
+      </c>
+      <c r="C20" s="50">
+        <v>625.42000000000007</v>
+      </c>
+      <c r="D20" s="50">
+        <v>-275.74</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" s="50">
+        <v>3995.7599999999998</v>
+      </c>
+      <c r="C21" s="50">
+        <v>611.16000000000031</v>
+      </c>
+      <c r="D21" s="50">
+        <v>-3384.5999999999995</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="49" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" s="50">
+        <v>456.65000000000003</v>
+      </c>
+      <c r="C22" s="50">
+        <v>553.91999999999985</v>
+      </c>
+      <c r="D22" s="50">
+        <v>97.269999999999811</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="50">
+        <v>240.5</v>
+      </c>
+      <c r="C23" s="50">
+        <v>505.49999999999994</v>
+      </c>
+      <c r="D23" s="50">
+        <v>264.99999999999994</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" s="50">
+        <v>393.61999999999989</v>
+      </c>
+      <c r="C24" s="50">
+        <v>421.4</v>
+      </c>
+      <c r="D24" s="50">
+        <v>27.780000000000086</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="50">
+        <v>-18.159999999999982</v>
+      </c>
+      <c r="C25" s="50">
+        <v>307.21000000000004</v>
+      </c>
+      <c r="D25" s="50">
+        <v>325.37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="B26" s="50">
+        <v>397.96</v>
+      </c>
+      <c r="C26" s="50">
+        <v>292.92</v>
+      </c>
+      <c r="D26" s="50">
+        <v>-105.03999999999996</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="50">
+        <v>100.40000000000003</v>
+      </c>
+      <c r="C27" s="50">
+        <v>270.68</v>
+      </c>
+      <c r="D27" s="50">
+        <v>170.27999999999997</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="49" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="50">
+        <v>423.68999999999994</v>
+      </c>
+      <c r="C28" s="50">
+        <v>-275.58</v>
+      </c>
+      <c r="D28" s="50">
+        <v>-699.27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="50">
+        <v>-124.00999999999999</v>
+      </c>
+      <c r="C29" s="50">
+        <v>-1577.4899999999998</v>
+      </c>
+      <c r="D29" s="50">
+        <v>-1453.4799999999998</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="55">
-[...178 lines deleted...]
-      <c r="A30" s="60" t="s">
+      <c r="B30" s="56">
+        <v>2216.2300000000014</v>
+      </c>
+      <c r="C30" s="56">
+        <v>2717.2299999999987</v>
+      </c>
+      <c r="D30" s="57">
+        <v>500.99999999999727</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="22"/>
+      <c r="B31" s="47"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="16"/>
+    </row>
+    <row r="32" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="D32" s="54" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="49" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="61">
-[...30 lines deleted...]
-      <c r="A33" s="54" t="s">
+      <c r="B33" s="50">
+        <v>7378.8799999999992</v>
+      </c>
+      <c r="C33" s="50">
+        <v>2894.5299999999993</v>
+      </c>
+      <c r="D33" s="50">
+        <v>-4484.3500000000004</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="55">
-[...20 lines deleted...]
-        <v>-334.01000000000204</v>
+      <c r="B34" s="56">
+        <v>4324.5300000000007</v>
+      </c>
+      <c r="C34" s="56">
+        <v>4325.17</v>
+      </c>
+      <c r="D34" s="57">
+        <v>0.63999999999941792</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="25"/>
-[...2 lines deleted...]
-      <c r="D35" s="52"/>
+      <c r="A35" s="22"/>
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="51"/>
+      <c r="A36" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D36" s="46"/>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" s="46"/>
+    </row>
+    <row r="38" spans="1:4" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="D37" s="51"/>
-[...7 lines deleted...]
-      <c r="D38" s="91"/>
+      <c r="B38" s="87"/>
+      <c r="C38" s="87"/>
+      <c r="D38" s="88"/>
     </row>
     <row r="39" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21"/>
+      <c r="A39" s="19"/>
     </row>
     <row r="40" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="47"/>
-[...2 lines deleted...]
-      <c r="D40" s="63"/>
+      <c r="A40" s="42"/>
+      <c r="B40" s="42"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="58"/>
     </row>
     <row r="41" spans="1:4" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="20" t="s">
-        <v>47</v>
+      <c r="A42" s="18" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="48" t="s">
-        <v>48</v>
+      <c r="A43" s="43" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="32"/>
+      <c r="A44" s="29"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:D29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A38:D38"/>
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <conditionalFormatting sqref="B5:D13">
     <cfRule type="cellIs" dxfId="8" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:D30">
     <cfRule type="cellIs" dxfId="7" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:D34">
     <cfRule type="cellIs" dxfId="6" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{45F25637-1827-445F-9CE8-1AD2B3A8880A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5090BB78-9C9D-4403-AEC4-CC6635A57A38}">
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:G44"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+      <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" style="28" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="9.28515625" style="28"/>
+    <col min="1" max="1" width="51.7109375" style="25" customWidth="1"/>
+    <col min="2" max="4" width="8.7109375" style="25" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" style="19" customWidth="1"/>
+    <col min="6" max="16384" width="9.28515625" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...17 lines deleted...]
-      <c r="A4" s="56" t="s">
+    <row r="1" spans="1:7" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="80" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+    </row>
+    <row r="3" spans="1:7" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+      <c r="E3" s="48"/>
+    </row>
+    <row r="4" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" s="52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D4" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E4" s="62" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="59">
+        <v>95832.38</v>
+      </c>
+      <c r="C5" s="59">
+        <v>101495.85</v>
+      </c>
+      <c r="D5" s="60">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
-[...22 lines deleted...]
-      <c r="D5" s="65">
+      <c r="E5" s="61">
+        <v>5.9097666154174625E-2</v>
+      </c>
+      <c r="G5" s="45"/>
+    </row>
+    <row r="6" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="66">
-[...4 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="B6" s="59">
+        <v>67313.11</v>
+      </c>
+      <c r="C6" s="59">
+        <v>71542.149999999994</v>
+      </c>
+      <c r="D6" s="60">
+        <v>0.70487758859106053</v>
+      </c>
+      <c r="E6" s="61">
+        <v>6.282639444233068E-2</v>
+      </c>
+      <c r="G6" s="45"/>
+    </row>
+    <row r="7" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="59">
+        <v>66849.429999999993</v>
+      </c>
+      <c r="C7" s="59">
+        <v>71020.98</v>
+      </c>
+      <c r="D7" s="60">
+        <v>0.69974269883941065</v>
+      </c>
+      <c r="E7" s="61">
+        <v>6.2402177550354633E-2</v>
+      </c>
+      <c r="G7" s="45"/>
+    </row>
+    <row r="8" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="59">
+        <v>421.16</v>
+      </c>
+      <c r="C8" s="59">
+        <v>445.01</v>
+      </c>
+      <c r="D8" s="60">
+        <v>4.3845142436858249E-3</v>
+      </c>
+      <c r="E8" s="61">
+        <v>5.6629309526070766E-2</v>
+      </c>
+      <c r="G8" s="45"/>
+    </row>
+    <row r="9" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="49" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="59">
+        <v>42.53</v>
+      </c>
+      <c r="C9" s="59">
+        <v>76.17</v>
+      </c>
+      <c r="D9" s="60">
+        <v>7.5047403416001737E-4</v>
+      </c>
+      <c r="E9" s="61">
+        <v>0.79097107923818477</v>
+      </c>
+      <c r="G9" s="45"/>
+    </row>
+    <row r="10" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="64">
-[...13 lines deleted...]
-      <c r="A7" s="54" t="s">
+      <c r="B10" s="59">
+        <v>12673.78</v>
+      </c>
+      <c r="C10" s="59">
+        <v>13568.18</v>
+      </c>
+      <c r="D10" s="60">
+        <v>0.13368211606681454</v>
+      </c>
+      <c r="E10" s="61">
+        <v>7.0570895186755619E-2</v>
+      </c>
+      <c r="F10" s="28"/>
+      <c r="G10" s="28"/>
+    </row>
+    <row r="11" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="59">
+        <v>12673.78</v>
+      </c>
+      <c r="C11" s="59">
+        <v>13568.18</v>
+      </c>
+      <c r="D11" s="60">
+        <v>0.13368211606681454</v>
+      </c>
+      <c r="E11" s="61">
+        <v>7.0570895186755619E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="64">
-[...13 lines deleted...]
-      <c r="A8" s="54" t="s">
+      <c r="B12" s="59">
+        <v>5052.09</v>
+      </c>
+      <c r="C12" s="59">
+        <v>4892.32</v>
+      </c>
+      <c r="D12" s="60">
+        <v>4.820216787188835E-2</v>
+      </c>
+      <c r="E12" s="61">
+        <v>-3.1624535588241784E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="64">
-[...127 lines deleted...]
-      <c r="D16" s="65">
+      <c r="B13" s="40">
+        <v>10793.39</v>
+      </c>
+      <c r="C13" s="40">
+        <v>11493.19</v>
+      </c>
+      <c r="D13" s="63">
+        <v>0.11323802894404057</v>
+      </c>
+      <c r="E13" s="64">
+        <v>6.4835978316358539E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E14" s="46"/>
+    </row>
+    <row r="15" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="62" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="59">
+        <v>95832.38</v>
+      </c>
+      <c r="C16" s="59">
+        <v>101495.85</v>
+      </c>
+      <c r="D16" s="60">
         <v>1</v>
       </c>
-      <c r="E16" s="66">
-        <v>4.4733396880692222E-2</v>
+      <c r="E16" s="61">
+        <v>5.9097666154174625E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="B17" s="59">
+        <v>23301.47</v>
+      </c>
+      <c r="C17" s="59">
+        <v>23504.61</v>
+      </c>
+      <c r="D17" s="60">
+        <v>0.23158198093813687</v>
+      </c>
+      <c r="E17" s="61">
+        <v>8.7179049218782945E-3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="59">
+        <v>20859.3</v>
+      </c>
+      <c r="C18" s="59">
+        <v>22703.72</v>
+      </c>
+      <c r="D18" s="60">
+        <v>0.22369111643480991</v>
+      </c>
+      <c r="E18" s="61">
+        <v>8.8421950880422734E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="49" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" s="59">
+        <v>5000.68</v>
+      </c>
+      <c r="C19" s="59">
+        <v>5661.05</v>
+      </c>
+      <c r="D19" s="60">
+        <v>5.5776172129205284E-2</v>
+      </c>
+      <c r="E19" s="61">
+        <v>0.13205604037850849</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="59">
+        <v>4267.3599999999997</v>
+      </c>
+      <c r="C20" s="59">
+        <v>4808.8500000000004</v>
+      </c>
+      <c r="D20" s="60">
+        <v>4.7379769714722325E-2</v>
+      </c>
+      <c r="E20" s="61">
+        <v>0.12689109894642137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="59">
+        <v>3790.34</v>
+      </c>
+      <c r="C21" s="59">
+        <v>3683.34</v>
+      </c>
+      <c r="D21" s="60">
+        <v>3.6290547840133365E-2</v>
+      </c>
+      <c r="E21" s="61">
+        <v>-2.8229657497744264E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="59">
+        <v>3405.57</v>
+      </c>
+      <c r="C22" s="59">
+        <v>3394.93</v>
+      </c>
+      <c r="D22" s="60">
+        <v>3.3448953824220397E-2</v>
+      </c>
+      <c r="E22" s="61">
+        <v>-3.124293436928422E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B23" s="59">
+        <v>3316.33</v>
+      </c>
+      <c r="C23" s="59">
+        <v>3316.7</v>
+      </c>
+      <c r="D23" s="60">
+        <v>3.2678183393705255E-2</v>
+      </c>
+      <c r="E23" s="61">
+        <v>1.1156911405074009E-4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="B24" s="59">
+        <v>2984.16</v>
+      </c>
+      <c r="C24" s="59">
+        <v>3077.54</v>
+      </c>
+      <c r="D24" s="60">
+        <v>3.0321830892593143E-2</v>
+      </c>
+      <c r="E24" s="61">
+        <v>3.1291887834432507E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="B25" s="59">
+        <v>2355.15</v>
+      </c>
+      <c r="C25" s="59">
+        <v>2426.66</v>
+      </c>
+      <c r="D25" s="60">
+        <v>2.3908957853941808E-2</v>
+      </c>
+      <c r="E25" s="61">
+        <v>3.0363246502345821E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="64">
-[...30 lines deleted...]
-      <c r="A19" s="54" t="s">
+      <c r="B26" s="59">
+        <v>2402.29</v>
+      </c>
+      <c r="C26" s="59">
+        <v>2219.14</v>
+      </c>
+      <c r="D26" s="60">
+        <v>2.1864342236653022E-2</v>
+      </c>
+      <c r="E26" s="61">
+        <v>-7.6239754567516874E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="49" t="s">
         <v>29</v>
       </c>
-      <c r="B19" s="64">
-[...47 lines deleted...]
-      <c r="A22" s="54" t="s">
+      <c r="B27" s="59">
+        <v>1509.9</v>
+      </c>
+      <c r="C27" s="59">
+        <v>1503.71</v>
+      </c>
+      <c r="D27" s="60">
+        <v>1.4815482603475906E-2</v>
+      </c>
+      <c r="E27" s="61">
+        <v>-4.0996092456454429E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="49" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="64">
-[...30 lines deleted...]
-      <c r="A24" s="54" t="s">
+      <c r="B28" s="59">
+        <v>1162.1099999999999</v>
+      </c>
+      <c r="C28" s="59">
+        <v>1222.3399999999999</v>
+      </c>
+      <c r="D28" s="60">
+        <v>1.2043251029475588E-2</v>
+      </c>
+      <c r="E28" s="61">
+        <v>5.1828140193269159E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="B24" s="64">
-[...81 lines deleted...]
-      <c r="A29" s="54" t="s">
+      <c r="B29" s="59">
+        <v>949.47</v>
+      </c>
+      <c r="C29" s="59">
+        <v>1006.48</v>
+      </c>
+      <c r="D29" s="60">
+        <v>9.9164645648073292E-3</v>
+      </c>
+      <c r="E29" s="61">
+        <v>6.0044024561070899E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="64">
-[...13 lines deleted...]
-      <c r="A30" s="60" t="s">
+      <c r="B30" s="40">
+        <v>20528.25</v>
+      </c>
+      <c r="C30" s="40">
+        <v>22966.780000000028</v>
+      </c>
+      <c r="D30" s="63">
+        <v>0.22628294654412004</v>
+      </c>
+      <c r="E30" s="64">
+        <v>0.11878898590966244</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="22"/>
+      <c r="B31" s="47"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="47"/>
+      <c r="E31" s="16"/>
+    </row>
+    <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E32" s="62" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="49" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="44">
-[...37 lines deleted...]
-      <c r="A33" s="54" t="s">
+      <c r="B33" s="59">
+        <v>67767.05</v>
+      </c>
+      <c r="C33" s="59">
+        <v>72857.679999999993</v>
+      </c>
+      <c r="D33" s="60">
+        <v>0.71783900524011557</v>
+      </c>
+      <c r="E33" s="61">
+        <v>7.5119545560858703E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="64">
-[...26 lines deleted...]
-        <v>8.1309234562839366E-2</v>
+      <c r="B34" s="40">
+        <v>28065.33</v>
+      </c>
+      <c r="C34" s="40">
+        <v>28638.170000000013</v>
+      </c>
+      <c r="D34" s="63">
+        <v>0.28216099475988438</v>
+      </c>
+      <c r="E34" s="64">
+        <v>2.0410948312384391E-2</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="25"/>
-[...3 lines deleted...]
-      <c r="E35" s="52"/>
+      <c r="A35" s="22"/>
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
     </row>
     <row r="36" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="51"/>
+      <c r="A36" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="46"/>
     </row>
     <row r="37" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E37" s="46"/>
+    </row>
+    <row r="38" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="E37" s="51"/>
-[...8 lines deleted...]
-      <c r="E38" s="91"/>
+      <c r="B38" s="87"/>
+      <c r="C38" s="87"/>
+      <c r="D38" s="87"/>
+      <c r="E38" s="88"/>
     </row>
     <row r="39" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21"/>
+      <c r="A39" s="19"/>
     </row>
     <row r="40" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="47"/>
-[...3 lines deleted...]
-      <c r="E40" s="63"/>
+      <c r="A40" s="42"/>
+      <c r="B40" s="42"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="42"/>
+      <c r="E40" s="58"/>
     </row>
     <row r="41" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A42" s="20" t="s">
-        <v>47</v>
+      <c r="A42" s="18" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A43" s="48" t="s">
-        <v>48</v>
+      <c r="A43" s="43" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A44" s="32"/>
+      <c r="A44" s="29"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:E29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A38:E38"/>
   </mergeCells>
   <conditionalFormatting sqref="B5:E13">
     <cfRule type="cellIs" dxfId="5" priority="8" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:E30">
     <cfRule type="cellIs" dxfId="4" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:E34">
     <cfRule type="cellIs" dxfId="3" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A43" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{942D0883-60D2-4C87-8794-26EAE0106582}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.78740157480314965" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A40857B0-4679-4AAD-B6C1-4673478FDCB1}">
-  <dimension ref="A1:E44"/>
+  <dimension ref="A1:G44"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A40" sqref="A40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" style="28" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="9.28515625" style="28"/>
+    <col min="1" max="1" width="51.7109375" style="25" customWidth="1"/>
+    <col min="2" max="4" width="8.7109375" style="25" customWidth="1"/>
+    <col min="5" max="5" width="8.7109375" style="19" customWidth="1"/>
+    <col min="6" max="16384" width="9.28515625" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
-[...17 lines deleted...]
-      <c r="A4" s="56" t="s">
+    <row r="1" spans="1:7" ht="10.15" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.2">
+      <c r="A2" s="80" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+    </row>
+    <row r="3" spans="1:7" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="48"/>
+      <c r="B3" s="48"/>
+      <c r="C3" s="48"/>
+      <c r="D3" s="48"/>
+      <c r="E3" s="48"/>
+    </row>
+    <row r="4" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" s="52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D4" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E4" s="62" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="59">
+        <v>225209.49</v>
+      </c>
+      <c r="C5" s="59">
+        <v>236606.94</v>
+      </c>
+      <c r="D5" s="60">
         <v>1</v>
       </c>
-      <c r="B4" s="57" t="s">
-[...22 lines deleted...]
-      <c r="D5" s="65">
+      <c r="E5" s="61">
+        <v>5.0608213712486146E-2</v>
+      </c>
+      <c r="G5" s="45"/>
+    </row>
+    <row r="6" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="E5" s="66">
-[...4 lines deleted...]
-      <c r="A6" s="54" t="s">
+      <c r="B6" s="59">
+        <v>173014.98</v>
+      </c>
+      <c r="C6" s="59">
+        <v>189522.37</v>
+      </c>
+      <c r="D6" s="60">
+        <v>0.80100089202793456</v>
+      </c>
+      <c r="E6" s="61">
+        <v>9.5410177777669788E-2</v>
+      </c>
+      <c r="G6" s="45"/>
+    </row>
+    <row r="7" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B7" s="59">
+        <v>172870.81</v>
+      </c>
+      <c r="C7" s="59">
+        <v>189452.83</v>
+      </c>
+      <c r="D7" s="60">
+        <v>0.80070698687029207</v>
+      </c>
+      <c r="E7" s="61">
+        <v>9.5921457185281833E-2</v>
+      </c>
+      <c r="G7" s="45"/>
+    </row>
+    <row r="8" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" s="59">
+        <v>5.47</v>
+      </c>
+      <c r="C8" s="59">
+        <v>5.47</v>
+      </c>
+      <c r="D8" s="60">
+        <v>2.3118510386888905E-5</v>
+      </c>
+      <c r="E8" s="61">
+        <v>0</v>
+      </c>
+      <c r="G8" s="45"/>
+    </row>
+    <row r="9" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="49" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="59">
+        <v>138.69</v>
+      </c>
+      <c r="C9" s="59">
+        <v>64.06</v>
+      </c>
+      <c r="D9" s="60">
+        <v>2.7074438306839185E-4</v>
+      </c>
+      <c r="E9" s="61">
+        <v>-0.53810656860624406</v>
+      </c>
+      <c r="G9" s="45"/>
+    </row>
+    <row r="10" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="64">
-[...13 lines deleted...]
-      <c r="A7" s="54" t="s">
+      <c r="B10" s="59">
+        <v>52194.51</v>
+      </c>
+      <c r="C10" s="59">
+        <v>47084.57</v>
+      </c>
+      <c r="D10" s="60">
+        <v>0.19899910797206541</v>
+      </c>
+      <c r="E10" s="61">
+        <v>-9.7901867456941391E-2</v>
+      </c>
+      <c r="F10" s="28"/>
+      <c r="G10" s="28"/>
+    </row>
+    <row r="11" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="B11" s="59">
+        <v>36194.42</v>
+      </c>
+      <c r="C11" s="59">
+        <v>31291.85</v>
+      </c>
+      <c r="D11" s="60">
+        <v>0.13225246055758128</v>
+      </c>
+      <c r="E11" s="61">
+        <v>-0.1354509894066544</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="64">
-[...13 lines deleted...]
-      <c r="A8" s="54" t="s">
+      <c r="B12" s="59">
+        <v>7701.43</v>
+      </c>
+      <c r="C12" s="59">
+        <v>5990.41</v>
+      </c>
+      <c r="D12" s="60">
+        <v>2.5317980951868952E-2</v>
+      </c>
+      <c r="E12" s="61">
+        <v>-0.22216912962917282</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="64">
-[...127 lines deleted...]
-      <c r="D16" s="65">
+      <c r="B13" s="40">
+        <v>8298.66</v>
+      </c>
+      <c r="C13" s="40">
+        <v>9802.31</v>
+      </c>
+      <c r="D13" s="63">
+        <v>4.1428666462615171E-2</v>
+      </c>
+      <c r="E13" s="64">
+        <v>0.18119190327113047</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="E14" s="46"/>
+    </row>
+    <row r="15" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="62" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B16" s="59">
+        <v>225209.49</v>
+      </c>
+      <c r="C16" s="59">
+        <v>236606.94</v>
+      </c>
+      <c r="D16" s="60">
         <v>1</v>
       </c>
-      <c r="E16" s="66">
-        <v>2.4537149321343186E-2</v>
+      <c r="E16" s="61">
+        <v>5.0608213712486146E-2</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="54" t="s">
+      <c r="A17" s="49" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="59">
+        <v>46056</v>
+      </c>
+      <c r="C17" s="59">
+        <v>46823.98</v>
+      </c>
+      <c r="D17" s="60">
+        <v>0.197897745518369</v>
+      </c>
+      <c r="E17" s="61">
+        <v>1.6674917491749243E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="59">
+        <v>41395.879999999997</v>
+      </c>
+      <c r="C18" s="59">
+        <v>40220.129999999997</v>
+      </c>
+      <c r="D18" s="60">
+        <v>0.16998711026819416</v>
+      </c>
+      <c r="E18" s="61">
+        <v>-2.8402584991549885E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="49" t="s">
+        <v>31</v>
+      </c>
+      <c r="B19" s="59">
+        <v>36593.129999999997</v>
+      </c>
+      <c r="C19" s="59">
+        <v>39650.15</v>
+      </c>
+      <c r="D19" s="60">
+        <v>0.16757813612736802</v>
+      </c>
+      <c r="E19" s="61">
+        <v>8.3540817634348424E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="49" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="59">
+        <v>19097.89</v>
+      </c>
+      <c r="C20" s="59">
+        <v>20294.64</v>
+      </c>
+      <c r="D20" s="60">
+        <v>8.5773646368952655E-2</v>
+      </c>
+      <c r="E20" s="61">
+        <v>6.2663990629331298E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="49" t="s">
+        <v>33</v>
+      </c>
+      <c r="B21" s="59">
+        <v>14904</v>
+      </c>
+      <c r="C21" s="59">
+        <v>15915.1</v>
+      </c>
+      <c r="D21" s="60">
+        <v>6.7263876537180189E-2</v>
+      </c>
+      <c r="E21" s="61">
+        <v>6.7840848094471301E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="49" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="59">
+        <v>9733.5</v>
+      </c>
+      <c r="C22" s="59">
+        <v>10345.39</v>
+      </c>
+      <c r="D22" s="60">
+        <v>4.372394993992991E-2</v>
+      </c>
+      <c r="E22" s="61">
+        <v>6.2864334514819889E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="49" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" s="59">
+        <v>4121.54</v>
+      </c>
+      <c r="C23" s="59">
+        <v>5798.64</v>
+      </c>
+      <c r="D23" s="60">
+        <v>2.4507480634338115E-2</v>
+      </c>
+      <c r="E23" s="61">
+        <v>0.40691100899178473</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="49" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" s="59">
+        <v>5168.3900000000003</v>
+      </c>
+      <c r="C24" s="59">
+        <v>5436.04</v>
+      </c>
+      <c r="D24" s="60">
+        <v>2.297498120722917E-2</v>
+      </c>
+      <c r="E24" s="61">
+        <v>5.1785952685459033E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="64">
-[...47 lines deleted...]
-      <c r="A20" s="54" t="s">
+      <c r="B25" s="59">
+        <v>4885.1000000000004</v>
+      </c>
+      <c r="C25" s="59">
+        <v>5406.46</v>
+      </c>
+      <c r="D25" s="60">
+        <v>2.2849963741553819E-2</v>
+      </c>
+      <c r="E25" s="61">
+        <v>0.10672452969232966</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B26" s="59">
+        <v>4134.8500000000004</v>
+      </c>
+      <c r="C26" s="59">
+        <v>4621.93</v>
+      </c>
+      <c r="D26" s="60">
+        <v>1.9534211464803188E-2</v>
+      </c>
+      <c r="E26" s="61">
+        <v>0.1177987109568666</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="49" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" s="59">
+        <v>3775.35</v>
+      </c>
+      <c r="C27" s="59">
+        <v>3951.39</v>
+      </c>
+      <c r="D27" s="60">
+        <v>1.6700228657705474E-2</v>
+      </c>
+      <c r="E27" s="61">
+        <v>4.6628789383765738E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="49" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28" s="59">
+        <v>2680.17</v>
+      </c>
+      <c r="C28" s="59">
+        <v>3147</v>
+      </c>
+      <c r="D28" s="60">
+        <v>1.3300539705217438E-2</v>
+      </c>
+      <c r="E28" s="61">
+        <v>0.17417924982370517</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="49" t="s">
         <v>29</v>
       </c>
-      <c r="B20" s="64">
-[...47 lines deleted...]
-      <c r="A23" s="54" t="s">
+      <c r="B29" s="59">
+        <v>3190.2</v>
+      </c>
+      <c r="C29" s="59">
+        <v>2884.72</v>
+      </c>
+      <c r="D29" s="60">
+        <v>1.2192034603887781E-2</v>
+      </c>
+      <c r="E29" s="61">
+        <v>-9.575575199047083E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="64">
-[...115 lines deleted...]
-      <c r="A30" s="60" t="s">
+      <c r="B30" s="40">
+        <v>171832.32000000001</v>
+      </c>
+      <c r="C30" s="40">
+        <v>177622.54</v>
+      </c>
+      <c r="D30" s="63">
+        <v>0.75070722777615906</v>
+      </c>
+      <c r="E30" s="64">
+        <v>3.3696920346533182E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="10.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="22"/>
+      <c r="B31" s="47"/>
+      <c r="C31" s="47"/>
+      <c r="D31" s="47"/>
+      <c r="E31" s="16"/>
+    </row>
+    <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="51" t="s">
+        <v>13</v>
+      </c>
+      <c r="B32" s="52" t="s">
+        <v>61</v>
+      </c>
+      <c r="C32" s="52" t="s">
+        <v>76</v>
+      </c>
+      <c r="D32" s="52"/>
+      <c r="E32" s="62" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="49" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="44">
-[...35 lines deleted...]
-      <c r="A33" s="54" t="s">
+      <c r="B33" s="59">
+        <v>171832.32000000001</v>
+      </c>
+      <c r="C33" s="59">
+        <v>177622.54</v>
+      </c>
+      <c r="D33" s="60">
+        <v>0.75070722777615906</v>
+      </c>
+      <c r="E33" s="61">
+        <v>3.3696920346533182E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="55" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="64">
-[...26 lines deleted...]
-        <v>0.10196908329435508</v>
+      <c r="B34" s="40">
+        <v>53377.169999999984</v>
+      </c>
+      <c r="C34" s="40">
+        <v>58984.399999999994</v>
+      </c>
+      <c r="D34" s="63">
+        <v>0.24929277222384091</v>
+      </c>
+      <c r="E34" s="64">
+        <v>0.10504921860788072</v>
       </c>
     </row>
     <row r="35" spans="1:5" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="25"/>
-[...3 lines deleted...]
-      <c r="E35" s="52"/>
+      <c r="A35" s="22"/>
+      <c r="B35" s="47"/>
+      <c r="C35" s="47"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="47"/>
     </row>
     <row r="36" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="21" t="s">
-[...2 lines deleted...]
-      <c r="E36" s="51"/>
+      <c r="A36" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" s="46"/>
     </row>
     <row r="37" spans="1:5" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="21" t="s">
+      <c r="A37" s="19" t="s">
+        <v>58</v>
+      </c>
+      <c r="E37" s="46"/>
+    </row>
+    <row r="38" spans="1:5" ht="105" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="86" t="s">
         <v>60</v>
       </c>
-      <c r="E37" s="51"/>
-[...8 lines deleted...]
-      <c r="E38" s="91"/>
+      <c r="B38" s="87"/>
+      <c r="C38" s="87"/>
+      <c r="D38" s="87"/>
+      <c r="E38" s="88"/>
     </row>
     <row r="39" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="21"/>
+      <c r="A39" s="19"/>
     </row>
     <row r="40" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="47"/>
-[...3 lines deleted...]
-      <c r="E40" s="63"/>
+      <c r="A40" s="42"/>
+      <c r="B40" s="42"/>
+      <c r="C40" s="42"/>
+      <c r="D40" s="42"/>
+      <c r="E40" s="58"/>
     </row>
     <row r="41" spans="1:5" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A42" s="20" t="s">
-        <v>47</v>
+      <c r="A42" s="18" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A43" s="48" t="s">
-        <v>48</v>
+      <c r="A43" s="43" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A44" s="32"/>
+      <c r="A44" s="29"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A17:E29">
     <sortCondition descending="1" ref="C17:C29"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A38:E38"/>
   </mergeCells>
   <conditionalFormatting sqref="B5:E13">
     <cfRule type="cellIs" dxfId="2" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B16:E30">
     <cfRule type="cellIs" dxfId="1" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B33:E34">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
@@ -6725,183 +6669,183 @@
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
     </row>
     <row r="15" spans="1:10" ht="53.25" x14ac:dyDescent="0.2">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
-      <c r="D15" s="70"/>
+      <c r="D15" s="65"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
     </row>
     <row r="16" spans="1:10" ht="53.25" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
-      <c r="D16" s="70"/>
+      <c r="D16" s="65"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
     </row>
     <row r="17" spans="1:10" ht="53.25" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
-      <c r="D17" s="70"/>
+      <c r="D17" s="65"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
     </row>
     <row r="18" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
-      <c r="D18" s="71"/>
+      <c r="D18" s="66"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
-      <c r="D19" s="71"/>
+      <c r="D19" s="66"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
-      <c r="D20" s="71"/>
+      <c r="D20" s="66"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
-      <c r="D21" s="71"/>
+      <c r="D21" s="66"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
-      <c r="D22" s="72"/>
+      <c r="D22" s="67"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
     </row>
     <row r="24" spans="1:10" ht="26.25" x14ac:dyDescent="0.2">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
-      <c r="D24" s="71"/>
+      <c r="D24" s="66"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
     </row>
     <row r="26" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
-      <c r="D26" s="73"/>
+      <c r="D26" s="68"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
       <c r="J27" s="2"/>
     </row>
     <row r="28" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
@@ -7010,66 +6954,66 @@
     <row r="37" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
     </row>
     <row r="38" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A39" s="74" t="s">
-        <v>47</v>
+      <c r="A39" s="69" t="s">
+        <v>45</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A40" s="75" t="s">
-        <v>48</v>
+      <c r="A40" s="70" t="s">
+        <v>46</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>