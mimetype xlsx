--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -1,104 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Serviços Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{94F1A99E-CE49-4F2E-9F1D-B25158EBD362}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1E873861-B6CB-4C0E-AB74-F3BB73886564}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E6886E35-A7A3-4C7D-A20B-3CC54B532C47}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="951" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="37" r:id="rId1"/>
     <sheet name="Índice" sheetId="36" r:id="rId2"/>
     <sheet name="1 Balança Comercial" sheetId="27" r:id="rId3"/>
     <sheet name="2 Tipos de Serviço" sheetId="25" r:id="rId4"/>
-    <sheet name="3 Países Mensal" sheetId="32" r:id="rId5"/>
-[...2 lines deleted...]
-    <sheet name=" " sheetId="38" r:id="rId8"/>
+    <sheet name="3 Países Anual" sheetId="42" r:id="rId5"/>
+    <sheet name="4 Balança Pag Tecnológica" sheetId="44" r:id="rId6"/>
+    <sheet name=" " sheetId="38" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Tipos de Serviço'!$A$1:$I$43</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Países Mensal'!$A$1:$O$30</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="6">'4 Balança Pag Tecnológica'!$A$1:$I$28</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'4 Balança Pag Tecnológica'!$A$1:$I$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="125">
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Cont. p.p.</t>
   </si>
   <si>
     <t>Cont. %</t>
   </si>
   <si>
     <t>Cont.: Contribuição de cada rubrica para o crescimento global em pontos percentuais e percentagem.</t>
   </si>
   <si>
     <t xml:space="preserve">   Saldo</t>
   </si>
   <si>
     <t xml:space="preserve">   Tx. Cobertura (%)</t>
   </si>
   <si>
     <t xml:space="preserve">   União Europeia</t>
   </si>
   <si>
     <t xml:space="preserve">      Saldo</t>
   </si>
   <si>
@@ -212,60 +208,60 @@
   <si>
     <t>Balança de Pagamentos Tecnológica</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal</t>
   </si>
   <si>
     <t>Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Unidade: Milhões de Euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>A Balança de Pagamentos Tecnológica constitui um instrumento para a compreensão e análise das transações relacionadas, nomeadamente, com a troca de conhecimento técnico e serviços de conteúdo tecnológico entre entidades pertencentes a diferentes territórios.</t>
   </si>
   <si>
     <t>% Total 2025</t>
   </si>
   <si>
     <t>Var. %</t>
   </si>
   <si>
-    <t>2025 (janeiro a outubro)</t>
-[...8 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2025 (janeiro a dezembro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>2024 jan/dez</t>
+  </si>
+  <si>
+    <t>2025 jan/dez</t>
   </si>
   <si>
     <t>Transformação de recursos materiais de terceiros</t>
   </si>
   <si>
     <t>Manutenção e reparação</t>
   </si>
   <si>
     <t>Transportes</t>
   </si>
   <si>
     <t>Viagens e turismo</t>
   </si>
   <si>
     <t>Construção</t>
   </si>
   <si>
     <t>Seguros e pensões</t>
   </si>
   <si>
     <t>Financeiros</t>
   </si>
   <si>
     <t>Direitos de utilização de propriedade intelectual</t>
   </si>
@@ -634,51 +630,51 @@
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="8"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005629"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="9"/>
       </left>
       <right style="medium">
         <color indexed="9"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="9"/>
       </left>
       <right/>
       <top/>
       <bottom/>
@@ -808,125 +804,99 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0"/>
       </left>
       <right style="thin">
         <color theme="0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...11 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom style="thin">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="medium">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="116">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
@@ -1021,77 +991,77 @@
     </xf>
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="12" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="14" fillId="0" borderId="19" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="20" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1123,169 +1093,139 @@
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="24" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="12" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="14" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="13" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="12" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="17" fontId="12" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="14" fillId="0" borderId="18" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="14" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="17">
+  <dxfs count="15">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
-      </font>
-[...10 lines deleted...]
-        <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
@@ -1350,74 +1290,70 @@
     <mruColors>
       <color rgb="FFFFFFFF"/>
       <color rgb="FF005629"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF715C53"/>
       <color rgb="FFA6A6A6"/>
       <color rgb="FF74B21A"/>
       <color rgb="FF7FC31C"/>
       <color rgb="FFF2F2F2"/>
       <color rgb="FF0091D1"/>
       <color rgb="FF7F7F7F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>25608</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>60582</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Picture 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D248941A-1449-4706-BB78-AEB420F3363D}"/>
             </a:ext>
@@ -1631,116 +1567,50 @@
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>13</xdr:col>
-[...64 lines deleted...]
-    <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>542178</xdr:colOff>
       <xdr:row>77</xdr:row>
       <xdr:rowOff>2024</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DFDCBCE-30EA-450A-86B5-8D1D772169AE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -1759,51 +1629,51 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5514975" y="9667875"/>
           <a:ext cx="1037478" cy="325874"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>494553</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>11549</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFACE906-7471-4BD6-B0FE-41CE6C62A04A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -2135,55 +2005,51 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:J43"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A43" sqref="A43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -2745,51 +2611,51 @@
     <row r="6" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="11"/>
     </row>
     <row r="8" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="11"/>
     </row>
     <row r="10" spans="1:1" s="12" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="11" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 Balança Comercial'!A1" display="Balança Comercial de Serviços" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
     <hyperlink ref="A6" location="'2 Tipos de Serviço'!A1" display="Exportações e Importações por Tipos de Serviços" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
-    <hyperlink ref="A8" location="'3 Países Mensal'!A1" display="Principais Países Clientes e Fornecedores" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
+    <hyperlink ref="A8" location="'3 Países Anual'!A1" display="Principais Países Clientes e Fornecedores" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
     <hyperlink ref="A10" location="Índice!A1" display="Balança de Pagamentos Tecnológica" xr:uid="{77E96760-9ACB-432F-ABCB-E3E9DD4AE440}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:K33"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="36" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" style="36" customWidth="1"/>
     <col min="3" max="7" width="8.7109375" style="36" customWidth="1"/>
     <col min="8" max="8" width="7.7109375" style="36" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
@@ -2842,421 +2708,421 @@
       <c r="C5" s="15"/>
       <c r="D5" s="16"/>
       <c r="E5" s="15"/>
       <c r="F5" s="16"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
     </row>
     <row r="6" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="19"/>
       <c r="E6" s="19"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="J6" s="39"/>
       <c r="K6" s="39"/>
     </row>
     <row r="7" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="20" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="21">
-        <v>49225.35</v>
+        <v>57979.969999999994</v>
       </c>
       <c r="D7" s="22">
         <v>100</v>
       </c>
       <c r="E7" s="21">
-        <v>51762.189999999995</v>
+        <v>60502.81</v>
       </c>
       <c r="F7" s="22">
         <v>100</v>
       </c>
       <c r="G7" s="23">
-        <v>2536.8399999999965</v>
+        <v>2522.8400000000038</v>
       </c>
       <c r="H7" s="24">
-        <v>5.1535235402084423</v>
+        <v>4.351226811604084</v>
       </c>
       <c r="I7" s="26"/>
       <c r="J7" s="26"/>
       <c r="K7" s="40"/>
     </row>
     <row r="8" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="20" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="21">
-        <v>21503.249999999996</v>
+        <v>26100.219999999998</v>
       </c>
       <c r="D8" s="22">
         <v>100</v>
       </c>
       <c r="E8" s="21">
-        <v>22298.06</v>
+        <v>27362.35</v>
       </c>
       <c r="F8" s="22">
         <v>100</v>
       </c>
       <c r="G8" s="23">
-        <v>794.81000000000495</v>
+        <v>1262.130000000001</v>
       </c>
       <c r="H8" s="24">
-        <v>3.6962319649355568</v>
+        <v>4.8357063656934738</v>
       </c>
       <c r="I8" s="26"/>
       <c r="J8" s="26"/>
       <c r="K8" s="40"/>
     </row>
     <row r="9" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="20" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="21">
-        <v>27722.100000000002</v>
+        <v>31879.749999999996</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="21">
-        <v>29464.129999999994</v>
+        <v>33140.46</v>
       </c>
       <c r="F9" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="23">
-        <v>1742.0299999999916</v>
+        <v>1260.7100000000028</v>
       </c>
       <c r="H9" s="24">
-        <v>6.2839034560873506</v>
+        <v>3.9545793175918975</v>
       </c>
       <c r="I9" s="26"/>
       <c r="J9" s="39"/>
       <c r="K9" s="40"/>
     </row>
     <row r="10" spans="1:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="52" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="53">
-        <v>228.9205120156256</v>
+        <v>222.14360645235942</v>
       </c>
       <c r="D10" s="54" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="53">
-        <v>232.13763887979488</v>
+        <v>221.11700932120232</v>
       </c>
       <c r="F10" s="54" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="54">
-        <v>3.2171268641692734</v>
+        <v>-1.0265971311571036</v>
       </c>
       <c r="H10" s="53" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:11" s="1" customFormat="1" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="55"/>
       <c r="C11" s="51"/>
       <c r="D11" s="51"/>
       <c r="E11" s="51"/>
       <c r="F11" s="51"/>
       <c r="G11" s="51"/>
       <c r="H11" s="51"/>
     </row>
     <row r="12" spans="1:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="19"/>
       <c r="D12" s="19"/>
       <c r="E12" s="19"/>
       <c r="F12" s="19"/>
       <c r="G12" s="19"/>
       <c r="H12" s="19"/>
     </row>
     <row r="13" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="21">
-        <v>27400.99</v>
+        <v>32473.389999999996</v>
       </c>
       <c r="D13" s="22">
-        <v>55.664388369000939</v>
+        <v>56.007945502558897</v>
       </c>
       <c r="E13" s="21">
-        <v>29324.28</v>
+        <v>34175.620000000003</v>
       </c>
       <c r="F13" s="22">
-        <v>56.651930685312969</v>
+        <v>56.486004534334853</v>
       </c>
       <c r="G13" s="23">
-        <v>1923.2899999999972</v>
+        <v>1702.2300000000068</v>
       </c>
       <c r="H13" s="24">
-        <v>7.0190529612251122</v>
+        <v>5.2419226942429082</v>
       </c>
       <c r="K13" s="26"/>
     </row>
     <row r="14" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="21">
-        <v>12498.2</v>
+        <v>15184.73</v>
       </c>
       <c r="D14" s="22">
-        <v>58.122376850011058</v>
+        <v>58.178551751671058</v>
       </c>
       <c r="E14" s="21">
-        <v>13052.430000000002</v>
+        <v>16024.68</v>
       </c>
       <c r="F14" s="22">
-        <v>58.536168617359543</v>
+        <v>58.564706613284315</v>
       </c>
       <c r="G14" s="23">
-        <v>554.23000000000138</v>
+        <v>839.95000000000073</v>
       </c>
       <c r="H14" s="24">
-        <v>4.4344785649133582</v>
+        <v>5.5315438601805944</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="21">
-        <v>14902.79</v>
+        <v>17288.659999999996</v>
       </c>
       <c r="D15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="21">
-        <v>16271.849999999997</v>
+        <v>18150.940000000002</v>
       </c>
       <c r="F15" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="23">
-        <v>1369.0599999999959</v>
+        <v>862.28000000000611</v>
       </c>
       <c r="H15" s="24">
-        <v>9.1866019718455121</v>
+        <v>4.9875467502976303</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="24">
-        <v>219.23949048663007</v>
+        <v>213.85556410947046</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="24">
-        <v>224.66529220995625</v>
+        <v>213.26865809488865</v>
       </c>
       <c r="F16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="22" t="s">
         <v>9</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="J16" s="39"/>
       <c r="K16" s="39"/>
     </row>
     <row r="17" spans="2:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="52" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="53" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="53" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="54" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="53">
-        <v>3.9071129001622076</v>
+        <v>2.9358932058778353</v>
       </c>
     </row>
     <row r="18" spans="2:11" s="1" customFormat="1" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="55"/>
       <c r="C18" s="51"/>
       <c r="D18" s="51"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="51"/>
     </row>
     <row r="19" spans="2:11" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="18" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
     </row>
     <row r="20" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="20" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="21">
-        <v>21824.359999999997</v>
+        <v>25506.579999999998</v>
       </c>
       <c r="D20" s="22">
-        <v>44.335611630999061</v>
+        <v>43.992054497441103</v>
       </c>
       <c r="E20" s="21">
-        <v>22437.909999999996</v>
+        <v>26327.189999999995</v>
       </c>
       <c r="F20" s="22">
-        <v>43.348069314687031</v>
+        <v>43.51399546566514</v>
       </c>
       <c r="G20" s="23">
-        <v>613.54999999999927</v>
+        <v>820.60999999999694</v>
       </c>
       <c r="H20" s="24">
-        <v>2.8113080979236016</v>
+        <v>3.2172482551561092</v>
       </c>
       <c r="J20" s="14"/>
       <c r="K20" s="26"/>
     </row>
     <row r="21" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="20" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="21">
-        <v>9005.0499999999956</v>
+        <v>10915.489999999998</v>
       </c>
       <c r="D21" s="22">
-        <v>41.877623149988942</v>
+        <v>41.821448248328934</v>
       </c>
       <c r="E21" s="21">
-        <v>9245.6299999999992</v>
+        <v>11337.669999999998</v>
       </c>
       <c r="F21" s="22">
-        <v>41.463831382640457</v>
+        <v>41.435293386715685</v>
       </c>
       <c r="G21" s="23">
-        <v>240.58000000000357</v>
+        <v>422.18000000000029</v>
       </c>
       <c r="H21" s="24">
-        <v>2.6716120399109795</v>
+        <v>3.8677145964129913</v>
       </c>
       <c r="J21" s="14"/>
       <c r="K21" s="26"/>
     </row>
     <row r="22" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="20" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="21">
-        <v>12819.310000000001</v>
+        <v>14591.09</v>
       </c>
       <c r="D22" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="21">
-        <v>13192.279999999997</v>
+        <v>14989.519999999997</v>
       </c>
       <c r="F22" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="23">
-        <v>372.96999999999571</v>
+        <v>398.42999999999665</v>
       </c>
       <c r="H22" s="24">
-        <v>2.9094389635635278</v>
+        <v>2.7306390406748</v>
       </c>
     </row>
     <row r="23" spans="2:11" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="20" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="24">
-        <v>242.35689973959063</v>
+        <v>233.67324783404135</v>
       </c>
       <c r="D23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="24">
-        <v>242.68665304581728</v>
+        <v>232.20988086617442</v>
       </c>
       <c r="F23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="22" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="24" spans="2:11" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="56" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="57" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="57" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="58" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="57">
-        <v>1.2464106400462349</v>
+        <v>1.4153336057262484</v>
       </c>
     </row>
     <row r="25" spans="2:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="14"/>
       <c r="C25" s="26"/>
       <c r="D25" s="26"/>
       <c r="E25" s="26"/>
       <c r="F25" s="26"/>
       <c r="G25" s="26"/>
       <c r="H25" s="27"/>
     </row>
     <row r="26" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B26" s="59" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="28"/>
     </row>
     <row r="27" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B27" s="59" t="s">
         <v>46</v>
@@ -3273,1012 +3139,1022 @@
       <c r="B29" s="61"/>
       <c r="C29" s="61"/>
       <c r="D29" s="61"/>
       <c r="E29" s="61"/>
       <c r="F29" s="61"/>
       <c r="G29" s="61"/>
       <c r="H29" s="61"/>
     </row>
     <row r="30" spans="2:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="31" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B31" s="14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="2:11" x14ac:dyDescent="0.2">
       <c r="B32" s="60" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B33" s="44"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B11:H11">
-    <cfRule type="cellIs" dxfId="16" priority="6" operator="lessThan">
+    <cfRule type="cellIs" dxfId="14" priority="6" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B18:H18">
-    <cfRule type="cellIs" dxfId="15" priority="3" operator="lessThan">
+    <cfRule type="cellIs" dxfId="13" priority="3" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C7:H10">
-    <cfRule type="cellIs" dxfId="14" priority="5" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="12" priority="5" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13:H17">
-    <cfRule type="cellIs" dxfId="13" priority="2" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C20:H24">
-    <cfRule type="cellIs" dxfId="12" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11:H11">
-    <cfRule type="cellIs" dxfId="11" priority="7" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="9" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G18:H18">
-    <cfRule type="cellIs" dxfId="10" priority="4" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="8" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B32" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{41C9918C-D8D9-462D-82D4-E2E241B1576A}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:O47"/>
+  <dimension ref="A1:Q47"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A39" sqref="A39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="36" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="76" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="36" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="76" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="77" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="76" customWidth="1"/>
-    <col min="10" max="15" width="9.140625" style="39"/>
-    <col min="16" max="16384" width="9.140625" style="36"/>
+    <col min="10" max="17" width="9.140625" style="39"/>
+    <col min="18" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:17" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36"/>
       <c r="C1" s="36"/>
       <c r="E1" s="36"/>
       <c r="F1" s="36"/>
       <c r="G1" s="36"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="J1" s="36"/>
       <c r="K1" s="36"/>
       <c r="L1" s="36"/>
       <c r="M1" s="36"/>
       <c r="N1" s="36"/>
       <c r="O1" s="36"/>
-    </row>
-    <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P1" s="36"/>
+      <c r="Q1" s="36"/>
+    </row>
+    <row r="2" spans="1:17" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
         <v>42</v>
       </c>
       <c r="B2" s="37"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="36"/>
       <c r="K2" s="36"/>
       <c r="L2" s="36"/>
       <c r="M2" s="36"/>
       <c r="N2" s="36"/>
       <c r="O2" s="36"/>
-    </row>
-    <row r="3" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P2" s="36"/>
+      <c r="Q2" s="36"/>
+    </row>
+    <row r="3" spans="1:17" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="37"/>
       <c r="B3" s="37"/>
       <c r="C3" s="38"/>
       <c r="D3" s="38"/>
       <c r="E3" s="38"/>
       <c r="F3" s="38"/>
       <c r="G3" s="38"/>
       <c r="H3" s="38"/>
       <c r="I3" s="38"/>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
       <c r="N3" s="36"/>
       <c r="O3" s="36"/>
-    </row>
-    <row r="4" spans="1:15" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P3" s="36"/>
+      <c r="Q3" s="36"/>
+    </row>
+    <row r="4" spans="1:17" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="80" t="s">
         <v>20</v>
       </c>
       <c r="B4" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="82" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E4" s="82" t="s">
         <v>50</v>
       </c>
       <c r="F4" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="82" t="s">
         <v>51</v>
       </c>
       <c r="H4" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J4" s="62"/>
       <c r="K4" s="62"/>
       <c r="L4" s="62"/>
       <c r="M4" s="62"/>
       <c r="N4" s="62"/>
       <c r="O4" s="62"/>
-    </row>
-    <row r="5" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P4" s="62"/>
+      <c r="Q4" s="62"/>
+    </row>
+    <row r="5" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="64">
-        <v>49225.35</v>
+        <v>57979.969999999994</v>
       </c>
       <c r="C5" s="65">
         <v>100</v>
       </c>
       <c r="D5" s="64">
-        <v>51762.189999999995</v>
+        <v>60502.81</v>
       </c>
       <c r="E5" s="65">
         <v>100</v>
       </c>
       <c r="F5" s="64">
-        <v>2536.8399999999965</v>
+        <v>2522.8400000000038</v>
       </c>
       <c r="G5" s="66">
-        <v>5.1535235402084423</v>
+        <v>4.351226811604084</v>
       </c>
       <c r="H5" s="65">
-        <v>5.1535235402084423</v>
+        <v>4.351226811604084</v>
       </c>
       <c r="I5" s="65">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B6" s="21">
-        <v>24671.629999999997</v>
+        <v>27745.750000000007</v>
       </c>
       <c r="C6" s="68">
-        <v>50.119765527314684</v>
+        <v>47.854026140406781</v>
       </c>
       <c r="D6" s="21">
-        <v>25985.21</v>
+        <v>29131.149999999998</v>
       </c>
       <c r="E6" s="68">
-        <v>50.201141025910999</v>
+        <v>48.148424841755286</v>
       </c>
       <c r="F6" s="21">
-        <v>1313.5800000000017</v>
+        <v>1385.3999999999905</v>
       </c>
       <c r="G6" s="24">
-        <v>5.3242529982818398</v>
+        <v>4.9931971563212034</v>
       </c>
       <c r="H6" s="68">
-        <v>2.66850311881988</v>
+        <v>2.3894458724279968</v>
       </c>
       <c r="I6" s="68">
-        <v>51.780167452421267</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>54.91430292844526</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="67" t="s">
         <v>58</v>
       </c>
       <c r="B7" s="21">
-        <v>8709.93</v>
+        <v>10717.869999999999</v>
       </c>
       <c r="C7" s="68">
-        <v>17.693993034076954</v>
+        <v>18.485470068370162</v>
       </c>
       <c r="D7" s="21">
-        <v>9035.1299999999992</v>
+        <v>11164.320000000002</v>
       </c>
       <c r="E7" s="68">
-        <v>17.455076765492343</v>
+        <v>18.452564434610562</v>
       </c>
       <c r="F7" s="21">
-        <v>325.19999999999891</v>
+        <v>446.45000000000255</v>
       </c>
       <c r="G7" s="24">
-        <v>3.7336695013622259</v>
+        <v>4.165473177039865</v>
       </c>
       <c r="H7" s="68">
-        <v>0.66063522148648801</v>
+        <v>0.77000729734769202</v>
       </c>
       <c r="I7" s="68">
-        <v>12.819097775184851</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>17.696326362353613</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="67" t="s">
         <v>65</v>
       </c>
       <c r="B8" s="21">
-        <v>8079.56</v>
+        <v>9898.7900000000009</v>
       </c>
       <c r="C8" s="68">
-        <v>16.413413007728742</v>
+        <v>17.072775304988948</v>
       </c>
       <c r="D8" s="21">
-        <v>8675.82</v>
+        <v>10047.130000000001</v>
       </c>
       <c r="E8" s="68">
-        <v>16.760921437056663</v>
+        <v>16.606055156777018</v>
       </c>
       <c r="F8" s="21">
-        <v>596.25999999999931</v>
+        <v>148.34000000000015</v>
       </c>
       <c r="G8" s="24">
-        <v>7.3798573189629053</v>
+        <v>1.4985669965723096</v>
       </c>
       <c r="H8" s="68">
-        <v>1.211286461142479</v>
+        <v>0.2558469761195119</v>
       </c>
       <c r="I8" s="68">
-        <v>23.504044401696603</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>5.8798814034976417</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="21">
-        <v>4019.67</v>
+        <v>5068.5800000000008</v>
       </c>
       <c r="C9" s="68">
-        <v>8.1658535693499381</v>
+        <v>8.7419500217057742</v>
       </c>
       <c r="D9" s="21">
-        <v>4323.6799999999994</v>
+        <v>5527.45</v>
       </c>
       <c r="E9" s="68">
-        <v>8.3529696096706871</v>
+        <v>9.1358566651697668</v>
       </c>
       <c r="F9" s="21">
-        <v>304.00999999999931</v>
+        <v>458.86999999999898</v>
       </c>
       <c r="G9" s="24">
-        <v>7.5630586590441338</v>
+        <v>9.0532259528309478</v>
       </c>
       <c r="H9" s="68">
-        <v>0.61758829546158489</v>
+        <v>0.79142848814857802</v>
       </c>
       <c r="I9" s="68">
-        <v>11.983806625565654</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>18.188628688303591</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="21">
-        <v>1006.5300000000001</v>
+        <v>1292.2000000000003</v>
       </c>
       <c r="C10" s="68">
-        <v>2.0447391435510363</v>
+        <v>2.22870070474338</v>
       </c>
       <c r="D10" s="21">
-        <v>919.02</v>
+        <v>1101.74</v>
       </c>
       <c r="E10" s="68">
-        <v>1.7754658371293797</v>
+        <v>1.8209732738033162</v>
       </c>
       <c r="F10" s="21">
-        <v>-87.510000000000105</v>
+        <v>-190.46000000000026</v>
       </c>
       <c r="G10" s="24">
-        <v>-8.6942266996512867</v>
+        <v>-14.739204457514335</v>
       </c>
       <c r="H10" s="68">
-        <v>-0.17777425655683526</v>
+        <v>-0.32849275361818969</v>
       </c>
       <c r="I10" s="68">
-        <v>-3.4495671780640573</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-7.549428421937181</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="67" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="21">
-        <v>790.93000000000006</v>
+        <v>981.00000000000011</v>
       </c>
       <c r="C11" s="68">
-        <v>1.6067534309050118</v>
+        <v>1.6919636212298836</v>
       </c>
       <c r="D11" s="21">
-        <v>812.93000000000006</v>
+        <v>1019.4800000000001</v>
       </c>
       <c r="E11" s="68">
-        <v>1.5705092848660385</v>
+        <v>1.6850126465200546</v>
       </c>
       <c r="F11" s="21">
-        <v>22</v>
+        <v>38.480000000000018</v>
       </c>
       <c r="G11" s="24">
-        <v>2.7815356605515023</v>
+        <v>3.9225280326197773</v>
       </c>
       <c r="H11" s="68">
-        <v>4.4692419657757637E-2</v>
+        <v>6.6367747344470901E-2</v>
       </c>
       <c r="I11" s="68">
-        <v>0.86722063669762495</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.5252651773398218</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="67" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="21">
-        <v>577.68000000000006</v>
+        <v>750.78</v>
       </c>
       <c r="C12" s="68">
-        <v>1.1735416812678834</v>
+        <v>1.2948954613118979</v>
       </c>
       <c r="D12" s="21">
-        <v>612.45000000000005</v>
+        <v>841.88999999999987</v>
       </c>
       <c r="E12" s="68">
-        <v>1.1831995516418452</v>
+        <v>1.3914890895150158</v>
       </c>
       <c r="F12" s="21">
-        <v>34.769999999999982</v>
+        <v>91.1099999999999</v>
       </c>
       <c r="G12" s="24">
-        <v>6.0189031990029038</v>
+        <v>12.135379205626135</v>
       </c>
       <c r="H12" s="68">
-        <v>7.0634337795465102E-2</v>
+        <v>0.15714047454664071</v>
       </c>
       <c r="I12" s="68">
-        <v>1.3706027971807457</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.6114061930205548</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B13" s="21">
-        <v>616.93999999999994</v>
+        <v>624.29999999999995</v>
       </c>
       <c r="C13" s="68">
-        <v>1.2532973356207726</v>
+        <v>1.0767511607888036</v>
       </c>
       <c r="D13" s="21">
-        <v>599.78000000000009</v>
+        <v>650.66999999999996</v>
       </c>
       <c r="E13" s="68">
-        <v>1.1587222256245344</v>
+        <v>1.0754376532263541</v>
       </c>
       <c r="F13" s="21">
-        <v>-17.159999999999854</v>
+        <v>26.370000000000005</v>
       </c>
       <c r="G13" s="24">
-        <v>-2.7814698349920342</v>
+        <v>4.2239308024987992</v>
       </c>
       <c r="H13" s="68">
-        <v>-3.4860087333050661E-2</v>
+        <v>4.548122394682165E-2</v>
       </c>
       <c r="I13" s="68">
-        <v>-0.67643209662414172</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>1.0452505906042382</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B14" s="21">
-        <v>220.05</v>
+        <v>232.93</v>
       </c>
       <c r="C14" s="68">
-        <v>0.44702577025861678</v>
+        <v>0.40174218786246357</v>
       </c>
       <c r="D14" s="21">
-        <v>238.79</v>
+        <v>322.22000000000003</v>
       </c>
       <c r="E14" s="68">
-        <v>0.46132128489926721</v>
+        <v>0.53257030541226114</v>
       </c>
       <c r="F14" s="21">
-        <v>18.739999999999981</v>
+        <v>89.29000000000002</v>
       </c>
       <c r="G14" s="24">
-        <v>8.5162463076573403</v>
+        <v>38.333404885587953</v>
       </c>
       <c r="H14" s="68">
-        <v>3.8069815653926239E-2</v>
+        <v>0.15400145946953758</v>
       </c>
       <c r="I14" s="68">
-        <v>0.73871430598697618</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.5392652724707032</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="21">
-        <v>207.50999999999996</v>
+        <v>274.23999999999995</v>
       </c>
       <c r="C15" s="68">
-        <v>0.42155109105369482</v>
+        <v>0.47299093117847424</v>
       </c>
       <c r="D15" s="21">
-        <v>222.78</v>
+        <v>277.28999999999996</v>
       </c>
       <c r="E15" s="68">
-        <v>0.43039137254432247</v>
+        <v>0.45830929175025092</v>
       </c>
       <c r="F15" s="21">
-        <v>15.270000000000039</v>
+        <v>3.0500000000000114</v>
       </c>
       <c r="G15" s="24">
-        <v>7.358681509324871</v>
+        <v>1.1121645274212413</v>
       </c>
       <c r="H15" s="68">
-        <v>3.1020602189725494E-2</v>
+        <v>5.2604373544864061E-3</v>
       </c>
       <c r="I15" s="68">
-        <v>0.60192996010785305</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.1208954987236609</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="21">
-        <v>174.51</v>
+        <v>208.60999999999999</v>
       </c>
       <c r="C16" s="68">
-        <v>0.3545124615670584</v>
+        <v>0.35979666771128033</v>
       </c>
       <c r="D16" s="21">
-        <v>177.74</v>
+        <v>225.77999999999997</v>
       </c>
       <c r="E16" s="68">
-        <v>0.34337805259012422</v>
+        <v>0.37317275015821577</v>
       </c>
       <c r="F16" s="21">
-        <v>3.2300000000000182</v>
+        <v>17.169999999999987</v>
       </c>
       <c r="G16" s="24">
-        <v>1.8508967967451828</v>
+        <v>8.2306696706773348</v>
       </c>
       <c r="H16" s="68">
-        <v>6.5616597952071806E-3</v>
+        <v>2.9613675205420062E-2</v>
       </c>
       <c r="I16" s="68">
-        <v>0.12732375711515201</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.68058220101155686</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="84" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="85">
-        <v>150.37</v>
+        <v>184.91</v>
       </c>
       <c r="C17" s="86">
-        <v>0.30547268836077351</v>
+        <v>0.31892048236658282</v>
       </c>
       <c r="D17" s="85">
-        <v>158.82</v>
+        <v>193.75</v>
       </c>
       <c r="E17" s="86">
-        <v>0.30682627609071411</v>
+        <v>0.32023306024959836</v>
       </c>
       <c r="F17" s="85">
-        <v>8.4499999999999886</v>
+        <v>8.8400000000000034</v>
       </c>
       <c r="G17" s="50">
-        <v>5.619471969142773</v>
+        <v>4.7807041263317309</v>
       </c>
       <c r="H17" s="86">
-        <v>1.7165952095820523E-2</v>
+        <v>1.5246644660216288E-2</v>
       </c>
       <c r="I17" s="86">
-        <v>0.3330915627315873</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0.35039875695644551</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="59"/>
       <c r="B18" s="69"/>
       <c r="C18" s="70"/>
       <c r="D18" s="69"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="25"/>
       <c r="H18" s="70"/>
       <c r="I18" s="70"/>
     </row>
-    <row r="19" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:17" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="71"/>
       <c r="B19" s="69"/>
       <c r="C19" s="69"/>
       <c r="D19" s="69"/>
       <c r="E19" s="69"/>
       <c r="F19" s="69"/>
       <c r="G19" s="72"/>
       <c r="H19" s="70"/>
       <c r="I19" s="70"/>
     </row>
-    <row r="20" spans="1:15" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:17" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="80" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="81" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="82" t="s">
         <v>33</v>
       </c>
       <c r="D20" s="81" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="82" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="82" t="s">
         <v>32</v>
       </c>
       <c r="G20" s="82" t="s">
         <v>51</v>
       </c>
       <c r="H20" s="82" t="s">
         <v>1</v>
       </c>
       <c r="I20" s="83" t="s">
         <v>2</v>
       </c>
       <c r="J20" s="62"/>
       <c r="K20" s="62"/>
       <c r="L20" s="62"/>
       <c r="M20" s="62"/>
       <c r="N20" s="62"/>
       <c r="O20" s="62"/>
-    </row>
-    <row r="21" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="P20" s="62"/>
+      <c r="Q20" s="62"/>
+    </row>
+    <row r="21" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="64">
-        <v>21503.249999999996</v>
+        <v>26100.219999999998</v>
       </c>
       <c r="C21" s="65">
         <v>100</v>
       </c>
       <c r="D21" s="64">
-        <v>22298.06</v>
+        <v>27362.35</v>
       </c>
       <c r="E21" s="65">
         <v>100</v>
       </c>
       <c r="F21" s="64">
-        <v>794.81000000000495</v>
+        <v>1262.130000000001</v>
       </c>
       <c r="G21" s="66">
-        <v>3.6962319649355568</v>
+        <v>4.8357063656934738</v>
       </c>
       <c r="H21" s="65">
-        <v>3.6962319649355568</v>
+        <v>4.8357063656934738</v>
       </c>
       <c r="I21" s="65">
         <v>100</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="67" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="21">
+        <v>6826.6200000000008</v>
+      </c>
+      <c r="C22" s="68">
+        <v>26.155411716836106</v>
+      </c>
+      <c r="D22" s="21">
+        <v>7265.22</v>
+      </c>
+      <c r="E22" s="68">
+        <v>26.551886077036514</v>
+      </c>
+      <c r="F22" s="21">
+        <v>438.59999999999945</v>
+      </c>
+      <c r="G22" s="24">
+        <v>6.4248486073635176</v>
+      </c>
+      <c r="H22" s="68">
+        <v>1.6804456054393393</v>
+      </c>
+      <c r="I22" s="68">
+        <v>34.750778445960329</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="67" t="s">
         <v>59</v>
       </c>
-      <c r="B22" s="21">
-[...27 lines deleted...]
-      </c>
       <c r="B23" s="21">
-        <v>5591.2199999999993</v>
+        <v>6846.31</v>
       </c>
       <c r="C23" s="68">
-        <v>26.001743922430332</v>
+        <v>26.230851693970397</v>
       </c>
       <c r="D23" s="21">
-        <v>5803.119999999999</v>
+        <v>7155.5300000000007</v>
       </c>
       <c r="E23" s="68">
-        <v>26.025223719014111</v>
+        <v>26.151006766597174</v>
       </c>
       <c r="F23" s="21">
-        <v>211.89999999999964</v>
+        <v>309.22000000000025</v>
       </c>
       <c r="G23" s="24">
-        <v>3.7898705470362399</v>
+        <v>4.5165936102805784</v>
       </c>
       <c r="H23" s="68">
-        <v>0.98543243463197283</v>
+        <v>1.1847409715320418</v>
       </c>
       <c r="I23" s="68">
-        <v>26.660459732514479</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>24.499853422389137</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="67" t="s">
         <v>58</v>
       </c>
       <c r="B24" s="21">
-        <v>4688.34</v>
+        <v>5553.01</v>
       </c>
       <c r="C24" s="68">
-        <v>21.802936765372678</v>
+        <v>21.275721047562055</v>
       </c>
       <c r="D24" s="21">
-        <v>4828</v>
+        <v>5870.8399999999992</v>
       </c>
       <c r="E24" s="68">
-        <v>21.652107851535067</v>
+        <v>21.455905651378625</v>
       </c>
       <c r="F24" s="21">
-        <v>139.65999999999985</v>
+        <v>317.82999999999902</v>
       </c>
       <c r="G24" s="24">
-        <v>2.9788795181236822</v>
+        <v>5.72356253635414</v>
       </c>
       <c r="H24" s="68">
-        <v>0.64948321765314487</v>
+        <v>1.2177291992174744</v>
       </c>
       <c r="I24" s="68">
-        <v>17.571495074294358</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>25.182033546465004</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="67" t="s">
         <v>64</v>
       </c>
       <c r="B25" s="21">
-        <v>1654.35</v>
+        <v>2011</v>
       </c>
       <c r="C25" s="68">
-        <v>7.6934881936451465</v>
+        <v>7.7049158972606362</v>
       </c>
       <c r="D25" s="21">
-        <v>1844.2500000000002</v>
+        <v>2183.52</v>
       </c>
       <c r="E25" s="68">
-        <v>8.2708989033126645</v>
+        <v>7.980016336316142</v>
       </c>
       <c r="F25" s="21">
-        <v>189.90000000000032</v>
+        <v>172.51999999999998</v>
       </c>
       <c r="G25" s="24">
-        <v>11.478828542932289</v>
+        <v>8.5788165091994024</v>
       </c>
       <c r="H25" s="68">
-        <v>0.88312231871926505</v>
+        <v>0.66099059701412477</v>
       </c>
       <c r="I25" s="68">
-        <v>23.892502610686723</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>13.668956446641776</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="67" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="21">
+        <v>1193.0999999999999</v>
+      </c>
+      <c r="C26" s="68">
+        <v>4.5712258364105747</v>
+      </c>
+      <c r="D26" s="21">
+        <v>1075.73</v>
+      </c>
+      <c r="E26" s="68">
+        <v>3.931424018770318</v>
+      </c>
+      <c r="F26" s="21">
+        <v>-117.36999999999989</v>
+      </c>
+      <c r="G26" s="24">
+        <v>-9.8373983739837314</v>
+      </c>
+      <c r="H26" s="68">
+        <v>-0.44968969610217813</v>
+      </c>
+      <c r="I26" s="68">
+        <v>-9.2993590200692324</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="67" t="s">
         <v>63</v>
       </c>
-      <c r="B26" s="21">
-[...25 lines deleted...]
-      <c r="A27" s="67" t="s">
+      <c r="B27" s="21">
+        <v>927.37</v>
+      </c>
+      <c r="C27" s="68">
+        <v>3.5531118128506201</v>
+      </c>
+      <c r="D27" s="21">
+        <v>1000.29</v>
+      </c>
+      <c r="E27" s="68">
+        <v>3.6557167056192177</v>
+      </c>
+      <c r="F27" s="21">
+        <v>72.919999999999959</v>
+      </c>
+      <c r="G27" s="24">
+        <v>7.8630967143642732</v>
+      </c>
+      <c r="H27" s="68">
+        <v>0.27938461821394595</v>
+      </c>
+      <c r="I27" s="68">
+        <v>5.7775348022786792</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="67" t="s">
         <v>61</v>
       </c>
-      <c r="B27" s="21">
-[...27 lines deleted...]
-      </c>
       <c r="B28" s="21">
-        <v>797.74</v>
+        <v>880.8900000000001</v>
       </c>
       <c r="C28" s="68">
-        <v>3.7098578121911814</v>
+        <v>3.3750290227438704</v>
       </c>
       <c r="D28" s="21">
-        <v>659.29000000000008</v>
+        <v>839.37999999999977</v>
       </c>
       <c r="E28" s="68">
-        <v>2.9567146200162706</v>
+        <v>3.0676458710600509</v>
       </c>
       <c r="F28" s="21">
-        <v>-138.44999999999993</v>
+        <v>-41.510000000000332</v>
       </c>
       <c r="G28" s="24">
-        <v>-17.355278662220766</v>
+        <v>-4.7122796262870876</v>
       </c>
       <c r="H28" s="68">
-        <v>-0.6438561612779462</v>
+        <v>-0.15904080502003562</v>
       </c>
       <c r="I28" s="68">
-        <v>-17.419257432593838</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-3.2888846632280586</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="67" t="s">
         <v>66</v>
       </c>
       <c r="B29" s="21">
-        <v>571.76</v>
+        <v>694.06</v>
       </c>
       <c r="C29" s="68">
-        <v>2.6589469033750714</v>
+        <v>2.659211301667189</v>
       </c>
       <c r="D29" s="21">
-        <v>562.80000000000007</v>
+        <v>695.30999999999983</v>
       </c>
       <c r="E29" s="68">
-        <v>2.5239863916412459</v>
+        <v>2.5411194579412948</v>
       </c>
       <c r="F29" s="21">
-        <v>-8.9599999999999227</v>
+        <v>1.2499999999998863</v>
       </c>
       <c r="G29" s="24">
-        <v>-1.5670910871694281</v>
+        <v>0.18009970319567278</v>
       </c>
       <c r="H29" s="68">
-        <v>-4.166811993535826E-2</v>
+        <v>4.7892316616483938E-3</v>
       </c>
       <c r="I29" s="68">
-        <v>-1.1273134459807836</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>9.9038926259567978E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B30" s="21">
-        <v>461.17</v>
+        <v>541.73</v>
       </c>
       <c r="C30" s="68">
-        <v>2.1446525525211309</v>
+        <v>2.0755763744520164</v>
       </c>
       <c r="D30" s="21">
-        <v>526.12</v>
+        <v>628.74999999999989</v>
       </c>
       <c r="E30" s="68">
-        <v>2.3594877760666173</v>
+        <v>2.2978654976637602</v>
       </c>
       <c r="F30" s="21">
-        <v>64.949999999999989</v>
+        <v>87.019999999999868</v>
       </c>
       <c r="G30" s="24">
-        <v>14.083743521911657</v>
+        <v>16.063352592619914</v>
       </c>
       <c r="H30" s="68">
-        <v>0.30204736493320777</v>
+        <v>0.33340715135734444</v>
       </c>
       <c r="I30" s="68">
-        <v>8.1717643210326472</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>6.8946938904867014</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="21">
-        <v>344.33000000000004</v>
+        <v>473.46000000000004</v>
       </c>
       <c r="C31" s="68">
-        <v>1.601292827828352</v>
+        <v>1.8140076980194038</v>
       </c>
       <c r="D31" s="21">
-        <v>433.17</v>
+        <v>520.34</v>
       </c>
       <c r="E31" s="68">
-        <v>1.9426353682786754</v>
+        <v>1.9016641479989844</v>
       </c>
       <c r="F31" s="21">
-        <v>88.839999999999975</v>
+        <v>46.879999999999995</v>
       </c>
       <c r="G31" s="24">
-        <v>25.800830598553702</v>
+        <v>9.9015756346893067</v>
       </c>
       <c r="H31" s="68">
-        <v>0.41314684989478334</v>
+        <v>0.17961534423847769</v>
       </c>
       <c r="I31" s="68">
-        <v>11.177514122872061</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:15" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+        <v>3.7143558904391751</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="67" t="s">
         <v>67</v>
       </c>
       <c r="B32" s="21">
-        <v>47.46</v>
+        <v>64.599999999999994</v>
       </c>
       <c r="C32" s="68">
-        <v>0.22071082278260268</v>
+        <v>0.24750749227401148</v>
       </c>
       <c r="D32" s="21">
-        <v>60.560000000000009</v>
+        <v>81.89</v>
       </c>
       <c r="E32" s="68">
-        <v>0.27159313411121866</v>
+        <v>0.29927984986669642</v>
       </c>
       <c r="F32" s="21">
-        <v>13.100000000000009</v>
+        <v>17.290000000000006</v>
       </c>
       <c r="G32" s="24">
-        <v>27.602191319005499</v>
+        <v>26.764705882352953</v>
       </c>
       <c r="H32" s="68">
-        <v>6.0921023566205164E-2</v>
+        <v>6.6244652343926638E-2</v>
       </c>
       <c r="I32" s="68">
-        <v>1.64819264981567</v>
+        <v>1.3699064280224695</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="84" t="s">
         <v>56</v>
       </c>
       <c r="B33" s="85">
-        <v>72.939999999999984</v>
+        <v>88.109999999999971</v>
       </c>
       <c r="C33" s="86">
-        <v>0.33920453884877866</v>
+        <v>0.33758336136630257</v>
       </c>
       <c r="D33" s="85">
-        <v>54.62</v>
+        <v>45.540000000000006</v>
       </c>
       <c r="E33" s="86">
-        <v>0.24495404532950396</v>
+        <v>0.16643307318267622</v>
       </c>
       <c r="F33" s="85">
-        <v>-18.319999999999986</v>
+        <v>-42.569999999999965</v>
       </c>
       <c r="G33" s="50">
-        <v>-25.116534137647367</v>
+        <v>-48.314606741573009</v>
       </c>
       <c r="H33" s="86">
-        <v>-8.5196423796402826E-2</v>
+        <v>-0.1631020734691124</v>
       </c>
       <c r="I33" s="86">
-        <v>-2.3049533850857276</v>
+        <v>-3.3728696726961509</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="59"/>
       <c r="B34" s="69"/>
       <c r="C34" s="70"/>
       <c r="D34" s="69"/>
       <c r="E34" s="70"/>
       <c r="F34" s="70"/>
       <c r="G34" s="25"/>
       <c r="H34" s="70"/>
       <c r="I34" s="70"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="59" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="43"/>
       <c r="C35" s="43"/>
       <c r="D35" s="41"/>
       <c r="E35" s="43"/>
       <c r="F35" s="43"/>
       <c r="G35" s="73"/>
       <c r="H35" s="74"/>
       <c r="I35" s="75"/>
@@ -4338,3356 +4214,2428 @@
         <v>40</v>
       </c>
       <c r="I42" s="78"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="44"/>
       <c r="I43" s="78"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="36"/>
       <c r="I44" s="78"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="36"/>
       <c r="I45" s="78"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I46" s="78"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I47" s="78"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B5:I17 B21:I33">
-    <cfRule type="cellIs" dxfId="9" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:I18 B21:I34">
-    <cfRule type="cellIs" dxfId="8" priority="3" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="6" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G19">
-    <cfRule type="cellIs" dxfId="7" priority="2" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="5" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A42" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{A9318674-333A-4AC1-8EF2-216BB88D69FB}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-[...926 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7FFAFFC-9748-40AF-9E2A-D85E200FAD7F}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:K78"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="36" customWidth="1"/>
     <col min="2" max="4" width="8.7109375" style="36" customWidth="1"/>
     <col min="5" max="5" width="6.7109375" style="36" customWidth="1"/>
     <col min="6" max="8" width="8.7109375" style="36" customWidth="1"/>
     <col min="9" max="9" width="6.7109375" style="36" customWidth="1"/>
     <col min="10" max="11" width="8.7109375" style="36" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A2" s="45" t="s">
         <v>43</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
       <c r="E2" s="89"/>
       <c r="F2" s="89"/>
     </row>
     <row r="3" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
       <c r="E3" s="89"/>
       <c r="F3" s="89"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A4" s="98"/>
-      <c r="B4" s="111" t="s">
+      <c r="A4" s="96"/>
+      <c r="B4" s="105" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="112"/>
-[...2 lines deleted...]
-      <c r="F4" s="111" t="s">
+      <c r="C4" s="106"/>
+      <c r="D4" s="106"/>
+      <c r="E4" s="107"/>
+      <c r="F4" s="105" t="s">
         <v>18</v>
       </c>
-      <c r="G4" s="112"/>
-[...2 lines deleted...]
-      <c r="J4" s="114" t="s">
+      <c r="G4" s="106"/>
+      <c r="H4" s="106"/>
+      <c r="I4" s="107"/>
+      <c r="J4" s="108" t="s">
         <v>19</v>
       </c>
-      <c r="K4" s="112"/>
+      <c r="K4" s="106"/>
     </row>
     <row r="5" spans="1:11" ht="24" x14ac:dyDescent="0.2">
-      <c r="A5" s="98"/>
-[...3 lines deleted...]
-      <c r="C5" s="100">
+      <c r="A5" s="96"/>
+      <c r="B5" s="103">
         <v>2024</v>
       </c>
-      <c r="D5" s="100" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="103" t="s">
+      <c r="C5" s="97">
+        <v>2025</v>
+      </c>
+      <c r="D5" s="97" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="F5" s="109">
-[...2 lines deleted...]
-      <c r="G5" s="100">
+      <c r="F5" s="103">
         <v>2024</v>
       </c>
-      <c r="H5" s="100" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="103" t="s">
+      <c r="G5" s="97">
+        <v>2025</v>
+      </c>
+      <c r="H5" s="97" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" s="98" t="s">
         <v>51</v>
       </c>
-      <c r="J5" s="104">
-[...2 lines deleted...]
-      <c r="K5" s="105">
+      <c r="J5" s="99">
         <v>2024</v>
+      </c>
+      <c r="K5" s="100">
+        <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="90"/>
       <c r="B6" s="91"/>
       <c r="C6" s="91"/>
       <c r="D6" s="91"/>
       <c r="E6" s="91"/>
       <c r="F6" s="91"/>
       <c r="G6" s="91"/>
       <c r="H6" s="91"/>
       <c r="I6" s="91"/>
       <c r="J6" s="91"/>
       <c r="K6" s="91"/>
     </row>
     <row r="7" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="92" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="21">
-        <v>53407.42</v>
+        <v>57979.95</v>
       </c>
       <c r="C7" s="21">
-        <v>57867.76</v>
+        <v>60502.8</v>
       </c>
       <c r="D7" s="24">
         <v>100</v>
       </c>
       <c r="E7" s="24">
-        <v>8.351536172314642</v>
+        <v>4.3512455598875235</v>
       </c>
       <c r="F7" s="21">
-        <v>24063.759999999998</v>
+        <v>26100.21</v>
       </c>
       <c r="G7" s="21">
-        <v>25783.45</v>
+        <v>27362.35</v>
       </c>
       <c r="H7" s="24">
         <v>100</v>
       </c>
       <c r="I7" s="24">
-        <v>7.1463894254264613</v>
+        <v>4.8357465323075921</v>
       </c>
       <c r="J7" s="21">
-        <v>29343.66</v>
+        <v>31879.739999999998</v>
       </c>
       <c r="K7" s="21">
-        <v>32084.31</v>
+        <v>33140.450000000004</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="92" t="s">
         <v>78</v>
       </c>
       <c r="B8" s="21">
-        <v>7968.77</v>
+        <v>7638.41</v>
       </c>
       <c r="C8" s="21">
-        <v>7963.37</v>
+        <v>7566.13</v>
       </c>
       <c r="D8" s="24">
-        <v>13.761324094798209</v>
+        <v>12.505421236703093</v>
       </c>
       <c r="E8" s="24">
-        <v>-6.7764535806662085E-2</v>
+        <v>-0.94627023163197244</v>
       </c>
       <c r="F8" s="21">
-        <v>2211.13</v>
+        <v>2442.0300000000002</v>
       </c>
       <c r="G8" s="21">
-        <v>2376.3000000000002</v>
+        <v>2538.98</v>
       </c>
       <c r="H8" s="24">
-        <v>9.2163771721782783</v>
+        <v>9.2791006620410901</v>
       </c>
       <c r="I8" s="24">
-        <v>7.4699361864747917</v>
+        <v>3.9700576978988718</v>
       </c>
       <c r="J8" s="21">
-        <v>5757.64</v>
+        <v>5196.3799999999992</v>
       </c>
       <c r="K8" s="21">
-        <v>5587.07</v>
+        <v>5027.1499999999996</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="92" t="s">
         <v>68</v>
       </c>
       <c r="B9" s="21">
-        <v>6216.79</v>
+        <v>6662.82</v>
       </c>
       <c r="C9" s="21">
-        <v>6637.76</v>
+        <v>7098.52</v>
       </c>
       <c r="D9" s="24">
-        <v>11.470566685145581</v>
+        <v>11.732547915137811</v>
       </c>
       <c r="E9" s="24">
-        <v>6.7715010479684894</v>
+        <v>6.5392731606136856</v>
       </c>
       <c r="F9" s="21">
-        <v>1903.65</v>
+        <v>2158.58</v>
       </c>
       <c r="G9" s="21">
-        <v>2200.86</v>
+        <v>2174.0100000000002</v>
       </c>
       <c r="H9" s="24">
-        <v>8.5359406906368225</v>
+        <v>7.9452605496238462</v>
       </c>
       <c r="I9" s="24">
-        <v>15.612638877945001</v>
+        <v>0.71482178098566151</v>
       </c>
       <c r="J9" s="21">
-        <v>4313.1399999999994</v>
+        <v>4504.24</v>
       </c>
       <c r="K9" s="21">
-        <v>4436.8999999999996</v>
+        <v>4924.51</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="92" t="s">
         <v>73</v>
       </c>
       <c r="B10" s="21">
-        <v>6277.7</v>
+        <v>6670.84</v>
       </c>
       <c r="C10" s="21">
-        <v>6546.87</v>
+        <v>6785.38</v>
       </c>
       <c r="D10" s="24">
-        <v>11.313501680382997</v>
+        <v>11.214985091599067</v>
       </c>
       <c r="E10" s="24">
-        <v>4.287716838969688</v>
+        <v>1.7170251422609442</v>
       </c>
       <c r="F10" s="21">
-        <v>1770.51</v>
+        <v>1961.33</v>
       </c>
       <c r="G10" s="21">
-        <v>1973.55</v>
+        <v>2056.31</v>
       </c>
       <c r="H10" s="24">
-        <v>7.6543286488037863</v>
+        <v>7.5151074377748985</v>
       </c>
       <c r="I10" s="24">
-        <v>11.467882135655826</v>
+        <v>4.8426322954321828</v>
       </c>
       <c r="J10" s="21">
-        <v>4507.1899999999996</v>
+        <v>4709.51</v>
       </c>
       <c r="K10" s="21">
-        <v>4573.32</v>
+        <v>4729.07</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="92" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B11" s="21">
-        <v>5021.33</v>
+        <v>5900.4</v>
       </c>
       <c r="C11" s="21">
-        <v>5929.4</v>
+        <v>6228.57</v>
       </c>
       <c r="D11" s="24">
-        <v>10.24646538936361</v>
+        <v>10.294680576766694</v>
       </c>
       <c r="E11" s="24">
-        <v>18.084252578500113</v>
+        <v>5.5618263168598752</v>
       </c>
       <c r="F11" s="21">
-        <v>1594.76</v>
+        <v>4748.07</v>
       </c>
       <c r="G11" s="21">
-        <v>1604.7</v>
+        <v>5073.7</v>
       </c>
       <c r="H11" s="24">
-        <v>6.2237598149200357</v>
+        <v>18.54263248587932</v>
       </c>
       <c r="I11" s="24">
-        <v>0.62329127893852709</v>
+        <v>6.8581549977148635</v>
       </c>
       <c r="J11" s="21">
-        <v>3426.5699999999997</v>
+        <v>1152.33</v>
       </c>
       <c r="K11" s="21">
-        <v>4324.7</v>
+        <v>1154.8699999999999</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="92" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="21">
-        <v>5341.74</v>
+        <v>5634.6</v>
       </c>
       <c r="C12" s="21">
-        <v>5773.89</v>
+        <v>6045.73</v>
       </c>
       <c r="D12" s="24">
-        <v>9.9777319875523087</v>
+        <v>9.9924796868905226</v>
       </c>
       <c r="E12" s="24">
-        <v>8.0900605420705727</v>
+        <v>7.2965250417065839</v>
       </c>
       <c r="F12" s="21">
-        <v>4284.45</v>
+        <v>1599.31</v>
       </c>
       <c r="G12" s="21">
-        <v>4714.6099999999997</v>
+        <v>1596.62</v>
       </c>
       <c r="H12" s="24">
-        <v>18.285411766074748</v>
+        <v>5.835098228039624</v>
       </c>
       <c r="I12" s="24">
-        <v>10.040028475066809</v>
+        <v>-0.16819753518705285</v>
       </c>
       <c r="J12" s="21">
-        <v>1057.29</v>
+        <v>4035.2900000000004</v>
       </c>
       <c r="K12" s="21">
-        <v>1059.2800000000007</v>
+        <v>4449.1099999999997</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="92" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="21">
-        <v>2404.81</v>
+        <v>2656.02</v>
       </c>
       <c r="C13" s="21">
-        <v>3018.86</v>
+        <v>2852.47</v>
       </c>
       <c r="D13" s="24">
-        <v>5.2168253963865201</v>
+        <v>4.7146082495355586</v>
       </c>
       <c r="E13" s="24">
-        <v>25.534241790411727</v>
+        <v>7.3964051475515937</v>
       </c>
       <c r="F13" s="21">
-        <v>1109.33</v>
+        <v>1421.56</v>
       </c>
       <c r="G13" s="21">
-        <v>1390.41</v>
+        <v>1401.27</v>
       </c>
       <c r="H13" s="24">
-        <v>5.3926452821480444</v>
+        <v>5.1211610113897379</v>
       </c>
       <c r="I13" s="24">
-        <v>25.337816519881386</v>
+        <v>-1.4273052139902618</v>
       </c>
       <c r="J13" s="21">
-        <v>1295.48</v>
+        <v>1234.46</v>
       </c>
       <c r="K13" s="21">
-        <v>1628.45</v>
+        <v>1451.1999999999998</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="92" t="s">
         <v>74</v>
       </c>
       <c r="B14" s="21">
-        <v>2323.9</v>
+        <v>2720.47</v>
       </c>
       <c r="C14" s="21">
-        <v>2701.69</v>
+        <v>2840.42</v>
       </c>
       <c r="D14" s="24">
-        <v>4.668730913379056</v>
+        <v>4.6946918159159567</v>
       </c>
       <c r="E14" s="24">
-        <v>16.256723611170877</v>
+        <v>4.4091645928828571</v>
       </c>
       <c r="F14" s="21">
-        <v>1488.24</v>
+        <v>1561.76</v>
       </c>
       <c r="G14" s="21">
-        <v>1592.57</v>
+        <v>1782.86</v>
       </c>
       <c r="H14" s="24">
-        <v>6.1767141325152366</v>
+        <v>6.5157415207392644</v>
       </c>
       <c r="I14" s="24">
-        <v>7.0102940385959194</v>
+        <v>14.157104804835566</v>
       </c>
       <c r="J14" s="21">
-        <v>835.66000000000008</v>
+        <v>1158.7099999999998</v>
       </c>
       <c r="K14" s="21">
-        <v>1109.1200000000001</v>
+        <v>1057.5600000000002</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="92" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="21">
-        <v>2311.8200000000002</v>
+        <v>2468.58</v>
       </c>
       <c r="C15" s="21">
-        <v>2191.8000000000002</v>
+        <v>2561.4699999999998</v>
       </c>
       <c r="D15" s="24">
-        <v>3.7876012480870176</v>
+        <v>4.2336387737427028</v>
       </c>
       <c r="E15" s="24">
-        <v>-5.191580659393896</v>
+        <v>3.7628920269952717</v>
       </c>
       <c r="F15" s="21">
-        <v>854.73</v>
+        <v>863.18</v>
       </c>
       <c r="G15" s="21">
-        <v>850.47</v>
+        <v>782.31</v>
       </c>
       <c r="H15" s="24">
-        <v>3.2985112543123591</v>
+        <v>2.859074604337712</v>
       </c>
       <c r="I15" s="24">
-        <v>-0.49840300445754698</v>
+        <v>-9.3688454320072303</v>
       </c>
       <c r="J15" s="21">
-        <v>1457.0900000000001</v>
+        <v>1605.4</v>
       </c>
       <c r="K15" s="21">
-        <v>1341.3300000000002</v>
+        <v>1779.1599999999999</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="92" t="s">
         <v>79</v>
       </c>
       <c r="B16" s="21">
-        <v>2004.23</v>
+        <v>2195.27</v>
       </c>
       <c r="C16" s="21">
-        <v>2164.65</v>
+        <v>2279.13</v>
       </c>
       <c r="D16" s="24">
-        <v>3.7406839317782477</v>
+        <v>3.7669826850988715</v>
       </c>
       <c r="E16" s="24">
-        <v>8.0040713890122426</v>
+        <v>3.8200312490035451</v>
       </c>
       <c r="F16" s="21">
-        <v>505.22</v>
+        <v>717.29</v>
       </c>
       <c r="G16" s="21">
-        <v>616.45000000000005</v>
+        <v>722.61</v>
       </c>
       <c r="H16" s="24">
-        <v>2.3908747665653745</v>
+        <v>2.6408915900863783</v>
       </c>
       <c r="I16" s="24">
-        <v>22.016151379597009</v>
+        <v>0.7416804918512806</v>
       </c>
       <c r="J16" s="21">
-        <v>1499.01</v>
+        <v>1477.98</v>
       </c>
       <c r="K16" s="21">
-        <v>1548.2</v>
+        <v>1556.52</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="92" t="s">
         <v>69</v>
       </c>
       <c r="B17" s="21">
-        <v>1310.8</v>
+        <v>1480.12</v>
       </c>
       <c r="C17" s="21">
-        <v>1450.46</v>
+        <v>1554.16</v>
       </c>
       <c r="D17" s="24">
-        <v>2.5065079415550211</v>
+        <v>2.5687406202688141</v>
       </c>
       <c r="E17" s="24">
-        <v>10.65456209948124</v>
+        <v>5.0022971110450634</v>
       </c>
       <c r="F17" s="21">
-        <v>511.56</v>
+        <v>569.59</v>
       </c>
       <c r="G17" s="21">
-        <v>577.65</v>
+        <v>616.07000000000005</v>
       </c>
       <c r="H17" s="24">
-        <v>2.2403906381806933</v>
+        <v>2.2515244487406969</v>
       </c>
       <c r="I17" s="24">
-        <v>12.919305653295796</v>
+        <v>8.160255622465284</v>
       </c>
       <c r="J17" s="21">
-        <v>799.24</v>
+        <v>910.52999999999986</v>
       </c>
       <c r="K17" s="21">
-        <v>872.81000000000006</v>
+        <v>938.09</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="92" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="B18" s="21">
-        <v>1240.1199999999999</v>
+        <v>1421.77</v>
       </c>
       <c r="C18" s="21">
-        <v>1427.47</v>
+        <v>1434.43</v>
       </c>
       <c r="D18" s="24">
-        <v>2.4667794295130827</v>
+        <v>2.3708489524451761</v>
       </c>
       <c r="E18" s="24">
-        <v>15.107408960423196</v>
+        <v>0.89043938189721838</v>
       </c>
       <c r="F18" s="21">
-        <v>158.36000000000001</v>
+        <v>895.39</v>
       </c>
       <c r="G18" s="21">
-        <v>178.78</v>
+        <v>882.78</v>
       </c>
       <c r="H18" s="24">
-        <v>0.69339052764467124</v>
+        <v>3.2262579785727468</v>
       </c>
       <c r="I18" s="24">
-        <v>12.894670371305878</v>
+        <v>-1.4083248640257333</v>
       </c>
       <c r="J18" s="21">
-        <v>1081.7599999999998</v>
+        <v>526.38</v>
       </c>
       <c r="K18" s="21">
-        <v>1248.69</v>
+        <v>551.65000000000009</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="92" t="s">
-        <v>75</v>
+        <v>16</v>
       </c>
       <c r="B19" s="21">
-        <v>1209.1400000000001</v>
+        <v>1532.8</v>
       </c>
       <c r="C19" s="21">
-        <v>1323.14</v>
+        <v>1404.17</v>
       </c>
       <c r="D19" s="24">
-        <v>2.2864890571191974</v>
+        <v>2.3208347382269912</v>
       </c>
       <c r="E19" s="24">
-        <v>9.4281886299353239</v>
+        <v>-8.3918319415448774</v>
       </c>
       <c r="F19" s="21">
-        <v>779.83</v>
+        <v>140.19999999999999</v>
       </c>
       <c r="G19" s="21">
-        <v>775.01</v>
+        <v>138.1</v>
       </c>
       <c r="H19" s="24">
-        <v>3.0058428953456575</v>
+        <v>0.50470811169362284</v>
       </c>
       <c r="I19" s="24">
-        <v>-0.61808342843953812</v>
+        <v>-1.4978601997146894</v>
       </c>
       <c r="J19" s="21">
-        <v>429.31000000000006</v>
+        <v>1392.6</v>
       </c>
       <c r="K19" s="21">
-        <v>548.13000000000011</v>
+        <v>1266.0700000000002</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="92" t="s">
         <v>87</v>
       </c>
       <c r="B20" s="21">
-        <v>823.04</v>
+        <v>939.29</v>
       </c>
       <c r="C20" s="21">
-        <v>893.83</v>
+        <v>988.47</v>
       </c>
       <c r="D20" s="24">
-        <v>1.5446079129380503</v>
+        <v>1.6337590987524544</v>
       </c>
       <c r="E20" s="24">
-        <v>8.6010400466563084</v>
+        <v>5.2358696462221532</v>
       </c>
       <c r="F20" s="21">
-        <v>287.01</v>
+        <v>203.75</v>
       </c>
       <c r="G20" s="21">
-        <v>203.16</v>
+        <v>236.01</v>
       </c>
       <c r="H20" s="24">
-        <v>0.78794730728432383</v>
+        <v>0.8625355643795215</v>
       </c>
       <c r="I20" s="24">
-        <v>-29.215009929967593</v>
+        <v>15.833128834355822</v>
       </c>
       <c r="J20" s="21">
-        <v>536.03</v>
+        <v>735.54</v>
       </c>
       <c r="K20" s="21">
-        <v>690.67000000000007</v>
+        <v>752.46</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="92" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="21">
-        <v>706.36</v>
+        <v>784.31</v>
       </c>
       <c r="C21" s="21">
-        <v>774.16</v>
+        <v>795.48</v>
       </c>
       <c r="D21" s="24">
-        <v>1.3378088248102225</v>
+        <v>1.314782125785914</v>
       </c>
       <c r="E21" s="24">
-        <v>9.598505011608804</v>
+        <v>1.4241817648633925</v>
       </c>
       <c r="F21" s="21">
-        <v>414.68</v>
+        <v>437.76</v>
       </c>
       <c r="G21" s="21">
-        <v>405.64</v>
+        <v>478.17</v>
       </c>
       <c r="H21" s="24">
-        <v>1.5732572638649986</v>
+        <v>1.7475472684181002</v>
       </c>
       <c r="I21" s="24">
-        <v>-2.1799942124047509</v>
+        <v>9.2310855263157947</v>
       </c>
       <c r="J21" s="21">
-        <v>291.68</v>
+        <v>346.54999999999995</v>
       </c>
       <c r="K21" s="21">
-        <v>368.52</v>
+        <v>317.31</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="92" t="s">
         <v>114</v>
       </c>
       <c r="B22" s="21">
-        <v>451.74</v>
+        <v>573.03</v>
       </c>
       <c r="C22" s="21">
-        <v>548.69000000000005</v>
+        <v>726.25</v>
       </c>
       <c r="D22" s="24">
-        <v>0.94817908970383524</v>
+        <v>1.2003576693971187</v>
       </c>
       <c r="E22" s="24">
-        <v>21.461460131934306</v>
+        <v>26.738565171107975</v>
       </c>
       <c r="F22" s="21">
-        <v>145.84</v>
+        <v>127.07</v>
       </c>
       <c r="G22" s="21">
-        <v>126.71</v>
+        <v>172.43</v>
       </c>
       <c r="H22" s="24">
-        <v>0.49143927596966269</v>
+        <v>0.63017248153027805</v>
       </c>
       <c r="I22" s="24">
-        <v>-13.117114646187607</v>
+        <v>35.696859998426078</v>
       </c>
       <c r="J22" s="21">
-        <v>305.89999999999998</v>
+        <v>445.96</v>
       </c>
       <c r="K22" s="21">
-        <v>421.98000000000008</v>
+        <v>553.81999999999994</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="92" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="B23" s="21">
-        <v>474.48</v>
+        <v>462.46</v>
       </c>
       <c r="C23" s="21">
-        <v>534.62</v>
+        <v>556.29</v>
       </c>
       <c r="D23" s="24">
-        <v>0.92386503296481504</v>
+        <v>0.91944505047700265</v>
       </c>
       <c r="E23" s="24">
-        <v>12.674928342606639</v>
+        <v>20.289322319768193</v>
       </c>
       <c r="F23" s="21">
-        <v>107.61</v>
+        <v>183</v>
       </c>
       <c r="G23" s="21">
-        <v>119.34</v>
+        <v>191.52</v>
       </c>
       <c r="H23" s="24">
-        <v>0.46285504849040765</v>
+        <v>0.69993988089473314</v>
       </c>
       <c r="I23" s="24">
-        <v>10.900473933649293</v>
+        <v>4.6557377049180388</v>
       </c>
       <c r="J23" s="21">
-        <v>366.87</v>
+        <v>279.45999999999998</v>
       </c>
       <c r="K23" s="21">
-        <v>415.28</v>
+        <v>364.77</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="92" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="B24" s="21">
-        <v>442.72</v>
+        <v>556.48</v>
       </c>
       <c r="C24" s="21">
-        <v>465.37</v>
+        <v>541.57000000000005</v>
       </c>
       <c r="D24" s="24">
-        <v>0.80419563501334768</v>
+        <v>0.8951155979557972</v>
       </c>
       <c r="E24" s="24">
-        <v>5.1161004698229071</v>
+        <v>-2.6793415756181655</v>
       </c>
       <c r="F24" s="21">
-        <v>190.76</v>
+        <v>119.96</v>
       </c>
       <c r="G24" s="21">
-        <v>182.98</v>
+        <v>144.03</v>
       </c>
       <c r="H24" s="24">
-        <v>0.70968004669662121</v>
+        <v>0.52638022684455099</v>
       </c>
       <c r="I24" s="24">
-        <v>-4.0784231495072349</v>
+        <v>20.065021673891302</v>
       </c>
       <c r="J24" s="21">
-        <v>251.96000000000004</v>
+        <v>436.52000000000004</v>
       </c>
       <c r="K24" s="21">
-        <v>282.39</v>
+        <v>397.54000000000008</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="92" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="21">
-        <v>394.86</v>
+        <v>440.99</v>
       </c>
       <c r="C25" s="21">
-        <v>419.54</v>
+        <v>452.72</v>
       </c>
       <c r="D25" s="24">
-        <v>0.72499782262178458</v>
+        <v>0.74826289031251447</v>
       </c>
       <c r="E25" s="24">
-        <v>6.2503165678974852</v>
+        <v>2.6599242613211223</v>
       </c>
       <c r="F25" s="21">
-        <v>93.19</v>
+        <v>109.82</v>
       </c>
       <c r="G25" s="21">
-        <v>109.63</v>
+        <v>113.48</v>
       </c>
       <c r="H25" s="24">
-        <v>0.42519523182506608</v>
+        <v>0.41473045992029201</v>
       </c>
       <c r="I25" s="24">
-        <v>17.641377830239293</v>
+        <v>3.3327262793662458</v>
       </c>
       <c r="J25" s="21">
-        <v>301.67</v>
+        <v>331.17</v>
       </c>
       <c r="K25" s="21">
-        <v>309.91000000000003</v>
+        <v>339.24</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="92" t="s">
         <v>97</v>
       </c>
       <c r="B26" s="21">
-        <v>403.94</v>
+        <v>382.93</v>
       </c>
       <c r="C26" s="21">
-        <v>383.26</v>
+        <v>437.15</v>
       </c>
       <c r="D26" s="24">
-        <v>0.66230315464085698</v>
+        <v>0.72252854413349454</v>
       </c>
       <c r="E26" s="24">
-        <v>-5.119572213695105</v>
+        <v>14.159245815162032</v>
       </c>
       <c r="F26" s="21">
-        <v>66.819999999999993</v>
+        <v>89.39</v>
       </c>
       <c r="G26" s="21">
-        <v>88.97</v>
+        <v>80.37</v>
       </c>
       <c r="H26" s="24">
-        <v>0.34506631191714066</v>
+        <v>0.29372477144689696</v>
       </c>
       <c r="I26" s="24">
-        <v>33.148757856929073</v>
+        <v>-10.090614162658012</v>
       </c>
       <c r="J26" s="21">
-        <v>337.12</v>
+        <v>293.54000000000002</v>
       </c>
       <c r="K26" s="21">
-        <v>294.28999999999996</v>
+        <v>356.78</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="92" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B27" s="21">
-        <v>306.16000000000003</v>
+        <v>330.85</v>
       </c>
       <c r="C27" s="21">
-        <v>341.16</v>
+        <v>389.55</v>
       </c>
       <c r="D27" s="24">
-        <v>0.58955107299816001</v>
+        <v>0.64385449929590033</v>
       </c>
       <c r="E27" s="24">
-        <v>11.431931016461979</v>
+        <v>17.742179235303002</v>
       </c>
       <c r="F27" s="21">
-        <v>30.34</v>
+        <v>163.68</v>
       </c>
       <c r="G27" s="21">
-        <v>28.34</v>
+        <v>108.91</v>
       </c>
       <c r="H27" s="24">
-        <v>0.10991546903149113</v>
+        <v>0.39802867809234216</v>
       </c>
       <c r="I27" s="24">
-        <v>-6.5919578114700066</v>
+        <v>-33.461632453567944</v>
       </c>
       <c r="J27" s="21">
-        <v>275.82000000000005</v>
+        <v>167.17000000000002</v>
       </c>
       <c r="K27" s="21">
-        <v>312.82000000000005</v>
+        <v>280.64</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="92" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B28" s="21">
-        <v>288.2</v>
+        <v>353</v>
       </c>
       <c r="C28" s="21">
-        <v>330.29</v>
+        <v>340.46</v>
       </c>
       <c r="D28" s="24">
-        <v>0.57076686569516433</v>
+        <v>0.56271775851696115</v>
       </c>
       <c r="E28" s="24">
-        <v>14.604441360166561</v>
+        <v>-3.5524079320113375</v>
       </c>
       <c r="F28" s="21">
-        <v>75.760000000000005</v>
+        <v>28.44</v>
       </c>
       <c r="G28" s="21">
-        <v>134.44</v>
+        <v>25.26</v>
       </c>
       <c r="H28" s="24">
-        <v>0.52141974793908497</v>
+        <v>9.2316632160614878E-2</v>
       </c>
       <c r="I28" s="24">
-        <v>77.455121436114027</v>
+        <v>-11.181434599156116</v>
       </c>
       <c r="J28" s="21">
-        <v>212.44</v>
+        <v>324.56</v>
       </c>
       <c r="K28" s="21">
-        <v>195.85000000000002</v>
+        <v>315.2</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="92" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="B29" s="21">
-        <v>239.2</v>
+        <v>220.75</v>
       </c>
       <c r="C29" s="21">
-        <v>278.16000000000003</v>
+        <v>272.20999999999998</v>
       </c>
       <c r="D29" s="24">
-        <v>0.48068216222642801</v>
+        <v>0.44991306187482222</v>
       </c>
       <c r="E29" s="24">
-        <v>16.287625418060216</v>
+        <v>23.311438278595688</v>
       </c>
       <c r="F29" s="21">
-        <v>33.409999999999997</v>
+        <v>275.66000000000003</v>
       </c>
       <c r="G29" s="21">
-        <v>30.35</v>
+        <v>359.22</v>
       </c>
       <c r="H29" s="24">
-        <v>0.11771116743492434</v>
+        <v>1.3128258355002405</v>
       </c>
       <c r="I29" s="24">
-        <v>-9.1589344507632315</v>
+        <v>30.312704055720811</v>
       </c>
       <c r="J29" s="21">
-        <v>205.79</v>
+        <v>-54.910000000000025</v>
       </c>
       <c r="K29" s="21">
-        <v>247.81000000000003</v>
+        <v>-87.010000000000048</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="92" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="B30" s="21">
-        <v>239.51</v>
+        <v>261.48</v>
       </c>
       <c r="C30" s="21">
-        <v>241.42</v>
+        <v>268.25</v>
       </c>
       <c r="D30" s="24">
-        <v>0.41719257838907187</v>
+        <v>0.44336791024547617</v>
       </c>
       <c r="E30" s="24">
-        <v>0.7974614838628854</v>
+        <v>2.5891081535872651</v>
       </c>
       <c r="F30" s="21">
-        <v>836.46</v>
+        <v>272.8</v>
       </c>
       <c r="G30" s="21">
-        <v>763</v>
+        <v>313.44</v>
       </c>
       <c r="H30" s="24">
-        <v>2.9592626277709151</v>
+        <v>1.1455156446723327</v>
       </c>
       <c r="I30" s="24">
-        <v>-8.7822490017454555</v>
+        <v>14.897360703812312</v>
       </c>
       <c r="J30" s="21">
-        <v>-596.95000000000005</v>
+        <v>-11.319999999999993</v>
       </c>
       <c r="K30" s="21">
-        <v>-521.58000000000004</v>
+        <v>-45.19</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="92" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="B31" s="21">
-        <v>176.22</v>
+        <v>240.65</v>
       </c>
       <c r="C31" s="21">
-        <v>218.35</v>
+        <v>261.64999999999998</v>
       </c>
       <c r="D31" s="24">
-        <v>0.37732582011123289</v>
+        <v>0.43245932419656608</v>
       </c>
       <c r="E31" s="24">
-        <v>23.907615480649184</v>
+        <v>8.7263660918346027</v>
       </c>
       <c r="F31" s="21">
-        <v>252.24</v>
+        <v>769.49</v>
       </c>
       <c r="G31" s="21">
-        <v>259.57</v>
+        <v>918.65</v>
       </c>
       <c r="H31" s="24">
-        <v>1.0067310619796808</v>
+        <v>3.3573505199663041</v>
       </c>
       <c r="I31" s="24">
-        <v>2.9059625753250806</v>
+        <v>19.38426750185187</v>
       </c>
       <c r="J31" s="21">
-        <v>-76.02000000000001</v>
+        <v>-528.84</v>
       </c>
       <c r="K31" s="21">
-        <v>-41.22</v>
+        <v>-657</v>
       </c>
     </row>
     <row r="32" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="92" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="B32" s="21">
-        <v>179.19</v>
+        <v>262.57</v>
       </c>
       <c r="C32" s="21">
-        <v>199.28</v>
+        <v>247.24</v>
       </c>
       <c r="D32" s="24">
-        <v>0.34437137362842452</v>
+        <v>0.40864224465644566</v>
       </c>
       <c r="E32" s="24">
-        <v>11.211563145264805</v>
+        <v>-5.8384430818448347</v>
       </c>
       <c r="F32" s="21">
-        <v>75.75</v>
+        <v>29.85</v>
       </c>
       <c r="G32" s="21">
-        <v>72.36</v>
+        <v>40.200000000000003</v>
       </c>
       <c r="H32" s="24">
-        <v>0.28064514252359557</v>
+        <v>0.14691720557627547</v>
       </c>
       <c r="I32" s="24">
-        <v>-4.4752475247524757</v>
+        <v>34.673366834170864</v>
       </c>
       <c r="J32" s="21">
-        <v>103.44</v>
+        <v>232.72</v>
       </c>
       <c r="K32" s="21">
-        <v>126.92</v>
+        <v>207.04000000000002</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="92" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B33" s="21">
-        <v>142.72</v>
+        <v>211.44</v>
       </c>
       <c r="C33" s="21">
-        <v>180.9</v>
+        <v>225.53</v>
       </c>
       <c r="D33" s="24">
-        <v>0.3126093009302589</v>
+        <v>0.37275960781980338</v>
       </c>
       <c r="E33" s="24">
-        <v>26.751681614349781</v>
+        <v>6.6638289822171792</v>
       </c>
       <c r="F33" s="21">
-        <v>50.45</v>
+        <v>72.34</v>
       </c>
       <c r="G33" s="21">
-        <v>53.56</v>
+        <v>62.61</v>
       </c>
       <c r="H33" s="24">
-        <v>0.2077301524815337</v>
+        <v>0.22881806569976629</v>
       </c>
       <c r="I33" s="24">
-        <v>6.1645193260654096</v>
+        <v>-13.450373237489638</v>
       </c>
       <c r="J33" s="21">
-        <v>92.27</v>
+        <v>139.1</v>
       </c>
       <c r="K33" s="21">
-        <v>127.34</v>
+        <v>162.92000000000002</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="92" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="B34" s="21">
-        <v>140.19999999999999</v>
+        <v>152.46</v>
       </c>
       <c r="C34" s="21">
-        <v>161.08000000000001</v>
+        <v>202.93</v>
       </c>
       <c r="D34" s="24">
-        <v>0.27835879598588231</v>
+        <v>0.33540596468262629</v>
       </c>
       <c r="E34" s="24">
-        <v>14.893009985734684</v>
+        <v>33.103764921946741</v>
       </c>
       <c r="F34" s="21">
-        <v>256.14999999999998</v>
+        <v>254.48</v>
       </c>
       <c r="G34" s="21">
-        <v>272.83999999999997</v>
+        <v>285.26</v>
       </c>
       <c r="H34" s="24">
-        <v>1.0581981852700084</v>
+        <v>1.0425274144947345</v>
       </c>
       <c r="I34" s="24">
-        <v>6.5157134491508879</v>
+        <v>12.095253065073877</v>
       </c>
       <c r="J34" s="21">
-        <v>-115.94999999999999</v>
+        <v>-102.01999999999998</v>
       </c>
       <c r="K34" s="21">
-        <v>-111.75999999999996</v>
+        <v>-82.329999999999984</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="92" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
       <c r="B35" s="21">
-        <v>123.56</v>
+        <v>178.9</v>
       </c>
       <c r="C35" s="21">
-        <v>149.91999999999999</v>
+        <v>189.81</v>
       </c>
       <c r="D35" s="24">
-        <v>0.25907344607774691</v>
+        <v>0.31372101787024731</v>
       </c>
       <c r="E35" s="24">
-        <v>21.333764972482992</v>
+        <v>6.0983789826718819</v>
       </c>
       <c r="F35" s="21">
-        <v>209.47</v>
+        <v>57.51</v>
       </c>
       <c r="G35" s="21">
-        <v>255.3</v>
+        <v>59.64</v>
       </c>
       <c r="H35" s="24">
-        <v>0.99017005094353161</v>
+        <v>0.21796373484002657</v>
       </c>
       <c r="I35" s="24">
-        <v>21.879028023105938</v>
+        <v>3.7037037037037082</v>
       </c>
       <c r="J35" s="21">
-        <v>-85.91</v>
+        <v>121.39000000000001</v>
       </c>
       <c r="K35" s="21">
-        <v>-105.38000000000002</v>
+        <v>130.17000000000002</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="92" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="B36" s="21">
-        <v>84.1</v>
+        <v>131.30000000000001</v>
       </c>
       <c r="C36" s="21">
-        <v>149.6</v>
+        <v>175.07</v>
       </c>
       <c r="D36" s="24">
-        <v>0.25852046113414445</v>
+        <v>0.28935850902768134</v>
       </c>
       <c r="E36" s="24">
-        <v>77.883472057074925</v>
+        <v>33.335872048743319</v>
       </c>
       <c r="F36" s="21">
-        <v>17.63</v>
+        <v>94.35</v>
       </c>
       <c r="G36" s="21">
-        <v>9.41</v>
+        <v>101.63</v>
       </c>
       <c r="H36" s="24">
-        <v>3.6496279590202241E-2</v>
+        <v>0.37142277618698682</v>
       </c>
       <c r="I36" s="24">
-        <v>-46.625070901871808</v>
+        <v>7.7159512453630121</v>
       </c>
       <c r="J36" s="21">
-        <v>66.47</v>
+        <v>36.950000000000017</v>
       </c>
       <c r="K36" s="21">
-        <v>140.19</v>
+        <v>73.44</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="92" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B37" s="21">
-        <v>111.07</v>
+        <v>115.91</v>
       </c>
       <c r="C37" s="21">
-        <v>143.15</v>
+        <v>166.48</v>
       </c>
       <c r="D37" s="24">
-        <v>0.24737435836465765</v>
+        <v>0.27516081900341799</v>
       </c>
       <c r="E37" s="24">
-        <v>28.882686594039807</v>
+        <v>43.628677422137862</v>
       </c>
       <c r="F37" s="21">
-        <v>211.01</v>
+        <v>133.37</v>
       </c>
       <c r="G37" s="21">
-        <v>199.01</v>
+        <v>134.02000000000001</v>
       </c>
       <c r="H37" s="24">
-        <v>0.77185171107823036</v>
+        <v>0.48979711172468748</v>
       </c>
       <c r="I37" s="24">
-        <v>-5.6869342685180797</v>
+        <v>0.48736597435705609</v>
       </c>
       <c r="J37" s="21">
-        <v>-99.94</v>
+        <v>-17.460000000000008</v>
       </c>
       <c r="K37" s="21">
-        <v>-55.859999999999985</v>
+        <v>32.45999999999998</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="92" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="B38" s="21">
-        <v>136.19999999999999</v>
+        <v>157.22</v>
       </c>
       <c r="C38" s="21">
-        <v>131.4</v>
+        <v>152.68</v>
       </c>
       <c r="D38" s="24">
-        <v>0.22706944246675523</v>
+        <v>0.25235195726478776</v>
       </c>
       <c r="E38" s="24">
-        <v>-3.5242290748898557</v>
+        <v>-2.8876733240045747</v>
       </c>
       <c r="F38" s="21">
-        <v>89.04</v>
+        <v>199.03</v>
       </c>
       <c r="G38" s="21">
-        <v>91.78</v>
+        <v>199.65</v>
       </c>
       <c r="H38" s="24">
-        <v>0.3559647758542786</v>
+        <v>0.72965224112695004</v>
       </c>
       <c r="I38" s="24">
-        <v>3.0772686433063732</v>
+        <v>0.31151082751344245</v>
       </c>
       <c r="J38" s="21">
-        <v>47.159999999999982</v>
+        <v>-41.81</v>
       </c>
       <c r="K38" s="21">
-        <v>39.620000000000005</v>
+        <v>-46.97</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="92" t="s">
         <v>106</v>
       </c>
       <c r="B39" s="21">
-        <v>130.36000000000001</v>
+        <v>125.4</v>
       </c>
       <c r="C39" s="21">
-        <v>124.82</v>
+        <v>152.55000000000001</v>
       </c>
       <c r="D39" s="24">
-        <v>0.2156986895639299</v>
+        <v>0.25213709117594557</v>
       </c>
       <c r="E39" s="24">
-        <v>-4.2497698680577018</v>
+        <v>21.650717703349287</v>
       </c>
       <c r="F39" s="21">
-        <v>63.74</v>
+        <v>82.4</v>
       </c>
       <c r="G39" s="21">
-        <v>85.37</v>
+        <v>123.18</v>
       </c>
       <c r="H39" s="24">
-        <v>0.33110386701546923</v>
+        <v>0.45018063141506487</v>
       </c>
       <c r="I39" s="24">
-        <v>33.934734860370256</v>
+        <v>49.490291262135919</v>
       </c>
       <c r="J39" s="21">
-        <v>66.62</v>
+        <v>43</v>
       </c>
       <c r="K39" s="21">
-        <v>39.449999999999989</v>
+        <v>29.370000000000005</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="92" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B40" s="21">
-        <v>109.29</v>
+        <v>121.37</v>
       </c>
       <c r="C40" s="21">
-        <v>118.79</v>
+        <v>143.81</v>
       </c>
       <c r="D40" s="24">
-        <v>0.20527837953292125</v>
+        <v>0.23769147874147972</v>
       </c>
       <c r="E40" s="24">
-        <v>8.6924695763564817</v>
+        <v>18.488918184065252</v>
       </c>
       <c r="F40" s="21">
-        <v>50.43</v>
+        <v>49.49</v>
       </c>
       <c r="G40" s="21">
-        <v>49.93</v>
+        <v>59.72</v>
       </c>
       <c r="H40" s="24">
-        <v>0.19365135387234833</v>
+        <v>0.21825610738843704</v>
       </c>
       <c r="I40" s="24">
-        <v>-0.99147332936744015</v>
+        <v>20.670842594463519</v>
       </c>
       <c r="J40" s="21">
-        <v>58.860000000000007</v>
+        <v>71.88</v>
       </c>
       <c r="K40" s="21">
-        <v>68.860000000000014</v>
+        <v>84.09</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="92" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="B41" s="21">
-        <v>87.22</v>
+        <v>116.37</v>
       </c>
       <c r="C41" s="21">
-        <v>117.22</v>
+        <v>142.83000000000001</v>
       </c>
       <c r="D41" s="24">
-        <v>0.20256529715337174</v>
+        <v>0.23607171899482338</v>
       </c>
       <c r="E41" s="24">
-        <v>34.395780784223803</v>
+        <v>22.737819025522047</v>
       </c>
       <c r="F41" s="21">
-        <v>138.78</v>
+        <v>142.01</v>
       </c>
       <c r="G41" s="21">
-        <v>131.49</v>
+        <v>205.59</v>
       </c>
       <c r="H41" s="24">
-        <v>0.50997830003354871</v>
+        <v>0.75136090284642953</v>
       </c>
       <c r="I41" s="24">
-        <v>-5.2529182879377379</v>
+        <v>44.771494965143312</v>
       </c>
       <c r="J41" s="21">
-        <v>-51.56</v>
+        <v>-25.639999999999986</v>
       </c>
       <c r="K41" s="21">
-        <v>-14.27000000000001</v>
+        <v>-62.759999999999991</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="92" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="B42" s="21">
-        <v>102.02</v>
+        <v>104.62</v>
       </c>
       <c r="C42" s="21">
-        <v>114.43</v>
+        <v>133.35</v>
       </c>
       <c r="D42" s="24">
-        <v>0.19774395967633793</v>
+        <v>0.22040302267002515</v>
       </c>
       <c r="E42" s="24">
-        <v>12.164281513428749</v>
+        <v>27.461288472567375</v>
       </c>
       <c r="F42" s="21">
-        <v>140.36000000000001</v>
+        <v>93.03</v>
       </c>
       <c r="G42" s="21">
-        <v>142.05000000000001</v>
+        <v>65.739999999999995</v>
       </c>
       <c r="H42" s="24">
-        <v>0.55093480507845149</v>
+        <v>0.24025714165632706</v>
       </c>
       <c r="I42" s="24">
-        <v>1.2040467369620957</v>
+        <v>-29.334623239815123</v>
       </c>
       <c r="J42" s="21">
-        <v>-38.340000000000018</v>
+        <v>11.590000000000003</v>
       </c>
       <c r="K42" s="21">
-        <v>-27.620000000000005</v>
+        <v>67.61</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="92" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B43" s="21">
-        <v>101.01</v>
+        <v>153.16999999999999</v>
       </c>
       <c r="C43" s="21">
-        <v>113.92</v>
+        <v>127.95</v>
       </c>
       <c r="D43" s="24">
-        <v>0.19686263992247152</v>
+        <v>0.21147781590273507</v>
       </c>
       <c r="E43" s="24">
-        <v>12.780912780912775</v>
+        <v>-16.465365280407383</v>
       </c>
       <c r="F43" s="21">
-        <v>111.25</v>
+        <v>9.41</v>
       </c>
       <c r="G43" s="21">
-        <v>137.22999999999999</v>
+        <v>13.21</v>
       </c>
       <c r="H43" s="24">
-        <v>0.5322406427378803</v>
+        <v>4.8278017056283547E-2</v>
       </c>
       <c r="I43" s="24">
-        <v>23.352808988764036</v>
+        <v>40.382571732199793</v>
       </c>
       <c r="J43" s="21">
-        <v>-10.239999999999995</v>
+        <v>143.76</v>
       </c>
       <c r="K43" s="21">
-        <v>-23.309999999999988</v>
+        <v>114.74000000000001</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="92" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="B44" s="21">
-        <v>110.45</v>
+        <v>102.98</v>
       </c>
       <c r="C44" s="21">
-        <v>106.24</v>
+        <v>123.13</v>
       </c>
       <c r="D44" s="24">
-        <v>0.18359100127601274</v>
+        <v>0.20351124245489463</v>
       </c>
       <c r="E44" s="24">
-        <v>-3.8116794929832576</v>
+        <v>19.566906195377733</v>
       </c>
       <c r="F44" s="21">
-        <v>115.83</v>
+        <v>25.01</v>
       </c>
       <c r="G44" s="21">
-        <v>109.64</v>
+        <v>15.14</v>
       </c>
       <c r="H44" s="24">
-        <v>0.42523401639423741</v>
+        <v>5.5331504786686823E-2</v>
       </c>
       <c r="I44" s="24">
-        <v>-5.3440386773720086</v>
+        <v>-39.464214314274294</v>
       </c>
       <c r="J44" s="21">
-        <v>-5.3799999999999955</v>
+        <v>77.97</v>
       </c>
       <c r="K44" s="21">
-        <v>-3.4000000000000057</v>
+        <v>107.99</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="92" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="B45" s="21">
-        <v>82.74</v>
+        <v>110.78</v>
       </c>
       <c r="C45" s="21">
-        <v>106.17</v>
+        <v>120.65</v>
       </c>
       <c r="D45" s="24">
-        <v>0.18347003581959972</v>
+        <v>0.19941225860621326</v>
       </c>
       <c r="E45" s="24">
-        <v>28.317621464829596</v>
+        <v>8.9095504603719125</v>
       </c>
       <c r="F45" s="21">
-        <v>57.97</v>
+        <v>54.52</v>
       </c>
       <c r="G45" s="21">
-        <v>49.35</v>
+        <v>70.760000000000005</v>
       </c>
       <c r="H45" s="24">
-        <v>0.19140184886041239</v>
+        <v>0.25860351906908585</v>
       </c>
       <c r="I45" s="24">
-        <v>-14.86976022080386</v>
+        <v>29.787234042553195</v>
       </c>
       <c r="J45" s="21">
-        <v>24.769999999999996</v>
+        <v>56.26</v>
       </c>
       <c r="K45" s="21">
-        <v>56.82</v>
+        <v>49.89</v>
       </c>
     </row>
     <row r="46" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="92" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="B46" s="21">
-        <v>98.98</v>
+        <v>94.65</v>
       </c>
       <c r="C46" s="21">
-        <v>104.38</v>
+        <v>117.5</v>
       </c>
       <c r="D46" s="24">
-        <v>0.18037677629132351</v>
+        <v>0.1942058879919607</v>
       </c>
       <c r="E46" s="24">
-        <v>5.4556476055768757</v>
+        <v>24.141574220813517</v>
       </c>
       <c r="F46" s="21">
-        <v>30.46</v>
+        <v>198.8</v>
       </c>
       <c r="G46" s="21">
-        <v>25</v>
+        <v>204.31</v>
       </c>
       <c r="H46" s="24">
-        <v>9.6961422928273755E-2</v>
+        <v>0.74668294207186159</v>
       </c>
       <c r="I46" s="24">
-        <v>-17.925147734734079</v>
+        <v>2.7716297786720272</v>
       </c>
       <c r="J46" s="21">
-        <v>68.52000000000001</v>
+        <v>-104.15</v>
       </c>
       <c r="K46" s="21">
-        <v>79.38</v>
+        <v>-86.81</v>
       </c>
     </row>
     <row r="47" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="92" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="B47" s="21">
-        <v>109.7</v>
+        <v>104.32</v>
       </c>
       <c r="C47" s="21">
-        <v>103.98</v>
+        <v>113.04</v>
       </c>
       <c r="D47" s="24">
-        <v>0.17968554511182047</v>
+        <v>0.18683432832860628</v>
       </c>
       <c r="E47" s="24">
-        <v>-5.2142206016408377</v>
+        <v>8.3588957055214852</v>
       </c>
       <c r="F47" s="21">
-        <v>81.099999999999994</v>
+        <v>137.41999999999999</v>
       </c>
       <c r="G47" s="21">
-        <v>92.35</v>
+        <v>138.41999999999999</v>
       </c>
       <c r="H47" s="24">
-        <v>0.35817549629704321</v>
+        <v>0.50587760188726472</v>
       </c>
       <c r="I47" s="24">
-        <v>13.871763255240444</v>
+        <v>0.7276961141027507</v>
       </c>
       <c r="J47" s="21">
-        <v>28.600000000000009</v>
+        <v>-33.099999999999994</v>
       </c>
       <c r="K47" s="21">
-        <v>11.63000000000001</v>
+        <v>-25.379999999999981</v>
       </c>
     </row>
     <row r="48" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="92" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B48" s="21">
-        <v>92.79</v>
+        <v>105.81</v>
       </c>
       <c r="C48" s="21">
-        <v>95.91</v>
+        <v>108.24</v>
       </c>
       <c r="D48" s="24">
-        <v>0.16573995606534622</v>
+        <v>0.17890081120212617</v>
       </c>
       <c r="E48" s="24">
-        <v>3.3624312964759024</v>
+        <v>2.2965693223702797</v>
       </c>
       <c r="F48" s="21">
-        <v>214.6</v>
+        <v>109.89</v>
       </c>
       <c r="G48" s="21">
-        <v>198.68</v>
+        <v>118.05</v>
       </c>
       <c r="H48" s="24">
-        <v>0.77057182029557725</v>
+        <v>0.43143224174824163</v>
       </c>
       <c r="I48" s="24">
-        <v>-7.4184529356943099</v>
+        <v>7.4256074256074225</v>
       </c>
       <c r="J48" s="21">
-        <v>-121.80999999999999</v>
+        <v>-4.0799999999999983</v>
       </c>
       <c r="K48" s="21">
-        <v>-102.77000000000001</v>
+        <v>-9.8100000000000023</v>
       </c>
     </row>
     <row r="49" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="92" t="s">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="B49" s="21">
-        <v>72.75</v>
+        <v>93.23</v>
       </c>
       <c r="C49" s="21">
-        <v>88.66</v>
+        <v>103.23</v>
       </c>
       <c r="D49" s="24">
-        <v>0.15321139093685326</v>
+        <v>0.17062020270136258</v>
       </c>
       <c r="E49" s="24">
-        <v>21.869415807560134</v>
+        <v>10.726161106939825</v>
       </c>
       <c r="F49" s="21">
-        <v>44.67</v>
+        <v>201.84</v>
       </c>
       <c r="G49" s="21">
-        <v>25.92</v>
+        <v>176.67</v>
       </c>
       <c r="H49" s="24">
-        <v>0.10052960329203424</v>
+        <v>0.64566822659603429</v>
       </c>
       <c r="I49" s="24">
-        <v>-41.974479516453997</v>
+        <v>-12.470273483947688</v>
       </c>
       <c r="J49" s="21">
-        <v>28.08</v>
+        <v>-108.61</v>
       </c>
       <c r="K49" s="21">
-        <v>62.739999999999995</v>
+        <v>-73.439999999999984</v>
       </c>
     </row>
     <row r="50" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="92" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B50" s="21">
-        <v>73.77</v>
+        <v>88.39</v>
       </c>
       <c r="C50" s="21">
-        <v>83.15</v>
+        <v>94.64</v>
       </c>
       <c r="D50" s="24">
-        <v>0.14368968143919861</v>
+        <v>0.15642251267709925</v>
       </c>
       <c r="E50" s="24">
-        <v>12.715195879083652</v>
+        <v>7.0709356262020586</v>
       </c>
       <c r="F50" s="21">
-        <v>34.58</v>
+        <v>25.95</v>
       </c>
       <c r="G50" s="21">
-        <v>36.01</v>
+        <v>21.88</v>
       </c>
       <c r="H50" s="24">
-        <v>0.1396632335858855</v>
+        <v>7.9963891990271305E-2</v>
       </c>
       <c r="I50" s="24">
-        <v>4.1353383458646604</v>
+        <v>-15.684007707129096</v>
       </c>
       <c r="J50" s="21">
-        <v>39.19</v>
+        <v>62.44</v>
       </c>
       <c r="K50" s="21">
-        <v>47.140000000000008</v>
+        <v>72.760000000000005</v>
       </c>
     </row>
     <row r="51" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="92" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B51" s="21">
-        <v>36.229999999999997</v>
+        <v>92.56</v>
       </c>
       <c r="C51" s="21">
-        <v>73.209999999999994</v>
+        <v>94.38</v>
       </c>
       <c r="D51" s="24">
-        <v>0.12651258662854756</v>
+        <v>0.1559927804994149</v>
       </c>
       <c r="E51" s="24">
-        <v>102.07010764559756</v>
+        <v>1.9662921348314533</v>
       </c>
       <c r="F51" s="21">
-        <v>74.55</v>
+        <v>35.520000000000003</v>
       </c>
       <c r="G51" s="21">
-        <v>73.92</v>
+        <v>37.46</v>
       </c>
       <c r="H51" s="24">
-        <v>0.28669553531431985</v>
+        <v>0.13690344579321587</v>
       </c>
       <c r="I51" s="24">
-        <v>-0.84507042253520526</v>
+        <v>5.4617117117117049</v>
       </c>
       <c r="J51" s="21">
-        <v>-38.32</v>
+        <v>57.04</v>
       </c>
       <c r="K51" s="21">
-        <v>-0.71000000000000796</v>
+        <v>56.919999999999995</v>
       </c>
     </row>
     <row r="52" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="92" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="B52" s="21">
-        <v>65.16</v>
+        <v>69.97</v>
       </c>
       <c r="C52" s="21">
-        <v>71.5</v>
+        <v>74.02</v>
       </c>
       <c r="D52" s="24">
-        <v>0.123557573336172</v>
+        <v>0.12234144535459514</v>
       </c>
       <c r="E52" s="24">
-        <v>9.7298956414978566</v>
+        <v>5.7881949406888626</v>
       </c>
       <c r="F52" s="21">
-        <v>167.56</v>
+        <v>24.76</v>
       </c>
       <c r="G52" s="21">
-        <v>201.77</v>
+        <v>24.15</v>
       </c>
       <c r="H52" s="24">
-        <v>0.78255625216951186</v>
+        <v>8.8259963051419199E-2</v>
       </c>
       <c r="I52" s="24">
-        <v>20.416567199809027</v>
+        <v>-2.4636510500807876</v>
       </c>
       <c r="J52" s="21">
-        <v>-102.4</v>
+        <v>45.209999999999994</v>
       </c>
       <c r="K52" s="21">
-        <v>-130.27000000000001</v>
+        <v>49.87</v>
       </c>
     </row>
     <row r="53" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="92" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="B53" s="21">
-        <v>57.25</v>
+        <v>49.24</v>
       </c>
       <c r="C53" s="21">
-        <v>70.83</v>
+        <v>67.37</v>
       </c>
       <c r="D53" s="24">
-        <v>0.12239976111050437</v>
+        <v>0.1113502185022842</v>
       </c>
       <c r="E53" s="24">
-        <v>23.720524017467245</v>
+        <v>36.819658813972381</v>
       </c>
       <c r="F53" s="21">
-        <v>19.62</v>
+        <v>11.27</v>
       </c>
       <c r="G53" s="21">
-        <v>24.77</v>
+        <v>15.27</v>
       </c>
       <c r="H53" s="24">
-        <v>9.606937783733363E-2</v>
+        <v>5.5806610177853877E-2</v>
       </c>
       <c r="I53" s="24">
-        <v>26.248725790010184</v>
+        <v>35.492457852706302</v>
       </c>
       <c r="J53" s="21">
-        <v>37.629999999999995</v>
+        <v>37.97</v>
       </c>
       <c r="K53" s="21">
-        <v>46.06</v>
+        <v>52.100000000000009</v>
       </c>
     </row>
     <row r="54" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="92" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="B54" s="21">
-        <v>65.98</v>
+        <v>49.44</v>
       </c>
       <c r="C54" s="21">
-        <v>56.32</v>
+        <v>67.28</v>
       </c>
       <c r="D54" s="24">
-        <v>9.7325350074030856E-2</v>
+        <v>0.11120146505616268</v>
       </c>
       <c r="E54" s="24">
-        <v>-14.640800242497731</v>
+        <v>36.084142394822017</v>
       </c>
       <c r="F54" s="21">
-        <v>20.68</v>
+        <v>19.829999999999998</v>
       </c>
       <c r="G54" s="21">
-        <v>11.23</v>
+        <v>23.89</v>
       </c>
       <c r="H54" s="24">
-        <v>4.3555071179380574E-2</v>
+        <v>8.7309752269085092E-2</v>
       </c>
       <c r="I54" s="24">
-        <v>-45.696324951644094</v>
+        <v>20.474029248613228</v>
       </c>
       <c r="J54" s="21">
-        <v>45.300000000000004</v>
+        <v>29.61</v>
       </c>
       <c r="K54" s="21">
-        <v>45.09</v>
+        <v>43.39</v>
       </c>
     </row>
     <row r="55" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="92" t="s">
         <v>27</v>
       </c>
       <c r="B55" s="21">
-        <v>54.05</v>
+        <v>46.89</v>
       </c>
       <c r="C55" s="21">
-        <v>49.55</v>
+        <v>63.52</v>
       </c>
       <c r="D55" s="24">
-        <v>8.5626262360941563E-2</v>
+        <v>0.10498687664041995</v>
       </c>
       <c r="E55" s="24">
-        <v>-8.3256244218316375</v>
+        <v>35.465984218383454</v>
       </c>
       <c r="F55" s="21">
-        <v>44.64</v>
+        <v>40.81</v>
       </c>
       <c r="G55" s="21">
-        <v>40.81</v>
+        <v>45.78</v>
       </c>
       <c r="H55" s="24">
-        <v>0.15827982678811409</v>
+        <v>0.16731019082790771</v>
       </c>
       <c r="I55" s="24">
-        <v>-8.5797491039426479</v>
+        <v>12.17838765008576</v>
       </c>
       <c r="J55" s="21">
-        <v>9.4099999999999966</v>
+        <v>6.0799999999999983</v>
       </c>
       <c r="K55" s="21">
-        <v>8.7399999999999949</v>
+        <v>17.740000000000002</v>
       </c>
     </row>
     <row r="56" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="92" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="B56" s="21">
-        <v>41.96</v>
+        <v>56.81</v>
       </c>
       <c r="C56" s="21">
-        <v>49.3</v>
+        <v>54.24</v>
       </c>
       <c r="D56" s="24">
-        <v>8.5194242873752143E-2</v>
+        <v>8.9648743529225083E-2</v>
       </c>
       <c r="E56" s="24">
-        <v>17.492850333651084</v>
+        <v>-4.5238514346065832</v>
       </c>
       <c r="F56" s="21">
-        <v>21.84</v>
+        <v>11.23</v>
       </c>
       <c r="G56" s="21">
-        <v>19.82</v>
+        <v>9.0500000000000007</v>
       </c>
       <c r="H56" s="24">
-        <v>7.6871016097535438E-2</v>
+        <v>3.3074644538937638E-2</v>
       </c>
       <c r="I56" s="24">
-        <v>-9.2490842490842464</v>
+        <v>-19.412288512911839</v>
       </c>
       <c r="J56" s="21">
-        <v>20.12</v>
+        <v>45.58</v>
       </c>
       <c r="K56" s="21">
-        <v>29.479999999999997</v>
+        <v>45.19</v>
       </c>
     </row>
     <row r="57" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="92" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="B57" s="21">
-        <v>46.06</v>
+        <v>37.299999999999997</v>
       </c>
       <c r="C57" s="21">
-        <v>49</v>
+        <v>48.13</v>
       </c>
       <c r="D57" s="24">
-        <v>8.4675819489124865E-2</v>
+        <v>7.9550037353643133E-2</v>
       </c>
       <c r="E57" s="24">
-        <v>6.3829787234042508</v>
+        <v>29.034852546916905</v>
       </c>
       <c r="F57" s="21">
-        <v>7</v>
+        <v>31.85</v>
       </c>
       <c r="G57" s="21">
-        <v>11.24</v>
+        <v>26.4</v>
       </c>
       <c r="H57" s="24">
-        <v>4.3593855748551881E-2</v>
+        <v>9.6482940975464462E-2</v>
       </c>
       <c r="I57" s="24">
-        <v>60.571428571428577</v>
+        <v>-17.111459968602833</v>
       </c>
       <c r="J57" s="21">
-        <v>39.06</v>
+        <v>5.4499999999999957</v>
       </c>
       <c r="K57" s="21">
-        <v>37.76</v>
+        <v>21.730000000000004</v>
       </c>
     </row>
     <row r="58" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="92" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="B58" s="21">
-        <v>33.799999999999997</v>
+        <v>39.18</v>
       </c>
       <c r="C58" s="21">
-        <v>37.159999999999997</v>
+        <v>42.25</v>
       </c>
       <c r="D58" s="24">
-        <v>6.4215376575834274E-2</v>
+        <v>6.9831478873705013E-2</v>
       </c>
       <c r="E58" s="24">
-        <v>9.9408284023668632</v>
+        <v>7.8356304236855552</v>
       </c>
       <c r="F58" s="21">
-        <v>16.399999999999999</v>
+        <v>23.59</v>
       </c>
       <c r="G58" s="21">
-        <v>10.36</v>
+        <v>26.01</v>
       </c>
       <c r="H58" s="24">
-        <v>4.018081366147664E-2</v>
+        <v>9.5057624801963295E-2</v>
       </c>
       <c r="I58" s="24">
-        <v>-36.829268292682926</v>
+        <v>10.258584145824509</v>
       </c>
       <c r="J58" s="21">
-        <v>17.399999999999999</v>
+        <v>15.59</v>
       </c>
       <c r="K58" s="21">
-        <v>26.799999999999997</v>
+        <v>16.239999999999998</v>
       </c>
     </row>
     <row r="59" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="92" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B59" s="21">
-        <v>25.44</v>
+        <v>37.36</v>
       </c>
       <c r="C59" s="21">
-        <v>37.090000000000003</v>
+        <v>38.909999999999997</v>
       </c>
       <c r="D59" s="24">
-        <v>6.4094411119421255E-2</v>
+        <v>6.4311073206529276E-2</v>
       </c>
       <c r="E59" s="24">
-        <v>45.79402515723271</v>
+        <v>4.1488222698072725</v>
       </c>
       <c r="F59" s="21">
-        <v>22.83</v>
+        <v>10.37</v>
       </c>
       <c r="G59" s="21">
-        <v>31.86</v>
+        <v>14.76</v>
       </c>
       <c r="H59" s="24">
-        <v>0.12356763737979208</v>
+        <v>5.394273518173695E-2</v>
       </c>
       <c r="I59" s="24">
-        <v>39.553219448094616</v>
+        <v>42.333654773384772</v>
       </c>
       <c r="J59" s="21">
-        <v>2.610000000000003</v>
+        <v>26.990000000000002</v>
       </c>
       <c r="K59" s="21">
-        <v>5.230000000000004</v>
+        <v>24.15</v>
       </c>
     </row>
     <row r="60" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="92" t="s">
         <v>113</v>
       </c>
       <c r="B60" s="21">
-        <v>32.659999999999997</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="C60" s="21">
-        <v>35.869999999999997</v>
+        <v>35.75</v>
       </c>
       <c r="D60" s="24">
-        <v>6.1986156021936904E-2</v>
+        <v>5.9088174431596557E-2</v>
       </c>
       <c r="E60" s="24">
-        <v>9.8285364360073526</v>
+        <v>-1.5151515151515074</v>
       </c>
       <c r="F60" s="21">
-        <v>10.38</v>
+        <v>9.1199999999999992</v>
       </c>
       <c r="G60" s="21">
-        <v>9.1199999999999992</v>
+        <v>11.13</v>
       </c>
       <c r="H60" s="24">
-        <v>3.5371527084234265E-2</v>
+        <v>4.0676330797610592E-2</v>
       </c>
       <c r="I60" s="24">
-        <v>-12.138728323699437</v>
+        <v>22.039473684210545</v>
       </c>
       <c r="J60" s="21">
-        <v>22.279999999999994</v>
+        <v>27.18</v>
       </c>
       <c r="K60" s="21">
-        <v>26.75</v>
+        <v>24.619999999999997</v>
       </c>
     </row>
     <row r="61" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="92" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="B61" s="21">
-        <v>29.2</v>
+        <v>49.16</v>
       </c>
       <c r="C61" s="21">
-        <v>30.87</v>
+        <v>34.54</v>
       </c>
       <c r="D61" s="24">
-        <v>5.334576627814866E-2</v>
+        <v>5.7088266989296359E-2</v>
       </c>
       <c r="E61" s="24">
-        <v>5.7191780821917861</v>
+        <v>-29.739625711960944</v>
       </c>
       <c r="F61" s="21">
-        <v>7.7</v>
+        <v>11.17</v>
       </c>
       <c r="G61" s="21">
-        <v>7.28</v>
+        <v>8.67</v>
       </c>
       <c r="H61" s="24">
-        <v>2.8235166356713318E-2</v>
+        <v>3.1685874933987765E-2</v>
       </c>
       <c r="I61" s="24">
-        <v>-5.4545454545454533</v>
+        <v>-22.381378692927484</v>
       </c>
       <c r="J61" s="21">
-        <v>21.5</v>
+        <v>37.989999999999995</v>
       </c>
       <c r="K61" s="21">
-        <v>23.59</v>
+        <v>25.869999999999997</v>
       </c>
     </row>
     <row r="62" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="92" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="B62" s="21">
-        <v>9.6199999999999992</v>
+        <v>28.03</v>
       </c>
       <c r="C62" s="21">
-        <v>26.39</v>
+        <v>28.94</v>
       </c>
       <c r="D62" s="24">
-        <v>4.5603977067714387E-2</v>
+        <v>4.7832497008402919E-2</v>
       </c>
       <c r="E62" s="24">
-        <v>174.32432432432435</v>
+        <v>3.2465215840171249</v>
       </c>
       <c r="F62" s="21">
-        <v>12.3</v>
+        <v>7.28</v>
       </c>
       <c r="G62" s="21">
-        <v>11.19</v>
+        <v>7.86</v>
       </c>
       <c r="H62" s="24">
-        <v>4.339993290269533E-2</v>
+        <v>2.8725602881331469E-2</v>
       </c>
       <c r="I62" s="24">
-        <v>-9.0243902439024488</v>
+        <v>7.967032967032968</v>
       </c>
       <c r="J62" s="21">
-        <v>-2.6800000000000015</v>
+        <v>20.75</v>
       </c>
       <c r="K62" s="21">
-        <v>15.200000000000001</v>
+        <v>21.080000000000002</v>
       </c>
     </row>
     <row r="63" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="92" t="s">
         <v>107</v>
       </c>
       <c r="B63" s="21">
-        <v>25.56</v>
+        <v>25.57</v>
       </c>
       <c r="C63" s="21">
-        <v>25.87</v>
+        <v>24.97</v>
       </c>
       <c r="D63" s="24">
-        <v>4.4705376534360415E-2</v>
+        <v>4.1270817218376665E-2</v>
       </c>
       <c r="E63" s="24">
-        <v>1.2128325508607289</v>
+        <v>-2.3464998044583552</v>
       </c>
       <c r="F63" s="21">
-        <v>23.15</v>
+        <v>11.02</v>
       </c>
       <c r="G63" s="21">
-        <v>10.88</v>
+        <v>18.05</v>
       </c>
       <c r="H63" s="24">
-        <v>4.219761125838474E-2</v>
+        <v>6.5966556235118698E-2</v>
       </c>
       <c r="I63" s="24">
-        <v>-53.002159827213816</v>
+        <v>63.793103448275879</v>
       </c>
       <c r="J63" s="21">
-        <v>2.41</v>
+        <v>14.55</v>
       </c>
       <c r="K63" s="21">
-        <v>14.99</v>
+        <v>6.9199999999999982</v>
       </c>
     </row>
     <row r="64" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="92" t="s">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="B64" s="21">
-        <v>12</v>
+        <v>18.829999999999998</v>
       </c>
       <c r="C64" s="21">
-        <v>15.35</v>
+        <v>14.85</v>
       </c>
       <c r="D64" s="24">
-        <v>2.652599651342993E-2</v>
+        <v>2.4544318610047799E-2</v>
       </c>
       <c r="E64" s="24">
-        <v>27.916666666666661</v>
+        <v>-21.136484333510349</v>
       </c>
       <c r="F64" s="21">
-        <v>23.51</v>
+        <v>75.790000000000006</v>
       </c>
       <c r="G64" s="21">
-        <v>24.06</v>
+        <v>86.18</v>
       </c>
       <c r="H64" s="24">
-        <v>9.3315673426170656E-2</v>
+        <v>0.31495832777520938</v>
       </c>
       <c r="I64" s="24">
-        <v>2.3394300297745518</v>
+        <v>13.708932576857105</v>
       </c>
       <c r="J64" s="21">
-        <v>-11.510000000000002</v>
+        <v>-56.960000000000008</v>
       </c>
       <c r="K64" s="21">
-        <v>-8.7099999999999991</v>
+        <v>-71.330000000000013</v>
       </c>
     </row>
     <row r="65" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="92" t="s">
-        <v>122</v>
+        <v>82</v>
       </c>
       <c r="B65" s="21">
-        <v>14.24</v>
+        <v>12.23</v>
       </c>
       <c r="C65" s="21">
-        <v>15.13</v>
+        <v>14.14</v>
       </c>
       <c r="D65" s="24">
-        <v>2.6145819364703251E-2</v>
+        <v>2.3370819201755953E-2</v>
       </c>
       <c r="E65" s="24">
-        <v>6.2500000000000044</v>
+        <v>15.617334423548652</v>
       </c>
       <c r="F65" s="21">
-        <v>73.62</v>
+        <v>65.05</v>
       </c>
       <c r="G65" s="21">
-        <v>100.24</v>
+        <v>51.71</v>
       </c>
       <c r="H65" s="24">
-        <v>0.3887765213732064</v>
+        <v>0.18898230597883592</v>
       </c>
       <c r="I65" s="24">
-        <v>36.158652540070619</v>
+        <v>-20.507302075326667</v>
       </c>
       <c r="J65" s="21">
-        <v>-59.38</v>
+        <v>-52.819999999999993</v>
       </c>
       <c r="K65" s="21">
-        <v>-85.11</v>
+        <v>-37.57</v>
       </c>
     </row>
     <row r="66" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="92" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="B66" s="21">
-        <v>11.3</v>
+        <v>7.74</v>
       </c>
       <c r="C66" s="21">
-        <v>12.31</v>
+        <v>11.06</v>
       </c>
       <c r="D66" s="24">
-        <v>2.1272639549206676E-2</v>
+        <v>1.8280145712264554E-2</v>
       </c>
       <c r="E66" s="24">
-        <v>8.9380530973451311</v>
+        <v>42.894056847545222</v>
       </c>
       <c r="F66" s="21">
-        <v>52.5</v>
+        <v>84.58</v>
       </c>
       <c r="G66" s="21">
-        <v>66.91</v>
+        <v>74.61</v>
       </c>
       <c r="H66" s="24">
-        <v>0.25950755232523187</v>
+        <v>0.27267394796134103</v>
       </c>
       <c r="I66" s="24">
-        <v>27.447619047619042</v>
+        <v>-11.787656656419957</v>
       </c>
       <c r="J66" s="21">
-        <v>-41.2</v>
+        <v>-76.84</v>
       </c>
       <c r="K66" s="21">
-        <v>-54.599999999999994</v>
+        <v>-63.55</v>
       </c>
     </row>
     <row r="67" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="92" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="B67" s="21">
-        <v>9.36</v>
+        <v>15.03</v>
       </c>
       <c r="C67" s="21">
-        <v>7.86</v>
+        <v>10.65</v>
       </c>
       <c r="D67" s="24">
-        <v>1.3582692677235129E-2</v>
+        <v>1.7602491124377714E-2</v>
       </c>
       <c r="E67" s="24">
-        <v>-16.025641025641015</v>
+        <v>-29.141716566866261</v>
       </c>
       <c r="F67" s="21">
-        <v>103.43</v>
+        <v>100.78</v>
       </c>
       <c r="G67" s="21">
-        <v>82.67</v>
+        <v>107.09</v>
       </c>
       <c r="H67" s="24">
-        <v>0.32063203333921569</v>
+        <v>0.39137720261600345</v>
       </c>
       <c r="I67" s="24">
-        <v>-20.071545973121921</v>
+        <v>6.2611629291526123</v>
       </c>
       <c r="J67" s="21">
-        <v>-94.070000000000007</v>
+        <v>-85.75</v>
       </c>
       <c r="K67" s="21">
-        <v>-74.81</v>
+        <v>-96.44</v>
       </c>
     </row>
     <row r="68" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="92" t="s">
         <v>121</v>
       </c>
       <c r="B68" s="21">
-        <v>5.0999999999999996</v>
+        <v>7.04</v>
       </c>
       <c r="C68" s="21">
-        <v>7.19</v>
+        <v>6.84</v>
       </c>
       <c r="D68" s="24">
-        <v>1.2424880451567507E-2</v>
+        <v>1.1305261905234136E-2</v>
       </c>
       <c r="E68" s="24">
-        <v>40.980392156862763</v>
+        <v>-2.8409090909090935</v>
       </c>
       <c r="F68" s="21">
-        <v>3.02</v>
+        <v>1.9</v>
       </c>
       <c r="G68" s="21">
-        <v>1.9</v>
+        <v>1.19</v>
       </c>
       <c r="H68" s="24">
-        <v>7.3690681425488055E-3</v>
+        <v>4.3490416576061636E-3</v>
       </c>
       <c r="I68" s="24">
-        <v>-37.086092715231786</v>
+        <v>-37.368421052631575</v>
       </c>
       <c r="J68" s="21">
-        <v>2.0799999999999996</v>
+        <v>5.1400000000000006</v>
       </c>
       <c r="K68" s="21">
-        <v>5.2900000000000009</v>
+        <v>5.65</v>
       </c>
     </row>
     <row r="69" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="92" t="s">
         <v>99</v>
       </c>
       <c r="B69" s="21">
-        <v>4.5</v>
+        <v>5.85</v>
       </c>
       <c r="C69" s="21">
-        <v>5.61</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="D69" s="24">
-        <v>9.694517292530418E-3</v>
+        <v>3.8014769564383797E-3</v>
       </c>
       <c r="E69" s="24">
-        <v>24.666666666666671</v>
+        <v>-60.683760683760681</v>
       </c>
       <c r="F69" s="21">
-        <v>1.17</v>
+        <v>1.52</v>
       </c>
       <c r="G69" s="21">
-        <v>1.53</v>
+        <v>0.67</v>
       </c>
       <c r="H69" s="24">
-        <v>5.9340390832103539E-3</v>
+        <v>2.4486200929379242E-3</v>
       </c>
       <c r="I69" s="24">
-        <v>30.769230769230781</v>
+        <v>-55.921052631578952</v>
       </c>
       <c r="J69" s="21">
-        <v>3.33</v>
+        <v>4.33</v>
       </c>
       <c r="K69" s="21">
-        <v>4.08</v>
+        <v>1.63</v>
       </c>
     </row>
     <row r="70" spans="1:11" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="106" t="s">
+      <c r="A70" s="101" t="s">
         <v>31</v>
       </c>
-      <c r="B70" s="107">
-[...3 lines deleted...]
-        <v>2240.1399999999776</v>
+      <c r="B70" s="102">
+        <v>2236.2099999999991</v>
+      </c>
+      <c r="C70" s="102">
+        <v>2247.3700000000026</v>
       </c>
       <c r="D70" s="50">
-        <v>3.8711365361299239</v>
+        <v>3.7144892467786654</v>
       </c>
       <c r="E70" s="50">
-        <v>3.6022661579369943</v>
-[...5 lines deleted...]
-        <v>1701.1200000000063</v>
+        <v>0.49905867516930419</v>
+      </c>
+      <c r="F70" s="102">
+        <v>1692.96000000001</v>
+      </c>
+      <c r="G70" s="102">
+        <v>1769.6300000000083</v>
       </c>
       <c r="H70" s="50">
-        <v>6.5977206308698255</v>
+        <v>6.4673904105459092</v>
       </c>
       <c r="I70" s="50">
-        <v>2.557424489058028</v>
+        <v>4.5287543710423046</v>
       </c>
       <c r="J70" s="85">
-        <v>503.54999999998472</v>
+        <v>543.24999999998909</v>
       </c>
       <c r="K70" s="85">
-        <v>539.01999999997133</v>
+        <v>477.73999999999432</v>
       </c>
     </row>
     <row r="71" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="95"/>
-[...7 lines deleted...]
-      <c r="I71" s="97"/>
+      <c r="A71" s="93"/>
+      <c r="B71" s="94"/>
+      <c r="C71" s="94"/>
+      <c r="D71" s="95"/>
+      <c r="E71" s="95"/>
+      <c r="F71" s="94"/>
+      <c r="G71" s="94"/>
+      <c r="H71" s="95"/>
+      <c r="I71" s="95"/>
       <c r="J71" s="69"/>
       <c r="K71" s="69"/>
     </row>
     <row r="72" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A72" s="36" t="s">
         <v>48</v>
       </c>
       <c r="B72" s="43"/>
       <c r="C72" s="43"/>
       <c r="D72" s="43"/>
       <c r="E72" s="43"/>
       <c r="F72" s="43"/>
       <c r="G72" s="43"/>
       <c r="H72" s="43"/>
       <c r="I72" s="43"/>
       <c r="J72" s="43"/>
       <c r="K72" s="43"/>
     </row>
     <row r="73" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="74" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="61"/>
       <c r="B74" s="61"/>
       <c r="C74" s="61"/>
       <c r="D74" s="61"/>
       <c r="E74" s="61"/>
@@ -7700,68 +6648,68 @@
     </row>
     <row r="75" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="76" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A76" s="14" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="77" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A77" s="60" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="78" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A78" s="44"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:K69">
     <sortCondition descending="1" ref="C7:C69"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:K4"/>
   </mergeCells>
   <conditionalFormatting sqref="B7:K70">
-    <cfRule type="cellIs" dxfId="4" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="9" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="3" priority="2" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="3" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A77" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{0CF4B038-2FD3-4F80-83EE-5EF6A77C3402}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21559114-ED2F-4314-A6D4-E662AFEB869E}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:Y34"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A24" sqref="A24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="14" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="36" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="76" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="36" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="76" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="77" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="76" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="36"/>
     <col min="11" max="25" width="9.140625" style="39"/>
     <col min="26" max="16384" width="9.140625" style="36"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36"/>
       <c r="C1" s="36"/>
@@ -7869,197 +6817,197 @@
       </c>
       <c r="I4" s="83" t="s">
         <v>2</v>
       </c>
       <c r="K4" s="62"/>
       <c r="L4" s="62"/>
       <c r="M4" s="62"/>
       <c r="N4" s="62"/>
       <c r="O4" s="62"/>
       <c r="P4" s="62"/>
       <c r="Q4" s="62"/>
       <c r="R4" s="62"/>
       <c r="S4" s="62"/>
       <c r="T4" s="62"/>
       <c r="U4" s="62"/>
       <c r="V4" s="62"/>
       <c r="W4" s="62"/>
       <c r="X4" s="62"/>
       <c r="Y4" s="62"/>
     </row>
     <row r="5" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="64">
-        <v>5311.68</v>
+        <v>6879.67</v>
       </c>
       <c r="C5" s="65">
         <v>100</v>
       </c>
       <c r="D5" s="64">
-        <v>5534.4900000000007</v>
+        <v>7269.35</v>
       </c>
       <c r="E5" s="65">
         <v>100</v>
       </c>
       <c r="F5" s="64">
-        <v>222.8100000000004</v>
+        <v>389.68000000000029</v>
       </c>
       <c r="G5" s="66">
-        <v>4.194718055304544</v>
+        <v>5.6642251735911797</v>
       </c>
       <c r="H5" s="65">
-        <v>4.194718055304544</v>
+        <v>5.6642251735911797</v>
       </c>
       <c r="I5" s="65">
         <v>100</v>
       </c>
       <c r="J5" s="59"/>
       <c r="K5" s="59"/>
       <c r="L5" s="59"/>
     </row>
     <row r="6" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="67" t="s">
         <v>34</v>
       </c>
       <c r="B6" s="21">
-        <v>15.260000000000002</v>
+        <v>24.780000000000005</v>
       </c>
       <c r="C6" s="68">
-        <v>0.28729140309657214</v>
+        <v>0.36019169524119626</v>
       </c>
       <c r="D6" s="21">
-        <v>25.79</v>
+        <v>29.9</v>
       </c>
       <c r="E6" s="68">
-        <v>0.46598692923828561</v>
+        <v>0.41131600486976139</v>
       </c>
       <c r="F6" s="21">
-        <v>10.529999999999998</v>
+        <v>5.1199999999999939</v>
       </c>
       <c r="G6" s="24">
-        <v>69.003931847968531</v>
+        <v>20.661824051654531</v>
       </c>
       <c r="H6" s="68">
-        <v>0.19824236399783113</v>
+        <v>7.4422174319407675E-2</v>
       </c>
       <c r="I6" s="68">
-        <v>4.7259997307122559</v>
+        <v>1.313898583453087</v>
       </c>
       <c r="J6" s="59"/>
       <c r="K6" s="59"/>
     </row>
     <row r="7" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="67" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="21">
-        <v>3999.8700000000003</v>
+        <v>5053.3499999999995</v>
       </c>
       <c r="C7" s="68">
-        <v>75.303293873124886</v>
+        <v>73.453377850972487</v>
       </c>
       <c r="D7" s="21">
-        <v>4291.2700000000004</v>
+        <v>5496.15</v>
       </c>
       <c r="E7" s="68">
-        <v>77.536864281984435</v>
+        <v>75.607172580767184</v>
       </c>
       <c r="F7" s="21">
-        <v>291.40000000000009</v>
+        <v>442.80000000000018</v>
       </c>
       <c r="G7" s="24">
-        <v>7.2852367701950334</v>
+        <v>8.7625040814509241</v>
       </c>
       <c r="H7" s="68">
-        <v>5.4860232544129186</v>
+        <v>6.4363552321550337</v>
       </c>
       <c r="I7" s="68">
-        <v>130.78407611866595</v>
+        <v>113.63169780332576</v>
       </c>
       <c r="J7" s="59"/>
       <c r="K7" s="59"/>
     </row>
     <row r="8" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="67" t="s">
         <v>36</v>
       </c>
       <c r="B8" s="21">
-        <v>774.29000000000008</v>
+        <v>1122.92</v>
       </c>
       <c r="C8" s="68">
-        <v>14.577120609675282</v>
+        <v>16.322294528661988</v>
       </c>
       <c r="D8" s="21">
-        <v>753.33</v>
+        <v>1181.0300000000002</v>
       </c>
       <c r="E8" s="68">
-        <v>13.611552283950282</v>
+        <v>16.246707064593121</v>
       </c>
       <c r="F8" s="21">
-        <v>-20.960000000000036</v>
+        <v>58.110000000000127</v>
       </c>
       <c r="G8" s="24">
-        <v>-2.706996086737532</v>
+        <v>5.1749011505717348</v>
       </c>
       <c r="H8" s="68">
-        <v>-0.39460208446292017</v>
+        <v>0.84466260736343646</v>
       </c>
       <c r="I8" s="68">
-        <v>-9.4071181724339112</v>
+        <v>14.912235680558428</v>
       </c>
       <c r="J8" s="59"/>
       <c r="K8" s="59"/>
     </row>
     <row r="9" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="84" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="85">
-        <v>522.2600000000001</v>
+        <v>678.62000000000023</v>
       </c>
       <c r="C9" s="86">
-        <v>9.8322941141032612</v>
+        <v>9.8641359251243195</v>
       </c>
       <c r="D9" s="85">
-        <v>464.09999999999997</v>
+        <v>562.2700000000001</v>
       </c>
       <c r="E9" s="86">
-        <v>8.3855965048270011</v>
+        <v>7.7348043497699246</v>
       </c>
       <c r="F9" s="85">
-        <v>-58.160000000000139</v>
+        <v>-116.35000000000014</v>
       </c>
       <c r="G9" s="50">
-        <v>-11.136215678014807</v>
+        <v>-17.145088562081888</v>
       </c>
       <c r="H9" s="86">
-        <v>-1.0949454786432944</v>
+        <v>-1.6912148402467</v>
       </c>
       <c r="I9" s="86">
-        <v>-26.102957676944499</v>
+        <v>-29.857832067337313</v>
       </c>
       <c r="J9" s="59"/>
       <c r="K9" s="59"/>
       <c r="L9" s="26"/>
     </row>
     <row r="10" spans="1:25" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="59"/>
       <c r="B10" s="69"/>
       <c r="C10" s="70"/>
       <c r="D10" s="69"/>
       <c r="E10" s="70"/>
       <c r="F10" s="70"/>
       <c r="G10" s="25"/>
       <c r="H10" s="70"/>
       <c r="I10" s="70"/>
       <c r="J10" s="59"/>
       <c r="K10" s="59"/>
     </row>
     <row r="11" spans="1:25" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="71"/>
       <c r="B11" s="69"/>
       <c r="C11" s="69"/>
       <c r="D11" s="69"/>
       <c r="E11" s="69"/>
       <c r="F11" s="69"/>
@@ -8095,336 +7043,336 @@
       </c>
       <c r="I12" s="83" t="s">
         <v>2</v>
       </c>
       <c r="K12" s="62"/>
       <c r="L12" s="62"/>
       <c r="M12" s="62"/>
       <c r="N12" s="62"/>
       <c r="O12" s="62"/>
       <c r="P12" s="62"/>
       <c r="Q12" s="62"/>
       <c r="R12" s="62"/>
       <c r="S12" s="62"/>
       <c r="T12" s="62"/>
       <c r="U12" s="62"/>
       <c r="V12" s="62"/>
       <c r="W12" s="62"/>
       <c r="X12" s="62"/>
       <c r="Y12" s="62"/>
     </row>
     <row r="13" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="63" t="s">
         <v>0</v>
       </c>
       <c r="B13" s="64">
-        <v>3165.84</v>
+        <v>3862.4199999999996</v>
       </c>
       <c r="C13" s="65">
         <v>100</v>
       </c>
       <c r="D13" s="64">
-        <v>3385.71</v>
+        <v>4138.0000000000009</v>
       </c>
       <c r="E13" s="65">
         <v>100</v>
       </c>
       <c r="F13" s="64">
-        <v>219.86999999999989</v>
+        <v>275.58000000000129</v>
       </c>
       <c r="G13" s="66">
-        <v>6.9450761883102077</v>
+        <v>7.1349050595223025</v>
       </c>
       <c r="H13" s="65">
-        <v>6.9450761883102077</v>
+        <v>7.1349050595223025</v>
       </c>
       <c r="I13" s="65">
         <v>100</v>
       </c>
       <c r="J13" s="59"/>
     </row>
     <row r="14" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="67" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="21">
-        <v>562.79999999999995</v>
+        <v>657.89</v>
       </c>
       <c r="C14" s="68">
-        <v>17.777272382685162</v>
+        <v>17.03310359826223</v>
       </c>
       <c r="D14" s="21">
-        <v>598.45000000000005</v>
+        <v>728.17000000000007</v>
       </c>
       <c r="E14" s="68">
-        <v>17.675760771005198</v>
+        <v>17.597148380860318</v>
       </c>
       <c r="F14" s="21">
-        <v>35.650000000000091</v>
+        <v>70.280000000000086</v>
       </c>
       <c r="G14" s="24">
-        <v>6.3343994314143739</v>
+        <v>10.682636914985801</v>
       </c>
       <c r="H14" s="68">
-        <v>1.1260834407297933</v>
+        <v>1.819584612755736</v>
       </c>
       <c r="I14" s="68">
-        <v>16.214126529312825</v>
+        <v>25.502576384352913</v>
       </c>
       <c r="J14" s="59"/>
     </row>
     <row r="15" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="67" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="21">
-        <v>1762.97</v>
+        <v>2131.44</v>
       </c>
       <c r="C15" s="68">
-        <v>55.687274151567991</v>
+        <v>55.18405559208994</v>
       </c>
       <c r="D15" s="21">
-        <v>1971.01</v>
+        <v>2333.6699999999996</v>
       </c>
       <c r="E15" s="68">
-        <v>58.215558922648427</v>
+        <v>56.39608506524889</v>
       </c>
       <c r="F15" s="21">
-        <v>208.03999999999996</v>
+        <v>202.22999999999956</v>
       </c>
       <c r="G15" s="24">
-        <v>11.800541132293798</v>
+        <v>9.4879518072288942</v>
       </c>
       <c r="H15" s="68">
-        <v>6.5713996917089919</v>
+        <v>5.2358365998518952</v>
       </c>
       <c r="I15" s="68">
-        <v>94.619547914676886</v>
+        <v>73.383409536250312</v>
       </c>
       <c r="J15" s="59"/>
     </row>
     <row r="16" spans="1:25" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="67" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="21">
-        <v>571.21999999999991</v>
+        <v>732.59</v>
       </c>
       <c r="C16" s="68">
-        <v>18.043236550173095</v>
+        <v>18.967124238171927</v>
       </c>
       <c r="D16" s="21">
-        <v>602.14</v>
+        <v>835.65</v>
       </c>
       <c r="E16" s="68">
-        <v>17.784748250736182</v>
+        <v>20.194538424359589</v>
       </c>
       <c r="F16" s="21">
-        <v>30.920000000000073</v>
+        <v>103.05999999999995</v>
       </c>
       <c r="G16" s="24">
-        <v>5.4129757361437063</v>
+        <v>14.067896094677778</v>
       </c>
       <c r="H16" s="68">
-        <v>0.9766760164758822</v>
+        <v>2.6682753299744708</v>
       </c>
       <c r="I16" s="68">
-        <v>14.062855323600349</v>
+        <v>37.39748893243322</v>
       </c>
       <c r="J16" s="59"/>
     </row>
     <row r="17" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="84" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="85">
-        <v>268.84999999999991</v>
+        <v>340.49999999999989</v>
       </c>
       <c r="C17" s="86">
-        <v>8.4922169155737475</v>
+        <v>8.815716571475912</v>
       </c>
       <c r="D17" s="85">
-        <v>214.10999999999979</v>
+        <v>240.51000000000005</v>
       </c>
       <c r="E17" s="86">
-        <v>6.3239320556101903</v>
+        <v>5.8122281295311744</v>
       </c>
       <c r="F17" s="85">
-        <v>-54.740000000000123</v>
+        <v>-99.989999999999839</v>
       </c>
       <c r="G17" s="50">
-        <v>-20.360795982890139</v>
+        <v>-29.365638766519787</v>
       </c>
       <c r="H17" s="86">
-        <v>-1.7290829606044564</v>
+        <v>-2.5887914830598393</v>
       </c>
       <c r="I17" s="86">
-        <v>-24.89652976759001</v>
+        <v>-36.283474853036999</v>
       </c>
       <c r="J17" s="59"/>
       <c r="K17" s="59"/>
     </row>
     <row r="18" spans="1:13" s="39" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="59"/>
       <c r="B18" s="69"/>
       <c r="C18" s="70"/>
       <c r="D18" s="69"/>
       <c r="E18" s="70"/>
       <c r="F18" s="70"/>
       <c r="G18" s="25"/>
       <c r="H18" s="70"/>
       <c r="I18" s="70"/>
       <c r="J18" s="59"/>
     </row>
     <row r="19" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="59" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="36"/>
       <c r="C19" s="36"/>
       <c r="D19" s="59"/>
       <c r="E19" s="36"/>
       <c r="F19" s="36"/>
-      <c r="G19" s="110"/>
+      <c r="G19" s="104"/>
       <c r="H19" s="76"/>
       <c r="I19" s="76"/>
       <c r="J19" s="36"/>
     </row>
     <row r="20" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="59" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="36"/>
       <c r="C20" s="76"/>
       <c r="D20" s="36"/>
       <c r="E20" s="76"/>
       <c r="F20" s="76"/>
-      <c r="G20" s="110"/>
+      <c r="G20" s="104"/>
       <c r="H20" s="76"/>
       <c r="I20" s="76"/>
       <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="59" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="36"/>
       <c r="C21" s="76"/>
       <c r="D21" s="36"/>
       <c r="E21" s="76"/>
       <c r="F21" s="76"/>
-      <c r="G21" s="110"/>
+      <c r="G21" s="104"/>
       <c r="H21" s="76"/>
       <c r="I21" s="76"/>
       <c r="J21" s="36"/>
     </row>
     <row r="22" spans="1:13" s="39" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="115" t="s">
+      <c r="A22" s="109" t="s">
         <v>49</v>
       </c>
-      <c r="B22" s="115"/>
-[...6 lines deleted...]
-      <c r="I22" s="115"/>
+      <c r="B22" s="109"/>
+      <c r="C22" s="109"/>
+      <c r="D22" s="109"/>
+      <c r="E22" s="109"/>
+      <c r="F22" s="109"/>
+      <c r="G22" s="109"/>
+      <c r="H22" s="109"/>
+      <c r="I22" s="109"/>
       <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:13" s="39" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="14"/>
       <c r="B23" s="36"/>
       <c r="C23" s="76"/>
       <c r="D23" s="36"/>
       <c r="E23" s="76"/>
       <c r="F23" s="76"/>
-      <c r="G23" s="110"/>
+      <c r="G23" s="104"/>
       <c r="H23" s="76"/>
       <c r="I23" s="78"/>
       <c r="J23" s="36"/>
       <c r="K23" s="79"/>
       <c r="L23" s="79"/>
       <c r="M23" s="79"/>
     </row>
     <row r="24" spans="1:13" s="39" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="61"/>
       <c r="B24" s="61"/>
       <c r="C24" s="87"/>
       <c r="D24" s="61"/>
       <c r="E24" s="87"/>
       <c r="F24" s="87"/>
       <c r="G24" s="88"/>
       <c r="H24" s="88"/>
       <c r="I24" s="88"/>
       <c r="J24" s="36"/>
       <c r="K24" s="79"/>
       <c r="L24" s="79"/>
       <c r="M24" s="79"/>
     </row>
     <row r="25" spans="1:13" s="39" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="36"/>
       <c r="B25" s="36"/>
       <c r="C25" s="76"/>
       <c r="D25" s="36"/>
       <c r="E25" s="76"/>
       <c r="F25" s="76"/>
-      <c r="G25" s="110"/>
+      <c r="G25" s="104"/>
       <c r="H25" s="76"/>
       <c r="I25" s="78"/>
       <c r="J25" s="36"/>
       <c r="K25" s="79"/>
       <c r="L25" s="79"/>
       <c r="M25" s="79"/>
     </row>
     <row r="26" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14" t="s">
         <v>39</v>
       </c>
       <c r="B26" s="36"/>
       <c r="C26" s="76"/>
       <c r="D26" s="36"/>
       <c r="E26" s="76"/>
       <c r="F26" s="76"/>
-      <c r="G26" s="110"/>
+      <c r="G26" s="104"/>
       <c r="H26" s="76"/>
       <c r="I26" s="78"/>
       <c r="J26" s="36"/>
       <c r="K26" s="79"/>
       <c r="L26" s="79"/>
       <c r="M26" s="79"/>
     </row>
     <row r="27" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="60" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="36"/>
       <c r="C27" s="76"/>
       <c r="D27" s="36"/>
       <c r="E27" s="76"/>
       <c r="F27" s="76"/>
-      <c r="G27" s="110"/>
+      <c r="G27" s="104"/>
       <c r="H27" s="76"/>
       <c r="I27" s="78"/>
       <c r="J27" s="36"/>
       <c r="K27" s="79"/>
       <c r="L27" s="79"/>
       <c r="M27" s="79"/>
     </row>
     <row r="28" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="44"/>
       <c r="B28" s="36"/>
       <c r="C28" s="76"/>
       <c r="D28" s="36"/>
       <c r="E28" s="76"/>
       <c r="F28" s="76"/>
       <c r="G28" s="77"/>
       <c r="H28" s="76"/>
       <c r="I28" s="78"/>
       <c r="J28" s="36"/>
       <c r="K28" s="79"/>
       <c r="L28" s="79"/>
       <c r="M28" s="79"/>
     </row>
     <row r="29" spans="1:13" s="39" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="36"/>
       <c r="B29" s="36"/>
@@ -8506,51 +7454,51 @@
     <cfRule type="cellIs" dxfId="2" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:I10 B13:I18">
     <cfRule type="cellIs" dxfId="1" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11">
     <cfRule type="cellIs" dxfId="0" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A27" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{C288F17C-BBA0-4BA1-AE47-92A2FD584B14}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:J41"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A41" sqref="A41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
@@ -9033,67 +7981,65 @@
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
   </sheetData>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Capa</vt:lpstr>
       <vt:lpstr>Índice</vt:lpstr>
       <vt:lpstr>1 Balança Comercial</vt:lpstr>
       <vt:lpstr>2 Tipos de Serviço</vt:lpstr>
-      <vt:lpstr>3 Países Mensal</vt:lpstr>
       <vt:lpstr>3 Países Anual</vt:lpstr>
       <vt:lpstr>4 Balança Pag Tecnológica</vt:lpstr>
       <vt:lpstr> </vt:lpstr>
       <vt:lpstr>'2 Tipos de Serviço'!Print_Area</vt:lpstr>
-      <vt:lpstr>'3 Países Mensal'!Print_Area</vt:lpstr>
       <vt:lpstr>'4 Balança Pag Tecnológica'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Icep-Iapmei</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>