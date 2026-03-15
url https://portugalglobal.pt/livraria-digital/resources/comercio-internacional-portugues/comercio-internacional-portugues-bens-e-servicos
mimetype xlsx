--- v0 (2026-01-07)
+++ v1 (2026-03-15)
@@ -1,111 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://portugalglobal-my.sharepoint.com/personal/joao_santos_portugalglobal_pt/Documents/Documentos/JMS/AICEP/Intelligence Externa/CIP/CIP Observatório/Bens+Serviços Finais/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{A91DDEAC-7900-4207-ADC7-105DFCA0B7C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A3A61EDF-A385-4962-82F9-65DE285A2D28}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7E4354EA-741D-4375-9630-34BE34C75E2E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="956" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Capa" sheetId="40" r:id="rId1"/>
     <sheet name="Índice" sheetId="41" r:id="rId2"/>
     <sheet name="1 Balança Comercial" sheetId="27" r:id="rId3"/>
     <sheet name="2 Exportações por Componentes" sheetId="25" r:id="rId4"/>
     <sheet name="3 Importações por Componentes" sheetId="36" r:id="rId5"/>
     <sheet name="4 Saldos por Componentes" sheetId="39" r:id="rId6"/>
-    <sheet name="5Países Mensal" sheetId="32" r:id="rId7"/>
-[...1 lines deleted...]
-    <sheet name=" " sheetId="42" r:id="rId9"/>
+    <sheet name="5Países Anual" sheetId="51" r:id="rId7"/>
+    <sheet name=" " sheetId="42" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1 Balança Comercial'!$A$1:$H$49</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2 Exportações por Componentes'!$A$1:$I$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'3 Importações por Componentes'!$A$1:$I$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'4 Saldos por Componentes'!$A$1:$G$47</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="7">'5Países Anual'!$A$1:$O$76</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="6">'5Países Mensal'!$2:$7</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">'5Países Anual'!$A$1:$O$76</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="6">'5Países Anual'!$2:$7</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="357" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="317" uniqueCount="149">
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Transportes</t>
   </si>
   <si>
     <t>Viagens e turismo</t>
   </si>
   <si>
     <t>Cont. p.p.</t>
   </si>
   <si>
     <t>Cont. %</t>
   </si>
   <si>
     <t>Cont.: Contribuição de cada rubrica para o crescimento global em pontos percentuais e percentagem.</t>
   </si>
   <si>
     <t xml:space="preserve">   Tx. Cobertura (%)</t>
   </si>
   <si>
     <t xml:space="preserve">      Saldo</t>
   </si>
   <si>
@@ -312,66 +307,60 @@
   <si>
     <t>Fonte: Banco de Portugal</t>
   </si>
   <si>
     <t>Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>Fonte: Banco de Portugal; Unidade: Milhões de euros, exceto quando indicado.</t>
   </si>
   <si>
     <t>% Total 2025</t>
   </si>
   <si>
     <t>Tx. Cob. % 2025</t>
   </si>
   <si>
     <t>Var. %</t>
   </si>
   <si>
     <t>Bens % Total 25</t>
   </si>
   <si>
     <t>Serv  % Total 25</t>
   </si>
   <si>
-    <t>Bens % Total 24</t>
-[...14 lines deleted...]
-    <t>2025 jan/out</t>
+    <t>2025 (janeiro a dezembro)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>2024 jan/dez</t>
+  </si>
+  <si>
+    <t>2025 jan/dez</t>
   </si>
   <si>
     <t>Agrícolas</t>
   </si>
   <si>
     <t>Alimentares</t>
   </si>
   <si>
     <t>Combustíveis Minerais</t>
   </si>
   <si>
     <t>Químicos</t>
   </si>
   <si>
     <t>Plásticos, Borracha</t>
   </si>
   <si>
     <t>Peles, Couros</t>
   </si>
   <si>
     <t>Madeira, Cortiça</t>
   </si>
   <si>
     <t>Pastas Celulósicas, Papel</t>
   </si>
@@ -762,51 +751,51 @@
       <color indexed="8"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF005629"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="9"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="9"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -905,63 +894,50 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="thin">
         <color rgb="FFA6A6A6"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...11 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color rgb="FF002060"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF005629"/>
       </top>
       <bottom style="thin">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
@@ -969,72 +945,59 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFA6A6A6"/>
       </top>
       <bottom style="medium">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </top>
       <bottom style="thin">
         <color rgb="FF005629"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="119">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
@@ -1114,290 +1077,269 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="17" fontId="14" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="17" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="15" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="26" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="17" fontId="14" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="31" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="31" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="31" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="31" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="18" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="16" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="18" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...182 lines deleted...]
-    <xf numFmtId="165" fontId="16" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="28">
-[...11 lines deleted...]
-    </dxf>
+  <dxfs count="26">
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <condense val="0"/>
         <extend val="0"/>
         <color indexed="10"/>
       </font>
@@ -1528,78 +1470,74 @@
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005629"/>
       <color rgb="FF00A4B4"/>
       <color rgb="FF715C53"/>
       <color rgb="FF74B21A"/>
       <color rgb="FF0091D1"/>
       <color rgb="FF7FC31C"/>
       <color rgb="FFF2F2F2"/>
       <color rgb="FF7F7F7F"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>587583</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>79632</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23F734CC-1A6B-4002-AD94-09B468854471}"/>
             </a:ext>
@@ -1945,116 +1883,50 @@
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>16</xdr:col>
-[...64 lines deleted...]
-    <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>408828</xdr:colOff>
       <xdr:row>76</xdr:row>
       <xdr:rowOff>11549</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B98DF0B1-2BD0-49ED-B2C3-00102021C9D7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -2387,55 +2259,51 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.portugalglobal.pt/" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:J43"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A43" sqref="A43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -2649,51 +2517,51 @@
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
     </row>
     <row r="19" spans="1:10" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="4"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
     </row>
     <row r="20" spans="1:10" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="5" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
     </row>
     <row r="21" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="6"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
     </row>
     <row r="22" spans="1:10" ht="19.5" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="6"/>
@@ -2912,51 +2780,51 @@
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="2"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
       <c r="I40" s="2"/>
       <c r="J40" s="2"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
     <row r="42" spans="1:10" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A42" s="9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
       <c r="I43" s="2"/>
       <c r="J43" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
@@ -3008,752 +2876,752 @@
       </c>
     </row>
     <row r="9" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="12"/>
     </row>
     <row r="10" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="12" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="12"/>
     </row>
     <row r="12" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="12" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="13" spans="1:1" s="13" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" location="'1 Balança Comercial'!A2" display="Balança Comercial de Bens e Serviços" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
     <hyperlink ref="A6" location="'2 Exportações por Componentes'!A1" display="Exportações por Tipos de Bens e de Serviços" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
     <hyperlink ref="A8" location="'3 Importações por Componentes'!A1" display="Importações por Tipos de Bens e de Serviços" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
     <hyperlink ref="A10" location="'4 Saldos por Componentes'!A1" display="Saldo Comercial por Tipos de Bens e de Serviços" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
-    <hyperlink ref="A12" location="Índice!A1" display="Principais Países Clientes e Fornecedores" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
+    <hyperlink ref="A12" location="'5Países Anual'!Print_Area" display="Principais Países Clientes e Fornecedores" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="B1:H48"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B44" sqref="B44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" style="1" customWidth="1"/>
     <col min="3" max="6" width="9.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:8" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="2:8" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="61" t="s">
         <v>67</v>
       </c>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="15"/>
     </row>
     <row r="3" spans="2:8" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="4" spans="2:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="41"/>
       <c r="C4" s="42" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="D4" s="43" t="s">
         <v>63</v>
       </c>
       <c r="E4" s="42" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F4" s="43" t="s">
         <v>78</v>
       </c>
       <c r="G4" s="43" t="s">
         <v>62</v>
       </c>
       <c r="H4" s="44" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="2:8" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="16"/>
       <c r="C5" s="17"/>
       <c r="D5" s="18"/>
       <c r="E5" s="17"/>
       <c r="F5" s="18"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B6" s="20" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
     </row>
     <row r="7" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="23">
-        <v>112487.05999999998</v>
+        <v>133348.70000000001</v>
       </c>
       <c r="D7" s="24">
         <v>100</v>
       </c>
       <c r="E7" s="23">
-        <v>114484.53</v>
+        <v>134634.04999999999</v>
       </c>
       <c r="F7" s="24">
         <v>100</v>
       </c>
       <c r="G7" s="25">
-        <v>1997.4700000000157</v>
+        <v>1285.3499999999767</v>
       </c>
       <c r="H7" s="26">
-        <v>1.7757331376604704</v>
+        <v>0.96390141036243815</v>
       </c>
     </row>
     <row r="8" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="23">
-        <v>105387.35999999999</v>
+        <v>126908.47000000002</v>
       </c>
       <c r="D8" s="24">
         <v>100</v>
       </c>
       <c r="E8" s="23">
-        <v>109114.79</v>
+        <v>130884.84</v>
       </c>
       <c r="F8" s="24">
         <v>100</v>
       </c>
       <c r="G8" s="25">
-        <v>3727.4300000000076</v>
+        <v>3976.3699999999808</v>
       </c>
       <c r="H8" s="26">
-        <v>3.53688525834598</v>
+        <v>3.1332581662988925</v>
       </c>
     </row>
     <row r="9" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="22" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="23">
-        <v>7099.6999999999971</v>
+        <v>6440.2299999999959</v>
       </c>
       <c r="D9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="23">
-        <v>5369.7400000000052</v>
+        <v>3749.2099999999919</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="25">
-        <v>-1729.9599999999919</v>
+        <v>-2691.0200000000041</v>
       </c>
       <c r="H9" s="26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="45" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="46">
-        <v>106.73676615487852</v>
+        <v>105.07470462767378</v>
       </c>
       <c r="D10" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="46">
-        <v>104.92118437839638</v>
+        <v>102.86451051168339</v>
       </c>
       <c r="F10" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G10" s="47">
-        <v>-1.8155817764821478</v>
+        <v>-2.2101941159903902</v>
       </c>
       <c r="H10" s="46" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="49"/>
       <c r="C11" s="48"/>
       <c r="D11" s="48"/>
       <c r="E11" s="48"/>
       <c r="F11" s="48"/>
       <c r="G11" s="48"/>
       <c r="H11" s="48"/>
     </row>
     <row r="12" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="20" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="21"/>
       <c r="D12" s="21"/>
       <c r="E12" s="21"/>
       <c r="F12" s="21"/>
       <c r="G12" s="21"/>
       <c r="H12" s="21"/>
     </row>
     <row r="13" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="23">
-        <v>72526.39</v>
+        <v>86252.469999999987</v>
       </c>
       <c r="D13" s="24">
-        <v>64.475318316613496</v>
+        <v>64.681897911265708</v>
       </c>
       <c r="E13" s="23">
-        <v>74701.69</v>
+        <v>87840.489999999991</v>
       </c>
       <c r="F13" s="24">
-        <v>65.250466591425067</v>
+        <v>65.243888897348029</v>
       </c>
       <c r="G13" s="25">
-        <v>2175.3000000000029</v>
+        <v>1588.0200000000041</v>
       </c>
       <c r="H13" s="26">
-        <v>2.9993220398809357</v>
+        <v>1.8411298830050948</v>
       </c>
     </row>
     <row r="14" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="23">
-        <v>76651.22</v>
+        <v>92649.4</v>
       </c>
       <c r="D14" s="24">
-        <v>72.732840067347752</v>
+        <v>73.00489872740566</v>
       </c>
       <c r="E14" s="23">
-        <v>80980.150000000009</v>
+        <v>97781.82</v>
       </c>
       <c r="F14" s="24">
-        <v>74.215557762609464</v>
+        <v>74.708285543230218</v>
       </c>
       <c r="G14" s="25">
-        <v>4328.9300000000076</v>
+        <v>5132.4200000000128</v>
       </c>
       <c r="H14" s="26">
-        <v>5.6475682970212446</v>
+        <v>5.5396149354448196</v>
       </c>
     </row>
     <row r="15" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="23">
-        <v>-4124.8300000000017</v>
+        <v>-6396.9300000000076</v>
       </c>
       <c r="D15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="23">
-        <v>-6278.4600000000064</v>
+        <v>-9941.3300000000163</v>
       </c>
       <c r="F15" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G15" s="25">
-        <v>-2153.6300000000047</v>
+        <v>-3544.4000000000087</v>
       </c>
       <c r="H15" s="26">
-        <v>52.211363862268357</v>
+        <v>55.407828442706183</v>
       </c>
     </row>
     <row r="16" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="26">
-        <v>94.618702742108994</v>
+        <v>93.095551617171822</v>
       </c>
       <c r="D16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="26">
-        <v>92.246914830362741</v>
+        <v>89.833150988598888</v>
       </c>
       <c r="F16" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="24">
-        <v>-2.371787911746253</v>
+        <v>-3.2624006285729337</v>
       </c>
       <c r="H16" s="26"/>
     </row>
     <row r="17" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G17" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="46">
-        <v>1.9338224325535782</v>
+        <v>1.1908777513391611</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="49"/>
       <c r="C18" s="48"/>
       <c r="D18" s="48"/>
       <c r="E18" s="48"/>
       <c r="F18" s="48"/>
       <c r="G18" s="48"/>
       <c r="H18" s="48"/>
     </row>
     <row r="19" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="20" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="21"/>
       <c r="D19" s="21"/>
       <c r="E19" s="21"/>
       <c r="F19" s="21"/>
       <c r="G19" s="21"/>
       <c r="H19" s="21"/>
     </row>
     <row r="20" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C20" s="23">
-        <v>39960.669999999984</v>
+        <v>47096.230000000025</v>
       </c>
       <c r="D20" s="24">
-        <v>35.524681683386504</v>
+        <v>35.318102088734285</v>
       </c>
       <c r="E20" s="23">
-        <v>39782.839999999997</v>
+        <v>46793.56</v>
       </c>
       <c r="F20" s="24">
-        <v>34.749533408574941</v>
+        <v>34.756111102651964</v>
       </c>
       <c r="G20" s="25">
-        <v>-177.82999999998719</v>
+        <v>-302.67000000002736</v>
       </c>
       <c r="H20" s="26">
-        <v>-0.44501255859820987</v>
+        <v>-0.64266290528992909</v>
       </c>
     </row>
     <row r="21" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="23">
-        <v>28736.139999999985</v>
+        <v>34259.070000000022</v>
       </c>
       <c r="D21" s="24">
-        <v>27.267159932652252</v>
+        <v>26.995101272594347</v>
       </c>
       <c r="E21" s="23">
-        <v>28134.639999999985</v>
+        <v>33103.01999999999</v>
       </c>
       <c r="F21" s="24">
-        <v>25.784442237390536</v>
+        <v>25.291714456769775</v>
       </c>
       <c r="G21" s="25">
-        <v>-601.5</v>
+        <v>-1156.050000000032</v>
       </c>
       <c r="H21" s="26">
-        <v>-2.0931830092698611</v>
+        <v>-3.3744348576888723</v>
       </c>
     </row>
     <row r="22" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="23">
-        <v>11224.529999999999</v>
+        <v>12837.160000000003</v>
       </c>
       <c r="D22" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="23">
-        <v>11648.200000000012</v>
+        <v>13690.540000000008</v>
       </c>
       <c r="F22" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G22" s="25">
-        <v>423.67000000001281</v>
+        <v>853.38000000000466</v>
       </c>
       <c r="H22" s="26">
-        <v>3.7745010258782581</v>
+        <v>6.647732052884006</v>
       </c>
     </row>
     <row r="23" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="26">
-        <v>139.06067411976696</v>
+        <v>137.47083619024099</v>
       </c>
       <c r="D23" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="26">
-        <v>141.40163158298816</v>
+        <v>141.35737464436784</v>
       </c>
       <c r="F23" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G23" s="24">
-        <v>2.3409574632212014</v>
+        <v>3.8865384541268497</v>
       </c>
       <c r="H23" s="26"/>
     </row>
     <row r="24" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G24" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="46">
-        <v>-0.15808929489310788</v>
+        <v>-0.22697634097672292</v>
       </c>
     </row>
     <row r="25" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="49"/>
       <c r="C25" s="48"/>
       <c r="D25" s="48"/>
       <c r="E25" s="48"/>
       <c r="F25" s="48"/>
       <c r="G25" s="48"/>
       <c r="H25" s="48"/>
     </row>
     <row r="26" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="21"/>
       <c r="D26" s="21"/>
       <c r="E26" s="21"/>
       <c r="F26" s="21"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
     </row>
     <row r="27" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C27" s="23">
-        <v>63261.729999999996</v>
+        <v>75368.749999999985</v>
       </c>
       <c r="D27" s="24">
-        <v>56.23911763717534</v>
+        <v>56.520048564402934</v>
       </c>
       <c r="E27" s="23">
-        <v>62722.329999999994</v>
+        <v>74131.259999999995</v>
       </c>
       <c r="F27" s="24">
-        <v>54.786729700510627</v>
+        <v>55.061301357271809</v>
       </c>
       <c r="G27" s="25">
-        <v>-539.40000000000146</v>
+        <v>-1237.4899999999907</v>
       </c>
       <c r="H27" s="26">
-        <v>-0.85264819662693625</v>
+        <v>-1.6419139232108679</v>
       </c>
     </row>
     <row r="28" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="23">
-        <v>83884.11</v>
+        <v>100808.24999999999</v>
       </c>
       <c r="D28" s="24">
-        <v>79.595987602308298</v>
+        <v>79.433823447717856</v>
       </c>
       <c r="E28" s="23">
-        <v>86816.73</v>
+        <v>103522.49</v>
       </c>
       <c r="F28" s="24">
-        <v>79.564585149272617</v>
+        <v>79.094332086130066</v>
       </c>
       <c r="G28" s="25">
-        <v>2932.6199999999953</v>
+        <v>2714.2400000000198</v>
       </c>
       <c r="H28" s="26">
-        <v>3.4960375689746193</v>
+        <v>2.6924780461916762</v>
       </c>
     </row>
     <row r="29" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="23">
-        <v>-20622.380000000005</v>
+        <v>-25439.5</v>
       </c>
       <c r="D29" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="23">
-        <v>-24094.400000000001</v>
+        <v>-29391.23000000001</v>
       </c>
       <c r="F29" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G29" s="25">
-        <v>-3472.0199999999968</v>
+        <v>-3951.7300000000105</v>
       </c>
       <c r="H29" s="26">
-        <v>-16.836175068057109</v>
+        <v>-15.533835177578217</v>
       </c>
     </row>
     <row r="30" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C30" s="26">
-        <v>75.415629968536351</v>
+        <v>74.764466201922957</v>
       </c>
       <c r="D30" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="26">
-        <v>72.246823855263841</v>
+        <v>71.60884557548799</v>
       </c>
       <c r="F30" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G30" s="24">
-        <v>-3.1688061132725096</v>
+        <v>-3.1556206264349669</v>
       </c>
       <c r="H30" s="26"/>
     </row>
     <row r="31" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="45" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="46" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="46" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="G31" s="47" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="46">
-        <v>-0.47952182233227675</v>
+        <v>-0.92801054678447603</v>
       </c>
     </row>
     <row r="32" spans="2:8" ht="0.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="49"/>
       <c r="C32" s="48"/>
       <c r="D32" s="48"/>
       <c r="E32" s="48"/>
       <c r="F32" s="48"/>
       <c r="G32" s="48"/>
       <c r="H32" s="48"/>
     </row>
     <row r="33" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>
     </row>
     <row r="34" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C34" s="23">
-        <v>49225.35</v>
+        <v>57979.969999999994</v>
       </c>
       <c r="D34" s="24">
-        <v>43.760900142647522</v>
+        <v>43.479966433868491</v>
       </c>
       <c r="E34" s="23">
-        <v>51762.189999999995</v>
+        <v>60502.81</v>
       </c>
       <c r="F34" s="24">
-        <v>45.213261564684757</v>
+        <v>44.938713497811293</v>
       </c>
       <c r="G34" s="25">
-        <v>2536.8399999999965</v>
+        <v>2522.8400000000038</v>
       </c>
       <c r="H34" s="26">
-        <v>5.1535235402084423</v>
+        <v>4.351226811604084</v>
       </c>
     </row>
     <row r="35" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="23">
-        <v>21503.249999999996</v>
+        <v>26100.219999999998</v>
       </c>
       <c r="D35" s="24">
-        <v>20.404012397691716</v>
+        <v>20.566176552282126</v>
       </c>
       <c r="E35" s="23">
-        <v>22298.06</v>
+        <v>27362.35</v>
       </c>
       <c r="F35" s="24">
-        <v>20.435414850727387</v>
+        <v>20.905667913869934</v>
       </c>
       <c r="G35" s="25">
-        <v>794.81000000000495</v>
+        <v>1262.130000000001</v>
       </c>
       <c r="H35" s="26">
-        <v>3.6962319649355568</v>
+        <v>4.8357063656934738</v>
       </c>
     </row>
     <row r="36" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="23">
-        <v>27722.100000000002</v>
+        <v>31879.749999999996</v>
       </c>
       <c r="D36" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="23">
-        <v>29464.129999999994</v>
+        <v>33140.46</v>
       </c>
       <c r="F36" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G36" s="25">
-        <v>1742.0299999999916</v>
+        <v>1260.7100000000028</v>
       </c>
       <c r="H36" s="26">
-        <v>6.2839034560873506</v>
+        <v>3.9545793175918975</v>
       </c>
     </row>
     <row r="37" spans="2:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="26">
-        <v>228.9205120156256</v>
+        <v>222.14360645235942</v>
       </c>
       <c r="D37" s="24" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="26">
-        <v>232.13763887979488</v>
+        <v>221.11700932120232</v>
       </c>
       <c r="F37" s="24" t="s">
         <v>9</v>
       </c>
       <c r="G37" s="24">
-        <v>3.2171268641692734</v>
+        <v>-1.0265971311571036</v>
       </c>
       <c r="H37" s="26"/>
     </row>
     <row r="38" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B38" s="50" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="51" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="51" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="G38" s="52" t="s">
         <v>9</v>
       </c>
       <c r="H38" s="51">
-        <v>2.25522829025845</v>
+        <v>1.8919119571469414</v>
       </c>
     </row>
     <row r="39" spans="2:8" s="31" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="28"/>
       <c r="C39" s="29"/>
       <c r="D39" s="29"/>
       <c r="E39" s="29"/>
       <c r="F39" s="29"/>
       <c r="G39" s="29"/>
       <c r="H39" s="30"/>
     </row>
     <row r="40" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B40" s="53" t="s">
         <v>75</v>
       </c>
       <c r="C40" s="32"/>
       <c r="D40" s="32"/>
       <c r="E40" s="32"/>
       <c r="F40" s="32"/>
       <c r="G40" s="32"/>
       <c r="H40" s="33"/>
     </row>
     <row r="41" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B41" s="53" t="s">
         <v>76</v>
@@ -3785,1203 +3653,1199 @@
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
     <row r="45" spans="2:8" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="53"/>
     </row>
     <row r="46" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B46" s="16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="47" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B47" s="55" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="48" spans="2:8" x14ac:dyDescent="0.2">
       <c r="B48" s="34"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B11:H11">
-    <cfRule type="cellIs" dxfId="27" priority="24" operator="lessThan">
+    <cfRule type="cellIs" dxfId="25" priority="24" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B18:H18">
-    <cfRule type="cellIs" dxfId="26" priority="8" operator="lessThan">
+    <cfRule type="cellIs" dxfId="24" priority="8" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B25:H25">
-    <cfRule type="cellIs" dxfId="25" priority="5" operator="lessThan">
+    <cfRule type="cellIs" dxfId="23" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B32:H32">
-    <cfRule type="cellIs" dxfId="24" priority="2" operator="lessThan">
+    <cfRule type="cellIs" dxfId="22" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C7:H10">
-    <cfRule type="cellIs" dxfId="23" priority="23" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="21" priority="23" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C13:H17">
-    <cfRule type="cellIs" dxfId="22" priority="7" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="20" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C20:H24">
-    <cfRule type="cellIs" dxfId="21" priority="4" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="19" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C27:H31">
-    <cfRule type="cellIs" dxfId="20" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="18" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C34:H38">
-    <cfRule type="cellIs" dxfId="19" priority="19" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="17" priority="19" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G11:H11">
-    <cfRule type="cellIs" dxfId="18" priority="35" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="16" priority="35" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G18:H18">
-    <cfRule type="cellIs" dxfId="17" priority="9" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="15" priority="9" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G25:H25">
-    <cfRule type="cellIs" dxfId="16" priority="6" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="14" priority="6" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G32:H32">
-    <cfRule type="cellIs" dxfId="15" priority="3" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="13" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B47" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{E211DFD0-9431-4190-A6C3-D1C91BB6375F}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet4"/>
-  <dimension ref="A1:P52"/>
+  <dimension ref="A1:O52"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" workbookViewId="0">
       <selection activeCell="A44" sqref="A44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="16" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="53" customWidth="1"/>
     <col min="3" max="3" width="7.7109375" style="64" customWidth="1"/>
     <col min="4" max="4" width="7.7109375" style="53" customWidth="1"/>
     <col min="5" max="6" width="7.7109375" style="64" customWidth="1"/>
     <col min="7" max="7" width="7.7109375" style="67" customWidth="1"/>
     <col min="8" max="9" width="7.7109375" style="64" customWidth="1"/>
-    <col min="10" max="16" width="9.140625" style="80"/>
-    <col min="17" max="16384" width="9.140625" style="53"/>
+    <col min="10" max="15" width="9.140625" style="80"/>
+    <col min="16" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="53"/>
       <c r="C1" s="53"/>
       <c r="E1" s="53"/>
       <c r="F1" s="53"/>
       <c r="G1" s="53"/>
       <c r="H1" s="53"/>
       <c r="I1" s="53"/>
       <c r="J1" s="53"/>
       <c r="K1" s="53"/>
       <c r="L1" s="53"/>
       <c r="M1" s="53"/>
       <c r="N1" s="53"/>
       <c r="O1" s="53"/>
-      <c r="P1" s="53"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:16" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
         <v>68</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
       <c r="I2" s="72"/>
       <c r="J2" s="53"/>
       <c r="K2" s="53"/>
       <c r="L2" s="53"/>
       <c r="M2" s="53"/>
       <c r="N2" s="53"/>
       <c r="O2" s="53"/>
-      <c r="P2" s="53"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="3" spans="1:15" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
-      <c r="P3" s="53"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:16" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="4" spans="1:15" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>53</v>
       </c>
       <c r="B4" s="73" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C4" s="74" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="73" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E4" s="74" t="s">
         <v>78</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="74" t="s">
         <v>80</v>
       </c>
       <c r="H4" s="74" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="75" t="s">
         <v>4</v>
       </c>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
-      <c r="P4" s="76"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="5" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>112487.05999999998</v>
+        <v>133348.70000000001</v>
       </c>
       <c r="C5" s="78">
         <v>100</v>
       </c>
       <c r="D5" s="77">
-        <v>114484.53</v>
+        <v>134634.04999999999</v>
       </c>
       <c r="E5" s="78">
         <v>100</v>
       </c>
       <c r="F5" s="77">
-        <v>1997.4700000000157</v>
+        <v>1285.3499999999767</v>
       </c>
       <c r="G5" s="79">
-        <v>1.7757331376604704</v>
+        <v>0.96390141036243815</v>
       </c>
       <c r="H5" s="78">
-        <v>1.7757331376604704</v>
+        <v>0.96390141036243815</v>
       </c>
       <c r="I5" s="78">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="70">
-        <v>24671.629999999997</v>
+        <v>27745.750000000007</v>
       </c>
       <c r="C6" s="81">
-        <v>21.932860544137256</v>
+        <v>20.806914503103521</v>
       </c>
       <c r="D6" s="70">
-        <v>25985.21</v>
+        <v>29131.149999999998</v>
       </c>
       <c r="E6" s="81">
-        <v>22.697573200501413</v>
+        <v>21.637282693345405</v>
       </c>
       <c r="F6" s="70">
-        <v>1313.5800000000017</v>
+        <v>1385.3999999999905</v>
       </c>
       <c r="G6" s="82">
-        <v>5.3242529982818398</v>
+        <v>4.9931971563212034</v>
       </c>
       <c r="H6" s="81">
-        <v>1.1677609851302024</v>
+        <v>1.0389302632871489</v>
       </c>
       <c r="I6" s="81">
-        <v>65.762189169298736</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>107.78387209709538</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B7" s="70">
-        <v>9794.6569539999982</v>
+        <v>11688.93087</v>
       </c>
       <c r="C7" s="81">
-        <v>8.7073632771627238</v>
+        <v>8.7656879069687204</v>
       </c>
       <c r="D7" s="70">
-        <v>10411.490634000002</v>
+        <v>12379.668298000001</v>
       </c>
       <c r="E7" s="81">
-        <v>9.0942336348849953</v>
+        <v>9.1950500620014051</v>
       </c>
       <c r="F7" s="70">
-        <v>616.83368000000337</v>
+        <v>690.73742800000036</v>
       </c>
       <c r="G7" s="82">
-        <v>6.2976547611307332</v>
+        <v>5.909329396179416</v>
       </c>
       <c r="H7" s="81">
-        <v>0.5483596779931873</v>
+        <v>0.51799337226384679</v>
       </c>
       <c r="I7" s="81">
-        <v>30.880748146405129</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>53.739248298129915</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="70">
-        <v>8709.93</v>
+        <v>10717.869999999999</v>
       </c>
       <c r="C8" s="81">
-        <v>7.7430506228894247</v>
+        <v>8.0374761808701543</v>
       </c>
       <c r="D8" s="70">
-        <v>9035.1299999999992</v>
+        <v>11164.320000000002</v>
       </c>
       <c r="E8" s="81">
-        <v>7.8920095142985689</v>
+        <v>8.2923450642686625</v>
       </c>
       <c r="F8" s="70">
-        <v>325.19999999999891</v>
+        <v>446.45000000000255</v>
       </c>
       <c r="G8" s="82">
-        <v>3.7336695013622259</v>
+        <v>4.165473177039865</v>
       </c>
       <c r="H8" s="81">
-        <v>0.28909991958186027</v>
+        <v>0.33479891442511439</v>
       </c>
       <c r="I8" s="81">
-        <v>16.280594952614873</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>34.733730112421568</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B9" s="70">
-        <v>8397.2105770000016</v>
+        <v>10182.144571000004</v>
       </c>
       <c r="C9" s="81">
-        <v>7.4650458257154231</v>
+        <v>7.6357284105506862</v>
       </c>
       <c r="D9" s="70">
-        <v>8741.5281549999982</v>
+        <v>10530.403245</v>
       </c>
       <c r="E9" s="81">
-        <v>7.6355540394846351</v>
+        <v>7.821500760765943</v>
       </c>
       <c r="F9" s="70">
-        <v>344.3175779999965</v>
+        <v>348.25867399999515</v>
       </c>
       <c r="G9" s="82">
-        <v>4.1003804161239437</v>
+        <v>3.420288050042803</v>
       </c>
       <c r="H9" s="81">
-        <v>0.30609527709231316</v>
+        <v>0.26116390635978837</v>
       </c>
       <c r="I9" s="81">
-        <v>17.237684570981983</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>27.094462519936318</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
         <v>15</v>
       </c>
       <c r="B10" s="70">
-        <v>8079.56</v>
+        <v>9898.7900000000009</v>
       </c>
       <c r="C10" s="81">
-        <v>7.1826572763124945</v>
+        <v>7.4232369719389846</v>
       </c>
       <c r="D10" s="70">
-        <v>8675.82</v>
+        <v>10047.130000000001</v>
       </c>
       <c r="E10" s="81">
-        <v>7.5781592499877499</v>
+        <v>7.4625475501925411</v>
       </c>
       <c r="F10" s="70">
-        <v>596.25999999999931</v>
+        <v>148.34000000000015</v>
       </c>
       <c r="G10" s="82">
-        <v>7.3798573189629053</v>
+        <v>1.4985669965723096</v>
       </c>
       <c r="H10" s="81">
-        <v>0.53006985870196921</v>
+        <v>0.11124217933883129</v>
       </c>
       <c r="I10" s="81">
-        <v>29.850761212934092</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>11.54082545610167</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B11" s="70">
-        <v>5131.3923540000014</v>
+        <v>5899.2609419999999</v>
       </c>
       <c r="C11" s="81">
-        <v>4.5617623520429831</v>
+        <v>4.4239358478935298</v>
       </c>
       <c r="D11" s="70">
-        <v>6343.1768640000009</v>
+        <v>7364.2109329999994</v>
       </c>
       <c r="E11" s="81">
-        <v>5.5406410490570224</v>
+        <v>5.4697982664860785</v>
       </c>
       <c r="F11" s="70">
-        <v>1211.7845099999995</v>
+        <v>1464.9499909999995</v>
       </c>
       <c r="G11" s="82">
-        <v>23.615120934094904</v>
+        <v>24.832771518381826</v>
       </c>
       <c r="H11" s="81">
-        <v>1.0772656961609626</v>
+        <v>1.098585881227188</v>
       </c>
       <c r="I11" s="81">
-        <v>60.665967949455556</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>113.97284716225356</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B12" s="70">
-        <v>5385.289847</v>
+        <v>6554.7739430000001</v>
       </c>
       <c r="C12" s="81">
-        <v>4.7874749744548399</v>
+        <v>4.9155139442679223</v>
       </c>
       <c r="D12" s="70">
-        <v>5307.0816460000005</v>
+        <v>6404.0932460000004</v>
       </c>
       <c r="E12" s="81">
-        <v>4.635632120776493</v>
+        <v>4.7566668654771957</v>
       </c>
       <c r="F12" s="70">
-        <v>-78.208200999999463</v>
+        <v>-150.68069699999978</v>
       </c>
       <c r="G12" s="82">
-        <v>-1.4522561128918092</v>
+        <v>-2.298793189670794</v>
       </c>
       <c r="H12" s="81">
-        <v>-6.9526397969686002E-2</v>
+        <v>-0.11299749978814924</v>
       </c>
       <c r="I12" s="81">
-        <v>-3.9153629841749242</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-11.722931263858289</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B13" s="70">
-        <v>5465.7334080000001</v>
+        <v>6426.5182729999997</v>
       </c>
       <c r="C13" s="81">
-        <v>4.858988587665106</v>
+        <v>4.8193332765898722</v>
       </c>
       <c r="D13" s="70">
-        <v>5251.7440720000004</v>
+        <v>6187.7060929999998</v>
       </c>
       <c r="E13" s="81">
-        <v>4.5872958311485403</v>
+        <v>4.5959444085652921</v>
       </c>
       <c r="F13" s="70">
-        <v>-213.98933599999964</v>
+        <v>-238.8121799999999</v>
       </c>
       <c r="G13" s="82">
-        <v>-3.9151074526758118</v>
+        <v>-3.7160429622262416</v>
       </c>
       <c r="H13" s="81">
-        <v>-0.19023462432034374</v>
+        <v>-0.17908849505094526</v>
       </c>
       <c r="I13" s="81">
-        <v>-10.713018768742357</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-18.579544871047123</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="B14" s="70">
-        <v>4616.2628589999995</v>
+        <v>5068.5800000000008</v>
       </c>
       <c r="C14" s="81">
-        <v>4.1038167936827579</v>
+        <v>3.80099693510323</v>
       </c>
       <c r="D14" s="70">
-        <v>4558.6310290000001</v>
+        <v>5527.45</v>
       </c>
       <c r="E14" s="81">
-        <v>3.981875131076662</v>
+        <v>4.1055364523313385</v>
       </c>
       <c r="F14" s="70">
-        <v>-57.631829999999354</v>
+        <v>458.86999999999898</v>
       </c>
       <c r="G14" s="82">
-        <v>-1.2484520869005253</v>
+        <v>9.0532259528309478</v>
       </c>
       <c r="H14" s="81">
-        <v>-5.1234186403306618E-2</v>
+        <v>0.3441128409950745</v>
       </c>
       <c r="I14" s="81">
-        <v>-2.8852413302827529</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>35.700003889991621</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="B15" s="70">
-        <v>4019.67</v>
+        <v>5418.2171729999991</v>
       </c>
       <c r="C15" s="81">
-        <v>3.5734510262780455</v>
+        <v>4.0631945965727434</v>
       </c>
       <c r="D15" s="70">
-        <v>4323.6799999999994</v>
+        <v>5300.5346500000005</v>
       </c>
       <c r="E15" s="81">
-        <v>3.7766499980390362</v>
+        <v>3.9369941333563099</v>
       </c>
       <c r="F15" s="70">
-        <v>304.00999999999931</v>
+        <v>-117.68252299999858</v>
       </c>
       <c r="G15" s="82">
-        <v>7.5630586590441338</v>
+        <v>-2.1719787015262666</v>
       </c>
       <c r="H15" s="81">
-        <v>0.27026219726962314</v>
+        <v>-8.8251721239126113E-2</v>
       </c>
       <c r="I15" s="81">
-        <v>15.21975298752907</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-9.1556792313378228</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B16" s="70">
-        <v>4723.7678820000001</v>
+        <v>4098.1189659999991</v>
       </c>
       <c r="C16" s="81">
-        <v>4.1993878069175254</v>
+        <v>3.0732350341623116</v>
       </c>
       <c r="D16" s="70">
-        <v>3636.6738719999998</v>
+        <v>4141.567513</v>
       </c>
       <c r="E16" s="81">
-        <v>3.1765635688944172</v>
+        <v>3.0761664772024613</v>
       </c>
       <c r="F16" s="70">
-        <v>-1087.0940100000003</v>
+        <v>43.448547000000872</v>
       </c>
       <c r="G16" s="82">
-        <v>-23.013281709763746</v>
+        <v>1.0602070696451538</v>
       </c>
       <c r="H16" s="81">
-        <v>-0.96641694609139961</v>
+        <v>3.258265509900049E-2</v>
       </c>
       <c r="I16" s="81">
-        <v>-54.42354628605144</v>
+        <v>3.3802891819350105</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B17" s="70">
-        <v>3436.5686199999991</v>
+        <v>5508.5384770000001</v>
       </c>
       <c r="C17" s="81">
-        <v>3.0550790642052514</v>
+        <v>4.1309277683247005</v>
       </c>
       <c r="D17" s="70">
-        <v>3471.8232739999999</v>
+        <v>4026.6257640000003</v>
       </c>
       <c r="E17" s="81">
-        <v>3.0325697926173953</v>
+        <v>2.9907930155855822</v>
       </c>
       <c r="F17" s="70">
-        <v>35.254654000000755</v>
+        <v>-1481.9127129999997</v>
       </c>
       <c r="G17" s="82">
-        <v>1.0258678902794836</v>
+        <v>-26.902103328995221</v>
       </c>
       <c r="H17" s="81">
-        <v>3.13410751423326E-2</v>
+        <v>-1.1113064566808672</v>
       </c>
       <c r="I17" s="81">
-        <v>1.7649653812072512</v>
+        <v>-115.2925438985511</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B18" s="70">
-        <v>2711.5709219999999</v>
+        <v>3231.6258240000002</v>
       </c>
       <c r="C18" s="81">
-        <v>2.4105625322592661</v>
+        <v>2.4234400665323319</v>
       </c>
       <c r="D18" s="70">
-        <v>2764.5215359999997</v>
+        <v>3285.5986640000001</v>
       </c>
       <c r="E18" s="81">
-        <v>2.4147555447011047</v>
+        <v>2.4403920583240275</v>
       </c>
       <c r="F18" s="70">
-        <v>52.95061399999986</v>
+        <v>53.972839999999906</v>
       </c>
       <c r="G18" s="82">
-        <v>1.9527652244089029</v>
+        <v>1.6701450891735385</v>
       </c>
       <c r="H18" s="81">
-        <v>4.7072626842589595E-2</v>
+        <v>4.0474965260253681E-2</v>
       </c>
       <c r="I18" s="81">
-        <v>2.6508840683464303</v>
+        <v>4.1990772941222918</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B19" s="70">
-        <v>2824.3956880000001</v>
+        <v>3186.9404500000001</v>
       </c>
       <c r="C19" s="81">
-        <v>2.5108627499020781</v>
+        <v>2.3899298980792461</v>
       </c>
       <c r="D19" s="70">
-        <v>2672.6659969999996</v>
+        <v>3178.2424839999999</v>
       </c>
       <c r="E19" s="81">
-        <v>2.3345215261834933</v>
+        <v>2.3606528095975721</v>
       </c>
       <c r="F19" s="70">
-        <v>-151.72969100000046</v>
+        <v>-8.6979660000001786</v>
       </c>
       <c r="G19" s="82">
-        <v>-5.3721116925880414</v>
+        <v>-0.27292527540011546</v>
       </c>
       <c r="H19" s="81">
-        <v>-0.13488635137232716</v>
+        <v>-6.5227227562024807E-3</v>
       </c>
       <c r="I19" s="81">
-        <v>-7.5960936084146073</v>
+        <v>-0.67670019838956985</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B20" s="70">
-        <v>2669.520587</v>
+        <v>3375.768591</v>
       </c>
       <c r="C20" s="81">
-        <v>2.3731801568998252</v>
+        <v>2.5315346838776827</v>
       </c>
       <c r="D20" s="70">
-        <v>2664.1988300000003</v>
+        <v>3154.7396100000001</v>
       </c>
       <c r="E20" s="81">
-        <v>2.3271256212520597</v>
+        <v>2.3431959522869592</v>
       </c>
       <c r="F20" s="70">
-        <v>-5.3217569999997067</v>
+        <v>-221.02898099999993</v>
       </c>
       <c r="G20" s="82">
-        <v>-0.1993525364035601</v>
+        <v>-6.5475157743121475</v>
       </c>
       <c r="H20" s="81">
-        <v>-4.7309948362057892E-3</v>
+        <v>-0.16575263275907443</v>
       </c>
       <c r="I20" s="81">
-        <v>-0.26642487746998278</v>
+        <v>-17.196015170965413</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B21" s="70">
-        <v>1996.135182</v>
+        <v>2354.2988480000004</v>
       </c>
       <c r="C21" s="81">
-        <v>1.7745464962814392</v>
+        <v>1.7655206597439645</v>
       </c>
       <c r="D21" s="70">
-        <v>1993.7517550000002</v>
+        <v>2320.8249959999998</v>
       </c>
       <c r="E21" s="81">
-        <v>1.7415032013495626</v>
+        <v>1.723802408083245</v>
       </c>
       <c r="F21" s="70">
-        <v>-2.3834269999997559</v>
+        <v>-33.473852000000534</v>
       </c>
       <c r="G21" s="82">
-        <v>-0.11940208366107322</v>
+        <v>-1.421818306050521</v>
       </c>
       <c r="H21" s="81">
-        <v>-2.1188454920946071E-3</v>
+        <v>-2.5102495937343618E-2</v>
       </c>
       <c r="I21" s="81">
-        <v>-0.11932229270025267</v>
+        <v>-2.6042596958027886</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B22" s="70">
-        <v>2107.284032</v>
+        <v>2444.3978220000004</v>
       </c>
       <c r="C22" s="81">
-        <v>1.8733568394444664</v>
+        <v>1.8330871032113549</v>
       </c>
       <c r="D22" s="70">
-        <v>1951.866972</v>
+        <v>2293.9400599999999</v>
       </c>
       <c r="E22" s="81">
-        <v>1.7049176618011186</v>
+        <v>1.7038335101707183</v>
       </c>
       <c r="F22" s="70">
-        <v>-155.41705999999999</v>
+        <v>-150.45776200000046</v>
       </c>
       <c r="G22" s="82">
-        <v>-7.3752307538958268</v>
+        <v>-6.1552076607929669</v>
       </c>
       <c r="H22" s="81">
-        <v>-0.13816438975291914</v>
+        <v>-0.1128303178058732</v>
       </c>
       <c r="I22" s="81">
-        <v>-7.7806955799085227</v>
+        <v>-11.705586960750237</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B23" s="70">
-        <v>1704.7042079999999</v>
+        <v>2013.5821240000002</v>
       </c>
       <c r="C23" s="81">
-        <v>1.515466941708673</v>
+        <v>1.510012564051993</v>
       </c>
       <c r="D23" s="70">
-        <v>1706.8333340000001</v>
+        <v>2003.7433260000005</v>
       </c>
       <c r="E23" s="81">
-        <v>1.4908855668097691</v>
+        <v>1.48828868031527</v>
       </c>
       <c r="F23" s="70">
-        <v>2.1291260000002694</v>
+        <v>-9.8387979999997697</v>
       </c>
       <c r="G23" s="82">
-        <v>0.12489709299762985</v>
+        <v>-0.48862164014720705</v>
       </c>
       <c r="H23" s="81">
-        <v>1.8927741555342184E-3</v>
+        <v>-7.3782481568997436E-3</v>
       </c>
       <c r="I23" s="81">
-        <v>0.10659113778931611</v>
+        <v>-0.76545672384953112</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B24" s="70">
-        <v>1512.799951</v>
+        <v>1777.204135</v>
       </c>
       <c r="C24" s="81">
-        <v>1.3448657570035167</v>
+        <v>1.3327495018699094</v>
       </c>
       <c r="D24" s="70">
-        <v>1533.4296570000001</v>
+        <v>1782.8803839999998</v>
       </c>
       <c r="E24" s="81">
-        <v>1.3394208431479784</v>
+        <v>1.3242418125281086</v>
       </c>
       <c r="F24" s="70">
-        <v>20.629706000000169</v>
+        <v>5.6762489999998706</v>
       </c>
       <c r="G24" s="82">
-        <v>1.3636770669091705</v>
+        <v>0.31939206578538998</v>
       </c>
       <c r="H24" s="81">
-        <v>1.8339625908971372E-2</v>
+        <v>4.2566961657667978E-3</v>
       </c>
       <c r="I24" s="81">
-        <v>1.0327917816037293</v>
+        <v>0.44161115649433796</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="70">
-        <v>1006.5300000000001</v>
+        <v>1292.2000000000003</v>
       </c>
       <c r="C25" s="81">
-        <v>0.89479625478699532</v>
+        <v>0.96903831833381215</v>
       </c>
       <c r="D25" s="70">
-        <v>919.02</v>
+        <v>1101.74</v>
       </c>
       <c r="E25" s="81">
-        <v>0.80274601293292647</v>
+        <v>0.81832196238618682</v>
       </c>
       <c r="F25" s="70">
-        <v>-87.510000000000105</v>
+        <v>-190.46000000000026</v>
       </c>
       <c r="G25" s="82">
-        <v>-8.6942266996512867</v>
+        <v>-14.739204457514335</v>
       </c>
       <c r="H25" s="81">
-        <v>-7.7795614891170692E-2</v>
+        <v>-0.14282853901087916</v>
       </c>
       <c r="I25" s="81">
-        <v>-4.3810420181529341</v>
+        <v>-14.817753919166273</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B26" s="70">
-        <v>790.93000000000006</v>
+        <v>981.00000000000011</v>
       </c>
       <c r="C26" s="81">
-        <v>0.70312976443690522</v>
+        <v>0.73566521458401923</v>
       </c>
       <c r="D26" s="70">
-        <v>812.93000000000006</v>
+        <v>1019.4800000000001</v>
       </c>
       <c r="E26" s="81">
-        <v>0.71007847086414211</v>
+        <v>0.75722300562153499</v>
       </c>
       <c r="F26" s="70">
-        <v>22</v>
+        <v>38.480000000000018</v>
       </c>
       <c r="G26" s="82">
-        <v>2.7815356605515023</v>
+        <v>3.9225280326197773</v>
       </c>
       <c r="H26" s="81">
-        <v>1.9557805137764294E-2</v>
+        <v>2.885667426829059E-2</v>
       </c>
       <c r="I26" s="81">
-        <v>1.1013932624770248</v>
+        <v>2.9937371144046923</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B27" s="70">
-        <v>577.68000000000006</v>
+        <v>750.78</v>
       </c>
       <c r="C27" s="81">
-        <v>0.51355240327198537</v>
+        <v>0.56302011193209966</v>
       </c>
       <c r="D27" s="70">
-        <v>612.45000000000005</v>
+        <v>841.88999999999987</v>
       </c>
       <c r="E27" s="81">
-        <v>0.53496310811600489</v>
+        <v>0.62531729529045588</v>
       </c>
       <c r="F27" s="70">
-        <v>34.769999999999982</v>
+        <v>91.1099999999999</v>
       </c>
       <c r="G27" s="82">
-        <v>6.0189031990029038</v>
+        <v>12.135379205626135</v>
       </c>
       <c r="H27" s="81">
-        <v>3.0910222029093822E-2</v>
+        <v>6.8324625586901028E-2</v>
       </c>
       <c r="I27" s="81">
-        <v>1.7407019880148242</v>
+        <v>7.0883416968142186</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B28" s="70">
-        <v>616.93999999999994</v>
+        <v>624.29999999999995</v>
       </c>
       <c r="C28" s="81">
-        <v>0.54845419553146824</v>
+        <v>0.46817104328726106</v>
       </c>
       <c r="D28" s="70">
-        <v>599.78000000000009</v>
+        <v>650.66999999999996</v>
       </c>
       <c r="E28" s="81">
-        <v>0.5238961106797575</v>
+        <v>0.48328784583097667</v>
       </c>
       <c r="F28" s="70">
-        <v>-17.159999999999854</v>
+        <v>26.370000000000005</v>
       </c>
       <c r="G28" s="82">
-        <v>-2.7814698349920342</v>
+        <v>4.2239308024987992</v>
       </c>
       <c r="H28" s="81">
-        <v>-1.5255088007456018E-2</v>
+        <v>1.9775220905790609E-2</v>
       </c>
       <c r="I28" s="81">
-        <v>-0.85908674473207203</v>
+        <v>2.0515812813630903</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B29" s="70">
-        <v>389.30000399999994</v>
+        <v>459.35198399999996</v>
       </c>
       <c r="C29" s="81">
-        <v>0.34608425538012993</v>
+        <v>0.3444742873383842</v>
       </c>
       <c r="D29" s="70">
-        <v>384.36957200000001</v>
+        <v>453.61549900000006</v>
       </c>
       <c r="E29" s="81">
-        <v>0.33573931080469999</v>
+        <v>0.33692479651321494</v>
       </c>
       <c r="F29" s="70">
-        <v>-4.9304319999999393</v>
+        <v>-5.7364849999999024</v>
       </c>
       <c r="G29" s="82">
-        <v>-1.2664865012433806</v>
+        <v>-1.248821208966391</v>
       </c>
       <c r="H29" s="81">
-        <v>-4.3831103773180127E-3</v>
+        <v>-4.3018679597175693E-3</v>
       </c>
       <c r="I29" s="81">
-        <v>-0.24683384481368431</v>
+        <v>-0.44629750651573552</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B30" s="70">
-        <v>220.05</v>
+        <v>232.93</v>
       </c>
       <c r="C30" s="81">
-        <v>0.19562250093477423</v>
+        <v>0.17467736843328807</v>
       </c>
       <c r="D30" s="70">
-        <v>238.79</v>
+        <v>322.22000000000003</v>
       </c>
       <c r="E30" s="81">
-        <v>0.20857839919507029</v>
+        <v>0.23933024372363459</v>
       </c>
       <c r="F30" s="70">
-        <v>18.739999999999981</v>
+        <v>89.29000000000002</v>
       </c>
       <c r="G30" s="82">
-        <v>8.5162463076573403</v>
+        <v>38.333404885587953</v>
       </c>
       <c r="H30" s="81">
-        <v>1.6659694012804656E-2</v>
+        <v>6.6959782885022495E-2</v>
       </c>
       <c r="I30" s="81">
-        <v>0.93818680630997375</v>
+        <v>6.946746022484275</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>45</v>
       </c>
       <c r="B31" s="70">
-        <v>207.50999999999996</v>
+        <v>274.23999999999995</v>
       </c>
       <c r="C31" s="81">
-        <v>0.18447455200624854</v>
+        <v>0.2056562981116426</v>
       </c>
       <c r="D31" s="70">
-        <v>222.78</v>
+        <v>277.28999999999996</v>
       </c>
       <c r="E31" s="81">
-        <v>0.19459397702030135</v>
+        <v>0.20595829955349335</v>
       </c>
       <c r="F31" s="70">
-        <v>15.270000000000039</v>
+        <v>3.0500000000000114</v>
       </c>
       <c r="G31" s="82">
-        <v>7.358681509324871</v>
+        <v>1.1121645274212413</v>
       </c>
       <c r="H31" s="81">
-        <v>1.3574894747893704E-2</v>
+        <v>2.2872363960053685E-3</v>
       </c>
       <c r="I31" s="81">
-        <v>0.76446705081928235</v>
+        <v>0.23728945423426043</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="70">
-        <v>174.51</v>
+        <v>208.60999999999999</v>
       </c>
       <c r="C32" s="81">
-        <v>0.15513784429960212</v>
+        <v>0.15643947035104203</v>
       </c>
       <c r="D32" s="70">
-        <v>177.74</v>
+        <v>225.77999999999997</v>
       </c>
       <c r="E32" s="81">
-        <v>0.15525241707329368</v>
+        <v>0.16769903304550371</v>
       </c>
       <c r="F32" s="70">
-        <v>3.2300000000000182</v>
+        <v>17.169999999999987</v>
       </c>
       <c r="G32" s="82">
-        <v>1.8508967967451828</v>
+        <v>8.2306696706773348</v>
       </c>
       <c r="H32" s="81">
-        <v>2.8714413906808646E-3</v>
+        <v>1.2876016039151476E-2</v>
       </c>
       <c r="I32" s="81">
-        <v>0.16170455626367319</v>
+        <v>1.3358229276072897</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B33" s="70">
-        <v>150.37</v>
+        <v>184.91</v>
       </c>
       <c r="C33" s="81">
-        <v>0.13367759811661895</v>
+        <v>0.13866651868372171</v>
       </c>
       <c r="D33" s="70">
-        <v>158.82</v>
+        <v>193.75</v>
       </c>
       <c r="E33" s="81">
-        <v>0.13872616675807639</v>
+        <v>0.14390861747084041</v>
       </c>
       <c r="F33" s="70">
-        <v>8.4499999999999886</v>
+        <v>8.8400000000000034</v>
       </c>
       <c r="G33" s="82">
-        <v>5.619471969142773</v>
+        <v>4.7807041263317309</v>
       </c>
       <c r="H33" s="81">
-        <v>7.5119751551867295E-3</v>
+        <v>6.6292359805532435E-3</v>
       </c>
       <c r="I33" s="81">
-        <v>0.42303513945140214</v>
+        <v>0.68775041817405091</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B34" s="70">
-        <v>3601.1691209999999</v>
+        <v>4275.3957670000009</v>
       </c>
       <c r="C34" s="81">
-        <v>3.2014074516659963</v>
+        <v>3.2061773133146407</v>
       </c>
       <c r="D34" s="70">
-        <v>3739.8077049999993</v>
+        <v>4503.6350419999999</v>
       </c>
       <c r="E34" s="81">
-        <v>3.2666489568503265</v>
+        <v>3.3450936386449048</v>
       </c>
       <c r="F34" s="70">
-        <v>138.63858399999936</v>
+        <v>228.239274999999</v>
       </c>
       <c r="G34" s="82">
-        <v>3.8498215257799706</v>
+        <v>5.3384361925434574</v>
       </c>
       <c r="H34" s="81">
-        <v>0.12324847320216155</v>
+        <v>0.17115973009110624</v>
       </c>
       <c r="I34" s="81">
-        <v>6.9407091971342885</v>
+        <v>17.75697475395831</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70">
         <v>0</v>
       </c>
       <c r="C35" s="81"/>
       <c r="D35" s="70">
         <v>0</v>
       </c>
       <c r="E35" s="81"/>
       <c r="F35" s="70"/>
       <c r="G35" s="82"/>
       <c r="H35" s="81"/>
       <c r="I35" s="81"/>
     </row>
     <row r="36" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="62" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="83">
-        <v>-3206.0121960000106</v>
+        <v>-3526.3287599999749</v>
       </c>
       <c r="C36" s="84">
-        <v>-2.8501164453938177</v>
+        <v>-2.6444417980827519</v>
       </c>
       <c r="D36" s="83">
-        <v>-4411.2149039999786</v>
+        <v>-5180.8498070000205</v>
       </c>
       <c r="E36" s="84">
-        <v>-3.8531100263065921</v>
+        <v>-3.8480977189648686</v>
       </c>
       <c r="F36" s="83">
-        <v>-1205.202707999968</v>
+        <v>-1654.5210470000457</v>
       </c>
       <c r="G36" s="85">
-        <v>37.591956434340524</v>
+        <v>46.919080993459538</v>
       </c>
       <c r="H36" s="84">
-        <v>-1.0714145324804187</v>
+        <v>-1.2407477890673442</v>
       </c>
       <c r="I36" s="84">
-        <v>-60.336461023192264</v>
+        <v>-128.72144139729068</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="88"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="88"/>
       <c r="I37" s="88"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
       <c r="H38" s="63"/>
       <c r="I38" s="63"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="60" t="s">
         <v>73</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="60" t="s">
         <v>5</v>
       </c>
       <c r="G40" s="65"/>
     </row>
     <row r="41" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60"/>
       <c r="G41" s="65"/>
     </row>
     <row r="42" spans="1:9" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="114" t="s">
+      <c r="A42" s="111" t="s">
         <v>74</v>
       </c>
-      <c r="B42" s="115"/>
-[...6 lines deleted...]
-      <c r="I42" s="115"/>
+      <c r="B42" s="112"/>
+      <c r="C42" s="112"/>
+      <c r="D42" s="112"/>
+      <c r="E42" s="112"/>
+      <c r="F42" s="112"/>
+      <c r="G42" s="112"/>
+      <c r="H42" s="112"/>
+      <c r="I42" s="112"/>
     </row>
     <row r="43" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I43" s="66"/>
     </row>
     <row r="44" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="54"/>
       <c r="B44" s="54"/>
       <c r="C44" s="68"/>
       <c r="D44" s="54"/>
       <c r="E44" s="68"/>
       <c r="F44" s="68"/>
       <c r="G44" s="69"/>
       <c r="H44" s="69"/>
       <c r="I44" s="69"/>
     </row>
     <row r="45" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="53"/>
       <c r="I45" s="66"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
         <v>65</v>
       </c>
       <c r="I46" s="66"/>
     </row>
@@ -4993,59 +4857,59 @@
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="90"/>
       <c r="I48" s="66"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="I49" s="66"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A50" s="53"/>
       <c r="I50" s="66"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I51" s="66"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I52" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A42:I42"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B35 D35">
-    <cfRule type="cellIs" dxfId="14" priority="3" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="12" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:I36">
-    <cfRule type="cellIs" dxfId="13" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="11" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="12" priority="2" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="10" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A47" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{DB7C052A-4B42-4036-ABFF-F16F20BAB68C}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:P52"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A44" sqref="A44"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
@@ -5097,1043 +4961,1043 @@
       <c r="P2" s="53"/>
     </row>
     <row r="3" spans="1:16" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="72"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
       <c r="P3" s="53"/>
     </row>
     <row r="4" spans="1:16" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>52</v>
       </c>
       <c r="B4" s="73" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C4" s="74" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="73" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E4" s="74" t="s">
         <v>78</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="74" t="s">
         <v>80</v>
       </c>
       <c r="H4" s="74" t="s">
         <v>3</v>
       </c>
       <c r="I4" s="75" t="s">
         <v>4</v>
       </c>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
       <c r="P4" s="76"/>
     </row>
     <row r="5" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>105387.35999999999</v>
+        <v>126908.47000000002</v>
       </c>
       <c r="C5" s="78">
         <v>100</v>
       </c>
       <c r="D5" s="77">
-        <v>109114.79</v>
+        <v>130884.84</v>
       </c>
       <c r="E5" s="78">
         <v>100</v>
       </c>
       <c r="F5" s="77">
-        <v>3727.4300000000076</v>
+        <v>3976.3699999999808</v>
       </c>
       <c r="G5" s="79">
-        <v>3.53688525834598</v>
+        <v>3.1332581662988925</v>
       </c>
       <c r="H5" s="78">
-        <v>3.53688525834598</v>
+        <v>3.1332581662988925</v>
       </c>
       <c r="I5" s="78">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B6" s="70">
-        <v>16386.100581999999</v>
+        <v>19890.896500999996</v>
       </c>
       <c r="C6" s="81">
-        <v>15.548449626217034</v>
+        <v>15.673419198103952</v>
       </c>
       <c r="D6" s="70">
-        <v>16583.943966999996</v>
+        <v>20111.638201999998</v>
       </c>
       <c r="E6" s="81">
-        <v>15.198621531508236</v>
+        <v>15.365903493483277</v>
       </c>
       <c r="F6" s="70">
-        <v>197.84338499999649</v>
+        <v>220.74170100000265</v>
       </c>
       <c r="G6" s="82">
-        <v>1.2073853935531549</v>
+        <v>1.1097624533359021</v>
       </c>
       <c r="H6" s="81">
-        <v>0.18772970971091457</v>
+        <v>0.17393772141449867</v>
       </c>
       <c r="I6" s="81">
-        <v>5.3077692941248014</v>
+        <v>5.5513370486147853</v>
       </c>
     </row>
     <row r="7" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B7" s="70">
-        <v>10447.383153999999</v>
+        <v>12846.728212999997</v>
       </c>
       <c r="C7" s="81">
-        <v>9.9133170752166109</v>
+        <v>10.122829636981672</v>
       </c>
       <c r="D7" s="70">
-        <v>13110.290904000005</v>
+        <v>15154.878863000004</v>
       </c>
       <c r="E7" s="81">
-        <v>12.01513644850529</v>
+        <v>11.578788546481016</v>
       </c>
       <c r="F7" s="70">
-        <v>2662.9077500000058</v>
+        <v>2308.1506500000069</v>
       </c>
       <c r="G7" s="82">
-        <v>25.488753602192293</v>
+        <v>17.966836471750984</v>
       </c>
       <c r="H7" s="81">
-        <v>2.5267809631060176</v>
+        <v>1.8187522471904407</v>
       </c>
       <c r="I7" s="81">
-        <v>71.440852007951875</v>
+        <v>58.046676994344537</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B8" s="70">
-        <v>11537.288248999999</v>
+        <v>13813.06897</v>
       </c>
       <c r="C8" s="81">
-        <v>10.947506654498225</v>
+        <v>10.884276652299093</v>
       </c>
       <c r="D8" s="70">
-        <v>12739.172910999998</v>
+        <v>15007.359689000003</v>
       </c>
       <c r="E8" s="81">
-        <v>11.675019409376125</v>
+        <v>11.466079409196666</v>
       </c>
       <c r="F8" s="70">
-        <v>1201.8846619999986</v>
+        <v>1194.2907190000024</v>
       </c>
       <c r="G8" s="82">
-        <v>10.417393030846505</v>
+        <v>8.6460924910592283</v>
       </c>
       <c r="H8" s="81">
-        <v>1.1404447952771553</v>
+        <v>0.94106462634054455</v>
       </c>
       <c r="I8" s="81">
-        <v>32.244325500411705</v>
+        <v>30.034697953158485</v>
       </c>
     </row>
     <row r="9" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B9" s="70">
-        <v>9328.1338449999985</v>
+        <v>11235.151076</v>
       </c>
       <c r="C9" s="81">
-        <v>8.8512833465037932</v>
+        <v>8.8529560524998825</v>
       </c>
       <c r="D9" s="70">
-        <v>10144.075071000001</v>
+        <v>12143.715461</v>
       </c>
       <c r="E9" s="81">
-        <v>9.2967003565694455</v>
+        <v>9.2781680911249911</v>
       </c>
       <c r="F9" s="70">
-        <v>815.94122600000264</v>
+        <v>908.56438499999967</v>
       </c>
       <c r="G9" s="82">
-        <v>8.7471003263676135</v>
+        <v>8.0868016714152802</v>
       </c>
       <c r="H9" s="81">
-        <v>0.77423063448975538</v>
+        <v>0.71592099802322062</v>
       </c>
       <c r="I9" s="81">
-        <v>21.890182404498567</v>
+        <v>22.849090627884326</v>
       </c>
     </row>
     <row r="10" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B10" s="70">
-        <v>9686.986359999999</v>
+        <v>11567.728252999999</v>
       </c>
       <c r="C10" s="81">
-        <v>9.1917914634164859</v>
+        <v>9.1150167148024064</v>
       </c>
       <c r="D10" s="70">
-        <v>8380.3675200000016</v>
+        <v>9441.3280360000008</v>
       </c>
       <c r="E10" s="81">
-        <v>7.6803222734516581</v>
+        <v>7.2134618768682461</v>
       </c>
       <c r="F10" s="70">
-        <v>-1306.6188399999974</v>
+        <v>-2126.4002169999985</v>
       </c>
       <c r="G10" s="82">
-        <v>-13.488393515194311</v>
+        <v>-18.382176435105428</v>
       </c>
       <c r="H10" s="81">
-        <v>-1.2398250036816536</v>
+        <v>-1.6755384546043288</v>
       </c>
       <c r="I10" s="81">
-        <v>-35.054148300571562</v>
+        <v>-53.47591438925474</v>
       </c>
     </row>
     <row r="11" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B11" s="70">
-        <v>7420.3858580000006</v>
+        <v>8682.3575669999991</v>
       </c>
       <c r="C11" s="81">
-        <v>7.0410586791433065</v>
+        <v>6.8414327010640017</v>
       </c>
       <c r="D11" s="70">
-        <v>7512.346493</v>
+        <v>8927.7692189999998</v>
       </c>
       <c r="E11" s="81">
-        <v>6.8848104761966731</v>
+        <v>6.8210873153835072</v>
       </c>
       <c r="F11" s="70">
-        <v>91.960634999999456</v>
+        <v>245.41165200000069</v>
       </c>
       <c r="G11" s="82">
-        <v>1.2392972112205685</v>
+        <v>2.8265554615345954</v>
       </c>
       <c r="H11" s="81">
-        <v>8.7259643851026789E-2</v>
+        <v>0.19337688965913832</v>
       </c>
       <c r="I11" s="81">
-        <v>2.4671324478259624</v>
+        <v>6.171750918551389</v>
       </c>
     </row>
     <row r="12" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="B12" s="70">
-        <v>5805.61</v>
+        <v>6826.6200000000008</v>
       </c>
       <c r="C12" s="81">
-        <v>5.5088295218705552</v>
+        <v>5.3791681516607994</v>
       </c>
       <c r="D12" s="70">
-        <v>6001.21</v>
+        <v>7265.22</v>
       </c>
       <c r="E12" s="81">
-        <v>5.4999051915876853</v>
+        <v>5.5508491281343204</v>
       </c>
       <c r="F12" s="70">
-        <v>195.60000000000036</v>
+        <v>438.59999999999945</v>
       </c>
       <c r="G12" s="82">
-        <v>3.369155006967405</v>
+        <v>6.4248486073635176</v>
       </c>
       <c r="H12" s="81">
-        <v>0.18560100566140036</v>
+        <v>0.34560341007972073</v>
       </c>
       <c r="I12" s="81">
-        <v>5.2475834556249206</v>
+        <v>11.030160674182774</v>
       </c>
     </row>
     <row r="13" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="B13" s="70">
-        <v>5591.2199999999993</v>
+        <v>6846.31</v>
       </c>
       <c r="C13" s="81">
-        <v>5.3053990535487374</v>
+        <v>5.3946832705492387</v>
       </c>
       <c r="D13" s="70">
-        <v>5803.119999999999</v>
+        <v>7155.5300000000007</v>
       </c>
       <c r="E13" s="81">
-        <v>5.3183624328104369</v>
+        <v>5.4670426307584599</v>
       </c>
       <c r="F13" s="70">
-        <v>211.89999999999964</v>
+        <v>309.22000000000025</v>
       </c>
       <c r="G13" s="82">
-        <v>3.7898705470362399</v>
+        <v>4.5165936102805784</v>
       </c>
       <c r="H13" s="81">
-        <v>0.20106775613318301</v>
+        <v>0.24365591989250224</v>
       </c>
       <c r="I13" s="81">
-        <v>5.6848820769269768</v>
+        <v>7.7764393152549127</v>
       </c>
     </row>
     <row r="14" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B14" s="70">
-        <v>5028.0539680000002</v>
+        <v>5958.094532000001</v>
       </c>
       <c r="C14" s="81">
-        <v>4.7710218455040536</v>
+        <v>4.6947965978945305</v>
       </c>
       <c r="D14" s="70">
-        <v>5172.8169100000005</v>
+        <v>6053.289984</v>
       </c>
       <c r="E14" s="81">
-        <v>4.7407110530112382</v>
+        <v>4.6248977223030572</v>
       </c>
       <c r="F14" s="70">
-        <v>144.76294200000029</v>
+        <v>95.195451999999023</v>
       </c>
       <c r="G14" s="82">
-        <v>2.8791047773415683</v>
+        <v>1.597749943186014</v>
       </c>
       <c r="H14" s="81">
-        <v>0.13736271788191706</v>
+        <v>7.5011109975558765E-2</v>
       </c>
       <c r="I14" s="81">
-        <v>3.8837199357197858</v>
+        <v>2.3940290264738815</v>
       </c>
     </row>
     <row r="15" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="70">
-        <v>4688.34</v>
+        <v>5553.01</v>
       </c>
       <c r="C15" s="81">
-        <v>4.4486739206675265</v>
+        <v>4.3756023534126598</v>
       </c>
       <c r="D15" s="70">
-        <v>4828</v>
+        <v>5870.8399999999992</v>
       </c>
       <c r="E15" s="81">
-        <v>4.4246980633881074</v>
+        <v>4.485500383390467</v>
       </c>
       <c r="F15" s="70">
-        <v>139.65999999999985</v>
+        <v>317.82999999999902</v>
       </c>
       <c r="G15" s="82">
-        <v>2.9788795181236822</v>
+        <v>5.72356253635414</v>
       </c>
       <c r="H15" s="81">
-        <v>0.13252063625087473</v>
+        <v>0.25044033703975704</v>
       </c>
       <c r="I15" s="81">
-        <v>3.746817512334224</v>
+        <v>7.9929684611844607</v>
       </c>
     </row>
     <row r="16" spans="1:16" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B16" s="70">
-        <v>4279.186479</v>
+        <v>5106.6384340000004</v>
       </c>
       <c r="C16" s="81">
-        <v>4.0604361652099463</v>
+        <v>4.0238751865813205</v>
       </c>
       <c r="D16" s="70">
-        <v>4558.8007610000004</v>
+        <v>5463.5810609999999</v>
       </c>
       <c r="E16" s="81">
-        <v>4.1779861016091404</v>
+        <v>4.1743421629273492</v>
       </c>
       <c r="F16" s="70">
-        <v>279.61428200000046</v>
+        <v>356.94262699999945</v>
       </c>
       <c r="G16" s="82">
-        <v>6.5342859763695857</v>
+        <v>6.9897767702423437</v>
       </c>
       <c r="H16" s="81">
-        <v>0.26532051092275249</v>
+        <v>0.28125989305520693</v>
       </c>
       <c r="I16" s="81">
-        <v>7.5015300622681007</v>
+        <v>8.9765949094274706</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B17" s="70">
-        <v>2467.1986269999998</v>
+        <v>3041.1451210000005</v>
       </c>
       <c r="C17" s="81">
-        <v>2.3410764127690458</v>
+        <v>2.3963295129158837</v>
       </c>
       <c r="D17" s="70">
-        <v>2605.9455969999999</v>
+        <v>3222.7189269999999</v>
       </c>
       <c r="E17" s="81">
-        <v>2.3882606537573872</v>
+        <v>2.4622553131439822</v>
       </c>
       <c r="F17" s="70">
-        <v>138.74697000000015</v>
+        <v>181.57380599999942</v>
       </c>
       <c r="G17" s="82">
-        <v>5.6236643649850802</v>
+        <v>5.9705735430439981</v>
       </c>
       <c r="H17" s="81">
-        <v>0.13165427998196386</v>
+        <v>0.14307461590231085</v>
       </c>
       <c r="I17" s="81">
-        <v>3.7223226190699723</v>
+        <v>4.5663206894730699</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B18" s="70">
-        <v>2184.2118959999998</v>
+        <v>2704.162887</v>
       </c>
       <c r="C18" s="81">
-        <v>2.0725558511001703</v>
+        <v>2.1307978001783487</v>
       </c>
       <c r="D18" s="70">
-        <v>2417.726545</v>
+        <v>2937.8087450000003</v>
       </c>
       <c r="E18" s="81">
-        <v>2.2157642836502731</v>
+        <v>2.2445752655540554</v>
       </c>
       <c r="F18" s="70">
-        <v>233.51464900000019</v>
+        <v>233.64585800000032</v>
       </c>
       <c r="G18" s="82">
-        <v>10.691025418716986</v>
+        <v>8.6402287052762254</v>
       </c>
       <c r="H18" s="81">
-        <v>0.22157747285822529</v>
+        <v>0.18410580318240405</v>
       </c>
       <c r="I18" s="81">
-        <v>6.2647628258612418</v>
+        <v>5.8758580816171895</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="B19" s="70">
-        <v>1854.6409480000002</v>
+        <v>2011</v>
       </c>
       <c r="C19" s="81">
-        <v>1.7598324391084477</v>
+        <v>1.5846066066354751</v>
       </c>
       <c r="D19" s="70">
-        <v>1849.541062</v>
+        <v>2183.52</v>
       </c>
       <c r="E19" s="81">
-        <v>1.6950415814391433</v>
+        <v>1.6682757147428229</v>
       </c>
       <c r="F19" s="70">
-        <v>-5.0998860000001969</v>
+        <v>172.51999999999998</v>
       </c>
       <c r="G19" s="82">
-        <v>-0.27497969380541232</v>
+        <v>8.5788165091994024</v>
       </c>
       <c r="H19" s="81">
-        <v>-4.8391818525487284E-3</v>
+        <v>0.13594049317590856</v>
       </c>
       <c r="I19" s="81">
-        <v>-0.13682043660109477</v>
+        <v>4.3386304594391571</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="B20" s="70">
-        <v>1654.35</v>
+        <v>2180.1614550000004</v>
       </c>
       <c r="C20" s="81">
-        <v>1.5697802848463043</v>
+        <v>1.7179006688836449</v>
       </c>
       <c r="D20" s="70">
-        <v>1844.2500000000002</v>
+        <v>2138.6448460000001</v>
       </c>
       <c r="E20" s="81">
-        <v>1.690192502776205</v>
+        <v>1.6339897317366934</v>
       </c>
       <c r="F20" s="70">
-        <v>189.90000000000032</v>
+        <v>-41.516609000000244</v>
       </c>
       <c r="G20" s="82">
-        <v>11.478828542932289</v>
+        <v>-1.9042905700761614</v>
       </c>
       <c r="H20" s="81">
-        <v>0.18019238739826135</v>
+        <v>-3.271382044082656E-2</v>
       </c>
       <c r="I20" s="81">
-        <v>5.0946630788505729</v>
+        <v>-1.0440831461861058</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B21" s="70">
-        <v>1415.290735</v>
+        <v>1680.5426210000001</v>
       </c>
       <c r="C21" s="81">
-        <v>1.3429416345565544</v>
+        <v>1.3242162804421169</v>
       </c>
       <c r="D21" s="70">
-        <v>1463.8644720000002</v>
+        <v>1750.4582799999998</v>
       </c>
       <c r="E21" s="81">
-        <v>1.3415820825022899</v>
+        <v>1.3374033845325402</v>
       </c>
       <c r="F21" s="70">
-        <v>48.573737000000165</v>
+        <v>69.915658999999778</v>
       </c>
       <c r="G21" s="82">
-        <v>3.4320677581486581</v>
+        <v>4.1603026383464616</v>
       </c>
       <c r="H21" s="81">
-        <v>4.6090666850370075E-2</v>
+        <v>5.5091404852646769E-2</v>
       </c>
       <c r="I21" s="81">
-        <v>1.3031428356803498</v>
+        <v>1.7582785052698848</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B22" s="70">
-        <v>1363.1346859999999</v>
+        <v>1631.0720989999998</v>
       </c>
       <c r="C22" s="81">
-        <v>1.2934517820732963</v>
+        <v>1.2852350193805029</v>
       </c>
       <c r="D22" s="70">
-        <v>1385.5451330000001</v>
+        <v>1645.7137299999999</v>
       </c>
       <c r="E22" s="81">
-        <v>1.2698050676723112</v>
+        <v>1.2573753614245928</v>
       </c>
       <c r="F22" s="70">
-        <v>22.410447000000204</v>
+        <v>14.641631000000189</v>
       </c>
       <c r="G22" s="82">
-        <v>1.6440376163973722</v>
+        <v>0.8976691471196695</v>
       </c>
       <c r="H22" s="81">
-        <v>2.1264833847247151E-2</v>
+        <v>1.1537158236956278E-2</v>
       </c>
       <c r="I22" s="81">
-        <v>0.60123052612658479</v>
+        <v>0.36821601108549407</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B23" s="70">
-        <v>1168.8352110000001</v>
+        <v>1368.3977540000001</v>
       </c>
       <c r="C23" s="81">
-        <v>1.1090848190902594</v>
+        <v>1.0782556546462185</v>
       </c>
       <c r="D23" s="70">
-        <v>1160.6361040000002</v>
+        <v>1368.7810480000001</v>
       </c>
       <c r="E23" s="81">
-        <v>1.0636835794670916</v>
+        <v>1.0457903665542931</v>
       </c>
       <c r="F23" s="70">
-        <v>-8.1991069999999127</v>
+        <v>0.38329399999997804</v>
       </c>
       <c r="G23" s="82">
-        <v>-0.70147672852746668</v>
+        <v>2.8010423057152872E-2</v>
       </c>
       <c r="H23" s="81">
-        <v>-7.7799719055491228E-3</v>
+        <v>3.0202397050407902E-4</v>
       </c>
       <c r="I23" s="81">
-        <v>-0.21996675993915102</v>
+        <v>9.6392941300729017E-3</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
       <c r="B24" s="70">
-        <v>827.10384600000009</v>
+        <v>1193.0999999999999</v>
       </c>
       <c r="C24" s="81">
-        <v>0.78482262578738105</v>
+        <v>0.94012637611973393</v>
       </c>
       <c r="D24" s="70">
-        <v>892.22553099999993</v>
+        <v>1075.73</v>
       </c>
       <c r="E24" s="81">
-        <v>0.81769440329766474</v>
+        <v>0.82189044965024216</v>
       </c>
       <c r="F24" s="70">
-        <v>65.121684999999843</v>
+        <v>-117.36999999999989</v>
       </c>
       <c r="G24" s="82">
-        <v>7.8734593382606315</v>
+        <v>-9.8373983739837314</v>
       </c>
       <c r="H24" s="81">
-        <v>6.1792690318838855E-2</v>
+        <v>-9.2483976837794885E-2</v>
       </c>
       <c r="I24" s="81">
-        <v>1.7470934397158286</v>
+        <v>-2.9516870914930062</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
-        <v>47</v>
+        <v>97</v>
       </c>
       <c r="B25" s="70">
-        <v>786.69</v>
+        <v>988.82947500000012</v>
       </c>
       <c r="C25" s="81">
-        <v>0.74647471954890998</v>
+        <v>0.77916743854842785</v>
       </c>
       <c r="D25" s="70">
-        <v>828.32999999999993</v>
+        <v>1061.836374</v>
       </c>
       <c r="E25" s="81">
-        <v>0.75913631873369314</v>
+        <v>0.8112752966653739</v>
       </c>
       <c r="F25" s="70">
-        <v>41.639999999999873</v>
+        <v>73.006898999999862</v>
       </c>
       <c r="G25" s="82">
-        <v>5.2930633413415533</v>
+        <v>7.3831637148558755</v>
       </c>
       <c r="H25" s="81">
-        <v>3.9511379732825529E-2</v>
+        <v>5.7527207600879475E-2</v>
       </c>
       <c r="I25" s="81">
-        <v>1.1171235945410052</v>
+        <v>1.8360187557998933</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
       <c r="B26" s="70">
-        <v>779.81441100000006</v>
+        <v>927.37</v>
       </c>
       <c r="C26" s="81">
-        <v>0.73995060792869294</v>
+        <v>0.73073924853085059</v>
       </c>
       <c r="D26" s="70">
-        <v>772.55208500000003</v>
+        <v>1000.29</v>
       </c>
       <c r="E26" s="81">
-        <v>0.70801775359692309</v>
+        <v>0.76425199434861979</v>
       </c>
       <c r="F26" s="70">
-        <v>-7.26232600000003</v>
+        <v>72.919999999999959</v>
       </c>
       <c r="G26" s="82">
-        <v>-0.93128902179265183</v>
+        <v>7.8630967143642732</v>
       </c>
       <c r="H26" s="81">
-        <v>-6.8910787783279049E-3</v>
+        <v>5.7458733841799482E-2</v>
       </c>
       <c r="I26" s="81">
-        <v>-0.19483467161019835</v>
+        <v>1.833833370637046</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
-        <v>45</v>
+        <v>92</v>
       </c>
       <c r="B27" s="70">
-        <v>681.65000000000009</v>
+        <v>935.54551500000002</v>
       </c>
       <c r="C27" s="81">
-        <v>0.64680432264362653</v>
+        <v>0.73718130476240074</v>
       </c>
       <c r="D27" s="70">
-        <v>696.63999999999987</v>
+        <v>955.52286700000002</v>
       </c>
       <c r="E27" s="81">
-        <v>0.63844690531870141</v>
+        <v>0.73004854267308583</v>
       </c>
       <c r="F27" s="70">
-        <v>14.989999999999782</v>
+        <v>19.977351999999996</v>
       </c>
       <c r="G27" s="82">
-        <v>2.1990757720237335</v>
+        <v>2.1353693304809434</v>
       </c>
       <c r="H27" s="81">
-        <v>1.4223717151658211E-2</v>
+        <v>1.5741543491935558E-2</v>
       </c>
       <c r="I27" s="81">
-        <v>0.40215376278024673</v>
+        <v>0.50240173826882528</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B28" s="70">
-        <v>797.74</v>
+        <v>880.8900000000001</v>
       </c>
       <c r="C28" s="81">
-        <v>0.75695984793622317</v>
+        <v>0.69411442750826635</v>
       </c>
       <c r="D28" s="70">
-        <v>659.29000000000008</v>
+        <v>839.37999999999977</v>
       </c>
       <c r="E28" s="81">
-        <v>0.60421689855243288</v>
+        <v>0.64131185857735684</v>
       </c>
       <c r="F28" s="70">
-        <v>-138.44999999999993</v>
+        <v>-41.510000000000332</v>
       </c>
       <c r="G28" s="82">
-        <v>-17.355278662220766</v>
+        <v>-4.7122796262870876</v>
       </c>
       <c r="H28" s="81">
-        <v>-0.13137249097045409</v>
+        <v>-3.2708612750591295E-2</v>
       </c>
       <c r="I28" s="81">
-        <v>-3.7143554674400234</v>
+        <v>-1.0439169393190406</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
         <v>49</v>
       </c>
       <c r="B29" s="70">
-        <v>571.76</v>
+        <v>694.06</v>
       </c>
       <c r="C29" s="81">
-        <v>0.54253185581268959</v>
+        <v>0.5468980911991137</v>
       </c>
       <c r="D29" s="70">
-        <v>562.80000000000007</v>
+        <v>695.30999999999983</v>
       </c>
       <c r="E29" s="81">
-        <v>0.51578708990779354</v>
+        <v>0.53123799517193881</v>
       </c>
       <c r="F29" s="70">
-        <v>-8.9599999999999227</v>
+        <v>1.2499999999998863</v>
       </c>
       <c r="G29" s="82">
-        <v>-1.5670910871694281</v>
+        <v>0.18009970319567278</v>
       </c>
       <c r="H29" s="81">
-        <v>-8.5019683574955509E-3</v>
+        <v>9.8496183903240336E-4</v>
       </c>
       <c r="I29" s="81">
-        <v>-0.24038010103475865</v>
+        <v>3.143570643576659E-2</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B30" s="70">
-        <v>461.17</v>
+        <v>541.73</v>
       </c>
       <c r="C30" s="81">
-        <v>0.43759517270382337</v>
+        <v>0.42686670164725804</v>
       </c>
       <c r="D30" s="70">
-        <v>526.12</v>
+        <v>628.74999999999989</v>
       </c>
       <c r="E30" s="81">
-        <v>0.48217111539141488</v>
+        <v>0.4803841300489804</v>
       </c>
       <c r="F30" s="70">
-        <v>64.949999999999989</v>
+        <v>87.019999999999868</v>
       </c>
       <c r="G30" s="82">
-        <v>14.083743521911657</v>
+        <v>16.063352592619914</v>
       </c>
       <c r="H30" s="81">
-        <v>6.1629781787872845E-2</v>
+        <v>6.8569103386085933E-2</v>
       </c>
       <c r="I30" s="81">
-        <v>1.742487451139253</v>
+        <v>2.1884281392325233</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B31" s="70">
-        <v>344.33000000000004</v>
+        <v>473.46000000000004</v>
       </c>
       <c r="C31" s="81">
-        <v>0.3267279871134452</v>
+        <v>0.37307202584665938</v>
       </c>
       <c r="D31" s="70">
-        <v>433.17</v>
+        <v>520.34</v>
       </c>
       <c r="E31" s="81">
-        <v>0.39698559654470311</v>
+        <v>0.39755559161779169</v>
       </c>
       <c r="F31" s="70">
-        <v>88.839999999999975</v>
+        <v>46.879999999999995</v>
       </c>
       <c r="G31" s="82">
-        <v>25.800830598553702</v>
+        <v>9.9015756346893067</v>
       </c>
       <c r="H31" s="81">
-        <v>8.4298534473204359E-2</v>
+        <v>3.6940008811074614E-2</v>
       </c>
       <c r="I31" s="81">
-        <v>2.3834116267776939</v>
+        <v>1.1789647341670975</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="70">
-        <v>47.46</v>
+        <v>64.599999999999994</v>
       </c>
       <c r="C32" s="81">
-        <v>4.5033863643609638E-2</v>
+        <v>5.090282784119924E-2</v>
       </c>
       <c r="D32" s="70">
-        <v>60.560000000000009</v>
+        <v>81.89</v>
       </c>
       <c r="E32" s="81">
-        <v>5.5501183661719938E-2</v>
+        <v>6.256645154626006E-2</v>
       </c>
       <c r="F32" s="70">
-        <v>13.100000000000009</v>
+        <v>17.290000000000006</v>
       </c>
       <c r="G32" s="82">
-        <v>27.602191319005499</v>
+        <v>26.764705882352953</v>
       </c>
       <c r="H32" s="81">
-        <v>1.2430333201249191E-2</v>
+        <v>1.3623992157497449E-2</v>
       </c>
       <c r="I32" s="81">
-        <v>0.35144858521823297</v>
+        <v>0.43481869141956331</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B33" s="70">
-        <v>72.939999999999984</v>
+        <v>88.109999999999971</v>
       </c>
       <c r="C33" s="81">
-        <v>6.9211336160237807E-2</v>
+        <v>6.9427990109722351E-2</v>
       </c>
       <c r="D33" s="70">
-        <v>54.62</v>
+        <v>45.540000000000006</v>
       </c>
       <c r="E33" s="81">
-        <v>5.0057375356722951E-2</v>
+        <v>3.4793945578418403E-2</v>
       </c>
       <c r="F33" s="70">
-        <v>-18.319999999999986</v>
+        <v>-42.569999999999965</v>
       </c>
       <c r="G33" s="82">
-        <v>-25.116534137647367</v>
+        <v>-48.314606741573009</v>
       </c>
       <c r="H33" s="81">
-        <v>-1.7383488873808004E-2</v>
+        <v>-3.3543860390090559E-2</v>
       </c>
       <c r="I33" s="81">
-        <v>-0.49149145658000148</v>
+        <v>-1.0705744183765638</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B34" s="70">
-        <v>2960.9421680000005</v>
+        <v>3612.9293579999999</v>
       </c>
       <c r="C34" s="81">
-        <v>2.8095799799900107</v>
+        <v>2.846878035800132</v>
       </c>
       <c r="D34" s="70">
-        <v>3280.5838130000002</v>
+        <v>4026.915673</v>
       </c>
       <c r="E34" s="81">
-        <v>3.0065436711191951</v>
+        <v>3.0766860951963575</v>
       </c>
       <c r="F34" s="70">
-        <v>319.6416449999997</v>
+        <v>413.9863150000001</v>
       </c>
       <c r="G34" s="82">
-        <v>10.795268089140189</v>
+        <v>11.458466910882793</v>
       </c>
       <c r="H34" s="81">
-        <v>0.30330169101873289</v>
+        <v>0.32620857772534811</v>
       </c>
       <c r="I34" s="81">
-        <v>8.5753896116090456</v>
+        <v>10.411161813412791</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70"/>
       <c r="C35" s="81"/>
       <c r="D35" s="70"/>
       <c r="E35" s="81"/>
       <c r="F35" s="70"/>
       <c r="G35" s="82"/>
       <c r="H35" s="81"/>
       <c r="I35" s="81"/>
     </row>
     <row r="36" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="62" t="s">
         <v>59</v>
       </c>
       <c r="B36" s="83">
-        <v>-5250.5910229999863</v>
+        <v>-6435.239830999999</v>
       </c>
       <c r="C36" s="84">
-        <v>-4.9821828946089806</v>
+        <v>-5.070772526845527</v>
       </c>
       <c r="D36" s="83">
-        <v>-7213.7548790000292</v>
+        <v>-7889.4610050000192</v>
       </c>
       <c r="E36" s="84">
-        <v>-6.6111614007597224</v>
+        <v>-6.0277882488147743</v>
       </c>
       <c r="F36" s="83">
-        <v>-1963.1638560000429</v>
+        <v>-1454.2211740000203</v>
       </c>
       <c r="G36" s="85">
-        <v>37.389388116508954</v>
+        <v>22.597777428507161</v>
       </c>
       <c r="H36" s="84">
-        <v>-1.8628076991396718</v>
+        <v>-1.145881889522441</v>
       </c>
       <c r="I36" s="84">
-        <v>-52.668027461281334</v>
+        <v>-36.571575934835728</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="88"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="88"/>
       <c r="I37" s="88"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
       <c r="H38" s="63"/>
       <c r="I38" s="63"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="60" t="s">
         <v>73</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="60" t="s">
         <v>5</v>
       </c>
       <c r="G40" s="65"/>
     </row>
     <row r="41" spans="1:9" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="60"/>
       <c r="G41" s="65"/>
     </row>
     <row r="42" spans="1:9" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="114" t="s">
+      <c r="A42" s="111" t="s">
         <v>74</v>
       </c>
-      <c r="B42" s="115"/>
-[...6 lines deleted...]
-      <c r="I42" s="115"/>
+      <c r="B42" s="112"/>
+      <c r="C42" s="112"/>
+      <c r="D42" s="112"/>
+      <c r="E42" s="112"/>
+      <c r="F42" s="112"/>
+      <c r="G42" s="112"/>
+      <c r="H42" s="112"/>
+      <c r="I42" s="112"/>
     </row>
     <row r="43" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="I43" s="66"/>
     </row>
     <row r="44" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="54"/>
       <c r="B44" s="54"/>
       <c r="C44" s="68"/>
       <c r="D44" s="54"/>
       <c r="E44" s="68"/>
       <c r="F44" s="68"/>
       <c r="G44" s="69"/>
       <c r="H44" s="69"/>
       <c r="I44" s="69"/>
     </row>
     <row r="45" spans="1:9" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="53"/>
       <c r="I45" s="66"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="16" t="s">
         <v>65</v>
       </c>
       <c r="I46" s="66"/>
     </row>
@@ -6145,59 +6009,59 @@
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="90"/>
       <c r="I48" s="66"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="53"/>
       <c r="I49" s="66"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A50" s="53"/>
       <c r="I50" s="66"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I51" s="66"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I52" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A42:I42"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <conditionalFormatting sqref="B35 D35">
-    <cfRule type="cellIs" dxfId="11" priority="3" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="9" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:I36">
-    <cfRule type="cellIs" dxfId="10" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="8" priority="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="9" priority="2" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="7" priority="2" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A47" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{FE25068E-F4E4-4B85-82B4-CE375AF210E2}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:W53"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A43" sqref="A43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
@@ -6267,912 +6131,912 @@
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
       <c r="I3" s="53"/>
       <c r="J3" s="53"/>
       <c r="K3" s="53"/>
       <c r="L3" s="53"/>
       <c r="M3" s="53"/>
       <c r="N3" s="53"/>
       <c r="O3" s="53"/>
       <c r="P3" s="53"/>
       <c r="Q3" s="53"/>
       <c r="R3" s="53"/>
       <c r="S3" s="53"/>
       <c r="T3" s="53"/>
       <c r="U3" s="53"/>
       <c r="V3" s="53"/>
       <c r="W3" s="53"/>
     </row>
     <row r="4" spans="1:23" s="16" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="56" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="73" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C4" s="73" t="s">
         <v>64</v>
       </c>
       <c r="D4" s="74" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="E4" s="74" t="s">
         <v>79</v>
       </c>
       <c r="F4" s="74" t="s">
         <v>62</v>
       </c>
       <c r="G4" s="75" t="s">
         <v>80</v>
       </c>
       <c r="I4" s="76"/>
       <c r="J4" s="76"/>
       <c r="K4" s="76"/>
       <c r="L4" s="76"/>
       <c r="M4" s="76"/>
       <c r="N4" s="76"/>
       <c r="O4" s="76"/>
       <c r="P4" s="76"/>
       <c r="Q4" s="76"/>
       <c r="R4" s="76"/>
       <c r="S4" s="76"/>
       <c r="T4" s="76"/>
       <c r="U4" s="76"/>
       <c r="V4" s="76"/>
       <c r="W4" s="76"/>
     </row>
     <row r="5" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="57" t="s">
         <v>0</v>
       </c>
       <c r="B5" s="77">
-        <v>7099.6999999999971</v>
+        <v>6440.2299999999959</v>
       </c>
       <c r="C5" s="77">
-        <v>106.73676615487852</v>
+        <v>105.07470462767378</v>
       </c>
       <c r="D5" s="77">
-        <v>5369.7400000000052</v>
+        <v>3749.2099999999919</v>
       </c>
       <c r="E5" s="79">
-        <v>104.92118437839638</v>
+        <v>102.86451051168339</v>
       </c>
       <c r="F5" s="77">
-        <v>-1729.9599999999919</v>
+        <v>-2691.0200000000041</v>
       </c>
       <c r="G5" s="78">
-        <v>-24.366663380142718</v>
+        <v>-41.784532539987019</v>
       </c>
       <c r="H5" s="60"/>
       <c r="I5" s="60"/>
       <c r="J5" s="60"/>
     </row>
     <row r="6" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="58" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="70">
-        <v>18866.019999999997</v>
+        <v>20899.440000000006</v>
       </c>
       <c r="C6" s="70">
-        <v>424.96189030954542</v>
+        <v>405.26575629791824</v>
       </c>
       <c r="D6" s="70">
-        <v>19984</v>
+        <v>21975.619999999995</v>
       </c>
       <c r="E6" s="82">
-        <v>432.99951176512741</v>
+        <v>407.11379869834934</v>
       </c>
       <c r="F6" s="70">
-        <v>1117.9800000000032</v>
+        <v>1076.1799999999894</v>
       </c>
       <c r="G6" s="81">
-        <v>5.9258921595546035</v>
+        <v>5.1493245752038765</v>
       </c>
       <c r="H6" s="60"/>
       <c r="I6" s="60"/>
     </row>
     <row r="7" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="58" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="70">
-        <v>4021.59</v>
+        <v>5164.8599999999988</v>
       </c>
       <c r="C7" s="70">
-        <v>185.77854848411164</v>
+        <v>193.01009722654919</v>
       </c>
       <c r="D7" s="70">
-        <v>4207.1299999999992</v>
+        <v>5293.4800000000023</v>
       </c>
       <c r="E7" s="82">
-        <v>187.14022369511184</v>
+        <v>190.16563217529355</v>
       </c>
       <c r="F7" s="70">
-        <v>185.53999999999905</v>
+        <v>128.62000000000353</v>
       </c>
       <c r="G7" s="81">
-        <v>4.6135981042323815</v>
+        <v>2.4902901530729502</v>
       </c>
       <c r="H7" s="60"/>
       <c r="I7" s="60"/>
     </row>
     <row r="8" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="58" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="B8" s="70">
-        <v>2488.3400000000011</v>
+        <v>3057.5800000000008</v>
       </c>
       <c r="C8" s="70">
-        <v>144.50441942903339</v>
+        <v>252.04276479363506</v>
       </c>
       <c r="D8" s="70">
-        <v>2872.7000000000007</v>
+        <v>3343.93</v>
       </c>
       <c r="E8" s="82">
-        <v>149.50268131625748</v>
+        <v>253.14400600864658</v>
       </c>
       <c r="F8" s="70">
-        <v>384.35999999999967</v>
+        <v>286.349999999999</v>
       </c>
       <c r="G8" s="81">
-        <v>15.446442206450866</v>
+        <v>9.3652496418736035</v>
       </c>
       <c r="H8" s="60"/>
       <c r="I8" s="60"/>
     </row>
     <row r="9" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="58" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="B9" s="70">
-        <v>2365.3200000000002</v>
+        <v>3072.17</v>
       </c>
       <c r="C9" s="70">
-        <v>242.97579109620094</v>
+        <v>145.00279787068857</v>
       </c>
       <c r="D9" s="70">
-        <v>2479.4299999999994</v>
+        <v>2781.9100000000008</v>
       </c>
       <c r="E9" s="82">
-        <v>234.44110071844918</v>
+        <v>138.29078816608444</v>
       </c>
       <c r="F9" s="70">
-        <v>114.10999999999922</v>
+        <v>-290.25999999999931</v>
       </c>
       <c r="G9" s="81">
-        <v>4.8242943872287558</v>
+        <v>-9.4480448673087523</v>
       </c>
       <c r="H9" s="60"/>
       <c r="I9" s="60"/>
       <c r="J9" s="91"/>
     </row>
     <row r="10" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="58" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B10" s="70">
-        <v>1348.436236</v>
+        <v>1600.5537250000004</v>
       </c>
       <c r="C10" s="70">
-        <v>198.92171696964652</v>
+        <v>198.12893776929238</v>
       </c>
       <c r="D10" s="70">
-        <v>1378.9764029999997</v>
+        <v>1639.8849340000002</v>
       </c>
       <c r="E10" s="82">
-        <v>199.52591006647486</v>
+        <v>199.64581956790263</v>
       </c>
       <c r="F10" s="70">
-        <v>30.540166999999656</v>
+        <v>39.331208999999717</v>
       </c>
       <c r="G10" s="81">
-        <v>2.2648580766854782</v>
+        <v>2.457350127375431</v>
       </c>
       <c r="H10" s="60"/>
       <c r="I10" s="60"/>
     </row>
     <row r="11" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="58" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B11" s="70">
-        <v>1409.104953</v>
+        <v>1695.22597</v>
       </c>
       <c r="C11" s="70">
-        <v>199.56293206427301</v>
+        <v>200.87372666521617</v>
       </c>
       <c r="D11" s="70">
-        <v>1208.8015249999994</v>
+        <v>1404.2813300000003</v>
       </c>
       <c r="E11" s="82">
-        <v>182.57605455431801</v>
+        <v>180.22363892043177</v>
       </c>
       <c r="F11" s="70">
-        <v>-200.30342800000062</v>
+        <v>-290.94463999999971</v>
       </c>
       <c r="G11" s="81">
-        <v>-14.214940311830739</v>
+        <v>-17.162587474990119</v>
       </c>
       <c r="H11" s="60"/>
       <c r="I11" s="60"/>
     </row>
     <row r="12" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="58" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B12" s="70">
-        <v>685.69610499999987</v>
+        <v>788.37465999999984</v>
       </c>
       <c r="C12" s="70">
-        <v>182.90326641764884</v>
+        <v>179.72807040364566</v>
       </c>
       <c r="D12" s="70">
-        <v>641.2041260000002</v>
+        <v>721.04400999999984</v>
       </c>
       <c r="E12" s="82">
-        <v>171.86570028783456</v>
+        <v>167.90537861156375</v>
       </c>
       <c r="F12" s="70">
-        <v>-44.491978999999674</v>
+        <v>-67.330649999999991</v>
       </c>
       <c r="G12" s="81">
-        <v>-6.4885856395523325</v>
+        <v>-8.5404381211339295</v>
       </c>
       <c r="H12" s="60"/>
       <c r="I12" s="60"/>
     </row>
     <row r="13" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="58" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B13" s="70">
-        <v>535.86899699999981</v>
+        <v>645.18437000000017</v>
       </c>
       <c r="C13" s="70">
-        <v>145.84641119268949</v>
+        <v>147.14889133032003</v>
       </c>
       <c r="D13" s="70">
-        <v>546.19722999999999</v>
+        <v>634.96227800000042</v>
       </c>
       <c r="E13" s="82">
-        <v>147.06016193340818</v>
+        <v>146.38888585780597</v>
       </c>
       <c r="F13" s="70">
-        <v>10.328233000000182</v>
+        <v>-10.222091999999748</v>
       </c>
       <c r="G13" s="81">
-        <v>1.9273802100553665</v>
+        <v>-1.5843675816262792</v>
       </c>
       <c r="H13" s="60"/>
       <c r="I13" s="60"/>
     </row>
     <row r="14" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="58" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="70">
-        <v>662.2</v>
+        <v>818.74000000000024</v>
       </c>
       <c r="C14" s="70">
-        <v>292.31551128278107</v>
+        <v>272.92696320702919</v>
       </c>
       <c r="D14" s="70">
-        <v>485.84999999999997</v>
+        <v>581.4</v>
       </c>
       <c r="E14" s="82">
-        <v>212.16150702957268</v>
+        <v>211.73463504631584</v>
       </c>
       <c r="F14" s="70">
-        <v>-176.35000000000008</v>
+        <v>-237.34000000000026</v>
       </c>
       <c r="G14" s="81">
-        <v>-26.630927212322568</v>
+        <v>-28.988445660405038</v>
       </c>
       <c r="H14" s="60"/>
       <c r="I14" s="60"/>
     </row>
     <row r="15" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="58" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="70">
-        <v>147.11000000000001</v>
+        <v>144.82000000000005</v>
       </c>
       <c r="C15" s="70">
-        <v>301.68631752125043</v>
+        <v>264.36272840767236</v>
       </c>
       <c r="D15" s="70">
-        <v>184.17</v>
+        <v>276.68</v>
       </c>
       <c r="E15" s="82">
-        <v>437.18418161845483</v>
+        <v>707.55379885814659</v>
       </c>
       <c r="F15" s="70">
-        <v>37.059999999999974</v>
+        <v>131.85999999999996</v>
       </c>
       <c r="G15" s="81">
-        <v>25.192033172455965</v>
+        <v>91.050959812180579</v>
       </c>
       <c r="H15" s="60"/>
       <c r="I15" s="60"/>
     </row>
     <row r="16" spans="1:23" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="58" t="s">
-        <v>43</v>
+        <v>95</v>
       </c>
       <c r="B16" s="70">
-        <v>-6.8099999999999454</v>
+        <v>174.13739299999997</v>
       </c>
       <c r="C16" s="70">
-        <v>99.146338405996943</v>
+        <v>107.98736224790287</v>
       </c>
       <c r="D16" s="70">
-        <v>153.63999999999999</v>
+        <v>182.18014999999968</v>
       </c>
       <c r="E16" s="82">
-        <v>123.3038571796933</v>
+        <v>108.51848544842493</v>
       </c>
       <c r="F16" s="70">
-        <v>160.44999999999993</v>
+        <v>8.0427569999997104</v>
       </c>
       <c r="G16" s="81">
-        <v>2356.0939794420151</v>
+        <v>4.618627200879085</v>
       </c>
       <c r="H16" s="60"/>
       <c r="I16" s="60"/>
     </row>
     <row r="17" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="58" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="B17" s="70">
-        <v>141.49423399999978</v>
+        <v>56.720000000000027</v>
       </c>
       <c r="C17" s="70">
-        <v>107.62919820963641</v>
+        <v>108.17220413220761</v>
       </c>
       <c r="D17" s="70">
-        <v>144.21069300000022</v>
+        <v>146.58000000000004</v>
       </c>
       <c r="E17" s="82">
-        <v>107.7971068587176</v>
+        <v>121.08124433705829</v>
       </c>
       <c r="F17" s="70">
-        <v>2.7164590000004409</v>
+        <v>89.860000000000014</v>
       </c>
       <c r="G17" s="81">
-        <v>1.9198372422726748</v>
+        <v>158.42736248236949</v>
       </c>
       <c r="H17" s="60"/>
       <c r="I17" s="60"/>
     </row>
     <row r="18" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="58" t="s">
         <v>50</v>
       </c>
       <c r="B18" s="70">
-        <v>127.04999999999998</v>
+        <v>144.01</v>
       </c>
       <c r="C18" s="70">
-        <v>367.69911504424778</v>
+        <v>322.92569659442722</v>
       </c>
       <c r="D18" s="70">
-        <v>117.18</v>
+        <v>143.88999999999999</v>
       </c>
       <c r="E18" s="82">
-        <v>293.4940554821664</v>
+        <v>275.71132006349978</v>
       </c>
       <c r="F18" s="70">
-        <v>-9.8699999999999761</v>
+        <v>-0.12000000000000455</v>
       </c>
       <c r="G18" s="81">
-        <v>-7.7685950413222962</v>
+        <v>-8.3327546698149124E-2</v>
       </c>
       <c r="H18" s="60"/>
       <c r="I18" s="60"/>
     </row>
     <row r="19" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="58" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="70">
-        <v>155.76999999999992</v>
+        <v>82.569999999999936</v>
       </c>
       <c r="C19" s="70">
-        <v>133.77713207710821</v>
+        <v>115.24191017665626</v>
       </c>
       <c r="D19" s="70">
-        <v>73.660000000000082</v>
+        <v>21.920000000000073</v>
       </c>
       <c r="E19" s="82">
-        <v>114.0006082262602</v>
+        <v>103.48628230616303</v>
       </c>
       <c r="F19" s="70">
-        <v>-82.109999999999843</v>
+        <v>-60.649999999999864</v>
       </c>
       <c r="G19" s="81">
-        <v>-52.712332284778761</v>
+        <v>-73.452827903596841</v>
       </c>
       <c r="H19" s="60"/>
       <c r="I19" s="60"/>
     </row>
     <row r="20" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="58" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B20" s="70">
-        <v>202.32196000000022</v>
+        <v>145.79532899999958</v>
       </c>
       <c r="C20" s="70">
-        <v>108.20047311091506</v>
+        <v>104.79409311950423</v>
       </c>
       <c r="D20" s="70">
-        <v>58.253233000000364</v>
+        <v>-44.476443000000017</v>
       </c>
       <c r="E20" s="82">
-        <v>102.23539712674979</v>
+        <v>98.619909337194272</v>
       </c>
       <c r="F20" s="70">
-        <v>-144.06872699999985</v>
+        <v>-190.2717719999996</v>
       </c>
       <c r="G20" s="81">
-        <v>-71.207656845554339</v>
+        <v>-130.50608226275901</v>
       </c>
       <c r="H20" s="60"/>
       <c r="I20" s="60"/>
     </row>
     <row r="21" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="58" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="B21" s="70">
-        <v>5.9200000000000728</v>
+        <v>-212.0999999999998</v>
       </c>
       <c r="C21" s="70">
-        <v>101.0353994683084</v>
+        <v>82.222780990696521</v>
       </c>
       <c r="D21" s="70">
-        <v>49.649999999999977</v>
+        <v>-56.249999999999886</v>
       </c>
       <c r="E21" s="82">
-        <v>108.82196162046908</v>
+        <v>94.770992721221887</v>
       </c>
       <c r="F21" s="70">
-        <v>43.729999999999905</v>
+        <v>155.84999999999991</v>
       </c>
       <c r="G21" s="81">
-        <v>738.68243243242171</v>
+        <v>73.479490806223509</v>
       </c>
       <c r="H21" s="60"/>
       <c r="I21" s="60"/>
     </row>
     <row r="22" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="58" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B22" s="70">
-        <v>-390.51440700000012</v>
+        <v>-476.19353100000006</v>
       </c>
       <c r="C22" s="70">
-        <v>49.922135127097555</v>
+        <v>49.099907661894996</v>
       </c>
       <c r="D22" s="70">
-        <v>-388.18251300000003</v>
+        <v>-501.90736799999996</v>
       </c>
       <c r="E22" s="82">
-        <v>49.753224340854636</v>
+        <v>47.47301343234102</v>
       </c>
       <c r="F22" s="70">
-        <v>2.3318940000000907</v>
+        <v>-25.713836999999899</v>
       </c>
       <c r="G22" s="81">
-        <v>0.59713392340992177</v>
+        <v>-5.3998711292866961</v>
       </c>
       <c r="H22" s="60"/>
       <c r="I22" s="60"/>
     </row>
     <row r="23" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="58" t="s">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="B23" s="70">
-        <v>-76.927863999999772</v>
+        <v>-606.65000000000009</v>
       </c>
       <c r="C23" s="70">
-        <v>96.478003615817698</v>
+        <v>31.132150438760792</v>
       </c>
       <c r="D23" s="70">
-        <v>-465.85957299999995</v>
+        <v>-562.0899999999998</v>
       </c>
       <c r="E23" s="82">
-        <v>80.731502743210356</v>
+        <v>33.035097333746343</v>
       </c>
       <c r="F23" s="70">
-        <v>-388.93170900000018</v>
+        <v>44.560000000000286</v>
       </c>
       <c r="G23" s="81">
-        <v>-505.57975846047316</v>
+        <v>7.3452567378225142</v>
       </c>
       <c r="H23" s="60"/>
       <c r="I23" s="60"/>
     </row>
     <row r="24" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="58" t="s">
-        <v>45</v>
+        <v>102</v>
       </c>
       <c r="B24" s="70">
-        <v>-474.1400000000001</v>
+        <v>-259.76506499999959</v>
       </c>
       <c r="C24" s="70">
-        <v>30.442309102912041</v>
+        <v>90.393882474728315</v>
       </c>
       <c r="D24" s="70">
-        <v>-473.8599999999999</v>
+        <v>-643.86868500000037</v>
       </c>
       <c r="E24" s="82">
-        <v>31.979214515388154</v>
+        <v>78.083369582998486</v>
       </c>
       <c r="F24" s="70">
-        <v>0.28000000000020009</v>
+        <v>-384.10362000000077</v>
       </c>
       <c r="G24" s="81">
-        <v>5.905428776315013E-2</v>
+        <v>-147.86577248176206</v>
       </c>
       <c r="H24" s="60"/>
       <c r="I24" s="60"/>
     </row>
     <row r="25" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="58" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B25" s="70">
-        <v>-411.79110900000069</v>
+        <v>-539.87735900000189</v>
       </c>
       <c r="C25" s="70">
-        <v>91.810129493025343</v>
+        <v>90.938758086156497</v>
       </c>
       <c r="D25" s="70">
-        <v>-614.18588100000034</v>
+        <v>-752.75533399999949</v>
       </c>
       <c r="E25" s="82">
-        <v>88.126664993445516</v>
+        <v>87.564525473095202</v>
       </c>
       <c r="F25" s="70">
-        <v>-202.39477199999965</v>
+        <v>-212.8779749999976</v>
       </c>
       <c r="G25" s="81">
-        <v>-49.149864476554136</v>
+        <v>-39.430802468602295</v>
       </c>
       <c r="H25" s="60"/>
       <c r="I25" s="60"/>
     </row>
     <row r="26" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="58" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="70">
-        <v>-636.32000000000005</v>
+        <v>-742.46</v>
       </c>
       <c r="C26" s="70">
-        <v>19.114263559979154</v>
+        <v>19.939182850426473</v>
       </c>
       <c r="D26" s="70">
-        <v>-669.51</v>
+        <v>-806.54</v>
       </c>
       <c r="E26" s="82">
-        <v>19.173517800876464</v>
+        <v>19.369382878965098</v>
       </c>
       <c r="F26" s="70">
-        <v>-33.189999999999941</v>
+        <v>-64.079999999999927</v>
       </c>
       <c r="G26" s="81">
-        <v>-5.2159290922806036</v>
+        <v>-8.6307679875009988</v>
       </c>
       <c r="H26" s="60"/>
       <c r="I26" s="60"/>
     </row>
     <row r="27" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="58" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B27" s="70">
-        <v>-842.61785900000086</v>
+        <v>-1008.5194680000013</v>
       </c>
       <c r="C27" s="70">
-        <v>80.30892406453593</v>
+        <v>80.250815070726802</v>
       </c>
       <c r="D27" s="70">
-        <v>-1086.9774870000006</v>
+        <v>-1322.0135479999999</v>
       </c>
       <c r="E27" s="82">
-        <v>76.156503782771907</v>
+        <v>75.803167679953276</v>
       </c>
       <c r="F27" s="70">
-        <v>-244.3596279999997</v>
+        <v>-313.49407999999858</v>
       </c>
       <c r="G27" s="81">
-        <v>-29.000053273259603</v>
+        <v>-31.084583882321066</v>
       </c>
       <c r="H27" s="60"/>
       <c r="I27" s="60"/>
     </row>
     <row r="28" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="58" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B28" s="70">
-        <v>-1954.6524500000005</v>
+        <v>-2255.8392939999994</v>
       </c>
       <c r="C28" s="70">
-        <v>73.658344897352364</v>
+        <v>74.01812495520781</v>
       </c>
       <c r="D28" s="70">
-        <v>-2260.6024209999996</v>
+        <v>-2740.063126</v>
       </c>
       <c r="E28" s="82">
-        <v>69.908171526613856</v>
+        <v>69.308535438297142</v>
       </c>
       <c r="F28" s="70">
-        <v>-305.9499709999991</v>
+        <v>-484.22383200000058</v>
       </c>
       <c r="G28" s="81">
-        <v>-15.652397488873227</v>
+        <v>-21.465351423211832</v>
       </c>
       <c r="H28" s="60"/>
       <c r="I28" s="60"/>
     </row>
     <row r="29" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="58" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B29" s="70">
-        <v>-3140.0776719999976</v>
+        <v>-3630.9243989999959</v>
       </c>
       <c r="C29" s="70">
-        <v>72.783225969307253</v>
+        <v>73.713847321794731</v>
       </c>
       <c r="D29" s="70">
-        <v>-3997.6447559999997</v>
+        <v>-4476.9564440000031</v>
       </c>
       <c r="E29" s="82">
-        <v>68.619275490419625</v>
+        <v>70.168260528322691</v>
       </c>
       <c r="F29" s="70">
-        <v>-857.56708400000207</v>
+        <v>-846.0320450000072</v>
       </c>
       <c r="G29" s="81">
-        <v>-27.310378072711661</v>
+        <v>-23.300734249190523</v>
       </c>
       <c r="H29" s="60"/>
       <c r="I29" s="60"/>
     </row>
     <row r="30" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="58" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B30" s="70">
-        <v>-4963.2184779999989</v>
+        <v>-6059.1897759999993</v>
       </c>
       <c r="C30" s="70">
-        <v>48.764060425496467</v>
+        <v>47.619881419425667</v>
       </c>
       <c r="D30" s="70">
-        <v>-4743.6936480000022</v>
+        <v>-5414.7022720000004</v>
       </c>
       <c r="E30" s="82">
-        <v>43.395159738770019</v>
+        <v>42.648934012740405</v>
       </c>
       <c r="F30" s="70">
-        <v>219.52482999999665</v>
+        <v>644.48750399999881</v>
       </c>
       <c r="G30" s="81">
-        <v>4.42303378287827</v>
+        <v>10.636529434228418</v>
       </c>
       <c r="H30" s="60"/>
       <c r="I30" s="60"/>
     </row>
     <row r="31" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="58" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B31" s="70">
-        <v>-3942.8439979999985</v>
+        <v>-4680.377133</v>
       </c>
       <c r="C31" s="70">
-        <v>57.731695711962637</v>
+        <v>58.341662685800458</v>
       </c>
       <c r="D31" s="70">
-        <v>-4836.9934250000006</v>
+        <v>-5739.6222149999994</v>
       </c>
       <c r="E31" s="82">
-        <v>52.317058074342796</v>
+        <v>52.735863801873386</v>
       </c>
       <c r="F31" s="70">
-        <v>-894.14942700000211</v>
+        <v>-1059.2450819999995</v>
       </c>
       <c r="G31" s="81">
-        <v>-22.67777846279381</v>
+        <v>-22.631618177338005</v>
       </c>
       <c r="H31" s="60"/>
       <c r="I31" s="60"/>
     </row>
     <row r="32" spans="1:9" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="58" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B32" s="70">
-        <v>-6591.4436280000009</v>
+        <v>-8201.9656309999955</v>
       </c>
       <c r="C32" s="70">
-        <v>59.77417815169126</v>
+        <v>58.765228954925938</v>
       </c>
       <c r="D32" s="70">
-        <v>-6172.453332999994</v>
+        <v>-7731.9699039999978</v>
       </c>
       <c r="E32" s="82">
-        <v>62.780546380991062</v>
+        <v>61.554748418102044</v>
       </c>
       <c r="F32" s="70">
-        <v>418.99029500000688</v>
+        <v>469.99572699999771</v>
       </c>
       <c r="G32" s="81">
-        <v>6.3565785986572783</v>
+        <v>5.7302815952265229</v>
       </c>
       <c r="H32" s="60"/>
       <c r="I32" s="60"/>
     </row>
     <row r="33" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="58" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B33" s="70">
-        <v>-5315.9907999999978</v>
+        <v>-6947.4672709999968</v>
       </c>
       <c r="C33" s="70">
-        <v>49.116532612622144</v>
+        <v>45.920337413461873</v>
       </c>
       <c r="D33" s="70">
-        <v>-6767.114040000004</v>
+        <v>-7790.6679300000042</v>
       </c>
       <c r="E33" s="82">
-        <v>48.383189285789769</v>
+        <v>48.593004269927945</v>
       </c>
       <c r="F33" s="70">
-        <v>-1451.1232400000063</v>
+        <v>-843.20065900000736</v>
       </c>
       <c r="G33" s="81">
-        <v>-27.297324141343637</v>
+        <v>-12.136806495219943</v>
       </c>
       <c r="H33" s="60"/>
       <c r="I33" s="60"/>
     </row>
     <row r="34" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="58" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B34" s="70">
-        <v>640.22695299999941</v>
+        <v>662.46640900000102</v>
       </c>
       <c r="C34" s="70">
-        <v>121.62240654070078</v>
+        <v>118.33599119598399</v>
       </c>
       <c r="D34" s="70">
-        <v>459.22389199999907</v>
+        <v>476.71936899999992</v>
       </c>
       <c r="E34" s="82">
-        <v>113.99823684370534</v>
+        <v>111.8383251031639</v>
       </c>
       <c r="F34" s="70">
-        <v>-181.00306100000034</v>
+        <v>-185.74704000000111</v>
       </c>
       <c r="G34" s="81">
-        <v>-28.271702737888404</v>
+        <v>-28.038710714462933</v>
       </c>
       <c r="H34" s="60"/>
       <c r="I34" s="60"/>
     </row>
     <row r="35" spans="1:11" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="58"/>
       <c r="B35" s="70"/>
       <c r="C35" s="70"/>
       <c r="D35" s="70"/>
       <c r="E35" s="82"/>
       <c r="F35" s="70"/>
       <c r="G35" s="81"/>
       <c r="H35" s="60"/>
       <c r="I35" s="60"/>
     </row>
     <row r="36" spans="1:11" ht="17.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="59" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="92">
-        <v>2044.5788269999757</v>
+        <v>2908.9110710000241</v>
       </c>
       <c r="C36" s="93" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="92">
-        <v>2802.5399750000506</v>
+        <v>2708.6111979999987</v>
       </c>
       <c r="E36" s="93" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="92">
-        <v>757.9611480000749</v>
+        <v>-200.2998730000254</v>
       </c>
       <c r="G36" s="94" t="s">
         <v>9</v>
       </c>
       <c r="H36" s="60"/>
       <c r="I36" s="60"/>
     </row>
     <row r="37" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="86"/>
       <c r="B37" s="87"/>
       <c r="C37" s="87"/>
       <c r="D37" s="87"/>
       <c r="E37" s="88"/>
       <c r="F37" s="88"/>
       <c r="G37" s="27"/>
       <c r="H37" s="60"/>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="60" t="s">
         <v>72</v>
       </c>
       <c r="B38" s="63"/>
       <c r="C38" s="63"/>
       <c r="D38" s="63"/>
       <c r="E38" s="63"/>
       <c r="F38" s="63"/>
       <c r="G38" s="63"/>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="60" t="s">
         <v>73</v>
       </c>
       <c r="G39" s="65"/>
     </row>
     <row r="40" spans="1:11" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="60"/>
       <c r="G40" s="65"/>
     </row>
     <row r="41" spans="1:11" ht="105" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="114" t="s">
+      <c r="A41" s="111" t="s">
         <v>74</v>
       </c>
-      <c r="B41" s="115"/>
-[...4 lines deleted...]
-      <c r="G41" s="115"/>
+      <c r="B41" s="112"/>
+      <c r="C41" s="112"/>
+      <c r="D41" s="112"/>
+      <c r="E41" s="112"/>
+      <c r="F41" s="112"/>
+      <c r="G41" s="112"/>
     </row>
     <row r="42" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G42" s="65"/>
       <c r="I42" s="89"/>
       <c r="J42" s="89"/>
       <c r="K42" s="89"/>
     </row>
     <row r="43" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="54"/>
       <c r="B43" s="54"/>
       <c r="C43" s="54"/>
       <c r="D43" s="54"/>
       <c r="E43" s="68"/>
       <c r="F43" s="68"/>
       <c r="G43" s="69"/>
       <c r="I43" s="89"/>
       <c r="J43" s="89"/>
       <c r="K43" s="89"/>
     </row>
     <row r="44" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="53"/>
       <c r="G44" s="65"/>
       <c r="I44" s="89"/>
       <c r="J44" s="89"/>
       <c r="K44" s="89"/>
@@ -7212,4384 +7076,3227 @@
       <c r="I49" s="89"/>
       <c r="J49" s="89"/>
       <c r="K49" s="89"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.2">
       <c r="I50" s="89"/>
       <c r="J50" s="89"/>
       <c r="K50" s="89"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.2">
       <c r="I51" s="89"/>
       <c r="J51" s="89"/>
       <c r="K51" s="89"/>
     </row>
     <row r="53" spans="1:11" x14ac:dyDescent="0.2">
       <c r="K53" s="89"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:G33">
     <sortCondition descending="1" ref="D6:D33"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A41:G41"/>
   </mergeCells>
   <conditionalFormatting sqref="B35:D35">
-    <cfRule type="cellIs" dxfId="8" priority="4" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="6" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:G36">
-    <cfRule type="cellIs" dxfId="7" priority="2" operator="lessThan">
+    <cfRule type="cellIs" dxfId="5" priority="2" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="3" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="4" priority="3" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F35">
-    <cfRule type="cellIs" dxfId="5" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="3" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A46" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{F6747B1C-A8E8-4D4E-B39C-E5B91D75B63D}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-[...1155 lines deleted...]
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:O77"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A74" sqref="A74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="53" customWidth="1"/>
     <col min="2" max="3" width="6.7109375" style="53" customWidth="1"/>
     <col min="4" max="5" width="5.7109375" style="53" customWidth="1"/>
     <col min="6" max="9" width="6.7109375" style="53" customWidth="1"/>
     <col min="10" max="11" width="5.7109375" style="53" customWidth="1"/>
     <col min="12" max="15" width="6.7109375" style="53" customWidth="1"/>
     <col min="16" max="16384" width="9.140625" style="53"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="61" t="s">
         <v>71</v>
       </c>
       <c r="B2" s="71"/>
       <c r="C2" s="72"/>
       <c r="D2" s="72"/>
       <c r="E2" s="72"/>
       <c r="F2" s="72"/>
       <c r="G2" s="72"/>
       <c r="H2" s="72"/>
     </row>
     <row r="3" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="71"/>
       <c r="B3" s="71"/>
       <c r="C3" s="72"/>
       <c r="D3" s="72"/>
       <c r="E3" s="72"/>
       <c r="F3" s="72"/>
       <c r="G3" s="72"/>
       <c r="H3" s="72"/>
     </row>
     <row r="4" spans="1:15" s="65" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="104"/>
-      <c r="B4" s="116" t="s">
+      <c r="A4" s="103"/>
+      <c r="B4" s="113" t="s">
         <v>39</v>
       </c>
-      <c r="C4" s="117"/>
-[...4 lines deleted...]
-      <c r="H4" s="116" t="s">
+      <c r="C4" s="114"/>
+      <c r="D4" s="114"/>
+      <c r="E4" s="114"/>
+      <c r="F4" s="114"/>
+      <c r="G4" s="115"/>
+      <c r="H4" s="113" t="s">
         <v>40</v>
       </c>
-      <c r="I4" s="117"/>
-[...4 lines deleted...]
-      <c r="N4" s="116" t="s">
+      <c r="I4" s="114"/>
+      <c r="J4" s="114"/>
+      <c r="K4" s="114"/>
+      <c r="L4" s="114"/>
+      <c r="M4" s="114"/>
+      <c r="N4" s="113" t="s">
         <v>29</v>
       </c>
-      <c r="O4" s="117"/>
+      <c r="O4" s="114"/>
     </row>
     <row r="5" spans="1:15" ht="32.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="105"/>
-[...1 lines deleted...]
-        <v>2023</v>
+      <c r="A5" s="104"/>
+      <c r="B5" s="105">
+        <v>2024</v>
       </c>
       <c r="C5" s="74">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="D5" s="74" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="E5" s="74" t="s">
         <v>80</v>
       </c>
       <c r="F5" s="74" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="G5" s="74" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>82</v>
+      </c>
+      <c r="H5" s="105">
+        <v>2024</v>
       </c>
       <c r="I5" s="74">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J5" s="74" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="K5" s="74" t="s">
         <v>80</v>
       </c>
       <c r="L5" s="74" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>2023</v>
+        <v>81</v>
+      </c>
+      <c r="M5" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="N5" s="106">
+        <v>2024</v>
       </c>
       <c r="O5" s="44">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:15" s="98" customFormat="1" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="96"/>
       <c r="B6" s="97"/>
       <c r="C6" s="97"/>
       <c r="D6" s="97"/>
       <c r="E6" s="97"/>
       <c r="F6" s="97"/>
       <c r="G6" s="97"/>
       <c r="H6" s="97"/>
       <c r="I6" s="97"/>
       <c r="J6" s="97"/>
       <c r="K6" s="97"/>
       <c r="L6" s="97"/>
       <c r="M6" s="97"/>
       <c r="N6" s="97"/>
       <c r="O6" s="97"/>
     </row>
     <row r="7" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="99" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="70">
-        <v>127764.66</v>
+        <v>133348.72</v>
       </c>
       <c r="C7" s="70">
-        <v>133125.84</v>
+        <v>134634.06</v>
       </c>
       <c r="D7" s="82">
         <v>100</v>
       </c>
       <c r="E7" s="82">
-        <v>4.1961368660159959</v>
+        <v>0.96389376665932491</v>
       </c>
       <c r="F7" s="82">
-        <v>56.531534373792489</v>
+        <v>55.061297267571071</v>
       </c>
       <c r="G7" s="82">
-        <v>43.468465626207511</v>
+        <v>44.938702732428929</v>
       </c>
       <c r="H7" s="70">
-        <v>123665.22</v>
+        <v>126908.47</v>
       </c>
       <c r="I7" s="70">
-        <v>126586.31</v>
+        <v>130884.84</v>
       </c>
       <c r="J7" s="82">
         <v>100</v>
       </c>
       <c r="K7" s="82">
-        <v>2.3620950174996627</v>
+        <v>3.1332581662989045</v>
       </c>
       <c r="L7" s="82">
-        <v>79.631723209247511</v>
+        <v>79.094332086130066</v>
       </c>
       <c r="M7" s="82">
-        <v>20.368276790752493</v>
+        <v>20.905667913869934</v>
       </c>
       <c r="N7" s="70">
-        <v>4099.4400000000023</v>
+        <v>6440.25</v>
       </c>
       <c r="O7" s="70">
-        <v>6539.5299999999988</v>
+        <v>3749.2200000000012</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="99" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="70">
-        <v>24791.46</v>
+        <v>25803.02</v>
       </c>
       <c r="C8" s="70">
-        <v>25577.78</v>
+        <v>26151.759999999998</v>
       </c>
       <c r="D8" s="82">
-        <v>19.21323463574014</v>
+        <v>19.424326949658948</v>
       </c>
       <c r="E8" s="82">
-        <v>3.1717373643988687</v>
+        <v>1.3515472219918363</v>
       </c>
       <c r="F8" s="82">
-        <v>77.426148790082635</v>
+        <v>76.182979654141832</v>
       </c>
       <c r="G8" s="82">
-        <v>22.573851209917361</v>
+        <v>23.817020345858175</v>
       </c>
       <c r="H8" s="70">
-        <v>39597.65</v>
+        <v>39921.760000000002</v>
       </c>
       <c r="I8" s="70">
-        <v>39901.15</v>
+        <v>41591.96</v>
       </c>
       <c r="J8" s="82">
-        <v>31.520904590709691</v>
+        <v>31.777522897227822</v>
       </c>
       <c r="K8" s="82">
-        <v>0.76645962576061955</v>
+        <v>4.1836832845044833</v>
       </c>
       <c r="L8" s="82">
-        <v>88.184275390558923</v>
+        <v>87.801248125839706</v>
       </c>
       <c r="M8" s="82">
-        <v>11.81572460944108</v>
+        <v>12.198751874160294</v>
       </c>
       <c r="N8" s="70">
-        <v>-14806.190000000002</v>
+        <v>-14118.740000000002</v>
       </c>
       <c r="O8" s="70">
-        <v>-14323.370000000003</v>
+        <v>-15440.2</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="99" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="70">
-        <v>16187.43</v>
+        <v>16018.61</v>
       </c>
       <c r="C9" s="70">
-        <v>15893.55</v>
+        <v>16139.22</v>
       </c>
       <c r="D9" s="82">
-        <v>11.938741569630659</v>
+        <v>11.987471818052578</v>
       </c>
       <c r="E9" s="82">
-        <v>-1.815482754211144</v>
+        <v>0.75293674045375192</v>
       </c>
       <c r="F9" s="82">
-        <v>58.808007021716357</v>
+        <v>57.957199914246168</v>
       </c>
       <c r="G9" s="82">
-        <v>41.191992978283643</v>
+        <v>42.042800085753832</v>
       </c>
       <c r="H9" s="70">
-        <v>8904.6200000000008</v>
+        <v>9554.6299999999992</v>
       </c>
       <c r="I9" s="70">
-        <v>9566.73</v>
+        <v>10096.040000000001</v>
       </c>
       <c r="J9" s="82">
-        <v>7.5574760019468137</v>
+        <v>7.7136817373196163</v>
       </c>
       <c r="K9" s="82">
-        <v>7.4355783851528603</v>
+        <v>5.666467461325051</v>
       </c>
       <c r="L9" s="82">
-        <v>79.370694061607253</v>
+        <v>79.632509379915291</v>
       </c>
       <c r="M9" s="82">
-        <v>20.629305938392744</v>
+        <v>20.367490620084705</v>
       </c>
       <c r="N9" s="70">
-        <v>7282.8099999999995</v>
+        <v>6463.9800000000014</v>
       </c>
       <c r="O9" s="70">
-        <v>6326.82</v>
+        <v>6043.1799999999985</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="99" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="70">
-        <v>14208.87</v>
+        <v>15243.12</v>
       </c>
       <c r="C10" s="70">
-        <v>15217.65</v>
+        <v>15873.78</v>
       </c>
       <c r="D10" s="82">
-        <v>11.431026463382315</v>
+        <v>11.790315169876035</v>
       </c>
       <c r="E10" s="82">
-        <v>7.0996497258402584</v>
+        <v>4.1373419614881977</v>
       </c>
       <c r="F10" s="82">
-        <v>56.381175805725583</v>
+        <v>55.28147674970927</v>
       </c>
       <c r="G10" s="82">
-        <v>43.618824194274417</v>
+        <v>44.71852325029073</v>
       </c>
       <c r="H10" s="70">
-        <v>13732.85</v>
+        <v>14116.84</v>
       </c>
       <c r="I10" s="70">
-        <v>14139.21</v>
+        <v>15111.05</v>
       </c>
       <c r="J10" s="82">
-        <v>11.169620158767563</v>
+        <v>11.545301961632838</v>
       </c>
       <c r="K10" s="82">
-        <v>2.9590361796713629</v>
+        <v>7.0427234423567828</v>
       </c>
       <c r="L10" s="82">
-        <v>84.434349585302144</v>
+        <v>85.613110935375104</v>
       </c>
       <c r="M10" s="82">
-        <v>15.565650414697851</v>
+        <v>14.386889064624897</v>
       </c>
       <c r="N10" s="70">
-        <v>476.02000000000044</v>
+        <v>1126.2800000000007</v>
       </c>
       <c r="O10" s="70">
-        <v>1078.4400000000005</v>
+        <v>762.73000000000138</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="99" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="70">
-        <v>11785.03</v>
+        <v>11682.45</v>
       </c>
       <c r="C11" s="70">
-        <v>11838.96</v>
+        <v>11404.48</v>
       </c>
       <c r="D11" s="82">
-        <v>8.8930593790056083</v>
+        <v>8.4707242728920153</v>
       </c>
       <c r="E11" s="82">
-        <v>0.45761444816006802</v>
+        <v>-2.3793810373680278</v>
       </c>
       <c r="F11" s="82">
-        <v>32.735899099245202</v>
+        <v>33.656510423973728</v>
       </c>
       <c r="G11" s="82">
-        <v>67.264100900754798</v>
+        <v>66.343489576026272</v>
       </c>
       <c r="H11" s="70">
-        <v>3584.01</v>
+        <v>3756.54</v>
       </c>
       <c r="I11" s="70">
-        <v>3690.8</v>
+        <v>3786.17</v>
       </c>
       <c r="J11" s="82">
-        <v>2.9156391398090364</v>
+        <v>2.8927490762108126</v>
       </c>
       <c r="K11" s="82">
-        <v>2.9796233827472567</v>
+        <v>0.78875773983506392</v>
       </c>
       <c r="L11" s="82">
-        <v>35.615584697084643</v>
+        <v>32.940676197846372</v>
       </c>
       <c r="M11" s="82">
-        <v>64.384415302915357</v>
+        <v>67.059323802153628</v>
       </c>
       <c r="N11" s="70">
-        <v>8201.02</v>
+        <v>7925.9100000000008</v>
       </c>
       <c r="O11" s="70">
-        <v>8148.1599999999989</v>
+        <v>7618.3099999999995</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="99" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="70">
-        <v>9228.81</v>
+        <v>10075.6</v>
       </c>
       <c r="C12" s="70">
-        <v>10377.48</v>
+        <v>9688.92</v>
       </c>
       <c r="D12" s="82">
-        <v>7.7952409539725727</v>
+        <v>7.1964850499197608</v>
       </c>
       <c r="E12" s="82">
-        <v>12.446566783799863</v>
+        <v>-3.8377863353050961</v>
       </c>
       <c r="F12" s="82">
-        <v>42.862814479045007</v>
+        <v>37.601610912258543</v>
       </c>
       <c r="G12" s="82">
-        <v>57.137185520954993</v>
+        <v>62.398389087741457</v>
       </c>
       <c r="H12" s="70">
-        <v>3591.15</v>
+        <v>3724.73</v>
       </c>
       <c r="I12" s="70">
-        <v>3730.12</v>
+        <v>3656.68</v>
       </c>
       <c r="J12" s="82">
-        <v>2.9467009505214268</v>
+        <v>2.793814776409552</v>
       </c>
       <c r="K12" s="82">
-        <v>3.8697910140205725</v>
+        <v>-1.826978062839459</v>
       </c>
       <c r="L12" s="82">
-        <v>56.979936302317348</v>
+        <v>56.336895763370052</v>
       </c>
       <c r="M12" s="82">
-        <v>43.020063697682652</v>
+        <v>43.663104236629948</v>
       </c>
       <c r="N12" s="70">
-        <v>5637.66</v>
+        <v>6350.8700000000008</v>
       </c>
       <c r="O12" s="70">
-        <v>6647.36</v>
+        <v>6032.24</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="99" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="70">
-        <v>5118.22</v>
+        <v>5457.47</v>
       </c>
       <c r="C13" s="70">
-        <v>5820.7</v>
+        <v>5477.67</v>
       </c>
       <c r="D13" s="82">
-        <v>4.3723292187301883</v>
+        <v>4.0685618483168371</v>
       </c>
       <c r="E13" s="82">
-        <v>13.72508411127305</v>
+        <v>0.37013487934885247</v>
       </c>
       <c r="F13" s="82">
-        <v>48.135791227859194</v>
+        <v>47.925486566368548</v>
       </c>
       <c r="G13" s="82">
-        <v>51.864208772140806</v>
+        <v>52.074513433631452</v>
       </c>
       <c r="H13" s="70">
-        <v>6849.59</v>
+        <v>7219.62</v>
       </c>
       <c r="I13" s="70">
-        <v>7188.46</v>
+        <v>7631.17</v>
       </c>
       <c r="J13" s="82">
-        <v>5.6787025390028356</v>
+        <v>5.8304460623552741</v>
       </c>
       <c r="K13" s="82">
-        <v>4.9473034152409108</v>
+        <v>5.7004385272355078</v>
       </c>
       <c r="L13" s="82">
-        <v>80.657748669395119</v>
+        <v>81.637547060280397</v>
       </c>
       <c r="M13" s="82">
-        <v>19.342251330604888</v>
+        <v>18.362452939719599</v>
       </c>
       <c r="N13" s="70">
-        <v>-1731.37</v>
+        <v>-1762.1499999999996</v>
       </c>
       <c r="O13" s="70">
-        <v>-1367.7600000000002</v>
+        <v>-2153.5</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="99" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="70">
-        <v>4537.47</v>
+        <v>5003.2</v>
       </c>
       <c r="C14" s="70">
-        <v>4904.8</v>
+        <v>4964.1499999999996</v>
       </c>
       <c r="D14" s="82">
-        <v>3.6843335598858946</v>
+        <v>3.6871427631314098</v>
       </c>
       <c r="E14" s="82">
-        <v>8.0954805210833332</v>
+        <v>-0.78050047969300007</v>
       </c>
       <c r="F14" s="82">
-        <v>73.02356874898058</v>
+        <v>71.104217237593545</v>
       </c>
       <c r="G14" s="82">
-        <v>26.976431251019413</v>
+        <v>28.895782762406458</v>
       </c>
       <c r="H14" s="70">
-        <v>6000.23</v>
+        <v>6341.21</v>
       </c>
       <c r="I14" s="70">
-        <v>6220.78</v>
+        <v>6420.6</v>
       </c>
       <c r="J14" s="82">
-        <v>4.9142596857432688</v>
+        <v>4.9055337501272112</v>
       </c>
       <c r="K14" s="82">
-        <v>3.6756924317901181</v>
+        <v>1.2519692613870275</v>
       </c>
       <c r="L14" s="82">
-        <v>87.541594462430751</v>
+        <v>86.2508176805906</v>
       </c>
       <c r="M14" s="82">
-        <v>12.458405537569243</v>
+        <v>13.7491823194094</v>
       </c>
       <c r="N14" s="70">
-        <v>-1462.7599999999993</v>
+        <v>-1338.0100000000002</v>
       </c>
       <c r="O14" s="70">
-        <v>-1315.9799999999996</v>
+        <v>-1456.4500000000007</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="99" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B15" s="70">
-        <v>3121.11</v>
+        <v>3136.14</v>
       </c>
       <c r="C15" s="70">
-        <v>3273.81</v>
+        <v>3306.89</v>
       </c>
       <c r="D15" s="82">
-        <v>2.4591844828922769</v>
+        <v>2.4562061041611609</v>
       </c>
       <c r="E15" s="82">
-        <v>4.8924901717658082</v>
+        <v>5.4445911215698279</v>
       </c>
       <c r="F15" s="82">
-        <v>55.695046444356876</v>
+        <v>14.106002921173669</v>
       </c>
       <c r="G15" s="82">
-        <v>44.304953555643124</v>
+        <v>85.893997078826331</v>
       </c>
       <c r="H15" s="70">
-        <v>3743.44</v>
+        <v>2232.25</v>
       </c>
       <c r="I15" s="70">
-        <v>3916.68</v>
+        <v>2584.7600000000002</v>
       </c>
       <c r="J15" s="82">
-        <v>3.0940786566888629</v>
+        <v>1.9748352826805613</v>
       </c>
       <c r="K15" s="82">
-        <v>4.6278289487743836</v>
+        <v>15.791689998880063</v>
       </c>
       <c r="L15" s="82">
-        <v>85.251539569226992</v>
+        <v>31.024156981692698</v>
       </c>
       <c r="M15" s="82">
-        <v>14.748460430773003</v>
+        <v>68.975843018307302</v>
       </c>
       <c r="N15" s="70">
-        <v>-622.32999999999993</v>
+        <v>903.88999999999987</v>
       </c>
       <c r="O15" s="70">
-        <v>-642.86999999999989</v>
+        <v>722.12999999999965</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="99" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="B16" s="70">
-        <v>2829.12</v>
+        <v>3266.45</v>
       </c>
       <c r="C16" s="70">
-        <v>3116.37</v>
+        <v>3281.37</v>
       </c>
       <c r="D16" s="82">
-        <v>2.340920440389334</v>
+        <v>2.4372510195414145</v>
       </c>
       <c r="E16" s="82">
-        <v>10.153333898880218</v>
+        <v>0.45676498951461292</v>
       </c>
       <c r="F16" s="82">
-        <v>13.306507250422754</v>
+        <v>21.939007182975416</v>
       </c>
       <c r="G16" s="82">
-        <v>86.693492749577246</v>
+        <v>78.060992817024584</v>
       </c>
       <c r="H16" s="70">
-        <v>2146.66</v>
+        <v>4264.03</v>
       </c>
       <c r="I16" s="70">
-        <v>2263.06</v>
+        <v>3255.16</v>
       </c>
       <c r="J16" s="82">
-        <v>1.7877604616170579</v>
+        <v>2.4870412799526669</v>
       </c>
       <c r="K16" s="82">
-        <v>5.4223770881276074</v>
+        <v>-23.660011772900283</v>
       </c>
       <c r="L16" s="82">
-        <v>29.627583890838068</v>
+        <v>75.967079959203232</v>
       </c>
       <c r="M16" s="82">
-        <v>70.372416109161932</v>
+        <v>24.032920040796764</v>
       </c>
       <c r="N16" s="70">
-        <v>682.46</v>
+        <v>-997.57999999999993</v>
       </c>
       <c r="O16" s="70">
-        <v>853.31</v>
+        <v>26.210000000000036</v>
       </c>
     </row>
     <row r="17" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="99" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B17" s="70">
-        <v>3042.59</v>
+        <v>3303.78</v>
       </c>
       <c r="C17" s="70">
-        <v>3052.83</v>
+        <v>3263.8</v>
       </c>
       <c r="D17" s="82">
-        <v>2.2931911640895564</v>
+        <v>2.4242008300128512</v>
       </c>
       <c r="E17" s="82">
-        <v>0.33655536894552934</v>
+        <v>-1.2101290037472234</v>
       </c>
       <c r="F17" s="82">
-        <v>28.204321891490835</v>
+        <v>52.381886144984371</v>
       </c>
       <c r="G17" s="82">
-        <v>71.795678108509165</v>
+        <v>47.618113855015629</v>
       </c>
       <c r="H17" s="70">
-        <v>4161.45</v>
+        <v>3908.63</v>
       </c>
       <c r="I17" s="70">
-        <v>4250.08</v>
+        <v>4269.74</v>
       </c>
       <c r="J17" s="82">
-        <v>3.3574562683753086</v>
+        <v>3.2622112690820417</v>
       </c>
       <c r="K17" s="82">
-        <v>2.1297864926888495</v>
+        <v>9.2387869918615895</v>
       </c>
       <c r="L17" s="82">
-        <v>79.989317848134618</v>
+        <v>85.57125258212443</v>
       </c>
       <c r="M17" s="82">
-        <v>20.010682151865378</v>
+        <v>14.428747417875565</v>
       </c>
       <c r="N17" s="70">
-        <v>-1118.8599999999997</v>
+        <v>-604.84999999999991</v>
       </c>
       <c r="O17" s="70">
-        <v>-1197.25</v>
+        <v>-1005.9399999999996</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="99" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="70">
-        <v>2676.91</v>
+        <v>2948.73</v>
       </c>
       <c r="C18" s="70">
-        <v>2882.85</v>
+        <v>3023.83</v>
       </c>
       <c r="D18" s="82">
-        <v>2.1655074627134745</v>
+        <v>2.2459621287510756</v>
       </c>
       <c r="E18" s="82">
-        <v>7.6931985012570498</v>
+        <v>2.5468591563147491</v>
       </c>
       <c r="F18" s="82">
-        <v>24.912846662157236</v>
+        <v>24.627707245446999</v>
       </c>
       <c r="G18" s="82">
-        <v>75.087153337842764</v>
+        <v>75.372292754553001</v>
       </c>
       <c r="H18" s="70">
-        <v>987.34</v>
+        <v>1213.0999999999999</v>
       </c>
       <c r="I18" s="70">
-        <v>1112.26</v>
+        <v>1225.2</v>
       </c>
       <c r="J18" s="82">
-        <v>0.87865741563996935</v>
+        <v>0.93609007735349659</v>
       </c>
       <c r="K18" s="82">
-        <v>12.652176555188685</v>
+        <v>0.99744456351497301</v>
       </c>
       <c r="L18" s="82">
-        <v>44.576807580961287</v>
+        <v>41.021057786483837</v>
       </c>
       <c r="M18" s="82">
-        <v>55.423192419038713</v>
+        <v>58.978942213516163</v>
       </c>
       <c r="N18" s="70">
-        <v>1689.5699999999997</v>
+        <v>1735.63</v>
       </c>
       <c r="O18" s="70">
-        <v>1770.59</v>
+        <v>1798.6299999999999</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="99" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="70">
-        <v>2475.19</v>
+        <v>2572.89</v>
       </c>
       <c r="C19" s="70">
-        <v>2467.5700000000002</v>
+        <v>2507.65</v>
       </c>
       <c r="D19" s="82">
-        <v>1.8535620132049495</v>
+        <v>1.8625673176609248</v>
       </c>
       <c r="E19" s="82">
-        <v>-0.30785515455378742</v>
+        <v>-2.535670005324743</v>
       </c>
       <c r="F19" s="82">
-        <v>42.150779917084421</v>
+        <v>44.004546088967757</v>
       </c>
       <c r="G19" s="82">
-        <v>57.849220082915579</v>
+        <v>55.995453911032243</v>
       </c>
       <c r="H19" s="70">
-        <v>408.74</v>
+        <v>234.4</v>
       </c>
       <c r="I19" s="70">
-        <v>272.98</v>
+        <v>357.51</v>
       </c>
       <c r="J19" s="82">
-        <v>0.21564733184812798</v>
+        <v>0.27314851742952045</v>
       </c>
       <c r="K19" s="82">
-        <v>-33.21426823897832</v>
+        <v>52.521331058020472</v>
       </c>
       <c r="L19" s="82">
-        <v>34.508022565755738</v>
+        <v>61.371709882241056</v>
       </c>
       <c r="M19" s="82">
-        <v>65.491977434244262</v>
+        <v>38.628290117758944</v>
       </c>
       <c r="N19" s="70">
-        <v>2066.4499999999998</v>
+        <v>2338.4899999999998</v>
       </c>
       <c r="O19" s="70">
-        <v>2194.59</v>
+        <v>2150.1400000000003</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="99" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B20" s="70">
-        <v>1567.86</v>
+        <v>1769.83</v>
       </c>
       <c r="C20" s="70">
-        <v>1745.5</v>
+        <v>1937.28</v>
       </c>
       <c r="D20" s="82">
-        <v>1.3111654356509601</v>
+        <v>1.4389226619177942</v>
       </c>
       <c r="E20" s="82">
-        <v>11.330093248121651</v>
+        <v>9.4613606956600389</v>
       </c>
       <c r="F20" s="82">
-        <v>68.565454024634775</v>
+        <v>62.511872315824249</v>
       </c>
       <c r="G20" s="82">
-        <v>31.434545975365229</v>
+        <v>37.488127684175751</v>
       </c>
       <c r="H20" s="70">
-        <v>2122.34</v>
+        <v>1944.06</v>
       </c>
       <c r="I20" s="70">
-        <v>1943.69</v>
+        <v>2119.9</v>
       </c>
       <c r="J20" s="82">
-        <v>1.5354661969370937</v>
+        <v>1.6196680990709085</v>
       </c>
       <c r="K20" s="82">
-        <v>-8.4175956727008909</v>
+        <v>9.0449883234056649</v>
       </c>
       <c r="L20" s="82">
-        <v>93.480956325339946</v>
+        <v>91.866125760649084</v>
       </c>
       <c r="M20" s="82">
-        <v>6.519043674660054</v>
+        <v>8.1338742393509129</v>
       </c>
       <c r="N20" s="70">
-        <v>-554.48000000000025</v>
+        <v>-174.23000000000002</v>
       </c>
       <c r="O20" s="70">
-        <v>-198.19000000000005</v>
+        <v>-182.62000000000012</v>
       </c>
     </row>
     <row r="21" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="99" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B21" s="70">
-        <v>1483.13</v>
+        <v>1526.31</v>
       </c>
       <c r="C21" s="70">
-        <v>1529.24</v>
+        <v>1604.25</v>
       </c>
       <c r="D21" s="82">
-        <v>1.1487176343826262</v>
+        <v>1.191563264154702</v>
       </c>
       <c r="E21" s="82">
-        <v>3.1089654986413797</v>
+        <v>5.1064331623326886</v>
       </c>
       <c r="F21" s="82">
-        <v>69.568543851847977</v>
+        <v>65.323983169705471</v>
       </c>
       <c r="G21" s="82">
-        <v>30.431456148152026</v>
+        <v>34.676016830294529</v>
       </c>
       <c r="H21" s="70">
-        <v>1211.6500000000001</v>
+        <v>1155.83</v>
       </c>
       <c r="I21" s="70">
-        <v>1155.82</v>
+        <v>1213.97</v>
       </c>
       <c r="J21" s="82">
-        <v>0.91306871967434711</v>
+        <v>0.92751001567484814</v>
       </c>
       <c r="K21" s="82">
-        <v>-4.6077662691371399</v>
+        <v>5.0301514928666071</v>
       </c>
       <c r="L21" s="82">
-        <v>84.168815213441533</v>
+        <v>84.223662858225495</v>
       </c>
       <c r="M21" s="82">
-        <v>15.831184786558461</v>
+        <v>15.77633714177451</v>
       </c>
       <c r="N21" s="70">
-        <v>271.48</v>
+        <v>370.48</v>
       </c>
       <c r="O21" s="70">
-        <v>373.42000000000007</v>
+        <v>390.28</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="99" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B22" s="70">
-        <v>1196.49</v>
+        <v>1323.81</v>
       </c>
       <c r="C22" s="70">
-        <v>1278.3399999999999</v>
+        <v>1403.91</v>
       </c>
       <c r="D22" s="82">
-        <v>0.96024934002294371</v>
+        <v>1.0427599078568974</v>
       </c>
       <c r="E22" s="82">
-        <v>6.8408427985189935</v>
+        <v>6.0507172479434459</v>
       </c>
       <c r="F22" s="82">
-        <v>30.078852261526663</v>
+        <v>29.591640489774989</v>
       </c>
       <c r="G22" s="82">
-        <v>69.921147738473337</v>
+        <v>70.408359510225011</v>
       </c>
       <c r="H22" s="70">
-        <v>496.37</v>
+        <v>458.81</v>
       </c>
       <c r="I22" s="70">
-        <v>458.22</v>
+        <v>543.85</v>
       </c>
       <c r="J22" s="82">
-        <v>0.36198227122664373</v>
+        <v>0.41551794692188959</v>
       </c>
       <c r="K22" s="82">
-        <v>-7.6857989000140972</v>
+        <v>18.53490551644472</v>
       </c>
       <c r="L22" s="82">
-        <v>55.663218541312034</v>
+        <v>56.603842971407559</v>
       </c>
       <c r="M22" s="82">
-        <v>44.336781458687966</v>
+        <v>43.396157028592441</v>
       </c>
       <c r="N22" s="70">
-        <v>700.12</v>
+        <v>865</v>
       </c>
       <c r="O22" s="70">
-        <v>820.11999999999989</v>
+        <v>860.06000000000006</v>
       </c>
     </row>
     <row r="23" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="99" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="B23" s="70">
-        <v>1038.68</v>
+        <v>839.08</v>
       </c>
       <c r="C23" s="70">
-        <v>1203.18</v>
+        <v>1111.52</v>
       </c>
       <c r="D23" s="82">
-        <v>0.90379148030164547</v>
+        <v>0.82558603669829167</v>
       </c>
       <c r="E23" s="82">
-        <v>15.837409019139676</v>
+        <v>32.468894503503833</v>
       </c>
       <c r="F23" s="82">
-        <v>94.057414518193454</v>
+        <v>81.743018569166537</v>
       </c>
       <c r="G23" s="82">
-        <v>5.942585481806546</v>
+        <v>18.256981430833456</v>
       </c>
       <c r="H23" s="70">
-        <v>566.11</v>
+        <v>1685.06</v>
       </c>
       <c r="I23" s="70">
-        <v>652.98</v>
+        <v>1827.9</v>
       </c>
       <c r="J23" s="82">
-        <v>0.5158377710828288</v>
+        <v>1.3965712148175451</v>
       </c>
       <c r="K23" s="82">
-        <v>15.345074278850401</v>
+        <v>8.4768494890389743</v>
       </c>
       <c r="L23" s="82">
-        <v>69.100125578118778</v>
+        <v>84.394113463537394</v>
       </c>
       <c r="M23" s="82">
-        <v>30.899874421881222</v>
+        <v>15.605886536462608</v>
       </c>
       <c r="N23" s="70">
-        <v>472.57000000000005</v>
+        <v>-845.9799999999999</v>
       </c>
       <c r="O23" s="70">
-        <v>550.20000000000005</v>
+        <v>-716.38000000000011</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="99" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="B24" s="70">
-        <v>905.85</v>
+        <v>1224.9100000000001</v>
       </c>
       <c r="C24" s="70">
-        <v>1046.25</v>
+        <v>1107.31</v>
       </c>
       <c r="D24" s="82">
-        <v>0.78591053397296873</v>
+        <v>0.82245904193931318</v>
       </c>
       <c r="E24" s="82">
-        <v>15.499254843517136</v>
+        <v>-9.6007053579446762</v>
       </c>
       <c r="F24" s="82">
-        <v>48.90131421744325</v>
+        <v>90.677407410752181</v>
       </c>
       <c r="G24" s="82">
-        <v>51.09868578255675</v>
+        <v>9.322592589247817</v>
       </c>
       <c r="H24" s="70">
-        <v>558.01</v>
+        <v>653.04999999999995</v>
       </c>
       <c r="I24" s="70">
-        <v>586.67999999999995</v>
+        <v>623.41</v>
       </c>
       <c r="J24" s="82">
-        <v>0.46346243918477437</v>
+        <v>0.4763042075766758</v>
       </c>
       <c r="K24" s="82">
-        <v>5.1379007544667585</v>
+        <v>-4.5387030089579641</v>
       </c>
       <c r="L24" s="82">
-        <v>79.658416854162397</v>
+        <v>71.660704833095394</v>
       </c>
       <c r="M24" s="82">
-        <v>20.341583145837596</v>
+        <v>28.339295166904606</v>
       </c>
       <c r="N24" s="70">
-        <v>347.84000000000003</v>
+        <v>571.86000000000013</v>
       </c>
       <c r="O24" s="70">
-        <v>459.57000000000005</v>
+        <v>483.9</v>
       </c>
     </row>
     <row r="25" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="99" t="s">
-        <v>26</v>
+        <v>115</v>
       </c>
       <c r="B25" s="70">
-        <v>845.23</v>
+        <v>1068.0999999999999</v>
       </c>
       <c r="C25" s="70">
-        <v>902.59</v>
+        <v>1062.6300000000001</v>
       </c>
       <c r="D25" s="82">
-        <v>0.67799759986490982</v>
+        <v>0.78927278877276674</v>
       </c>
       <c r="E25" s="82">
-        <v>6.7863185168534024</v>
+        <v>-0.51212433292760984</v>
       </c>
       <c r="F25" s="82">
-        <v>14.229051950498018</v>
+        <v>49.034941607144532</v>
       </c>
       <c r="G25" s="82">
-        <v>85.770948049501982</v>
+        <v>50.965058392855468</v>
       </c>
       <c r="H25" s="70">
-        <v>526.44000000000005</v>
+        <v>587.32000000000005</v>
       </c>
       <c r="I25" s="70">
-        <v>501.44</v>
+        <v>716.43</v>
       </c>
       <c r="J25" s="82">
-        <v>0.39612498381539046</v>
+        <v>0.54737431775903156</v>
       </c>
       <c r="K25" s="82">
-        <v>-4.7488792644935902</v>
+        <v>21.982905400803631</v>
       </c>
       <c r="L25" s="82">
-        <v>19.104977664326739</v>
+        <v>79.896151752439181</v>
       </c>
       <c r="M25" s="82">
-        <v>80.895022335673261</v>
+        <v>20.103848247560823</v>
       </c>
       <c r="N25" s="70">
-        <v>318.78999999999996</v>
+        <v>480.77999999999986</v>
       </c>
       <c r="O25" s="70">
-        <v>401.15000000000003</v>
+        <v>346.20000000000016</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="99" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="B26" s="70">
-        <v>805.98</v>
+        <v>912.74</v>
       </c>
       <c r="C26" s="70">
-        <v>878.83</v>
+        <v>928.92</v>
       </c>
       <c r="D26" s="82">
-        <v>0.66014982515791076</v>
+        <v>0.68995913812596898</v>
       </c>
       <c r="E26" s="82">
-        <v>9.0386858234695673</v>
+        <v>1.7726844446392127</v>
       </c>
       <c r="F26" s="82">
-        <v>56.389745457028098</v>
+        <v>14.365069112517759</v>
       </c>
       <c r="G26" s="82">
-        <v>43.610254542971902</v>
+        <v>85.634930887482241</v>
       </c>
       <c r="H26" s="70">
-        <v>425.42</v>
+        <v>533.55999999999995</v>
       </c>
       <c r="I26" s="70">
-        <v>411</v>
+        <v>588.34</v>
       </c>
       <c r="J26" s="82">
-        <v>0.32467965927753167</v>
+        <v>0.44950966055350644</v>
       </c>
       <c r="K26" s="82">
-        <v>-3.3895914625546557</v>
+        <v>10.266886573206405</v>
       </c>
       <c r="L26" s="82">
-        <v>78.352798053527977</v>
+        <v>18.725566849100858</v>
       </c>
       <c r="M26" s="82">
-        <v>21.64720194647202</v>
+        <v>81.274433150899142</v>
       </c>
       <c r="N26" s="70">
-        <v>380.56</v>
+        <v>379.18000000000006</v>
       </c>
       <c r="O26" s="70">
-        <v>467.83000000000004</v>
+        <v>340.57999999999993</v>
       </c>
     </row>
     <row r="27" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="99" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B27" s="70">
-        <v>801.12</v>
+        <v>885.74</v>
       </c>
       <c r="C27" s="70">
-        <v>864.29</v>
+        <v>926.52</v>
       </c>
       <c r="D27" s="82">
-        <v>0.64922782834647275</v>
+        <v>0.68817652828712139</v>
       </c>
       <c r="E27" s="82">
-        <v>7.8852107050129767</v>
+        <v>4.604059882132451</v>
       </c>
       <c r="F27" s="82">
-        <v>51.458422520218903</v>
+        <v>51.137590122177606</v>
       </c>
       <c r="G27" s="82">
-        <v>48.541577479781097</v>
+        <v>48.862409877822394</v>
       </c>
       <c r="H27" s="70">
-        <v>681.16</v>
+        <v>705.8</v>
       </c>
       <c r="I27" s="70">
-        <v>705.6</v>
+        <v>699.97</v>
       </c>
       <c r="J27" s="82">
-        <v>0.5574062471684339</v>
+        <v>0.53479837695488641</v>
       </c>
       <c r="K27" s="82">
-        <v>3.5879969463855854</v>
+        <v>-0.82601303485405597</v>
       </c>
       <c r="L27" s="82">
-        <v>84.462868480725632</v>
+        <v>83.78787662328385</v>
       </c>
       <c r="M27" s="82">
-        <v>15.537131519274375</v>
+        <v>16.212123376716146</v>
       </c>
       <c r="N27" s="70">
-        <v>119.96000000000004</v>
+        <v>179.94000000000005</v>
       </c>
       <c r="O27" s="70">
-        <v>158.68999999999994</v>
+        <v>226.54999999999995</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="99" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B28" s="70">
-        <v>802.39</v>
+        <v>876.29</v>
       </c>
       <c r="C28" s="70">
-        <v>864.13</v>
+        <v>914.64</v>
       </c>
       <c r="D28" s="82">
-        <v>0.64910764131140886</v>
+        <v>0.6793526095848258</v>
       </c>
       <c r="E28" s="82">
-        <v>7.6945126434776121</v>
+        <v>4.3764050713804821</v>
       </c>
       <c r="F28" s="82">
-        <v>76.938655063474243</v>
+        <v>75.342211143182013</v>
       </c>
       <c r="G28" s="82">
-        <v>23.061344936525753</v>
+        <v>24.657788856817984</v>
       </c>
       <c r="H28" s="70">
-        <v>840.04</v>
+        <v>916.01</v>
       </c>
       <c r="I28" s="70">
-        <v>916.03</v>
+        <v>974.5</v>
       </c>
       <c r="J28" s="82">
-        <v>0.72364065276884992</v>
+        <v>0.74454764967432441</v>
       </c>
       <c r="K28" s="82">
-        <v>9.0459978096281155</v>
+        <v>6.3853014705079651</v>
       </c>
       <c r="L28" s="82">
-        <v>92.100695392072311</v>
+        <v>93.575166752180607</v>
       </c>
       <c r="M28" s="82">
-        <v>7.8993046079276885</v>
+        <v>6.4248332478193948</v>
       </c>
       <c r="N28" s="70">
-        <v>-37.649999999999977</v>
+        <v>-39.720000000000027</v>
       </c>
       <c r="O28" s="70">
-        <v>-51.899999999999977</v>
+        <v>-59.860000000000014</v>
       </c>
     </row>
     <row r="29" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="99" t="s">
-        <v>149</v>
+        <v>21</v>
       </c>
       <c r="B29" s="70">
-        <v>1060.53</v>
+        <v>796.78</v>
       </c>
       <c r="C29" s="70">
-        <v>836.55</v>
+        <v>805.9</v>
       </c>
       <c r="D29" s="82">
-        <v>0.62839040114225753</v>
+        <v>0.59858552880303839</v>
       </c>
       <c r="E29" s="82">
-        <v>-21.119628864812878</v>
+        <v>1.1446070433494822</v>
       </c>
       <c r="F29" s="82">
-        <v>82.078775924929772</v>
+        <v>67.533192703809405</v>
       </c>
       <c r="G29" s="82">
-        <v>17.921224075070228</v>
+        <v>32.466807296190595</v>
       </c>
       <c r="H29" s="70">
-        <v>1320.14</v>
+        <v>4673.6099999999997</v>
       </c>
       <c r="I29" s="70">
-        <v>1685.88</v>
+        <v>5123.46</v>
       </c>
       <c r="J29" s="82">
-        <v>1.3318027834131512</v>
+        <v>3.9144793239614306</v>
       </c>
       <c r="K29" s="82">
-        <v>27.704637386943809</v>
+        <v>9.6253217534197422</v>
       </c>
       <c r="L29" s="82">
-        <v>84.85657342159584</v>
+        <v>82.069734124985843</v>
       </c>
       <c r="M29" s="82">
-        <v>15.143426578404156</v>
+        <v>17.93026587501415</v>
       </c>
       <c r="N29" s="70">
-        <v>-259.61000000000013</v>
+        <v>-3876.83</v>
       </c>
       <c r="O29" s="70">
-        <v>-849.33000000000015</v>
+        <v>-4317.5600000000004</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="99" t="s">
-        <v>21</v>
+        <v>121</v>
       </c>
       <c r="B30" s="70">
-        <v>929.91</v>
+        <v>878.5</v>
       </c>
       <c r="C30" s="70">
-        <v>797.54</v>
+        <v>764.96</v>
       </c>
       <c r="D30" s="82">
-        <v>0.59908729965572427</v>
+        <v>0.56817717596869621</v>
       </c>
       <c r="E30" s="82">
-        <v>-14.234710885999721</v>
+        <v>-12.924302788844615</v>
       </c>
       <c r="F30" s="82">
-        <v>69.729417960227707</v>
+        <v>42.853221083455352</v>
       </c>
       <c r="G30" s="82">
-        <v>30.270582039772297</v>
+        <v>57.146778916544648</v>
       </c>
       <c r="H30" s="70">
-        <v>4809.13</v>
+        <v>411.41</v>
       </c>
       <c r="I30" s="70">
-        <v>4667.1099999999997</v>
+        <v>380.26</v>
       </c>
       <c r="J30" s="82">
-        <v>3.6868994759385902</v>
+        <v>0.29053020961021919</v>
       </c>
       <c r="K30" s="82">
-        <v>-2.9531328951390465</v>
+        <v>-7.571522325660542</v>
       </c>
       <c r="L30" s="82">
-        <v>83.651553102455267</v>
+        <v>78.864461158154938</v>
       </c>
       <c r="M30" s="82">
-        <v>16.348446897544736</v>
+        <v>21.135538841845054</v>
       </c>
       <c r="N30" s="70">
-        <v>-3879.2200000000003</v>
+        <v>467.09</v>
       </c>
       <c r="O30" s="70">
-        <v>-3869.5699999999997</v>
+        <v>384.70000000000005</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="99" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B31" s="70">
-        <v>780.49</v>
+        <v>707.27</v>
       </c>
       <c r="C31" s="70">
-        <v>708.16</v>
+        <v>746.02</v>
       </c>
       <c r="D31" s="82">
-        <v>0.5319478171931159</v>
+        <v>0.55410941332379038</v>
       </c>
       <c r="E31" s="82">
-        <v>-9.2672551858447942</v>
+        <v>5.4788129003068136</v>
       </c>
       <c r="F31" s="82">
-        <v>74.454925440578393</v>
+        <v>74.556982386531189</v>
       </c>
       <c r="G31" s="82">
-        <v>25.5450745594216</v>
+        <v>25.443017613468811</v>
       </c>
       <c r="H31" s="70">
-        <v>541.91</v>
+        <v>584.07000000000005</v>
       </c>
       <c r="I31" s="70">
-        <v>580.12</v>
+        <v>486.06</v>
       </c>
       <c r="J31" s="82">
-        <v>0.45828020423377536</v>
+        <v>0.37136462863078723</v>
       </c>
       <c r="K31" s="82">
-        <v>7.0509863261427244</v>
+        <v>-16.780522882531208</v>
       </c>
       <c r="L31" s="82">
-        <v>90.767427428807835</v>
+        <v>87.729909887668185</v>
       </c>
       <c r="M31" s="82">
-        <v>9.2325725711921667</v>
+        <v>12.270090112331811</v>
       </c>
       <c r="N31" s="70">
-        <v>238.58000000000004</v>
+        <v>123.19999999999993</v>
       </c>
       <c r="O31" s="70">
-        <v>128.03999999999996</v>
+        <v>259.95999999999998</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="99" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="B32" s="70">
-        <v>626.21</v>
+        <v>557.63</v>
       </c>
       <c r="C32" s="70">
-        <v>617.17999999999995</v>
+        <v>651.54999999999995</v>
       </c>
       <c r="D32" s="82">
-        <v>0.46360646437986791</v>
+        <v>0.48394143354215119</v>
       </c>
       <c r="E32" s="82">
-        <v>-1.4420082719854499</v>
+        <v>16.842709323386469</v>
       </c>
       <c r="F32" s="82">
-        <v>75.76071810492887</v>
+        <v>40.211802624510774</v>
       </c>
       <c r="G32" s="82">
-        <v>24.23928189507113</v>
+        <v>59.788197375489226</v>
       </c>
       <c r="H32" s="70">
-        <v>338.51</v>
+        <v>643.29999999999995</v>
       </c>
       <c r="I32" s="70">
-        <v>332.42</v>
+        <v>227.83</v>
       </c>
       <c r="J32" s="82">
-        <v>0.26260343634315592</v>
+        <v>0.17406905184741031</v>
       </c>
       <c r="K32" s="82">
-        <v>-1.7990605890520146</v>
+        <v>-64.584175345872836</v>
       </c>
       <c r="L32" s="82">
-        <v>97.169243727814205</v>
+        <v>52.196813413510078</v>
       </c>
       <c r="M32" s="82">
-        <v>2.8307562721857891</v>
+        <v>47.803186586489922</v>
       </c>
       <c r="N32" s="70">
-        <v>287.70000000000005</v>
+        <v>-85.669999999999959</v>
       </c>
       <c r="O32" s="70">
-        <v>284.75999999999993</v>
+        <v>423.71999999999991</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="99" t="s">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="B33" s="70">
-        <v>519.91</v>
+        <v>650.98</v>
       </c>
       <c r="C33" s="70">
-        <v>557.17999999999995</v>
+        <v>632.14</v>
       </c>
       <c r="D33" s="82">
-        <v>0.4185363262308805</v>
+        <v>0.46952457647047119</v>
       </c>
       <c r="E33" s="82">
-        <v>7.168548402608141</v>
+        <v>-2.8940981289747816</v>
       </c>
       <c r="F33" s="82">
-        <v>38.770235830431808</v>
+        <v>57.564779953807701</v>
       </c>
       <c r="G33" s="82">
-        <v>61.229764169568192</v>
+        <v>42.435220046192299</v>
       </c>
       <c r="H33" s="70">
-        <v>71.489999999999995</v>
+        <v>290.32</v>
       </c>
       <c r="I33" s="70">
-        <v>59.96</v>
+        <v>330.23</v>
       </c>
       <c r="J33" s="82">
-        <v>4.7366891411875424E-2</v>
+        <v>0.25230576742119259</v>
       </c>
       <c r="K33" s="82">
-        <v>-16.1281298083648</v>
+        <v>13.74689997244421</v>
       </c>
       <c r="L33" s="82">
-        <v>52.735156771180783</v>
+        <v>5.0843351603428033</v>
       </c>
       <c r="M33" s="82">
-        <v>47.264843228819217</v>
+        <v>94.915664839657197</v>
       </c>
       <c r="N33" s="70">
-        <v>448.41999999999996</v>
+        <v>360.66</v>
       </c>
       <c r="O33" s="70">
-        <v>497.21999999999997</v>
+        <v>301.90999999999997</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="99" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="B34" s="70">
-        <v>516.66999999999996</v>
+        <v>620.76</v>
       </c>
       <c r="C34" s="70">
-        <v>557.07000000000005</v>
+        <v>584.5</v>
       </c>
       <c r="D34" s="82">
-        <v>0.41845369764427409</v>
+        <v>0.43413977116934599</v>
       </c>
       <c r="E34" s="82">
-        <v>7.8193043915845886</v>
+        <v>-5.8412268831754615</v>
       </c>
       <c r="F34" s="82">
-        <v>40.709426104439295</v>
+        <v>78.109495295124034</v>
       </c>
       <c r="G34" s="82">
-        <v>59.290573895560705</v>
+        <v>21.890504704875962</v>
       </c>
       <c r="H34" s="70">
-        <v>313.17</v>
+        <v>332.43</v>
       </c>
       <c r="I34" s="70">
-        <v>614.05999999999995</v>
+        <v>439.44</v>
       </c>
       <c r="J34" s="82">
-        <v>0.48509195030647467</v>
+        <v>0.33574553019280157</v>
       </c>
       <c r="K34" s="82">
-        <v>96.07880703771113</v>
+        <v>32.190235538308812</v>
       </c>
       <c r="L34" s="82">
-        <v>78.106373969970363</v>
+        <v>96.993901328964142</v>
       </c>
       <c r="M34" s="82">
-        <v>21.89362603002964</v>
+        <v>3.0060986710358639</v>
       </c>
       <c r="N34" s="70">
-        <v>203.49999999999994</v>
+        <v>288.33</v>
       </c>
       <c r="O34" s="70">
-        <v>-56.989999999999895</v>
+        <v>145.06</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="99" t="s">
-        <v>112</v>
+        <v>125</v>
       </c>
       <c r="B35" s="70">
-        <v>492.2</v>
+        <v>517.30999999999995</v>
       </c>
       <c r="C35" s="70">
-        <v>550.58000000000004</v>
+        <v>578.54</v>
       </c>
       <c r="D35" s="82">
-        <v>0.41357861103449189</v>
+        <v>0.4297129567362078</v>
       </c>
       <c r="E35" s="82">
-        <v>11.861032100772055</v>
+        <v>11.836229726856242</v>
       </c>
       <c r="F35" s="82">
-        <v>70.743579497983944</v>
+        <v>81.290835551560832</v>
       </c>
       <c r="G35" s="82">
-        <v>29.256420502016056</v>
+        <v>18.709164448439175</v>
       </c>
       <c r="H35" s="70">
-        <v>270.70999999999998</v>
+        <v>718.97</v>
       </c>
       <c r="I35" s="70">
-        <v>290.36</v>
+        <v>957.38</v>
       </c>
       <c r="J35" s="82">
-        <v>0.22937709456891509</v>
+        <v>0.73146744878933267</v>
       </c>
       <c r="K35" s="82">
-        <v>7.2586901111891091</v>
+        <v>33.159937132286458</v>
       </c>
       <c r="L35" s="82">
-        <v>6.0338889654222498</v>
+        <v>87.669472936556019</v>
       </c>
       <c r="M35" s="82">
-        <v>93.96611103457775</v>
+        <v>12.330527063443983</v>
       </c>
       <c r="N35" s="70">
-        <v>221.49</v>
+        <v>-201.66000000000008</v>
       </c>
       <c r="O35" s="70">
-        <v>260.22000000000003</v>
+        <v>-378.84000000000003</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="99" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="B36" s="70">
-        <v>479.88</v>
+        <v>515.85</v>
       </c>
       <c r="C36" s="70">
-        <v>535.01</v>
+        <v>541.97</v>
       </c>
       <c r="D36" s="82">
-        <v>0.40188291018482963</v>
+        <v>0.40255043931676732</v>
       </c>
       <c r="E36" s="82">
-        <v>11.488288738851379</v>
+        <v>5.0634874479015224</v>
       </c>
       <c r="F36" s="82">
-        <v>73.24349077587334</v>
+        <v>73.646142775430377</v>
       </c>
       <c r="G36" s="82">
-        <v>26.756509224126653</v>
+        <v>26.353857224569627</v>
       </c>
       <c r="H36" s="70">
-        <v>309.58999999999997</v>
+        <v>536.29999999999995</v>
       </c>
       <c r="I36" s="70">
-        <v>275.43</v>
+        <v>500.35</v>
       </c>
       <c r="J36" s="82">
-        <v>0.21758277020635172</v>
+        <v>0.38228262341154257</v>
       </c>
       <c r="K36" s="82">
-        <v>-11.033948124939426</v>
+        <v>-6.7033376841320029</v>
       </c>
       <c r="L36" s="82">
-        <v>27.745706713139455</v>
+        <v>58.91076246627361</v>
       </c>
       <c r="M36" s="82">
-        <v>72.254293286860545</v>
+        <v>41.08923753372639</v>
       </c>
       <c r="N36" s="70">
-        <v>170.29000000000002</v>
+        <v>-20.449999999999932</v>
       </c>
       <c r="O36" s="70">
-        <v>259.58</v>
+        <v>41.620000000000005</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="99" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B37" s="70">
-        <v>531.77</v>
+        <v>430.16</v>
       </c>
       <c r="C37" s="70">
-        <v>522.01</v>
+        <v>538.23</v>
       </c>
       <c r="D37" s="82">
-        <v>0.39211771358588238</v>
+        <v>0.39977253898456305</v>
       </c>
       <c r="E37" s="82">
-        <v>-1.8353799575004215</v>
+        <v>25.123209968383854</v>
       </c>
       <c r="F37" s="82">
-        <v>46.713664489186023</v>
+        <v>49.424967021533547</v>
       </c>
       <c r="G37" s="82">
-        <v>53.286335510813977</v>
+        <v>50.575032978466453</v>
       </c>
       <c r="H37" s="70">
-        <v>65.77</v>
+        <v>316.75</v>
       </c>
       <c r="I37" s="70">
-        <v>48.45</v>
+        <v>421.86</v>
       </c>
       <c r="J37" s="82">
-        <v>3.827428100242436E-2</v>
+        <v>0.32231387531206823</v>
       </c>
       <c r="K37" s="82">
-        <v>-26.334194921696813</v>
+        <v>33.183898973954228</v>
       </c>
       <c r="L37" s="82">
-        <v>37.358101135190921</v>
+        <v>14.848527947660358</v>
       </c>
       <c r="M37" s="82">
-        <v>62.641898864809079</v>
+        <v>85.151472052339642</v>
       </c>
       <c r="N37" s="70">
-        <v>466</v>
+        <v>113.41000000000003</v>
       </c>
       <c r="O37" s="70">
-        <v>473.56</v>
+        <v>116.37</v>
       </c>
     </row>
     <row r="38" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="99" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B38" s="70">
-        <v>510.75</v>
+        <v>549.08000000000004</v>
       </c>
       <c r="C38" s="70">
-        <v>517.73</v>
+        <v>537.97</v>
       </c>
       <c r="D38" s="82">
-        <v>0.38890271039792124</v>
+        <v>0.39957942291868792</v>
       </c>
       <c r="E38" s="82">
-        <v>1.3666177190406301</v>
+        <v>-2.0233845705543843</v>
       </c>
       <c r="F38" s="82">
-        <v>79.479651555830259</v>
+        <v>71.619235273342383</v>
       </c>
       <c r="G38" s="82">
-        <v>20.520348444169738</v>
+        <v>28.38076472665762</v>
       </c>
       <c r="H38" s="70">
-        <v>768.5</v>
+        <v>275.45</v>
       </c>
       <c r="I38" s="70">
-        <v>718.73</v>
+        <v>276.27</v>
       </c>
       <c r="J38" s="82">
-        <v>0.5677786168188329</v>
+        <v>0.21107868565985183</v>
       </c>
       <c r="K38" s="82">
-        <v>-6.4762524398178245</v>
+        <v>0.29769468143038419</v>
       </c>
       <c r="L38" s="82">
-        <v>84.745314652233802</v>
+        <v>27.733738733847318</v>
       </c>
       <c r="M38" s="82">
-        <v>15.254685347766198</v>
+        <v>72.266261266152682</v>
       </c>
       <c r="N38" s="70">
-        <v>-257.75</v>
+        <v>273.63000000000005</v>
       </c>
       <c r="O38" s="70">
-        <v>-201</v>
+        <v>261.70000000000005</v>
       </c>
     </row>
     <row r="39" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="99" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B39" s="70">
-        <v>549.6</v>
+        <v>569.02</v>
       </c>
       <c r="C39" s="70">
-        <v>481.12</v>
+        <v>507.02</v>
       </c>
       <c r="D39" s="82">
-        <v>0.36140241443734739</v>
+        <v>0.37659118353854887</v>
       </c>
       <c r="E39" s="82">
-        <v>-12.459970887918489</v>
+        <v>-10.895926329478753</v>
       </c>
       <c r="F39" s="82">
-        <v>76.215912869970069</v>
+        <v>32.85077511735237</v>
       </c>
       <c r="G39" s="82">
-        <v>23.784087130029931</v>
+        <v>67.14922488264763</v>
       </c>
       <c r="H39" s="70">
-        <v>532.16999999999996</v>
+        <v>60.07</v>
       </c>
       <c r="I39" s="70">
-        <v>536.34</v>
+        <v>54.05</v>
       </c>
       <c r="J39" s="82">
-        <v>0.42369510573457747</v>
+        <v>4.1295844499638003E-2</v>
       </c>
       <c r="K39" s="82">
-        <v>0.78358419302104088</v>
+        <v>-10.021641418345268</v>
       </c>
       <c r="L39" s="82">
-        <v>73.514934556438078</v>
+        <v>53.265494912118406</v>
       </c>
       <c r="M39" s="82">
-        <v>26.485065443561922</v>
+        <v>46.734505087881594</v>
       </c>
       <c r="N39" s="70">
-        <v>17.430000000000064</v>
+        <v>508.95</v>
       </c>
       <c r="O39" s="70">
-        <v>-55.220000000000027</v>
+        <v>452.96999999999997</v>
       </c>
     </row>
     <row r="40" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="99" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B40" s="70">
-        <v>416.18</v>
+        <v>506.42</v>
       </c>
       <c r="C40" s="70">
-        <v>458.01</v>
+        <v>439.06</v>
       </c>
       <c r="D40" s="82">
-        <v>0.34404289956029577</v>
+        <v>0.3261136149351806</v>
       </c>
       <c r="E40" s="82">
-        <v>10.05093949733288</v>
+        <v>-13.301212432368391</v>
       </c>
       <c r="F40" s="82">
-        <v>97.312285757952878</v>
+        <v>43.688789687058716</v>
       </c>
       <c r="G40" s="82">
-        <v>2.6877142420471172</v>
+        <v>56.311210312941284</v>
       </c>
       <c r="H40" s="70">
-        <v>1002.99</v>
+        <v>47.95</v>
       </c>
       <c r="I40" s="70">
-        <v>1188.53</v>
+        <v>65.400000000000006</v>
       </c>
       <c r="J40" s="82">
-        <v>0.93890879669373417</v>
+        <v>4.9967589829349221E-2</v>
       </c>
       <c r="K40" s="82">
-        <v>18.49868892012881</v>
+        <v>36.392075078206467</v>
       </c>
       <c r="L40" s="82">
-        <v>94.370356659066246</v>
+        <v>38.532110091743121</v>
       </c>
       <c r="M40" s="82">
-        <v>5.6296433409337583</v>
+        <v>61.467889908256879</v>
       </c>
       <c r="N40" s="70">
-        <v>-586.80999999999995</v>
+        <v>458.47</v>
       </c>
       <c r="O40" s="70">
-        <v>-730.52</v>
+        <v>373.65999999999997</v>
       </c>
     </row>
     <row r="41" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="99" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
       <c r="B41" s="70">
-        <v>438.66</v>
+        <v>347.72</v>
       </c>
       <c r="C41" s="70">
-        <v>427.76</v>
+        <v>368.56</v>
       </c>
       <c r="D41" s="82">
-        <v>0.32132003824351452</v>
+        <v>0.27374945091903191</v>
       </c>
       <c r="E41" s="82">
-        <v>-2.4848401951397516</v>
+        <v>5.9933279650293265</v>
       </c>
       <c r="F41" s="82">
-        <v>48.955021507387322</v>
+        <v>67.26448882135881</v>
       </c>
       <c r="G41" s="82">
-        <v>51.044978492612678</v>
+        <v>32.735511178641197</v>
       </c>
       <c r="H41" s="70">
-        <v>369.67</v>
+        <v>227.66</v>
       </c>
       <c r="I41" s="70">
-        <v>300.66000000000003</v>
+        <v>305.70999999999998</v>
       </c>
       <c r="J41" s="82">
-        <v>0.23751383542185567</v>
+        <v>0.23357174138731421</v>
       </c>
       <c r="K41" s="82">
-        <v>-18.668001190250759</v>
+        <v>34.283580778353681</v>
       </c>
       <c r="L41" s="82">
-        <v>13.66660014634472</v>
+        <v>76.853881129174709</v>
       </c>
       <c r="M41" s="82">
-        <v>86.33339985365528</v>
+        <v>23.146118870825294</v>
       </c>
       <c r="N41" s="70">
-        <v>68.990000000000009</v>
+        <v>120.06000000000003</v>
       </c>
       <c r="O41" s="70">
-        <v>127.09999999999997</v>
+        <v>62.850000000000023</v>
       </c>
     </row>
     <row r="42" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="99" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B42" s="70">
-        <v>344.58</v>
+        <v>351.5</v>
       </c>
       <c r="C42" s="70">
-        <v>361.09</v>
+        <v>350.82</v>
       </c>
       <c r="D42" s="82">
-        <v>0.27123960307029799</v>
+        <v>0.26057299319354998</v>
       </c>
       <c r="E42" s="82">
-        <v>4.7913401822508535</v>
+        <v>-0.19345661450924803</v>
       </c>
       <c r="F42" s="82">
-        <v>68.451078678445811</v>
+        <v>67.77834787070293</v>
       </c>
       <c r="G42" s="82">
-        <v>31.548921321554186</v>
+        <v>32.221652129297077</v>
       </c>
       <c r="H42" s="70">
-        <v>320.01</v>
+        <v>370.34</v>
       </c>
       <c r="I42" s="70">
-        <v>370.16</v>
+        <v>363.66</v>
       </c>
       <c r="J42" s="82">
-        <v>0.29241708680820228</v>
+        <v>0.27784730454650058</v>
       </c>
       <c r="K42" s="82">
-        <v>15.671385269210347</v>
+        <v>-1.8037479073283875</v>
       </c>
       <c r="L42" s="82">
-        <v>62.926842446509625</v>
+        <v>61.93697409668372</v>
       </c>
       <c r="M42" s="82">
-        <v>37.073157553490375</v>
+        <v>38.06302590331628</v>
       </c>
       <c r="N42" s="70">
-        <v>24.569999999999993</v>
+        <v>-18.839999999999975</v>
       </c>
       <c r="O42" s="70">
-        <v>-9.07000000000005</v>
+        <v>-12.840000000000032</v>
       </c>
     </row>
     <row r="43" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="99" t="s">
-        <v>106</v>
+        <v>148</v>
       </c>
       <c r="B43" s="70">
-        <v>331.73</v>
+        <v>193.8</v>
       </c>
       <c r="C43" s="70">
-        <v>355.73</v>
+        <v>314.33999999999997</v>
       </c>
       <c r="D43" s="82">
-        <v>0.26721333739565512</v>
+        <v>0.23347732364306625</v>
       </c>
       <c r="E43" s="82">
-        <v>7.2347993850420522</v>
+        <v>62.198142414860655</v>
       </c>
       <c r="F43" s="82">
-        <v>66.606696089730974</v>
+        <v>60.829038620601892</v>
       </c>
       <c r="G43" s="82">
-        <v>33.393303910269026</v>
+        <v>39.170961379398108</v>
       </c>
       <c r="H43" s="70">
-        <v>252.7</v>
+        <v>312.05</v>
       </c>
       <c r="I43" s="70">
-        <v>223.07</v>
+        <v>120.75</v>
       </c>
       <c r="J43" s="82">
-        <v>0.17621968757917031</v>
+        <v>9.2256673882170015E-2</v>
       </c>
       <c r="K43" s="82">
-        <v>-11.725366046695687</v>
+        <v>-61.304278160551192</v>
       </c>
       <c r="L43" s="82">
-        <v>77.616891558703543</v>
+        <v>87.461697722567294</v>
       </c>
       <c r="M43" s="82">
-        <v>22.383108441296454</v>
+        <v>12.538302277432711</v>
       </c>
       <c r="N43" s="70">
-        <v>79.03000000000003</v>
+        <v>-118.25</v>
       </c>
       <c r="O43" s="70">
-        <v>132.66000000000003</v>
+        <v>193.58999999999997</v>
       </c>
     </row>
     <row r="44" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="99" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="B44" s="70">
-        <v>264.39999999999998</v>
+        <v>289.14</v>
       </c>
       <c r="C44" s="70">
-        <v>290.45999999999998</v>
+        <v>309.13</v>
       </c>
       <c r="D44" s="82">
-        <v>0.21818453877924826</v>
+        <v>0.22960757478456789</v>
       </c>
       <c r="E44" s="82">
-        <v>9.8562783661119528</v>
+        <v>6.913605865670613</v>
       </c>
       <c r="F44" s="82">
-        <v>59.643324382014733</v>
+        <v>46.145634522692724</v>
       </c>
       <c r="G44" s="82">
-        <v>40.356675617985267</v>
+        <v>53.854365477307276</v>
       </c>
       <c r="H44" s="70">
-        <v>820.97</v>
+        <v>809.21</v>
       </c>
       <c r="I44" s="70">
-        <v>807.32</v>
+        <v>787.55</v>
       </c>
       <c r="J44" s="82">
-        <v>0.63776248790252288</v>
+        <v>0.60171216162238506</v>
       </c>
       <c r="K44" s="82">
-        <v>-1.6626673325456445</v>
+        <v>-2.6766846677623954</v>
       </c>
       <c r="L44" s="82">
-        <v>83.712778080562856</v>
+        <v>82.982667767125889</v>
       </c>
       <c r="M44" s="82">
-        <v>16.287221919437151</v>
+        <v>17.017332232874104</v>
       </c>
       <c r="N44" s="70">
-        <v>-556.57000000000005</v>
+        <v>-520.07000000000005</v>
       </c>
       <c r="O44" s="70">
-        <v>-516.86000000000013</v>
+        <v>-478.41999999999996</v>
       </c>
     </row>
     <row r="45" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="99" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B45" s="70">
-        <v>297.04000000000002</v>
+        <v>282.29000000000002</v>
       </c>
       <c r="C45" s="70">
-        <v>281.64999999999998</v>
+        <v>308.29000000000002</v>
       </c>
       <c r="D45" s="82">
-        <v>0.2115667401610386</v>
+        <v>0.22898366134097123</v>
       </c>
       <c r="E45" s="82">
-        <v>-5.1811203878265699</v>
+        <v>9.2103864819866086</v>
       </c>
       <c r="F45" s="82">
-        <v>63.081839162080591</v>
+        <v>56.745272308540663</v>
       </c>
       <c r="G45" s="82">
-        <v>36.918160837919409</v>
+        <v>43.254727691459337</v>
       </c>
       <c r="H45" s="70">
-        <v>437.34</v>
+        <v>516.42999999999995</v>
       </c>
       <c r="I45" s="70">
-        <v>515.75</v>
+        <v>283.99</v>
       </c>
       <c r="J45" s="82">
-        <v>0.40742952377709724</v>
+        <v>0.21697700054490648</v>
       </c>
       <c r="K45" s="82">
-        <v>17.928842548131897</v>
+        <v>-45.009004124469911</v>
       </c>
       <c r="L45" s="82">
-        <v>82.094037809016001</v>
+        <v>76.851297580900734</v>
       </c>
       <c r="M45" s="82">
-        <v>17.905962190984003</v>
+        <v>23.148702419099262</v>
       </c>
       <c r="N45" s="70">
-        <v>-140.29999999999995</v>
+        <v>-234.13999999999993</v>
       </c>
       <c r="O45" s="70">
-        <v>-234.10000000000002</v>
+        <v>24.300000000000011</v>
       </c>
     </row>
     <row r="46" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="99" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B46" s="70">
-        <v>255.44</v>
+        <v>271.75</v>
       </c>
       <c r="C46" s="70">
-        <v>273.01</v>
+        <v>291.7</v>
       </c>
       <c r="D46" s="82">
-        <v>0.2050766402675844</v>
+        <v>0.21666137082993708</v>
       </c>
       <c r="E46" s="82">
-        <v>6.8783275916066362</v>
+        <v>7.3413063477460865</v>
       </c>
       <c r="F46" s="82">
-        <v>64.869418702611625</v>
+        <v>59.718889269797735</v>
       </c>
       <c r="G46" s="82">
-        <v>35.130581297388375</v>
+        <v>40.281110730202265</v>
       </c>
       <c r="H46" s="70">
-        <v>1074.23</v>
+        <v>1037.77</v>
       </c>
       <c r="I46" s="70">
-        <v>1037.6500000000001</v>
+        <v>1043.95</v>
       </c>
       <c r="J46" s="82">
-        <v>0.81971739282075617</v>
+        <v>0.79760956272705075</v>
       </c>
       <c r="K46" s="82">
-        <v>-3.4052297925025301</v>
+        <v>0.59550767511106162</v>
       </c>
       <c r="L46" s="82">
-        <v>80.852888738977498</v>
+        <v>80.429139326596101</v>
       </c>
       <c r="M46" s="82">
-        <v>19.147111261022502</v>
+        <v>19.570860673403896</v>
       </c>
       <c r="N46" s="70">
-        <v>-818.79</v>
+        <v>-766.02</v>
       </c>
       <c r="O46" s="70">
-        <v>-764.6400000000001</v>
+        <v>-752.25</v>
       </c>
     </row>
     <row r="47" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="99" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B47" s="70">
-        <v>182.53</v>
+        <v>200.33</v>
       </c>
       <c r="C47" s="70">
-        <v>254.7</v>
+        <v>262.82</v>
       </c>
       <c r="D47" s="82">
-        <v>0.19132273644245174</v>
+        <v>0.19521063243580414</v>
       </c>
       <c r="E47" s="82">
-        <v>39.538705966142544</v>
+        <v>31.193530674387247</v>
       </c>
       <c r="F47" s="82">
-        <v>71.256380054966627</v>
+        <v>94.349745072673315</v>
       </c>
       <c r="G47" s="82">
-        <v>28.743619945033373</v>
+        <v>5.6502549273266878</v>
       </c>
       <c r="H47" s="70">
-        <v>204.22</v>
+        <v>213.74</v>
       </c>
       <c r="I47" s="70">
-        <v>211.86</v>
+        <v>210.99</v>
       </c>
       <c r="J47" s="82">
-        <v>0.16736406962174663</v>
+        <v>0.16120277948156564</v>
       </c>
       <c r="K47" s="82">
-        <v>3.7410635589070687</v>
+        <v>-1.2866098998783568</v>
       </c>
       <c r="L47" s="82">
-        <v>65.109034267912776</v>
+        <v>59.154462296791316</v>
       </c>
       <c r="M47" s="82">
-        <v>34.890965732087224</v>
+        <v>40.845537703208684</v>
       </c>
       <c r="N47" s="70">
-        <v>-21.689999999999998</v>
+        <v>-13.409999999999997</v>
       </c>
       <c r="O47" s="70">
-        <v>42.839999999999975</v>
+        <v>51.829999999999984</v>
       </c>
     </row>
     <row r="48" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="99" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="B48" s="70">
-        <v>213.46</v>
+        <v>181.1</v>
       </c>
       <c r="C48" s="70">
-        <v>222.47</v>
+        <v>239.7</v>
       </c>
       <c r="D48" s="82">
-        <v>0.167112560566754</v>
+        <v>0.17803815765490547</v>
       </c>
       <c r="E48" s="82">
-        <v>4.2209313220275417</v>
+        <v>32.357813362782991</v>
       </c>
       <c r="F48" s="82">
-        <v>60.147435609295634</v>
+        <v>26.96287025448477</v>
       </c>
       <c r="G48" s="82">
-        <v>39.852564390704366</v>
+        <v>73.03712974551523</v>
       </c>
       <c r="H48" s="70">
-        <v>156.69</v>
+        <v>150.58000000000001</v>
       </c>
       <c r="I48" s="70">
-        <v>167.97</v>
+        <v>168.93</v>
       </c>
       <c r="J48" s="82">
-        <v>0.13269207389013868</v>
+        <v>0.129067659783975</v>
       </c>
       <c r="K48" s="82">
-        <v>7.1989278192609625</v>
+        <v>12.186213308540307</v>
       </c>
       <c r="L48" s="82">
-        <v>84.568672977317377</v>
+        <v>39.838986562481502</v>
       </c>
       <c r="M48" s="82">
-        <v>15.431327022682623</v>
+        <v>60.161013437518498</v>
       </c>
       <c r="N48" s="70">
-        <v>56.77000000000001</v>
+        <v>30.519999999999982</v>
       </c>
       <c r="O48" s="70">
-        <v>54.5</v>
+        <v>70.769999999999982</v>
       </c>
     </row>
     <row r="49" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="99" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B49" s="70">
-        <v>236.65</v>
+        <v>203.7</v>
       </c>
       <c r="C49" s="70">
-        <v>203.12</v>
+        <v>235.76</v>
       </c>
       <c r="D49" s="82">
-        <v>0.15257744101370554</v>
+        <v>0.17511170650279728</v>
       </c>
       <c r="E49" s="82">
-        <v>-14.168603422776252</v>
+        <v>15.738831615120278</v>
       </c>
       <c r="F49" s="82">
-        <v>38.548641197321786</v>
+        <v>35.294367153036973</v>
       </c>
       <c r="G49" s="82">
-        <v>61.451358802678214</v>
+        <v>64.705632846963027</v>
       </c>
       <c r="H49" s="70">
-        <v>168.55</v>
+        <v>185.01</v>
       </c>
       <c r="I49" s="70">
-        <v>187.98</v>
+        <v>225.43</v>
       </c>
       <c r="J49" s="82">
-        <v>0.14849947044036593</v>
+        <v>0.17223537882614978</v>
       </c>
       <c r="K49" s="82">
-        <v>11.527736576683463</v>
+        <v>21.847467704448416</v>
       </c>
       <c r="L49" s="82">
-        <v>54.585594212150227</v>
+        <v>45.357760723949781</v>
       </c>
       <c r="M49" s="82">
-        <v>45.414405787849773</v>
+        <v>54.642239276050219</v>
       </c>
       <c r="N49" s="70">
-        <v>68.099999999999994</v>
+        <v>18.689999999999998</v>
       </c>
       <c r="O49" s="70">
-        <v>15.140000000000015</v>
+        <v>10.329999999999984</v>
       </c>
     </row>
     <row r="50" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="99" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="B50" s="70">
-        <v>193.81</v>
+        <v>198.29</v>
       </c>
       <c r="C50" s="70">
-        <v>195.21</v>
+        <v>224.22</v>
       </c>
       <c r="D50" s="82">
-        <v>0.1466356944677307</v>
+        <v>0.16654032419433834</v>
       </c>
       <c r="E50" s="82">
-        <v>0.72235694752593038</v>
+        <v>13.076806697261588</v>
       </c>
       <c r="F50" s="82">
-        <v>46.529378617898672</v>
+        <v>35.862099723485869</v>
       </c>
       <c r="G50" s="82">
-        <v>53.470621382101328</v>
+        <v>64.137900276514131</v>
       </c>
       <c r="H50" s="70">
-        <v>367.06</v>
+        <v>97.11</v>
       </c>
       <c r="I50" s="70">
-        <v>312.05</v>
+        <v>105.92</v>
       </c>
       <c r="J50" s="82">
-        <v>0.24651164885049576</v>
+        <v>8.0926102671631028E-2</v>
       </c>
       <c r="K50" s="82">
-        <v>-14.986650683811909</v>
+        <v>9.0721861806199176</v>
       </c>
       <c r="L50" s="82">
-        <v>91.988463387277676</v>
+        <v>43.617824773413908</v>
       </c>
       <c r="M50" s="82">
-        <v>8.0115366127223204</v>
+        <v>56.382175226586092</v>
       </c>
       <c r="N50" s="70">
-        <v>-173.25</v>
+        <v>101.17999999999999</v>
       </c>
       <c r="O50" s="70">
-        <v>-116.84</v>
+        <v>118.3</v>
       </c>
     </row>
     <row r="51" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="99" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
       <c r="B51" s="70">
-        <v>157.61000000000001</v>
+        <v>385.65</v>
       </c>
       <c r="C51" s="70">
-        <v>183.09</v>
+        <v>214.84</v>
       </c>
       <c r="D51" s="82">
-        <v>0.13753152656163523</v>
+        <v>0.15957329074084226</v>
       </c>
       <c r="E51" s="82">
-        <v>16.166486898039455</v>
+        <v>-44.291455983404639</v>
       </c>
       <c r="F51" s="82">
-        <v>42.012125184335567</v>
+        <v>93.418357847700619</v>
       </c>
       <c r="G51" s="82">
-        <v>57.987874815664433</v>
+        <v>6.581642152299386</v>
       </c>
       <c r="H51" s="70">
-        <v>114.48</v>
+        <v>1186.6600000000001</v>
       </c>
       <c r="I51" s="70">
-        <v>96.97</v>
+        <v>924.28</v>
       </c>
       <c r="J51" s="82">
-        <v>7.6603860243655092E-2</v>
+        <v>0.70617804170444798</v>
       </c>
       <c r="K51" s="82">
-        <v>-15.295248078266951</v>
+        <v>-22.110798375271777</v>
       </c>
       <c r="L51" s="82">
-        <v>49.107971537588945</v>
+        <v>94.405374994590389</v>
       </c>
       <c r="M51" s="82">
-        <v>50.892028462411055</v>
+        <v>5.5946250054096165</v>
       </c>
       <c r="N51" s="70">
-        <v>43.13000000000001</v>
+        <v>-801.0100000000001</v>
       </c>
       <c r="O51" s="70">
-        <v>86.12</v>
+        <v>-709.43999999999994</v>
       </c>
     </row>
     <row r="52" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="99" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
       <c r="B52" s="70">
-        <v>192.85</v>
+        <v>222.2</v>
       </c>
       <c r="C52" s="70">
-        <v>181.16</v>
+        <v>203.58</v>
       </c>
       <c r="D52" s="82">
-        <v>0.13608177045117612</v>
+        <v>0.15120987958024887</v>
       </c>
       <c r="E52" s="82">
-        <v>-6.061705989110707</v>
+        <v>-8.3798379837983692</v>
       </c>
       <c r="F52" s="82">
-        <v>27.467432104217266</v>
+        <v>53.512132822477653</v>
       </c>
       <c r="G52" s="82">
-        <v>72.532567895782734</v>
+        <v>46.487867177522347</v>
       </c>
       <c r="H52" s="70">
-        <v>138.15</v>
+        <v>167.99</v>
       </c>
       <c r="I52" s="70">
-        <v>148.01</v>
+        <v>157.27000000000001</v>
       </c>
       <c r="J52" s="82">
-        <v>0.11692417608191595</v>
+        <v>0.12015906502235096</v>
       </c>
       <c r="K52" s="82">
-        <v>7.1371697430329242</v>
+        <v>-6.3813322221560806</v>
       </c>
       <c r="L52" s="82">
-        <v>37.990676305655015</v>
+        <v>86.087620016532085</v>
       </c>
       <c r="M52" s="82">
-        <v>62.009323694344985</v>
+        <v>13.91237998346792</v>
       </c>
       <c r="N52" s="70">
-        <v>54.699999999999989</v>
+        <v>54.20999999999998</v>
       </c>
       <c r="O52" s="70">
-        <v>33.150000000000006</v>
+        <v>46.31</v>
       </c>
     </row>
     <row r="53" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="99" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B53" s="70">
-        <v>124.54</v>
+        <v>157.66</v>
       </c>
       <c r="C53" s="70">
-        <v>162.46</v>
+        <v>166.53</v>
       </c>
       <c r="D53" s="82">
-        <v>0.12203491072807504</v>
+        <v>0.12369084019303882</v>
       </c>
       <c r="E53" s="82">
-        <v>30.448048819656336</v>
+        <v>5.6260306989724755</v>
       </c>
       <c r="F53" s="82">
-        <v>65.333005047396284</v>
+        <v>93.604755899837869</v>
       </c>
       <c r="G53" s="82">
-        <v>34.666994952603716</v>
+        <v>6.3952441001621327</v>
       </c>
       <c r="H53" s="70">
-        <v>332.12</v>
+        <v>163.52000000000001</v>
       </c>
       <c r="I53" s="70">
-        <v>204.13</v>
+        <v>160.13</v>
       </c>
       <c r="J53" s="82">
-        <v>0.16125756410784073</v>
+        <v>0.12234419203935307</v>
       </c>
       <c r="K53" s="82">
-        <v>-38.537275683487898</v>
+        <v>-2.0731409001957037</v>
       </c>
       <c r="L53" s="82">
-        <v>94.49860383089208</v>
+        <v>33.12308749141323</v>
       </c>
       <c r="M53" s="82">
-        <v>5.5013961691079212</v>
+        <v>66.87691250858677</v>
       </c>
       <c r="N53" s="70">
-        <v>-207.57999999999998</v>
+        <v>-5.8600000000000136</v>
       </c>
       <c r="O53" s="70">
-        <v>-41.669999999999987</v>
+        <v>6.4000000000000057</v>
       </c>
     </row>
     <row r="54" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="99" t="s">
-        <v>148</v>
+        <v>112</v>
       </c>
       <c r="B54" s="70">
-        <v>155.63999999999999</v>
+        <v>150.36000000000001</v>
       </c>
       <c r="C54" s="70">
-        <v>157.76</v>
+        <v>159.36000000000001</v>
       </c>
       <c r="D54" s="82">
-        <v>0.11850441657307101</v>
+        <v>0.11836529329948159</v>
       </c>
       <c r="E54" s="82">
-        <v>1.3621177075302009</v>
+        <v>5.9856344772545889</v>
       </c>
       <c r="F54" s="82">
-        <v>90.409482758620683</v>
+        <v>40.775602409638566</v>
       </c>
       <c r="G54" s="82">
-        <v>9.5905172413793114</v>
+        <v>59.224397590361434</v>
       </c>
       <c r="H54" s="70">
-        <v>118.82</v>
+        <v>49.38</v>
       </c>
       <c r="I54" s="70">
-        <v>162.97999999999999</v>
+        <v>53</v>
       </c>
       <c r="J54" s="82">
-        <v>0.12875009943808299</v>
+        <v>4.0493612552836525E-2</v>
       </c>
       <c r="K54" s="82">
-        <v>37.165460360208719</v>
+        <v>7.3309031996759773</v>
       </c>
       <c r="L54" s="82">
-        <v>38.495520922812609</v>
+        <v>29.320754716981128</v>
       </c>
       <c r="M54" s="82">
-        <v>61.504479077187391</v>
+        <v>70.679245283018872</v>
       </c>
       <c r="N54" s="70">
-        <v>36.819999999999993</v>
+        <v>100.98000000000002</v>
       </c>
       <c r="O54" s="70">
-        <v>-5.2199999999999989</v>
+        <v>106.36000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="99" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B55" s="70">
-        <v>156.44</v>
+        <v>123.62</v>
       </c>
       <c r="C55" s="70">
-        <v>152.06</v>
+        <v>158.30000000000001</v>
       </c>
       <c r="D55" s="82">
-        <v>0.11422275344891721</v>
+        <v>0.11757797395399056</v>
       </c>
       <c r="E55" s="82">
-        <v>-2.7997954487343364</v>
+        <v>28.053712991425339</v>
       </c>
       <c r="F55" s="82">
-        <v>79.698803104037879</v>
+        <v>57.441566645609605</v>
       </c>
       <c r="G55" s="82">
-        <v>20.301196895962121</v>
+        <v>42.558433354390395</v>
       </c>
       <c r="H55" s="70">
-        <v>9.42</v>
+        <v>56.57</v>
       </c>
       <c r="I55" s="70">
-        <v>9.2200000000000006</v>
+        <v>55.05</v>
       </c>
       <c r="J55" s="82">
-        <v>7.2835680256419519E-3</v>
+        <v>4.2059874925163221E-2</v>
       </c>
       <c r="K55" s="82">
-        <v>-2.123142250530778</v>
+        <v>-2.6869365388014903</v>
       </c>
       <c r="L55" s="82">
-        <v>21.041214750542309</v>
+        <v>72.26158038147139</v>
       </c>
       <c r="M55" s="82">
-        <v>78.958785249457691</v>
+        <v>27.73841961852861</v>
       </c>
       <c r="N55" s="70">
-        <v>147.02000000000001</v>
+        <v>67.050000000000011</v>
       </c>
       <c r="O55" s="70">
-        <v>142.84</v>
+        <v>103.25000000000001</v>
       </c>
     </row>
     <row r="56" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="99" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B56" s="70">
-        <v>123.65</v>
+        <v>136.4</v>
       </c>
       <c r="C56" s="70">
-        <v>140.94</v>
+        <v>146.03</v>
       </c>
       <c r="D56" s="82">
-        <v>0.10586975451197153</v>
+        <v>0.10846438115288212</v>
       </c>
       <c r="E56" s="82">
-        <v>13.983016579053773</v>
+        <v>7.0601173020527819</v>
       </c>
       <c r="F56" s="82">
-        <v>41.003263800198667</v>
+        <v>49.311785249606245</v>
       </c>
       <c r="G56" s="82">
-        <v>58.996736199801333</v>
+        <v>50.688214750393755</v>
       </c>
       <c r="H56" s="70">
-        <v>48.69</v>
+        <v>73</v>
       </c>
       <c r="I56" s="70">
-        <v>49.87</v>
+        <v>86.61</v>
       </c>
       <c r="J56" s="82">
-        <v>3.9396045275354022E-2</v>
+        <v>6.6172675154739083E-2</v>
       </c>
       <c r="K56" s="82">
-        <v>2.4234955843088923</v>
+        <v>18.643835616438356</v>
       </c>
       <c r="L56" s="82">
-        <v>27.792259875676763</v>
+        <v>72.116383789400757</v>
       </c>
       <c r="M56" s="82">
-        <v>72.207740124323237</v>
+        <v>27.883616210599239</v>
       </c>
       <c r="N56" s="70">
-        <v>74.960000000000008</v>
+        <v>63.400000000000006</v>
       </c>
       <c r="O56" s="70">
-        <v>91.07</v>
+        <v>59.42</v>
       </c>
     </row>
     <row r="57" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="99" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="B57" s="70">
-        <v>124.02</v>
+        <v>162.94999999999999</v>
       </c>
       <c r="C57" s="70">
-        <v>137.26</v>
+        <v>138.12</v>
       </c>
       <c r="D57" s="82">
-        <v>0.1031054527055003</v>
+        <v>0.10258919622568019</v>
       </c>
       <c r="E57" s="82">
-        <v>10.675697468150295</v>
+        <v>-15.237803007057371</v>
       </c>
       <c r="F57" s="82">
-        <v>48.397202389625527</v>
+        <v>60.729800173761944</v>
       </c>
       <c r="G57" s="82">
-        <v>51.602797610374473</v>
+        <v>39.270199826238056</v>
       </c>
       <c r="H57" s="70">
-        <v>58.2</v>
+        <v>204.13</v>
       </c>
       <c r="I57" s="70">
-        <v>73</v>
+        <v>160.55000000000001</v>
       </c>
       <c r="J57" s="82">
-        <v>5.7668163326666209E-2</v>
+        <v>0.12266508481807367</v>
       </c>
       <c r="K57" s="82">
-        <v>25.429553264604802</v>
+        <v>-21.349140253759852</v>
       </c>
       <c r="L57" s="82">
-        <v>66.06849315068493</v>
+        <v>94.363126751790716</v>
       </c>
       <c r="M57" s="82">
-        <v>33.93150684931507</v>
+        <v>5.6368732482092812</v>
       </c>
       <c r="N57" s="70">
-        <v>65.819999999999993</v>
+        <v>-41.180000000000007</v>
       </c>
       <c r="O57" s="70">
-        <v>64.259999999999991</v>
+        <v>-22.430000000000007</v>
       </c>
     </row>
     <row r="58" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="99" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="B58" s="70">
-        <v>113.53</v>
+        <v>149.22</v>
       </c>
       <c r="C58" s="70">
-        <v>123.38</v>
+        <v>128.46</v>
       </c>
       <c r="D58" s="82">
-        <v>9.2679227413701201E-2</v>
+        <v>9.5414191624318551E-2</v>
       </c>
       <c r="E58" s="82">
-        <v>8.6761208491147652</v>
+        <v>-13.912344189786886</v>
       </c>
       <c r="F58" s="82">
-        <v>60.285297455017016</v>
+        <v>77.471586486065704</v>
       </c>
       <c r="G58" s="82">
-        <v>39.714702544982984</v>
+        <v>22.528413513934296</v>
       </c>
       <c r="H58" s="70">
-        <v>72.989999999999995</v>
+        <v>9.23</v>
       </c>
       <c r="I58" s="70">
-        <v>56.54</v>
+        <v>10.42</v>
       </c>
       <c r="J58" s="82">
-        <v>4.4665177458763118E-2</v>
+        <v>7.9611970339727653E-3</v>
       </c>
       <c r="K58" s="82">
-        <v>-22.537333881353604</v>
+        <v>12.892741061755139</v>
       </c>
       <c r="L58" s="82">
-        <v>80.120268836222138</v>
+        <v>24.568138195777351</v>
       </c>
       <c r="M58" s="82">
-        <v>19.879731163777858</v>
+        <v>75.431861804222649</v>
       </c>
       <c r="N58" s="70">
-        <v>40.540000000000006</v>
+        <v>139.99</v>
       </c>
       <c r="O58" s="70">
-        <v>66.84</v>
+        <v>118.04</v>
       </c>
     </row>
     <row r="59" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="99" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B59" s="70">
-        <v>93.56</v>
+        <v>114.7</v>
       </c>
       <c r="C59" s="70">
-        <v>114.49</v>
+        <v>125.06</v>
       </c>
       <c r="D59" s="82">
-        <v>8.6001335277959556E-2</v>
+        <v>9.2888827685951095E-2</v>
       </c>
       <c r="E59" s="82">
-        <v>22.370671227020086</v>
+        <v>9.0322580645161281</v>
       </c>
       <c r="F59" s="82">
-        <v>67.604157568346579</v>
+        <v>61.514473052934591</v>
       </c>
       <c r="G59" s="82">
-        <v>32.395842431653428</v>
+        <v>38.485526947065409</v>
       </c>
       <c r="H59" s="70">
-        <v>80.81</v>
+        <v>98.26</v>
       </c>
       <c r="I59" s="70">
-        <v>98.26</v>
+        <v>97.21</v>
       </c>
       <c r="J59" s="82">
-        <v>7.7622927787372897E-2</v>
+        <v>7.4271397665306382E-2</v>
       </c>
       <c r="K59" s="82">
-        <v>21.59386214577404</v>
+        <v>-1.0685935273763598</v>
       </c>
       <c r="L59" s="82">
-        <v>67.575819255037658</v>
+        <v>72.842300174879128</v>
       </c>
       <c r="M59" s="82">
-        <v>32.424180744962342</v>
+        <v>27.157699825120872</v>
       </c>
       <c r="N59" s="70">
-        <v>12.75</v>
+        <v>16.439999999999998</v>
       </c>
       <c r="O59" s="70">
-        <v>16.22999999999999</v>
+        <v>27.850000000000009</v>
       </c>
     </row>
     <row r="60" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="99" t="s">
-        <v>18</v>
+        <v>119</v>
       </c>
       <c r="B60" s="70">
-        <v>99.83</v>
+        <v>110.06</v>
       </c>
       <c r="C60" s="70">
-        <v>111.46</v>
+        <v>123</v>
       </c>
       <c r="D60" s="82">
-        <v>8.3725293301435688E-2</v>
+        <v>9.1358754240940226E-2</v>
       </c>
       <c r="E60" s="82">
-        <v>11.649804667935486</v>
+        <v>11.757223332727602</v>
       </c>
       <c r="F60" s="82">
-        <v>55.544589987439444</v>
+        <v>68.365853658536594</v>
       </c>
       <c r="G60" s="82">
-        <v>44.455410012560556</v>
+        <v>31.63414634146341</v>
       </c>
       <c r="H60" s="70">
-        <v>146.43</v>
+        <v>215.84</v>
       </c>
       <c r="I60" s="70">
-        <v>198.04</v>
+        <v>208.18</v>
       </c>
       <c r="J60" s="82">
-        <v>0.15644661733168461</v>
+        <v>0.15905585398583977</v>
       </c>
       <c r="K60" s="82">
-        <v>35.245509799904376</v>
+        <v>-3.5489251297257209</v>
       </c>
       <c r="L60" s="82">
-        <v>79.393051908705303</v>
+        <v>92.909981746565478</v>
       </c>
       <c r="M60" s="82">
-        <v>20.60694809129469</v>
+        <v>7.0900182534345273</v>
       </c>
       <c r="N60" s="70">
-        <v>-46.600000000000009</v>
+        <v>-105.78</v>
       </c>
       <c r="O60" s="70">
-        <v>-86.58</v>
+        <v>-85.18</v>
       </c>
     </row>
     <row r="61" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="99" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="B61" s="70">
-        <v>111.45</v>
+        <v>100.87</v>
       </c>
       <c r="C61" s="70">
-        <v>109.86</v>
+        <v>106.64</v>
       </c>
       <c r="D61" s="82">
-        <v>8.2523422950796024E-2</v>
+        <v>7.9207297172795663E-2</v>
       </c>
       <c r="E61" s="82">
-        <v>-1.4266487213997339</v>
+        <v>5.7202339645087701</v>
       </c>
       <c r="F61" s="82">
-        <v>66.175131986164217</v>
+        <v>60.38072018004501</v>
       </c>
       <c r="G61" s="82">
-        <v>33.82486801383579</v>
+        <v>39.61927981995499</v>
       </c>
       <c r="H61" s="70">
-        <v>183.98</v>
+        <v>25.79</v>
       </c>
       <c r="I61" s="70">
-        <v>215.83</v>
+        <v>28.15</v>
       </c>
       <c r="J61" s="82">
-        <v>0.17050026973690915</v>
+        <v>2.1507456478534869E-2</v>
       </c>
       <c r="K61" s="82">
-        <v>17.311664311338202</v>
+        <v>9.1508336564559887</v>
       </c>
       <c r="L61" s="82">
-        <v>95.199925867580973</v>
+        <v>7.6021314387211305</v>
       </c>
       <c r="M61" s="82">
-        <v>4.8000741324190326</v>
+        <v>92.397868561278869</v>
       </c>
       <c r="N61" s="70">
-        <v>-72.529999999999987</v>
+        <v>75.080000000000013</v>
       </c>
       <c r="O61" s="70">
-        <v>-105.97000000000001</v>
+        <v>78.490000000000009</v>
       </c>
     </row>
     <row r="62" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="99" t="s">
-        <v>145</v>
+        <v>18</v>
       </c>
       <c r="B62" s="70">
-        <v>62.04</v>
+        <v>108.8</v>
       </c>
       <c r="C62" s="70">
-        <v>77.040000000000006</v>
+        <v>98.09</v>
       </c>
       <c r="D62" s="82">
-        <v>5.7870057383299894E-2</v>
+        <v>7.2856749621901029E-2</v>
       </c>
       <c r="E62" s="82">
-        <v>24.177949709864617</v>
+        <v>-9.8437499999999947</v>
       </c>
       <c r="F62" s="82">
-        <v>80.07528556593978</v>
+        <v>35.243144051381378</v>
       </c>
       <c r="G62" s="82">
-        <v>19.924714434060224</v>
+        <v>64.756855948618622</v>
       </c>
       <c r="H62" s="70">
-        <v>25.87</v>
+        <v>198.04</v>
       </c>
       <c r="I62" s="70">
-        <v>26.25</v>
+        <v>236.49</v>
       </c>
       <c r="J62" s="82">
-        <v>2.0736839552397097E-2</v>
+        <v>0.1806855553324587</v>
       </c>
       <c r="K62" s="82">
-        <v>1.4688828759180479</v>
+        <v>19.415269642496476</v>
       </c>
       <c r="L62" s="82">
-        <v>8.3428571428571558</v>
+        <v>80.641887606241283</v>
       </c>
       <c r="M62" s="82">
-        <v>91.657142857142844</v>
+        <v>19.358112393758724</v>
       </c>
       <c r="N62" s="70">
-        <v>36.17</v>
+        <v>-89.24</v>
       </c>
       <c r="O62" s="70">
-        <v>50.790000000000006</v>
+        <v>-138.4</v>
       </c>
     </row>
     <row r="63" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="99" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B63" s="70">
-        <v>56.45</v>
+        <v>64.63</v>
       </c>
       <c r="C63" s="70">
-        <v>64.5</v>
+        <v>83.24</v>
       </c>
       <c r="D63" s="82">
-        <v>4.8450398510161516E-2</v>
+        <v>6.1826851244031408E-2</v>
       </c>
       <c r="E63" s="82">
-        <v>14.260407440212571</v>
+        <v>28.794677394398889</v>
       </c>
       <c r="F63" s="82">
-        <v>23.565891472868216</v>
+        <v>19.173474291206148</v>
       </c>
       <c r="G63" s="82">
-        <v>76.434108527131784</v>
+        <v>80.826525708793852</v>
       </c>
       <c r="H63" s="70">
-        <v>36.33</v>
+        <v>36.83</v>
       </c>
       <c r="I63" s="70">
-        <v>36.82</v>
+        <v>42.15</v>
       </c>
       <c r="J63" s="82">
-        <v>2.9086873612162324E-2</v>
+        <v>3.2203882435887912E-2</v>
       </c>
       <c r="K63" s="82">
-        <v>1.3487475915221636</v>
+        <v>14.444746130871575</v>
       </c>
       <c r="L63" s="82">
-        <v>46.17055947854427</v>
+        <v>43.321470937129291</v>
       </c>
       <c r="M63" s="82">
-        <v>53.82944052145573</v>
+        <v>56.678529062870709</v>
       </c>
       <c r="N63" s="70">
-        <v>20.120000000000005</v>
+        <v>27.799999999999997</v>
       </c>
       <c r="O63" s="70">
-        <v>27.68</v>
+        <v>41.089999999999996</v>
       </c>
     </row>
     <row r="64" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="99" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B64" s="70">
-        <v>65.36</v>
+        <v>64.36</v>
       </c>
       <c r="C64" s="70">
-        <v>63.93</v>
+        <v>63.85</v>
       </c>
       <c r="D64" s="82">
-        <v>4.802223219774613E-2</v>
+        <v>4.7424849254341733E-2</v>
       </c>
       <c r="E64" s="82">
-        <v>-2.1878824969400243</v>
+        <v>-0.79241765071472647</v>
       </c>
       <c r="F64" s="82">
-        <v>43.891756608790864</v>
+        <v>44.009397024275643</v>
       </c>
       <c r="G64" s="82">
-        <v>56.108243391209136</v>
+        <v>55.990602975724357</v>
       </c>
       <c r="H64" s="70">
-        <v>25.29</v>
+        <v>23.4</v>
       </c>
       <c r="I64" s="70">
-        <v>23.4</v>
+        <v>31.9</v>
       </c>
       <c r="J64" s="82">
-        <v>1.8485411258136838E-2</v>
+        <v>2.4372570574254435E-2</v>
       </c>
       <c r="K64" s="82">
-        <v>-7.4733096085409274</v>
+        <v>36.324786324786331</v>
       </c>
       <c r="L64" s="82">
-        <v>61.025641025641022</v>
+        <v>65.109717868338549</v>
       </c>
       <c r="M64" s="82">
-        <v>38.974358974358978</v>
+        <v>34.890282131661451</v>
       </c>
       <c r="N64" s="70">
-        <v>40.07</v>
+        <v>40.96</v>
       </c>
       <c r="O64" s="70">
-        <v>40.53</v>
+        <v>31.950000000000003</v>
       </c>
     </row>
     <row r="65" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="99" t="s">
-        <v>133</v>
+        <v>31</v>
       </c>
       <c r="B65" s="70">
-        <v>49.4</v>
+        <v>59.59</v>
       </c>
       <c r="C65" s="70">
-        <v>47.67</v>
+        <v>44.79</v>
       </c>
       <c r="D65" s="82">
-        <v>3.5808224759370531E-2</v>
+        <v>3.3267956117493593E-2</v>
       </c>
       <c r="E65" s="82">
-        <v>-3.5020242914979698</v>
+        <v>-24.836381943279079</v>
       </c>
       <c r="F65" s="82">
-        <v>45.731067757499474</v>
+        <v>22.884572449207411</v>
       </c>
       <c r="G65" s="82">
-        <v>54.268932242500526</v>
+        <v>77.115427550792589</v>
       </c>
       <c r="H65" s="70">
-        <v>23.48</v>
+        <v>23.9</v>
       </c>
       <c r="I65" s="70">
-        <v>11.2</v>
+        <v>21.22</v>
       </c>
       <c r="J65" s="82">
-        <v>8.8477182090227601E-3</v>
+        <v>1.6212725629645115E-2</v>
       </c>
       <c r="K65" s="82">
-        <v>-52.299829642248731</v>
+        <v>-11.213389121338912</v>
       </c>
       <c r="L65" s="82">
-        <v>2.857142857142847</v>
+        <v>59.142318567389253</v>
       </c>
       <c r="M65" s="82">
-        <v>97.142857142857153</v>
+        <v>40.857681432610747</v>
       </c>
       <c r="N65" s="70">
-        <v>25.919999999999998</v>
+        <v>35.690000000000005</v>
       </c>
       <c r="O65" s="70">
-        <v>36.47</v>
+        <v>23.57</v>
       </c>
     </row>
     <row r="66" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="99" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="B66" s="70">
-        <v>39.33</v>
+        <v>47.37</v>
       </c>
       <c r="C66" s="70">
-        <v>36.82</v>
+        <v>44.43</v>
       </c>
       <c r="D66" s="82">
-        <v>2.7658041444095303E-2</v>
+        <v>3.3000564641666459E-2</v>
       </c>
       <c r="E66" s="82">
-        <v>-6.3818967709127845</v>
+        <v>-6.2064597846738403</v>
       </c>
       <c r="F66" s="82">
-        <v>28.326996197718628</v>
+        <v>43.799234751294172</v>
       </c>
       <c r="G66" s="82">
-        <v>71.673003802281372</v>
+        <v>56.200765248705828</v>
       </c>
       <c r="H66" s="70">
-        <v>46.16</v>
+        <v>11.33</v>
       </c>
       <c r="I66" s="70">
-        <v>23.92</v>
+        <v>18.54</v>
       </c>
       <c r="J66" s="82">
-        <v>1.8896198174984325E-2</v>
+        <v>1.4165124089237532E-2</v>
       </c>
       <c r="K66" s="82">
-        <v>-48.18024263431542</v>
+        <v>63.636363636363626</v>
       </c>
       <c r="L66" s="82">
-        <v>53.219063545150505</v>
+        <v>2.6429341963322486</v>
       </c>
       <c r="M66" s="82">
-        <v>46.780936454849495</v>
+        <v>97.357065803667751</v>
       </c>
       <c r="N66" s="70">
-        <v>-6.8299999999999983</v>
+        <v>36.04</v>
       </c>
       <c r="O66" s="70">
-        <v>12.899999999999999</v>
+        <v>25.89</v>
       </c>
     </row>
     <row r="67" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="99" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="B67" s="70">
-        <v>12.07</v>
+        <v>10.98</v>
       </c>
       <c r="C67" s="70">
-        <v>11.86</v>
+        <v>12.08</v>
       </c>
       <c r="D67" s="82">
-        <v>8.9088639741165213E-3</v>
+        <v>8.9724695221996571E-3</v>
       </c>
       <c r="E67" s="82">
-        <v>-1.7398508699254418</v>
+        <v>10.01821493624772</v>
       </c>
       <c r="F67" s="82">
-        <v>52.698145025295105</v>
+        <v>43.377483443708606</v>
       </c>
       <c r="G67" s="82">
-        <v>47.301854974704895</v>
+        <v>56.622516556291394</v>
       </c>
       <c r="H67" s="70">
-        <v>1.22</v>
+        <v>3.51</v>
       </c>
       <c r="I67" s="70">
-        <v>10.41</v>
+        <v>1.25</v>
       </c>
       <c r="J67" s="82">
-        <v>8.2236380853506191E-3</v>
+        <v>9.5503803190652187E-4</v>
       </c>
       <c r="K67" s="82">
-        <v>753.27868852459017</v>
+        <v>-64.387464387464391</v>
       </c>
       <c r="L67" s="82">
-        <v>85.30259365994236</v>
+        <v>4.8000000000000114</v>
       </c>
       <c r="M67" s="82">
-        <v>14.697406340057636</v>
+        <v>95.199999999999989</v>
       </c>
       <c r="N67" s="70">
-        <v>10.85</v>
+        <v>7.4700000000000006</v>
       </c>
       <c r="O67" s="70">
-        <v>1.4499999999999993</v>
+        <v>10.83</v>
       </c>
     </row>
     <row r="68" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="99" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="B68" s="70">
-        <v>9.07</v>
+        <v>12.1</v>
       </c>
       <c r="C68" s="70">
-        <v>11.13</v>
+        <v>9.11</v>
       </c>
       <c r="D68" s="82">
-        <v>8.3605106266371725E-3</v>
+        <v>6.7664898466257345E-3</v>
       </c>
       <c r="E68" s="82">
-        <v>22.712238147739804</v>
+        <v>-24.710743801652896</v>
       </c>
       <c r="F68" s="82">
-        <v>35.399820305480688</v>
+        <v>74.753018660812288</v>
       </c>
       <c r="G68" s="82">
-        <v>64.600179694519312</v>
+        <v>25.246981339187709</v>
       </c>
       <c r="H68" s="70">
-        <v>4.25</v>
+        <v>10.41</v>
       </c>
       <c r="I68" s="70">
-        <v>3.51</v>
+        <v>0.67</v>
       </c>
       <c r="J68" s="82">
-        <v>2.7728116887205255E-3</v>
+        <v>5.1190038510189571E-4</v>
       </c>
       <c r="K68" s="82">
-        <v>-17.411764705882359</v>
+        <v>-93.56388088376562</v>
       </c>
       <c r="L68" s="82">
-        <v>45.868945868945865</v>
+        <v>0</v>
       </c>
       <c r="M68" s="82">
-        <v>54.131054131054135</v>
+        <v>100</v>
       </c>
       <c r="N68" s="70">
-        <v>4.82</v>
+        <v>1.6899999999999995</v>
       </c>
       <c r="O68" s="70">
-        <v>7.620000000000001</v>
+        <v>8.44</v>
       </c>
     </row>
     <row r="69" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="99" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B69" s="70">
-        <v>-45.45</v>
+        <v>-75.69</v>
       </c>
       <c r="C69" s="70">
-        <v>9.89</v>
+        <v>-7.71</v>
       </c>
       <c r="D69" s="82">
-        <v>7.429061104891433E-3</v>
+        <v>-5.72663410729796E-3</v>
       </c>
       <c r="E69" s="82">
-        <v>-121.76017601760176</v>
+        <v>-89.813713832738813</v>
       </c>
       <c r="F69" s="82">
-        <v>20.525783619818</v>
+        <v>243.45006485084306</v>
       </c>
       <c r="G69" s="82">
-        <v>79.474216380182</v>
+        <v>-143.45006485084306</v>
       </c>
       <c r="H69" s="70">
-        <v>1319.85</v>
+        <v>1139.93</v>
       </c>
       <c r="I69" s="70">
-        <v>1138.03</v>
+        <v>950.87</v>
       </c>
       <c r="J69" s="82">
-        <v>0.89901506726912261</v>
+        <v>0.72649361071916352</v>
       </c>
       <c r="K69" s="82">
-        <v>-13.775807856953437</v>
+        <v>-16.585228917565118</v>
       </c>
       <c r="L69" s="82">
-        <v>92.735692380692953</v>
+        <v>92.153501530177621</v>
       </c>
       <c r="M69" s="82">
-        <v>7.2643076193070488</v>
+        <v>7.8464984698223734</v>
       </c>
       <c r="N69" s="70">
-        <v>-1365.3</v>
+        <v>-1215.6200000000001</v>
       </c>
       <c r="O69" s="70">
-        <v>-1128.1399999999999</v>
+        <v>-958.58</v>
       </c>
     </row>
     <row r="70" spans="1:15" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="109" t="s">
+      <c r="A70" s="107" t="s">
         <v>61</v>
       </c>
-      <c r="B70" s="110">
-[...39 lines deleted...]
-        <v>1204.7499999999709</v>
+      <c r="B70" s="108">
+        <v>6485.2399999999907</v>
+      </c>
+      <c r="C70" s="108">
+        <v>6302.5599999999977</v>
+      </c>
+      <c r="D70" s="109">
+        <v>4.6812522774697563</v>
+      </c>
+      <c r="E70" s="109">
+        <v>-2.8168579728736836</v>
+      </c>
+      <c r="F70" s="109">
+        <v>64.341949937802994</v>
+      </c>
+      <c r="G70" s="109">
+        <v>35.658050062197006</v>
+      </c>
+      <c r="H70" s="108">
+        <v>5272.9799999999959</v>
+      </c>
+      <c r="I70" s="108">
+        <v>5467.1200000000244</v>
+      </c>
+      <c r="J70" s="109">
+        <v>4.060725792566922</v>
+      </c>
+      <c r="K70" s="109">
+        <v>3.6817890452842352</v>
+      </c>
+      <c r="L70" s="109">
+        <v>67.631403737251048</v>
+      </c>
+      <c r="M70" s="109">
+        <v>32.368596262748952</v>
+      </c>
+      <c r="N70" s="110">
+        <v>1212.2599999999948</v>
+      </c>
+      <c r="O70" s="110">
+        <v>835.43999999997322</v>
       </c>
     </row>
     <row r="71" spans="1:15" ht="1.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="101"/>
-[...11 lines deleted...]
-      <c r="M71" s="103"/>
+      <c r="A71" s="100"/>
+      <c r="B71" s="101"/>
+      <c r="C71" s="101"/>
+      <c r="D71" s="102"/>
+      <c r="E71" s="102"/>
+      <c r="F71" s="102"/>
+      <c r="G71" s="102"/>
+      <c r="H71" s="101"/>
+      <c r="I71" s="101"/>
+      <c r="J71" s="102"/>
+      <c r="K71" s="102"/>
+      <c r="L71" s="102"/>
+      <c r="M71" s="102"/>
       <c r="N71" s="87"/>
       <c r="O71" s="87"/>
     </row>
     <row r="72" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A72" s="53" t="s">
         <v>77</v>
       </c>
       <c r="B72" s="95"/>
       <c r="C72" s="95"/>
       <c r="D72" s="95"/>
       <c r="E72" s="95"/>
       <c r="F72" s="95"/>
       <c r="G72" s="95"/>
       <c r="H72" s="95"/>
       <c r="I72" s="95"/>
       <c r="J72" s="95"/>
       <c r="K72" s="95"/>
       <c r="L72" s="95"/>
       <c r="M72" s="95"/>
       <c r="N72" s="95"/>
       <c r="O72" s="95"/>
     </row>
     <row r="73" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="74" spans="1:15" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="54"/>
@@ -11609,76 +10316,76 @@
       <c r="O74" s="54"/>
     </row>
     <row r="75" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A75" s="16" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A76" s="55" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="77" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A77" s="90"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:O69">
     <sortCondition descending="1" ref="C7:C69"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="H4:M4"/>
     <mergeCell ref="N4:O4"/>
   </mergeCells>
   <conditionalFormatting sqref="B7:E70 H7:K70">
-    <cfRule type="cellIs" dxfId="2" priority="2" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="2" priority="6" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B7:O70">
-    <cfRule type="cellIs" dxfId="1" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="1" priority="5" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N7:O70">
-    <cfRule type="cellIs" dxfId="0" priority="4" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="0" priority="8" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="A76" r:id="rId1" display="www.portugalglobal.pt" xr:uid="{0C2AFF00-9B5A-4B2D-86AD-BD3026A822FF}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="3.937007874015748E-2" bottom="3.937007874015748E-2" header="3.937007874015748E-2" footer="3.937007874015748E-2"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="1200" r:id="rId2"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:J41"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A41" sqref="A41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="13.5" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
@@ -12162,73 +10869,70 @@
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.78740157480314965" bottom="0.78740157480314965" header="0.78740157480314965" footer="0.78740157480314965"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="17" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Capa</vt:lpstr>
       <vt:lpstr>Índice</vt:lpstr>
       <vt:lpstr>1 Balança Comercial</vt:lpstr>
       <vt:lpstr>2 Exportações por Componentes</vt:lpstr>
       <vt:lpstr>3 Importações por Componentes</vt:lpstr>
       <vt:lpstr>4 Saldos por Componentes</vt:lpstr>
-      <vt:lpstr>5Países Mensal</vt:lpstr>
       <vt:lpstr>5Países Anual</vt:lpstr>
       <vt:lpstr> </vt:lpstr>
       <vt:lpstr>'1 Balança Comercial'!Print_Area</vt:lpstr>
       <vt:lpstr>'2 Exportações por Componentes'!Print_Area</vt:lpstr>
       <vt:lpstr>'3 Importações por Componentes'!Print_Area</vt:lpstr>
       <vt:lpstr>'4 Saldos por Componentes'!Print_Area</vt:lpstr>
       <vt:lpstr>'5Países Anual'!Print_Area</vt:lpstr>
-      <vt:lpstr>'5Países Mensal'!Print_Area</vt:lpstr>
       <vt:lpstr>'5Países Anual'!Print_Titles</vt:lpstr>
-      <vt:lpstr>'5Países Mensal'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Icep-Iapmei</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>